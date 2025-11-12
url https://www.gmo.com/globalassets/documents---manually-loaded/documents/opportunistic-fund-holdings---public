--- v0 (2025-10-21)
+++ v1 (2025-11-12)
@@ -1,83 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{29D7DED8-E044-46B0-ABC8-D6EDCA519AC5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0741B559-D1CA-4E84-BEA4-5274B32A250C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1CA6E72E-D14D-4D15-B1D3-5D6DBBC10C04}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{107BD479-4DFF-417D-9FC9-B2054F2D56CD}"/>
   </bookViews>
   <sheets>
-    <sheet name="August" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4160" uniqueCount="1094">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4188" uniqueCount="1097">
   <si>
     <t>GMO Opportunistic Income Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -179,77 +181,77 @@
   <si>
     <t>US</t>
   </si>
   <si>
     <t>CASH_USD_CSHDJPMU5</t>
   </si>
   <si>
     <t>CASH COLL USD D_JPM</t>
   </si>
   <si>
     <t>Collateral Cash</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
     <t>CASH_USD_MARJPNUS3</t>
   </si>
   <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>Futures Margin</t>
   </si>
   <si>
-    <t>EURTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (EUR)</t>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
-    <t>USDTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (USD)</t>
+    <t>USD_EUR_DBA_20251030F</t>
+  </si>
+  <si>
+    <t>FX USD VS EUR</t>
+  </si>
+  <si>
+    <t>Derivative</t>
+  </si>
+  <si>
+    <t>Currency Contract</t>
+  </si>
+  <si>
+    <t>USD_EUR_DBA_20251030T</t>
   </si>
   <si>
     <t>USD_EUR_GOLD_20251030F</t>
   </si>
   <si>
-    <t>FX USD VS EUR</t>
-[...7 lines deleted...]
-  <si>
     <t>USD_EUR_GOLD_20251030T</t>
   </si>
   <si>
     <t>USD_EUR_MSCI_20251030F</t>
   </si>
   <si>
     <t>USD_EUR_MSCI_20251030T</t>
   </si>
   <si>
     <t>USD_EUR_SSB_20251030F</t>
   </si>
   <si>
     <t>USD_EUR_SSB_20251030T</t>
   </si>
   <si>
     <t>FBFVZ25</t>
   </si>
   <si>
     <t>US 5YR NOTE (CBT)</t>
   </si>
   <si>
     <t>Futures</t>
   </si>
   <si>
     <t>FVZ5</t>
@@ -272,80 +274,59 @@
   <si>
     <t>US 10YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TYZ5</t>
   </si>
   <si>
     <t>FBUXYZ25</t>
   </si>
   <si>
     <t>US 10yr Ultra Fut</t>
   </si>
   <si>
     <t>UXYZ5</t>
   </si>
   <si>
     <t>FBWNZ25</t>
   </si>
   <si>
     <t>US ULTRA BOND CBT</t>
   </si>
   <si>
     <t>WNZ5</t>
   </si>
   <si>
-    <t>O1473528</t>
-[...2 lines deleted...]
-    <t>HYG 09/19/25 P80</t>
+    <t>O1369437</t>
+  </si>
+  <si>
+    <t>SFRZ5P 95.625</t>
   </si>
   <si>
     <t>Option</t>
   </si>
   <si>
-    <t>HYG 9 P80</t>
-[...19 lines deleted...]
-  <si>
     <t>XCME</t>
   </si>
   <si>
     <t>BMO0Q8850</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.11.AA)</t>
   </si>
   <si>
     <t>SWAP</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>BMO2GTTS8</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.A)</t>
   </si>
   <si>
     <t>BMO2GTTY5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.AA)</t>
@@ -524,165 +505,207 @@
   <si>
     <t>Z96RYU906</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.EUR.42.V1)</t>
   </si>
   <si>
     <t>Z96RYU955</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.XO.42.V3)</t>
   </si>
   <si>
     <t>Z96ZAV0B7</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.FINSR.43.V1)</t>
   </si>
   <si>
     <t>Z96ZAV0E1</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.IG.44.V1)</t>
   </si>
   <si>
+    <t>Z978T5JT4</t>
+  </si>
+  <si>
+    <t>ICE: (CDX.NA.IG.45.V1)</t>
+  </si>
+  <si>
     <t>BMO3YWYN4</t>
   </si>
   <si>
     <t>CDS: (ITRAXX.XO.42.V2 35-100%)</t>
   </si>
   <si>
     <t>BMO49FF65</t>
   </si>
   <si>
     <t>BMO4ER168</t>
   </si>
   <si>
     <t>CDS: (CDX.NA.HY.43 25-35%)</t>
   </si>
   <si>
     <t>BMO4ER192</t>
   </si>
   <si>
     <t>CDS: (CDX.NA.HY.43 15-25%)</t>
   </si>
   <si>
     <t>BMO4GQET4</t>
   </si>
   <si>
     <t>CDS: (ITRAXX.EUR.42 12-100%)</t>
   </si>
   <si>
     <t>BMO4R5BZ7</t>
   </si>
   <si>
     <t>BMO4R5C29</t>
   </si>
   <si>
     <t>BMO4B0MA8</t>
   </si>
   <si>
     <t>SWP: USD 3.810000 31-AUG-2029 SOF</t>
   </si>
   <si>
-    <t>BMO4QS5C6</t>
+    <t>BMO4XM9M5</t>
   </si>
   <si>
     <t>TRSWAP: IBXXLLTR INDEX</t>
   </si>
   <si>
-    <t>US01F022493525</t>
-[...2 lines deleted...]
-    <t>FNCI 2.5 9/25</t>
+    <t>BMO4VYMD6</t>
+  </si>
+  <si>
+    <t>ITRAXX.FINSR.43.V1 5YR RTP @ 75.00</t>
+  </si>
+  <si>
+    <t>SWAPTION</t>
+  </si>
+  <si>
+    <t>JPMD</t>
+  </si>
+  <si>
+    <t>US01F0224A0225</t>
+  </si>
+  <si>
+    <t>FNCI 2.5 10/25</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Agency Pass-Through</t>
   </si>
   <si>
     <t>FNCI</t>
   </si>
   <si>
-    <t>US01F0224935</t>
-[...8 lines deleted...]
-    <t>FNCL 3.5 9/25</t>
+    <t>US01F0224A02</t>
+  </si>
+  <si>
+    <t>01F0224A0</t>
+  </si>
+  <si>
+    <t>US01F0406A0225</t>
+  </si>
+  <si>
+    <t>FNCL 4 10/25</t>
   </si>
   <si>
     <t>FNCL</t>
   </si>
   <si>
-    <t>US01F0326904</t>
-[...38 lines deleted...]
-    <t>01F060691</t>
+    <t>US01F0406A02</t>
+  </si>
+  <si>
+    <t>01F0406A0</t>
+  </si>
+  <si>
+    <t>US01F0426A6525</t>
+  </si>
+  <si>
+    <t>FNCL 4.5 10/25</t>
+  </si>
+  <si>
+    <t>US01F0426A65</t>
+  </si>
+  <si>
+    <t>01F0426A6</t>
+  </si>
+  <si>
+    <t>US01F0524A7425</t>
+  </si>
+  <si>
+    <t>FNCI 5.5 10/25</t>
+  </si>
+  <si>
+    <t>US01F0524A74</t>
+  </si>
+  <si>
+    <t>01F0524A7</t>
+  </si>
+  <si>
+    <t>US01F0526A5625</t>
+  </si>
+  <si>
+    <t>FNCL 5.5 10/25</t>
+  </si>
+  <si>
+    <t>US01F0526A56</t>
+  </si>
+  <si>
+    <t>01F0526A5</t>
+  </si>
+  <si>
+    <t>US01F0606A8325</t>
+  </si>
+  <si>
+    <t>FNCL 6 10/25</t>
+  </si>
+  <si>
+    <t>US01F0606A83</t>
+  </si>
+  <si>
+    <t>01F0606A8</t>
+  </si>
+  <si>
+    <t>US01F0626A4825</t>
+  </si>
+  <si>
+    <t>FNCL 6.5 10/25</t>
+  </si>
+  <si>
+    <t>US01F0626A48</t>
+  </si>
+  <si>
+    <t>01F0626A4</t>
   </si>
   <si>
     <t>US00432CBX83</t>
   </si>
   <si>
     <t>ACCSS 2004-2 A4</t>
   </si>
   <si>
     <t>Asset Backed Security</t>
   </si>
   <si>
     <t>ACCSS</t>
   </si>
   <si>
     <t>00432CBX8</t>
   </si>
   <si>
     <t>US00432CBZ32</t>
   </si>
   <si>
     <t>ACCSS 2004-2 B</t>
   </si>
   <si>
     <t>00432CBZ3</t>
   </si>
@@ -797,50 +820,62 @@
   <si>
     <t>US03927NAB91</t>
   </si>
   <si>
     <t>ARCAP 2005-1A B</t>
   </si>
   <si>
     <t>ARCAP</t>
   </si>
   <si>
     <t>03927NAB9</t>
   </si>
   <si>
     <t>US04542BMT60</t>
   </si>
   <si>
     <t>ABFC 2005-AQ1 A5</t>
   </si>
   <si>
     <t>ABFC</t>
   </si>
   <si>
     <t>04542BMT6</t>
   </si>
   <si>
+    <t>US04942MAN48</t>
+  </si>
+  <si>
+    <t>ATCLO 2019-15A A1R</t>
+  </si>
+  <si>
+    <t>ATCLO</t>
+  </si>
+  <si>
+    <t>04942MAN4</t>
+  </si>
+  <si>
     <t>US05491VAL09</t>
   </si>
   <si>
     <t>BBCMS 2018-CHRS E</t>
   </si>
   <si>
     <t>BBCMS</t>
   </si>
   <si>
     <t>05491VAL0</t>
   </si>
   <si>
     <t>US05543DCC65</t>
   </si>
   <si>
     <t>BCAP 2014-RR2 11A3</t>
   </si>
   <si>
     <t>BCAP</t>
   </si>
   <si>
     <t>05543DCC6</t>
   </si>
   <si>
     <t>US05548WAA53</t>
@@ -1403,50 +1438,62 @@
   <si>
     <t>US16144YAC21</t>
   </si>
   <si>
     <t>CHAOT 2024-4A A3</t>
   </si>
   <si>
     <t>CHAOT</t>
   </si>
   <si>
     <t>16144YAC2</t>
   </si>
   <si>
     <t>US17309FAU21</t>
   </si>
   <si>
     <t>CMLTI 2006-AR5 2A2A</t>
   </si>
   <si>
     <t>CMLTI</t>
   </si>
   <si>
     <t>17309FAU2</t>
   </si>
   <si>
+    <t>US20268WAA27</t>
+  </si>
+  <si>
+    <t>CBSLT 2021-AGS A</t>
+  </si>
+  <si>
+    <t>CBSLT</t>
+  </si>
+  <si>
+    <t>20268WAA2</t>
+  </si>
+  <si>
     <t>US20846QHQ47</t>
   </si>
   <si>
     <t>CNF 2001-3 M1</t>
   </si>
   <si>
     <t>CNF</t>
   </si>
   <si>
     <t>20846QHQ4</t>
   </si>
   <si>
     <t>US20846QJT67</t>
   </si>
   <si>
     <t>CNF 2002-1 M2</t>
   </si>
   <si>
     <t>20846QJT6</t>
   </si>
   <si>
     <t>US20846QJZ28</t>
   </si>
   <si>
     <t>CNF 2002-2 M2</t>
@@ -1643,59 +1690,50 @@
   <si>
     <t>US36268GAD79</t>
   </si>
   <si>
     <t>GMCAR 2024-1 A3</t>
   </si>
   <si>
     <t>GMCAR</t>
   </si>
   <si>
     <t>36268GAD7</t>
   </si>
   <si>
     <t>US36361UAL44</t>
   </si>
   <si>
     <t>GALL 2017-1A A1R</t>
   </si>
   <si>
     <t>GALL</t>
   </si>
   <si>
     <t>36361UAL4</t>
   </si>
   <si>
-    <t>US380140AD51</t>
-[...7 lines deleted...]
-  <si>
     <t>US38406JAA60</t>
   </si>
   <si>
     <t>GRACE 2020-GRCE A</t>
   </si>
   <si>
     <t>GRACE</t>
   </si>
   <si>
     <t>38406JAA6</t>
   </si>
   <si>
     <t>US393505K355</t>
   </si>
   <si>
     <t>GT 1998-6 M1</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>393505K35</t>
   </si>
   <si>
     <t>US393505XH03</t>
@@ -2000,62 +2038,50 @@
   <si>
     <t>US56608KAW36</t>
   </si>
   <si>
     <t>MP14 2018-2A A12R</t>
   </si>
   <si>
     <t>MP14</t>
   </si>
   <si>
     <t>56608KAW3</t>
   </si>
   <si>
     <t>US57644DAR44</t>
   </si>
   <si>
     <t>MASL 2006-1 A</t>
   </si>
   <si>
     <t>MASL</t>
   </si>
   <si>
     <t>57644DAR4</t>
   </si>
   <si>
-    <t>US58406CAA99</t>
-[...10 lines deleted...]
-  <si>
     <t>US58552RAA86</t>
   </si>
   <si>
     <t>MRFC 2004-TBC1 A</t>
   </si>
   <si>
     <t>MRFC</t>
   </si>
   <si>
     <t>58552RAA8</t>
   </si>
   <si>
     <t>US59025TAD54</t>
   </si>
   <si>
     <t>FFMER 2007-H1 2A1</t>
   </si>
   <si>
     <t>FFMER</t>
   </si>
   <si>
     <t>59025TAD5</t>
   </si>
   <si>
     <t>US59802XBN21</t>
@@ -2768,71 +2794,50 @@
   <si>
     <t>SMB</t>
   </si>
   <si>
     <t>78448QAE8</t>
   </si>
   <si>
     <t>US78448YAD31</t>
   </si>
   <si>
     <t>SMB 2021-A B</t>
   </si>
   <si>
     <t>78448YAD3</t>
   </si>
   <si>
     <t>US78449HAF47</t>
   </si>
   <si>
     <t>SMB 2023-B R</t>
   </si>
   <si>
     <t>78449HAF4</t>
   </si>
   <si>
-    <t>US803169AN15</t>
-[...19 lines deleted...]
-  <si>
     <t>US81881JAC62</t>
   </si>
   <si>
     <t>SHACK 2014-5RA A</t>
   </si>
   <si>
     <t>SHACK</t>
   </si>
   <si>
     <t>81881JAC6</t>
   </si>
   <si>
     <t>US83609YAC03</t>
   </si>
   <si>
     <t>SNDPT 2013-3RA A</t>
   </si>
   <si>
     <t>SNDPT</t>
   </si>
   <si>
     <t>83609YAC0</t>
   </si>
   <si>
     <t>US83610JAA43</t>
@@ -3269,78 +3274,84 @@
   <si>
     <t>Pooled Investment</t>
   </si>
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>BYZYHN6</t>
   </si>
   <si>
     <t>GUSTX</t>
   </si>
   <si>
     <t>US3620133690</t>
   </si>
   <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>TRIXX</t>
   </si>
   <si>
-    <t>BMO4VPV37</t>
-[...2 lines deleted...]
-    <t>REPO for  R 4.31</t>
+    <t>BMO4ZC1C5</t>
+  </si>
+  <si>
+    <t>REPO for  R 4.21</t>
   </si>
   <si>
     <t>Short Term Instrument</t>
   </si>
   <si>
     <t>Repurchase Agreement (REPO)</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Future</t>
   </si>
   <si>
     <t>Contra Derivatives - Futures</t>
   </si>
   <si>
     <t>CONTRA_DERIV_OPT</t>
   </si>
   <si>
     <t>Contra Derivatives - Options</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swap</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaps</t>
+  </si>
+  <si>
+    <t>CONTRA_DERIV_Swaption</t>
+  </si>
+  <si>
+    <t>Contra Derivatives - Swaptions</t>
   </si>
   <si>
     <t>Base Currency - USD</t>
   </si>
   <si>
     <t>Based on GMO data. Not book of record.</t>
   </si>
   <si>
     <t>*Value includes derivative notional exposure for swaps and futures.</t>
   </si>
   <si>
     <t>**Weights are calculated as a percentage of the total Base Market Value with Notional. Base Market Value with Notional represents the total value of the security, in addition to any notional exposure gained through derivatives contracts. Security weights shown in this file may differ from weights shown in other materials to the extent the other weights exclude cash or do not account for notional exposures.</t>
   </si>
   <si>
     <t>***May include Cash &amp; Cash Equivalents, Fixed Income Instruments, Pooled Investments, Accrued Expenses, or Derivative Contracts</t>
   </si>
   <si>
     <t>Further information related to holdings is available on GMO.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
@@ -3710,92 +3721,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E00722B2-C7E9-407E-A4B0-D22D4639B972}">
-  <dimension ref="A1:Z330"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE9D5984-0F98-47A9-8776-41B8EDADFDCF}">
+  <dimension ref="A1:Z333"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="5"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45898</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -3845,185 +3856,185 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>38080.43</v>
+        <v>1428.86</v>
       </c>
       <c r="E4" s="5">
-        <v>1.1705000000000001</v>
+        <v>1.175</v>
       </c>
       <c r="F4" s="4">
-        <v>44573.143315000001</v>
+        <v>1678.9105</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>38080.43</v>
+        <v>1428.86</v>
       </c>
       <c r="N4" s="4">
-        <v>44573.143315000001</v>
+        <v>1678.9105</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.4E-5</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>10019564.958432</v>
+        <v>10769246.138932001</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>10019564.958432401</v>
+        <v>10769246.138932399</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4">
-        <v>10019564.958432</v>
+        <v>10769246.138932001</v>
       </c>
       <c r="N5" s="4">
-        <v>10019564.958432401</v>
+        <v>10769246.138932399</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>7.7929999999999996E-3</v>
+        <v>8.3730000000000002E-3</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>1724000</v>
       </c>
       <c r="E6" s="5">
         <v>1</v>
       </c>
       <c r="F6" s="4">
         <v>1724000</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H6" s="3" t="s">
@@ -4067,24998 +4078,25166 @@
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>1.34E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>-61166.47</v>
+        <v>1263.01</v>
       </c>
       <c r="E7" s="5">
         <v>1</v>
       </c>
       <c r="F7" s="4">
-        <v>-61166.47</v>
+        <v>1263.01</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="4">
-        <v>-61166.47</v>
+        <v>1263.01</v>
       </c>
       <c r="N7" s="4">
-        <v>-61166.47</v>
+        <v>1263.01</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-4.6999999999999997E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>-2657.85</v>
+        <v>-52983553.009999998</v>
       </c>
       <c r="E8" s="5">
-        <v>1.1705000000000001</v>
+        <v>0</v>
       </c>
       <c r="F8" s="4">
-        <v>-3111.0134250000001</v>
+        <v>-52982673.009999998</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M8" s="4">
-        <v>-2657.85</v>
+        <v>-52982673.009999998</v>
       </c>
       <c r="N8" s="4">
-        <v>-3111.0134250000001</v>
+        <v>-52982673.009999998</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-1.9999999999999999E-6</v>
+        <v>-4.1194000000000001E-2</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="D9" s="4">
-        <v>-58684418.020000003</v>
+        <v>-200694.0816</v>
       </c>
       <c r="E9" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F9" s="4">
-        <v>-58683603.020000003</v>
+        <v>-200694.0816</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M9" s="4">
-        <v>-58683603.020000003</v>
+        <v>-200694.0816</v>
       </c>
       <c r="N9" s="4">
-        <v>-58683603.020000003</v>
+        <v>-200694.0816</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
+      </c>
+      <c r="U9" s="2">
+        <v>45960</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-4.5643000000000003E-2</v>
+        <v>-1.56E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="D10" s="4">
+        <v>171000</v>
+      </c>
+      <c r="E10" s="5">
+        <v>1.1769970000000001</v>
+      </c>
+      <c r="F10" s="4">
+        <v>201266.54503499999</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>54</v>
-      </c>
-[...13 lines deleted...]
-        <v>56</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>-260948.42860799999</v>
+        <v>171290.67662400001</v>
       </c>
       <c r="N10" s="4">
-        <v>-305440.13568686001</v>
+        <v>201266.54503477001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="U10" s="2">
         <v>45960</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>-2.3699999999999999E-4</v>
+        <v>1.56E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B11" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" s="4">
+        <v>-98000</v>
+      </c>
+      <c r="E11" s="5">
+        <v>1.1769970000000001</v>
+      </c>
+      <c r="F11" s="4">
+        <v>-115345.73926</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C11" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H11" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>304406.44</v>
+        <v>-98166.586603000003</v>
       </c>
       <c r="N11" s="4">
-        <v>304406.44</v>
+        <v>-115345.73925969</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="U11" s="2">
         <v>45960</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.3599999999999999E-4</v>
+        <v>-8.8999999999999995E-5</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="4">
+        <v>114147.484</v>
+      </c>
+      <c r="E12" s="5">
+        <v>1</v>
+      </c>
+      <c r="F12" s="4">
+        <v>114147.484</v>
+      </c>
+      <c r="G12" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C12" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H12" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M12" s="4">
-        <v>-8312211.0989990002</v>
+        <v>114147.484</v>
       </c>
       <c r="N12" s="4">
-        <v>-9729443.0913791806</v>
+        <v>114147.484</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="U12" s="2">
         <v>45960</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>-9.6019999999999994E-3</v>
+        <v>8.7999999999999998E-5</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B13" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" s="4">
+        <v>-7771000</v>
+      </c>
+      <c r="E13" s="5">
+        <v>1.1769970000000001</v>
+      </c>
+      <c r="F13" s="4">
+        <v>-9146446.3243579995</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C13" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H13" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>-2615972.8821999999</v>
+        <v>-7784209.637751</v>
       </c>
       <c r="N13" s="4">
-        <v>-2615972.8821999999</v>
+        <v>-9146446.3243576195</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="U13" s="2">
         <v>45960</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>-9.6019999999999994E-3</v>
+        <v>-8.9239999999999996E-3</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B14" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" s="4">
+        <v>-2332418.1622000001</v>
+      </c>
+      <c r="E14" s="5">
+        <v>1</v>
+      </c>
+      <c r="F14" s="4">
+        <v>-2332418.1622000001</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M14" s="4">
-        <v>9711110.4484000001</v>
+        <v>-2332418.1622000001</v>
       </c>
       <c r="N14" s="4">
-        <v>9711110.4484000001</v>
+        <v>-2332418.1622000001</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="U14" s="2">
         <v>45960</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>9.5910000000000006E-3</v>
+        <v>-8.9239999999999996E-3</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" s="4">
+        <v>1991000</v>
+      </c>
+      <c r="E15" s="5">
+        <v>1.1769970000000001</v>
+      </c>
+      <c r="F15" s="4">
+        <v>2343401.7027150001</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>54</v>
-      </c>
-[...13 lines deleted...]
-        <v>56</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
         <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>2239138.2470249999</v>
+        <v>1994384.427842</v>
       </c>
       <c r="N15" s="4">
-        <v>2620911.3181437999</v>
+        <v>2343401.70271471</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="U15" s="2">
         <v>45960</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>9.5910000000000006E-3</v>
+        <v>8.9029999999999995E-3</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B16" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" s="4">
+        <v>9107375.1904000007</v>
+      </c>
+      <c r="E16" s="5">
+        <v>1</v>
+      </c>
+      <c r="F16" s="4">
+        <v>9107375.1904000007</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C16" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J16" s="5">
         <v>1</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M16" s="4">
-        <v>-273002.41859999998</v>
+        <v>9107375.1904000007</v>
       </c>
       <c r="N16" s="4">
-        <v>-273002.41859999998</v>
+        <v>9107375.1904000007</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="U16" s="2">
         <v>45960</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>-2.12E-4</v>
+        <v>8.9029999999999995E-3</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B17" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" s="4">
+        <v>-380551.22820000001</v>
+      </c>
+      <c r="E17" s="5">
+        <v>1</v>
+      </c>
+      <c r="F17" s="4">
+        <v>-380551.22820000001</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C17" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H17" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J17" s="5">
         <v>1</v>
       </c>
       <c r="K17" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M17" s="4">
-        <v>233849.937944</v>
+        <v>-380551.22820000001</v>
       </c>
       <c r="N17" s="4">
-        <v>273721.35236552998</v>
+        <v>-380551.22820000001</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="U17" s="2">
         <v>45960</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.12E-4</v>
+        <v>-2.9500000000000001E-4</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D18" s="4">
-        <v>-424</v>
+        <v>325000</v>
       </c>
       <c r="E18" s="5">
-        <v>109.46875</v>
+        <v>1.1769970000000001</v>
       </c>
       <c r="F18" s="4">
-        <v>-46414750.799999997</v>
+        <v>382524.13530000002</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>109.46875</v>
+        <v>1</v>
       </c>
       <c r="K18" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>0</v>
+        <v>325552.45557300001</v>
       </c>
       <c r="N18" s="4">
-        <v>0</v>
+        <v>382524.13529999001</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="T18" s="4">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="U18" s="2">
-        <v>46022</v>
+        <v>45960</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>-3.6101000000000001E-2</v>
+        <v>2.9700000000000001E-4</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D19" s="4">
-        <v>498</v>
+        <v>-330</v>
       </c>
       <c r="E19" s="5">
-        <v>104.269531</v>
+        <v>109.171875</v>
       </c>
       <c r="F19" s="4">
-        <v>103852453</v>
+        <v>-36026719</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>64</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J19" s="5">
-        <v>104.26953125</v>
+        <v>109.171875</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M19" s="4">
         <v>0</v>
       </c>
       <c r="N19" s="4">
         <v>0</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>66</v>
       </c>
       <c r="T19" s="4">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="U19" s="2">
         <v>46022</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>8.0776000000000001E-2</v>
+        <v>-2.8011000000000001E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D20" s="4">
-        <v>452</v>
+        <v>410</v>
       </c>
       <c r="E20" s="5">
-        <v>112.5</v>
+        <v>104.183594</v>
       </c>
       <c r="F20" s="4">
-        <v>50850000</v>
+        <v>85430546.400000006</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>64</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J20" s="5">
-        <v>112.5</v>
+        <v>104.18359375</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M20" s="4">
         <v>0</v>
       </c>
       <c r="N20" s="4">
         <v>0</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>66</v>
       </c>
       <c r="T20" s="4">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="U20" s="2">
-        <v>46010</v>
+        <v>46022</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>3.9550000000000002E-2</v>
+        <v>6.6421999999999995E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D21" s="4">
-        <v>300</v>
+        <v>434</v>
       </c>
       <c r="E21" s="5">
-        <v>114.40625</v>
+        <v>112.515625</v>
       </c>
       <c r="F21" s="4">
-        <v>34321875.100000001</v>
+        <v>48831781.299999997</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>64</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J21" s="5">
-        <v>114.40625</v>
+        <v>112.515625</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M21" s="4">
         <v>0</v>
       </c>
       <c r="N21" s="4">
         <v>0</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>66</v>
       </c>
       <c r="T21" s="4">
         <v>1000</v>
       </c>
       <c r="U21" s="2">
         <v>46010</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>2.6695E-2</v>
+        <v>3.7967000000000001E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D22" s="4">
-        <v>-11</v>
+        <v>361</v>
       </c>
       <c r="E22" s="5">
-        <v>116.5625</v>
+        <v>115.125</v>
       </c>
       <c r="F22" s="4">
-        <v>-1282187.5</v>
+        <v>41560125</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>64</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J22" s="5">
-        <v>116.5625</v>
+        <v>115.125</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M22" s="4">
         <v>0</v>
       </c>
       <c r="N22" s="4">
         <v>0</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>66</v>
       </c>
       <c r="T22" s="4">
         <v>1000</v>
       </c>
       <c r="U22" s="2">
         <v>46010</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>-9.9700000000000006E-4</v>
+        <v>3.2313000000000001E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D23" s="4">
-        <v>3400</v>
+        <v>5</v>
       </c>
       <c r="E23" s="5">
-        <v>0.18</v>
+        <v>120.53125</v>
       </c>
       <c r="F23" s="4">
-        <v>27261200</v>
+        <v>602656.30000000005</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>81</v>
+        <v>64</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J23" s="5">
-        <v>0.18</v>
+        <v>120.53125</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M23" s="4">
-        <v>61200</v>
+        <v>0</v>
       </c>
       <c r="N23" s="4">
-        <v>61200</v>
+        <v>0</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="T23" s="4">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="U23" s="2">
-        <v>45919</v>
+        <v>46010</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.1203E-2</v>
+        <v>4.6799999999999999E-4</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D24" s="4">
-        <v>-3400</v>
+        <v>649</v>
       </c>
       <c r="E24" s="5">
-        <v>0.06</v>
+        <v>2.5000000000000001E-3</v>
       </c>
       <c r="F24" s="4">
-        <v>-26540400</v>
+        <v>8112.5</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>81</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J24" s="5">
-        <v>0.06</v>
+        <v>2.5000000000000001E-3</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M24" s="4">
-        <v>-20400</v>
+        <v>4056.25</v>
       </c>
       <c r="N24" s="4">
-        <v>-20400</v>
+        <v>4056.25</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="U24" s="2">
-        <v>45919</v>
+        <v>46003</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>-2.0643000000000002E-2</v>
+        <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D25" s="4">
-        <v>649</v>
+        <v>-4624500</v>
       </c>
       <c r="E25" s="5">
-        <v>2.5000000000000001E-3</v>
+        <v>-0.45885700000000001</v>
       </c>
       <c r="F25" s="4">
-        <v>8112.5</v>
+        <v>-4603280.1407480203</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J25" s="5">
-        <v>2.5000000000000001E-3</v>
+        <v>-0.45885736999999999</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M25" s="4">
-        <v>4056.25</v>
+        <v>21219.859251000002</v>
       </c>
       <c r="N25" s="4">
-        <v>4056.25</v>
+        <v>21219.85925198</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="T25" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U25" s="2">
-        <v>46003</v>
+        <v>56571</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="4">
-        <v>0</v>
+        <v>-963.4375</v>
       </c>
       <c r="Y25" s="4">
-        <v>0</v>
+        <v>-963.4375</v>
       </c>
       <c r="Z25" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>-3.5790000000000001E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D26" s="4">
-        <v>-4624500</v>
+        <v>-2325783.79</v>
       </c>
       <c r="E26" s="5">
-        <v>-0.48587200000000003</v>
+        <v>-22.525376999999999</v>
       </c>
       <c r="F26" s="4">
-        <v>-4602030.8462707698</v>
+        <v>-1801892.2330374301</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J26" s="5">
-        <v>-0.48587206999999999</v>
+        <v>-22.525376569999999</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M26" s="4">
-        <v>22469.153729000001</v>
+        <v>523891.55696199997</v>
       </c>
       <c r="N26" s="4">
-        <v>22469.153729230002</v>
+        <v>523891.55696257</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T26" s="4">
         <v>0.01</v>
       </c>
       <c r="U26" s="2">
-        <v>56571</v>
+        <v>53709</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
-        <v>-770.75</v>
+        <v>-646.05105277999996</v>
       </c>
       <c r="Y26" s="4">
-        <v>-770.75</v>
+        <v>-646.05105200000003</v>
       </c>
       <c r="Z26" s="6">
-        <v>-3.5790000000000001E-3</v>
+        <v>-1.4E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D27" s="4">
-        <v>-2330375.77</v>
+        <v>800179.5</v>
       </c>
       <c r="E27" s="5">
-        <v>-22.349768999999998</v>
+        <v>-12.446880999999999</v>
       </c>
       <c r="F27" s="4">
-        <v>-1809542.1630226299</v>
+        <v>700582.10719205998</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J27" s="5">
-        <v>-22.349769240000001</v>
+        <v>-12.44688133</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M27" s="4">
-        <v>520833.60697700002</v>
+        <v>-99597.392806999997</v>
       </c>
       <c r="N27" s="4">
-        <v>520833.60697736999</v>
+        <v>-99597.392807940007</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T27" s="4">
         <v>0.01</v>
       </c>
       <c r="U27" s="2">
         <v>53709</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
-        <v>-517.86128222000002</v>
+        <v>166.70406249999999</v>
       </c>
       <c r="Y27" s="4">
-        <v>-517.86128199999996</v>
+        <v>166.70406199999999</v>
       </c>
       <c r="Z27" s="6">
-        <v>-1.407E-3</v>
+        <v>5.44E-4</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D28" s="4">
-        <v>801668.625</v>
+        <v>2824684.4390250002</v>
       </c>
       <c r="E28" s="5">
-        <v>-12.416667</v>
+        <v>-0.33515</v>
       </c>
       <c r="F28" s="4">
-        <v>702128.10406249994</v>
+        <v>2815217.50161925</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J28" s="5">
-        <v>-12.41666667</v>
+        <v>-0.33515026999999997</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M28" s="4">
-        <v>-99540.520936999994</v>
+        <v>-9466.9374050000006</v>
       </c>
       <c r="N28" s="4">
-        <v>-99540.520937499998</v>
+        <v>-9466.9374057500008</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T28" s="4">
         <v>0.01</v>
       </c>
       <c r="U28" s="2">
-        <v>53709</v>
+        <v>60224</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
-        <v>133.61143749999999</v>
+        <v>196.15864160000001</v>
       </c>
       <c r="Y28" s="4">
-        <v>133.611437</v>
+        <v>196.15864099999999</v>
       </c>
       <c r="Z28" s="6">
-        <v>5.4600000000000004E-4</v>
+        <v>2.1879999999999998E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D29" s="4">
-        <v>2824813.55</v>
+        <v>-979735.70203499997</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.35101599999999999</v>
+        <v>-4.8116430000000001</v>
       </c>
       <c r="F29" s="4">
-        <v>2814897.9913097001</v>
+        <v>-932594.32252637995</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J29" s="5">
-        <v>-0.35101640000000001</v>
+        <v>-4.8116425100000004</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M29" s="4">
-        <v>-9915.5586899999998</v>
+        <v>47141.379507999998</v>
       </c>
       <c r="N29" s="4">
-        <v>-9915.5586903000003</v>
+        <v>47141.379508619997</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
-        <v>60224</v>
+        <v>57635</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
-        <v>156.93408611000001</v>
+        <v>-272.14880612000002</v>
       </c>
       <c r="Y29" s="4">
-        <v>156.93408600000001</v>
+        <v>-272.14880599999998</v>
       </c>
       <c r="Z29" s="6">
-        <v>2.189E-3</v>
+        <v>-7.2499999999999995E-4</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D30" s="4">
-        <v>-1008556.787737</v>
+        <v>-3000000</v>
       </c>
       <c r="E30" s="5">
-        <v>-5.0944750000000001</v>
+        <v>-1.1392659999999999</v>
       </c>
       <c r="F30" s="4">
-        <v>-957176.11526655999</v>
+        <v>-2965822.01670596</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J30" s="5">
-        <v>-5.0944749099999997</v>
+        <v>-1.1392661100000001</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M30" s="4">
-        <v>51380.672469999998</v>
+        <v>34177.983293999998</v>
       </c>
       <c r="N30" s="4">
-        <v>51380.672470439997</v>
+        <v>34177.983294040001</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
-        <v>57635</v>
+        <v>63174</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
-        <v>-224.12373061</v>
+        <v>-625</v>
       </c>
       <c r="Y30" s="4">
-        <v>-224.12372999999999</v>
+        <v>-625</v>
       </c>
       <c r="Z30" s="6">
-        <v>-7.4399999999999998E-4</v>
+        <v>-2.3050000000000002E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D31" s="4">
-        <v>-3000000</v>
+        <v>-2682000</v>
       </c>
       <c r="E31" s="5">
-        <v>-1.332266</v>
+        <v>-4.8577839999999997</v>
       </c>
       <c r="F31" s="4">
-        <v>-2960032.02798416</v>
+        <v>-2551714.2366035101</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J31" s="5">
-        <v>-1.33226573</v>
+        <v>-4.8577838699999996</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M31" s="4">
-        <v>39967.972014999999</v>
+        <v>130285.76339599999</v>
       </c>
       <c r="N31" s="4">
-        <v>39967.972015840001</v>
+        <v>130285.76339649</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
         <v>63174</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
-        <v>-500</v>
+        <v>-745</v>
       </c>
       <c r="Y31" s="4">
-        <v>-500</v>
+        <v>-745</v>
       </c>
       <c r="Z31" s="6">
-        <v>-2.3019999999999998E-3</v>
+        <v>-1.983E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D32" s="4">
-        <v>-2682000</v>
+        <v>-2000000</v>
       </c>
       <c r="E32" s="5">
-        <v>-5.2468399999999997</v>
+        <v>-1.1392659999999999</v>
       </c>
       <c r="F32" s="4">
-        <v>-2541279.7392835501</v>
+        <v>-1977214.67780398</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J32" s="5">
-        <v>-5.2468404399999997</v>
+        <v>-1.1392661100000001</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M32" s="4">
-        <v>140720.26071599999</v>
+        <v>22785.322196000001</v>
       </c>
       <c r="N32" s="4">
-        <v>140720.26071644999</v>
+        <v>22785.322196019999</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
         <v>63174</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
-        <v>-596</v>
+        <v>-416.66666666999998</v>
       </c>
       <c r="Y32" s="4">
-        <v>-596</v>
+        <v>-416.66666600000002</v>
       </c>
       <c r="Z32" s="6">
-        <v>-1.9759999999999999E-3</v>
+        <v>-1.537E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D33" s="4">
-        <v>-2000000</v>
+        <v>-5752000</v>
       </c>
       <c r="E33" s="5">
-        <v>-1.332266</v>
+        <v>-12</v>
       </c>
       <c r="F33" s="4">
-        <v>-1973354.6853227699</v>
+        <v>-5061760</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J33" s="5">
-        <v>-1.33226573</v>
+        <v>-12</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M33" s="4">
-        <v>26645.314676999998</v>
+        <v>690240</v>
       </c>
       <c r="N33" s="4">
-        <v>26645.314677229999</v>
+        <v>690240</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>63174</v>
+        <v>56571</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
-        <v>-333.33333333000002</v>
+        <v>-2396.6666666699998</v>
       </c>
       <c r="Y33" s="4">
-        <v>-333.33333299999998</v>
+        <v>-2396.6666660000001</v>
       </c>
       <c r="Z33" s="6">
-        <v>-1.534E-3</v>
+        <v>-3.9350000000000001E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D34" s="4">
-        <v>-5752000</v>
+        <v>-5000000</v>
       </c>
       <c r="E34" s="5">
-        <v>-12.175000000000001</v>
+        <v>-3.5667309999999999</v>
       </c>
       <c r="F34" s="4">
-        <v>-5051694</v>
+        <v>-4821663.4423013199</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J34" s="5">
-        <v>-12.175000000000001</v>
+        <v>-3.5667311499999999</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M34" s="4">
-        <v>700306</v>
+        <v>178336.55769799999</v>
       </c>
       <c r="N34" s="4">
-        <v>700306</v>
+        <v>178336.55769868</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
-        <v>56571</v>
+        <v>60224</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
-        <v>-1917.33333333</v>
+        <v>-1388.8888888900001</v>
       </c>
       <c r="Y34" s="4">
-        <v>-1917.333333</v>
+        <v>-1388.888888</v>
       </c>
       <c r="Z34" s="6">
-        <v>-3.9290000000000002E-3</v>
+        <v>-3.748E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D35" s="4">
-        <v>-5000000</v>
+        <v>9998882.9700000007</v>
       </c>
       <c r="E35" s="5">
-        <v>-4.5222340000000001</v>
+        <v>-0.33515</v>
       </c>
       <c r="F35" s="4">
-        <v>-4773888.3079359103</v>
+        <v>9965371.6871477701</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J35" s="5">
-        <v>-4.5222338400000002</v>
+        <v>-0.33515026999999997</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M35" s="4">
-        <v>226111.692064</v>
+        <v>-33511.282851999997</v>
       </c>
       <c r="N35" s="4">
-        <v>226111.69206408999</v>
+        <v>-33511.282852229997</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
         <v>60224</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
-        <v>-1111.1111111099999</v>
+        <v>694.36687291999999</v>
       </c>
       <c r="Y35" s="4">
-        <v>-1111.1111109999999</v>
+        <v>694.36687199999994</v>
       </c>
       <c r="Z35" s="6">
-        <v>-3.7130000000000002E-3</v>
+        <v>7.7479999999999997E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D36" s="4">
-        <v>9999340</v>
+        <v>-3933500</v>
       </c>
       <c r="E36" s="5">
-        <v>-0.35101599999999999</v>
+        <v>-17.141667000000002</v>
       </c>
       <c r="F36" s="4">
-        <v>9964240.6772024706</v>
+        <v>-3259232.5416666698</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J36" s="5">
-        <v>-0.35101640000000001</v>
+        <v>-17.141666669999999</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M36" s="4">
-        <v>-35099.322797000001</v>
+        <v>674267.45833299996</v>
       </c>
       <c r="N36" s="4">
-        <v>-35099.322797530003</v>
+        <v>674267.45833333</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
-        <v>60224</v>
+        <v>63174</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
-        <v>555.51888888999997</v>
+        <v>-1638.95833333</v>
       </c>
       <c r="Y36" s="4">
-        <v>555.51888799999995</v>
+        <v>-1638.958333</v>
       </c>
       <c r="Z36" s="6">
-        <v>7.7499999999999999E-3</v>
+        <v>-2.5339999999999998E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D37" s="4">
-        <v>-3933500</v>
+        <v>-2678337.0750000002</v>
       </c>
       <c r="E37" s="5">
-        <v>-17.508333</v>
+        <v>-4.8116430000000001</v>
       </c>
       <c r="F37" s="4">
-        <v>-3244809.7083333302</v>
+        <v>-2549465.06978234</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J37" s="5">
-        <v>-17.508333329999999</v>
+        <v>-4.8116425100000004</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M37" s="4">
-        <v>688690.29166600003</v>
+        <v>128872.005217</v>
       </c>
       <c r="N37" s="4">
-        <v>688690.29166667</v>
+        <v>128872.00521766</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
-        <v>63174</v>
+        <v>57635</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
-        <v>-1311.16666667</v>
+        <v>-743.98252083</v>
       </c>
       <c r="Y37" s="4">
-        <v>-1311.1666660000001</v>
+        <v>-743.98252000000002</v>
       </c>
       <c r="Z37" s="6">
-        <v>-2.5230000000000001E-3</v>
+        <v>-1.9819999999999998E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D38" s="4">
-        <v>-2757126.2650000001</v>
+        <v>-1360000</v>
       </c>
       <c r="E38" s="5">
-        <v>-5.0944750000000001</v>
+        <v>-17.141667000000002</v>
       </c>
       <c r="F38" s="4">
-        <v>-2616665.1592852902</v>
+        <v>-1126873.33333333</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J38" s="5">
-        <v>-5.0944749099999997</v>
+        <v>-17.141666669999999</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M38" s="4">
-        <v>140461.105714</v>
+        <v>233126.666666</v>
       </c>
       <c r="N38" s="4">
-        <v>140461.10571470999</v>
+        <v>233126.66666667</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
-        <v>57635</v>
+        <v>63174</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
-        <v>-612.69472556000005</v>
+        <v>-566.66666667000004</v>
       </c>
       <c r="Y38" s="4">
-        <v>-612.69472499999995</v>
+        <v>-566.66666599999996</v>
       </c>
       <c r="Z38" s="6">
-        <v>-2.0349999999999999E-3</v>
+        <v>-8.7600000000000004E-4</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D39" s="4">
-        <v>-1360000</v>
+        <v>-1071334.83</v>
       </c>
       <c r="E39" s="5">
-        <v>-17.508333</v>
+        <v>-4.8116430000000001</v>
       </c>
       <c r="F39" s="4">
-        <v>-1121886.66666667</v>
+        <v>-1019786.02791294</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J39" s="5">
-        <v>-17.508333329999999</v>
+        <v>-4.8116425100000004</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M39" s="4">
-        <v>238113.33333299999</v>
+        <v>51548.802086999996</v>
       </c>
       <c r="N39" s="4">
-        <v>238113.33333333</v>
+        <v>51548.802087060001</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
-        <v>63174</v>
+        <v>57635</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
-        <v>-453.33333333000002</v>
+        <v>-297.59300832999998</v>
       </c>
       <c r="Y39" s="4">
-        <v>-453.33333299999998</v>
+        <v>-297.593008</v>
       </c>
       <c r="Z39" s="6">
-        <v>-8.7200000000000005E-4</v>
+        <v>-7.9199999999999995E-4</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D40" s="4">
-        <v>-1102850.5060000001</v>
+        <v>-3000000</v>
       </c>
       <c r="E40" s="5">
-        <v>-5.0944750000000001</v>
+        <v>-3.5667309999999999</v>
       </c>
       <c r="F40" s="4">
-        <v>-1046666.06371412</v>
+        <v>-2892998.0653807898</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J40" s="5">
-        <v>-5.0944749099999997</v>
+        <v>-3.5667311499999999</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M40" s="4">
-        <v>56184.442284999997</v>
+        <v>107001.93461900001</v>
       </c>
       <c r="N40" s="4">
-        <v>56184.442285880003</v>
+        <v>107001.93461921001</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
-        <v>57635</v>
+        <v>60224</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
-        <v>-245.07789022</v>
+        <v>-833.33333332999996</v>
       </c>
       <c r="Y40" s="4">
-        <v>-245.07789</v>
+        <v>-833.33333300000004</v>
       </c>
       <c r="Z40" s="6">
-        <v>-8.1400000000000005E-4</v>
+        <v>-2.2490000000000001E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D41" s="4">
-        <v>-3000000</v>
+        <v>-5000000</v>
       </c>
       <c r="E41" s="5">
-        <v>-4.5222340000000001</v>
+        <v>-14.183332999999999</v>
       </c>
       <c r="F41" s="4">
-        <v>-2864332.9847615501</v>
+        <v>-4290833.3333333302</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J41" s="5">
-        <v>-4.5222338400000002</v>
+        <v>-14.18333333</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M41" s="4">
-        <v>135667.01523799999</v>
+        <v>709166.66666600003</v>
       </c>
       <c r="N41" s="4">
-        <v>135667.01523845</v>
+        <v>709166.66666667</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
         <v>60224</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
-        <v>-666.66666667000004</v>
+        <v>-2083.3333333300002</v>
       </c>
       <c r="Y41" s="4">
-        <v>-666.66666599999996</v>
+        <v>-2083.333333</v>
       </c>
       <c r="Z41" s="6">
-        <v>-2.2269999999999998E-3</v>
+        <v>-3.336E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D42" s="4">
         <v>-5000000</v>
       </c>
       <c r="E42" s="5">
-        <v>-14.341666999999999</v>
+        <v>-14.183332999999999</v>
       </c>
       <c r="F42" s="4">
-        <v>-4282916.6666666605</v>
+        <v>-4290833.3333333302</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J42" s="5">
-        <v>-14.34166667</v>
+        <v>-14.18333333</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M42" s="4">
-        <v>717083.33333299996</v>
+        <v>709166.66666600003</v>
       </c>
       <c r="N42" s="4">
-        <v>717083.33333334001</v>
+        <v>709166.66666667</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
         <v>60224</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
-        <v>-1666.66666667</v>
+        <v>-2083.3333333300002</v>
       </c>
       <c r="Y42" s="4">
-        <v>-1666.6666660000001</v>
+        <v>-2083.333333</v>
       </c>
       <c r="Z42" s="6">
-        <v>-3.3310000000000002E-3</v>
+        <v>-3.336E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D43" s="4">
         <v>-5000000</v>
       </c>
       <c r="E43" s="5">
-        <v>-14.341666999999999</v>
+        <v>-14.183332999999999</v>
       </c>
       <c r="F43" s="4">
-        <v>-4282916.6666666605</v>
+        <v>-4290833.3333333302</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J43" s="5">
-        <v>-14.34166667</v>
+        <v>-14.18333333</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M43" s="4">
-        <v>717083.33333299996</v>
+        <v>709166.66666600003</v>
       </c>
       <c r="N43" s="4">
-        <v>717083.33333334001</v>
+        <v>709166.66666667</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
         <v>60224</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
-        <v>-1666.66666667</v>
+        <v>-2083.3333333300002</v>
       </c>
       <c r="Y43" s="4">
-        <v>-1666.6666660000001</v>
+        <v>-2083.333333</v>
       </c>
       <c r="Z43" s="6">
-        <v>-3.3310000000000002E-3</v>
+        <v>-3.336E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D44" s="4">
-        <v>-5000000</v>
+        <v>-4560000</v>
       </c>
       <c r="E44" s="5">
-        <v>-14.341666999999999</v>
+        <v>-3.5667309999999999</v>
       </c>
       <c r="F44" s="4">
-        <v>-4282916.6666666605</v>
+        <v>-4397357.0593788</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J44" s="5">
-        <v>-14.34166667</v>
+        <v>-3.5667311499999999</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M44" s="4">
-        <v>717083.33333299996</v>
+        <v>162642.94062099999</v>
       </c>
       <c r="N44" s="4">
-        <v>717083.33333334001</v>
+        <v>162642.94062119999</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
         <v>60224</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
-        <v>-1666.66666667</v>
+        <v>-1266.66666667</v>
       </c>
       <c r="Y44" s="4">
-        <v>-1666.6666660000001</v>
+        <v>-1266.6666660000001</v>
       </c>
       <c r="Z44" s="6">
-        <v>-3.3310000000000002E-3</v>
+        <v>-3.418E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D45" s="4">
-        <v>-4560000</v>
+        <v>9118981.2686400004</v>
       </c>
       <c r="E45" s="5">
-        <v>-4.5222340000000001</v>
+        <v>-0.33515</v>
       </c>
       <c r="F45" s="4">
-        <v>-4353786.1368375504</v>
+        <v>9088418.9786787704</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J45" s="5">
-        <v>-4.5222338400000002</v>
+        <v>-0.33515026999999997</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M45" s="4">
-        <v>206213.86316199999</v>
+        <v>-30562.289960999999</v>
       </c>
       <c r="N45" s="4">
-        <v>206213.86316245</v>
+        <v>-30562.289961229999</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
         <v>60224</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
-        <v>-1013.33333333</v>
+        <v>633.26258810000002</v>
       </c>
       <c r="Y45" s="4">
-        <v>-1013.333333</v>
+        <v>633.26258800000005</v>
       </c>
       <c r="Z45" s="6">
-        <v>-3.3860000000000001E-3</v>
+        <v>7.0660000000000002E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D46" s="4">
-        <v>9119398.0800000001</v>
+        <v>-9940000</v>
       </c>
       <c r="E46" s="5">
-        <v>-0.35101599999999999</v>
+        <v>-12</v>
       </c>
       <c r="F46" s="4">
-        <v>9087387.4976086505</v>
+        <v>-8747200</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J46" s="5">
-        <v>-0.35101640000000001</v>
+        <v>-12</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M46" s="4">
-        <v>-32010.582391</v>
+        <v>1192800</v>
       </c>
       <c r="N46" s="4">
-        <v>-32010.582391349999</v>
+        <v>1192800</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>60224</v>
+        <v>56571</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
-        <v>506.63322667</v>
+        <v>-4141.6666666700003</v>
       </c>
       <c r="Y46" s="4">
-        <v>506.63322599999998</v>
+        <v>-4141.6666660000001</v>
       </c>
       <c r="Z46" s="6">
-        <v>7.0679999999999996E-3</v>
+        <v>-6.8009999999999998E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D47" s="4">
-        <v>-9940000</v>
+        <v>-1579222.344</v>
       </c>
       <c r="E47" s="5">
-        <v>-12.175000000000001</v>
+        <v>-8.2983349999999998</v>
       </c>
       <c r="F47" s="4">
-        <v>-8729805</v>
+        <v>-1448173.1887641</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J47" s="5">
-        <v>-12.175000000000001</v>
+        <v>-8.2983346699999991</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M47" s="4">
-        <v>1210195</v>
+        <v>131049.155235</v>
       </c>
       <c r="N47" s="4">
-        <v>1210195</v>
+        <v>131049.15523590001</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
-        <v>56571</v>
+        <v>59667</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
-        <v>-3313.3333333300002</v>
+        <v>-658.00931000000003</v>
       </c>
       <c r="Y47" s="4">
-        <v>-3313.333333</v>
+        <v>-658.00931000000003</v>
       </c>
       <c r="Z47" s="6">
-        <v>-6.79E-3</v>
+        <v>-1.1249999999999999E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>126</v>
+        <v>101</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D48" s="4">
-        <v>-1583438.34672</v>
+        <v>-5215000</v>
       </c>
       <c r="E48" s="5">
-        <v>-8.2122580000000003</v>
+        <v>-12</v>
       </c>
       <c r="F48" s="4">
-        <v>-1453402.30716686</v>
+        <v>-4589200</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J48" s="5">
-        <v>-8.2122578300000004</v>
+        <v>-12</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M48" s="4">
-        <v>130036.039553</v>
+        <v>625800</v>
       </c>
       <c r="N48" s="4">
-        <v>130036.03955314</v>
+        <v>625800</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S48" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
-        <v>59667</v>
+        <v>56571</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
-        <v>-527.81278224000005</v>
+        <v>-2172.9166666699998</v>
       </c>
       <c r="Y48" s="4">
-        <v>-527.81278199999997</v>
+        <v>-2172.9166660000001</v>
       </c>
       <c r="Z48" s="6">
-        <v>-1.1299999999999999E-3</v>
+        <v>-3.568E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D49" s="4">
-        <v>-5215000</v>
+        <v>-8160000</v>
       </c>
       <c r="E49" s="5">
-        <v>-12.175000000000001</v>
+        <v>-7.1491220000000002</v>
       </c>
       <c r="F49" s="4">
-        <v>-4580073.75</v>
+        <v>-7576631.66465881</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J49" s="5">
-        <v>-12.175000000000001</v>
+        <v>-7.1491217599999999</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M49" s="4">
-        <v>634926.25</v>
+        <v>583368.335341</v>
       </c>
       <c r="N49" s="4">
-        <v>634926.25</v>
+        <v>583368.33534118999</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S49" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
-        <v>56571</v>
+        <v>57696</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
-        <v>-1738.33333333</v>
+        <v>-3400</v>
       </c>
       <c r="Y49" s="4">
-        <v>-1738.333333</v>
+        <v>-3400</v>
       </c>
       <c r="Z49" s="6">
-        <v>-3.5620000000000001E-3</v>
+        <v>-5.8900000000000003E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D50" s="4">
-        <v>-8160000</v>
+        <v>-5156000</v>
       </c>
       <c r="E50" s="5">
-        <v>-6.6466589999999997</v>
+        <v>-7.1491220000000002</v>
       </c>
       <c r="F50" s="4">
-        <v>-7617632.6481035296</v>
+        <v>-4787391.2822280396</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J50" s="5">
-        <v>-6.6466587199999996</v>
+        <v>-7.1491217599999999</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M50" s="4">
-        <v>542367.35189599998</v>
+        <v>368608.717771</v>
       </c>
       <c r="N50" s="4">
-        <v>542367.35189646995</v>
+        <v>368608.71777196001</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S50" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
         <v>57696</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
-        <v>-2720</v>
+        <v>-2148.3333333300002</v>
       </c>
       <c r="Y50" s="4">
-        <v>-2720</v>
+        <v>-2148.333333</v>
       </c>
       <c r="Z50" s="6">
-        <v>-5.9239999999999996E-3</v>
+        <v>-3.722E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D51" s="4">
-        <v>-5156000</v>
+        <v>3966000</v>
       </c>
       <c r="E51" s="5">
-        <v>-6.6466589999999997</v>
+        <v>-12.708333</v>
       </c>
       <c r="F51" s="4">
-        <v>-4813298.2761791404</v>
+        <v>3461987.5</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J51" s="5">
-        <v>-6.6466587199999996</v>
+        <v>-12.70833333</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M51" s="4">
-        <v>342701.72382000001</v>
+        <v>-504012.5</v>
       </c>
       <c r="N51" s="4">
-        <v>342701.72382085997</v>
+        <v>-504012.5</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S51" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
-        <v>57696</v>
+        <v>57329</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
-        <v>-1718.66666667</v>
+        <v>1652.5</v>
       </c>
       <c r="Y51" s="4">
-        <v>-1718.6666660000001</v>
+        <v>1652.5</v>
       </c>
       <c r="Z51" s="6">
-        <v>-3.7429999999999998E-3</v>
+        <v>2.6909999999999998E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D52" s="4">
         <v>3966000</v>
       </c>
       <c r="E52" s="5">
-        <v>-12.746765999999999</v>
+        <v>-12.708333</v>
       </c>
       <c r="F52" s="4">
-        <v>3460463.2539949501</v>
+        <v>3461987.5</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J52" s="5">
-        <v>-12.74676616</v>
+        <v>-12.70833333</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M52" s="4">
-        <v>-505536.74600500002</v>
+        <v>-504012.5</v>
       </c>
       <c r="N52" s="4">
-        <v>-505536.74600505002</v>
+        <v>-504012.5</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S52" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
         <v>57329</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
-        <v>1322</v>
+        <v>1652.5</v>
       </c>
       <c r="Y52" s="4">
-        <v>1322</v>
+        <v>1652.5</v>
       </c>
       <c r="Z52" s="6">
         <v>2.6909999999999998E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D53" s="4">
-        <v>3966000</v>
+        <v>-5156000</v>
       </c>
       <c r="E53" s="5">
-        <v>-12.746765999999999</v>
+        <v>-7.1491220000000002</v>
       </c>
       <c r="F53" s="4">
-        <v>3460463.2539949501</v>
+        <v>-4787391.2822280396</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J53" s="5">
-        <v>-12.74676616</v>
+        <v>-7.1491217599999999</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M53" s="4">
-        <v>-505536.74600500002</v>
+        <v>368608.717771</v>
       </c>
       <c r="N53" s="4">
-        <v>-505536.74600505002</v>
+        <v>368608.71777196001</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S53" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>57329</v>
+        <v>57696</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
-        <v>1322</v>
+        <v>-2148.3333333300002</v>
       </c>
       <c r="Y53" s="4">
-        <v>1322</v>
+        <v>-2148.333333</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.6909999999999998E-3</v>
+        <v>-3.722E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D54" s="4">
-        <v>-5156000</v>
+        <v>-1654312.8182000001</v>
       </c>
       <c r="E54" s="5">
-        <v>-6.6466589999999997</v>
+        <v>-8.2983349999999998</v>
       </c>
       <c r="F54" s="4">
-        <v>-4813298.2761791404</v>
+        <v>-1517032.4041122</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J54" s="5">
-        <v>-6.6466587199999996</v>
+        <v>-8.2983346699999991</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M54" s="4">
-        <v>342701.72382000001</v>
+        <v>137280.41408700001</v>
       </c>
       <c r="N54" s="4">
-        <v>342701.72382085997</v>
+        <v>137280.41408779999</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S54" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
-        <v>57696</v>
+        <v>59667</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
-        <v>-1718.66666667</v>
+        <v>-689.29700758000001</v>
       </c>
       <c r="Y54" s="4">
-        <v>-1718.6666660000001</v>
+        <v>-689.29700700000001</v>
       </c>
       <c r="Z54" s="6">
-        <v>-3.7429999999999998E-3</v>
+        <v>-1.1789999999999999E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D55" s="4">
-        <v>-1658729.2877160001</v>
+        <v>-3321415.2128699999</v>
       </c>
       <c r="E55" s="5">
-        <v>-8.2122580000000003</v>
+        <v>-19.233332999999998</v>
       </c>
       <c r="F55" s="4">
-        <v>-1522510.16196842</v>
+        <v>-2682596.3535946701</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J55" s="5">
-        <v>-8.2122578300000004</v>
+        <v>-19.233333330000001</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M55" s="4">
-        <v>136219.12574700001</v>
+        <v>638818.85927500005</v>
       </c>
       <c r="N55" s="4">
-        <v>136219.12574757999</v>
+        <v>638818.85927532997</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>59667</v>
+        <v>57970</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
-        <v>-552.90976257</v>
+        <v>-1383.9230053599999</v>
       </c>
       <c r="Y55" s="4">
-        <v>-552.909762</v>
+        <v>-1383.9230050000001</v>
       </c>
       <c r="Z55" s="6">
-        <v>-1.1839999999999999E-3</v>
+        <v>-2.085E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>137</v>
+        <v>88</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D56" s="4">
-        <v>-3531098.1339799999</v>
+        <v>-330261.29817999998</v>
       </c>
       <c r="E56" s="5">
-        <v>-17.481667000000002</v>
+        <v>-22.525376999999999</v>
       </c>
       <c r="F56" s="4">
-        <v>-2913803.3285247302</v>
+        <v>-255868.69709132001</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J56" s="5">
-        <v>-17.481666669999999</v>
+        <v>-22.525376569999999</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M56" s="4">
-        <v>617294.80545500002</v>
+        <v>74392.601087999996</v>
       </c>
       <c r="N56" s="4">
-        <v>617294.80545526999</v>
+        <v>74392.601088680007</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>57970</v>
+        <v>53709</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
-        <v>-1177.03271133</v>
+        <v>-91.739249490000006</v>
       </c>
       <c r="Y56" s="4">
-        <v>-1177.0327110000001</v>
+        <v>-91.739249000000001</v>
       </c>
       <c r="Z56" s="6">
-        <v>-2.2659999999999998E-3</v>
+        <v>-1.9799999999999999E-4</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D57" s="4">
-        <v>-330913.35934000002</v>
+        <v>-491805.12</v>
       </c>
       <c r="E57" s="5">
-        <v>-22.349768999999998</v>
+        <v>-11.904310000000001</v>
       </c>
       <c r="F57" s="4">
-        <v>-256954.98714921001</v>
+        <v>-433259.11483333999</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J57" s="5">
-        <v>-22.349769240000001</v>
+        <v>-11.904309810000001</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M57" s="4">
-        <v>73958.372189999995</v>
+        <v>58546.005166000003</v>
       </c>
       <c r="N57" s="4">
-        <v>73958.372190790004</v>
+        <v>58546.005166659997</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
-        <v>53709</v>
+        <v>59667</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
-        <v>-73.536302079999999</v>
+        <v>-102.4594</v>
       </c>
       <c r="Y57" s="4">
-        <v>-73.536302000000006</v>
+        <v>-102.4594</v>
       </c>
       <c r="Z57" s="6">
-        <v>-1.9900000000000001E-4</v>
+        <v>-3.3599999999999998E-4</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D58" s="4">
-        <v>-495149</v>
+        <v>-274654.533</v>
       </c>
       <c r="E58" s="5">
-        <v>-11.861667000000001</v>
+        <v>-2.8056999999999999E-2</v>
       </c>
       <c r="F58" s="4">
-        <v>-436416.07611666998</v>
+        <v>-274577.47219081997</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J58" s="5">
-        <v>-11.86166667</v>
+        <v>-2.805736E-2</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M58" s="4">
-        <v>58732.923883000003</v>
+        <v>77.060809000000006</v>
       </c>
       <c r="N58" s="4">
-        <v>58732.923883329997</v>
+        <v>77.060809180000007</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>59667</v>
+        <v>53709</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
-        <v>-82.524833330000007</v>
+        <v>-38.146462919999998</v>
       </c>
       <c r="Y58" s="4">
-        <v>-82.524833000000001</v>
+        <v>-38.146462</v>
       </c>
       <c r="Z58" s="6">
-        <v>-3.39E-4</v>
+        <v>-2.13E-4</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D59" s="4">
-        <v>-275651.746285</v>
+        <v>-1016788.39568</v>
       </c>
       <c r="E59" s="5">
-        <v>-2.8549000000000001E-2</v>
+        <v>-2.8056999999999999E-2</v>
       </c>
       <c r="F59" s="4">
-        <v>-275573.05027672998</v>
+        <v>-1016503.11170641</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J59" s="5">
-        <v>-2.8549069999999999E-2</v>
+        <v>-2.805736E-2</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M59" s="4">
-        <v>78.696008000000006</v>
+        <v>285.283973</v>
       </c>
       <c r="N59" s="4">
-        <v>78.696008269999993</v>
+        <v>285.28397359000002</v>
       </c>
       <c r="O59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S59" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
         <v>53709</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
-        <v>-30.627971809999998</v>
+        <v>-141.22061051</v>
       </c>
       <c r="Y59" s="4">
-        <v>-30.627970999999999</v>
+        <v>-141.22060999999999</v>
       </c>
       <c r="Z59" s="6">
-        <v>-2.14E-4</v>
+        <v>-7.9000000000000001E-4</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D60" s="4">
-        <v>-1020480.142127</v>
+        <v>-809026.78200000001</v>
       </c>
       <c r="E60" s="5">
-        <v>-2.8549000000000001E-2</v>
+        <v>-2.8056999999999999E-2</v>
       </c>
       <c r="F60" s="4">
-        <v>-1020188.80454332</v>
+        <v>-808799.79044886003</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J60" s="5">
-        <v>-2.8549069999999999E-2</v>
+        <v>-2.805736E-2</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M60" s="4">
-        <v>291.337583</v>
+        <v>226.99155099999999</v>
       </c>
       <c r="N60" s="4">
-        <v>291.33758368000002</v>
+        <v>226.99155114000001</v>
       </c>
       <c r="O60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S60" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
         <v>53709</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
-        <v>-113.38668246</v>
+        <v>-112.36483083</v>
       </c>
       <c r="Y60" s="4">
-        <v>-113.38668199999999</v>
+        <v>-112.36483</v>
       </c>
       <c r="Z60" s="6">
-        <v>-7.9299999999999998E-4</v>
+        <v>-6.2799999999999998E-4</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D61" s="4">
-        <v>-811964.18938999996</v>
+        <v>-268253.03999999998</v>
       </c>
       <c r="E61" s="5">
-        <v>-2.8549000000000001E-2</v>
+        <v>-2.8056999999999999E-2</v>
       </c>
       <c r="F61" s="4">
-        <v>-811732.38117030996</v>
+        <v>-268177.77528071002</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J61" s="5">
-        <v>-2.8549069999999999E-2</v>
+        <v>-2.805736E-2</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M61" s="4">
-        <v>231.80821900000001</v>
+        <v>75.264718999999999</v>
       </c>
       <c r="N61" s="4">
-        <v>231.80821968999999</v>
+        <v>75.264719290000002</v>
       </c>
       <c r="O61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S61" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
         <v>53709</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
-        <v>-90.218243270000002</v>
+        <v>-37.257366670000003</v>
       </c>
       <c r="Y61" s="4">
-        <v>-90.218243000000001</v>
+        <v>-37.257365999999998</v>
       </c>
       <c r="Z61" s="6">
-        <v>-6.3100000000000005E-4</v>
+        <v>-2.0799999999999999E-4</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D62" s="4">
-        <v>-269227.01079999999</v>
+        <v>-463833.89279999997</v>
       </c>
       <c r="E62" s="5">
-        <v>-2.8549000000000001E-2</v>
+        <v>-2.8056999999999999E-2</v>
       </c>
       <c r="F62" s="4">
-        <v>-269150.14899392001</v>
+        <v>-463703.75325810001</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J62" s="5">
-        <v>-2.8549069999999999E-2</v>
+        <v>-2.805736E-2</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M62" s="4">
-        <v>76.861806000000001</v>
+        <v>130.13954100000001</v>
       </c>
       <c r="N62" s="4">
-        <v>76.861806079999994</v>
+        <v>130.13954190000001</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S62" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
         <v>53709</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
-        <v>-29.91411231</v>
+        <v>-64.421374</v>
       </c>
       <c r="Y62" s="4">
-        <v>-29.914111999999999</v>
+        <v>-64.421374</v>
       </c>
       <c r="Z62" s="6">
-        <v>-2.0900000000000001E-4</v>
+        <v>-3.6000000000000002E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>142</v>
+        <v>84</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D63" s="4">
-        <v>-465517.97685600002</v>
+        <v>-4624500</v>
       </c>
       <c r="E63" s="5">
-        <v>-2.8549000000000001E-2</v>
+        <v>-0.45885700000000001</v>
       </c>
       <c r="F63" s="4">
-        <v>-465385.07580585999</v>
+        <v>-4603280.1407480203</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J63" s="5">
-        <v>-2.8549069999999999E-2</v>
+        <v>-0.45885736999999999</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M63" s="4">
-        <v>132.90105</v>
+        <v>21219.859251000002</v>
       </c>
       <c r="N63" s="4">
-        <v>132.90105014</v>
+        <v>21219.85925198</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S63" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
-        <v>53709</v>
+        <v>56571</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
-        <v>-51.724219650000002</v>
+        <v>-963.4375</v>
       </c>
       <c r="Y63" s="4">
-        <v>-51.724218999999998</v>
+        <v>-963.4375</v>
       </c>
       <c r="Z63" s="6">
-        <v>-3.6099999999999999E-4</v>
+        <v>-3.5790000000000001E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D64" s="4">
-        <v>-4624500</v>
+        <v>-4626000</v>
       </c>
       <c r="E64" s="5">
-        <v>-0.48587200000000003</v>
+        <v>-0.45885700000000001</v>
       </c>
       <c r="F64" s="4">
-        <v>-4602030.8462707698</v>
+        <v>-4604773.2578874202</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J64" s="5">
-        <v>-0.48587206999999999</v>
+        <v>-0.45885736999999999</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M64" s="4">
-        <v>22469.153729000001</v>
+        <v>21226.742112</v>
       </c>
       <c r="N64" s="4">
-        <v>22469.153729230002</v>
+        <v>21226.742112579999</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S64" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
         <v>56571</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
-        <v>-770.75</v>
+        <v>-963.75</v>
       </c>
       <c r="Y64" s="4">
-        <v>-770.75</v>
+        <v>-963.75</v>
       </c>
       <c r="Z64" s="6">
-        <v>-3.5790000000000001E-3</v>
+        <v>-3.5799999999999998E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D65" s="4">
-        <v>-4626000</v>
+        <v>-660522.59635999997</v>
       </c>
       <c r="E65" s="5">
-        <v>-0.48587200000000003</v>
+        <v>-22.525376999999999</v>
       </c>
       <c r="F65" s="4">
-        <v>-4603523.5581897702</v>
+        <v>-511737.39418263</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J65" s="5">
-        <v>-0.48587206999999999</v>
+        <v>-22.525376569999999</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M65" s="4">
-        <v>22476.44181</v>
+        <v>148785.202177</v>
       </c>
       <c r="N65" s="4">
-        <v>22476.441810230001</v>
+        <v>148785.20217737</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S65" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
-        <v>56571</v>
+        <v>53709</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
-        <v>-771</v>
+        <v>-183.47849898999999</v>
       </c>
       <c r="Y65" s="4">
-        <v>-771</v>
+        <v>-183.478498</v>
       </c>
       <c r="Z65" s="6">
-        <v>-3.5799999999999998E-3</v>
+        <v>-3.97E-4</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>95</v>
+        <v>144</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D66" s="4">
-        <v>-661826.71868000005</v>
+        <v>7540000</v>
       </c>
       <c r="E66" s="5">
-        <v>-22.349768999999998</v>
+        <v>0.32497999999999999</v>
       </c>
       <c r="F66" s="4">
-        <v>-513909.97429843002</v>
+        <v>7564503.4823395303</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J66" s="5">
-        <v>-22.349769240000001</v>
+        <v>0.32497987</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M66" s="4">
-        <v>147916.744381</v>
+        <v>24503.482338999998</v>
       </c>
       <c r="N66" s="4">
-        <v>147916.74438157</v>
+        <v>24503.482339530001</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S66" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
-        <v>53709</v>
+        <v>58396</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
-        <v>-147.07260414999999</v>
+        <v>523.61111111000002</v>
       </c>
       <c r="Y66" s="4">
-        <v>-147.07260400000001</v>
+        <v>523.61111100000005</v>
       </c>
       <c r="Z66" s="6">
-        <v>-3.9899999999999999E-4</v>
+        <v>5.8809999999999999E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D67" s="4">
-        <v>7540000</v>
+        <v>-6974000</v>
       </c>
       <c r="E67" s="5">
-        <v>0.35705900000000002</v>
+        <v>-0.62391200000000002</v>
       </c>
       <c r="F67" s="4">
-        <v>7566922.2729490399</v>
+        <v>-6930488.36949981</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J67" s="5">
-        <v>0.35705932000000001</v>
+        <v>-0.62391211000000002</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M67" s="4">
-        <v>26922.272948999998</v>
+        <v>43511.630499999999</v>
       </c>
       <c r="N67" s="4">
-        <v>26922.272949040002</v>
+        <v>43511.630500189996</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S67" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
-        <v>58396</v>
+        <v>59035</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
-        <v>418.88888888999998</v>
+        <v>-1452.91666667</v>
       </c>
       <c r="Y67" s="4">
-        <v>418.88888800000001</v>
+        <v>-1452.9166660000001</v>
       </c>
       <c r="Z67" s="6">
-        <v>5.8849999999999996E-3</v>
+        <v>-5.3880000000000004E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>153</v>
+        <v>84</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D68" s="4">
-        <v>-6974000</v>
+        <v>-4000000</v>
       </c>
       <c r="E68" s="5">
-        <v>-0.77164699999999997</v>
+        <v>-0.45885700000000001</v>
       </c>
       <c r="F68" s="4">
-        <v>-6920185.3619762799</v>
+        <v>-3981645.7050474798</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J68" s="5">
-        <v>-0.77164666000000004</v>
+        <v>-0.45885736999999999</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M68" s="4">
-        <v>53814.638023</v>
+        <v>18354.294952</v>
       </c>
       <c r="N68" s="4">
-        <v>53814.638023719999</v>
+        <v>18354.294952519998</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S68" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
-        <v>59035</v>
+        <v>56571</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
-        <v>-1162.33333333</v>
+        <v>-833.33333332999996</v>
       </c>
       <c r="Y68" s="4">
-        <v>-1162.333333</v>
+        <v>-833.33333300000004</v>
       </c>
       <c r="Z68" s="6">
-        <v>-5.3819999999999996E-3</v>
+        <v>-3.0950000000000001E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D69" s="4">
-        <v>-4000000</v>
+        <v>-47150000</v>
       </c>
       <c r="E69" s="5">
-        <v>-0.48587200000000003</v>
+        <v>2.627418</v>
       </c>
       <c r="F69" s="4">
-        <v>-3980565.1173279402</v>
+        <v>-56640077.35125</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J69" s="5">
-        <v>-0.48587206999999999</v>
+        <v>2.2361</v>
       </c>
       <c r="K69" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M69" s="4">
-        <v>19434.882672</v>
+        <v>-1054321.1499999999</v>
       </c>
       <c r="N69" s="4">
-        <v>19434.882672060001</v>
+        <v>-1238827.3512500001</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S69" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>56571</v>
+        <v>47472</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
-        <v>-666.66666667000004</v>
+        <v>-13850.3125</v>
       </c>
       <c r="Y69" s="4">
-        <v>-666.66666599999996</v>
+        <v>-11787.5</v>
       </c>
       <c r="Z69" s="6">
-        <v>-3.0959999999999998E-3</v>
+        <v>-4.4038000000000001E-2</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D70" s="4">
-        <v>-47150000</v>
+        <v>-21453166.530000001</v>
       </c>
       <c r="E70" s="5">
-        <v>2.595961</v>
+        <v>12.002743000000001</v>
       </c>
       <c r="F70" s="4">
-        <v>-56413070.569466203</v>
+        <v>-27782439.009442002</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="5">
-        <v>2.21782222</v>
+        <v>10.2151</v>
       </c>
       <c r="K70" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L70" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M70" s="4">
-        <v>-1045703.177673</v>
+        <v>-2191462.414206</v>
       </c>
       <c r="N70" s="4">
-        <v>-1223995.56946625</v>
+        <v>-2574968.3366920901</v>
       </c>
       <c r="O70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S70" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
         <v>47472</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
-        <v>-108845.12013888999</v>
+        <v>-31509.338340940001</v>
       </c>
       <c r="Y70" s="4">
-        <v>-92990.277776999996</v>
+        <v>-26816.458161999999</v>
       </c>
       <c r="Z70" s="6">
-        <v>-4.3876999999999999E-2</v>
+        <v>-2.1600999999999999E-2</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D71" s="4">
-        <v>-21453166.530000001</v>
+        <v>-104425000</v>
       </c>
       <c r="E71" s="5">
-        <v>11.690849999999999</v>
+        <v>2.458923</v>
       </c>
       <c r="F71" s="4">
-        <v>-27618988.933074798</v>
+        <v>-125267104.82062501</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="5">
-        <v>9.9879111100000006</v>
+        <v>2.0926999999999998</v>
       </c>
       <c r="K71" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L71" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M71" s="4">
-        <v>-2142723.2035110001</v>
+        <v>-2185301.9750000001</v>
       </c>
       <c r="N71" s="4">
-        <v>-2508057.5097098602</v>
+        <v>-2567729.8206250002</v>
       </c>
       <c r="O71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S71" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>47472</v>
+        <v>47654</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
-        <v>-247621.68486929001</v>
+        <v>-30674.84375</v>
       </c>
       <c r="Y71" s="4">
-        <v>-211552.05883699999</v>
+        <v>-26106.25</v>
       </c>
       <c r="Z71" s="6">
-        <v>-2.1481E-2</v>
+        <v>-9.7395999999999996E-2</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D72" s="4">
-        <v>-104425000</v>
+        <v>-20000000</v>
       </c>
       <c r="E72" s="5">
-        <v>2.3853879999999998</v>
+        <v>2.2906</v>
       </c>
       <c r="F72" s="4">
-        <v>-124720403.87811799</v>
+        <v>-20458120</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J72" s="5">
-        <v>2.03792222</v>
+        <v>2.2906</v>
       </c>
       <c r="K72" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M72" s="4">
-        <v>-2128100.2803230002</v>
+        <v>-458120</v>
       </c>
       <c r="N72" s="4">
-        <v>-2490941.3781186598</v>
+        <v>-458120</v>
       </c>
       <c r="O72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S72" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
         <v>47654</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
-        <v>-241063.66215277999</v>
+        <v>-5000</v>
       </c>
       <c r="Y72" s="4">
-        <v>-205949.305555</v>
+        <v>-5000</v>
       </c>
       <c r="Z72" s="6">
-        <v>-9.7006999999999996E-2</v>
+        <v>-1.5906E-2</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D73" s="4">
-        <v>-132730000</v>
+        <v>-152730000</v>
       </c>
       <c r="E73" s="5">
-        <v>2.3558219999999999</v>
+        <v>2.2907999999999999</v>
       </c>
       <c r="F73" s="4">
-        <v>-135856882.83526</v>
+        <v>-156228738.84</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J73" s="5">
-        <v>2.3558222199999999</v>
+        <v>2.2907999999999999</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M73" s="4">
-        <v>-3126882.8352600001</v>
+        <v>-3498738.84</v>
       </c>
       <c r="N73" s="4">
-        <v>-3126882.8352605999</v>
+        <v>-3498738.84</v>
       </c>
       <c r="O73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S73" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
-        <v>47654</v>
+        <v>47837</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
-        <v>-261773.05555555</v>
+        <v>-38182.5</v>
       </c>
       <c r="Y73" s="4">
-        <v>-261773.05555399999</v>
+        <v>-38182.5</v>
       </c>
       <c r="Z73" s="6">
-        <v>-0.105669</v>
+        <v>-0.12146800000000001</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D74" s="4">
         <v>31118245.958799999</v>
       </c>
       <c r="E74" s="5">
-        <v>21.498739</v>
+        <v>20.736174999999999</v>
       </c>
       <c r="F74" s="4">
-        <v>43113937.280455999</v>
+        <v>43016672.909767397</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="5">
-        <v>18.36714113</v>
+        <v>17.647808430000001</v>
       </c>
       <c r="K74" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L74" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M74" s="4">
-        <v>5715532.1535069998</v>
+        <v>5491688.4324909998</v>
       </c>
       <c r="N74" s="4">
-        <v>6690030.3856810201</v>
+        <v>6452733.9081774401</v>
       </c>
       <c r="O74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S74" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
         <v>47472</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
-        <v>359180.19299015001</v>
+        <v>45704.923751989998</v>
       </c>
       <c r="Y74" s="4">
-        <v>306860.48098200001</v>
+        <v>38897.807448</v>
       </c>
       <c r="Z74" s="6">
-        <v>3.3533E-2</v>
+        <v>3.3445000000000003E-2</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D75" s="4">
         <v>15559122.9794</v>
       </c>
       <c r="E75" s="5">
-        <v>21.498739</v>
+        <v>20.736174999999999</v>
       </c>
       <c r="F75" s="4">
-        <v>21556968.640228499</v>
+        <v>21508336.454883698</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="5">
-        <v>18.36714113</v>
+        <v>17.647808430000001</v>
       </c>
       <c r="K75" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L75" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M75" s="4">
-        <v>2857766.0767529998</v>
+        <v>2745844.2162449998</v>
       </c>
       <c r="N75" s="4">
-        <v>3345015.19284051</v>
+        <v>3226366.95408872</v>
       </c>
       <c r="O75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S75" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
         <v>47472</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
-        <v>179590.09649507</v>
+        <v>22852.46187599</v>
       </c>
       <c r="Y75" s="4">
-        <v>153430.240491</v>
+        <v>19448.903724</v>
       </c>
       <c r="Z75" s="6">
-        <v>1.6766E-2</v>
+        <v>1.6722000000000001E-2</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D76" s="4">
         <v>3060000</v>
       </c>
       <c r="E76" s="5">
-        <v>15.688376</v>
+        <v>15.536763000000001</v>
       </c>
       <c r="F76" s="4">
-        <v>3540064.2982626599</v>
+        <v>3535424.94528291</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J76" s="5">
-        <v>15.68837576</v>
+        <v>15.536762919999999</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M76" s="4">
-        <v>480064.29826200003</v>
+        <v>475424.945282</v>
       </c>
       <c r="N76" s="4">
-        <v>480064.29826265998</v>
+        <v>475424.94528291002</v>
       </c>
       <c r="O76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S76" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
         <v>47472</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
-        <v>30175</v>
+        <v>3825</v>
       </c>
       <c r="Y76" s="4">
-        <v>30175</v>
+        <v>3825</v>
       </c>
       <c r="Z76" s="6">
-        <v>2.7529999999999998E-3</v>
+        <v>2.748E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D77" s="4">
         <v>3060000</v>
       </c>
       <c r="E77" s="5">
-        <v>8.031269</v>
+        <v>8.5613139999999994</v>
       </c>
       <c r="F77" s="4">
-        <v>3305756.8362549301</v>
+        <v>3321976.2011620798</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J77" s="5">
-        <v>8.0312691600000008</v>
+        <v>8.5613137600000009</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M77" s="4">
-        <v>245756.83625399999</v>
+        <v>261976.20116200001</v>
       </c>
       <c r="N77" s="4">
-        <v>245756.83625493001</v>
+        <v>261976.20116207999</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S77" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
         <v>47472</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
-        <v>30175</v>
+        <v>3825</v>
       </c>
       <c r="Y77" s="4">
-        <v>30175</v>
+        <v>3825</v>
       </c>
       <c r="Z77" s="6">
-        <v>2.5709999999999999E-3</v>
+        <v>2.5820000000000001E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D78" s="4">
         <v>78580000</v>
       </c>
       <c r="E78" s="5">
-        <v>3.9216489999999999</v>
+        <v>3.7794780000000001</v>
       </c>
       <c r="F78" s="4">
-        <v>95059521.946544498</v>
+        <v>95301413.970633596</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="5">
-        <v>3.35040513</v>
+        <v>3.2165771900000002</v>
       </c>
       <c r="K78" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L78" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M78" s="4">
-        <v>2632748.3524509999</v>
+        <v>2527586.3579859999</v>
       </c>
       <c r="N78" s="4">
-        <v>3081631.9465445001</v>
+        <v>2969913.9706336702</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S78" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
         <v>47472</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
-        <v>181400.83861111</v>
+        <v>23082.875</v>
       </c>
       <c r="Y78" s="4">
-        <v>154977.22222200001</v>
+        <v>19645</v>
       </c>
       <c r="Z78" s="6">
-        <v>7.3936000000000002E-2</v>
+        <v>7.4096999999999996E-2</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D79" s="4">
         <v>18250000</v>
       </c>
       <c r="E79" s="5">
-        <v>15.688376</v>
+        <v>15.536763000000001</v>
       </c>
       <c r="F79" s="4">
-        <v>21113128.576239701</v>
+        <v>21085459.232487898</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J79" s="5">
-        <v>15.68837576</v>
+        <v>15.536762919999999</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M79" s="4">
-        <v>2863128.5762390001</v>
+        <v>2835459.2324870001</v>
       </c>
       <c r="N79" s="4">
-        <v>2863128.5762397498</v>
+        <v>2835459.23248793</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S79" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
         <v>47472</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
-        <v>179965.27777777999</v>
+        <v>22812.5</v>
       </c>
       <c r="Y79" s="4">
-        <v>179965.27777700001</v>
+        <v>22812.5</v>
       </c>
       <c r="Z79" s="6">
-        <v>1.6421000000000002E-2</v>
+        <v>1.6393999999999999E-2</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D80" s="4">
         <v>-11900000</v>
       </c>
       <c r="E80" s="5">
-        <v>8.031269</v>
+        <v>8.5613139999999994</v>
       </c>
       <c r="F80" s="4">
-        <v>-12855721.0298802</v>
+        <v>-12918796.3378525</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J80" s="5">
-        <v>8.0312691600000008</v>
+        <v>8.5613137600000009</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M80" s="4">
-        <v>-955721.02988000005</v>
+        <v>-1018796.337852</v>
       </c>
       <c r="N80" s="4">
-        <v>-955721.02988029004</v>
+        <v>-1018796.3378525299</v>
       </c>
       <c r="O80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S80" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
         <v>47472</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
-        <v>-117347.22222222001</v>
+        <v>-14875</v>
       </c>
       <c r="Y80" s="4">
-        <v>-117347.222222</v>
+        <v>-14875</v>
       </c>
       <c r="Z80" s="6">
-        <v>-9.9989999999999992E-3</v>
+        <v>-1.0044000000000001E-2</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D81" s="4">
         <v>-26000000</v>
       </c>
       <c r="E81" s="5">
-        <v>1.8244590000000001</v>
+        <v>1.653332</v>
       </c>
       <c r="F81" s="4">
-        <v>-26474359.293421701</v>
+        <v>-26429866.3530537</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J81" s="5">
-        <v>1.82445882</v>
+        <v>1.6533321299999999</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M81" s="4">
-        <v>-474359.29342100001</v>
+        <v>-429866.353053</v>
       </c>
       <c r="N81" s="4">
-        <v>-474359.29342177999</v>
+        <v>-429866.35305372003</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S81" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
         <v>47361</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
-        <v>0</v>
+        <v>11567.172101329999</v>
       </c>
       <c r="Y81" s="4">
-        <v>0</v>
+        <v>11567.172101</v>
       </c>
       <c r="Z81" s="6">
-        <v>-2.0591000000000002E-2</v>
+        <v>-2.0549000000000001E-2</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D82" s="4">
         <v>-9130000</v>
       </c>
       <c r="E82" s="5">
-        <v>-0.254801</v>
+        <v>4.8982999999999999E-2</v>
       </c>
       <c r="F82" s="4">
-        <v>-9106736.6491277702</v>
+        <v>-9134472.1547576208</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J82" s="5">
-        <v>-0.25480121</v>
+        <v>4.8983079999999998E-2</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M82" s="4">
-        <v>23263.350871999999</v>
+        <v>-4472.1547570000002</v>
       </c>
       <c r="N82" s="4">
-        <v>23263.350872229999</v>
+        <v>-4472.1547576200001</v>
       </c>
       <c r="O82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S82" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
-        <v>45920</v>
+        <v>46011</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>-7.0829999999999999E-3</v>
+        <v>-7.1019999999999998E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>180</v>
+        <v>53</v>
       </c>
       <c r="D83" s="4">
-        <v>-20000000</v>
+        <v>-52212000</v>
       </c>
       <c r="E83" s="5">
-        <v>93.911422000000002</v>
+        <v>4.8929E-2</v>
       </c>
       <c r="F83" s="4">
-        <v>-18782284.399999999</v>
+        <v>-61374646.661771998</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J83" s="5">
-        <v>93.911422000000002</v>
+        <v>4.1641459999999998E-2</v>
       </c>
       <c r="K83" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M83" s="4">
-        <v>-18782284.399999999</v>
+        <v>-21741.839806</v>
       </c>
       <c r="N83" s="4">
-        <v>-18782284.399999999</v>
+        <v>-25546.661772070001</v>
       </c>
       <c r="O83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>183</v>
+        <v>34</v>
       </c>
       <c r="S83" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
-        <v>45918</v>
-[...2 lines deleted...]
-        <v>2.5</v>
+        <v>45980</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>-1.4607999999999999E-2</v>
+        <v>-4.7718999999999998E-2</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="C84" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D84" s="4">
+        <v>-20000000</v>
+      </c>
+      <c r="E84" s="5">
+        <v>94.127281999999994</v>
+      </c>
+      <c r="F84" s="4">
+        <v>-18825456.399999999</v>
+      </c>
+      <c r="G84" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D84" s="4">
-[...8 lines deleted...]
-      <c r="G84" s="3" t="s">
+      <c r="H84" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J84" s="5">
+        <v>94.127281999999994</v>
+      </c>
+      <c r="K84" s="5">
+        <v>1</v>
+      </c>
+      <c r="L84" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M84" s="4">
+        <v>-18825456.399999999</v>
+      </c>
+      <c r="N84" s="4">
+        <v>-18825456.399999999</v>
+      </c>
+      <c r="O84" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P84" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="H84" s="3" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q84" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="S84" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
-        <v>45915</v>
+        <v>45946</v>
       </c>
       <c r="V84" s="4">
-        <v>3.5</v>
+        <v>2.5</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>6.4140000000000004E-3</v>
+        <v>-1.4636E-2</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="C85" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D85" s="4">
+        <v>-12880000</v>
+      </c>
+      <c r="E85" s="5">
+        <v>94.283120999999994</v>
+      </c>
+      <c r="F85" s="4">
+        <v>-12143665.9848</v>
+      </c>
+      <c r="G85" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D85" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="H85" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J85" s="5">
-        <v>102.219268</v>
+        <v>94.283120999999994</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M85" s="4">
-        <v>14106258.983999999</v>
+        <v>-12143665.9848</v>
       </c>
       <c r="N85" s="4">
-        <v>14106258.983999999</v>
+        <v>-12143665.9848</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="S85" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
-        <v>45918</v>
+        <v>45944</v>
       </c>
       <c r="V85" s="4">
-        <v>5.5</v>
+        <v>4</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>1.0971E-2</v>
+        <v>-9.4409999999999997E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="C86" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D86" s="4">
+        <v>-5520000</v>
+      </c>
+      <c r="E86" s="5">
+        <v>97.032660000000007</v>
+      </c>
+      <c r="F86" s="4">
+        <v>-5356202.8320000004</v>
+      </c>
+      <c r="G86" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D86" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="H86" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J86" s="5">
-        <v>100.562974</v>
+        <v>97.032660000000007</v>
       </c>
       <c r="K86" s="5">
         <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M86" s="4">
-        <v>20497750.990419999</v>
+        <v>-5356202.8320000004</v>
       </c>
       <c r="N86" s="4">
-        <v>20497750.990419999</v>
+        <v>-5356202.8320000004</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="S86" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
-        <v>45915</v>
+        <v>45944</v>
       </c>
       <c r="V86" s="4">
-        <v>5.5</v>
+        <v>4.5</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>1.5942999999999999E-2</v>
+        <v>-4.1640000000000002E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C87" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D87" s="4">
+        <v>13800000</v>
+      </c>
+      <c r="E87" s="5">
+        <v>102.195258</v>
+      </c>
+      <c r="F87" s="4">
+        <v>14102945.604</v>
+      </c>
+      <c r="G87" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D87" s="4">
-[...8 lines deleted...]
-      <c r="G87" s="3" t="s">
+      <c r="H87" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J87" s="5">
+        <v>102.195258</v>
+      </c>
+      <c r="K87" s="5">
+        <v>1</v>
+      </c>
+      <c r="L87" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M87" s="4">
+        <v>14102945.604</v>
+      </c>
+      <c r="N87" s="4">
+        <v>14102945.604</v>
+      </c>
+      <c r="O87" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P87" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="H87" s="3" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q87" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="S87" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
-        <v>45915</v>
+        <v>45946</v>
       </c>
       <c r="V87" s="4">
-        <v>6</v>
+        <v>5.5</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>2.6180999999999999E-2</v>
+        <v>1.0965000000000001E-2</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C88" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D88" s="4">
+        <v>33263000</v>
+      </c>
+      <c r="E88" s="5">
+        <v>100.823797</v>
+      </c>
+      <c r="F88" s="4">
+        <v>33537019.596110001</v>
+      </c>
+      <c r="G88" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D88" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="H88" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J88" s="5">
-        <v>98.746889999999993</v>
+        <v>100.823797</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M88" s="4">
-        <v>7732809.5850510001</v>
+        <v>33537019.596110001</v>
       </c>
       <c r="N88" s="4">
-        <v>7732809.5850512804</v>
+        <v>33537019.596110001</v>
       </c>
       <c r="O88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="S88" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>49699</v>
+        <v>45944</v>
       </c>
       <c r="V88" s="4">
-        <v>4.9422499999999996</v>
+        <v>5.5</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="X88" s="4">
-        <v>38509.72268069</v>
+        <v>0</v>
       </c>
       <c r="Y88" s="4">
-        <v>38509.722679999999</v>
+        <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>6.0140000000000002E-3</v>
+        <v>2.6075000000000001E-2</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="C89" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D89" s="4">
+        <v>38470000</v>
+      </c>
+      <c r="E89" s="5">
+        <v>102.158767</v>
+      </c>
+      <c r="F89" s="4">
+        <v>39300477.664899997</v>
+      </c>
+      <c r="G89" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D89" s="4">
-[...8 lines deleted...]
-      <c r="G89" s="3" t="s">
+      <c r="H89" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J89" s="5">
+        <v>102.158767</v>
+      </c>
+      <c r="K89" s="5">
+        <v>1</v>
+      </c>
+      <c r="L89" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M89" s="4">
+        <v>39300477.664899997</v>
+      </c>
+      <c r="N89" s="4">
+        <v>39300477.664899997</v>
+      </c>
+      <c r="O89" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P89" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q89" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R89" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="S89" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T89" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U89" s="2">
+        <v>45944</v>
+      </c>
+      <c r="V89" s="4">
+        <v>6</v>
+      </c>
+      <c r="W89" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="H89" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="X89" s="4">
-        <v>17023.716379459998</v>
+        <v>0</v>
       </c>
       <c r="Y89" s="4">
-        <v>17023.716379000001</v>
+        <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>2.294E-3</v>
+        <v>3.0556E-2</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="C90" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D90" s="4">
+        <v>4600000</v>
+      </c>
+      <c r="E90" s="5">
+        <v>103.338369</v>
+      </c>
+      <c r="F90" s="4">
+        <v>4753564.9740000004</v>
+      </c>
+      <c r="G90" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D90" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="H90" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J90" s="5">
-        <v>89.231840000000005</v>
+        <v>103.338369</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M90" s="4">
-        <v>1876951.252636</v>
+        <v>4753564.9740000004</v>
       </c>
       <c r="N90" s="4">
-        <v>1876951.25263634</v>
+        <v>4753564.9740000004</v>
       </c>
       <c r="O90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>212</v>
+        <v>186</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="S90" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T90" s="4">
         <v>0.01</v>
       </c>
       <c r="U90" s="2">
-        <v>53199</v>
+        <v>45944</v>
       </c>
       <c r="V90" s="4">
-        <v>6.68703</v>
+        <v>6.5</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="X90" s="4">
-        <v>1951.56098554</v>
+        <v>0</v>
       </c>
       <c r="Y90" s="4">
-        <v>1951.5609850000001</v>
+        <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>1.459E-3</v>
+        <v>3.6949999999999999E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D91" s="4">
-        <v>742661.22376800003</v>
+        <v>7791941.46</v>
       </c>
       <c r="E91" s="5">
-        <v>7.7724099999999998</v>
+        <v>98.886430000000004</v>
       </c>
       <c r="F91" s="4">
-        <v>58209.224565650002</v>
+        <v>7777913.3247696199</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J91" s="5">
-        <v>7.7724099999999998</v>
+        <v>98.886430000000004</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M91" s="4">
-        <v>58209.224564999997</v>
+        <v>7777913.3247689996</v>
       </c>
       <c r="N91" s="4">
-        <v>58209.224565650002</v>
+        <v>7777913.3247696199</v>
       </c>
       <c r="O91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P91" s="3" t="s">
         <v>212</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="S91" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>55634</v>
+        <v>49699</v>
       </c>
       <c r="V91" s="4">
-        <v>4.7170300000000003</v>
+        <v>4.9422499999999996</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="X91" s="4">
-        <v>486.54934337999998</v>
+        <v>72740.587285739995</v>
       </c>
       <c r="Y91" s="4">
-        <v>486.54934300000002</v>
+        <v>72740.587285000001</v>
       </c>
       <c r="Z91" s="6">
-        <v>4.5000000000000003E-5</v>
+        <v>6.0470000000000003E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D92" s="4">
-        <v>2008628.415</v>
+        <v>3210658.9427999998</v>
       </c>
       <c r="E92" s="5">
-        <v>89.348119999999994</v>
+        <v>91.466570000000004</v>
       </c>
       <c r="F92" s="4">
-        <v>1794968.8362080201</v>
+        <v>2968835.5180941802</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J92" s="5">
-        <v>89.348119999999994</v>
+        <v>91.466570000000004</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M92" s="4">
-        <v>1794968.8362080001</v>
+        <v>2968835.5180939999</v>
       </c>
       <c r="N92" s="4">
-        <v>1794968.8362080201</v>
+        <v>2968835.5180941802</v>
       </c>
       <c r="O92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="S92" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>60535</v>
+        <v>52256</v>
       </c>
       <c r="V92" s="4">
-        <v>1.0649999999999999</v>
+        <v>5.3022499999999999</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="X92" s="4">
-        <v>297.10961972000001</v>
+        <v>32155.908716760001</v>
       </c>
       <c r="Y92" s="4">
-        <v>297.10961900000001</v>
+        <v>32155.908716000002</v>
       </c>
       <c r="Z92" s="6">
-        <v>1.3960000000000001E-3</v>
+        <v>2.3080000000000002E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D93" s="4">
-        <v>1539106.7039999999</v>
+        <v>2091860.4977279999</v>
       </c>
       <c r="E93" s="5">
-        <v>38.027450000000002</v>
+        <v>89.789249999999996</v>
       </c>
       <c r="F93" s="4">
-        <v>586381.14860353002</v>
+        <v>1880539.8402882</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J93" s="5">
-        <v>38.027450000000002</v>
+        <v>89.789249999999996</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M93" s="4">
-        <v>586381.14860299998</v>
+        <v>1880539.8402879999</v>
       </c>
       <c r="N93" s="4">
-        <v>586381.14860353002</v>
+        <v>1880539.8402882</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="S93" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>49973</v>
+        <v>53199</v>
       </c>
       <c r="V93" s="4">
-        <v>5.1370300000000002</v>
+        <v>6.5223899999999997</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="X93" s="4">
-        <v>1098.11629328</v>
+        <v>2273.9883319599999</v>
       </c>
       <c r="Y93" s="4">
-        <v>1098.116293</v>
+        <v>2273.988331</v>
       </c>
       <c r="Z93" s="6">
-        <v>4.5600000000000003E-4</v>
+        <v>1.462E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D94" s="4">
-        <v>13695000</v>
+        <v>740694.29732999997</v>
       </c>
       <c r="E94" s="5">
-        <v>101.35997999999999</v>
+        <v>7.55145</v>
       </c>
       <c r="F94" s="4">
-        <v>13907783.3235</v>
+        <v>56495.14773443</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J94" s="5">
-        <v>101.35997999999999</v>
+        <v>7.55145</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M94" s="4">
-        <v>13907783.3235</v>
+        <v>56495.147733999998</v>
       </c>
       <c r="N94" s="4">
-        <v>13907783.3235</v>
+        <v>56495.14773443</v>
       </c>
       <c r="O94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="S94" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>47314</v>
+        <v>55667</v>
       </c>
       <c r="V94" s="4">
-        <v>4.6500000000000004</v>
+        <v>4.5523899999999999</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="X94" s="4">
-        <v>26534.0625</v>
+        <v>561.98821869999995</v>
       </c>
       <c r="Y94" s="4">
-        <v>26534.0625</v>
+        <v>561.98821799999996</v>
       </c>
       <c r="Z94" s="6">
-        <v>1.0817E-2</v>
+        <v>4.3000000000000002E-5</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D95" s="4">
-        <v>7400794.2167649996</v>
+        <v>1994457.08</v>
       </c>
       <c r="E95" s="5">
-        <v>49.722700000000003</v>
+        <v>89.32432</v>
       </c>
       <c r="F95" s="4">
-        <v>3684651.3327902802</v>
+        <v>1781889.24053356</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J95" s="5">
-        <v>49.722700000000003</v>
+        <v>89.32432</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M95" s="4">
-        <v>3684651.3327899999</v>
+        <v>1781889.2405330001</v>
       </c>
       <c r="N95" s="4">
-        <v>3684651.3327902802</v>
+        <v>1781889.24053356</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>231</v>
+        <v>34</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="S95" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>53625</v>
+        <v>60535</v>
       </c>
       <c r="V95" s="4">
-        <v>4.64703</v>
+        <v>1.0649999999999999</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="X95" s="4">
-        <v>4776.6267707099996</v>
+        <v>354.01613170000002</v>
       </c>
       <c r="Y95" s="4">
-        <v>4776.6267699999999</v>
+        <v>354.01613099999997</v>
       </c>
       <c r="Z95" s="6">
-        <v>2.8649999999999999E-3</v>
+        <v>1.3849999999999999E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D96" s="4">
-        <v>17663707.111972999</v>
+        <v>1535086.35</v>
       </c>
       <c r="E96" s="5">
-        <v>2.8956499999999998</v>
+        <v>37.719949999999997</v>
       </c>
       <c r="F96" s="4">
-        <v>523247.65344998002</v>
+        <v>580305.97834614001</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J96" s="5">
-        <v>2.8956499999999998</v>
+        <v>37.719949999999997</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M96" s="4">
-        <v>523247.65344899998</v>
+        <v>580305.97834599996</v>
       </c>
       <c r="N96" s="4">
-        <v>523247.65344998002</v>
+        <v>580305.97834614001</v>
       </c>
       <c r="O96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="S96" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>49730</v>
+        <v>49973</v>
       </c>
       <c r="V96" s="4">
-        <v>4.7970300000000003</v>
+        <v>4.9723899999999999</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="X96" s="4">
-        <v>11768.51846213</v>
+        <v>1272.1746693099999</v>
       </c>
       <c r="Y96" s="4">
-        <v>11768.518462</v>
+        <v>1272.174669</v>
       </c>
       <c r="Z96" s="6">
-        <v>4.06E-4</v>
+        <v>4.5100000000000001E-4</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D97" s="4">
-        <v>2297503.7459999998</v>
+        <v>13695000</v>
       </c>
       <c r="E97" s="5">
-        <v>99.320210000000003</v>
+        <v>101.39952</v>
       </c>
       <c r="F97" s="4">
-        <v>2284437.75284913</v>
+        <v>13914967.264</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J97" s="5">
-        <v>99.320210000000003</v>
+        <v>101.39952</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M97" s="4">
-        <v>2284437.752849</v>
+        <v>13914967.264</v>
       </c>
       <c r="N97" s="4">
-        <v>2284437.75284913</v>
+        <v>13914967.264</v>
       </c>
       <c r="O97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="S97" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>50361</v>
+        <v>47314</v>
       </c>
       <c r="V97" s="4">
-        <v>1.379</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="X97" s="4">
-        <v>2552.2075640600001</v>
+        <v>28303</v>
       </c>
       <c r="Y97" s="4">
-        <v>2552.2075639999998</v>
+        <v>28303</v>
       </c>
       <c r="Z97" s="6">
-        <v>1.776E-3</v>
+        <v>1.0817999999999999E-2</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D98" s="4">
-        <v>8647101.6002799999</v>
+        <v>7280172.5196839999</v>
       </c>
       <c r="E98" s="5">
-        <v>100.92645</v>
+        <v>49.827030000000001</v>
       </c>
       <c r="F98" s="4">
-        <v>8766032.6347039193</v>
+        <v>3632932.5075180498</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J98" s="5">
-        <v>100.92645</v>
+        <v>49.827030000000001</v>
       </c>
       <c r="K98" s="5">
         <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M98" s="4">
-        <v>8766032.6347029991</v>
+        <v>3632932.507518</v>
       </c>
       <c r="N98" s="4">
-        <v>8766032.6347039193</v>
+        <v>3632932.5075180498</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>34</v>
+        <v>238</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="S98" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
-        <v>62208</v>
+        <v>53625</v>
       </c>
       <c r="V98" s="4">
-        <v>5.5730000000000004</v>
+        <v>4.4823899999999997</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="X98" s="4">
-        <v>38819.961648119999</v>
+        <v>5438.7620834199997</v>
       </c>
       <c r="Y98" s="4">
-        <v>38819.961647999997</v>
+        <v>5438.7620829999996</v>
       </c>
       <c r="Z98" s="6">
-        <v>6.8180000000000003E-3</v>
+        <v>2.8240000000000001E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D99" s="4">
-        <v>8586000</v>
+        <v>17663707.111972999</v>
       </c>
       <c r="E99" s="5">
-        <v>1E-4</v>
+        <v>2.8790800000000001</v>
       </c>
       <c r="F99" s="4">
-        <v>8.5860000000000003</v>
+        <v>522189.78875080001</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J99" s="5">
-        <v>1E-4</v>
+        <v>2.8790800000000001</v>
       </c>
       <c r="K99" s="5">
         <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M99" s="4">
-        <v>8.5860000000000003</v>
+        <v>522189.78875000001</v>
       </c>
       <c r="N99" s="4">
-        <v>8.5860000000000003</v>
+        <v>522189.78875080001</v>
       </c>
       <c r="O99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="S99" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>52221</v>
+        <v>49730</v>
       </c>
       <c r="V99" s="4">
-        <v>5.55</v>
+        <v>4.63239</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="X99" s="4">
-        <v>0</v>
+        <v>13637.53003141</v>
       </c>
       <c r="Y99" s="4">
-        <v>0</v>
+        <v>13637.530031</v>
       </c>
       <c r="Z99" s="6">
-        <v>0</v>
+        <v>4.06E-4</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D100" s="4">
-        <v>711989.80079899996</v>
+        <v>2297503.7459999998</v>
       </c>
       <c r="E100" s="5">
-        <v>98.261629999999997</v>
+        <v>99.620710000000003</v>
       </c>
       <c r="F100" s="4">
-        <v>702041.04706537002</v>
+        <v>2288789.5440417998</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J100" s="5">
-        <v>98.261629999999997</v>
+        <v>99.620710000000003</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M100" s="4">
-        <v>702041.04706500005</v>
+        <v>2288789.5440409998</v>
       </c>
       <c r="N100" s="4">
-        <v>702041.04706537002</v>
+        <v>2288789.5440417998</v>
       </c>
       <c r="O100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="S100" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>49485</v>
+        <v>50361</v>
       </c>
       <c r="V100" s="4">
-        <v>4.1390770000000003</v>
+        <v>1.379</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="X100" s="4">
-        <v>2428.2633664199998</v>
+        <v>0</v>
       </c>
       <c r="Y100" s="4">
-        <v>2428.2633660000001</v>
+        <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>5.4600000000000004E-4</v>
+        <v>1.779E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D101" s="4">
-        <v>11037000</v>
+        <v>8579055.1702139992</v>
       </c>
       <c r="E101" s="5">
-        <v>84.629310000000004</v>
+        <v>100.89431</v>
       </c>
       <c r="F101" s="4">
-        <v>9379734.4179174993</v>
+        <v>8655778.5185067393</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J101" s="5">
-        <v>84.629310000000004</v>
+        <v>100.89431</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M101" s="4">
-        <v>9379734.4179170001</v>
+        <v>8655778.5185059998</v>
       </c>
       <c r="N101" s="4">
-        <v>9379734.4179174993</v>
+        <v>8655778.5185067393</v>
       </c>
       <c r="O101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="S101" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>50622</v>
+        <v>62208</v>
       </c>
       <c r="V101" s="4">
-        <v>4.4087170000000002</v>
+        <v>5.5730000000000004</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="X101" s="4">
-        <v>39197.473217500003</v>
+        <v>0</v>
       </c>
       <c r="Y101" s="4">
-        <v>39197.473216999999</v>
+        <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>7.2950000000000003E-3</v>
+        <v>6.7289999999999997E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D102" s="4">
-        <v>589816.933647</v>
+        <v>8586000</v>
       </c>
       <c r="E102" s="5">
-        <v>97.795180000000002</v>
+        <v>1E-4</v>
       </c>
       <c r="F102" s="4">
-        <v>577113.21486931003</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J102" s="5">
-        <v>97.795180000000002</v>
+        <v>1E-4</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M102" s="4">
-        <v>577113.21486900002</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="N102" s="4">
-        <v>577113.21486931003</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="O102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="S102" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>50186</v>
+        <v>52221</v>
       </c>
       <c r="V102" s="4">
-        <v>3.5265979999999999</v>
+        <v>5.55</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="X102" s="4">
-        <v>300.68293843999999</v>
+        <v>0</v>
       </c>
       <c r="Y102" s="4">
-        <v>300.68293799999998</v>
+        <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>4.4799999999999999E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D103" s="4">
-        <v>15387600</v>
+        <v>698227.96861900005</v>
       </c>
       <c r="E103" s="5">
-        <v>95.005359999999996</v>
+        <v>98.185320000000004</v>
       </c>
       <c r="F103" s="4">
-        <v>14652911.023624999</v>
+        <v>685557.36531851999</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J103" s="5">
-        <v>95.005359999999996</v>
+        <v>98.185320000000004</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M103" s="4">
-        <v>14652911.023624999</v>
+        <v>685557.36531799997</v>
       </c>
       <c r="N103" s="4">
-        <v>14652911.023624999</v>
+        <v>685557.36531851999</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>264</v>
+        <v>34</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="S103" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>50114</v>
+        <v>49485</v>
       </c>
       <c r="V103" s="4">
-        <v>5.28301</v>
+        <v>4.1372059999999999</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="X103" s="4">
-        <v>33866.248265000002</v>
+        <v>0</v>
       </c>
       <c r="Y103" s="4">
-        <v>33866.248265000002</v>
+        <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>1.1396E-2</v>
+        <v>5.3300000000000005E-4</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D104" s="4">
-        <v>13000000</v>
+        <v>1513113.7439999999</v>
       </c>
       <c r="E104" s="5">
-        <v>94.560190000000006</v>
+        <v>100.15</v>
       </c>
       <c r="F104" s="4">
-        <v>12326356.755555499</v>
+        <v>1531680.0405266001</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J104" s="5">
-        <v>94.560190000000006</v>
+        <v>100.15</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M104" s="4">
-        <v>12326356.755555</v>
+        <v>1531680.0405260001</v>
       </c>
       <c r="N104" s="4">
-        <v>12326356.755555499</v>
+        <v>1531680.0405266001</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>268</v>
+        <v>34</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="S104" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>51844</v>
+        <v>48510</v>
       </c>
       <c r="V104" s="4">
-        <v>3.202</v>
+        <v>5.5389900000000001</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="X104" s="4">
-        <v>33532.05555556</v>
+        <v>16296.6259106</v>
       </c>
       <c r="Y104" s="4">
-        <v>33532.055554999999</v>
+        <v>16296.625910000001</v>
       </c>
       <c r="Z104" s="6">
-        <v>9.587E-3</v>
+        <v>1.1900000000000001E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D105" s="4">
-        <v>4570000</v>
+        <v>11037000</v>
       </c>
       <c r="E105" s="5">
-        <v>94.577849999999998</v>
+        <v>84.980509999999995</v>
       </c>
       <c r="F105" s="4">
-        <v>4337211.0981611097</v>
+        <v>9379298.8886999991</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J105" s="5">
-        <v>94.577849999999998</v>
+        <v>84.980509999999995</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M105" s="4">
-        <v>4337211.0981609998</v>
+        <v>9379298.8886999991</v>
       </c>
       <c r="N105" s="4">
-        <v>4337211.0981611097</v>
+        <v>9379298.8886999991</v>
       </c>
       <c r="O105" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="S105" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>51844</v>
+        <v>50622</v>
       </c>
       <c r="V105" s="4">
-        <v>4.0754570000000001</v>
+        <v>4.4087170000000002</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="X105" s="4">
-        <v>15003.353161110001</v>
+        <v>0</v>
       </c>
       <c r="Y105" s="4">
-        <v>15003.353161000001</v>
+        <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>3.3730000000000001E-3</v>
+        <v>7.2919999999999999E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D106" s="4">
-        <v>9000000</v>
+        <v>558518.25676899997</v>
       </c>
       <c r="E106" s="5">
-        <v>92.189639999999997</v>
+        <v>97.893360000000001</v>
       </c>
       <c r="F106" s="4">
-        <v>8326614.6849999996</v>
+        <v>547082.90078469994</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J106" s="5">
-        <v>92.189639999999997</v>
+        <v>97.893360000000001</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M106" s="4">
-        <v>8326614.6849999996</v>
+        <v>547082.90078400006</v>
       </c>
       <c r="N106" s="4">
-        <v>8326614.6849999996</v>
+        <v>547082.90078469994</v>
       </c>
       <c r="O106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P106" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="Q106" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R106" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="Q106" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S106" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>51844</v>
+        <v>50186</v>
       </c>
       <c r="V106" s="4">
-        <v>4.0754570000000001</v>
+        <v>1.9894769999999999</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="X106" s="4">
-        <v>29547.084999999999</v>
+        <v>330.61302037000002</v>
       </c>
       <c r="Y106" s="4">
-        <v>29547.084999999999</v>
+        <v>330.61302000000001</v>
       </c>
       <c r="Z106" s="6">
-        <v>6.476E-3</v>
+        <v>4.2499999999999998E-4</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D107" s="4">
-        <v>8000000</v>
+        <v>15387600</v>
       </c>
       <c r="E107" s="5">
-        <v>92.496039999999994</v>
+        <v>94.754180000000005</v>
       </c>
       <c r="F107" s="4">
-        <v>7418004.7555555599</v>
+        <v>14615061.9173653</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J107" s="5">
-        <v>92.496039999999994</v>
+        <v>94.754180000000005</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M107" s="4">
-        <v>7418004.7555550002</v>
+        <v>14615061.917365</v>
       </c>
       <c r="N107" s="4">
-        <v>7418004.7555555599</v>
+        <v>14615061.9173653</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>34</v>
+        <v>275</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="S107" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>52665</v>
+        <v>50114</v>
       </c>
       <c r="V107" s="4">
-        <v>2.843</v>
+        <v>5.0700099999999999</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="X107" s="4">
-        <v>18321.55555556</v>
+        <v>34667.715685329997</v>
       </c>
       <c r="Y107" s="4">
-        <v>18321.555554999999</v>
+        <v>34667.715685000003</v>
       </c>
       <c r="Z107" s="6">
-        <v>5.7689999999999998E-3</v>
+        <v>1.1363E-2</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D108" s="4">
+        <v>13000000</v>
+      </c>
+      <c r="E108" s="5">
+        <v>94.49879</v>
+      </c>
+      <c r="F108" s="4">
+        <v>12284842.699999999</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J108" s="5">
+        <v>94.49879</v>
+      </c>
+      <c r="K108" s="5">
+        <v>1</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M108" s="4">
+        <v>12284842.699999999</v>
+      </c>
+      <c r="N108" s="4">
+        <v>12284842.699999999</v>
+      </c>
+      <c r="O108" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="P108" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="Q108" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R108" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="S108" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T108" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U108" s="2">
+        <v>51844</v>
+      </c>
+      <c r="V108" s="4">
+        <v>3.202</v>
+      </c>
+      <c r="W108" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="C108" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X108" s="4">
-        <v>61081.248888889997</v>
+        <v>0</v>
       </c>
       <c r="Y108" s="4">
-        <v>61081.248888000002</v>
+        <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.041E-3</v>
+        <v>9.5510000000000005E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D109" s="4">
+        <v>4570000</v>
+      </c>
+      <c r="E109" s="5">
+        <v>94.574669999999998</v>
+      </c>
+      <c r="F109" s="4">
+        <v>4322062.4189999998</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H109" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I109" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J109" s="5">
+        <v>94.574669999999998</v>
+      </c>
+      <c r="K109" s="5">
+        <v>1</v>
+      </c>
+      <c r="L109" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M109" s="4">
+        <v>4322062.4189999998</v>
+      </c>
+      <c r="N109" s="4">
+        <v>4322062.4189999998</v>
+      </c>
+      <c r="O109" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P109" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q109" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R109" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="S109" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T109" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U109" s="2">
+        <v>51844</v>
+      </c>
+      <c r="V109" s="4">
+        <v>4.0754570000000001</v>
+      </c>
+      <c r="W109" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X109" s="4">
-        <v>741.36536420000004</v>
+        <v>0</v>
       </c>
       <c r="Y109" s="4">
-        <v>741.365364</v>
+        <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>6.8300000000000001E-4</v>
+        <v>3.3600000000000001E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D110" s="4">
-        <v>3509676.240675</v>
+        <v>9000000</v>
       </c>
       <c r="E110" s="5">
-        <v>95.8005</v>
+        <v>92.127030000000005</v>
       </c>
       <c r="F110" s="4">
-        <v>3364633.0351926</v>
+        <v>8291432.7000000002</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J110" s="5">
-        <v>95.8005</v>
+        <v>92.127030000000005</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M110" s="4">
-        <v>3364633.0351920002</v>
+        <v>8291432.7000000002</v>
       </c>
       <c r="N110" s="4">
-        <v>3364633.0351926</v>
+        <v>8291432.7000000002</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>290</v>
+        <v>34</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="S110" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>49973</v>
+        <v>51844</v>
       </c>
       <c r="V110" s="4">
-        <v>4.81203</v>
+        <v>4.0754570000000001</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="X110" s="4">
-        <v>2345.6482445000001</v>
+        <v>0</v>
       </c>
       <c r="Y110" s="4">
-        <v>2345.648244</v>
+        <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>2.617E-3</v>
+        <v>6.4460000000000003E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D111" s="4">
-        <v>2050970.3990499999</v>
+        <v>8000000</v>
       </c>
       <c r="E111" s="5">
-        <v>96.797889999999995</v>
+        <v>92.362470000000002</v>
       </c>
       <c r="F111" s="4">
-        <v>1986692.44836412</v>
+        <v>7388997.5999999996</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J111" s="5">
-        <v>96.797889999999995</v>
+        <v>92.362470000000002</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M111" s="4">
-        <v>1986692.4483640001</v>
+        <v>7388997.5999999996</v>
       </c>
       <c r="N111" s="4">
-        <v>1986692.44836412</v>
+        <v>7388997.5999999996</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>294</v>
+        <v>34</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="S111" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>49546</v>
+        <v>52665</v>
       </c>
       <c r="V111" s="4">
-        <v>4.9020299999999999</v>
+        <v>2.843</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="X111" s="4">
-        <v>1396.3775590600001</v>
+        <v>0</v>
       </c>
       <c r="Y111" s="4">
-        <v>1396.377559</v>
+        <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>1.5449999999999999E-3</v>
+        <v>5.744E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D112" s="4">
-        <v>1001332.131709</v>
+        <v>13743281</v>
       </c>
       <c r="E112" s="5">
-        <v>94.493740000000003</v>
+        <v>8.8641799999999993</v>
       </c>
       <c r="F112" s="4">
-        <v>946894.61440763995</v>
+        <v>1282364.47707913</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J112" s="5">
-        <v>94.493740000000003</v>
+        <v>8.8641799999999993</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M112" s="4">
-        <v>946894.61440700002</v>
+        <v>1282364.4770790001</v>
       </c>
       <c r="N112" s="4">
-        <v>946894.61440763995</v>
+        <v>1282364.47707913</v>
       </c>
       <c r="O112" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="S112" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>49699</v>
+        <v>46853</v>
       </c>
       <c r="V112" s="4">
-        <v>5.02203</v>
+        <v>8</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="X112" s="4">
-        <v>698.43333408000001</v>
+        <v>64135.311333329999</v>
       </c>
       <c r="Y112" s="4">
-        <v>698.43333399999995</v>
+        <v>64135.311332999998</v>
       </c>
       <c r="Z112" s="6">
-        <v>7.36E-4</v>
+        <v>9.9700000000000006E-4</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D113" s="4">
-        <v>1322567.579226</v>
+        <v>867927.267689</v>
       </c>
       <c r="E113" s="5">
-        <v>93.627039999999994</v>
+        <v>98.10284</v>
       </c>
       <c r="F113" s="4">
-        <v>1239195.1067788</v>
+        <v>852296.30118429998</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J113" s="5">
-        <v>93.627039999999994</v>
+        <v>98.10284</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M113" s="4">
-        <v>1239195.106778</v>
+        <v>852296.30118399998</v>
       </c>
       <c r="N113" s="4">
-        <v>1239195.1067788</v>
+        <v>852296.30118429998</v>
       </c>
       <c r="O113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>286</v>
+        <v>297</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="S113" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
-        <v>49790</v>
+        <v>50430</v>
       </c>
       <c r="V113" s="4">
-        <v>4.9770300000000001</v>
+        <v>6.5223899999999997</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="X113" s="4">
-        <v>914.23034984000003</v>
+        <v>835.00244679000002</v>
       </c>
       <c r="Y113" s="4">
-        <v>914.23034900000005</v>
+        <v>835.00244599999996</v>
       </c>
       <c r="Z113" s="6">
-        <v>9.6299999999999999E-4</v>
+        <v>6.6200000000000005E-4</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D114" s="4">
+        <v>3354561.3149660002</v>
+      </c>
+      <c r="E114" s="5">
+        <v>96.144009999999994</v>
+      </c>
+      <c r="F114" s="4">
+        <v>3227808.0919022402</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J114" s="5">
+        <v>96.144009999999994</v>
+      </c>
+      <c r="K114" s="5">
+        <v>1</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M114" s="4">
+        <v>3227808.0919019999</v>
+      </c>
+      <c r="N114" s="4">
+        <v>3227808.0919022402</v>
+      </c>
+      <c r="O114" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="P114" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q114" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R114" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="S114" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T114" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U114" s="2">
+        <v>49973</v>
+      </c>
+      <c r="V114" s="4">
+        <v>4.6473899999999997</v>
+      </c>
+      <c r="W114" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X114" s="4">
-        <v>369.71546658</v>
+        <v>2598.3257849299998</v>
       </c>
       <c r="Y114" s="4">
-        <v>369.71546599999999</v>
+        <v>2598.3257840000001</v>
       </c>
       <c r="Z114" s="6">
-        <v>3.8400000000000001E-4</v>
+        <v>2.5089999999999999E-3</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D115" s="4">
+        <v>2036917.7993660001</v>
+      </c>
+      <c r="E115" s="5">
+        <v>97.070049999999995</v>
+      </c>
+      <c r="F115" s="4">
+        <v>1978845.4053058899</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J115" s="5">
+        <v>97.070049999999995</v>
+      </c>
+      <c r="K115" s="5">
+        <v>1</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M115" s="4">
+        <v>1978845.405305</v>
+      </c>
+      <c r="N115" s="4">
+        <v>1978845.4053058899</v>
+      </c>
+      <c r="O115" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="P115" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q115" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R115" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="S115" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T115" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U115" s="2">
+        <v>49546</v>
+      </c>
+      <c r="V115" s="4">
+        <v>4.7373900000000004</v>
+      </c>
+      <c r="W115" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="C115" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X115" s="4">
-        <v>475.62069170000001</v>
+        <v>1608.27900226</v>
       </c>
       <c r="Y115" s="4">
-        <v>475.62069100000002</v>
+        <v>1608.279002</v>
       </c>
       <c r="Z115" s="6">
-        <v>5.4600000000000004E-4</v>
+        <v>1.5380000000000001E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D116" s="4">
+        <v>986662.02038799995</v>
+      </c>
+      <c r="E116" s="5">
+        <v>94.928399999999996</v>
+      </c>
+      <c r="F116" s="4">
+        <v>937421.23640053999</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J116" s="5">
+        <v>94.928399999999996</v>
+      </c>
+      <c r="K116" s="5">
+        <v>1</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M116" s="4">
+        <v>937421.23640000005</v>
+      </c>
+      <c r="N116" s="4">
+        <v>937421.23640053999</v>
+      </c>
+      <c r="O116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P116" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q116" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R116" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="S116" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T116" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U116" s="2">
+        <v>49699</v>
+      </c>
+      <c r="V116" s="4">
+        <v>4.8573899999999997</v>
+      </c>
+      <c r="W116" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B116" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X116" s="4">
-        <v>983.31121344999997</v>
+        <v>798.76703854000004</v>
       </c>
       <c r="Y116" s="4">
-        <v>983.31121299999995</v>
+        <v>798.76703799999996</v>
       </c>
       <c r="Z116" s="6">
-        <v>1.1199999999999999E-3</v>
+        <v>7.2800000000000002E-4</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D117" s="4">
+        <v>1307428.224984</v>
+      </c>
+      <c r="E117" s="5">
+        <v>94.088750000000005</v>
+      </c>
+      <c r="F117" s="4">
+        <v>1231191.5164539099</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J117" s="5">
+        <v>94.088750000000005</v>
+      </c>
+      <c r="K117" s="5">
+        <v>1</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M117" s="4">
+        <v>1231191.516453</v>
+      </c>
+      <c r="N117" s="4">
+        <v>1231191.5164539099</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P117" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R117" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T117" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U117" s="2">
+        <v>49790</v>
+      </c>
+      <c r="V117" s="4">
+        <v>4.8123899999999997</v>
+      </c>
+      <c r="W117" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X117" s="4">
-        <v>3040.6528561499999</v>
+        <v>1048.6424192699999</v>
       </c>
       <c r="Y117" s="4">
-        <v>3040.6528560000002</v>
+        <v>1048.642419</v>
       </c>
       <c r="Z117" s="6">
-        <v>4.2589999999999998E-3</v>
+        <v>9.5699999999999995E-4</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D118" s="4">
+        <v>525557.16067999997</v>
+      </c>
+      <c r="E118" s="5">
+        <v>92.961730000000003</v>
+      </c>
+      <c r="F118" s="4">
+        <v>488991.18749689002</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J118" s="5">
+        <v>92.961730000000003</v>
+      </c>
+      <c r="K118" s="5">
+        <v>1</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M118" s="4">
+        <v>488991.18749600003</v>
+      </c>
+      <c r="N118" s="4">
+        <v>488991.18749689002</v>
+      </c>
+      <c r="O118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P118" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q118" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R118" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T118" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U118" s="2">
+        <v>49790</v>
+      </c>
+      <c r="V118" s="4">
+        <v>4.84239</v>
+      </c>
+      <c r="W118" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X118" s="4">
-        <v>647.04454188</v>
+        <v>424.15878987999997</v>
       </c>
       <c r="Y118" s="4">
-        <v>647.04454099999998</v>
+        <v>424.15878900000001</v>
       </c>
       <c r="Z118" s="6">
-        <v>7.2099999999999996E-4</v>
+        <v>3.8000000000000002E-4</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D119" s="4">
+        <v>704875.43411999999</v>
+      </c>
+      <c r="E119" s="5">
+        <v>96.043229999999994</v>
+      </c>
+      <c r="F119" s="4">
+        <v>677514.07175633998</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J119" s="5">
+        <v>96.043229999999994</v>
+      </c>
+      <c r="K119" s="5">
+        <v>1</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M119" s="4">
+        <v>677514.07175600005</v>
+      </c>
+      <c r="N119" s="4">
+        <v>677514.07175633998</v>
+      </c>
+      <c r="O119" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="B119" s="3" t="s">
+      <c r="P119" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R119" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="S119" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T119" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U119" s="2">
+        <v>49881</v>
+      </c>
+      <c r="V119" s="4">
+        <v>4.6173900000000003</v>
+      </c>
+      <c r="W119" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="C119" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X119" s="4">
-        <v>3189.51203829</v>
+        <v>528.93735097000001</v>
       </c>
       <c r="Y119" s="4">
-        <v>3189.5120379999998</v>
+        <v>528.93735000000004</v>
       </c>
       <c r="Z119" s="6">
-        <v>3.408E-3</v>
+        <v>5.2599999999999999E-4</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D120" s="4">
+        <v>1441831.7373569999</v>
+      </c>
+      <c r="E120" s="5">
+        <v>96.28331</v>
+      </c>
+      <c r="F120" s="4">
+        <v>1389337.2847549601</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J120" s="5">
+        <v>96.28331</v>
+      </c>
+      <c r="K120" s="5">
+        <v>1</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M120" s="4">
+        <v>1389337.2847539999</v>
+      </c>
+      <c r="N120" s="4">
+        <v>1389337.2847549601</v>
+      </c>
+      <c r="O120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P120" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q120" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R120" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="S120" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T120" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U120" s="2">
+        <v>49881</v>
+      </c>
+      <c r="V120" s="4">
+        <v>4.6923899999999996</v>
+      </c>
+      <c r="W120" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X120" s="4">
-        <v>1090.6799054799999</v>
+        <v>1093.9633971400001</v>
       </c>
       <c r="Y120" s="4">
-        <v>1090.679905</v>
+        <v>1093.963397</v>
       </c>
       <c r="Z120" s="6">
-        <v>1.209E-3</v>
+        <v>1.08E-3</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D121" s="4">
+        <v>5713864.7759739999</v>
+      </c>
+      <c r="E121" s="5">
+        <v>94.922439999999995</v>
+      </c>
+      <c r="F121" s="4">
+        <v>5428075.15379964</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J121" s="5">
+        <v>94.922439999999995</v>
+      </c>
+      <c r="K121" s="5">
+        <v>1</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M121" s="4">
+        <v>5428075.1537990002</v>
+      </c>
+      <c r="N121" s="4">
+        <v>5428075.15379964</v>
+      </c>
+      <c r="O121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P121" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q121" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R121" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="S121" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T121" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U121" s="2">
+        <v>50065</v>
+      </c>
+      <c r="V121" s="4">
+        <v>4.6923899999999996</v>
+      </c>
+      <c r="W121" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="B121" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X121" s="4">
-        <v>4429.3429591399999</v>
+        <v>4335.2901445799998</v>
       </c>
       <c r="Y121" s="4">
-        <v>4429.3429589999996</v>
+        <v>4335.2901439999996</v>
       </c>
       <c r="Z121" s="6">
-        <v>4.7609999999999996E-3</v>
+        <v>4.2199999999999998E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D122" s="4">
+        <v>961135.63020000001</v>
+      </c>
+      <c r="E122" s="5">
+        <v>95.316469999999995</v>
+      </c>
+      <c r="F122" s="4">
+        <v>916857.80812107003</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J122" s="5">
+        <v>95.316469999999995</v>
+      </c>
+      <c r="K122" s="5">
+        <v>1</v>
+      </c>
+      <c r="L122" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M122" s="4">
+        <v>916857.80812099995</v>
+      </c>
+      <c r="N122" s="4">
+        <v>916857.80812107003</v>
+      </c>
+      <c r="O122" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P122" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q122" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R122" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="S122" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T122" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U122" s="2">
+        <v>50124</v>
+      </c>
+      <c r="V122" s="4">
+        <v>4.6023899999999998</v>
+      </c>
+      <c r="W122" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X122" s="4">
-        <v>723.27137677999997</v>
+        <v>737.25350218000005</v>
       </c>
       <c r="Y122" s="4">
-        <v>723.27137600000003</v>
+        <v>737.25350200000003</v>
       </c>
       <c r="Z122" s="6">
-        <v>7.5900000000000002E-4</v>
+        <v>7.1199999999999996E-4</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D123" s="4">
+        <v>4713568.3349820003</v>
+      </c>
+      <c r="E123" s="5">
+        <v>92.815020000000004</v>
+      </c>
+      <c r="F123" s="4">
+        <v>4378573.9257263597</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J123" s="5">
+        <v>92.815020000000004</v>
+      </c>
+      <c r="K123" s="5">
+        <v>1</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M123" s="4">
+        <v>4378573.9257260002</v>
+      </c>
+      <c r="N123" s="4">
+        <v>4378573.9257263597</v>
+      </c>
+      <c r="O123" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="P123" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q123" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R123" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="S123" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T123" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U123" s="2">
+        <v>50246</v>
+      </c>
+      <c r="V123" s="4">
+        <v>4.6773899999999999</v>
+      </c>
+      <c r="W123" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X123" s="4">
-        <v>1038.82834946</v>
+        <v>3674.5328990600001</v>
       </c>
       <c r="Y123" s="4">
-        <v>1038.8283489999999</v>
+        <v>3674.5328989999998</v>
       </c>
       <c r="Z123" s="6">
-        <v>1.044E-3</v>
+        <v>3.4039999999999999E-3</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D124" s="4">
-        <v>1414337.1360889999</v>
+        <v>1626227.458475</v>
       </c>
       <c r="E124" s="5">
-        <v>95.404619999999994</v>
+        <v>95.361999999999995</v>
       </c>
       <c r="F124" s="4">
-        <v>1355894.10124479</v>
+        <v>1552058.5822536601</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H124" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J124" s="5">
-        <v>95.404619999999994</v>
+        <v>95.361999999999995</v>
       </c>
       <c r="K124" s="5">
         <v>1</v>
       </c>
       <c r="L124" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M124" s="4">
-        <v>1355894.101244</v>
+        <v>1552058.582253</v>
       </c>
       <c r="N124" s="4">
-        <v>1355894.10124479</v>
+        <v>1552058.5822536601</v>
       </c>
       <c r="O124" s="3" t="s">
-        <v>338</v>
+        <v>34</v>
       </c>
       <c r="P124" s="3" t="s">
-        <v>339</v>
+        <v>297</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R124" s="3" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="S124" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T124" s="4">
         <v>0.01</v>
       </c>
       <c r="U124" s="2">
-        <v>49242</v>
+        <v>50246</v>
       </c>
       <c r="V124" s="4">
-        <v>5.75</v>
+        <v>4.63239</v>
       </c>
       <c r="W124" s="3" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="X124" s="4">
-        <v>6551.1310400800003</v>
+        <v>1255.55330273</v>
       </c>
       <c r="Y124" s="4">
-        <v>6551.1310400000002</v>
+        <v>1255.553302</v>
       </c>
       <c r="Z124" s="6">
-        <v>1.054E-3</v>
+        <v>1.206E-3</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D125" s="4">
-        <v>346684.84252300003</v>
+        <v>6228815.4819</v>
       </c>
       <c r="E125" s="5">
-        <v>95.115279999999998</v>
+        <v>94.262810000000002</v>
       </c>
       <c r="F125" s="4">
-        <v>331613.01560237998</v>
+        <v>5876358.9856112404</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H125" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I125" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J125" s="5">
-        <v>95.115279999999998</v>
+        <v>94.262810000000002</v>
       </c>
       <c r="K125" s="5">
         <v>1</v>
       </c>
       <c r="L125" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M125" s="4">
-        <v>331613.015602</v>
+        <v>5876358.9856110001</v>
       </c>
       <c r="N125" s="4">
-        <v>331613.01560237998</v>
+        <v>5876358.9856112404</v>
       </c>
       <c r="O125" s="3" t="s">
-        <v>343</v>
+        <v>34</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>344</v>
+        <v>297</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="S125" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T125" s="4">
         <v>0.01</v>
       </c>
       <c r="U125" s="2">
-        <v>49607</v>
+        <v>50308</v>
       </c>
       <c r="V125" s="4">
-        <v>6.42</v>
+        <v>4.9473900000000004</v>
       </c>
       <c r="W125" s="3" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="X125" s="4">
-        <v>1862.75691914</v>
+        <v>4902.4826572600005</v>
       </c>
       <c r="Y125" s="4">
-        <v>1862.7569189999999</v>
+        <v>4902.4826569999996</v>
       </c>
       <c r="Z125" s="6">
-        <v>2.5700000000000001E-4</v>
+        <v>4.568E-3</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D126" s="4">
-        <v>5104339.6468099998</v>
+        <v>865131.55714799999</v>
       </c>
       <c r="E126" s="5">
-        <v>91.286779999999993</v>
+        <v>100.07949000000001</v>
       </c>
       <c r="F126" s="4">
-        <v>4663030.6275578896</v>
+        <v>866565.04985834996</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H126" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I126" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J126" s="5">
-        <v>91.286779999999993</v>
+        <v>100.07949000000001</v>
       </c>
       <c r="K126" s="5">
         <v>1</v>
       </c>
       <c r="L126" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M126" s="4">
-        <v>4663030.6275570001</v>
+        <v>866565.04985800001</v>
       </c>
       <c r="N126" s="4">
-        <v>4663030.6275578896</v>
+        <v>866565.04985834996</v>
       </c>
       <c r="O126" s="3" t="s">
-        <v>348</v>
+        <v>34</v>
       </c>
       <c r="P126" s="3" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="S126" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T126" s="4">
         <v>0.01</v>
       </c>
       <c r="U126" s="2">
-        <v>49881</v>
+        <v>49273</v>
       </c>
       <c r="V126" s="4">
-        <v>4.85703</v>
+        <v>5.17239</v>
       </c>
       <c r="W126" s="3" t="s">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="X126" s="4">
-        <v>3443.32372149</v>
+        <v>745.79963581000004</v>
       </c>
       <c r="Y126" s="4">
-        <v>3443.3237210000002</v>
+        <v>745.79963499999997</v>
       </c>
       <c r="Z126" s="6">
-        <v>3.6259999999999999E-3</v>
+        <v>6.7299999999999999E-4</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>351</v>
+        <v>343</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D127" s="4">
-        <v>79104.933600000004</v>
+        <v>1568479.763176</v>
       </c>
       <c r="E127" s="5">
-        <v>123.46299</v>
+        <v>86.648929999999993</v>
       </c>
       <c r="F127" s="4">
-        <v>97717.580779840006</v>
+        <v>1360271.4438547599</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H127" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I127" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J127" s="5">
-        <v>123.46299</v>
+        <v>86.648929999999993</v>
       </c>
       <c r="K127" s="5">
         <v>1</v>
       </c>
       <c r="L127" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M127" s="4">
-        <v>97717.580778999996</v>
+        <v>1360271.443854</v>
       </c>
       <c r="N127" s="4">
-        <v>97717.580779840006</v>
+        <v>1360271.4438547599</v>
       </c>
       <c r="O127" s="3" t="s">
-        <v>353</v>
+        <v>345</v>
       </c>
       <c r="P127" s="3" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R127" s="3" t="s">
-        <v>351</v>
+        <v>343</v>
       </c>
       <c r="S127" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T127" s="4">
         <v>0.01</v>
       </c>
       <c r="U127" s="2">
-        <v>50096</v>
+        <v>53717</v>
       </c>
       <c r="V127" s="4">
-        <v>4.7570300000000003</v>
+        <v>4.59239</v>
       </c>
       <c r="W127" s="3" t="s">
-        <v>354</v>
+        <v>346</v>
       </c>
       <c r="X127" s="4">
-        <v>52.264519759999999</v>
+        <v>1200.5117966</v>
       </c>
       <c r="Y127" s="4">
-        <v>52.264519</v>
+        <v>1200.511796</v>
       </c>
       <c r="Z127" s="6">
-        <v>7.6000000000000004E-5</v>
+        <v>1.057E-3</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D128" s="4">
-        <v>16000000</v>
+        <v>1194705.71337</v>
       </c>
       <c r="E128" s="5">
-        <v>98.083330000000004</v>
+        <v>96.787540000000007</v>
       </c>
       <c r="F128" s="4">
-        <v>15745089.422222201</v>
+        <v>1156326.2702099499</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H128" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I128" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J128" s="5">
-        <v>98.083330000000004</v>
+        <v>96.787540000000007</v>
       </c>
       <c r="K128" s="5">
         <v>1</v>
       </c>
       <c r="L128" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M128" s="4">
-        <v>15745089.422222</v>
+        <v>1156326.270209</v>
       </c>
       <c r="N128" s="4">
-        <v>15745089.422222201</v>
+        <v>1156326.2702099499</v>
       </c>
       <c r="O128" s="3" t="s">
-        <v>34</v>
+        <v>349</v>
       </c>
       <c r="P128" s="3" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="S128" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T128" s="4">
         <v>0.01</v>
       </c>
       <c r="U128" s="2">
-        <v>55593</v>
+        <v>49242</v>
       </c>
       <c r="V128" s="4">
-        <v>4.0156000000000001</v>
+        <v>5.75</v>
       </c>
       <c r="W128" s="3" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="X128" s="4">
-        <v>51756.622222220001</v>
+        <v>0</v>
       </c>
       <c r="Y128" s="4">
-        <v>51756.622221999998</v>
+        <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>1.2246E-2</v>
+        <v>8.9899999999999995E-4</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D129" s="4">
-        <v>10395000</v>
+        <v>345082.93111800001</v>
       </c>
       <c r="E129" s="5">
-        <v>93.370480000000001</v>
+        <v>95.599710000000002</v>
       </c>
       <c r="F129" s="4">
-        <v>9730379.7359999996</v>
+        <v>329898.28140859999</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H129" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I129" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J129" s="5">
-        <v>93.370480000000001</v>
+        <v>95.599710000000002</v>
       </c>
       <c r="K129" s="5">
         <v>1</v>
       </c>
       <c r="L129" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M129" s="4">
-        <v>9730379.7359999996</v>
+        <v>329898.28140799998</v>
       </c>
       <c r="N129" s="4">
-        <v>9730379.7359999996</v>
+        <v>329898.28140859999</v>
       </c>
       <c r="O129" s="3" t="s">
-        <v>34</v>
+        <v>354</v>
       </c>
       <c r="P129" s="3" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="S129" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T129" s="4">
         <v>0.01</v>
       </c>
       <c r="U129" s="2">
-        <v>63173</v>
+        <v>49607</v>
       </c>
       <c r="V129" s="4">
-        <v>2.9279999999999999</v>
+        <v>6.42</v>
       </c>
       <c r="W129" s="3" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="X129" s="4">
-        <v>24518.34</v>
+        <v>0</v>
       </c>
       <c r="Y129" s="4">
-        <v>24518.34</v>
+        <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>7.5680000000000001E-3</v>
+        <v>2.5599999999999999E-4</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D130" s="4">
-        <v>16450000</v>
+        <v>5092442.4116270002</v>
       </c>
       <c r="E130" s="5">
-        <v>93.025229999999993</v>
+        <v>91.959680000000006</v>
       </c>
       <c r="F130" s="4">
-        <v>15352820.0933333</v>
+        <v>4686976.3668907499</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H130" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I130" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J130" s="5">
-        <v>93.025229999999993</v>
+        <v>91.959680000000006</v>
       </c>
       <c r="K130" s="5">
         <v>1</v>
       </c>
       <c r="L130" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M130" s="4">
-        <v>15352820.093333</v>
+        <v>4686976.3668900002</v>
       </c>
       <c r="N130" s="4">
-        <v>15352820.0933333</v>
+        <v>4686976.3668907499</v>
       </c>
       <c r="O130" s="3" t="s">
-        <v>34</v>
+        <v>359</v>
       </c>
       <c r="P130" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="Q130" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R130" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="Q130" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S130" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T130" s="4">
         <v>0.01</v>
       </c>
       <c r="U130" s="2">
-        <v>56719</v>
+        <v>49881</v>
       </c>
       <c r="V130" s="4">
-        <v>3.786</v>
+        <v>4.6923899999999996</v>
       </c>
       <c r="W130" s="3" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="X130" s="4">
-        <v>50169.758333329999</v>
+        <v>3982.6209746499999</v>
       </c>
       <c r="Y130" s="4">
-        <v>50169.758332999998</v>
+        <v>3982.6209739999999</v>
       </c>
       <c r="Z130" s="6">
-        <v>1.1941E-2</v>
+        <v>3.6440000000000001E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D131" s="4">
+        <v>77995.789199999999</v>
+      </c>
+      <c r="E131" s="5">
+        <v>124.67161</v>
+      </c>
+      <c r="F131" s="4">
+        <v>97298.303974909999</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H131" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I131" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J131" s="5">
+        <v>124.67161</v>
+      </c>
+      <c r="K131" s="5">
+        <v>1</v>
+      </c>
+      <c r="L131" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M131" s="4">
+        <v>97298.303973999995</v>
+      </c>
+      <c r="N131" s="4">
+        <v>97298.303974909999</v>
+      </c>
+      <c r="O131" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="P131" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="Q131" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R131" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="S131" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T131" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U131" s="2">
+        <v>50096</v>
+      </c>
+      <c r="V131" s="4">
+        <v>4.59239</v>
+      </c>
+      <c r="W131" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="B131" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X131" s="4">
-        <v>18520.35570805</v>
+        <v>59.697847060000001</v>
       </c>
       <c r="Y131" s="4">
-        <v>18520.355707999999</v>
+        <v>59.697847000000003</v>
       </c>
       <c r="Z131" s="6">
-        <v>4.8679999999999999E-3</v>
+        <v>7.4999999999999993E-5</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D132" s="4">
+        <v>16000000</v>
+      </c>
+      <c r="E132" s="5">
+        <v>98.074340000000007</v>
+      </c>
+      <c r="F132" s="4">
+        <v>15691894.4</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H132" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I132" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J132" s="5">
+        <v>98.074340000000007</v>
+      </c>
+      <c r="K132" s="5">
+        <v>1</v>
+      </c>
+      <c r="L132" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M132" s="4">
+        <v>15691894.4</v>
+      </c>
+      <c r="N132" s="4">
+        <v>15691894.4</v>
+      </c>
+      <c r="O132" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P132" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B132" s="3" t="s">
+      <c r="Q132" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R132" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="S132" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T132" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U132" s="2">
+        <v>55593</v>
+      </c>
+      <c r="V132" s="4">
+        <v>4.0156000000000001</v>
+      </c>
+      <c r="W132" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="C132" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X132" s="4">
-        <v>26453.235953219999</v>
+        <v>0</v>
       </c>
       <c r="Y132" s="4">
-        <v>26453.235952999999</v>
+        <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>5.9709999999999997E-3</v>
+        <v>1.2200000000000001E-2</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D133" s="4">
+        <v>10395000</v>
+      </c>
+      <c r="E133" s="5">
+        <v>93.425190000000001</v>
+      </c>
+      <c r="F133" s="4">
+        <v>9711548.5004999992</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H133" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J133" s="5">
+        <v>93.425190000000001</v>
+      </c>
+      <c r="K133" s="5">
+        <v>1</v>
+      </c>
+      <c r="L133" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M133" s="4">
+        <v>9711548.5004999992</v>
+      </c>
+      <c r="N133" s="4">
+        <v>9711548.5004999992</v>
+      </c>
+      <c r="O133" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P133" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q133" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R133" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="S133" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T133" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U133" s="2">
+        <v>63173</v>
+      </c>
+      <c r="V133" s="4">
+        <v>2.9279999999999999</v>
+      </c>
+      <c r="W133" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X133" s="4">
-        <v>14358.91133472</v>
+        <v>0</v>
       </c>
       <c r="Y133" s="4">
-        <v>14358.911334</v>
+        <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>6.5630000000000003E-3</v>
+        <v>7.5500000000000003E-3</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D134" s="4">
+        <v>16450000</v>
+      </c>
+      <c r="E134" s="5">
+        <v>93.221239999999995</v>
+      </c>
+      <c r="F134" s="4">
+        <v>15334893.98</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H134" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I134" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J134" s="5">
+        <v>93.221239999999995</v>
+      </c>
+      <c r="K134" s="5">
+        <v>1</v>
+      </c>
+      <c r="L134" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M134" s="4">
+        <v>15334893.98</v>
+      </c>
+      <c r="N134" s="4">
+        <v>15334893.98</v>
+      </c>
+      <c r="O134" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P134" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q134" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R134" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="S134" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T134" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U134" s="2">
+        <v>56719</v>
+      </c>
+      <c r="V134" s="4">
+        <v>3.786</v>
+      </c>
+      <c r="W134" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X134" s="4">
-        <v>15594.371147219999</v>
+        <v>0</v>
       </c>
       <c r="Y134" s="4">
-        <v>15594.371147</v>
+        <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>6.4640000000000001E-3</v>
+        <v>1.1922E-2</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D135" s="4">
+        <v>6490722</v>
+      </c>
+      <c r="E135" s="5">
+        <v>96.385099999999994</v>
+      </c>
+      <c r="F135" s="4">
+        <v>6256088.8904219996</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H135" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J135" s="5">
+        <v>96.385099999999994</v>
+      </c>
+      <c r="K135" s="5">
+        <v>1</v>
+      </c>
+      <c r="L135" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M135" s="4">
+        <v>6256088.8904219996</v>
+      </c>
+      <c r="N135" s="4">
+        <v>6256088.8904219996</v>
+      </c>
+      <c r="O135" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P135" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q135" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R135" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="S135" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T135" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U135" s="2">
+        <v>55654</v>
+      </c>
+      <c r="V135" s="4">
+        <v>3.5421</v>
+      </c>
+      <c r="W135" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X135" s="4">
-        <v>25860.201094439999</v>
+        <v>0</v>
       </c>
       <c r="Y135" s="4">
-        <v>25860.201094</v>
+        <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>7.4149999999999997E-3</v>
+        <v>4.8640000000000003E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D136" s="4">
+        <v>4825120</v>
+      </c>
+      <c r="E136" s="5">
+        <v>98.738810000000001</v>
+      </c>
+      <c r="F136" s="4">
+        <v>4764266.0690719998</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H136" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J136" s="5">
+        <v>98.738810000000001</v>
+      </c>
+      <c r="K136" s="5">
+        <v>1</v>
+      </c>
+      <c r="L136" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M136" s="4">
+        <v>4764266.0690719998</v>
+      </c>
+      <c r="N136" s="4">
+        <v>4764266.0690719998</v>
+      </c>
+      <c r="O136" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="B136" s="3" t="s">
+      <c r="P136" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q136" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R136" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="S136" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T136" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U136" s="2">
+        <v>55533</v>
+      </c>
+      <c r="V136" s="4">
+        <v>4.2317</v>
+      </c>
+      <c r="W136" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="C136" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X136" s="4">
-        <v>14750.663916670001</v>
+        <v>0</v>
       </c>
       <c r="Y136" s="4">
-        <v>14750.663916</v>
+        <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>3.8119999999999999E-3</v>
+        <v>3.7039999999999998E-3</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="B137" s="3" t="s">
+      <c r="C137" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D137" s="4">
+        <v>9635057</v>
+      </c>
+      <c r="E137" s="5">
+        <v>87.977450000000005</v>
+      </c>
+      <c r="F137" s="4">
+        <v>8476677.4546464998</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H137" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I137" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J137" s="5">
+        <v>87.977450000000005</v>
+      </c>
+      <c r="K137" s="5">
+        <v>1</v>
+      </c>
+      <c r="L137" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M137" s="4">
+        <v>8476677.4546460006</v>
+      </c>
+      <c r="N137" s="4">
+        <v>8476677.4546464998</v>
+      </c>
+      <c r="O137" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P137" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q137" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R137" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="S137" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T137" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U137" s="2">
+        <v>56142</v>
+      </c>
+      <c r="V137" s="4">
+        <v>1.85</v>
+      </c>
+      <c r="W137" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="C137" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X137" s="4">
-        <v>33076.755182530003</v>
+        <v>0</v>
       </c>
       <c r="Y137" s="4">
-        <v>33076.755182000001</v>
+        <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>3.8630000000000001E-3</v>
+        <v>6.5900000000000004E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D138" s="4">
+        <v>9517000</v>
+      </c>
+      <c r="E138" s="5">
+        <v>88.036929999999998</v>
+      </c>
+      <c r="F138" s="4">
+        <v>8378474.6281000003</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I138" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J138" s="5">
+        <v>88.036929999999998</v>
+      </c>
+      <c r="K138" s="5">
+        <v>1</v>
+      </c>
+      <c r="L138" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M138" s="4">
+        <v>8378474.6281000003</v>
+      </c>
+      <c r="N138" s="4">
+        <v>8378474.6281000003</v>
+      </c>
+      <c r="O138" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P138" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="Q138" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R138" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="S138" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T138" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U138" s="2">
+        <v>56172</v>
+      </c>
+      <c r="V138" s="4">
+        <v>2.0341</v>
+      </c>
+      <c r="W138" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X138" s="4">
-        <v>11791.1110178</v>
+        <v>0</v>
       </c>
       <c r="Y138" s="4">
-        <v>11791.111016999999</v>
+        <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>1.67E-3</v>
+        <v>6.5139999999999998E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D139" s="4">
-        <v>8834022.7534970008</v>
+        <v>10694000</v>
       </c>
       <c r="E139" s="5">
-        <v>6.6853499999999997</v>
+        <v>89.046499999999995</v>
       </c>
       <c r="F139" s="4">
-        <v>642534.30173190997</v>
+        <v>9522632.7100000009</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H139" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I139" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J139" s="5">
-        <v>6.6853499999999997</v>
+        <v>89.046499999999995</v>
       </c>
       <c r="K139" s="5">
         <v>1</v>
       </c>
       <c r="L139" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M139" s="4">
-        <v>642534.30173099996</v>
+        <v>9522632.7100000009</v>
       </c>
       <c r="N139" s="4">
-        <v>642534.30173190997</v>
+        <v>9522632.7100000009</v>
       </c>
       <c r="O139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P139" s="3" t="s">
-        <v>390</v>
+        <v>368</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="S139" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T139" s="4">
         <v>0.01</v>
       </c>
       <c r="U139" s="2">
-        <v>46827</v>
+        <v>56629</v>
       </c>
       <c r="V139" s="4">
-        <v>7.3</v>
+        <v>3.0019</v>
       </c>
       <c r="W139" s="3" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="X139" s="4">
-        <v>51948.961580980002</v>
+        <v>0</v>
       </c>
       <c r="Y139" s="4">
-        <v>51948.961580000003</v>
+        <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>4.9899999999999999E-4</v>
+        <v>7.4029999999999999E-3</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D140" s="4">
-        <v>2928136.862983</v>
+        <v>5295000</v>
       </c>
       <c r="E140" s="5">
-        <v>7.25467</v>
+        <v>92.556539999999998</v>
       </c>
       <c r="F140" s="4">
-        <v>231980.92720306999</v>
+        <v>4900868.7929999996</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H140" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I140" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J140" s="5">
-        <v>7.25467</v>
+        <v>92.556539999999998</v>
       </c>
       <c r="K140" s="5">
         <v>1</v>
       </c>
       <c r="L140" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M140" s="4">
-        <v>231980.927203</v>
+        <v>4900868.7929999996</v>
       </c>
       <c r="N140" s="4">
-        <v>231980.92720306999</v>
+        <v>4900868.7929999996</v>
       </c>
       <c r="O140" s="3" t="s">
-        <v>397</v>
+        <v>34</v>
       </c>
       <c r="P140" s="3" t="s">
-        <v>390</v>
+        <v>368</v>
       </c>
       <c r="Q140" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="S140" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T140" s="4">
         <v>0.01</v>
       </c>
       <c r="U140" s="2">
-        <v>49140</v>
+        <v>56688</v>
       </c>
       <c r="V140" s="4">
-        <v>8.2899999999999991</v>
+        <v>3.4582000000000002</v>
       </c>
       <c r="W140" s="3" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="X140" s="4">
-        <v>19554.260645269998</v>
+        <v>0</v>
       </c>
       <c r="Y140" s="4">
-        <v>19554.260644999998</v>
+        <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>1.8000000000000001E-4</v>
+        <v>3.81E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D141" s="4">
-        <v>14910702.449038001</v>
+        <v>4929667.6245250003</v>
       </c>
       <c r="E141" s="5">
-        <v>89.758780000000002</v>
+        <v>100.0544</v>
       </c>
       <c r="F141" s="4">
-        <v>13394095.948736399</v>
+        <v>4992566.0205835002</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H141" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I141" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J141" s="5">
-        <v>89.758780000000002</v>
+        <v>100.0544</v>
       </c>
       <c r="K141" s="5">
         <v>1</v>
       </c>
       <c r="L141" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M141" s="4">
-        <v>13394095.948736001</v>
+        <v>4992566.020583</v>
       </c>
       <c r="N141" s="4">
-        <v>13394095.948736399</v>
+        <v>4992566.0205835002</v>
       </c>
       <c r="O141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P141" s="3" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R141" s="3" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="S141" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T141" s="4">
         <v>0.01</v>
       </c>
       <c r="U141" s="2">
-        <v>49881</v>
+        <v>47778</v>
       </c>
       <c r="V141" s="4">
-        <v>5.0370299999999997</v>
+        <v>6.1936</v>
       </c>
       <c r="W141" s="3" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="X141" s="4">
-        <v>10431.341049570001</v>
+        <v>60216.656870760002</v>
       </c>
       <c r="Y141" s="4">
-        <v>10431.341049000001</v>
+        <v>60216.656869999999</v>
       </c>
       <c r="Z141" s="6">
-        <v>1.0416999999999999E-2</v>
+        <v>3.8809999999999999E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D142" s="4">
-        <v>8000000</v>
+        <v>2101558.8076360002</v>
       </c>
       <c r="E142" s="5">
-        <v>92.227270000000004</v>
+        <v>99.128569999999996</v>
       </c>
       <c r="F142" s="4">
-        <v>7401813.6355555598</v>
+        <v>2083245.1937188599</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H142" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J142" s="5">
-        <v>92.227270000000004</v>
+        <v>99.128569999999996</v>
       </c>
       <c r="K142" s="5">
         <v>1</v>
       </c>
       <c r="L142" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M142" s="4">
-        <v>7401813.635555</v>
+        <v>2083245.1937180001</v>
       </c>
       <c r="N142" s="4">
-        <v>7401813.6355555598</v>
+        <v>2083245.1937188599</v>
       </c>
       <c r="O142" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P142" s="3" t="s">
-        <v>269</v>
+        <v>401</v>
       </c>
       <c r="Q142" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R142" s="3" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="S142" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T142" s="4">
         <v>0.01</v>
       </c>
       <c r="U142" s="2">
-        <v>52667</v>
+        <v>47192</v>
       </c>
       <c r="V142" s="4">
-        <v>3.6670419999999999</v>
+        <v>6.7850000000000001</v>
       </c>
       <c r="W142" s="3" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="X142" s="4">
-        <v>23632.03555556</v>
+        <v>0</v>
       </c>
       <c r="Y142" s="4">
-        <v>23632.035554999999</v>
+        <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>5.757E-3</v>
+        <v>1.619E-3</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D143" s="4">
-        <v>26327712</v>
+        <v>8834022.7534970008</v>
       </c>
       <c r="E143" s="5">
-        <v>98.457300000000004</v>
+        <v>6.48299</v>
       </c>
       <c r="F143" s="4">
-        <v>25998855.474709298</v>
+        <v>572708.81170694996</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H143" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I143" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J143" s="5">
-        <v>98.457300000000004</v>
+        <v>6.48299</v>
       </c>
       <c r="K143" s="5">
         <v>1</v>
       </c>
       <c r="L143" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M143" s="4">
-        <v>25998855.474709</v>
+        <v>572708.81170600001</v>
       </c>
       <c r="N143" s="4">
-        <v>25998855.474709298</v>
+        <v>572708.81170694996</v>
       </c>
       <c r="O143" s="3" t="s">
-        <v>408</v>
+        <v>34</v>
       </c>
       <c r="P143" s="3" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
       <c r="Q143" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R143" s="3" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="S143" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T143" s="4">
         <v>0.01</v>
       </c>
       <c r="U143" s="2">
-        <v>55283</v>
+        <v>46827</v>
       </c>
       <c r="V143" s="4">
-        <v>4.2279999999999998</v>
+        <v>7.3</v>
       </c>
       <c r="W143" s="3" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="X143" s="4">
-        <v>77301.087733330001</v>
+        <v>0</v>
       </c>
       <c r="Y143" s="4">
-        <v>77301.087732999993</v>
+        <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>2.0220999999999999E-2</v>
+        <v>4.4499999999999997E-4</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D144" s="4">
-        <v>3550585.33788</v>
+        <v>2928136.862983</v>
       </c>
       <c r="E144" s="5">
-        <v>92.021159999999995</v>
+        <v>7.0407200000000003</v>
       </c>
       <c r="F144" s="4">
-        <v>3268111.08482122</v>
+        <v>206161.91773943999</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H144" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I144" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J144" s="5">
-        <v>92.021159999999995</v>
+        <v>7.0407200000000003</v>
       </c>
       <c r="K144" s="5">
         <v>1</v>
       </c>
       <c r="L144" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M144" s="4">
-        <v>3268111.0848210002</v>
+        <v>206161.917739</v>
       </c>
       <c r="N144" s="4">
-        <v>3268111.08482122</v>
+        <v>206161.91773943999</v>
       </c>
       <c r="O144" s="3" t="s">
-        <v>34</v>
+        <v>408</v>
       </c>
       <c r="P144" s="3" t="s">
-        <v>413</v>
+        <v>401</v>
       </c>
       <c r="Q144" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R144" s="3" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="S144" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T144" s="4">
         <v>0.01</v>
       </c>
       <c r="U144" s="2">
-        <v>59074</v>
+        <v>49140</v>
       </c>
       <c r="V144" s="4">
-        <v>1.6654</v>
+        <v>8.2899999999999991</v>
       </c>
       <c r="W144" s="3" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="X144" s="4">
-        <v>821.27011413000002</v>
+        <v>0</v>
       </c>
       <c r="Y144" s="4">
-        <v>821.27011400000004</v>
+        <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>2.5409999999999999E-3</v>
+        <v>1.6000000000000001E-4</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D145" s="4">
-        <v>3673410.6365990001</v>
+        <v>14782828.042075001</v>
       </c>
       <c r="E145" s="5">
-        <v>52.771509999999999</v>
+        <v>90.243960000000001</v>
       </c>
       <c r="F145" s="4">
-        <v>1956269.07951053</v>
+        <v>13352614.042413199</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H145" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I145" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J145" s="5">
-        <v>52.771509999999999</v>
+        <v>90.243960000000001</v>
       </c>
       <c r="K145" s="5">
         <v>1</v>
       </c>
       <c r="L145" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M145" s="4">
-        <v>1956269.0795100001</v>
+        <v>13352614.042413</v>
       </c>
       <c r="N145" s="4">
-        <v>1956269.07951053</v>
+        <v>13352614.042413199</v>
       </c>
       <c r="O145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P145" s="3" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="Q145" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R145" s="3" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="S145" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T145" s="4">
         <v>0.01</v>
       </c>
       <c r="U145" s="2">
-        <v>50216</v>
+        <v>60475</v>
       </c>
       <c r="V145" s="4">
-        <v>6</v>
+        <v>4.8723900000000002</v>
       </c>
       <c r="W145" s="3" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="X145" s="4">
-        <v>17754.818076889998</v>
+        <v>12004.61725399</v>
       </c>
       <c r="Y145" s="4">
-        <v>17754.818076</v>
+        <v>12004.617253</v>
       </c>
       <c r="Z145" s="6">
-        <v>1.521E-3</v>
+        <v>1.0381E-2</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D146" s="4">
-        <v>15516000</v>
+        <v>8000000</v>
       </c>
       <c r="E146" s="5">
-        <v>105.67682000000001</v>
+        <v>92.288849999999996</v>
       </c>
       <c r="F146" s="4">
-        <v>16476034.053200001</v>
+        <v>7383108</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H146" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I146" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J146" s="5">
-        <v>105.67682000000001</v>
+        <v>92.288849999999996</v>
       </c>
       <c r="K146" s="5">
         <v>1</v>
       </c>
       <c r="L146" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M146" s="4">
-        <v>16476034.053200001</v>
+        <v>7383108</v>
       </c>
       <c r="N146" s="4">
-        <v>16476034.053200001</v>
+        <v>7383108</v>
       </c>
       <c r="O146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>409</v>
+        <v>280</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="S146" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T146" s="4">
         <v>0.01</v>
       </c>
       <c r="U146" s="2">
-        <v>52819</v>
+        <v>52667</v>
       </c>
       <c r="V146" s="4">
-        <v>6.3380000000000001</v>
+        <v>3.6670419999999999</v>
       </c>
       <c r="W146" s="3" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="X146" s="4">
-        <v>79218.661999999997</v>
+        <v>0</v>
       </c>
       <c r="Y146" s="4">
-        <v>79218.661999999997</v>
+        <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>1.2815E-2</v>
+        <v>5.7400000000000003E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D147" s="4">
-        <v>3856216.1310310001</v>
+        <v>26327712</v>
       </c>
       <c r="E147" s="5">
-        <v>85.130319999999998</v>
+        <v>98.519760000000005</v>
       </c>
       <c r="F147" s="4">
-        <v>3286271.3973290501</v>
+        <v>26018391.807133801</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H147" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I147" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J147" s="5">
-        <v>85.130319999999998</v>
+        <v>98.519760000000005</v>
       </c>
       <c r="K147" s="5">
         <v>1</v>
       </c>
       <c r="L147" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M147" s="4">
-        <v>3286271.3973289998</v>
+        <v>26018391.807133</v>
       </c>
       <c r="N147" s="4">
-        <v>3286271.3973290501</v>
+        <v>26018391.807133801</v>
       </c>
       <c r="O147" s="3" t="s">
-        <v>34</v>
+        <v>419</v>
       </c>
       <c r="P147" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="Q147" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R147" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="Q147" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S147" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T147" s="4">
         <v>0.01</v>
       </c>
       <c r="U147" s="2">
-        <v>58465</v>
+        <v>55283</v>
       </c>
       <c r="V147" s="4">
-        <v>1.11456</v>
+        <v>4.2279999999999998</v>
       </c>
       <c r="W147" s="3" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="X147" s="4">
-        <v>3462.2650910799998</v>
+        <v>80393.131242670002</v>
       </c>
       <c r="Y147" s="4">
-        <v>3462.2650910000002</v>
+        <v>80393.131242000003</v>
       </c>
       <c r="Z147" s="6">
-        <v>2.5560000000000001E-3</v>
+        <v>2.0229E-2</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D148" s="4">
+        <v>3507341.4527199999</v>
+      </c>
+      <c r="E148" s="5">
+        <v>92.011970000000005</v>
+      </c>
+      <c r="F148" s="4">
+        <v>3228147.4863501801</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H148" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I148" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J148" s="5">
+        <v>92.011970000000005</v>
+      </c>
+      <c r="K148" s="5">
+        <v>1</v>
+      </c>
+      <c r="L148" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M148" s="4">
+        <v>3228147.4863499999</v>
+      </c>
+      <c r="N148" s="4">
+        <v>3228147.4863501801</v>
+      </c>
+      <c r="O148" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P148" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="Q148" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R148" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="S148" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T148" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U148" s="2">
+        <v>59074</v>
+      </c>
+      <c r="V148" s="4">
+        <v>1.6654</v>
+      </c>
+      <c r="W148" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B148" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X148" s="4">
-        <v>552.04994257999999</v>
+        <v>973.52107589000002</v>
       </c>
       <c r="Y148" s="4">
-        <v>552.04994199999999</v>
+        <v>973.521075</v>
       </c>
       <c r="Z148" s="6">
-        <v>9.7E-5</v>
+        <v>2.5089999999999999E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="B149" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D149" s="4">
+        <v>3673410.6365990001</v>
+      </c>
+      <c r="E149" s="5">
+        <v>52.800229999999999</v>
+      </c>
+      <c r="F149" s="4">
+        <v>1939569.26496847</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H149" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I149" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J149" s="5">
+        <v>52.800229999999999</v>
+      </c>
+      <c r="K149" s="5">
+        <v>1</v>
+      </c>
+      <c r="L149" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M149" s="4">
+        <v>1939569.2649679999</v>
+      </c>
+      <c r="N149" s="4">
+        <v>1939569.26496847</v>
+      </c>
+      <c r="O149" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P149" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="B149" s="3" t="s">
+      <c r="Q149" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R149" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="S149" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T149" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U149" s="2">
+        <v>50216</v>
+      </c>
+      <c r="V149" s="4">
+        <v>6</v>
+      </c>
+      <c r="W149" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="C149" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X149" s="4">
-        <v>9110.9120375500006</v>
+        <v>0</v>
       </c>
       <c r="Y149" s="4">
-        <v>9110.9120370000001</v>
+        <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>1.5989999999999999E-3</v>
+        <v>1.508E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B150" s="3" t="s">
+      <c r="C150" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D150" s="4">
+        <v>15516000</v>
+      </c>
+      <c r="E150" s="5">
+        <v>105.38793</v>
+      </c>
+      <c r="F150" s="4">
+        <v>16351991.218800001</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H150" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I150" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J150" s="5">
+        <v>105.38793</v>
+      </c>
+      <c r="K150" s="5">
+        <v>1</v>
+      </c>
+      <c r="L150" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M150" s="4">
+        <v>16351991.218800001</v>
+      </c>
+      <c r="N150" s="4">
+        <v>16351991.218800001</v>
+      </c>
+      <c r="O150" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P150" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="Q150" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R150" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="S150" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T150" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U150" s="2">
+        <v>52819</v>
+      </c>
+      <c r="V150" s="4">
+        <v>6.3380000000000001</v>
+      </c>
+      <c r="W150" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="C150" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X150" s="4">
-        <v>1053.61060533</v>
+        <v>0</v>
       </c>
       <c r="Y150" s="4">
-        <v>1053.6106050000001</v>
+        <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>4.66E-4</v>
+        <v>1.2713E-2</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="B151" s="3" t="s">
+      <c r="C151" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D151" s="4">
+        <v>3813021.104843</v>
+      </c>
+      <c r="E151" s="5">
+        <v>85.06456</v>
+      </c>
+      <c r="F151" s="4">
+        <v>3243529.6255416698</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H151" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I151" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J151" s="5">
+        <v>85.06456</v>
+      </c>
+      <c r="K151" s="5">
+        <v>1</v>
+      </c>
+      <c r="L151" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M151" s="4">
+        <v>3243529.6255410002</v>
+      </c>
+      <c r="N151" s="4">
+        <v>3243529.6255416698</v>
+      </c>
+      <c r="O151" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P151" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="Q151" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R151" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="S151" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T151" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U151" s="2">
+        <v>58465</v>
+      </c>
+      <c r="V151" s="4">
+        <v>1.11456</v>
+      </c>
+      <c r="W151" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="C151" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X151" s="4">
-        <v>2951.1600319099998</v>
+        <v>0</v>
       </c>
       <c r="Y151" s="4">
-        <v>2951.1600309999999</v>
+        <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>5.1000000000000004E-4</v>
+        <v>2.5209999999999998E-3</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D152" s="4">
-        <v>2657059.36314</v>
+        <v>99138.923999999999</v>
       </c>
       <c r="E152" s="5">
-        <v>100.0412</v>
+        <v>100.08913</v>
       </c>
       <c r="F152" s="4">
-        <v>2677333.71214501</v>
+        <v>99227.286522959999</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H152" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I152" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J152" s="5">
-        <v>100.0412</v>
+        <v>100.08913</v>
       </c>
       <c r="K152" s="5">
         <v>1</v>
       </c>
       <c r="L152" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M152" s="4">
-        <v>2677333.7121450002</v>
+        <v>99227.286521999995</v>
       </c>
       <c r="N152" s="4">
-        <v>2677333.71214501</v>
+        <v>99227.286522959999</v>
       </c>
       <c r="O152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P152" s="3" t="s">
-        <v>441</v>
+        <v>230</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R152" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="S152" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T152" s="4">
         <v>0.01</v>
       </c>
       <c r="U152" s="2">
-        <v>48044</v>
+        <v>49273</v>
       </c>
       <c r="V152" s="4">
-        <v>5.6491600000000002</v>
+        <v>5.5</v>
       </c>
       <c r="W152" s="3" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="X152" s="4">
-        <v>19179.640547399998</v>
+        <v>0</v>
       </c>
       <c r="Y152" s="4">
-        <v>19179.640546999999</v>
+        <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>2.0820000000000001E-3</v>
+        <v>7.7000000000000001E-5</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D153" s="4">
-        <v>324672.41608599998</v>
+        <v>2044318.1912740001</v>
       </c>
       <c r="E153" s="5">
-        <v>97.930620000000005</v>
+        <v>74.949290000000005</v>
       </c>
       <c r="F153" s="4">
-        <v>318160.10384558002</v>
+        <v>1532201.96970041</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H153" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I153" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J153" s="5">
-        <v>97.930620000000005</v>
+        <v>74.949290000000005</v>
       </c>
       <c r="K153" s="5">
         <v>1</v>
       </c>
       <c r="L153" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M153" s="4">
-        <v>318160.10384499998</v>
+        <v>1532201.9697</v>
       </c>
       <c r="N153" s="4">
-        <v>318160.10384558002</v>
+        <v>1532201.96970041</v>
       </c>
       <c r="O153" s="3" t="s">
-        <v>445</v>
+        <v>34</v>
       </c>
       <c r="P153" s="3" t="s">
-        <v>446</v>
+        <v>230</v>
       </c>
       <c r="Q153" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R153" s="3" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="S153" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T153" s="4">
         <v>0.01</v>
       </c>
       <c r="U153" s="2">
-        <v>50034</v>
+        <v>49454</v>
       </c>
       <c r="V153" s="4">
-        <v>4.5770299999999997</v>
+        <v>5.5</v>
       </c>
       <c r="W153" s="3" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="X153" s="4">
-        <v>206.39380396999999</v>
+        <v>0</v>
       </c>
       <c r="Y153" s="4">
-        <v>206.39380299999999</v>
+        <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>2.4699999999999999E-4</v>
+        <v>1.191E-3</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D154" s="4">
-        <v>6847000</v>
+        <v>1476727.5152</v>
       </c>
       <c r="E154" s="5">
-        <v>100.93026999999999</v>
+        <v>40.446260000000002</v>
       </c>
       <c r="F154" s="4">
-        <v>6915393.3896777797</v>
+        <v>598504.86114421999</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H154" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I154" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J154" s="5">
-        <v>100.93026999999999</v>
+        <v>40.446260000000002</v>
       </c>
       <c r="K154" s="5">
         <v>1</v>
       </c>
       <c r="L154" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M154" s="4">
-        <v>6915393.3896770002</v>
+        <v>598504.86114399997</v>
       </c>
       <c r="N154" s="4">
-        <v>6915393.3896777797</v>
+        <v>598504.86114421999</v>
       </c>
       <c r="O154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P154" s="3" t="s">
-        <v>450</v>
+        <v>230</v>
       </c>
       <c r="Q154" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R154" s="3" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="S154" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T154" s="4">
         <v>0.01</v>
       </c>
       <c r="U154" s="2">
-        <v>47324</v>
+        <v>49820</v>
       </c>
       <c r="V154" s="4">
-        <v>4.9400000000000004</v>
+        <v>4.9723899999999999</v>
       </c>
       <c r="W154" s="3" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="X154" s="4">
-        <v>4697.8027777799998</v>
+        <v>1223.8108548800001</v>
       </c>
       <c r="Y154" s="4">
-        <v>4697.8027769999999</v>
+        <v>1223.8108540000001</v>
       </c>
       <c r="Z154" s="6">
-        <v>5.378E-3</v>
+        <v>4.6500000000000003E-4</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D155" s="4">
-        <v>3234858.281428</v>
+        <v>665511.94630700001</v>
       </c>
       <c r="E155" s="5">
-        <v>55.538440000000001</v>
+        <v>96.269239999999996</v>
       </c>
       <c r="F155" s="4">
-        <v>1809096.7457093999</v>
+        <v>643572.07239043002</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H155" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I155" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J155" s="5">
-        <v>55.538440000000001</v>
+        <v>96.269239999999996</v>
       </c>
       <c r="K155" s="5">
         <v>1</v>
       </c>
       <c r="L155" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M155" s="4">
-        <v>1809096.7457089999</v>
+        <v>643572.07238999999</v>
       </c>
       <c r="N155" s="4">
-        <v>1809096.7457093999</v>
+        <v>643572.07239043002</v>
       </c>
       <c r="O155" s="3" t="s">
-        <v>34</v>
+        <v>447</v>
       </c>
       <c r="P155" s="3" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R155" s="3" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="S155" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T155" s="4">
         <v>0.01</v>
       </c>
       <c r="U155" s="2">
-        <v>49881</v>
+        <v>49268</v>
       </c>
       <c r="V155" s="4">
-        <v>4.7984929999999997</v>
+        <v>5.4519979999999997</v>
       </c>
       <c r="W155" s="3" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="X155" s="4">
-        <v>12506.91999348</v>
+        <v>2888.7795713</v>
       </c>
       <c r="Y155" s="4">
-        <v>12506.919993</v>
+        <v>2888.779571</v>
       </c>
       <c r="Z155" s="6">
-        <v>1.407E-3</v>
+        <v>5.0000000000000001E-4</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D156" s="4">
-        <v>4881726.9281710004</v>
+        <v>2657059.36314</v>
       </c>
       <c r="E156" s="5">
-        <v>103.67827</v>
+        <v>100.1</v>
       </c>
       <c r="F156" s="4">
-        <v>5089407.4163226997</v>
+        <v>2692238.4216922</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H156" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I156" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J156" s="5">
-        <v>103.67827</v>
+        <v>100.1</v>
       </c>
       <c r="K156" s="5">
         <v>1</v>
       </c>
       <c r="L156" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M156" s="4">
-        <v>5089407.4163220003</v>
+        <v>2692238.4216919998</v>
       </c>
       <c r="N156" s="4">
-        <v>5089407.4163226997</v>
+        <v>2692238.4216922</v>
       </c>
       <c r="O156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P156" s="3" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="Q156" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R156" s="3" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="S156" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T156" s="4">
         <v>0.01</v>
       </c>
       <c r="U156" s="2">
-        <v>48700</v>
+        <v>48044</v>
       </c>
       <c r="V156" s="4">
-        <v>7.15</v>
+        <v>5.6491600000000002</v>
       </c>
       <c r="W156" s="3" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="X156" s="4">
-        <v>28117.391071009999</v>
+        <v>32521.999189059999</v>
       </c>
       <c r="Y156" s="4">
-        <v>28117.391070999998</v>
+        <v>32521.999188999998</v>
       </c>
       <c r="Z156" s="6">
-        <v>3.9579999999999997E-3</v>
+        <v>2.0929999999999998E-3</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D157" s="4">
-        <v>3876345.9350000001</v>
+        <v>318000.52670799999</v>
       </c>
       <c r="E157" s="5">
-        <v>98.518020000000007</v>
+        <v>98.21799</v>
       </c>
       <c r="F157" s="4">
-        <v>3848707.7176949801</v>
+        <v>312567.58257895999</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H157" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I157" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J157" s="5">
-        <v>98.518020000000007</v>
+        <v>98.21799</v>
       </c>
       <c r="K157" s="5">
         <v>1</v>
       </c>
       <c r="L157" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M157" s="4">
-        <v>3848707.7176939999</v>
+        <v>312567.58257799997</v>
       </c>
       <c r="N157" s="4">
-        <v>3848707.7176949801</v>
+        <v>312567.58257895999</v>
       </c>
       <c r="O157" s="3" t="s">
-        <v>34</v>
+        <v>456</v>
       </c>
       <c r="P157" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="Q157" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R157" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="S157" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T157" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U157" s="2">
+        <v>50034</v>
+      </c>
+      <c r="V157" s="4">
+        <v>4.4123900000000003</v>
+      </c>
+      <c r="W157" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="Q157" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X157" s="4">
-        <v>29808.454182490001</v>
+        <v>233.85705734000001</v>
       </c>
       <c r="Y157" s="4">
-        <v>29808.454182000001</v>
+        <v>233.857057</v>
       </c>
       <c r="Z157" s="6">
-        <v>2.993E-3</v>
+        <v>2.43E-4</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D158" s="4">
-        <v>4464417.6380000003</v>
+        <v>6847000</v>
       </c>
       <c r="E158" s="5">
-        <v>101.11682</v>
+        <v>101.06305999999999</v>
       </c>
       <c r="F158" s="4">
-        <v>4547230.3777783997</v>
+        <v>6925425.0815333296</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H158" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I158" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J158" s="5">
-        <v>101.11682</v>
+        <v>101.06305999999999</v>
       </c>
       <c r="K158" s="5">
         <v>1</v>
       </c>
       <c r="L158" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M158" s="4">
-        <v>4547230.3777780002</v>
+        <v>6925425.0815329999</v>
       </c>
       <c r="N158" s="4">
-        <v>4547230.3777783997</v>
+        <v>6925425.0815333296</v>
       </c>
       <c r="O158" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P158" s="3" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="S158" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T158" s="4">
         <v>0.01</v>
       </c>
       <c r="U158" s="2">
-        <v>52628</v>
+        <v>47324</v>
       </c>
       <c r="V158" s="4">
-        <v>9.1630000000000003</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="W158" s="3" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="X158" s="4">
-        <v>32953.230713689998</v>
+        <v>5637.3633333300004</v>
       </c>
       <c r="Y158" s="4">
-        <v>32953.230712999997</v>
+        <v>5637.3633330000002</v>
       </c>
       <c r="Z158" s="6">
-        <v>3.5360000000000001E-3</v>
+        <v>5.3839999999999999E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="B159" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D159" s="4">
+        <v>3224332.12837</v>
+      </c>
+      <c r="E159" s="5">
+        <v>55.428660000000001</v>
+      </c>
+      <c r="F159" s="4">
+        <v>1787204.0927049699</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H159" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I159" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J159" s="5">
+        <v>55.428660000000001</v>
+      </c>
+      <c r="K159" s="5">
+        <v>1</v>
+      </c>
+      <c r="L159" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M159" s="4">
+        <v>1787204.092704</v>
+      </c>
+      <c r="N159" s="4">
+        <v>1787204.0927049699</v>
+      </c>
+      <c r="O159" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P159" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="Q159" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R159" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="S159" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T159" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U159" s="2">
+        <v>49881</v>
+      </c>
+      <c r="V159" s="4">
+        <v>4.7995419999999998</v>
+      </c>
+      <c r="W159" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="B159" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X159" s="4">
-        <v>720.57986161999997</v>
+        <v>0</v>
       </c>
       <c r="Y159" s="4">
-        <v>720.57986100000005</v>
+        <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>4.35E-4</v>
+        <v>1.389E-3</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D160" s="4">
+        <v>2005872.9495699999</v>
+      </c>
+      <c r="E160" s="5">
+        <v>85.262500000000003</v>
+      </c>
+      <c r="F160" s="4">
+        <v>1710658.5982170401</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H160" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I160" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J160" s="5">
+        <v>85.262500000000003</v>
+      </c>
+      <c r="K160" s="5">
+        <v>1</v>
+      </c>
+      <c r="L160" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M160" s="4">
+        <v>1710658.598217</v>
+      </c>
+      <c r="N160" s="4">
+        <v>1710658.5982170401</v>
+      </c>
+      <c r="O160" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P160" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="Q160" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R160" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="S160" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T160" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U160" s="2">
+        <v>55603</v>
+      </c>
+      <c r="V160" s="4">
+        <v>1.2</v>
+      </c>
+      <c r="W160" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="B160" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X160" s="4">
-        <v>1505.3524637400001</v>
+        <v>401.17458991000001</v>
       </c>
       <c r="Y160" s="4">
-        <v>1505.3524629999999</v>
+        <v>401.17458900000003</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.547E-3</v>
+        <v>1.33E-3</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D161" s="4">
+        <v>4797864.9377429998</v>
+      </c>
+      <c r="E161" s="5">
+        <v>103.59319000000001</v>
+      </c>
+      <c r="F161" s="4">
+        <v>4970261.3408998996</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I161" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J161" s="5">
+        <v>103.59319000000001</v>
+      </c>
+      <c r="K161" s="5">
+        <v>1</v>
+      </c>
+      <c r="L161" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M161" s="4">
+        <v>4970261.3408989999</v>
+      </c>
+      <c r="N161" s="4">
+        <v>4970261.3408998996</v>
+      </c>
+      <c r="O161" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P161" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="Q161" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R161" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="S161" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T161" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U161" s="2">
+        <v>48700</v>
+      </c>
+      <c r="V161" s="4">
+        <v>7.15</v>
+      </c>
+      <c r="W161" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X161" s="4">
-        <v>5012.1627551199999</v>
+        <v>0</v>
       </c>
       <c r="Y161" s="4">
-        <v>5012.1627550000003</v>
+        <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>5.5259999999999997E-3</v>
+        <v>3.8639999999999998E-3</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D162" s="4">
-        <v>1417590.7686000001</v>
+        <v>3817158.3450000002</v>
       </c>
       <c r="E162" s="5">
-        <v>100.02679999999999</v>
+        <v>98.384460000000004</v>
       </c>
       <c r="F162" s="4">
-        <v>1426991.4430269301</v>
+        <v>3755490.6250731898</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H162" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I162" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J162" s="5">
-        <v>100.02679999999999</v>
+        <v>98.384460000000004</v>
       </c>
       <c r="K162" s="5">
         <v>1</v>
       </c>
       <c r="L162" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M162" s="4">
-        <v>1426991.4430259999</v>
+        <v>3755490.6250729999</v>
       </c>
       <c r="N162" s="4">
-        <v>1426991.4430269301</v>
+        <v>3755490.6250731898</v>
       </c>
       <c r="O162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P162" s="3" t="s">
-        <v>480</v>
+        <v>473</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="S162" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T162" s="4">
         <v>0.01</v>
       </c>
       <c r="U162" s="2">
-        <v>47595</v>
+        <v>52475</v>
       </c>
       <c r="V162" s="4">
-        <v>5.7271000000000001</v>
+        <v>9.5459999999999994</v>
       </c>
       <c r="W162" s="3" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="X162" s="4">
-        <v>9020.7601009400005</v>
+        <v>0</v>
       </c>
       <c r="Y162" s="4">
-        <v>9020.7600999999995</v>
+        <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>1.109E-3</v>
+        <v>2.9190000000000002E-3</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D163" s="4">
-        <v>1198821.395</v>
+        <v>4378977.8540000003</v>
       </c>
       <c r="E163" s="5">
-        <v>90.200289999999995</v>
+        <v>101.23475000000001</v>
       </c>
       <c r="F163" s="4">
-        <v>1081595.1244184801</v>
+        <v>4433047.2830522601</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H163" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I163" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J163" s="5">
-        <v>90.200289999999995</v>
+        <v>101.23475000000001</v>
       </c>
       <c r="K163" s="5">
         <v>1</v>
       </c>
       <c r="L163" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M163" s="4">
-        <v>1081595.124418</v>
+        <v>4433047.2830520002</v>
       </c>
       <c r="N163" s="4">
-        <v>1081595.1244184801</v>
+        <v>4433047.2830522601</v>
       </c>
       <c r="O163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P163" s="3" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="S163" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T163" s="4">
         <v>0.01</v>
       </c>
       <c r="U163" s="2">
-        <v>53687</v>
+        <v>52628</v>
       </c>
       <c r="V163" s="4">
-        <v>1.53</v>
+        <v>9.1630000000000003</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="X163" s="4">
-        <v>254.74954643999999</v>
+        <v>0</v>
       </c>
       <c r="Y163" s="4">
-        <v>254.74954600000001</v>
+        <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>8.4099999999999995E-4</v>
+        <v>3.4459999999999998E-3</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D164" s="4">
-        <v>36221684.07</v>
+        <v>565072.41874999995</v>
       </c>
       <c r="E164" s="5">
-        <v>3.8694000000000002</v>
+        <v>98.295450000000002</v>
       </c>
       <c r="F164" s="4">
-        <v>1433990.62413508</v>
+        <v>555440.47683619999</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H164" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I164" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J164" s="5">
-        <v>3.8694000000000002</v>
+        <v>98.295450000000002</v>
       </c>
       <c r="K164" s="5">
         <v>1</v>
       </c>
       <c r="L164" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M164" s="4">
-        <v>1433990.6241349999</v>
+        <v>555440.47683599999</v>
       </c>
       <c r="N164" s="4">
-        <v>1433990.62413508</v>
+        <v>555440.47683619999</v>
       </c>
       <c r="O164" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P164" s="3" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="Q164" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="S164" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T164" s="4">
         <v>0.01</v>
       </c>
       <c r="U164" s="2">
-        <v>51220</v>
+        <v>55989</v>
       </c>
       <c r="V164" s="4">
+        <v>1.569</v>
+      </c>
+      <c r="W164" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="X164" s="4">
         <v>0</v>
       </c>
-      <c r="W164" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Y164" s="4">
-        <v>32428.780729999999</v>
+        <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>1.1150000000000001E-3</v>
+        <v>4.3100000000000001E-4</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D165" s="4">
-        <v>95937655.231999993</v>
+        <v>2141900.9200400002</v>
       </c>
       <c r="E165" s="5">
-        <v>3.5440299999999998</v>
+        <v>94.216030000000003</v>
       </c>
       <c r="F165" s="4">
-        <v>3497153.1465922901</v>
+        <v>2019753.37616579</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H165" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I165" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J165" s="5">
-        <v>3.5440299999999998</v>
+        <v>94.216030000000003</v>
       </c>
       <c r="K165" s="5">
         <v>1</v>
       </c>
       <c r="L165" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M165" s="4">
-        <v>3497153.146592</v>
+        <v>2019753.376165</v>
       </c>
       <c r="N165" s="4">
-        <v>3497153.1465922901</v>
+        <v>2019753.37616579</v>
       </c>
       <c r="O165" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P165" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="Q165" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R165" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="S165" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T165" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U165" s="2">
+        <v>49790</v>
+      </c>
+      <c r="V165" s="4">
+        <v>4.8723900000000002</v>
+      </c>
+      <c r="W165" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="Q165" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X165" s="4">
-        <v>97093.863873640003</v>
+        <v>1739.3627706299999</v>
       </c>
       <c r="Y165" s="4">
-        <v>97093.863872999995</v>
+        <v>1739.36277</v>
       </c>
       <c r="Z165" s="6">
-        <v>2.7200000000000002E-3</v>
+        <v>1.57E-3</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D166" s="4">
-        <v>78007466.251324996</v>
+        <v>7544738.5224040002</v>
       </c>
       <c r="E166" s="5">
-        <v>3.6476299999999999</v>
+        <v>93.720219999999998</v>
       </c>
       <c r="F166" s="4">
-        <v>2913994.6659508399</v>
+        <v>7076695.1227837298</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H166" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I166" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J166" s="5">
-        <v>3.6476299999999999</v>
+        <v>93.720219999999998</v>
       </c>
       <c r="K166" s="5">
         <v>1</v>
       </c>
       <c r="L166" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M166" s="4">
-        <v>2913994.6659499998</v>
+        <v>7076695.1227829996</v>
       </c>
       <c r="N166" s="4">
-        <v>2913994.6659508399</v>
+        <v>7076695.1227837298</v>
       </c>
       <c r="O166" s="3" t="s">
-        <v>34</v>
+        <v>491</v>
       </c>
       <c r="P166" s="3" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R166" s="3" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="S166" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T166" s="4">
         <v>0.01</v>
       </c>
       <c r="U166" s="2">
-        <v>47628</v>
+        <v>50124</v>
       </c>
       <c r="V166" s="4">
-        <v>0</v>
+        <v>4.5723900000000004</v>
       </c>
       <c r="W166" s="3" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="X166" s="4">
-        <v>68570.924727639998</v>
+        <v>5749.5811620799996</v>
       </c>
       <c r="Y166" s="4">
-        <v>68570.924727000005</v>
+        <v>5749.5811620000004</v>
       </c>
       <c r="Z166" s="6">
-        <v>2.2659999999999998E-3</v>
+        <v>5.5019999999999999E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D167" s="4">
+        <v>1417590.7686000001</v>
+      </c>
+      <c r="E167" s="5">
+        <v>100.00709999999999</v>
+      </c>
+      <c r="F167" s="4">
+        <v>1433928.7857262699</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H167" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J167" s="5">
+        <v>100.00709999999999</v>
+      </c>
+      <c r="K167" s="5">
+        <v>1</v>
+      </c>
+      <c r="L167" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M167" s="4">
+        <v>1433928.7857260001</v>
+      </c>
+      <c r="N167" s="4">
+        <v>1433928.7857262699</v>
+      </c>
+      <c r="O167" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P167" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="Q167" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R167" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="S167" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T167" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U167" s="2">
+        <v>47595</v>
+      </c>
+      <c r="V167" s="4">
+        <v>5.7271000000000001</v>
+      </c>
+      <c r="W167" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X167" s="4">
-        <v>95871.798700779997</v>
+        <v>16237.3681817</v>
       </c>
       <c r="Y167" s="4">
-        <v>95871.798699999999</v>
+        <v>16237.368181</v>
       </c>
       <c r="Z167" s="6">
-        <v>3.5899999999999999E-3</v>
+        <v>1.114E-3</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B168" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D168" s="4">
+        <v>1181356.5900000001</v>
+      </c>
+      <c r="E168" s="5">
+        <v>89.560289999999995</v>
+      </c>
+      <c r="F168" s="4">
+        <v>1058327.63386856</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H168" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I168" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J168" s="5">
+        <v>89.560289999999995</v>
+      </c>
+      <c r="K168" s="5">
+        <v>1</v>
+      </c>
+      <c r="L168" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M168" s="4">
+        <v>1058327.633868</v>
+      </c>
+      <c r="N168" s="4">
+        <v>1058327.63386856</v>
+      </c>
+      <c r="O168" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P168" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="B168" s="3" t="s">
+      <c r="Q168" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R168" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="S168" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T168" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U168" s="2">
+        <v>53687</v>
+      </c>
+      <c r="V168" s="4">
+        <v>1.53</v>
+      </c>
+      <c r="W168" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="C168" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X168" s="4">
-        <v>3918.4522870999999</v>
+        <v>301.24593045</v>
       </c>
       <c r="Y168" s="4">
-        <v>3918.4522870000001</v>
+        <v>301.24592999999999</v>
       </c>
       <c r="Z168" s="6">
-        <v>1.9789999999999999E-3</v>
+        <v>8.2200000000000003E-4</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D169" s="4">
+        <v>35175180.625</v>
+      </c>
+      <c r="E169" s="5">
+        <v>3.7305199999999998</v>
+      </c>
+      <c r="F169" s="4">
+        <v>1312217.14825175</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J169" s="5">
+        <v>3.7305199999999998</v>
+      </c>
+      <c r="K169" s="5">
+        <v>1</v>
+      </c>
+      <c r="L169" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M169" s="4">
+        <v>1312217.1482510001</v>
+      </c>
+      <c r="N169" s="4">
+        <v>1312217.14825175</v>
+      </c>
+      <c r="O169" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P169" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="B169" s="3" t="s">
+      <c r="Q169" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R169" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="S169" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T169" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U169" s="2">
+        <v>51220</v>
+      </c>
+      <c r="V169" s="4">
+        <v>0</v>
+      </c>
+      <c r="W169" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="C169" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X169" s="4">
-        <v>1184.2055119199999</v>
+        <v>0</v>
       </c>
       <c r="Y169" s="4">
-        <v>1184.2055109999999</v>
+        <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>1.387E-3</v>
+        <v>1.0200000000000001E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="C170" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D170" s="4">
+        <v>94822580.871999994</v>
+      </c>
+      <c r="E170" s="5">
+        <v>3.58996</v>
+      </c>
+      <c r="F170" s="4">
+        <v>3404092.72427245</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H170" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I170" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J170" s="5">
+        <v>3.58996</v>
+      </c>
+      <c r="K170" s="5">
+        <v>1</v>
+      </c>
+      <c r="L170" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M170" s="4">
+        <v>3404092.7242720001</v>
+      </c>
+      <c r="N170" s="4">
+        <v>3404092.72427245</v>
+      </c>
+      <c r="O170" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P170" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q170" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R170" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="S170" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T170" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U170" s="2">
+        <v>50885</v>
+      </c>
+      <c r="V170" s="4">
+        <v>1.7995479999999999</v>
+      </c>
+      <c r="W170" s="3" t="s">
         <v>507</v>
       </c>
-      <c r="B170" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X170" s="4">
-        <v>10808.939248500001</v>
+        <v>0</v>
       </c>
       <c r="Y170" s="4">
-        <v>10808.939248000001</v>
+        <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>4.7580000000000001E-3</v>
+        <v>2.6459999999999999E-3</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D171" s="4">
-        <v>2206875.2356799999</v>
+        <v>77154433.585980996</v>
       </c>
       <c r="E171" s="5">
-        <v>98.310140000000004</v>
+        <v>3.7409500000000002</v>
       </c>
       <c r="F171" s="4">
-        <v>2171095.3851063401</v>
+        <v>2886308.7832347699</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H171" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I171" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J171" s="5">
-        <v>98.310140000000004</v>
+        <v>3.7409500000000002</v>
       </c>
       <c r="K171" s="5">
         <v>1</v>
       </c>
       <c r="L171" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M171" s="4">
-        <v>2171095.3851060001</v>
+        <v>2886308.7832340002</v>
       </c>
       <c r="N171" s="4">
-        <v>2171095.3851063401</v>
+        <v>2886308.7832347699</v>
       </c>
       <c r="O171" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P171" s="3" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="S171" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T171" s="4">
         <v>0.01</v>
       </c>
       <c r="U171" s="2">
-        <v>49242</v>
+        <v>47628</v>
       </c>
       <c r="V171" s="4">
-        <v>4.93703</v>
+        <v>0</v>
       </c>
       <c r="W171" s="3" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="X171" s="4">
-        <v>1513.2512839999999</v>
+        <v>0</v>
       </c>
       <c r="Y171" s="4">
-        <v>1513.2512839999999</v>
+        <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>1.688E-3</v>
+        <v>2.2439999999999999E-3</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D172" s="4">
-        <v>1175517.240186</v>
+        <v>134029601.29537401</v>
       </c>
       <c r="E172" s="5">
-        <v>98.955399999999997</v>
+        <v>3.7083200000000001</v>
       </c>
       <c r="F172" s="4">
-        <v>1164380.6510781499</v>
+        <v>4970246.5107565997</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H172" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I172" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J172" s="5">
-        <v>98.955399999999997</v>
+        <v>3.7083200000000001</v>
       </c>
       <c r="K172" s="5">
         <v>1</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M172" s="4">
-        <v>1164380.651078</v>
+        <v>4970246.5107559999</v>
       </c>
       <c r="N172" s="4">
-        <v>1164380.6510781499</v>
+        <v>4970246.5107565997</v>
       </c>
       <c r="O172" s="3" t="s">
-        <v>517</v>
+        <v>34</v>
       </c>
       <c r="P172" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q172" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R172" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="S172" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T172" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U172" s="2">
+        <v>51312</v>
+      </c>
+      <c r="V172" s="4">
+        <v>0.172929</v>
+      </c>
+      <c r="W172" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="Q172" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X172" s="4">
-        <v>1142.86398351</v>
+        <v>0</v>
       </c>
       <c r="Y172" s="4">
-        <v>1142.863983</v>
+        <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>9.0499999999999999E-4</v>
+        <v>3.8639999999999998E-3</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D173" s="4">
-        <v>10287163.007596999</v>
+        <v>4026660.7280000001</v>
       </c>
       <c r="E173" s="5">
-        <v>57.97043</v>
+        <v>63.583359999999999</v>
       </c>
       <c r="F173" s="4">
-        <v>5991454.1709741997</v>
+        <v>2564864.7616435401</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H173" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I173" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J173" s="5">
-        <v>57.97043</v>
+        <v>63.583359999999999</v>
       </c>
       <c r="K173" s="5">
         <v>1</v>
       </c>
       <c r="L173" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M173" s="4">
-        <v>5991454.1709740004</v>
+        <v>2564864.7616429999</v>
       </c>
       <c r="N173" s="4">
-        <v>5991454.1709741997</v>
+        <v>2564864.7616435401</v>
       </c>
       <c r="O173" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="S173" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T173" s="4">
         <v>0.01</v>
       </c>
       <c r="U173" s="2">
-        <v>53868</v>
+        <v>57551</v>
       </c>
       <c r="V173" s="4">
-        <v>3.3254809999999999</v>
+        <v>6.8223900000000004</v>
       </c>
       <c r="W173" s="3" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="X173" s="4">
-        <v>27941.540669080001</v>
+        <v>4578.5749806800004</v>
       </c>
       <c r="Y173" s="4">
-        <v>27941.540669000002</v>
+        <v>4578.5749800000003</v>
       </c>
       <c r="Z173" s="6">
-        <v>4.6600000000000001E-3</v>
+        <v>1.9940000000000001E-3</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D174" s="4">
-        <v>10300990.745681001</v>
+        <v>1872785.677894</v>
       </c>
       <c r="E174" s="5">
-        <v>18.325299999999999</v>
+        <v>95.453620000000001</v>
       </c>
       <c r="F174" s="4">
-        <v>1894493.3073970899</v>
+        <v>1789008.0432748401</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H174" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I174" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J174" s="5">
-        <v>18.325299999999999</v>
+        <v>95.453620000000001</v>
       </c>
       <c r="K174" s="5">
         <v>1</v>
       </c>
       <c r="L174" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M174" s="4">
-        <v>1894493.307397</v>
+        <v>1789008.0432740001</v>
       </c>
       <c r="N174" s="4">
-        <v>1894493.3073970899</v>
+        <v>1789008.0432748401</v>
       </c>
       <c r="O174" s="3" t="s">
-        <v>525</v>
+        <v>34</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="S174" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T174" s="4">
         <v>0.01</v>
       </c>
       <c r="U174" s="2">
-        <v>58312</v>
+        <v>49943</v>
       </c>
       <c r="V174" s="4">
-        <v>4.7570300000000003</v>
+        <v>4.3773900000000001</v>
       </c>
       <c r="W174" s="3" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="X174" s="4">
-        <v>6805.8502787400002</v>
+        <v>1366.3188830900001</v>
       </c>
       <c r="Y174" s="4">
-        <v>6805.8502779999999</v>
+        <v>1366.3188829999999</v>
       </c>
       <c r="Z174" s="6">
-        <v>1.4729999999999999E-3</v>
+        <v>1.39E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D175" s="4">
-        <v>6000000</v>
+        <v>6249325.2852999996</v>
       </c>
       <c r="E175" s="5">
-        <v>100.54518</v>
+        <v>97.399150000000006</v>
       </c>
       <c r="F175" s="4">
-        <v>6044027.4666666696</v>
+        <v>6086789.7086172802</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H175" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I175" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J175" s="5">
-        <v>100.54518</v>
+        <v>97.399150000000006</v>
       </c>
       <c r="K175" s="5">
         <v>1</v>
       </c>
       <c r="L175" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M175" s="4">
-        <v>6044027.466666</v>
+        <v>6086789.7086169999</v>
       </c>
       <c r="N175" s="4">
-        <v>6044027.4666666696</v>
+        <v>6086789.7086172802</v>
       </c>
       <c r="O175" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="S175" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T175" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U175" s="2">
-        <v>47105</v>
+        <v>50756</v>
       </c>
       <c r="V175" s="4">
-        <v>4.8499999999999996</v>
+        <v>2.1349999999999998</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="X175" s="4">
-        <v>11316.66666667</v>
+        <v>0</v>
       </c>
       <c r="Y175" s="4">
-        <v>11316.666665999999</v>
+        <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>4.7010000000000003E-3</v>
+        <v>4.7320000000000001E-3</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D176" s="4">
-        <v>12028973.38142</v>
+        <v>2149573.4435200002</v>
       </c>
       <c r="E176" s="5">
-        <v>100.1041</v>
+        <v>98.547470000000004</v>
       </c>
       <c r="F176" s="4">
-        <v>12128632.5437603</v>
+        <v>2120060.0115151899</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H176" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I176" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J176" s="5">
-        <v>100.1041</v>
+        <v>98.547470000000004</v>
       </c>
       <c r="K176" s="5">
         <v>1</v>
       </c>
       <c r="L176" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M176" s="4">
-        <v>12128632.54376</v>
+        <v>2120060.0115149999</v>
       </c>
       <c r="N176" s="4">
-        <v>12128632.5437603</v>
+        <v>2120060.0115151899</v>
       </c>
       <c r="O176" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="S176" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T176" s="4">
         <v>0.01</v>
       </c>
       <c r="U176" s="2">
-        <v>48044</v>
+        <v>49242</v>
       </c>
       <c r="V176" s="4">
-        <v>5.6691599999999998</v>
+        <v>4.7723899999999997</v>
       </c>
       <c r="W176" s="3" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="X176" s="4">
-        <v>87137.001050289997</v>
+        <v>1709.7671343500001</v>
       </c>
       <c r="Y176" s="4">
-        <v>87137.001050000006</v>
+        <v>1709.7671339999999</v>
       </c>
       <c r="Z176" s="6">
-        <v>9.4330000000000004E-3</v>
+        <v>1.6479999999999999E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D177" s="4">
-        <v>3131891.3774999999</v>
+        <v>1127144.1705750001</v>
       </c>
       <c r="E177" s="5">
-        <v>99.797259999999994</v>
+        <v>98.950649999999996</v>
       </c>
       <c r="F177" s="4">
-        <v>3126430.89008454</v>
+        <v>1116631.48475371</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H177" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I177" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J177" s="5">
-        <v>99.797259999999994</v>
+        <v>98.950649999999996</v>
       </c>
       <c r="K177" s="5">
         <v>1</v>
       </c>
       <c r="L177" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M177" s="4">
-        <v>3126430.8900839998</v>
+        <v>1116631.4847530001</v>
       </c>
       <c r="N177" s="4">
-        <v>3126430.89008454</v>
+        <v>1116631.48475371</v>
       </c>
       <c r="O177" s="3" t="s">
-        <v>34</v>
+        <v>532</v>
       </c>
       <c r="P177" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="Q177" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R177" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="Q177" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S177" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T177" s="4">
         <v>0.01</v>
       </c>
       <c r="U177" s="2">
-        <v>46615</v>
+        <v>50308</v>
       </c>
       <c r="V177" s="4">
-        <v>0.73</v>
+        <v>7</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="X177" s="4">
-        <v>889.10916327999996</v>
+        <v>1315.00153234</v>
       </c>
       <c r="Y177" s="4">
-        <v>889.10916299999997</v>
+        <v>1315.001532</v>
       </c>
       <c r="Z177" s="6">
-        <v>2.431E-3</v>
+        <v>8.6799999999999996E-4</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D178" s="4">
-        <v>8625000</v>
+        <v>10275156.251724999</v>
       </c>
       <c r="E178" s="5">
-        <v>88.832620000000006</v>
+        <v>57.853549999999998</v>
       </c>
       <c r="F178" s="4">
-        <v>7678120.2354166703</v>
+        <v>5944542.6596697904</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H178" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I178" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J178" s="5">
-        <v>88.832620000000006</v>
+        <v>57.853549999999998</v>
       </c>
       <c r="K178" s="5">
         <v>1</v>
       </c>
       <c r="L178" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M178" s="4">
-        <v>7678120.2354159998</v>
+        <v>5944542.6596689997</v>
       </c>
       <c r="N178" s="4">
-        <v>7678120.2354166703</v>
+        <v>5944542.6596697904</v>
       </c>
       <c r="O178" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="S178" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T178" s="4">
         <v>0.01</v>
       </c>
       <c r="U178" s="2">
-        <v>51480</v>
+        <v>53868</v>
       </c>
       <c r="V178" s="4">
-        <v>2.347</v>
+        <v>3.3262619999999998</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="X178" s="4">
-        <v>16306.76041667</v>
+        <v>0</v>
       </c>
       <c r="Y178" s="4">
-        <v>16306.760415999999</v>
+        <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>5.9719999999999999E-3</v>
+        <v>4.6210000000000001E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D179" s="4">
-        <v>1008910.4802080001</v>
+        <v>10289336.282330001</v>
       </c>
       <c r="E179" s="5">
-        <v>101.36579</v>
+        <v>18.364460000000001</v>
       </c>
       <c r="F179" s="4">
-        <v>1028078.50137908</v>
+        <v>1897456.4866756401</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H179" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I179" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J179" s="5">
-        <v>101.36579</v>
+        <v>18.364460000000001</v>
       </c>
       <c r="K179" s="5">
         <v>1</v>
       </c>
       <c r="L179" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M179" s="4">
-        <v>1028078.501379</v>
+        <v>1897456.4866750001</v>
       </c>
       <c r="N179" s="4">
-        <v>1028078.50137908</v>
+        <v>1897456.4866756401</v>
       </c>
       <c r="O179" s="3" t="s">
-        <v>34</v>
+        <v>540</v>
       </c>
       <c r="P179" s="3" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R179" s="3" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="S179" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T179" s="4">
         <v>0.01</v>
       </c>
       <c r="U179" s="2">
-        <v>47635</v>
+        <v>58281</v>
       </c>
       <c r="V179" s="4">
-        <v>6.63</v>
+        <v>4.59239</v>
       </c>
       <c r="W179" s="3" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="X179" s="4">
-        <v>5388.4227230500001</v>
+        <v>7875.4408415999997</v>
       </c>
       <c r="Y179" s="4">
-        <v>5388.4227229999997</v>
+        <v>7875.4408409999996</v>
       </c>
       <c r="Z179" s="6">
-        <v>7.9900000000000001E-4</v>
+        <v>1.475E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D180" s="4">
-        <v>1074414.5187299999</v>
+        <v>6000000</v>
       </c>
       <c r="E180" s="5">
-        <v>101.66965</v>
+        <v>100.63109</v>
       </c>
       <c r="F180" s="4">
-        <v>1095581.20102573</v>
+        <v>6049990.4000000004</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H180" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I180" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J180" s="5">
-        <v>101.66965</v>
+        <v>100.63109</v>
       </c>
       <c r="K180" s="5">
         <v>1</v>
       </c>
       <c r="L180" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M180" s="4">
-        <v>1095581.2010250001</v>
+        <v>6049990.4000000004</v>
       </c>
       <c r="N180" s="4">
-        <v>1095581.20102573</v>
+        <v>6049990.4000000004</v>
       </c>
       <c r="O180" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P180" s="3" t="s">
         <v>545</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R180" s="3" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="S180" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T180" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U180" s="2">
-        <v>47133</v>
+        <v>47105</v>
       </c>
       <c r="V180" s="4">
-        <v>7.21</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="W180" s="3" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="X180" s="4">
-        <v>3227.72028335</v>
+        <v>12125</v>
       </c>
       <c r="Y180" s="4">
-        <v>3227.7202830000001</v>
+        <v>12125</v>
       </c>
       <c r="Z180" s="6">
-        <v>8.52E-4</v>
+        <v>4.7029999999999997E-3</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D181" s="4">
+        <v>12028973.38142</v>
+      </c>
+      <c r="E181" s="5">
+        <v>100.0719</v>
+      </c>
+      <c r="F181" s="4">
+        <v>12185376.258540399</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H181" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I181" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J181" s="5">
+        <v>100.0719</v>
+      </c>
+      <c r="K181" s="5">
+        <v>1</v>
+      </c>
+      <c r="L181" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M181" s="4">
+        <v>12185376.258540001</v>
+      </c>
+      <c r="N181" s="4">
+        <v>12185376.258540399</v>
+      </c>
+      <c r="O181" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P181" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="Q181" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R181" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="S181" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T181" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U181" s="2">
+        <v>48044</v>
+      </c>
+      <c r="V181" s="4">
+        <v>5.6691599999999998</v>
+      </c>
+      <c r="W181" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="B181" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X181" s="4">
-        <v>8098.0370488099998</v>
+        <v>147754.04525919</v>
       </c>
       <c r="Y181" s="4">
-        <v>8098.0370480000001</v>
+        <v>147754.04525900001</v>
       </c>
       <c r="Z181" s="6">
-        <v>4.1000000000000003E-3</v>
+        <v>9.4739999999999998E-3</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D182" s="4">
-        <v>1295000</v>
+        <v>8625000</v>
       </c>
       <c r="E182" s="5">
-        <v>94.221220000000002</v>
+        <v>88.862080000000006</v>
       </c>
       <c r="F182" s="4">
-        <v>1225005.22122222</v>
+        <v>7664354.4000000004</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H182" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I182" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J182" s="5">
-        <v>94.221220000000002</v>
+        <v>88.862080000000006</v>
       </c>
       <c r="K182" s="5">
         <v>1</v>
       </c>
       <c r="L182" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M182" s="4">
-        <v>1225005.221222</v>
+        <v>7664354.4000000004</v>
       </c>
       <c r="N182" s="4">
-        <v>1225005.22122222</v>
+        <v>7664354.4000000004</v>
       </c>
       <c r="O182" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P182" s="3" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R182" s="3" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="S182" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T182" s="4">
         <v>0.01</v>
       </c>
       <c r="U182" s="2">
-        <v>53595</v>
+        <v>51480</v>
       </c>
       <c r="V182" s="4">
-        <v>4.6399999999999997</v>
+        <v>2.347</v>
       </c>
       <c r="W182" s="3" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="X182" s="4">
-        <v>4840.4222222199996</v>
+        <v>0</v>
       </c>
       <c r="Y182" s="4">
-        <v>4840.4222220000001</v>
+        <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>9.5200000000000005E-4</v>
+        <v>5.9589999999999999E-3</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D183" s="4">
-        <v>3500000</v>
+        <v>976292.49048100004</v>
       </c>
       <c r="E183" s="5">
-        <v>93.944890000000001</v>
+        <v>101.48797</v>
       </c>
       <c r="F183" s="4">
-        <v>3304226.5666666701</v>
+        <v>990819.42985160998</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H183" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I183" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J183" s="5">
-        <v>93.944890000000001</v>
+        <v>101.48797</v>
       </c>
       <c r="K183" s="5">
         <v>1</v>
       </c>
       <c r="L183" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M183" s="4">
-        <v>3304226.5666660001</v>
+        <v>990819.42985099996</v>
       </c>
       <c r="N183" s="4">
-        <v>3304226.5666666701</v>
+        <v>990819.42985160998</v>
       </c>
       <c r="O183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P183" s="3" t="s">
         <v>557</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="S183" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T183" s="4">
         <v>0.01</v>
       </c>
       <c r="U183" s="2">
-        <v>53595</v>
+        <v>47635</v>
       </c>
       <c r="V183" s="4">
-        <v>5.73</v>
+        <v>6.63</v>
       </c>
       <c r="W183" s="3" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="X183" s="4">
-        <v>16155.41666667</v>
+        <v>0</v>
       </c>
       <c r="Y183" s="4">
-        <v>16155.416665999999</v>
+        <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>2.5699999999999998E-3</v>
+        <v>7.6999999999999996E-4</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D184" s="4">
-        <v>3230000</v>
+        <v>1027244.4787419999</v>
       </c>
       <c r="E184" s="5">
-        <v>99.552109999999999</v>
+        <v>101.74409</v>
       </c>
       <c r="F184" s="4">
-        <v>3215533.1529999999</v>
+        <v>1048452.29483428</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H184" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I184" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J184" s="5">
-        <v>99.552109999999999</v>
+        <v>101.74409</v>
       </c>
       <c r="K184" s="5">
         <v>1</v>
       </c>
       <c r="L184" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M184" s="4">
-        <v>3215533.1529999999</v>
+        <v>1048452.2948339999</v>
       </c>
       <c r="N184" s="4">
-        <v>3215533.1529999999</v>
+        <v>1048452.29483428</v>
       </c>
       <c r="O184" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P184" s="3" t="s">
         <v>557</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="S184" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T184" s="4">
         <v>0.01</v>
       </c>
       <c r="U184" s="2">
-        <v>55634</v>
+        <v>47133</v>
       </c>
       <c r="V184" s="4">
-        <v>5.9640000000000004</v>
+        <v>7.21</v>
       </c>
       <c r="W184" s="3" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="X184" s="4">
-        <v>0</v>
+        <v>3291.7478629900002</v>
       </c>
       <c r="Y184" s="4">
-        <v>0</v>
+        <v>3291.7478620000002</v>
       </c>
       <c r="Z184" s="6">
-        <v>2.5010000000000002E-3</v>
+        <v>8.1499999999999997E-4</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="C185" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D185" s="4">
+        <v>5384605.0158719998</v>
+      </c>
+      <c r="E185" s="5">
+        <v>98.327359999999999</v>
+      </c>
+      <c r="F185" s="4">
+        <v>5302954.4269467099</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H185" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I185" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J185" s="5">
+        <v>98.327359999999999</v>
+      </c>
+      <c r="K185" s="5">
+        <v>1</v>
+      </c>
+      <c r="L185" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M185" s="4">
+        <v>5302954.4269460002</v>
+      </c>
+      <c r="N185" s="4">
+        <v>5302954.4269467099</v>
+      </c>
+      <c r="O185" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="P185" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="B185" s="3" t="s">
+      <c r="Q185" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R185" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="S185" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T185" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U185" s="2">
+        <v>50240</v>
+      </c>
+      <c r="V185" s="4">
+        <v>4.46807</v>
+      </c>
+      <c r="W185" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="C185" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X185" s="4">
-        <v>9593.2775313500006</v>
+        <v>8414.4684122500003</v>
       </c>
       <c r="Y185" s="4">
-        <v>9593.2775309999997</v>
+        <v>8414.4684120000002</v>
       </c>
       <c r="Z185" s="6">
-        <v>1.4369999999999999E-3</v>
+        <v>4.1229999999999999E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="B186" s="3" t="s">
+      <c r="C186" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D186" s="4">
+        <v>1295000</v>
+      </c>
+      <c r="E186" s="5">
+        <v>97.557090000000002</v>
+      </c>
+      <c r="F186" s="4">
+        <v>1263364.3155</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H186" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I186" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J186" s="5">
+        <v>97.557090000000002</v>
+      </c>
+      <c r="K186" s="5">
+        <v>1</v>
+      </c>
+      <c r="L186" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M186" s="4">
+        <v>1263364.3155</v>
+      </c>
+      <c r="N186" s="4">
+        <v>1263364.3155</v>
+      </c>
+      <c r="O186" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P186" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="C186" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P186" s="3" t="s">
+      <c r="Q186" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R186" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="S186" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T186" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U186" s="2">
+        <v>53595</v>
+      </c>
+      <c r="V186" s="4">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="W186" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="Q186" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X186" s="4">
-        <v>1265.3282001099999</v>
+        <v>0</v>
       </c>
       <c r="Y186" s="4">
-        <v>1265.3281999999999</v>
+        <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>1.446E-3</v>
+        <v>9.8200000000000002E-4</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="B187" s="3" t="s">
+      <c r="C187" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D187" s="4">
+        <v>3500000</v>
+      </c>
+      <c r="E187" s="5">
+        <v>97.244029999999995</v>
+      </c>
+      <c r="F187" s="4">
+        <v>3403541.05</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H187" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I187" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J187" s="5">
+        <v>97.244029999999995</v>
+      </c>
+      <c r="K187" s="5">
+        <v>1</v>
+      </c>
+      <c r="L187" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M187" s="4">
+        <v>3403541.05</v>
+      </c>
+      <c r="N187" s="4">
+        <v>3403541.05</v>
+      </c>
+      <c r="O187" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P187" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="Q187" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R187" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="S187" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T187" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U187" s="2">
+        <v>53595</v>
+      </c>
+      <c r="V187" s="4">
+        <v>5.73</v>
+      </c>
+      <c r="W187" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="C187" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X187" s="4">
-        <v>38391.501572169997</v>
+        <v>0</v>
       </c>
       <c r="Y187" s="4">
-        <v>38391.501572000001</v>
+        <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>1.168E-3</v>
+        <v>2.6459999999999999E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D188" s="4">
-        <v>8441307.0985829998</v>
+        <v>3230000</v>
       </c>
       <c r="E188" s="5">
-        <v>10.384320000000001</v>
+        <v>99.188069999999996</v>
       </c>
       <c r="F188" s="4">
-        <v>920295.96726267994</v>
+        <v>3203774.6609999998</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H188" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I188" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J188" s="5">
-        <v>10.384320000000001</v>
+        <v>99.188069999999996</v>
       </c>
       <c r="K188" s="5">
         <v>1</v>
       </c>
       <c r="L188" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M188" s="4">
-        <v>920295.96726199996</v>
+        <v>3203774.6609999998</v>
       </c>
       <c r="N188" s="4">
-        <v>920295.96726267994</v>
+        <v>3203774.6609999998</v>
       </c>
       <c r="O188" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="S188" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T188" s="4">
         <v>0.01</v>
       </c>
       <c r="U188" s="2">
-        <v>50124</v>
+        <v>55634</v>
       </c>
       <c r="V188" s="4">
-        <v>6.43</v>
+        <v>5.9640000000000004</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="X188" s="4">
-        <v>43723.625963129998</v>
+        <v>0</v>
       </c>
       <c r="Y188" s="4">
-        <v>43723.625962999999</v>
+        <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>7.1500000000000003E-4</v>
+        <v>2.49E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D189" s="4">
-        <v>13916000</v>
+        <v>1788034.544</v>
       </c>
       <c r="E189" s="5">
-        <v>102.91442000000001</v>
+        <v>102.46939</v>
       </c>
       <c r="F189" s="4">
-        <v>14382798.6325722</v>
+        <v>1832188.09022608</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H189" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I189" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J189" s="5">
-        <v>102.91442000000001</v>
+        <v>102.46939</v>
       </c>
       <c r="K189" s="5">
         <v>1</v>
       </c>
       <c r="L189" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M189" s="4">
-        <v>14382798.632572001</v>
+        <v>1832188.0902259999</v>
       </c>
       <c r="N189" s="4">
-        <v>14382798.6325722</v>
+        <v>1832188.09022608</v>
       </c>
       <c r="O189" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="S189" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T189" s="4">
         <v>0.01</v>
       </c>
       <c r="U189" s="2">
-        <v>52998</v>
+        <v>57278</v>
       </c>
       <c r="V189" s="4">
-        <v>5.6439120000000003</v>
+        <v>6.5807000000000002</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="X189" s="4">
-        <v>61227.945372219998</v>
+        <v>0</v>
       </c>
       <c r="Y189" s="4">
-        <v>61227.945372000002</v>
+        <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>1.1186E-2</v>
+        <v>1.4239999999999999E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D190" s="4">
-        <v>7000000</v>
+        <v>1810634.95365</v>
       </c>
       <c r="E190" s="5">
-        <v>100.95402</v>
+        <v>102.28345</v>
       </c>
       <c r="F190" s="4">
-        <v>7081335.5666666701</v>
+        <v>1853441.19759799</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H190" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I190" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J190" s="5">
-        <v>100.95402</v>
+        <v>102.28345</v>
       </c>
       <c r="K190" s="5">
         <v>1</v>
       </c>
       <c r="L190" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M190" s="4">
-        <v>7081335.5666659996</v>
+        <v>1853441.197597</v>
       </c>
       <c r="N190" s="4">
-        <v>7081335.5666666701</v>
+        <v>1853441.19759799</v>
       </c>
       <c r="O190" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="S190" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T190" s="4">
         <v>0.01</v>
       </c>
       <c r="U190" s="2">
-        <v>47164</v>
+        <v>49820</v>
       </c>
       <c r="V190" s="4">
-        <v>4.99</v>
+        <v>4.84239</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="X190" s="4">
-        <v>14554.16666667</v>
+        <v>1461.3000988700001</v>
       </c>
       <c r="Y190" s="4">
-        <v>14554.166665999999</v>
+        <v>1461.3000979999999</v>
       </c>
       <c r="Z190" s="6">
-        <v>5.5069999999999997E-3</v>
+        <v>1.441E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="C191" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D191" s="4">
+        <v>7633490.8441509996</v>
+      </c>
+      <c r="E191" s="5">
+        <v>18.674430000000001</v>
+      </c>
+      <c r="F191" s="4">
+        <v>1425510.90424729</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H191" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J191" s="5">
+        <v>18.674430000000001</v>
+      </c>
+      <c r="K191" s="5">
+        <v>1</v>
+      </c>
+      <c r="L191" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M191" s="4">
+        <v>1425510.9042470001</v>
+      </c>
+      <c r="N191" s="4">
+        <v>1425510.90424729</v>
+      </c>
+      <c r="O191" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="P191" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="Q191" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R191" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="S191" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T191" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U191" s="2">
+        <v>49943</v>
+      </c>
+      <c r="V191" s="4">
+        <v>6.22</v>
+      </c>
+      <c r="W191" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="B191" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X191" s="4">
-        <v>10032.38345944</v>
+        <v>0</v>
       </c>
       <c r="Y191" s="4">
-        <v>10032.383459000001</v>
+        <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>1.003E-3</v>
+        <v>1.108E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D192" s="4">
-        <v>6398477.4291810002</v>
+        <v>8390489.0306919999</v>
       </c>
       <c r="E192" s="5">
-        <v>90.752380000000002</v>
+        <v>9.8098500000000008</v>
       </c>
       <c r="F192" s="4">
-        <v>5811104.6571853897</v>
+        <v>823094.38817731</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H192" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I192" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J192" s="5">
-        <v>90.752380000000002</v>
+        <v>9.8098500000000008</v>
       </c>
       <c r="K192" s="5">
         <v>1</v>
       </c>
       <c r="L192" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M192" s="4">
-        <v>5811104.6571850004</v>
+        <v>823094.38817699999</v>
       </c>
       <c r="N192" s="4">
-        <v>5811104.6571853897</v>
+        <v>823094.38817731</v>
       </c>
       <c r="O192" s="3" t="s">
-        <v>594</v>
+        <v>34</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="S192" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T192" s="4">
         <v>0.01</v>
       </c>
       <c r="U192" s="2">
-        <v>53442</v>
+        <v>50124</v>
       </c>
       <c r="V192" s="4">
-        <v>4.8770300000000004</v>
+        <v>6.43</v>
       </c>
       <c r="W192" s="3" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="X192" s="4">
-        <v>4334.1064411699999</v>
+        <v>0</v>
       </c>
       <c r="Y192" s="4">
-        <v>4334.1064409999999</v>
+        <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>4.5189999999999996E-3</v>
+        <v>6.3900000000000003E-4</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D193" s="4">
-        <v>1011434.9645839999</v>
+        <v>13916000</v>
       </c>
       <c r="E193" s="5">
-        <v>76.296859999999995</v>
+        <v>103.39949</v>
       </c>
       <c r="F193" s="4">
-        <v>775067.47583441006</v>
+        <v>14389073.0284</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H193" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I193" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J193" s="5">
-        <v>76.296859999999995</v>
+        <v>103.39949</v>
       </c>
       <c r="K193" s="5">
         <v>1</v>
       </c>
       <c r="L193" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M193" s="4">
-        <v>775067.47583400004</v>
+        <v>14389073.0284</v>
       </c>
       <c r="N193" s="4">
-        <v>775067.47583441006</v>
+        <v>14389073.0284</v>
       </c>
       <c r="O193" s="3" t="s">
-        <v>599</v>
+        <v>34</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="S193" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T193" s="4">
         <v>0.01</v>
       </c>
       <c r="U193" s="2">
-        <v>50034</v>
+        <v>52998</v>
       </c>
       <c r="V193" s="4">
-        <v>4.1662309999999998</v>
+        <v>5.6439120000000003</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="X193" s="4">
-        <v>3374.3569146099999</v>
+        <v>0</v>
       </c>
       <c r="Y193" s="4">
-        <v>3374.356914</v>
+        <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>6.02E-4</v>
+        <v>1.1187000000000001E-2</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D194" s="4">
-        <v>789401.24972099997</v>
+        <v>7000000</v>
       </c>
       <c r="E194" s="5">
-        <v>77.039050000000003</v>
+        <v>100.99247</v>
       </c>
       <c r="F194" s="4">
-        <v>610767.74990277004</v>
+        <v>7084997.34444445</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H194" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I194" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J194" s="5">
-        <v>77.039050000000003</v>
+        <v>100.99247</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M194" s="4">
-        <v>610767.74990199995</v>
+        <v>7084997.3444440002</v>
       </c>
       <c r="N194" s="4">
-        <v>610767.74990277004</v>
+        <v>7084997.34444445</v>
       </c>
       <c r="O194" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="S194" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T194" s="4">
         <v>0.01</v>
       </c>
       <c r="U194" s="2">
-        <v>50124</v>
+        <v>47164</v>
       </c>
       <c r="V194" s="4">
-        <v>4.1156009999999998</v>
+        <v>4.99</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="X194" s="4">
-        <v>2620.5264296800001</v>
+        <v>15524.44444444</v>
       </c>
       <c r="Y194" s="4">
-        <v>2620.526429</v>
+        <v>15524.444444000001</v>
       </c>
       <c r="Z194" s="6">
-        <v>4.75E-4</v>
+        <v>5.5079999999999999E-3</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D195" s="4">
-        <v>8485464.3709999993</v>
+        <v>2490798.6519999998</v>
       </c>
       <c r="E195" s="5">
-        <v>98.063919999999996</v>
+        <v>49.693429999999999</v>
       </c>
       <c r="F195" s="4">
-        <v>8337207.0917733898</v>
+        <v>1237763.2845725601</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H195" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I195" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J195" s="5">
-        <v>98.063919999999996</v>
+        <v>49.693429999999999</v>
       </c>
       <c r="K195" s="5">
         <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M195" s="4">
-        <v>8337207.0917729996</v>
+        <v>1237763.2845719999</v>
       </c>
       <c r="N195" s="4">
-        <v>8337207.0917733898</v>
+        <v>1237763.2845725601</v>
       </c>
       <c r="O195" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P195" s="3" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R195" s="3" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="S195" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T195" s="4">
         <v>0.01</v>
       </c>
       <c r="U195" s="2">
-        <v>51761</v>
+        <v>49515</v>
       </c>
       <c r="V195" s="4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="X195" s="4">
-        <v>16028.09936744</v>
+        <v>0</v>
       </c>
       <c r="Y195" s="4">
-        <v>16028.099367000001</v>
+        <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>6.4840000000000002E-3</v>
+        <v>9.6199999999999996E-4</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D196" s="4">
-        <v>11393000</v>
+        <v>6368120.0908239996</v>
       </c>
       <c r="E196" s="5">
-        <v>102.11113</v>
+        <v>92.015709999999999</v>
       </c>
       <c r="F196" s="4">
-        <v>11687390.895095799</v>
+        <v>5864672.4261303199</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H196" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I196" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J196" s="5">
-        <v>102.11113</v>
+        <v>92.015709999999999</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M196" s="4">
-        <v>11687390.895095</v>
+        <v>5864672.4261299996</v>
       </c>
       <c r="N196" s="4">
-        <v>11687390.895095799</v>
+        <v>5864672.4261303199</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>34</v>
+        <v>606</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="S196" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T196" s="4">
         <v>0.01</v>
       </c>
       <c r="U196" s="2">
-        <v>51048</v>
+        <v>53442</v>
       </c>
       <c r="V196" s="4">
-        <v>5.9903880000000003</v>
+        <v>4.7123900000000001</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="X196" s="4">
-        <v>53869.854195829997</v>
+        <v>5001.5109057999998</v>
       </c>
       <c r="Y196" s="4">
-        <v>53869.854195</v>
+        <v>5001.5109050000001</v>
       </c>
       <c r="Z196" s="6">
-        <v>9.0900000000000009E-3</v>
+        <v>4.5589999999999997E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="C197" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D197" s="4">
+        <v>1009469.898244</v>
+      </c>
+      <c r="E197" s="5">
+        <v>76.249440000000007</v>
+      </c>
+      <c r="F197" s="4">
+        <v>769715.14437976002</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H197" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I197" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J197" s="5">
+        <v>76.249440000000007</v>
+      </c>
+      <c r="K197" s="5">
+        <v>1</v>
+      </c>
+      <c r="L197" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M197" s="4">
+        <v>769715.14437899995</v>
+      </c>
+      <c r="N197" s="4">
+        <v>769715.14437976002</v>
+      </c>
+      <c r="O197" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="P197" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="Q197" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R197" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="S197" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T197" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U197" s="2">
+        <v>50034</v>
+      </c>
+      <c r="V197" s="4">
+        <v>4.02881</v>
+      </c>
+      <c r="W197" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X197" s="4">
-        <v>112.51732038</v>
+        <v>0</v>
       </c>
       <c r="Y197" s="4">
-        <v>112.51732</v>
+        <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>2.0000000000000002E-5</v>
+        <v>5.9800000000000001E-4</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D198" s="4">
-        <v>3912827.3425889998</v>
+        <v>787779.83245099999</v>
       </c>
       <c r="E198" s="5">
-        <v>96.31147</v>
+        <v>77.888890000000004</v>
       </c>
       <c r="F198" s="4">
-        <v>3789395.90631263</v>
+        <v>613592.96714026004</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H198" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I198" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J198" s="5">
-        <v>96.31147</v>
+        <v>77.888890000000004</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M198" s="4">
-        <v>3789395.906312</v>
+        <v>613592.96713999996</v>
       </c>
       <c r="N198" s="4">
-        <v>3789395.90631263</v>
+        <v>613592.96714026004</v>
       </c>
       <c r="O198" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>619</v>
+        <v>612</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="S198" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T198" s="4">
         <v>0.01</v>
       </c>
       <c r="U198" s="2">
-        <v>52075</v>
+        <v>50124</v>
       </c>
       <c r="V198" s="4">
-        <v>5.8254200000000003</v>
+        <v>4.1134269999999997</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="X198" s="4">
-        <v>20894.374103229999</v>
+        <v>0</v>
       </c>
       <c r="Y198" s="4">
-        <v>20894.374102999998</v>
+        <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>2.947E-3</v>
+        <v>4.7699999999999999E-4</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D199" s="4">
-        <v>4938169.507336</v>
+        <v>8485464.3709999993</v>
       </c>
       <c r="E199" s="5">
-        <v>98.038039999999995</v>
+        <v>98.226200000000006</v>
       </c>
       <c r="F199" s="4">
-        <v>4892760.8659214601</v>
+        <v>8351920.1327291997</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H199" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I199" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J199" s="5">
-        <v>98.038039999999995</v>
+        <v>98.226200000000006</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M199" s="4">
-        <v>4892760.865921</v>
+        <v>8351920.1327290004</v>
       </c>
       <c r="N199" s="4">
-        <v>4892760.8659214601</v>
+        <v>8351920.1327291997</v>
       </c>
       <c r="O199" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P199" s="3" t="s">
         <v>619</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="S199" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T199" s="4">
         <v>0.01</v>
       </c>
       <c r="U199" s="2">
-        <v>50766</v>
+        <v>51761</v>
       </c>
       <c r="V199" s="4">
-        <v>5.8635900000000003</v>
+        <v>4</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="X199" s="4">
-        <v>51476.269051590003</v>
+        <v>16970.928742</v>
       </c>
       <c r="Y199" s="4">
-        <v>51476.269051000003</v>
+        <v>16970.928742</v>
       </c>
       <c r="Z199" s="6">
-        <v>3.8049999999999998E-3</v>
+        <v>6.4929999999999996E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="C200" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D200" s="4">
+        <v>11393000</v>
+      </c>
+      <c r="E200" s="5">
+        <v>102.00959</v>
+      </c>
+      <c r="F200" s="4">
+        <v>11621952.5887</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H200" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I200" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J200" s="5">
+        <v>102.00959</v>
+      </c>
+      <c r="K200" s="5">
+        <v>1</v>
+      </c>
+      <c r="L200" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M200" s="4">
+        <v>11621952.5887</v>
+      </c>
+      <c r="N200" s="4">
+        <v>11621952.5887</v>
+      </c>
+      <c r="O200" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P200" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="Q200" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R200" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="S200" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T200" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U200" s="2">
+        <v>51048</v>
+      </c>
+      <c r="V200" s="4">
+        <v>5.9903880000000003</v>
+      </c>
+      <c r="W200" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B200" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X200" s="4">
-        <v>123495.9246158</v>
+        <v>0</v>
       </c>
       <c r="Y200" s="4">
-        <v>123495.924615</v>
+        <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>7.9430000000000004E-3</v>
+        <v>9.0360000000000006E-3</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D201" s="4">
+        <v>26996.309964</v>
+      </c>
+      <c r="E201" s="5">
+        <v>99.473830000000007</v>
+      </c>
+      <c r="F201" s="4">
+        <v>26985.913460169999</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H201" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I201" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J201" s="5">
+        <v>99.473830000000007</v>
+      </c>
+      <c r="K201" s="5">
+        <v>1</v>
+      </c>
+      <c r="L201" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M201" s="4">
+        <v>26985.91346</v>
+      </c>
+      <c r="N201" s="4">
+        <v>26985.913460169999</v>
+      </c>
+      <c r="O201" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P201" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="Q201" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R201" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="S201" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T201" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U201" s="2">
+        <v>50097</v>
+      </c>
+      <c r="V201" s="4">
+        <v>6.0537000000000001</v>
+      </c>
+      <c r="W201" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="B201" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X201" s="4">
-        <v>9968.9649426100004</v>
+        <v>131.64998019999999</v>
       </c>
       <c r="Y201" s="4">
-        <v>9968.9649420000005</v>
+        <v>131.64998</v>
       </c>
       <c r="Z201" s="6">
-        <v>2.47E-3</v>
+        <v>2.0000000000000002E-5</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="C202" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D202" s="4">
+        <v>3912827.3425889998</v>
+      </c>
+      <c r="E202" s="5">
+        <v>96.421549999999996</v>
+      </c>
+      <c r="F202" s="4">
+        <v>3813964.3579029599</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H202" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I202" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J202" s="5">
+        <v>96.421549999999996</v>
+      </c>
+      <c r="K202" s="5">
+        <v>1</v>
+      </c>
+      <c r="L202" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M202" s="4">
+        <v>3813964.3579020002</v>
+      </c>
+      <c r="N202" s="4">
+        <v>3813964.3579029599</v>
+      </c>
+      <c r="O202" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P202" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="Q202" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R202" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="S202" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T202" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U202" s="2">
+        <v>52075</v>
+      </c>
+      <c r="V202" s="4">
+        <v>5.8254200000000003</v>
+      </c>
+      <c r="W202" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="B202" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X202" s="4">
-        <v>1487.8381971900001</v>
+        <v>41155.585354839997</v>
       </c>
       <c r="Y202" s="4">
-        <v>1487.838197</v>
+        <v>41155.585354000003</v>
       </c>
       <c r="Z202" s="6">
-        <v>1.5579999999999999E-3</v>
+        <v>2.9650000000000002E-3</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D203" s="4">
-        <v>4413174.9958530003</v>
+        <v>4584282.4190800004</v>
       </c>
       <c r="E203" s="5">
-        <v>98.965630000000004</v>
+        <v>97.963939999999994</v>
       </c>
       <c r="F203" s="4">
-        <v>4387191.0550771402</v>
+        <v>4492357.5984973004</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H203" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I203" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J203" s="5">
-        <v>98.965630000000004</v>
+        <v>97.963939999999994</v>
       </c>
       <c r="K203" s="5">
         <v>1</v>
       </c>
       <c r="L203" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M203" s="4">
-        <v>4387191.0550769996</v>
+        <v>4492357.5984969996</v>
       </c>
       <c r="N203" s="4">
-        <v>4387191.0550771402</v>
+        <v>4492357.5984973004</v>
       </c>
       <c r="O203" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="S203" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T203" s="4">
         <v>0.01</v>
       </c>
       <c r="U203" s="2">
-        <v>50338</v>
+        <v>50766</v>
       </c>
       <c r="V203" s="4">
-        <v>5.3380150000000004</v>
+        <v>5.5517000000000003</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="X203" s="4">
-        <v>19664.617428739999</v>
+        <v>1413.92003922</v>
       </c>
       <c r="Y203" s="4">
-        <v>19664.617428000001</v>
+        <v>1413.9200390000001</v>
       </c>
       <c r="Z203" s="6">
-        <v>3.4120000000000001E-3</v>
+        <v>3.4919999999999999E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="C204" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D204" s="4">
+        <v>11586833.4099</v>
+      </c>
+      <c r="E204" s="5">
+        <v>83.101410000000001</v>
+      </c>
+      <c r="F204" s="4">
+        <v>9632299.08231299</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H204" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I204" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J204" s="5">
+        <v>83.101410000000001</v>
+      </c>
+      <c r="K204" s="5">
+        <v>1</v>
+      </c>
+      <c r="L204" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M204" s="4">
+        <v>9632299.0823120009</v>
+      </c>
+      <c r="N204" s="4">
+        <v>9632299.08231299</v>
+      </c>
+      <c r="O204" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="P204" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="Q204" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R204" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="S204" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T204" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U204" s="2">
+        <v>51952</v>
+      </c>
+      <c r="V204" s="4">
+        <v>5.4016999999999999</v>
+      </c>
+      <c r="W204" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="B204" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X204" s="4">
-        <v>471.53674724000001</v>
+        <v>3477.1443350099998</v>
       </c>
       <c r="Y204" s="4">
-        <v>471.53674699999999</v>
+        <v>3477.144335</v>
       </c>
       <c r="Z204" s="6">
-        <v>5.22E-4</v>
+        <v>7.489E-3</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D205" s="4">
+        <v>3324436.6320000002</v>
+      </c>
+      <c r="E205" s="5">
+        <v>95.022530000000003</v>
+      </c>
+      <c r="F205" s="4">
+        <v>3169557.66737383</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H205" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I205" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J205" s="5">
+        <v>95.022530000000003</v>
+      </c>
+      <c r="K205" s="5">
+        <v>1</v>
+      </c>
+      <c r="L205" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M205" s="4">
+        <v>3169557.6673730002</v>
+      </c>
+      <c r="N205" s="4">
+        <v>3169557.66737383</v>
+      </c>
+      <c r="O205" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P205" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="Q205" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R205" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="S205" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T205" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U205" s="2">
+        <v>51241</v>
+      </c>
+      <c r="V205" s="4">
+        <v>7.17</v>
+      </c>
+      <c r="W205" s="3" t="s">
         <v>643</v>
       </c>
-      <c r="B205" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X205" s="4">
-        <v>31684.433333329998</v>
+        <v>10593.871400640001</v>
       </c>
       <c r="Y205" s="4">
-        <v>31684.433333000001</v>
+        <v>10593.8714</v>
       </c>
       <c r="Z205" s="6">
-        <v>1.0075000000000001E-2</v>
+        <v>2.464E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="C206" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D206" s="4">
+        <v>2154767.5359</v>
+      </c>
+      <c r="E206" s="5">
+        <v>92.277119999999996</v>
+      </c>
+      <c r="F206" s="4">
+        <v>1990071.3233302601</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H206" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I206" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J206" s="5">
+        <v>92.277119999999996</v>
+      </c>
+      <c r="K206" s="5">
+        <v>1</v>
+      </c>
+      <c r="L206" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M206" s="4">
+        <v>1990071.32333</v>
+      </c>
+      <c r="N206" s="4">
+        <v>1990071.3233302601</v>
+      </c>
+      <c r="O206" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P206" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="Q206" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R206" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="S206" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T206" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U206" s="2">
+        <v>50124</v>
+      </c>
+      <c r="V206" s="4">
+        <v>4.7723899999999997</v>
+      </c>
+      <c r="W206" s="3" t="s">
         <v>647</v>
       </c>
-      <c r="B206" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X206" s="4">
-        <v>28528.788672840001</v>
+        <v>1713.8985067799999</v>
       </c>
       <c r="Y206" s="4">
-        <v>28528.788671999999</v>
+        <v>1713.898506</v>
       </c>
       <c r="Z206" s="6">
-        <v>3.6319999999999998E-3</v>
+        <v>1.547E-3</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D207" s="4">
-        <v>3493777.095772</v>
+        <v>4288418.2949400004</v>
       </c>
       <c r="E207" s="5">
-        <v>5.5873799999999996</v>
+        <v>99.984470000000002</v>
       </c>
       <c r="F207" s="4">
-        <v>197518.93636845</v>
+        <v>4287752.3035787996</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H207" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I207" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J207" s="5">
-        <v>5.5873799999999996</v>
+        <v>99.984470000000002</v>
       </c>
       <c r="K207" s="5">
         <v>1</v>
       </c>
       <c r="L207" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M207" s="4">
-        <v>197518.936368</v>
+        <v>4287752.3035779996</v>
       </c>
       <c r="N207" s="4">
-        <v>197518.93636845</v>
+        <v>4287752.3035787996</v>
       </c>
       <c r="O207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="S207" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T207" s="4">
         <v>0.01</v>
       </c>
       <c r="U207" s="2">
-        <v>49759</v>
+        <v>50338</v>
       </c>
       <c r="V207" s="4">
-        <v>4.7570300000000003</v>
+        <v>3.2789769999999998</v>
       </c>
       <c r="W207" s="3" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="X207" s="4">
-        <v>2308.3336747100002</v>
+        <v>0</v>
       </c>
       <c r="Y207" s="4">
-        <v>2308.333674</v>
+        <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>1.5300000000000001E-4</v>
+        <v>3.333E-3</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D208" s="4">
-        <v>9725000</v>
+        <v>667260.721181</v>
       </c>
       <c r="E208" s="5">
-        <v>100</v>
+        <v>98.116650000000007</v>
       </c>
       <c r="F208" s="4">
-        <v>9787856.9972222205</v>
+        <v>655224.60445393994</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H208" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I208" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J208" s="5">
-        <v>100</v>
+        <v>98.116650000000007</v>
       </c>
       <c r="K208" s="5">
         <v>1</v>
       </c>
       <c r="L208" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M208" s="4">
-        <v>9787856.9972220007</v>
+        <v>655224.60445300001</v>
       </c>
       <c r="N208" s="4">
-        <v>9787856.9972222205</v>
+        <v>655224.60445393994</v>
       </c>
       <c r="O208" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P208" s="3" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="Q208" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R208" s="3" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="S208" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T208" s="4">
         <v>0.01</v>
       </c>
       <c r="U208" s="2">
-        <v>49237</v>
+        <v>50277</v>
       </c>
       <c r="V208" s="4">
-        <v>5.8170999999999999</v>
+        <v>4.7723899999999997</v>
       </c>
       <c r="W208" s="3" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="X208" s="4">
-        <v>62856.997222220001</v>
+        <v>530.73806552999997</v>
       </c>
       <c r="Y208" s="4">
-        <v>62856.997221999998</v>
+        <v>530.73806500000001</v>
       </c>
       <c r="Z208" s="6">
-        <v>7.6119999999999998E-3</v>
+        <v>5.0900000000000001E-4</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D209" s="4">
-        <v>91736.818400000004</v>
+        <v>14600000</v>
       </c>
       <c r="E209" s="5">
-        <v>92.969440000000006</v>
+        <v>88.739750000000001</v>
       </c>
       <c r="F209" s="4">
-        <v>85287.206340300007</v>
+        <v>12956003.5</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H209" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I209" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J209" s="5">
-        <v>92.969440000000006</v>
+        <v>88.739750000000001</v>
       </c>
       <c r="K209" s="5">
         <v>1</v>
       </c>
       <c r="L209" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M209" s="4">
-        <v>85287.206340000004</v>
+        <v>12956003.5</v>
       </c>
       <c r="N209" s="4">
-        <v>85287.206340300007</v>
+        <v>12956003.5</v>
       </c>
       <c r="O209" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P209" s="3" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="Q209" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R209" s="3" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="S209" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T209" s="4">
         <v>0.01</v>
       </c>
       <c r="U209" s="2">
-        <v>49001</v>
+        <v>51178</v>
       </c>
       <c r="V209" s="4">
-        <v>4.6956300000000004</v>
+        <v>2.694</v>
       </c>
       <c r="W209" s="3" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="X209" s="4">
         <v>0</v>
       </c>
       <c r="Y209" s="4">
         <v>0</v>
       </c>
       <c r="Z209" s="6">
-        <v>6.6000000000000005E-5</v>
+        <v>1.0073E-2</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D210" s="4">
-        <v>1041625.0344</v>
+        <v>4646811.3788200002</v>
       </c>
       <c r="E210" s="5">
-        <v>97.026169999999993</v>
+        <v>99.909599999999998</v>
       </c>
       <c r="F210" s="4">
-        <v>1011507.78762256</v>
+        <v>4693962.4809446596</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H210" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I210" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J210" s="5">
-        <v>97.026169999999993</v>
+        <v>99.909599999999998</v>
       </c>
       <c r="K210" s="5">
         <v>1</v>
       </c>
       <c r="L210" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M210" s="4">
-        <v>1011507.787622</v>
+        <v>4693962.4809440002</v>
       </c>
       <c r="N210" s="4">
-        <v>1011507.78762256</v>
+        <v>4693962.4809446596</v>
       </c>
       <c r="O210" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P210" s="3" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="Q210" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R210" s="3" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="S210" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T210" s="4">
         <v>0.01</v>
       </c>
       <c r="U210" s="2">
-        <v>58039</v>
+        <v>48233</v>
       </c>
       <c r="V210" s="4">
-        <v>7.43703</v>
+        <v>5.5254899999999996</v>
       </c>
       <c r="W210" s="3" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="X210" s="4">
-        <v>858.91098305000003</v>
+        <v>51351.819611109997</v>
       </c>
       <c r="Y210" s="4">
-        <v>858.91098299999999</v>
+        <v>51351.819610999999</v>
       </c>
       <c r="Z210" s="6">
-        <v>7.8600000000000002E-4</v>
+        <v>3.6489999999999999E-3</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D211" s="4">
-        <v>2049870.602988</v>
+        <v>3487404.6231280002</v>
       </c>
       <c r="E211" s="5">
-        <v>100.09829999999999</v>
+        <v>5.4083399999999999</v>
       </c>
       <c r="F211" s="4">
-        <v>2066717.5784203601</v>
+        <v>191279.95288068001</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H211" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I211" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J211" s="5">
-        <v>100.09829999999999</v>
+        <v>5.4083399999999999</v>
       </c>
       <c r="K211" s="5">
         <v>1</v>
       </c>
       <c r="L211" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M211" s="4">
-        <v>2066717.5784199999</v>
+        <v>191279.95288</v>
       </c>
       <c r="N211" s="4">
-        <v>2066717.5784203601</v>
+        <v>191279.95288068001</v>
       </c>
       <c r="O211" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P211" s="3" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R211" s="3" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="S211" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T211" s="4">
         <v>0.01</v>
       </c>
       <c r="U211" s="2">
-        <v>48689</v>
+        <v>49759</v>
       </c>
       <c r="V211" s="4">
-        <v>5.5554899999999998</v>
+        <v>4.59239</v>
       </c>
       <c r="W211" s="3" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="X211" s="4">
-        <v>14831.95262962</v>
+        <v>2669.2536862000002</v>
       </c>
       <c r="Y211" s="4">
-        <v>14831.952628999999</v>
+        <v>2669.253686</v>
       </c>
       <c r="Z211" s="6">
-        <v>1.6069999999999999E-3</v>
+        <v>1.4799999999999999E-4</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D212" s="4">
-        <v>1600710.3355739999</v>
+        <v>90058.993600000002</v>
       </c>
       <c r="E212" s="5">
-        <v>40.299149999999997</v>
+        <v>93.225920000000002</v>
       </c>
       <c r="F212" s="4">
-        <v>653454.15637241001</v>
+        <v>83958.325326339997</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H212" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I212" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J212" s="5">
-        <v>40.299149999999997</v>
+        <v>93.225920000000002</v>
       </c>
       <c r="K212" s="5">
         <v>1</v>
       </c>
       <c r="L212" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M212" s="4">
-        <v>653454.156372</v>
+        <v>83958.325326000006</v>
       </c>
       <c r="N212" s="4">
-        <v>653454.15637241001</v>
+        <v>83958.325326339997</v>
       </c>
       <c r="O212" s="3" t="s">
-        <v>673</v>
+        <v>34</v>
       </c>
       <c r="P212" s="3" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="Q212" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R212" s="3" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="S212" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T212" s="4">
         <v>0.01</v>
       </c>
       <c r="U212" s="2">
-        <v>49730</v>
+        <v>49001</v>
       </c>
       <c r="V212" s="4">
-        <v>6.5</v>
+        <v>4.5229600000000003</v>
       </c>
       <c r="W212" s="3" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="X212" s="4">
-        <v>8381.4971737699998</v>
+        <v>0</v>
       </c>
       <c r="Y212" s="4">
-        <v>8381.4971729999997</v>
+        <v>0</v>
       </c>
       <c r="Z212" s="6">
-        <v>5.0799999999999999E-4</v>
+        <v>6.4999999999999994E-5</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D213" s="4">
-        <v>4000000</v>
+        <v>1035534.7476</v>
       </c>
       <c r="E213" s="5">
-        <v>100.1097</v>
+        <v>97.467479999999995</v>
       </c>
       <c r="F213" s="4">
-        <v>4037036.7066666698</v>
+        <v>1010305.87474703</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H213" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I213" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J213" s="5">
-        <v>100.1097</v>
+        <v>97.467479999999995</v>
       </c>
       <c r="K213" s="5">
         <v>1</v>
       </c>
       <c r="L213" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M213" s="4">
-        <v>4037036.7066660002</v>
+        <v>1010305.8747470001</v>
       </c>
       <c r="N213" s="4">
-        <v>4037036.7066666698</v>
+        <v>1010305.87474703</v>
       </c>
       <c r="O213" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="Q213" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="S213" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T213" s="4">
         <v>0.01</v>
       </c>
       <c r="U213" s="2">
-        <v>47768</v>
+        <v>58039</v>
       </c>
       <c r="V213" s="4">
-        <v>6.2518799999999999</v>
+        <v>7.2723899999999997</v>
       </c>
       <c r="W213" s="3" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="X213" s="4">
-        <v>32648.706666670001</v>
+        <v>996.25173695000001</v>
       </c>
       <c r="Y213" s="4">
-        <v>32648.706665999998</v>
+        <v>996.25173600000005</v>
       </c>
       <c r="Z213" s="6">
-        <v>3.1389999999999999E-3</v>
+        <v>7.85E-4</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D214" s="4">
-        <v>1613843.0584430001</v>
+        <v>2049870.602988</v>
       </c>
       <c r="E214" s="5">
-        <v>100.0536</v>
+        <v>100.0635</v>
       </c>
       <c r="F214" s="4">
-        <v>1626460.5030731</v>
+        <v>2077869.78555421</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H214" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I214" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J214" s="5">
-        <v>100.0536</v>
+        <v>100.0635</v>
       </c>
       <c r="K214" s="5">
         <v>1</v>
       </c>
       <c r="L214" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M214" s="4">
-        <v>1626460.5030730001</v>
+        <v>2077869.7855539999</v>
       </c>
       <c r="N214" s="4">
-        <v>1626460.5030731</v>
+        <v>2077869.78555421</v>
       </c>
       <c r="O214" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P214" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="Q214" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R214" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="S214" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T214" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U214" s="2">
+        <v>48689</v>
+      </c>
+      <c r="V214" s="4">
+        <v>5.5554899999999998</v>
+      </c>
+      <c r="W214" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="Q214" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X214" s="4">
-        <v>11752.424750779999</v>
+        <v>26697.51473332</v>
       </c>
       <c r="Y214" s="4">
-        <v>11752.42475</v>
+        <v>26697.514733</v>
       </c>
       <c r="Z214" s="6">
-        <v>1.2650000000000001E-3</v>
+        <v>1.6149999999999999E-3</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="C215" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D215" s="4">
+        <v>1600294.2780820001</v>
+      </c>
+      <c r="E215" s="5">
+        <v>40.051349999999999</v>
+      </c>
+      <c r="F215" s="4">
+        <v>640939.46234463004</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H215" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I215" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J215" s="5">
+        <v>40.051349999999999</v>
+      </c>
+      <c r="K215" s="5">
+        <v>1</v>
+      </c>
+      <c r="L215" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M215" s="4">
+        <v>640939.462344</v>
+      </c>
+      <c r="N215" s="4">
+        <v>640939.46234463004</v>
+      </c>
+      <c r="O215" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="P215" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="Q215" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R215" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="S215" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T215" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U215" s="2">
+        <v>49730</v>
+      </c>
+      <c r="V215" s="4">
+        <v>6.5</v>
+      </c>
+      <c r="W215" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="B215" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X215" s="4">
-        <v>3397.7762499999999</v>
+        <v>0</v>
       </c>
       <c r="Y215" s="4">
-        <v>3397.7762499999999</v>
+        <v>0</v>
       </c>
       <c r="Z215" s="6">
-        <v>8.3199999999999995E-4</v>
+        <v>4.9799999999999996E-4</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D216" s="4">
+        <v>4000000</v>
+      </c>
+      <c r="E216" s="5">
+        <v>100.0856</v>
+      </c>
+      <c r="F216" s="4">
+        <v>4058301.61333333</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H216" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I216" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J216" s="5">
+        <v>100.0856</v>
+      </c>
+      <c r="K216" s="5">
+        <v>1</v>
+      </c>
+      <c r="L216" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M216" s="4">
+        <v>4058301.6133329999</v>
+      </c>
+      <c r="N216" s="4">
+        <v>4058301.61333333</v>
+      </c>
+      <c r="O216" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P216" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="Q216" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R216" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="S216" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T216" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U216" s="2">
+        <v>47768</v>
+      </c>
+      <c r="V216" s="4">
+        <v>6.2518799999999999</v>
+      </c>
+      <c r="W216" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="B216" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X216" s="4">
-        <v>1994.21668561</v>
+        <v>54877.613333330002</v>
       </c>
       <c r="Y216" s="4">
-        <v>1994.2166850000001</v>
+        <v>54877.613333000001</v>
       </c>
       <c r="Z216" s="6">
-        <v>2.3019999999999998E-3</v>
+        <v>3.1549999999999998E-3</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D217" s="4">
-        <v>1093613.3878260001</v>
+        <v>1613843.0584430001</v>
       </c>
       <c r="E217" s="5">
-        <v>98.990170000000006</v>
+        <v>100.0265</v>
       </c>
       <c r="F217" s="4">
-        <v>1083299.8951355601</v>
+        <v>1634198.7514308901</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H217" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I217" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J217" s="5">
-        <v>98.990170000000006</v>
+        <v>100.0265</v>
       </c>
       <c r="K217" s="5">
         <v>1</v>
       </c>
       <c r="L217" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M217" s="4">
-        <v>1083299.8951350001</v>
+        <v>1634198.7514299999</v>
       </c>
       <c r="N217" s="4">
-        <v>1083299.8951355601</v>
+        <v>1634198.7514308901</v>
       </c>
       <c r="O217" s="3" t="s">
-        <v>694</v>
+        <v>34</v>
       </c>
       <c r="P217" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="Q217" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R217" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="S217" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T217" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U217" s="2">
+        <v>48044</v>
+      </c>
+      <c r="V217" s="4">
+        <v>5.69916</v>
+      </c>
+      <c r="W217" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="Q217" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X217" s="4">
-        <v>730.14338383999996</v>
+        <v>19928.0245774</v>
       </c>
       <c r="Y217" s="4">
-        <v>730.14338299999997</v>
+        <v>19928.024577</v>
       </c>
       <c r="Z217" s="6">
-        <v>8.4199999999999998E-4</v>
+        <v>1.2700000000000001E-3</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D218" s="4">
-        <v>3550986.7409000001</v>
+        <v>7625000</v>
       </c>
       <c r="E218" s="5">
-        <v>98.632559999999998</v>
+        <v>13.625</v>
       </c>
       <c r="F218" s="4">
-        <v>3504790.0555961099</v>
+        <v>1043438.78510417</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H218" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I218" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J218" s="5">
-        <v>98.632559999999998</v>
+        <v>13.625</v>
       </c>
       <c r="K218" s="5">
         <v>1</v>
       </c>
       <c r="L218" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M218" s="4">
-        <v>3504790.055596</v>
+        <v>1043438.785104</v>
       </c>
       <c r="N218" s="4">
-        <v>3504790.0555961099</v>
+        <v>1043438.78510417</v>
       </c>
       <c r="O218" s="3" t="s">
-        <v>698</v>
+        <v>34</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="S218" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T218" s="4">
         <v>0.01</v>
       </c>
       <c r="U218" s="2">
-        <v>48663</v>
+        <v>50489</v>
       </c>
       <c r="V218" s="4">
-        <v>4.7870299999999997</v>
+        <v>5.33467</v>
       </c>
       <c r="W218" s="3" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="X218" s="4">
-        <v>2360.9277858700002</v>
+        <v>4532.5351041699996</v>
       </c>
       <c r="Y218" s="4">
-        <v>2360.9277849999999</v>
+        <v>4532.5351039999996</v>
       </c>
       <c r="Z218" s="6">
-        <v>2.7260000000000001E-3</v>
+        <v>8.1099999999999998E-4</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D219" s="4">
-        <v>1143803.369034</v>
+        <v>2930470.8057630002</v>
       </c>
       <c r="E219" s="5">
-        <v>99.28</v>
+        <v>98.30489</v>
       </c>
       <c r="F219" s="4">
-        <v>1136322.1054584701</v>
+        <v>2883024.4272035202</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H219" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I219" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J219" s="5">
-        <v>99.28</v>
+        <v>98.30489</v>
       </c>
       <c r="K219" s="5">
         <v>1</v>
       </c>
       <c r="L219" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M219" s="4">
-        <v>1136322.105458</v>
+        <v>2883024.4272030001</v>
       </c>
       <c r="N219" s="4">
-        <v>1136322.1054584701</v>
+        <v>2883024.4272035202</v>
       </c>
       <c r="O219" s="3" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="P219" s="3" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="S219" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T219" s="4">
         <v>0.01</v>
       </c>
       <c r="U219" s="2">
-        <v>48359</v>
+        <v>48604</v>
       </c>
       <c r="V219" s="4">
-        <v>4.7470299999999996</v>
+        <v>4.5623899999999997</v>
       </c>
       <c r="W219" s="3" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="X219" s="4">
-        <v>754.12068151000005</v>
+        <v>2228.3251165800002</v>
       </c>
       <c r="Y219" s="4">
-        <v>754.12068099999999</v>
+        <v>2228.325116</v>
       </c>
       <c r="Z219" s="6">
-        <v>8.83E-4</v>
+        <v>2.2409999999999999E-3</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D220" s="4">
-        <v>8214711.5343089998</v>
+        <v>1021553.334398</v>
       </c>
       <c r="E220" s="5">
-        <v>98.634619999999998</v>
+        <v>99.21566</v>
       </c>
       <c r="F220" s="4">
-        <v>8107959.8404808799</v>
+        <v>1014331.2911385</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H220" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I220" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J220" s="5">
-        <v>98.634619999999998</v>
+        <v>99.21566</v>
       </c>
       <c r="K220" s="5">
         <v>1</v>
       </c>
       <c r="L220" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M220" s="4">
-        <v>8107959.8404799998</v>
+        <v>1014331.291138</v>
       </c>
       <c r="N220" s="4">
-        <v>8107959.8404808799</v>
+        <v>1014331.2911385</v>
       </c>
       <c r="O220" s="3" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="P220" s="3" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="S220" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T220" s="4">
         <v>0.01</v>
       </c>
       <c r="U220" s="2">
-        <v>48877</v>
+        <v>48755</v>
       </c>
       <c r="V220" s="4">
-        <v>4.7420299999999997</v>
+        <v>4.6423899999999998</v>
       </c>
       <c r="W220" s="3" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="X220" s="4">
-        <v>5410.3345190299997</v>
+        <v>790.40816400999995</v>
       </c>
       <c r="Y220" s="4">
-        <v>5410.334519</v>
+        <v>790.40816400000006</v>
       </c>
       <c r="Z220" s="6">
-        <v>6.306E-3</v>
+        <v>7.8799999999999996E-4</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D221" s="4">
-        <v>24944.444449999999</v>
+        <v>3375852.7908999999</v>
       </c>
       <c r="E221" s="5">
-        <v>77.94</v>
+        <v>98.943690000000004</v>
       </c>
       <c r="F221" s="4">
-        <v>19450.739018730001</v>
+        <v>3342794.0716481302</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H221" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I221" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J221" s="5">
-        <v>77.94</v>
+        <v>98.943690000000004</v>
       </c>
       <c r="K221" s="5">
         <v>1</v>
       </c>
       <c r="L221" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M221" s="4">
-        <v>19450.739018</v>
+        <v>3342794.0716479998</v>
       </c>
       <c r="N221" s="4">
-        <v>19450.739018730001</v>
+        <v>3342794.0716481302</v>
       </c>
       <c r="O221" s="3" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="P221" s="3" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="Q221" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R221" s="3" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="S221" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T221" s="4">
         <v>0.01</v>
       </c>
       <c r="U221" s="2">
-        <v>50489</v>
+        <v>48663</v>
       </c>
       <c r="V221" s="4">
-        <v>7.9119999999999999</v>
+        <v>4.6223900000000002</v>
       </c>
       <c r="W221" s="3" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="X221" s="4">
-        <v>9.0390143999999992</v>
+        <v>2600.7513636899998</v>
       </c>
       <c r="Y221" s="4">
-        <v>9.0390139999999999</v>
+        <v>2600.7513629999999</v>
       </c>
       <c r="Z221" s="6">
-        <v>1.5E-5</v>
+        <v>2.5990000000000002E-3</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D222" s="4">
-        <v>75000</v>
+        <v>1058186.071764</v>
       </c>
       <c r="E222" s="5">
-        <v>77.94</v>
+        <v>99.451980000000006</v>
       </c>
       <c r="F222" s="4">
-        <v>58521.144416670002</v>
+        <v>1053195.17066575</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H222" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I222" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J222" s="5">
-        <v>77.94</v>
+        <v>99.451980000000006</v>
       </c>
       <c r="K222" s="5">
         <v>1</v>
       </c>
       <c r="L222" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M222" s="4">
-        <v>58521.144416000003</v>
+        <v>1053195.1706650001</v>
       </c>
       <c r="N222" s="4">
-        <v>58521.144416670002</v>
+        <v>1053195.17066575</v>
       </c>
       <c r="O222" s="3" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="P222" s="3" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="Q222" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R222" s="3" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="S222" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T222" s="4">
         <v>0.01</v>
       </c>
       <c r="U222" s="2">
-        <v>50489</v>
+        <v>48359</v>
       </c>
       <c r="V222" s="4">
-        <v>7.9249999999999998</v>
+        <v>4.5823900000000002</v>
       </c>
       <c r="W222" s="3" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="X222" s="4">
-        <v>66.144416669999998</v>
+        <v>808.17021222999995</v>
       </c>
       <c r="Y222" s="4">
-        <v>66.144416000000007</v>
+        <v>808.17021199999999</v>
       </c>
       <c r="Z222" s="6">
-        <v>4.5000000000000003E-5</v>
+        <v>8.1800000000000004E-4</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D223" s="4">
-        <v>8755500.0019499995</v>
+        <v>7860049.6506909998</v>
       </c>
       <c r="E223" s="5">
-        <v>14</v>
+        <v>98.799729999999997</v>
       </c>
       <c r="F223" s="4">
-        <v>1232273.86536403</v>
+        <v>7771704.2515270803</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H223" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I223" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J223" s="5">
-        <v>14</v>
+        <v>98.799729999999997</v>
       </c>
       <c r="K223" s="5">
         <v>1</v>
       </c>
       <c r="L223" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M223" s="4">
-        <v>1232273.865364</v>
+        <v>7771704.2515270002</v>
       </c>
       <c r="N223" s="4">
-        <v>1232273.86536403</v>
+        <v>7771704.2515270803</v>
       </c>
       <c r="O223" s="3" t="s">
-        <v>34</v>
+        <v>714</v>
       </c>
       <c r="P223" s="3" t="s">
-        <v>718</v>
+        <v>698</v>
       </c>
       <c r="Q223" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R223" s="3" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="S223" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T223" s="4">
         <v>0.01</v>
       </c>
       <c r="U223" s="2">
-        <v>50495</v>
+        <v>48877</v>
       </c>
       <c r="V223" s="4">
-        <v>5.2919999999999998</v>
+        <v>4.5773900000000003</v>
       </c>
       <c r="W223" s="3" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="X223" s="4">
-        <v>6503.8650910300003</v>
+        <v>5996.4187784300002</v>
       </c>
       <c r="Y223" s="4">
-        <v>6503.8650909999997</v>
+        <v>5996.4187780000002</v>
       </c>
       <c r="Z223" s="6">
-        <v>9.5799999999999998E-4</v>
+        <v>6.0419999999999996E-3</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D224" s="4">
-        <v>3710238.9333489998</v>
+        <v>24944.444449999999</v>
       </c>
       <c r="E224" s="5">
-        <v>91.433499999999995</v>
+        <v>77.94</v>
       </c>
       <c r="F224" s="4">
-        <v>3395848.74546589</v>
+        <v>19441.70000433</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H224" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I224" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J224" s="5">
-        <v>91.433499999999995</v>
+        <v>77.94</v>
       </c>
       <c r="K224" s="5">
         <v>1</v>
       </c>
       <c r="L224" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M224" s="4">
-        <v>3395848.7454650002</v>
+        <v>19441.700003999998</v>
       </c>
       <c r="N224" s="4">
-        <v>3395848.74546589</v>
+        <v>19441.70000433</v>
       </c>
       <c r="O224" s="3" t="s">
-        <v>34</v>
+        <v>718</v>
       </c>
       <c r="P224" s="3" t="s">
-        <v>722</v>
+        <v>698</v>
       </c>
       <c r="Q224" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R224" s="3" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="S224" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T224" s="4">
         <v>0.01</v>
       </c>
       <c r="U224" s="2">
-        <v>62289</v>
+        <v>50489</v>
       </c>
       <c r="V224" s="4">
-        <v>2.23</v>
+        <v>7.9119999999999999</v>
       </c>
       <c r="W224" s="3" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="X224" s="4">
-        <v>3447.4303422399998</v>
+        <v>0</v>
       </c>
       <c r="Y224" s="4">
-        <v>3447.4303420000001</v>
+        <v>0</v>
       </c>
       <c r="Z224" s="6">
-        <v>2.6410000000000001E-3</v>
+        <v>1.5E-5</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D225" s="4">
-        <v>1222938.6100000001</v>
+        <v>75000</v>
       </c>
       <c r="E225" s="5">
-        <v>100.84247000000001</v>
+        <v>77.94</v>
       </c>
       <c r="F225" s="4">
-        <v>1236320.6055487699</v>
+        <v>58536.041666669997</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H225" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I225" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J225" s="5">
-        <v>100.84247000000001</v>
+        <v>77.94</v>
       </c>
       <c r="K225" s="5">
         <v>1</v>
       </c>
       <c r="L225" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M225" s="4">
-        <v>1236320.605548</v>
+        <v>58536.041665999997</v>
       </c>
       <c r="N225" s="4">
-        <v>1236320.6055487699</v>
+        <v>58536.041666669997</v>
       </c>
       <c r="O225" s="3" t="s">
-        <v>34</v>
+        <v>722</v>
       </c>
       <c r="P225" s="3" t="s">
-        <v>722</v>
+        <v>698</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R225" s="3" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="S225" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T225" s="4">
         <v>0.01</v>
       </c>
       <c r="U225" s="2">
-        <v>62898</v>
+        <v>50489</v>
       </c>
       <c r="V225" s="4">
-        <v>6.0427</v>
+        <v>7.9249999999999998</v>
       </c>
       <c r="W225" s="3" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="X225" s="4">
-        <v>3079.1046411000002</v>
+        <v>81.041666669999998</v>
       </c>
       <c r="Y225" s="4">
-        <v>3079.1046409999999</v>
+        <v>81.041666000000006</v>
       </c>
       <c r="Z225" s="6">
-        <v>9.6100000000000005E-4</v>
+        <v>4.5000000000000003E-5</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="C226" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D226" s="4">
+        <v>8758010.6523000002</v>
+      </c>
+      <c r="E226" s="5">
+        <v>13.625</v>
+      </c>
+      <c r="F226" s="4">
+        <v>1201096.97934155</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H226" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I226" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J226" s="5">
+        <v>13.625</v>
+      </c>
+      <c r="K226" s="5">
+        <v>1</v>
+      </c>
+      <c r="L226" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M226" s="4">
+        <v>1201096.9793410001</v>
+      </c>
+      <c r="N226" s="4">
+        <v>1201096.97934155</v>
+      </c>
+      <c r="O226" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P226" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="Q226" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R226" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="S226" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T226" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U226" s="2">
+        <v>50495</v>
+      </c>
+      <c r="V226" s="4">
+        <v>5.2919999999999998</v>
+      </c>
+      <c r="W226" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="B226" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X226" s="4">
-        <v>4709.6295255499999</v>
+        <v>7818.0279656700004</v>
       </c>
       <c r="Y226" s="4">
-        <v>4709.6295250000003</v>
+        <v>7818.0279650000002</v>
       </c>
       <c r="Z226" s="6">
-        <v>2.5579999999999999E-3</v>
+        <v>9.3300000000000002E-4</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="C227" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D227" s="4">
+        <v>3658555.8483500001</v>
+      </c>
+      <c r="E227" s="5">
+        <v>91.281419999999997</v>
+      </c>
+      <c r="F227" s="4">
+        <v>3343207.7652188502</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H227" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I227" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J227" s="5">
+        <v>91.281419999999997</v>
+      </c>
+      <c r="K227" s="5">
+        <v>1</v>
+      </c>
+      <c r="L227" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M227" s="4">
+        <v>3343207.7652179999</v>
+      </c>
+      <c r="N227" s="4">
+        <v>3343207.7652188502</v>
+      </c>
+      <c r="O227" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P227" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="Q227" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R227" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="S227" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T227" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U227" s="2">
+        <v>62289</v>
+      </c>
+      <c r="V227" s="4">
+        <v>2.23</v>
+      </c>
+      <c r="W227" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="B227" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X227" s="4">
-        <v>825.18663763999996</v>
+        <v>3626.0353519199998</v>
       </c>
       <c r="Y227" s="4">
-        <v>825.18663700000002</v>
+        <v>3626.035351</v>
       </c>
       <c r="Z227" s="6">
-        <v>1.6019999999999999E-3</v>
+        <v>2.5990000000000002E-3</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="B228" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C228" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D228" s="4">
+        <v>1176258.895</v>
+      </c>
+      <c r="E228" s="5">
+        <v>100.84183</v>
+      </c>
+      <c r="F228" s="4">
+        <v>1189320.0084223601</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H228" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I228" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J228" s="5">
+        <v>100.84183</v>
+      </c>
+      <c r="K228" s="5">
+        <v>1</v>
+      </c>
+      <c r="L228" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M228" s="4">
+        <v>1189320.0084220001</v>
+      </c>
+      <c r="N228" s="4">
+        <v>1189320.0084223601</v>
+      </c>
+      <c r="O228" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P228" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="Q228" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R228" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="S228" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T228" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U228" s="2">
+        <v>62898</v>
+      </c>
+      <c r="V228" s="4">
+        <v>6.0720799999999997</v>
+      </c>
+      <c r="W228" s="3" t="s">
         <v>734</v>
       </c>
-      <c r="B228" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X228" s="4">
-        <v>573.94736613999999</v>
+        <v>3159.0131665899999</v>
       </c>
       <c r="Y228" s="4">
-        <v>573.94736599999999</v>
+        <v>3159.0131660000002</v>
       </c>
       <c r="Z228" s="6">
-        <v>5.9199999999999997E-4</v>
+        <v>9.2400000000000002E-4</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="B229" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="C229" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D229" s="4">
+        <v>3211523.93872</v>
+      </c>
+      <c r="E229" s="5">
+        <v>99.69032</v>
+      </c>
+      <c r="F229" s="4">
+        <v>3205544.65922041</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H229" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I229" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J229" s="5">
+        <v>99.69032</v>
+      </c>
+      <c r="K229" s="5">
+        <v>1</v>
+      </c>
+      <c r="L229" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M229" s="4">
+        <v>3205544.6592199998</v>
+      </c>
+      <c r="N229" s="4">
+        <v>3205544.65922041</v>
+      </c>
+      <c r="O229" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P229" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="Q229" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R229" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="S229" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T229" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U229" s="2">
+        <v>59281</v>
+      </c>
+      <c r="V229" s="4">
+        <v>4.9399199999999999</v>
+      </c>
+      <c r="W229" s="3" t="s">
         <v>738</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X229" s="4">
-        <v>5100.8254714000004</v>
+        <v>3966.1678338400002</v>
       </c>
       <c r="Y229" s="4">
-        <v>5100.8254710000001</v>
+        <v>3966.167833</v>
       </c>
       <c r="Z229" s="6">
-        <v>1.34E-4</v>
+        <v>2.4919999999999999E-3</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="B230" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="C230" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D230" s="4">
+        <v>2125487.4501760001</v>
+      </c>
+      <c r="E230" s="5">
+        <v>94.394149999999996</v>
+      </c>
+      <c r="F230" s="4">
+        <v>2007219.07006849</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H230" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I230" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J230" s="5">
+        <v>94.394149999999996</v>
+      </c>
+      <c r="K230" s="5">
+        <v>1</v>
+      </c>
+      <c r="L230" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M230" s="4">
+        <v>2007219.0700679999</v>
+      </c>
+      <c r="N230" s="4">
+        <v>2007219.07006849</v>
+      </c>
+      <c r="O230" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P230" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="Q230" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R230" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="S230" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T230" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U230" s="2">
+        <v>59281</v>
+      </c>
+      <c r="V230" s="4">
+        <v>1.36</v>
+      </c>
+      <c r="W230" s="3" t="s">
         <v>741</v>
       </c>
-      <c r="B230" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X230" s="4">
-        <v>8680.1508787799994</v>
+        <v>883.25811818</v>
       </c>
       <c r="Y230" s="4">
-        <v>8680.1508780000004</v>
+        <v>883.25811799999997</v>
       </c>
       <c r="Z230" s="6">
-        <v>2.3599999999999999E-4</v>
+        <v>1.56E-3</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="C231" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D231" s="4">
+        <v>757776.80836799997</v>
+      </c>
+      <c r="E231" s="5">
+        <v>99.991579999999999</v>
+      </c>
+      <c r="F231" s="4">
+        <v>758375.72863483999</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H231" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I231" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J231" s="5">
+        <v>99.991579999999999</v>
+      </c>
+      <c r="K231" s="5">
+        <v>1</v>
+      </c>
+      <c r="L231" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M231" s="4">
+        <v>758375.72863400006</v>
+      </c>
+      <c r="N231" s="4">
+        <v>758375.72863483999</v>
+      </c>
+      <c r="O231" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P231" s="3" t="s">
         <v>744</v>
       </c>
-      <c r="B231" s="3" t="s">
+      <c r="Q231" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R231" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="S231" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T231" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U231" s="2">
+        <v>50339</v>
+      </c>
+      <c r="V231" s="4">
+        <v>5.2473900000000002</v>
+      </c>
+      <c r="W231" s="3" t="s">
         <v>745</v>
       </c>
-      <c r="C231" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X231" s="4">
-        <v>13770.171626150001</v>
+        <v>662.72507441000005</v>
       </c>
       <c r="Y231" s="4">
-        <v>13770.171625999999</v>
+        <v>662.72507399999995</v>
       </c>
       <c r="Z231" s="6">
-        <v>3.59E-4</v>
+        <v>5.8900000000000001E-4</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="B232" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="C232" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D232" s="4">
+        <v>7686370.9606240001</v>
+      </c>
+      <c r="E232" s="5">
+        <v>2.1549700000000001</v>
+      </c>
+      <c r="F232" s="4">
+        <v>171547.74504933</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H232" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I232" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J232" s="5">
+        <v>2.1549700000000001</v>
+      </c>
+      <c r="K232" s="5">
+        <v>1</v>
+      </c>
+      <c r="L232" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M232" s="4">
+        <v>171547.74504899999</v>
+      </c>
+      <c r="N232" s="4">
+        <v>171547.74504933</v>
+      </c>
+      <c r="O232" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P232" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="Q232" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R232" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="S232" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T232" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U232" s="2">
+        <v>53168</v>
+      </c>
+      <c r="V232" s="4">
+        <v>4.6123900000000004</v>
+      </c>
+      <c r="W232" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="B232" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X232" s="4">
-        <v>0</v>
+        <v>5908.7567591799998</v>
       </c>
       <c r="Y232" s="4">
-        <v>0</v>
+        <v>5908.7567589999999</v>
       </c>
       <c r="Z232" s="6">
-        <v>1.9000000000000001E-4</v>
+        <v>1.3300000000000001E-4</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D233" s="4">
-        <v>3091187.5360480002</v>
+        <v>13474920.535057999</v>
       </c>
       <c r="E233" s="5">
-        <v>100.1358</v>
+        <v>2.15686</v>
       </c>
       <c r="F233" s="4">
-        <v>3114318.0680635702</v>
+        <v>300679.35436107003</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H233" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I233" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J233" s="5">
-        <v>100.1358</v>
+        <v>2.15686</v>
       </c>
       <c r="K233" s="5">
         <v>1</v>
       </c>
       <c r="L233" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M233" s="4">
-        <v>3114318.0680630002</v>
+        <v>300679.35436100001</v>
       </c>
       <c r="N233" s="4">
-        <v>3114318.0680635702</v>
+        <v>300679.35436107003</v>
       </c>
       <c r="O233" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P233" s="3" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R233" s="3" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="S233" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T233" s="4">
         <v>0.01</v>
       </c>
       <c r="U233" s="2">
-        <v>47960</v>
+        <v>53018</v>
       </c>
       <c r="V233" s="4">
-        <v>5.6536</v>
+        <v>4.4723899999999999</v>
       </c>
       <c r="W233" s="3" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="X233" s="4">
-        <v>18932.699341619998</v>
+        <v>10044.183308629999</v>
       </c>
       <c r="Y233" s="4">
-        <v>18932.699341</v>
+        <v>10044.183308</v>
       </c>
       <c r="Z233" s="6">
-        <v>2.4220000000000001E-3</v>
+        <v>2.33E-4</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D234" s="4">
-        <v>5846036.8636149997</v>
+        <v>20492711.087278001</v>
       </c>
       <c r="E234" s="5">
-        <v>42.231580000000001</v>
+        <v>2.1540900000000001</v>
       </c>
       <c r="F234" s="4">
-        <v>2504702.1461451999</v>
+        <v>457389.76331945998</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H234" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I234" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J234" s="5">
-        <v>42.231580000000001</v>
+        <v>2.1540900000000001</v>
       </c>
       <c r="K234" s="5">
         <v>1</v>
       </c>
       <c r="L234" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M234" s="4">
-        <v>2504702.1461450001</v>
+        <v>457389.76331900002</v>
       </c>
       <c r="N234" s="4">
-        <v>2504702.1461451999</v>
+        <v>457389.76331945998</v>
       </c>
       <c r="O234" s="3" t="s">
-        <v>34</v>
+        <v>754</v>
       </c>
       <c r="P234" s="3" t="s">
-        <v>758</v>
+        <v>744</v>
       </c>
       <c r="Q234" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R234" s="3" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="S234" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T234" s="4">
         <v>0.01</v>
       </c>
       <c r="U234" s="2">
-        <v>54132</v>
+        <v>53168</v>
       </c>
       <c r="V234" s="4">
-        <v>7.6079999999999997</v>
+        <v>4.67239</v>
       </c>
       <c r="W234" s="3" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="X234" s="4">
-        <v>35828.411258139997</v>
+        <v>15958.323059509999</v>
       </c>
       <c r="Y234" s="4">
-        <v>35828.411258</v>
+        <v>15958.323059</v>
       </c>
       <c r="Z234" s="6">
-        <v>1.9480000000000001E-3</v>
+        <v>3.5500000000000001E-4</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D235" s="4">
-        <v>11752083.851600001</v>
+        <v>10725</v>
       </c>
       <c r="E235" s="5">
-        <v>13.326599999999999</v>
+        <v>2284.0668000000001</v>
       </c>
       <c r="F235" s="4">
-        <v>1636208.68419385</v>
+        <v>244975.70424113001</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H235" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I235" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J235" s="5">
-        <v>13.326599999999999</v>
+        <v>2284.0668000000001</v>
       </c>
       <c r="K235" s="5">
         <v>1</v>
       </c>
       <c r="L235" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M235" s="4">
-        <v>1636208.684193</v>
+        <v>244975.704241</v>
       </c>
       <c r="N235" s="4">
-        <v>1636208.68419385</v>
+        <v>244975.70424113001</v>
       </c>
       <c r="O235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P235" s="3" t="s">
         <v>758</v>
       </c>
       <c r="Q235" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R235" s="3" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="S235" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T235" s="4">
         <v>0.01</v>
       </c>
       <c r="U235" s="2">
-        <v>50086</v>
+        <v>49546</v>
       </c>
       <c r="V235" s="4">
-        <v>7.4</v>
+        <v>5.3370300000000004</v>
       </c>
       <c r="W235" s="3" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="X235" s="4">
-        <v>70055.477626480002</v>
+        <v>9.5399411300000008</v>
       </c>
       <c r="Y235" s="4">
-        <v>70055.477626000007</v>
+        <v>9.5399410000000007</v>
       </c>
       <c r="Z235" s="6">
-        <v>1.2719999999999999E-3</v>
+        <v>1.9000000000000001E-4</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="B236" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="C236" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D236" s="4">
+        <v>3091187.5360480002</v>
+      </c>
+      <c r="E236" s="5">
+        <v>100.0924</v>
+      </c>
+      <c r="F236" s="4">
+        <v>3128511.0152096399</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H236" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I236" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J236" s="5">
+        <v>100.0924</v>
+      </c>
+      <c r="K236" s="5">
+        <v>1</v>
+      </c>
+      <c r="L236" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M236" s="4">
+        <v>3128511.0152090001</v>
+      </c>
+      <c r="N236" s="4">
+        <v>3128511.0152096399</v>
+      </c>
+      <c r="O236" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P236" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="Q236" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R236" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="S236" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T236" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U236" s="2">
+        <v>47960</v>
+      </c>
+      <c r="V236" s="4">
+        <v>5.6536</v>
+      </c>
+      <c r="W236" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="B236" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X236" s="4">
-        <v>0</v>
+        <v>34467.221878329998</v>
       </c>
       <c r="Y236" s="4">
-        <v>0</v>
+        <v>34467.221877999997</v>
       </c>
       <c r="Z236" s="6">
-        <v>2.7169999999999998E-3</v>
+        <v>2.4320000000000001E-3</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="B237" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="C237" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D237" s="4">
+        <v>5798681.1303200005</v>
+      </c>
+      <c r="E237" s="5">
+        <v>41.384300000000003</v>
+      </c>
+      <c r="F237" s="4">
+        <v>2399743.5950150201</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H237" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I237" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J237" s="5">
+        <v>41.384300000000003</v>
+      </c>
+      <c r="K237" s="5">
+        <v>1</v>
+      </c>
+      <c r="L237" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M237" s="4">
+        <v>2399743.5950150001</v>
+      </c>
+      <c r="N237" s="4">
+        <v>2399743.5950150201</v>
+      </c>
+      <c r="O237" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P237" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="B237" s="3" t="s">
+      <c r="Q237" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R237" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="S237" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T237" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U237" s="2">
+        <v>54132</v>
+      </c>
+      <c r="V237" s="4">
+        <v>7.6079999999999997</v>
+      </c>
+      <c r="W237" s="3" t="s">
         <v>767</v>
       </c>
-      <c r="C237" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X237" s="4">
-        <v>13994.248925759999</v>
+        <v>0</v>
       </c>
       <c r="Y237" s="4">
-        <v>13994.248925</v>
+        <v>0</v>
       </c>
       <c r="Z237" s="6">
-        <v>8.0999999999999996E-4</v>
+        <v>1.8649999999999999E-3</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="B238" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="B238" s="3" t="s">
+      <c r="C238" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D238" s="4">
+        <v>11752083.851600001</v>
+      </c>
+      <c r="E238" s="5">
+        <v>12.95049</v>
+      </c>
+      <c r="F238" s="4">
+        <v>1521952.44399311</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H238" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I238" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J238" s="5">
+        <v>12.95049</v>
+      </c>
+      <c r="K238" s="5">
+        <v>1</v>
+      </c>
+      <c r="L238" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M238" s="4">
+        <v>1521952.4439930001</v>
+      </c>
+      <c r="N238" s="4">
+        <v>1521952.44399311</v>
+      </c>
+      <c r="O238" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P238" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="Q238" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R238" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="S238" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T238" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U238" s="2">
+        <v>50086</v>
+      </c>
+      <c r="V238" s="4">
+        <v>7.4</v>
+      </c>
+      <c r="W238" s="3" t="s">
         <v>770</v>
       </c>
-      <c r="C238" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X238" s="4">
-        <v>10795.62586314</v>
+        <v>0</v>
       </c>
       <c r="Y238" s="4">
-        <v>10795.625862999999</v>
+        <v>0</v>
       </c>
       <c r="Z238" s="6">
-        <v>1.5330000000000001E-3</v>
+        <v>1.183E-3</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="B239" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="B239" s="3" t="s">
+      <c r="C239" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D239" s="4">
+        <v>3446528.0165539999</v>
+      </c>
+      <c r="E239" s="5">
+        <v>98.217749999999995</v>
+      </c>
+      <c r="F239" s="4">
+        <v>3385102.27097897</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H239" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I239" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J239" s="5">
+        <v>98.217749999999995</v>
+      </c>
+      <c r="K239" s="5">
+        <v>1</v>
+      </c>
+      <c r="L239" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M239" s="4">
+        <v>3385102.270978</v>
+      </c>
+      <c r="N239" s="4">
+        <v>3385102.27097897</v>
+      </c>
+      <c r="O239" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P239" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="Q239" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R239" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="S239" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T239" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U239" s="2">
+        <v>49140</v>
+      </c>
+      <c r="V239" s="4">
+        <v>7.92</v>
+      </c>
+      <c r="W239" s="3" t="s">
         <v>773</v>
-      </c>
-[...61 lines deleted...]
-        <v>775</v>
       </c>
       <c r="X239" s="4">
         <v>0</v>
       </c>
       <c r="Y239" s="4">
         <v>0</v>
       </c>
       <c r="Z239" s="6">
-        <v>5.0000000000000004E-6</v>
+        <v>2.6310000000000001E-3</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="B240" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="C240" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D240" s="4">
+        <v>2497097.1577809998</v>
+      </c>
+      <c r="E240" s="5">
+        <v>40.756169999999997</v>
+      </c>
+      <c r="F240" s="4">
+        <v>1017721.1626904299</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H240" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I240" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J240" s="5">
+        <v>40.756169999999997</v>
+      </c>
+      <c r="K240" s="5">
+        <v>1</v>
+      </c>
+      <c r="L240" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M240" s="4">
+        <v>1017721.16269</v>
+      </c>
+      <c r="N240" s="4">
+        <v>1017721.1626904299</v>
+      </c>
+      <c r="O240" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P240" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="Q240" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R240" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="S240" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T240" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U240" s="2">
+        <v>49355</v>
+      </c>
+      <c r="V240" s="4">
+        <v>6.93</v>
+      </c>
+      <c r="W240" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="B240" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X240" s="4">
-        <v>16284.86676667</v>
+        <v>0</v>
       </c>
       <c r="Y240" s="4">
-        <v>16284.866765999999</v>
+        <v>0</v>
       </c>
       <c r="Z240" s="6">
-        <v>1.72E-3</v>
+        <v>7.9100000000000004E-4</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="B241" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="C241" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D241" s="4">
+        <v>1920744.8630949999</v>
+      </c>
+      <c r="E241" s="5">
+        <v>100.69901</v>
+      </c>
+      <c r="F241" s="4">
+        <v>1934171.0617625201</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H241" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I241" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J241" s="5">
+        <v>100.69901</v>
+      </c>
+      <c r="K241" s="5">
+        <v>1</v>
+      </c>
+      <c r="L241" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M241" s="4">
+        <v>1934171.061762</v>
+      </c>
+      <c r="N241" s="4">
+        <v>1934171.0617625201</v>
+      </c>
+      <c r="O241" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P241" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="Q241" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R241" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="S241" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T241" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U241" s="2">
+        <v>50298</v>
+      </c>
+      <c r="V241" s="4">
+        <v>6.89</v>
+      </c>
+      <c r="W241" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="B241" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X241" s="4">
-        <v>19893.06132773</v>
+        <v>0</v>
       </c>
       <c r="Y241" s="4">
-        <v>19893.061326999999</v>
+        <v>0</v>
       </c>
       <c r="Z241" s="6">
-        <v>2.1779999999999998E-3</v>
+        <v>1.503E-3</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="B242" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="C242" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D242" s="4">
+        <v>1083456</v>
+      </c>
+      <c r="E242" s="5">
+        <v>0.71579999999999999</v>
+      </c>
+      <c r="F242" s="4">
+        <v>7755.3780479999996</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H242" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I242" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J242" s="5">
+        <v>0.71579999999999999</v>
+      </c>
+      <c r="K242" s="5">
+        <v>1</v>
+      </c>
+      <c r="L242" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M242" s="4">
+        <v>7755.3780479999996</v>
+      </c>
+      <c r="N242" s="4">
+        <v>7755.3780479999996</v>
+      </c>
+      <c r="O242" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P242" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="B242" s="3" t="s">
+      <c r="Q242" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R242" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="S242" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T242" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U242" s="2">
+        <v>46220</v>
+      </c>
+      <c r="V242" s="4">
+        <v>0</v>
+      </c>
+      <c r="W242" s="3" t="s">
         <v>783</v>
       </c>
-      <c r="C242" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X242" s="4">
-        <v>3778.2847632399998</v>
+        <v>0</v>
       </c>
       <c r="Y242" s="4">
-        <v>3778.2847630000001</v>
+        <v>0</v>
       </c>
       <c r="Z242" s="6">
-        <v>4.8999999999999998E-4</v>
+        <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="B243" s="3" t="s">
         <v>785</v>
       </c>
-      <c r="B243" s="3" t="s">
+      <c r="C243" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D243" s="4">
+        <v>2190000</v>
+      </c>
+      <c r="E243" s="5">
+        <v>100.19799999999999</v>
+      </c>
+      <c r="F243" s="4">
+        <v>2222464.60623333</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H243" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I243" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J243" s="5">
+        <v>100.19799999999999</v>
+      </c>
+      <c r="K243" s="5">
+        <v>1</v>
+      </c>
+      <c r="L243" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M243" s="4">
+        <v>2222464.6062329998</v>
+      </c>
+      <c r="N243" s="4">
+        <v>2222464.60623333</v>
+      </c>
+      <c r="O243" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P243" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="Q243" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R243" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="S243" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T243" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U243" s="2">
+        <v>47865</v>
+      </c>
+      <c r="V243" s="4">
+        <v>6.0840100000000001</v>
+      </c>
+      <c r="W243" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="C243" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X243" s="4">
-        <v>13046.671430279999</v>
+        <v>28128.406233329999</v>
       </c>
       <c r="Y243" s="4">
-        <v>13046.67143</v>
+        <v>28128.406233000002</v>
       </c>
       <c r="Z243" s="6">
-        <v>1.719E-3</v>
+        <v>1.727E-3</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="B244" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="B244" s="3" t="s">
+      <c r="C244" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D244" s="4">
+        <v>2780503.2858899999</v>
+      </c>
+      <c r="E244" s="5">
+        <v>100.01609999999999</v>
+      </c>
+      <c r="F244" s="4">
+        <v>2814682.6596051799</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H244" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I244" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J244" s="5">
+        <v>100.01609999999999</v>
+      </c>
+      <c r="K244" s="5">
+        <v>1</v>
+      </c>
+      <c r="L244" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M244" s="4">
+        <v>2814682.6596050002</v>
+      </c>
+      <c r="N244" s="4">
+        <v>2814682.6596051799</v>
+      </c>
+      <c r="O244" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P244" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="Q244" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R244" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="S244" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T244" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U244" s="2">
+        <v>47953</v>
+      </c>
+      <c r="V244" s="4">
+        <v>5.5991600000000004</v>
+      </c>
+      <c r="W244" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="C244" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X244" s="4">
-        <v>35133.870426560003</v>
+        <v>33731.71268615</v>
       </c>
       <c r="Y244" s="4">
-        <v>35133.870426000001</v>
+        <v>33731.712685999999</v>
       </c>
       <c r="Z244" s="6">
-        <v>6.0930000000000003E-3</v>
+        <v>2.1879999999999998E-3</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D245" s="4">
-        <v>1408435.316325</v>
+        <v>601520.01895599999</v>
       </c>
       <c r="E245" s="5">
-        <v>94.612189999999998</v>
+        <v>100.39998</v>
       </c>
       <c r="F245" s="4">
-        <v>1338281.0906217301</v>
+        <v>603925.97872768994</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H245" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I245" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J245" s="5">
-        <v>94.612189999999998</v>
+        <v>100.39998</v>
       </c>
       <c r="K245" s="5">
         <v>1</v>
       </c>
       <c r="L245" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M245" s="4">
-        <v>1338281.0906209999</v>
+        <v>603925.97872699995</v>
       </c>
       <c r="N245" s="4">
-        <v>1338281.0906217301</v>
+        <v>603925.97872768994</v>
       </c>
       <c r="O245" s="3" t="s">
-        <v>794</v>
+        <v>34</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="S245" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T245" s="4">
         <v>0.01</v>
       </c>
       <c r="U245" s="2">
         <v>47894</v>
       </c>
       <c r="V245" s="4">
-        <v>5.05</v>
+        <v>7.5</v>
       </c>
       <c r="W245" s="3" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="X245" s="4">
-        <v>5729.5931132200003</v>
+        <v>0</v>
       </c>
       <c r="Y245" s="4">
-        <v>5729.5931129999999</v>
+        <v>0</v>
       </c>
       <c r="Z245" s="6">
-        <v>1.0399999999999999E-3</v>
+        <v>4.6900000000000002E-4</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D246" s="4">
-        <v>290894.31394299999</v>
+        <v>2106124.2105040001</v>
       </c>
       <c r="E246" s="5">
-        <v>96.198809999999995</v>
+        <v>100.71095</v>
       </c>
       <c r="F246" s="4">
-        <v>281170.21478014003</v>
+        <v>2121097.7005780698</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H246" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I246" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J246" s="5">
-        <v>96.198809999999995</v>
+        <v>100.71095</v>
       </c>
       <c r="K246" s="5">
         <v>1</v>
       </c>
       <c r="L246" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M246" s="4">
-        <v>281170.21477999998</v>
+        <v>2121097.7005779999</v>
       </c>
       <c r="N246" s="4">
-        <v>281170.21478014003</v>
+        <v>2121097.7005780698</v>
       </c>
       <c r="O246" s="3" t="s">
-        <v>798</v>
+        <v>34</v>
       </c>
       <c r="P246" s="3" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="Q246" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R246" s="3" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="S246" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T246" s="4">
         <v>0.01</v>
       </c>
       <c r="U246" s="2">
-        <v>48197</v>
+        <v>47741</v>
       </c>
       <c r="V246" s="4">
-        <v>5.69</v>
+        <v>7.415</v>
       </c>
       <c r="W246" s="3" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="X246" s="4">
-        <v>1333.3464095500001</v>
+        <v>0</v>
       </c>
       <c r="Y246" s="4">
-        <v>1333.346409</v>
+        <v>0</v>
       </c>
       <c r="Z246" s="6">
-        <v>2.1800000000000001E-4</v>
+        <v>1.6490000000000001E-3</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D247" s="4">
-        <v>1297145.0140500001</v>
+        <v>7541150.91768</v>
       </c>
       <c r="E247" s="5">
-        <v>94.754599999999996</v>
+        <v>100.85369</v>
       </c>
       <c r="F247" s="4">
-        <v>1231605.0687202399</v>
+        <v>7605528.96894914</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H247" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I247" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J247" s="5">
-        <v>94.754599999999996</v>
+        <v>100.85369</v>
       </c>
       <c r="K247" s="5">
         <v>1</v>
       </c>
       <c r="L247" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M247" s="4">
-        <v>1231605.0687200001</v>
+        <v>7605528.9689490004</v>
       </c>
       <c r="N247" s="4">
-        <v>1231605.0687202399</v>
+        <v>7605528.96894914</v>
       </c>
       <c r="O247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="Q247" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="S247" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T247" s="4">
         <v>0.01</v>
       </c>
       <c r="U247" s="2">
-        <v>51487</v>
+        <v>60351</v>
       </c>
       <c r="V247" s="4">
-        <v>2.3929999999999998</v>
+        <v>5.4720000000000004</v>
       </c>
       <c r="W247" s="3" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="X247" s="4">
-        <v>2500.4992372199999</v>
+        <v>0</v>
       </c>
       <c r="Y247" s="4">
-        <v>2500.499237</v>
+        <v>0</v>
       </c>
       <c r="Z247" s="6">
-        <v>9.5699999999999995E-4</v>
+        <v>5.9129999999999999E-3</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D248" s="4">
-        <v>4000000</v>
+        <v>1363537.9271249999</v>
       </c>
       <c r="E248" s="5">
-        <v>102.93574</v>
+        <v>95.160880000000006</v>
       </c>
       <c r="F248" s="4">
-        <v>4134792.0288888901</v>
+        <v>1297554.6905859101</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H248" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I248" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J248" s="5">
-        <v>102.93574</v>
+        <v>95.160880000000006</v>
       </c>
       <c r="K248" s="5">
         <v>1</v>
       </c>
       <c r="L248" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M248" s="4">
-        <v>4134792.0288880002</v>
+        <v>1297554.690585</v>
       </c>
       <c r="N248" s="4">
-        <v>4134792.0288888901</v>
+        <v>1297554.6905859101</v>
       </c>
       <c r="O248" s="3" t="s">
-        <v>34</v>
+        <v>802</v>
       </c>
       <c r="P248" s="3" t="s">
-        <v>806</v>
+        <v>766</v>
       </c>
       <c r="Q248" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R248" s="3" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="S248" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T248" s="4">
         <v>0.01</v>
       </c>
       <c r="U248" s="2">
-        <v>51818</v>
+        <v>47771</v>
       </c>
       <c r="V248" s="4">
-        <v>5.3883400000000004</v>
+        <v>5.05</v>
       </c>
       <c r="W248" s="3" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="X248" s="4">
-        <v>17362.428888890001</v>
+        <v>0</v>
       </c>
       <c r="Y248" s="4">
-        <v>17362.428887999999</v>
+        <v>0</v>
       </c>
       <c r="Z248" s="6">
-        <v>3.2160000000000001E-3</v>
+        <v>1.008E-3</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D249" s="4">
-        <v>4000000</v>
+        <v>281621.32893100003</v>
       </c>
       <c r="E249" s="5">
-        <v>105.61054</v>
+        <v>96.175880000000006</v>
       </c>
       <c r="F249" s="4">
-        <v>4252838.57111111</v>
+        <v>270851.79136699002</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H249" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I249" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J249" s="5">
-        <v>105.61054</v>
+        <v>96.175880000000006</v>
       </c>
       <c r="K249" s="5">
         <v>1</v>
       </c>
       <c r="L249" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M249" s="4">
-        <v>4252838.5711110001</v>
+        <v>270851.79136600002</v>
       </c>
       <c r="N249" s="4">
-        <v>4252838.57111111</v>
+        <v>270851.79136699002</v>
       </c>
       <c r="O249" s="3" t="s">
-        <v>34</v>
+        <v>806</v>
       </c>
       <c r="P249" s="3" t="s">
-        <v>806</v>
+        <v>766</v>
       </c>
       <c r="Q249" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R249" s="3" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="S249" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T249" s="4">
         <v>0.01</v>
       </c>
       <c r="U249" s="2">
-        <v>51818</v>
+        <v>48197</v>
       </c>
       <c r="V249" s="4">
-        <v>8.8190600000000003</v>
+        <v>5.69</v>
       </c>
       <c r="W249" s="3" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="X249" s="4">
-        <v>28416.97111111</v>
+        <v>0</v>
       </c>
       <c r="Y249" s="4">
-        <v>28416.971110999999</v>
+        <v>0</v>
       </c>
       <c r="Z249" s="6">
-        <v>3.307E-3</v>
+        <v>2.1000000000000001E-4</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
+        <v>808</v>
+      </c>
+      <c r="B250" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="C250" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D250" s="4">
+        <v>1291706.0547499999</v>
+      </c>
+      <c r="E250" s="5">
+        <v>94.757230000000007</v>
+      </c>
+      <c r="F250" s="4">
+        <v>1223984.8772233799</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H250" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I250" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J250" s="5">
+        <v>94.757230000000007</v>
+      </c>
+      <c r="K250" s="5">
+        <v>1</v>
+      </c>
+      <c r="L250" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M250" s="4">
+        <v>1223984.8772229999</v>
+      </c>
+      <c r="N250" s="4">
+        <v>1223984.8772233799</v>
+      </c>
+      <c r="O250" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P250" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q250" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R250" s="3" t="s">
+        <v>808</v>
+      </c>
+      <c r="S250" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T250" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U250" s="2">
+        <v>51487</v>
+      </c>
+      <c r="V250" s="4">
+        <v>2.3929999999999998</v>
+      </c>
+      <c r="W250" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="B250" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X250" s="4">
-        <v>17819.802691420002</v>
+        <v>0</v>
       </c>
       <c r="Y250" s="4">
-        <v>17819.802691000001</v>
+        <v>0</v>
       </c>
       <c r="Z250" s="6">
-        <v>5.1999999999999997E-5</v>
+        <v>9.5100000000000002E-4</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="C251" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D251" s="4">
+        <v>4000000</v>
+      </c>
+      <c r="E251" s="5">
+        <v>103.03158000000001</v>
+      </c>
+      <c r="F251" s="4">
+        <v>4121263.2</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H251" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I251" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J251" s="5">
+        <v>103.03158000000001</v>
+      </c>
+      <c r="K251" s="5">
+        <v>1</v>
+      </c>
+      <c r="L251" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M251" s="4">
+        <v>4121263.2</v>
+      </c>
+      <c r="N251" s="4">
+        <v>4121263.2</v>
+      </c>
+      <c r="O251" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P251" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="B251" s="3" t="s">
+      <c r="Q251" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R251" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="S251" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T251" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U251" s="2">
+        <v>51818</v>
+      </c>
+      <c r="V251" s="4">
+        <v>5.3883400000000004</v>
+      </c>
+      <c r="W251" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="C251" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X251" s="4">
-        <v>2.5484433900000001</v>
+        <v>0</v>
       </c>
       <c r="Y251" s="4">
-        <v>2.5484429999999998</v>
+        <v>0</v>
       </c>
       <c r="Z251" s="6">
-        <v>0</v>
+        <v>3.2039999999999998E-3</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D252" s="4">
-        <v>2386228.3051319998</v>
+        <v>4000000</v>
       </c>
       <c r="E252" s="5">
-        <v>94.962999999999994</v>
+        <v>104.65954000000001</v>
       </c>
       <c r="F252" s="4">
-        <v>2267902.2132556802</v>
+        <v>4186381.6</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H252" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I252" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J252" s="5">
-        <v>94.962999999999994</v>
+        <v>104.65954000000001</v>
       </c>
       <c r="K252" s="5">
         <v>1</v>
       </c>
       <c r="L252" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M252" s="4">
-        <v>2267902.2132549998</v>
+        <v>4186381.6</v>
       </c>
       <c r="N252" s="4">
-        <v>2267902.2132556802</v>
+        <v>4186381.6</v>
       </c>
       <c r="O252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>821</v>
+        <v>814</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="S252" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T252" s="4">
         <v>0.01</v>
       </c>
       <c r="U252" s="2">
-        <v>60202</v>
+        <v>51818</v>
       </c>
       <c r="V252" s="4">
-        <v>5.6370300000000002</v>
+        <v>8.8190600000000003</v>
       </c>
       <c r="W252" s="3" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="X252" s="4">
-        <v>1868.22785318</v>
+        <v>0</v>
       </c>
       <c r="Y252" s="4">
-        <v>1868.2278530000001</v>
+        <v>0</v>
       </c>
       <c r="Z252" s="6">
-        <v>1.763E-3</v>
+        <v>3.2539999999999999E-3</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D253" s="4">
-        <v>15303443.983077001</v>
+        <v>4328989.1145900004</v>
       </c>
       <c r="E253" s="5">
-        <v>24.013529999999999</v>
+        <v>1.1425099999999999</v>
       </c>
       <c r="F253" s="4">
-        <v>3755027.64498745</v>
+        <v>49459.133533100001</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H253" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I253" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J253" s="5">
-        <v>24.013529999999999</v>
+        <v>1.1425099999999999</v>
       </c>
       <c r="K253" s="5">
         <v>1</v>
       </c>
       <c r="L253" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M253" s="4">
-        <v>3755027.6449870002</v>
+        <v>49459.133533</v>
       </c>
       <c r="N253" s="4">
-        <v>3755027.64498745</v>
+        <v>49459.133533100001</v>
       </c>
       <c r="O253" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="S253" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T253" s="4">
         <v>0.01</v>
       </c>
       <c r="U253" s="2">
-        <v>49881</v>
+        <v>49577</v>
       </c>
       <c r="V253" s="4">
-        <v>6.5</v>
+        <v>5.3188599999999999</v>
       </c>
       <c r="W253" s="3" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="X253" s="4">
-        <v>80130.533078060005</v>
+        <v>0</v>
       </c>
       <c r="Y253" s="4">
-        <v>80130.533077999993</v>
+        <v>0</v>
       </c>
       <c r="Z253" s="6">
-        <v>2.9199999999999999E-3</v>
+        <v>3.8000000000000002E-5</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="B254" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="C254" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D254" s="4">
+        <v>507.89310599999999</v>
+      </c>
+      <c r="E254" s="5">
+        <v>9.9999999999999995E-7</v>
+      </c>
+      <c r="F254" s="4">
+        <v>5.0799999999999996E-6</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H254" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I254" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J254" s="5">
+        <v>9.9999999999999995E-7</v>
+      </c>
+      <c r="K254" s="5">
+        <v>1</v>
+      </c>
+      <c r="L254" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M254" s="4">
+        <v>5.0000000000000004E-6</v>
+      </c>
+      <c r="N254" s="4">
+        <v>5.0799999999999996E-6</v>
+      </c>
+      <c r="O254" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="P254" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="Q254" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R254" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="S254" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T254" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U254" s="2">
+        <v>49577</v>
+      </c>
+      <c r="V254" s="4">
+        <v>6.2288360000000003</v>
+      </c>
+      <c r="W254" s="3" t="s">
         <v>826</v>
       </c>
-      <c r="B254" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X254" s="4">
-        <v>10308.58333333</v>
+        <v>0</v>
       </c>
       <c r="Y254" s="4">
-        <v>10308.583333</v>
+        <v>0</v>
       </c>
       <c r="Z254" s="6">
-        <v>4.6849999999999999E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="B255" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="C255" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D255" s="4">
+        <v>2371895.6917679999</v>
+      </c>
+      <c r="E255" s="5">
+        <v>96.255989999999997</v>
+      </c>
+      <c r="F255" s="4">
+        <v>2285255.0029227501</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H255" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I255" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J255" s="5">
+        <v>96.255989999999997</v>
+      </c>
+      <c r="K255" s="5">
+        <v>1</v>
+      </c>
+      <c r="L255" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M255" s="4">
+        <v>2285255.0029219999</v>
+      </c>
+      <c r="N255" s="4">
+        <v>2285255.0029227501</v>
+      </c>
+      <c r="O255" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P255" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="Q255" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R255" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="S255" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T255" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U255" s="2">
+        <v>60202</v>
+      </c>
+      <c r="V255" s="4">
+        <v>5.4723899999999999</v>
+      </c>
+      <c r="W255" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="B255" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X255" s="4">
-        <v>24968.66566504</v>
+        <v>2163.32304411</v>
       </c>
       <c r="Y255" s="4">
-        <v>24968.665665</v>
+        <v>2163.3230440000002</v>
       </c>
       <c r="Z255" s="6">
-        <v>7.4600000000000003E-4</v>
+        <v>1.776E-3</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D256" s="4">
-        <v>1919000</v>
+        <v>15303443.983077001</v>
       </c>
       <c r="E256" s="5">
-        <v>99.75</v>
+        <v>24.066610000000001</v>
       </c>
       <c r="F256" s="4">
-        <v>1916980.3804333301</v>
+        <v>3683020.1799756102</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H256" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I256" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J256" s="5">
-        <v>99.75</v>
+        <v>24.066610000000001</v>
       </c>
       <c r="K256" s="5">
         <v>1</v>
       </c>
       <c r="L256" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M256" s="4">
-        <v>1916980.3804329999</v>
+        <v>3683020.1799750002</v>
       </c>
       <c r="N256" s="4">
-        <v>1916980.3804333301</v>
+        <v>3683020.1799756102</v>
       </c>
       <c r="O256" s="3" t="s">
-        <v>836</v>
+        <v>34</v>
       </c>
       <c r="P256" s="3" t="s">
-        <v>832</v>
+        <v>602</v>
       </c>
       <c r="Q256" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R256" s="3" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="S256" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T256" s="4">
         <v>0.01</v>
       </c>
       <c r="U256" s="2">
-        <v>48382</v>
+        <v>49881</v>
       </c>
       <c r="V256" s="4">
-        <v>4.75</v>
+        <v>6.5</v>
       </c>
       <c r="W256" s="3" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="X256" s="4">
-        <v>2777.88043333</v>
+        <v>0</v>
       </c>
       <c r="Y256" s="4">
-        <v>2777.8804329999998</v>
+        <v>0</v>
       </c>
       <c r="Z256" s="6">
-        <v>1.4909999999999999E-3</v>
+        <v>2.8630000000000001E-3</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D257" s="4">
-        <v>900000</v>
+        <v>6000000</v>
       </c>
       <c r="E257" s="5">
-        <v>99.75</v>
+        <v>100.18640000000001</v>
       </c>
       <c r="F257" s="4">
-        <v>898485</v>
+        <v>6054480.0499999998</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H257" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I257" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J257" s="5">
-        <v>99.75</v>
+        <v>100.18640000000001</v>
       </c>
       <c r="K257" s="5">
         <v>1</v>
       </c>
       <c r="L257" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M257" s="4">
-        <v>898485</v>
+        <v>6054480.0499999998</v>
       </c>
       <c r="N257" s="4">
-        <v>898485</v>
+        <v>6054480.0499999998</v>
       </c>
       <c r="O257" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P257" s="3" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="Q257" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R257" s="3" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="S257" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T257" s="4">
         <v>0.01</v>
       </c>
       <c r="U257" s="2">
-        <v>49751</v>
+        <v>47988</v>
       </c>
       <c r="V257" s="4">
-        <v>4.75</v>
+        <v>6.1851500000000001</v>
       </c>
       <c r="W257" s="3" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="X257" s="4">
-        <v>735</v>
+        <v>43296.05</v>
       </c>
       <c r="Y257" s="4">
-        <v>735</v>
+        <v>43296.05</v>
       </c>
       <c r="Z257" s="6">
-        <v>6.9800000000000005E-4</v>
+        <v>4.7070000000000002E-3</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="C258" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D258" s="4">
+        <v>1939288.7339999999</v>
+      </c>
+      <c r="E258" s="5">
+        <v>48.652639999999998</v>
+      </c>
+      <c r="F258" s="4">
+        <v>948599.91242164001</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H258" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I258" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J258" s="5">
+        <v>48.652639999999998</v>
+      </c>
+      <c r="K258" s="5">
+        <v>1</v>
+      </c>
+      <c r="L258" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M258" s="4">
+        <v>948599.91242099996</v>
+      </c>
+      <c r="N258" s="4">
+        <v>948599.91242164001</v>
+      </c>
+      <c r="O258" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P258" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q258" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R258" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="S258" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T258" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U258" s="2">
+        <v>50115</v>
+      </c>
+      <c r="V258" s="4">
+        <v>5.8994200000000001</v>
+      </c>
+      <c r="W258" s="3" t="s">
         <v>841</v>
       </c>
-      <c r="B258" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X258" s="4">
-        <v>69530.401018279998</v>
+        <v>5084.7461080599996</v>
       </c>
       <c r="Y258" s="4">
-        <v>69530.401018000004</v>
+        <v>5084.7461080000003</v>
       </c>
       <c r="Z258" s="6">
-        <v>1.23E-3</v>
+        <v>7.3700000000000002E-4</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D259" s="4">
+        <v>1919000</v>
+      </c>
+      <c r="E259" s="5">
+        <v>99.75</v>
+      </c>
+      <c r="F259" s="4">
+        <v>1917472.26384389</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H259" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I259" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J259" s="5">
+        <v>99.75</v>
+      </c>
+      <c r="K259" s="5">
+        <v>1</v>
+      </c>
+      <c r="L259" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M259" s="4">
+        <v>1917472.2638429999</v>
+      </c>
+      <c r="N259" s="4">
+        <v>1917472.26384389</v>
+      </c>
+      <c r="O259" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="B259" s="3" t="s">
+      <c r="P259" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q259" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R259" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="S259" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T259" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U259" s="2">
+        <v>48382</v>
+      </c>
+      <c r="V259" s="4">
+        <v>4.75</v>
+      </c>
+      <c r="W259" s="3" t="s">
         <v>845</v>
       </c>
-      <c r="C259" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X259" s="4">
-        <v>28984.06219321</v>
+        <v>3269.7638438899999</v>
       </c>
       <c r="Y259" s="4">
-        <v>28984.062193000002</v>
+        <v>3269.7638430000002</v>
       </c>
       <c r="Z259" s="6">
-        <v>2.1879999999999998E-3</v>
+        <v>1.49E-3</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="C260" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D260" s="4">
+        <v>900000</v>
+      </c>
+      <c r="E260" s="5">
+        <v>99.75</v>
+      </c>
+      <c r="F260" s="4">
+        <v>899073</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H260" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I260" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J260" s="5">
+        <v>99.75</v>
+      </c>
+      <c r="K260" s="5">
+        <v>1</v>
+      </c>
+      <c r="L260" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M260" s="4">
+        <v>899073</v>
+      </c>
+      <c r="N260" s="4">
+        <v>899073</v>
+      </c>
+      <c r="O260" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P260" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q260" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R260" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="S260" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T260" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U260" s="2">
+        <v>49810</v>
+      </c>
+      <c r="V260" s="4">
+        <v>4.75</v>
+      </c>
+      <c r="W260" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="B260" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X260" s="4">
-        <v>60046.59422544</v>
+        <v>1323</v>
       </c>
       <c r="Y260" s="4">
-        <v>60046.594225000001</v>
+        <v>1323</v>
       </c>
       <c r="Z260" s="6">
-        <v>4.4669999999999996E-3</v>
+        <v>6.9899999999999997E-4</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="C261" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D261" s="4">
+        <v>5400349.5891279997</v>
+      </c>
+      <c r="E261" s="5">
+        <v>27.341229999999999</v>
+      </c>
+      <c r="F261" s="4">
+        <v>1490681.5265777099</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H261" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I261" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J261" s="5">
+        <v>27.341229999999999</v>
+      </c>
+      <c r="K261" s="5">
+        <v>1</v>
+      </c>
+      <c r="L261" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M261" s="4">
+        <v>1490681.526577</v>
+      </c>
+      <c r="N261" s="4">
+        <v>1490681.5265777099</v>
+      </c>
+      <c r="O261" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P261" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q261" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R261" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="S261" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T261" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U261" s="2">
+        <v>48472</v>
+      </c>
+      <c r="V261" s="4">
+        <v>5.8990710000000002</v>
+      </c>
+      <c r="W261" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="B261" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X261" s="4">
-        <v>133207.5670064</v>
+        <v>14159.524610259999</v>
       </c>
       <c r="Y261" s="4">
-        <v>133207.567006</v>
+        <v>14159.52461</v>
       </c>
       <c r="Z261" s="6">
-        <v>1.0149E-2</v>
+        <v>1.1590000000000001E-3</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="B262" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="C262" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D262" s="4">
+        <v>2306006.9063599999</v>
+      </c>
+      <c r="E262" s="5">
+        <v>99.650040000000004</v>
+      </c>
+      <c r="F262" s="4">
+        <v>2302753.2023575599</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H262" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I262" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J262" s="5">
+        <v>99.650040000000004</v>
+      </c>
+      <c r="K262" s="5">
+        <v>1</v>
+      </c>
+      <c r="L262" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M262" s="4">
+        <v>2302753.2023570002</v>
+      </c>
+      <c r="N262" s="4">
+        <v>2302753.2023575599</v>
+      </c>
+      <c r="O262" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="P262" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q262" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R262" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="S262" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T262" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U262" s="2">
+        <v>48745</v>
+      </c>
+      <c r="V262" s="4">
+        <v>4.6994199999999999</v>
+      </c>
+      <c r="W262" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="B262" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X262" s="4">
-        <v>95430.628262419996</v>
+        <v>4816.3977670599998</v>
       </c>
       <c r="Y262" s="4">
-        <v>95430.628261999998</v>
+        <v>4816.3977670000004</v>
       </c>
       <c r="Z262" s="6">
-        <v>7.162E-3</v>
+        <v>1.7899999999999999E-3</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D263" s="4">
-        <v>14847019.27837</v>
+        <v>5308318.3808000004</v>
       </c>
       <c r="E263" s="5">
-        <v>96.106920000000002</v>
+        <v>98.65992</v>
       </c>
       <c r="F263" s="4">
-        <v>14419650.797846301</v>
+        <v>5248340.5643388098</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H263" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I263" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J263" s="5">
-        <v>96.106920000000002</v>
+        <v>98.65992</v>
       </c>
       <c r="K263" s="5">
         <v>1</v>
       </c>
       <c r="L263" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M263" s="4">
-        <v>14419650.797846001</v>
+        <v>5248340.5643379996</v>
       </c>
       <c r="N263" s="4">
-        <v>14419650.797846301</v>
+        <v>5248340.5643388098</v>
       </c>
       <c r="O263" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P263" s="3" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="Q263" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R263" s="3" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="S263" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T263" s="4">
         <v>0.01</v>
       </c>
       <c r="U263" s="2">
-        <v>50936</v>
+        <v>48837</v>
       </c>
       <c r="V263" s="4">
-        <v>4.8700799999999997</v>
+        <v>4.7294200000000002</v>
       </c>
       <c r="W263" s="3" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="X263" s="4">
-        <v>150637.85759835</v>
+        <v>11157.89649623</v>
       </c>
       <c r="Y263" s="4">
-        <v>150637.857598</v>
+        <v>11157.896495999999</v>
       </c>
       <c r="Z263" s="6">
-        <v>1.1214999999999999E-2</v>
+        <v>4.0800000000000003E-3</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="C264" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D264" s="4">
+        <v>12317502.920201</v>
+      </c>
+      <c r="E264" s="5">
+        <v>98.616889999999998</v>
+      </c>
+      <c r="F264" s="4">
+        <v>12172372.3252549</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H264" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I264" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J264" s="5">
+        <v>98.616889999999998</v>
+      </c>
+      <c r="K264" s="5">
+        <v>1</v>
+      </c>
+      <c r="L264" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M264" s="4">
+        <v>12172372.325254001</v>
+      </c>
+      <c r="N264" s="4">
+        <v>12172372.3252549</v>
+      </c>
+      <c r="O264" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="P264" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q264" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R264" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="S264" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T264" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U264" s="2">
+        <v>50754</v>
+      </c>
+      <c r="V264" s="4">
+        <v>4.6094200000000001</v>
+      </c>
+      <c r="W264" s="3" t="s">
         <v>862</v>
       </c>
-      <c r="B264" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X264" s="4">
-        <v>71523.203251159997</v>
+        <v>25234.019693530001</v>
       </c>
       <c r="Y264" s="4">
-        <v>71523.203250999999</v>
+        <v>25234.019692999998</v>
       </c>
       <c r="Z264" s="6">
-        <v>5.4359999999999999E-3</v>
+        <v>9.4640000000000002E-3</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="B265" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="C265" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D265" s="4">
+        <v>8763447.5512290001</v>
+      </c>
+      <c r="E265" s="5">
+        <v>97.600279999999998</v>
+      </c>
+      <c r="F265" s="4">
+        <v>8571180.3162579592</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H265" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I265" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J265" s="5">
+        <v>97.600279999999998</v>
+      </c>
+      <c r="K265" s="5">
+        <v>1</v>
+      </c>
+      <c r="L265" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M265" s="4">
+        <v>8571180.316257</v>
+      </c>
+      <c r="N265" s="4">
+        <v>8571180.3162579592</v>
+      </c>
+      <c r="O265" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="P265" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q265" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R265" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="S265" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T265" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U265" s="2">
+        <v>50936</v>
+      </c>
+      <c r="V265" s="4">
+        <v>4.6294199999999996</v>
+      </c>
+      <c r="W265" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="B265" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X265" s="4">
-        <v>14067.19850665</v>
+        <v>18030.968605599999</v>
       </c>
       <c r="Y265" s="4">
-        <v>14067.198506000001</v>
+        <v>18030.968604999998</v>
       </c>
       <c r="Z265" s="6">
-        <v>1.0640000000000001E-3</v>
+        <v>6.6639999999999998E-3</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="C266" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D266" s="4">
+        <v>14192035.386258001</v>
+      </c>
+      <c r="E266" s="5">
+        <v>95.98621</v>
+      </c>
+      <c r="F266" s="4">
+        <v>13651344.9829241</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H266" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I266" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J266" s="5">
+        <v>95.98621</v>
+      </c>
+      <c r="K266" s="5">
+        <v>1</v>
+      </c>
+      <c r="L266" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M266" s="4">
+        <v>13651344.982923999</v>
+      </c>
+      <c r="N266" s="4">
+        <v>13651344.9829241</v>
+      </c>
+      <c r="O266" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P266" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q266" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R266" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="S266" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T266" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U266" s="2">
+        <v>50936</v>
+      </c>
+      <c r="V266" s="4">
+        <v>4.5894199999999996</v>
+      </c>
+      <c r="W266" s="3" t="s">
         <v>869</v>
       </c>
-      <c r="B266" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X266" s="4">
-        <v>95929.938157120007</v>
+        <v>28948.09379662</v>
       </c>
       <c r="Y266" s="4">
-        <v>95929.938156999997</v>
+        <v>28948.093796000001</v>
       </c>
       <c r="Z266" s="6">
-        <v>7.352E-3</v>
+        <v>1.0614E-2</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D267" s="4">
-        <v>2672290.9504</v>
+        <v>6783111.9987120004</v>
       </c>
       <c r="E267" s="5">
-        <v>94.271559999999994</v>
+        <v>97.566310000000001</v>
       </c>
       <c r="F267" s="4">
-        <v>2546880.1579450001</v>
+        <v>6631807.5859235004</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H267" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I267" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J267" s="5">
-        <v>94.271559999999994</v>
+        <v>97.566310000000001</v>
       </c>
       <c r="K267" s="5">
         <v>1</v>
       </c>
       <c r="L267" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M267" s="4">
-        <v>2546880.1579450001</v>
+        <v>6631807.5859230002</v>
       </c>
       <c r="N267" s="4">
-        <v>2546880.1579450001</v>
+        <v>6631807.5859235004</v>
       </c>
       <c r="O267" s="3" t="s">
-        <v>34</v>
+        <v>872</v>
       </c>
       <c r="P267" s="3" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R267" s="3" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="S267" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T267" s="4">
         <v>0.01</v>
       </c>
       <c r="U267" s="2">
         <v>51119</v>
       </c>
       <c r="V267" s="4">
-        <v>4.9700800000000003</v>
+        <v>4.56942</v>
       </c>
       <c r="W267" s="3" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="X267" s="4">
-        <v>27669.791264089999</v>
+        <v>13775.50561296</v>
       </c>
       <c r="Y267" s="4">
-        <v>27669.791264</v>
+        <v>13775.505612000001</v>
       </c>
       <c r="Z267" s="6">
-        <v>1.98E-3</v>
+        <v>5.156E-3</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="C268" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D268" s="4">
+        <v>1334103.8801579999</v>
+      </c>
+      <c r="E268" s="5">
+        <v>97.135819999999995</v>
+      </c>
+      <c r="F268" s="4">
+        <v>1298602.1129553199</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H268" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I268" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J268" s="5">
+        <v>97.135819999999995</v>
+      </c>
+      <c r="K268" s="5">
+        <v>1</v>
+      </c>
+      <c r="L268" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M268" s="4">
+        <v>1298602.112955</v>
+      </c>
+      <c r="N268" s="4">
+        <v>1298602.1129553199</v>
+      </c>
+      <c r="O268" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P268" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q268" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R268" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="S268" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T268" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U268" s="2">
+        <v>51119</v>
+      </c>
+      <c r="V268" s="4">
+        <v>4.4994199999999998</v>
+      </c>
+      <c r="W268" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="B268" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X268" s="4">
-        <v>28957.162886040001</v>
+        <v>2709.3693120299999</v>
       </c>
       <c r="Y268" s="4">
-        <v>28957.162885999998</v>
+        <v>2709.3693119999998</v>
       </c>
       <c r="Z268" s="6">
-        <v>4.2300000000000003E-3</v>
+        <v>1.0089999999999999E-3</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="B269" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="C269" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D269" s="4">
+        <v>8910341.1784000006</v>
+      </c>
+      <c r="E269" s="5">
+        <v>98.015069999999994</v>
+      </c>
+      <c r="F269" s="4">
+        <v>8751453.9347818308</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H269" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I269" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J269" s="5">
+        <v>98.015069999999994</v>
+      </c>
+      <c r="K269" s="5">
+        <v>1</v>
+      </c>
+      <c r="L269" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M269" s="4">
+        <v>8751453.934781</v>
+      </c>
+      <c r="N269" s="4">
+        <v>8751453.9347818308</v>
+      </c>
+      <c r="O269" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="P269" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q269" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R269" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="S269" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T269" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U269" s="2">
+        <v>51851</v>
+      </c>
+      <c r="V269" s="4">
+        <v>4.5394199999999998</v>
+      </c>
+      <c r="W269" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="B269" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X269" s="4">
-        <v>20776.369963550002</v>
+        <v>17976.791534249998</v>
       </c>
       <c r="Y269" s="4">
-        <v>20776.369963000001</v>
+        <v>17976.791534</v>
       </c>
       <c r="Z269" s="6">
-        <v>3.2399999999999998E-3</v>
+        <v>6.8040000000000002E-3</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="C270" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D270" s="4">
+        <v>2612921.2851999998</v>
+      </c>
+      <c r="E270" s="5">
+        <v>94.317329999999998</v>
+      </c>
+      <c r="F270" s="4">
+        <v>2469883.4069059901</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H270" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I270" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J270" s="5">
+        <v>94.317329999999998</v>
+      </c>
+      <c r="K270" s="5">
+        <v>1</v>
+      </c>
+      <c r="L270" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M270" s="4">
+        <v>2469883.4069050001</v>
+      </c>
+      <c r="N270" s="4">
+        <v>2469883.4069059901</v>
+      </c>
+      <c r="O270" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P270" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q270" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R270" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="S270" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T270" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U270" s="2">
+        <v>51119</v>
+      </c>
+      <c r="V270" s="4">
+        <v>4.6894200000000001</v>
+      </c>
+      <c r="W270" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="B270" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X270" s="4">
-        <v>135220.35734869001</v>
+        <v>5445.8157036599996</v>
       </c>
       <c r="Y270" s="4">
-        <v>135220.35734799999</v>
+        <v>5445.8157030000002</v>
       </c>
       <c r="Z270" s="6">
-        <v>7.9380000000000006E-3</v>
+        <v>1.92E-3</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="C271" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D271" s="4">
+        <v>5410278.4597199997</v>
+      </c>
+      <c r="E271" s="5">
+        <v>99.997420000000005</v>
+      </c>
+      <c r="F271" s="4">
+        <v>5464835.7377649201</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H271" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I271" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J271" s="5">
+        <v>99.997420000000005</v>
+      </c>
+      <c r="K271" s="5">
+        <v>1</v>
+      </c>
+      <c r="L271" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M271" s="4">
+        <v>5464835.737764</v>
+      </c>
+      <c r="N271" s="4">
+        <v>5464835.7377649201</v>
+      </c>
+      <c r="O271" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="P271" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q271" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R271" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="S271" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T271" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U271" s="2">
+        <v>46139</v>
+      </c>
+      <c r="V271" s="4">
+        <v>5.3522499999999997</v>
+      </c>
+      <c r="W271" s="3" t="s">
         <v>887</v>
       </c>
-      <c r="B271" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X271" s="4">
-        <v>58752.41877833</v>
+        <v>54696.863229180002</v>
       </c>
       <c r="Y271" s="4">
-        <v>58752.418777999999</v>
+        <v>54696.863229000002</v>
       </c>
       <c r="Z271" s="6">
-        <v>6.587E-3</v>
+        <v>4.248E-3</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D272" s="4">
-        <v>7942889.3660380002</v>
+        <v>4212351.3535500001</v>
       </c>
       <c r="E272" s="5">
-        <v>100.23867</v>
+        <v>98.496049999999997</v>
       </c>
       <c r="F272" s="4">
-        <v>8017177.9394158497</v>
+        <v>4188243.9497438702</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H272" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I272" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J272" s="5">
-        <v>100.23867</v>
+        <v>98.496049999999997</v>
       </c>
       <c r="K272" s="5">
         <v>1</v>
       </c>
       <c r="L272" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M272" s="4">
-        <v>8017177.9394150004</v>
+        <v>4188243.9497429999</v>
       </c>
       <c r="N272" s="4">
-        <v>8017177.9394158497</v>
+        <v>4188243.9497438702</v>
       </c>
       <c r="O272" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P272" s="3" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="Q272" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R272" s="3" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="S272" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T272" s="4">
         <v>0.01</v>
       </c>
       <c r="U272" s="2">
         <v>46959</v>
       </c>
       <c r="V272" s="4">
-        <v>6.2522500000000001</v>
+        <v>4.9322499999999998</v>
       </c>
       <c r="W272" s="3" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="X272" s="4">
-        <v>55331.279328329998</v>
+        <v>39244.254375589997</v>
       </c>
       <c r="Y272" s="4">
-        <v>55331.279327999997</v>
+        <v>39244.254374999997</v>
       </c>
       <c r="Z272" s="6">
-        <v>6.2350000000000001E-3</v>
+        <v>3.2560000000000002E-3</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="B273" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="C273" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D273" s="4">
+        <v>9761242.0587200001</v>
+      </c>
+      <c r="E273" s="5">
+        <v>99.041370000000001</v>
+      </c>
+      <c r="F273" s="4">
+        <v>9695356.8634960502</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H273" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I273" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J273" s="5">
+        <v>99.041370000000001</v>
+      </c>
+      <c r="K273" s="5">
+        <v>1</v>
+      </c>
+      <c r="L273" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M273" s="4">
+        <v>9695356.8634959999</v>
+      </c>
+      <c r="N273" s="4">
+        <v>9695356.8634960502</v>
+      </c>
+      <c r="O273" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P273" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="Q273" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R273" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="S273" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T273" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U273" s="2">
+        <v>51302</v>
+      </c>
+      <c r="V273" s="4">
+        <v>5.5289700000000002</v>
+      </c>
+      <c r="W273" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="B273" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X273" s="4">
-        <v>92567.758366830007</v>
+        <v>27688.999523549999</v>
       </c>
       <c r="Y273" s="4">
-        <v>92567.758365999995</v>
+        <v>27688.999522999999</v>
       </c>
       <c r="Z273" s="6">
-        <v>1.255E-2</v>
+        <v>7.5380000000000004E-3</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="C274" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D274" s="4">
+        <v>8373894.8735819999</v>
+      </c>
+      <c r="E274" s="5">
+        <v>100.40713</v>
+      </c>
+      <c r="F274" s="4">
+        <v>8518964.30280656</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H274" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I274" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J274" s="5">
+        <v>100.40713</v>
+      </c>
+      <c r="K274" s="5">
+        <v>1</v>
+      </c>
+      <c r="L274" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M274" s="4">
+        <v>8518964.3028059993</v>
+      </c>
+      <c r="N274" s="4">
+        <v>8518964.30280656</v>
+      </c>
+      <c r="O274" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="P274" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q274" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R274" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="S274" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T274" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U274" s="2">
+        <v>46777</v>
+      </c>
+      <c r="V274" s="4">
+        <v>6.3022499999999999</v>
+      </c>
+      <c r="W274" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="B274" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X274" s="4">
-        <v>12452.82306312</v>
+        <v>110976.79102574001</v>
       </c>
       <c r="Y274" s="4">
-        <v>12452.823063</v>
+        <v>110976.791025</v>
       </c>
       <c r="Z274" s="6">
-        <v>2.6519999999999998E-3</v>
+        <v>6.6230000000000004E-3</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="B275" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="C275" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D275" s="4">
+        <v>7942889.3660380002</v>
+      </c>
+      <c r="E275" s="5">
+        <v>100.22689</v>
+      </c>
+      <c r="F275" s="4">
+        <v>8065425.6264514904</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H275" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I275" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J275" s="5">
+        <v>100.22689</v>
+      </c>
+      <c r="K275" s="5">
+        <v>1</v>
+      </c>
+      <c r="L275" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M275" s="4">
+        <v>8065425.6264509996</v>
+      </c>
+      <c r="N275" s="4">
+        <v>8065425.6264514904</v>
+      </c>
+      <c r="O275" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P275" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q275" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R275" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="S275" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T275" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U275" s="2">
+        <v>46959</v>
+      </c>
+      <c r="V275" s="4">
+        <v>6.2522500000000001</v>
+      </c>
+      <c r="W275" s="3" t="s">
         <v>901</v>
       </c>
-      <c r="B275" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X275" s="4">
-        <v>3059.2103849999999</v>
+        <v>104514.63873129</v>
       </c>
       <c r="Y275" s="4">
-        <v>3059.2103849999999</v>
+        <v>104514.638731</v>
       </c>
       <c r="Z275" s="6">
-        <v>1.6260000000000001E-3</v>
+        <v>6.2700000000000004E-3</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="B276" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="C276" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D276" s="4">
+        <v>16233549.6281</v>
+      </c>
+      <c r="E276" s="5">
+        <v>98.85342</v>
+      </c>
+      <c r="F276" s="4">
+        <v>16222269.205022501</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H276" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I276" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J276" s="5">
+        <v>98.85342</v>
+      </c>
+      <c r="K276" s="5">
+        <v>1</v>
+      </c>
+      <c r="L276" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M276" s="4">
+        <v>16222269.205022</v>
+      </c>
+      <c r="N276" s="4">
+        <v>16222269.205022501</v>
+      </c>
+      <c r="O276" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="P276" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q276" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R276" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="S276" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T276" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U276" s="2">
+        <v>47416</v>
+      </c>
+      <c r="V276" s="4">
+        <v>5.7022500000000003</v>
+      </c>
+      <c r="W276" s="3" t="s">
         <v>905</v>
       </c>
-      <c r="B276" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X276" s="4">
-        <v>9174.6182650800001</v>
+        <v>174850.21024846</v>
       </c>
       <c r="Y276" s="4">
-        <v>9174.6182649999992</v>
+        <v>174850.21024799999</v>
       </c>
       <c r="Z276" s="6">
-        <v>7.2329999999999998E-3</v>
+        <v>1.2612E-2</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="B277" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="C277" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D277" s="4">
+        <v>3197324.1067949999</v>
+      </c>
+      <c r="E277" s="5">
+        <v>104.86055</v>
+      </c>
+      <c r="F277" s="4">
+        <v>3365541.7440171898</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H277" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I277" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J277" s="5">
+        <v>104.86055</v>
+      </c>
+      <c r="K277" s="5">
+        <v>1</v>
+      </c>
+      <c r="L277" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M277" s="4">
+        <v>3365541.7440169998</v>
+      </c>
+      <c r="N277" s="4">
+        <v>3365541.7440171898</v>
+      </c>
+      <c r="O277" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P277" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="Q277" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R277" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="S277" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T277" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U277" s="2">
+        <v>51789</v>
+      </c>
+      <c r="V277" s="4">
+        <v>9.01464</v>
+      </c>
+      <c r="W277" s="3" t="s">
         <v>908</v>
       </c>
-      <c r="B277" s="3" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="X277" s="4">
-        <v>0</v>
+        <v>12810.100349369999</v>
       </c>
       <c r="Y277" s="4">
-        <v>0</v>
+        <v>12810.100349</v>
       </c>
       <c r="Z277" s="6">
-        <v>3.8099999999999999E-4</v>
+        <v>2.6159999999999998E-3</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="B278" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="C278" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="D278" s="4">
+        <v>1832698.7279999999</v>
+      </c>
+      <c r="E278" s="5">
+        <v>99.625720000000001</v>
+      </c>
+      <c r="F278" s="4">
+        <v>1828690.16788884</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H278" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I278" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J278" s="5">
+        <v>99.625720000000001</v>
+      </c>
+      <c r="K278" s="5">
+        <v>1</v>
+      </c>
+      <c r="L278" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M278" s="4">
+        <v>1828690.1678879999</v>
+      </c>
+      <c r="N278" s="4">
+        <v>1828690.16788884</v>
+      </c>
+      <c r="O278" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P278" s="3" t="s">
         <v>911</v>
       </c>
-      <c r="B278" s="3" t="s">
+      <c r="Q278" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R278" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="S278" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T278" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U278" s="2">
+        <v>51487</v>
+      </c>
+      <c r="V278" s="4">
+        <v>3.5</v>
+      </c>
+      <c r="W278" s="3" t="s">
         <v>912</v>
       </c>
-      <c r="C278" s="3" t="s">
-[...61 lines deleted...]
-      </c>
       <c r="X278" s="4">
-        <v>342.40434992000002</v>
+        <v>2850.8646880000001</v>
       </c>
       <c r="Y278" s="4">
-        <v>342.40434900000002</v>
+        <v>2850.8646880000001</v>
       </c>
       <c r="Z278" s="6">
-        <v>2.5000000000000001E-5</v>
+        <v>1.421E-3</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D279" s="4">
-        <v>511322.94</v>
+        <v>8953687.9225999992</v>
       </c>
       <c r="E279" s="5">
-        <v>100.08159999999999</v>
+        <v>97.845460000000003</v>
       </c>
       <c r="F279" s="4">
-        <v>513570.70967880997</v>
+        <v>8769969.5877662804</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H279" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I279" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J279" s="5">
-        <v>100.08159999999999</v>
+        <v>97.845460000000003</v>
       </c>
       <c r="K279" s="5">
         <v>1</v>
       </c>
       <c r="L279" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M279" s="4">
-        <v>513570.70967800001</v>
+        <v>8769969.5877659991</v>
       </c>
       <c r="N279" s="4">
-        <v>513570.70967880997</v>
+        <v>8769969.5877662804</v>
       </c>
       <c r="O279" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P279" s="3" t="s">
-        <v>920</v>
+        <v>911</v>
       </c>
       <c r="Q279" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R279" s="3" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="S279" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T279" s="4">
         <v>0.01</v>
       </c>
       <c r="U279" s="2">
-        <v>47975</v>
+        <v>55899</v>
       </c>
       <c r="V279" s="4">
-        <v>5.6034600000000001</v>
+        <v>2.31</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="X279" s="4">
-        <v>1830.53015977</v>
+        <v>9192.4529338699995</v>
       </c>
       <c r="Y279" s="4">
-        <v>1830.5301589999999</v>
+        <v>9192.4529330000005</v>
       </c>
       <c r="Z279" s="6">
-        <v>3.9899999999999999E-4</v>
+        <v>6.8180000000000003E-3</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D280" s="4">
-        <v>1066282.791924</v>
+        <v>1000</v>
       </c>
       <c r="E280" s="5">
-        <v>99.898099999999999</v>
+        <v>49347.798360000001</v>
       </c>
       <c r="F280" s="4">
-        <v>1072507.57996182</v>
+        <v>493477.98359999998</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H280" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I280" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J280" s="5">
-        <v>99.898099999999999</v>
+        <v>49347.798360000001</v>
       </c>
       <c r="K280" s="5">
         <v>1</v>
       </c>
       <c r="L280" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M280" s="4">
-        <v>1072507.579961</v>
+        <v>493477.98359999998</v>
       </c>
       <c r="N280" s="4">
-        <v>1072507.57996182</v>
+        <v>493477.98359999998</v>
       </c>
       <c r="O280" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P280" s="3" t="s">
-        <v>924</v>
+        <v>911</v>
       </c>
       <c r="Q280" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R280" s="3" t="s">
-        <v>922</v>
+        <v>916</v>
       </c>
       <c r="S280" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T280" s="4">
         <v>0.01</v>
       </c>
       <c r="U280" s="2">
-        <v>47956</v>
+        <v>57269</v>
       </c>
       <c r="V280" s="4">
-        <v>5.7406100000000002</v>
+        <v>0</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>925</v>
+        <v>918</v>
       </c>
       <c r="X280" s="4">
-        <v>7311.3302027899999</v>
+        <v>0</v>
       </c>
       <c r="Y280" s="4">
-        <v>7311.3302020000001</v>
+        <v>0</v>
       </c>
       <c r="Z280" s="6">
-        <v>8.34E-4</v>
+        <v>3.8299999999999999E-4</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
-        <v>926</v>
+        <v>919</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>927</v>
+        <v>920</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D281" s="4">
-        <v>719424.07445099996</v>
+        <v>511322.94</v>
       </c>
       <c r="E281" s="5">
-        <v>100.0236</v>
+        <v>100.04349999999999</v>
       </c>
       <c r="F281" s="4">
-        <v>724722.58000157005</v>
+        <v>515922.72020877001</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H281" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I281" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J281" s="5">
-        <v>100.0236</v>
+        <v>100.04349999999999</v>
       </c>
       <c r="K281" s="5">
         <v>1</v>
       </c>
       <c r="L281" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M281" s="4">
-        <v>724722.58000099997</v>
+        <v>515922.72020799998</v>
       </c>
       <c r="N281" s="4">
-        <v>724722.58000157005</v>
+        <v>515922.72020877001</v>
       </c>
       <c r="O281" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P281" s="3" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="Q281" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R281" s="3" t="s">
-        <v>926</v>
+        <v>919</v>
       </c>
       <c r="S281" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T281" s="4">
         <v>0.01</v>
       </c>
       <c r="U281" s="2">
-        <v>47953</v>
+        <v>47975</v>
       </c>
       <c r="V281" s="4">
-        <v>5.5791599999999999</v>
+        <v>5.6034600000000001</v>
       </c>
       <c r="W281" s="3" t="s">
-        <v>928</v>
+        <v>922</v>
       </c>
       <c r="X281" s="4">
-        <v>5128.7214690000001</v>
+        <v>4377.3547298699996</v>
       </c>
       <c r="Y281" s="4">
-        <v>5128.7214690000001</v>
+        <v>4377.3547289999997</v>
       </c>
       <c r="Z281" s="6">
-        <v>5.6300000000000002E-4</v>
+        <v>4.0099999999999999E-4</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
-        <v>929</v>
+        <v>923</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>930</v>
+        <v>924</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D282" s="4">
-        <v>418995.79105200002</v>
+        <v>1066282.791924</v>
       </c>
       <c r="E282" s="5">
-        <v>100.0523</v>
+        <v>99.919700000000006</v>
       </c>
       <c r="F282" s="4">
-        <v>419560.42454257002</v>
+        <v>1078178.8869632201</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H282" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I282" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J282" s="5">
-        <v>100.0523</v>
+        <v>99.919700000000006</v>
       </c>
       <c r="K282" s="5">
         <v>1</v>
       </c>
       <c r="L282" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M282" s="4">
-        <v>419560.42454199999</v>
+        <v>1078178.8869630001</v>
       </c>
       <c r="N282" s="4">
-        <v>419560.42454257002</v>
+        <v>1078178.8869632201</v>
       </c>
       <c r="O282" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P282" s="3" t="s">
-        <v>931</v>
+        <v>925</v>
       </c>
       <c r="Q282" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R282" s="3" t="s">
-        <v>929</v>
+        <v>923</v>
       </c>
       <c r="S282" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T282" s="4">
         <v>0.01</v>
       </c>
       <c r="U282" s="2">
-        <v>49699</v>
+        <v>47956</v>
       </c>
       <c r="V282" s="4">
-        <v>5.93703</v>
+        <v>5.7406100000000002</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>932</v>
+        <v>926</v>
       </c>
       <c r="X282" s="4">
-        <v>345.49869185</v>
+        <v>12752.320121139999</v>
       </c>
       <c r="Y282" s="4">
-        <v>345.49869100000001</v>
+        <v>12752.320121000001</v>
       </c>
       <c r="Z282" s="6">
-        <v>3.2600000000000001E-4</v>
+        <v>8.3799999999999999E-4</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D283" s="4">
-        <v>2207393.2439040001</v>
+        <v>719424.07445099996</v>
       </c>
       <c r="E283" s="5">
-        <v>100.0429</v>
+        <v>100.0137</v>
       </c>
       <c r="F283" s="4">
-        <v>2234553.3782758699</v>
+        <v>728219.16325750004</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H283" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I283" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J283" s="5">
-        <v>100.0429</v>
+        <v>100.0137</v>
       </c>
       <c r="K283" s="5">
         <v>1</v>
       </c>
       <c r="L283" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M283" s="4">
-        <v>2234553.378275</v>
+        <v>728219.16325700004</v>
       </c>
       <c r="N283" s="4">
-        <v>2234553.3782758699</v>
+        <v>728219.16325750004</v>
       </c>
       <c r="O283" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>935</v>
+        <v>925</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R283" s="3" t="s">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="S283" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T283" s="4">
         <v>0.01</v>
       </c>
       <c r="U283" s="2">
-        <v>48014</v>
+        <v>47953</v>
       </c>
       <c r="V283" s="4">
-        <v>5.7000799999999998</v>
+        <v>5.5791599999999999</v>
       </c>
       <c r="W283" s="3" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="X283" s="4">
-        <v>26213.162670229998</v>
+        <v>8696.5277083000001</v>
       </c>
       <c r="Y283" s="4">
-        <v>26213.162670000002</v>
+        <v>8696.5277079999996</v>
       </c>
       <c r="Z283" s="6">
-        <v>1.738E-3</v>
+        <v>5.6599999999999999E-4</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>938</v>
+        <v>931</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D284" s="4">
-        <v>223284.52335999999</v>
+        <v>364673.84280599997</v>
       </c>
       <c r="E284" s="5">
-        <v>100.1071</v>
+        <v>100.04562</v>
       </c>
       <c r="F284" s="4">
-        <v>225186.76707787</v>
+        <v>365191.04695366998</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H284" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I284" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J284" s="5">
-        <v>100.1071</v>
+        <v>100.04562</v>
       </c>
       <c r="K284" s="5">
         <v>1</v>
       </c>
       <c r="L284" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M284" s="4">
-        <v>225186.767077</v>
+        <v>365191.04695300001</v>
       </c>
       <c r="N284" s="4">
-        <v>225186.76707787</v>
+        <v>365191.04695366998</v>
       </c>
       <c r="O284" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P284" s="3" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R284" s="3" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="S284" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T284" s="4">
         <v>0.01</v>
       </c>
       <c r="U284" s="2">
-        <v>47771</v>
+        <v>49699</v>
       </c>
       <c r="V284" s="4">
-        <v>5.8291599999999999</v>
+        <v>5.7723899999999997</v>
       </c>
       <c r="W284" s="3" t="s">
-        <v>939</v>
+        <v>933</v>
       </c>
       <c r="X284" s="4">
-        <v>1663.1059933500001</v>
+        <v>350.83994058000002</v>
       </c>
       <c r="Y284" s="4">
-        <v>1663.1059929999999</v>
+        <v>350.83994000000001</v>
       </c>
       <c r="Z284" s="6">
-        <v>1.75E-4</v>
+        <v>2.8299999999999999E-4</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
-        <v>940</v>
+        <v>934</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>941</v>
+        <v>935</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D285" s="4">
-        <v>3849491.9429759998</v>
+        <v>1306188.2984160001</v>
       </c>
       <c r="E285" s="5">
-        <v>81.644040000000004</v>
+        <v>100.0745</v>
       </c>
       <c r="F285" s="4">
-        <v>3160310.8210017001</v>
+        <v>1310307.5344708499</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H285" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I285" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J285" s="5">
-        <v>81.644040000000004</v>
+        <v>100.0745</v>
       </c>
       <c r="K285" s="5">
         <v>1</v>
       </c>
       <c r="L285" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M285" s="4">
-        <v>3160310.8210009998</v>
+        <v>1310307.5344700001</v>
       </c>
       <c r="N285" s="4">
-        <v>3160310.8210017001</v>
+        <v>1310307.5344708499</v>
       </c>
       <c r="O285" s="3" t="s">
-        <v>942</v>
+        <v>34</v>
       </c>
       <c r="P285" s="3" t="s">
-        <v>943</v>
+        <v>936</v>
       </c>
       <c r="Q285" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R285" s="3" t="s">
-        <v>940</v>
+        <v>934</v>
       </c>
       <c r="S285" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T285" s="4">
         <v>0.01</v>
       </c>
       <c r="U285" s="2">
-        <v>49454</v>
+        <v>48014</v>
       </c>
       <c r="V285" s="4">
-        <v>5.6218300000000001</v>
+        <v>5.4194199999999997</v>
       </c>
       <c r="W285" s="3" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="X285" s="4">
-        <v>17430.079281589999</v>
+        <v>3146.1257725300002</v>
       </c>
       <c r="Y285" s="4">
-        <v>17430.079280999998</v>
+        <v>3146.1257719999999</v>
       </c>
       <c r="Z285" s="6">
-        <v>2.4580000000000001E-3</v>
+        <v>1.018E-3</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
-        <v>945</v>
+        <v>938</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D286" s="4">
-        <v>2887260.8409199999</v>
+        <v>223284.52335999999</v>
       </c>
       <c r="E286" s="5">
-        <v>89.455119999999994</v>
+        <v>100.02809999999999</v>
       </c>
       <c r="F286" s="4">
-        <v>2584710.2591855102</v>
+        <v>226167.31560413999</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H286" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I286" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J286" s="5">
-        <v>89.455119999999994</v>
+        <v>100.02809999999999</v>
       </c>
       <c r="K286" s="5">
         <v>1</v>
       </c>
       <c r="L286" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M286" s="4">
-        <v>2584710.2591849999</v>
+        <v>226167.315604</v>
       </c>
       <c r="N286" s="4">
-        <v>2584710.2591855102</v>
+        <v>226167.31560413999</v>
       </c>
       <c r="O286" s="3" t="s">
-        <v>947</v>
+        <v>34</v>
       </c>
       <c r="P286" s="3" t="s">
-        <v>948</v>
+        <v>936</v>
       </c>
       <c r="Q286" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R286" s="3" t="s">
-        <v>945</v>
+        <v>938</v>
       </c>
       <c r="S286" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T286" s="4">
         <v>0.01</v>
       </c>
       <c r="U286" s="2">
-        <v>50065</v>
+        <v>47771</v>
       </c>
       <c r="V286" s="4">
-        <v>4.7570300000000003</v>
+        <v>5.8291599999999999</v>
       </c>
       <c r="W286" s="3" t="s">
-        <v>949</v>
+        <v>940</v>
       </c>
       <c r="X286" s="4">
-        <v>1907.60922751</v>
+        <v>2820.0492930800001</v>
       </c>
       <c r="Y286" s="4">
-        <v>1907.6092269999999</v>
+        <v>2820.049293</v>
       </c>
       <c r="Z286" s="6">
-        <v>2.0100000000000001E-3</v>
+        <v>1.75E-4</v>
       </c>
     </row>
     <row r="287" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
-        <v>950</v>
+        <v>941</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>951</v>
+        <v>942</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D287" s="4">
-        <v>7606003.6768049998</v>
+        <v>3837398.2191360001</v>
       </c>
       <c r="E287" s="5">
-        <v>42.840400000000002</v>
+        <v>81.847769999999997</v>
       </c>
       <c r="F287" s="4">
-        <v>3263414.8557533599</v>
+        <v>3140824.8683825298</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H287" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I287" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J287" s="5">
-        <v>42.840400000000002</v>
+        <v>81.847769999999997</v>
       </c>
       <c r="K287" s="5">
         <v>1</v>
       </c>
       <c r="L287" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M287" s="4">
-        <v>3263414.8557529999</v>
+        <v>3140824.8683819999</v>
       </c>
       <c r="N287" s="4">
-        <v>3263414.8557533599</v>
+        <v>3140824.8683825298</v>
       </c>
       <c r="O287" s="3" t="s">
-        <v>34</v>
+        <v>943</v>
       </c>
       <c r="P287" s="3" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="Q287" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R287" s="3" t="s">
-        <v>950</v>
+        <v>941</v>
       </c>
       <c r="S287" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T287" s="4">
         <v>0.01</v>
       </c>
       <c r="U287" s="2">
-        <v>58131</v>
+        <v>49454</v>
       </c>
       <c r="V287" s="4">
-        <v>4.9770300000000001</v>
+        <v>5.55342</v>
       </c>
       <c r="W287" s="3" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="X287" s="4">
-        <v>4972.4565953900001</v>
+        <v>0</v>
       </c>
       <c r="Y287" s="4">
-        <v>4972.4565949999997</v>
+        <v>0</v>
       </c>
       <c r="Z287" s="6">
-        <v>2.5379999999999999E-3</v>
+        <v>2.4420000000000002E-3</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D288" s="4">
-        <v>3192363.0219410001</v>
+        <v>2856374.57332</v>
       </c>
       <c r="E288" s="5">
-        <v>99.889439999999993</v>
+        <v>90.076769999999996</v>
       </c>
       <c r="F288" s="4">
-        <v>3191266.4053382198</v>
+        <v>2575116.2190857301</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H288" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I288" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J288" s="5">
-        <v>99.889439999999993</v>
+        <v>90.076769999999996</v>
       </c>
       <c r="K288" s="5">
         <v>1</v>
       </c>
       <c r="L288" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M288" s="4">
-        <v>3191266.405338</v>
+        <v>2575116.219085</v>
       </c>
       <c r="N288" s="4">
-        <v>3191266.4053382198</v>
+        <v>2575116.2190857301</v>
       </c>
       <c r="O288" s="3" t="s">
-        <v>34</v>
+        <v>948</v>
       </c>
       <c r="P288" s="3" t="s">
-        <v>956</v>
+        <v>949</v>
       </c>
       <c r="Q288" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R288" s="3" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="S288" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T288" s="4">
         <v>0.01</v>
       </c>
       <c r="U288" s="2">
-        <v>53352</v>
+        <v>50065</v>
       </c>
       <c r="V288" s="4">
-        <v>5.4870299999999999</v>
+        <v>4.59239</v>
       </c>
       <c r="W288" s="3" t="s">
-        <v>957</v>
+        <v>950</v>
       </c>
       <c r="X288" s="4">
-        <v>2432.8599544799999</v>
+        <v>2186.2643377899999</v>
       </c>
       <c r="Y288" s="4">
-        <v>2432.859954</v>
+        <v>2186.2643370000001</v>
       </c>
       <c r="Z288" s="6">
-        <v>2.4819999999999998E-3</v>
+        <v>2.0019999999999999E-3</v>
       </c>
     </row>
     <row r="289" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
-        <v>958</v>
+        <v>951</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>959</v>
+        <v>952</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D289" s="4">
-        <v>17741000</v>
+        <v>7595128.4712150004</v>
       </c>
       <c r="E289" s="5">
-        <v>95.201629999999994</v>
+        <v>43.04569</v>
       </c>
       <c r="F289" s="4">
-        <v>16918574.4507722</v>
+        <v>3275125.46275701</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H289" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I289" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J289" s="5">
-        <v>95.201629999999994</v>
+        <v>43.04569</v>
       </c>
       <c r="K289" s="5">
         <v>1</v>
       </c>
       <c r="L289" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M289" s="4">
-        <v>16918574.450771999</v>
+        <v>3275125.4627569998</v>
       </c>
       <c r="N289" s="4">
-        <v>16918574.4507722</v>
+        <v>3275125.46275701</v>
       </c>
       <c r="O289" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P289" s="3" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="Q289" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R289" s="3" t="s">
-        <v>958</v>
+        <v>951</v>
       </c>
       <c r="S289" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T289" s="4">
         <v>0.01</v>
       </c>
       <c r="U289" s="2">
-        <v>59130</v>
+        <v>58070</v>
       </c>
       <c r="V289" s="4">
-        <v>5.8548999999999998</v>
+        <v>4.8123899999999997</v>
       </c>
       <c r="W289" s="3" t="s">
-        <v>960</v>
+        <v>954</v>
       </c>
       <c r="X289" s="4">
-        <v>28853.27247222</v>
+        <v>5750.0059360599998</v>
       </c>
       <c r="Y289" s="4">
-        <v>28853.272472000001</v>
+        <v>5750.0059359999996</v>
       </c>
       <c r="Z289" s="6">
-        <v>1.3159000000000001E-2</v>
+        <v>2.5460000000000001E-3</v>
       </c>
     </row>
     <row r="290" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A290" s="3" t="s">
-        <v>961</v>
+        <v>955</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D290" s="4">
-        <v>9955922.9600000009</v>
+        <v>2853161.4502289998</v>
       </c>
       <c r="E290" s="5">
-        <v>99.475369999999998</v>
+        <v>99.899029999999996</v>
       </c>
       <c r="F290" s="4">
-        <v>9938177.4122947305</v>
+        <v>2852811.5527743502</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H290" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I290" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J290" s="5">
-        <v>99.475369999999998</v>
+        <v>99.899029999999996</v>
       </c>
       <c r="K290" s="5">
         <v>1</v>
       </c>
       <c r="L290" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M290" s="4">
-        <v>9938177.4122940004</v>
+        <v>2852811.552774</v>
       </c>
       <c r="N290" s="4">
-        <v>9938177.4122947305</v>
+        <v>2852811.5527743502</v>
       </c>
       <c r="O290" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P290" s="3" t="s">
-        <v>963</v>
+        <v>957</v>
       </c>
       <c r="Q290" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="R290" s="3" t="s">
-        <v>961</v>
+        <v>955</v>
       </c>
       <c r="S290" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T290" s="4">
         <v>0.01</v>
       </c>
       <c r="U290" s="2">
-        <v>51822</v>
+        <v>53352</v>
       </c>
       <c r="V290" s="4">
-        <v>4.3</v>
+        <v>5.3223900000000004</v>
       </c>
       <c r="W290" s="3" t="s">
-        <v>964</v>
+        <v>958</v>
       </c>
       <c r="X290" s="4">
-        <v>34486.210919780002</v>
+        <v>2530.93966185</v>
       </c>
       <c r="Y290" s="4">
-        <v>34486.210918999997</v>
+        <v>2530.9396609999999</v>
       </c>
       <c r="Z290" s="6">
-        <v>7.7289999999999998E-3</v>
+        <v>2.2179999999999999E-3</v>
       </c>
     </row>
     <row r="291" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
-        <v>965</v>
+        <v>959</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>966</v>
+        <v>960</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D291" s="4">
-        <v>11117951.721665001</v>
+        <v>17741000</v>
       </c>
       <c r="E291" s="5">
-        <v>99.047070000000005</v>
+        <v>98.562629999999999</v>
       </c>
       <c r="F291" s="4">
-        <v>11036634.7757071</v>
+        <v>17511054.995979998</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H291" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I291" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J291" s="5">
-        <v>99.047070000000005</v>
+        <v>98.562629999999999</v>
       </c>
       <c r="K291" s="5">
         <v>1</v>
       </c>
       <c r="L291" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M291" s="4">
-        <v>11036634.775707001</v>
+        <v>17511054.995979998</v>
       </c>
       <c r="N291" s="4">
-        <v>11036634.7757071</v>
+        <v>17511054.995979998</v>
       </c>
       <c r="O291" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P291" s="3" t="s">
-        <v>967</v>
+        <v>957</v>
       </c>
       <c r="Q291" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R291" s="3" t="s">
-        <v>965</v>
+        <v>959</v>
       </c>
       <c r="S291" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T291" s="4">
         <v>0.01</v>
       </c>
       <c r="U291" s="2">
-        <v>50481</v>
+        <v>59130</v>
       </c>
       <c r="V291" s="4">
-        <v>2.75</v>
+        <v>5.6499199999999998</v>
       </c>
       <c r="W291" s="3" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="X291" s="4">
-        <v>24629.351383410001</v>
+        <v>25058.807680000002</v>
       </c>
       <c r="Y291" s="4">
-        <v>24629.351383000001</v>
+        <v>25058.807680000002</v>
       </c>
       <c r="Z291" s="6">
-        <v>8.5839999999999996E-3</v>
+        <v>1.3613999999999999E-2</v>
       </c>
     </row>
     <row r="292" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
-        <v>969</v>
+        <v>962</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>970</v>
+        <v>963</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D292" s="4">
-        <v>9307940.8189049996</v>
+        <v>9955922.9600000009</v>
       </c>
       <c r="E292" s="5">
-        <v>97.47193</v>
+        <v>99.161869999999993</v>
       </c>
       <c r="F292" s="4">
-        <v>9083869.1565372497</v>
+        <v>9872479.3828953505</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H292" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I292" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J292" s="5">
-        <v>97.47193</v>
+        <v>99.161869999999993</v>
       </c>
       <c r="K292" s="5">
         <v>1</v>
       </c>
       <c r="L292" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M292" s="4">
-        <v>9083869.1565370001</v>
+        <v>9872479.3828950003</v>
       </c>
       <c r="N292" s="4">
-        <v>9083869.1565372497</v>
+        <v>9872479.3828953505</v>
       </c>
       <c r="O292" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P292" s="3" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="Q292" s="3" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="R292" s="3" t="s">
-        <v>969</v>
+        <v>962</v>
       </c>
       <c r="S292" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T292" s="4">
         <v>0.01</v>
       </c>
       <c r="U292" s="2">
-        <v>50603</v>
+        <v>51822</v>
       </c>
       <c r="V292" s="4">
-        <v>1.4990000000000001</v>
+        <v>4.3</v>
       </c>
       <c r="W292" s="3" t="s">
-        <v>971</v>
+        <v>965</v>
       </c>
       <c r="X292" s="4">
-        <v>11239.597092739999</v>
+        <v>0</v>
       </c>
       <c r="Y292" s="4">
-        <v>11239.597092</v>
+        <v>0</v>
       </c>
       <c r="Z292" s="6">
-        <v>7.0650000000000001E-3</v>
+        <v>7.6750000000000004E-3</v>
       </c>
     </row>
     <row r="293" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A293" s="3" t="s">
-        <v>972</v>
+        <v>966</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>973</v>
+        <v>967</v>
       </c>
       <c r="C293" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D293" s="4">
-        <v>5388053.0312900003</v>
+        <v>11107536.304262999</v>
       </c>
       <c r="E293" s="5">
-        <v>94.352900000000005</v>
+        <v>99.201049999999995</v>
       </c>
       <c r="F293" s="4">
-        <v>5090216.7258705497</v>
+        <v>11018792.6429595</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H293" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I293" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J293" s="5">
-        <v>94.352900000000005</v>
+        <v>99.201049999999995</v>
       </c>
       <c r="K293" s="5">
         <v>1</v>
       </c>
       <c r="L293" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M293" s="4">
-        <v>5090216.7258700002</v>
+        <v>11018792.642959001</v>
       </c>
       <c r="N293" s="4">
-        <v>5090216.7258705497</v>
+        <v>11018792.6429595</v>
       </c>
       <c r="O293" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P293" s="3" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="Q293" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R293" s="3" t="s">
-        <v>972</v>
+        <v>966</v>
       </c>
       <c r="S293" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T293" s="4">
         <v>0.01</v>
       </c>
       <c r="U293" s="2">
-        <v>51091</v>
+        <v>50481</v>
       </c>
       <c r="V293" s="4">
-        <v>1.482</v>
+        <v>2.75</v>
       </c>
       <c r="W293" s="3" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="X293" s="4">
-        <v>6432.4373105200002</v>
+        <v>0</v>
       </c>
       <c r="Y293" s="4">
-        <v>6432.4373100000003</v>
+        <v>0</v>
       </c>
       <c r="Z293" s="6">
-        <v>3.9589999999999998E-3</v>
+        <v>8.567E-3</v>
       </c>
     </row>
     <row r="294" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D294" s="4">
-        <v>1479371.7188250001</v>
+        <v>9307940.8189049996</v>
       </c>
       <c r="E294" s="5">
-        <v>96.536619999999999</v>
+        <v>97.851070000000007</v>
       </c>
       <c r="F294" s="4">
-        <v>1436150.9371241101</v>
+        <v>9107919.6862652991</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H294" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I294" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J294" s="5">
-        <v>96.536619999999999</v>
+        <v>97.851070000000007</v>
       </c>
       <c r="K294" s="5">
         <v>1</v>
       </c>
       <c r="L294" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M294" s="4">
-        <v>1436150.9371239999</v>
+        <v>9107919.6862649992</v>
       </c>
       <c r="N294" s="4">
-        <v>1436150.9371241101</v>
+        <v>9107919.6862652991</v>
       </c>
       <c r="O294" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P294" s="3" t="s">
-        <v>977</v>
+        <v>968</v>
       </c>
       <c r="Q294" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R294" s="3" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="S294" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T294" s="4">
         <v>0.01</v>
       </c>
       <c r="U294" s="2">
-        <v>60494</v>
+        <v>50603</v>
       </c>
       <c r="V294" s="4">
-        <v>6.726</v>
+        <v>1.4990000000000001</v>
       </c>
       <c r="W294" s="3" t="s">
-        <v>978</v>
+        <v>972</v>
       </c>
       <c r="X294" s="4">
-        <v>8015.4825345500003</v>
+        <v>0</v>
       </c>
       <c r="Y294" s="4">
-        <v>8015.4825339999998</v>
+        <v>0</v>
       </c>
       <c r="Z294" s="6">
-        <v>1.1169999999999999E-3</v>
+        <v>7.0809999999999996E-3</v>
       </c>
     </row>
     <row r="295" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>980</v>
+        <v>974</v>
       </c>
       <c r="C295" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D295" s="4">
-        <v>4650554.0880000005</v>
+        <v>5372390.0848639999</v>
       </c>
       <c r="E295" s="5">
-        <v>89.631240000000005</v>
+        <v>94.54701</v>
       </c>
       <c r="F295" s="4">
-        <v>4177789.9207437299</v>
+        <v>5079434.1907753702</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H295" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I295" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J295" s="5">
-        <v>89.631240000000005</v>
+        <v>94.54701</v>
       </c>
       <c r="K295" s="5">
         <v>1</v>
       </c>
       <c r="L295" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M295" s="4">
-        <v>4177789.9207430002</v>
+        <v>5079434.1907749996</v>
       </c>
       <c r="N295" s="4">
-        <v>4177789.9207437299</v>
+        <v>5079434.1907753702</v>
       </c>
       <c r="O295" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P295" s="3" t="s">
-        <v>981</v>
+        <v>968</v>
       </c>
       <c r="Q295" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R295" s="3" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="S295" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T295" s="4">
         <v>0.01</v>
       </c>
       <c r="U295" s="2">
-        <v>55513</v>
+        <v>51091</v>
       </c>
       <c r="V295" s="4">
-        <v>2.52</v>
+        <v>1.482</v>
       </c>
       <c r="W295" s="3" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
       <c r="X295" s="4">
-        <v>9440.6247986399994</v>
+        <v>0</v>
       </c>
       <c r="Y295" s="4">
-        <v>9440.6247980000007</v>
+        <v>0</v>
       </c>
       <c r="Z295" s="6">
-        <v>3.2490000000000002E-3</v>
+        <v>3.9490000000000003E-3</v>
       </c>
     </row>
     <row r="296" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D296" s="4">
-        <v>1314801.754</v>
+        <v>1430443.9118969999</v>
       </c>
       <c r="E296" s="5">
-        <v>83.318280000000001</v>
+        <v>96.703969999999998</v>
       </c>
       <c r="F296" s="4">
-        <v>1099505.5525592801</v>
+        <v>1383296.0514277001</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H296" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I296" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J296" s="5">
-        <v>83.318280000000001</v>
+        <v>96.703969999999998</v>
       </c>
       <c r="K296" s="5">
         <v>1</v>
       </c>
       <c r="L296" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M296" s="4">
-        <v>1099505.552559</v>
+        <v>1383296.051427</v>
       </c>
       <c r="N296" s="4">
-        <v>1099505.5525592801</v>
+        <v>1383296.0514277001</v>
       </c>
       <c r="O296" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P296" s="3" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="Q296" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R296" s="3" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="S296" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T296" s="4">
         <v>0.01</v>
       </c>
       <c r="U296" s="2">
-        <v>55513</v>
+        <v>55777</v>
       </c>
       <c r="V296" s="4">
-        <v>3.81</v>
+        <v>6.726</v>
       </c>
       <c r="W296" s="3" t="s">
-        <v>985</v>
+        <v>979</v>
       </c>
       <c r="X296" s="4">
-        <v>4035.3457166500002</v>
+        <v>0</v>
       </c>
       <c r="Y296" s="4">
-        <v>4035.3457159999998</v>
+        <v>0</v>
       </c>
       <c r="Z296" s="6">
-        <v>8.5499999999999997E-4</v>
+        <v>1.075E-3</v>
       </c>
     </row>
     <row r="297" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A297" s="3" t="s">
-        <v>986</v>
+        <v>980</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>987</v>
+        <v>981</v>
       </c>
       <c r="C297" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D297" s="4">
-        <v>1415389.86</v>
+        <v>4647809.1040000003</v>
       </c>
       <c r="E297" s="5">
-        <v>90.450720000000004</v>
+        <v>89.603409999999997</v>
       </c>
       <c r="F297" s="4">
-        <v>1284084.1112346901</v>
+        <v>4164595.4474744499</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H297" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I297" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J297" s="5">
-        <v>90.450720000000004</v>
+        <v>89.603409999999997</v>
       </c>
       <c r="K297" s="5">
         <v>1</v>
       </c>
       <c r="L297" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M297" s="4">
-        <v>1284084.111234</v>
+        <v>4164595.447474</v>
       </c>
       <c r="N297" s="4">
-        <v>1284084.1112346901</v>
+        <v>4164595.4474744499</v>
       </c>
       <c r="O297" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P297" s="3" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="Q297" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R297" s="3" t="s">
-        <v>986</v>
+        <v>980</v>
       </c>
       <c r="S297" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T297" s="4">
         <v>0.01</v>
       </c>
       <c r="U297" s="2">
-        <v>55574</v>
+        <v>55513</v>
       </c>
       <c r="V297" s="4">
-        <v>3.38</v>
+        <v>2.52</v>
       </c>
       <c r="W297" s="3" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="X297" s="4">
-        <v>3853.7920577</v>
+        <v>0</v>
       </c>
       <c r="Y297" s="4">
-        <v>3853.7920570000001</v>
+        <v>0</v>
       </c>
       <c r="Z297" s="6">
-        <v>9.9799999999999997E-4</v>
+        <v>3.238E-3</v>
       </c>
     </row>
     <row r="298" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D298" s="4">
-        <v>2045945.734466</v>
+        <v>1307256.6839999999</v>
       </c>
       <c r="E298" s="5">
-        <v>100.04900000000001</v>
+        <v>83.105059999999995</v>
       </c>
       <c r="F298" s="4">
-        <v>2060854.7814320801</v>
+        <v>1086396.45159221</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H298" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I298" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J298" s="5">
-        <v>100.04900000000001</v>
+        <v>83.105059999999995</v>
       </c>
       <c r="K298" s="5">
         <v>1</v>
       </c>
       <c r="L298" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M298" s="4">
-        <v>2060854.781432</v>
+        <v>1086396.451592</v>
       </c>
       <c r="N298" s="4">
-        <v>2060854.7814320801</v>
+        <v>1086396.45159221</v>
       </c>
       <c r="O298" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P298" s="3" t="s">
-        <v>991</v>
+        <v>982</v>
       </c>
       <c r="Q298" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R298" s="3" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="S298" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T298" s="4">
         <v>0.01</v>
       </c>
       <c r="U298" s="2">
-        <v>48047</v>
+        <v>55513</v>
       </c>
       <c r="V298" s="4">
-        <v>5.6906100000000004</v>
+        <v>3.81</v>
       </c>
       <c r="W298" s="3" t="s">
-        <v>992</v>
+        <v>986</v>
       </c>
       <c r="X298" s="4">
-        <v>13906.53355579</v>
+        <v>0</v>
       </c>
       <c r="Y298" s="4">
-        <v>13906.533555</v>
+        <v>0</v>
       </c>
       <c r="Z298" s="6">
-        <v>1.6019999999999999E-3</v>
+        <v>8.4400000000000002E-4</v>
       </c>
     </row>
     <row r="299" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
-        <v>993</v>
+        <v>987</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>994</v>
+        <v>988</v>
       </c>
       <c r="C299" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D299" s="4">
-        <v>4667947.1339999996</v>
+        <v>1380418.5519999999</v>
       </c>
       <c r="E299" s="5">
-        <v>97.239220000000003</v>
+        <v>90.434950000000001</v>
       </c>
       <c r="F299" s="4">
-        <v>4553364.4879519204</v>
+        <v>1248380.8272919201</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H299" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I299" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J299" s="5">
-        <v>97.239220000000003</v>
+        <v>90.434950000000001</v>
       </c>
       <c r="K299" s="5">
         <v>1</v>
       </c>
       <c r="L299" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M299" s="4">
-        <v>4553364.4879510002</v>
+        <v>1248380.8272909999</v>
       </c>
       <c r="N299" s="4">
-        <v>4553364.4879519204</v>
+        <v>1248380.8272919201</v>
       </c>
       <c r="O299" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P299" s="3" t="s">
-        <v>995</v>
+        <v>982</v>
       </c>
       <c r="Q299" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R299" s="3" t="s">
-        <v>993</v>
+        <v>987</v>
       </c>
       <c r="S299" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T299" s="4">
         <v>0.01</v>
       </c>
       <c r="U299" s="2">
-        <v>61112</v>
+        <v>55574</v>
       </c>
       <c r="V299" s="4">
-        <v>3.8</v>
+        <v>3.38</v>
       </c>
       <c r="W299" s="3" t="s">
-        <v>996</v>
+        <v>989</v>
       </c>
       <c r="X299" s="4">
-        <v>14289.104837970001</v>
+        <v>0</v>
       </c>
       <c r="Y299" s="4">
-        <v>14289.104837000001</v>
+        <v>0</v>
       </c>
       <c r="Z299" s="6">
-        <v>3.5409999999999999E-3</v>
+        <v>9.7000000000000005E-4</v>
       </c>
     </row>
     <row r="300" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A300" s="3" t="s">
-        <v>997</v>
+        <v>990</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>998</v>
+        <v>991</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D300" s="4">
-        <v>3526000</v>
+        <v>2045945.734466</v>
       </c>
       <c r="E300" s="5">
-        <v>101.11257999999999</v>
+        <v>100.03279999999999</v>
       </c>
       <c r="F300" s="4">
-        <v>3569764.39857778</v>
+        <v>2070872.3864506599</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H300" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I300" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J300" s="5">
-        <v>101.11257999999999</v>
+        <v>100.03279999999999</v>
       </c>
       <c r="K300" s="5">
         <v>1</v>
       </c>
       <c r="L300" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M300" s="4">
-        <v>3569764.398577</v>
+        <v>2070872.3864500001</v>
       </c>
       <c r="N300" s="4">
-        <v>3569764.39857778</v>
+        <v>2070872.3864506599</v>
       </c>
       <c r="O300" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P300" s="3" t="s">
-        <v>999</v>
+        <v>992</v>
       </c>
       <c r="Q300" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R300" s="3" t="s">
-        <v>997</v>
+        <v>990</v>
       </c>
       <c r="S300" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T300" s="4">
         <v>0.01</v>
       </c>
       <c r="U300" s="2">
-        <v>47319</v>
+        <v>48047</v>
       </c>
       <c r="V300" s="4">
-        <v>4.63</v>
+        <v>5.6906100000000004</v>
       </c>
       <c r="W300" s="3" t="s">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c r="X300" s="4">
-        <v>4534.8277777800004</v>
+        <v>24255.581783360001</v>
       </c>
       <c r="Y300" s="4">
-        <v>4534.8277770000004</v>
+        <v>24255.581783000001</v>
       </c>
       <c r="Z300" s="6">
-        <v>2.7759999999999998E-3</v>
+        <v>1.6100000000000001E-3</v>
       </c>
     </row>
     <row r="301" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A301" s="3" t="s">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>1002</v>
+        <v>995</v>
       </c>
       <c r="C301" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D301" s="4">
-        <v>602206.32533200004</v>
+        <v>4650810.5580000002</v>
       </c>
       <c r="E301" s="5">
-        <v>94.570959999999999</v>
+        <v>97.231710000000007</v>
       </c>
       <c r="F301" s="4">
-        <v>571865.14306698996</v>
+        <v>4522062.6344039403</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H301" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I301" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J301" s="5">
-        <v>94.570959999999999</v>
+        <v>97.231710000000007</v>
       </c>
       <c r="K301" s="5">
         <v>1</v>
       </c>
       <c r="L301" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M301" s="4">
-        <v>571865.14306599996</v>
+        <v>4522062.6344029997</v>
       </c>
       <c r="N301" s="4">
-        <v>571865.14306698996</v>
+        <v>4522062.6344039403</v>
       </c>
       <c r="O301" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P301" s="3" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="Q301" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R301" s="3" t="s">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c r="S301" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T301" s="4">
         <v>0.01</v>
       </c>
       <c r="U301" s="2">
-        <v>49577</v>
+        <v>61112</v>
       </c>
       <c r="V301" s="4">
-        <v>4.6831860000000001</v>
+        <v>3.8</v>
       </c>
       <c r="W301" s="3" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="X301" s="4">
-        <v>2352.8400193399998</v>
+        <v>0</v>
       </c>
       <c r="Y301" s="4">
-        <v>2352.8400190000002</v>
+        <v>0</v>
       </c>
       <c r="Z301" s="6">
-        <v>4.44E-4</v>
+        <v>3.5149999999999999E-3</v>
       </c>
     </row>
     <row r="302" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A302" s="3" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>1006</v>
+        <v>999</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D302" s="4">
-        <v>2461087.0861200001</v>
+        <v>3526000</v>
       </c>
       <c r="E302" s="5">
-        <v>96.751999999999995</v>
+        <v>101.1553</v>
       </c>
       <c r="F302" s="4">
-        <v>2389503.4285884001</v>
+        <v>3571724.1885555601</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H302" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I302" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J302" s="5">
-        <v>96.751999999999995</v>
+        <v>101.1553</v>
       </c>
       <c r="K302" s="5">
         <v>1</v>
       </c>
       <c r="L302" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M302" s="4">
-        <v>2389503.4285880001</v>
+        <v>3571724.1885549999</v>
       </c>
       <c r="N302" s="4">
-        <v>2389503.4285884001</v>
+        <v>3571724.1885555601</v>
       </c>
       <c r="O302" s="3" t="s">
-        <v>1007</v>
+        <v>34</v>
       </c>
       <c r="P302" s="3" t="s">
-        <v>1008</v>
+        <v>1000</v>
       </c>
       <c r="Q302" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R302" s="3" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="S302" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T302" s="4">
         <v>0.01</v>
       </c>
       <c r="U302" s="2">
-        <v>53919</v>
+        <v>47319</v>
       </c>
       <c r="V302" s="4">
-        <v>4.2130000000000001</v>
+        <v>4.63</v>
       </c>
       <c r="W302" s="3" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
       <c r="X302" s="4">
-        <v>8352.4510255799996</v>
+        <v>4988.3105555599996</v>
       </c>
       <c r="Y302" s="4">
-        <v>8352.4510250000003</v>
+        <v>4988.310555</v>
       </c>
       <c r="Z302" s="6">
-        <v>1.8580000000000001E-3</v>
+        <v>2.777E-3</v>
       </c>
     </row>
     <row r="303" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A303" s="3" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>1011</v>
+        <v>1003</v>
       </c>
       <c r="C303" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D303" s="4">
-        <v>9814966</v>
+        <v>600074.25854499999</v>
       </c>
       <c r="E303" s="5">
-        <v>94.751999999999995</v>
+        <v>95.109430000000003</v>
       </c>
       <c r="F303" s="4">
-        <v>9333352.7069665492</v>
+        <v>570727.20687852998</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H303" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I303" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J303" s="5">
-        <v>94.751999999999995</v>
+        <v>95.109430000000003</v>
       </c>
       <c r="K303" s="5">
         <v>1</v>
       </c>
       <c r="L303" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M303" s="4">
-        <v>9333352.7069659997</v>
+        <v>570727.20687800006</v>
       </c>
       <c r="N303" s="4">
-        <v>9333352.7069665492</v>
+        <v>570727.20687852998</v>
       </c>
       <c r="O303" s="3" t="s">
-        <v>1012</v>
+        <v>34</v>
       </c>
       <c r="P303" s="3" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="Q303" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R303" s="3" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="S303" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T303" s="4">
         <v>0.01</v>
       </c>
       <c r="U303" s="2">
-        <v>53919</v>
+        <v>49577</v>
       </c>
       <c r="V303" s="4">
-        <v>4.234</v>
+        <v>4.6802000000000001</v>
       </c>
       <c r="W303" s="3" t="s">
-        <v>1013</v>
+        <v>1005</v>
       </c>
       <c r="X303" s="4">
-        <v>33476.122646559998</v>
+        <v>0</v>
       </c>
       <c r="Y303" s="4">
-        <v>33476.122646000003</v>
+        <v>0</v>
       </c>
       <c r="Z303" s="6">
-        <v>7.2589999999999998E-3</v>
+        <v>4.4299999999999998E-4</v>
       </c>
     </row>
     <row r="304" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A304" s="3" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>1015</v>
+        <v>1007</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D304" s="4">
-        <v>4550000</v>
+        <v>2455139.20548</v>
       </c>
       <c r="E304" s="5">
-        <v>99.374619999999993</v>
+        <v>97.375</v>
       </c>
       <c r="F304" s="4">
-        <v>4544256.1507777805</v>
+        <v>2390691.8013361502</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H304" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I304" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J304" s="5">
-        <v>99.374619999999993</v>
+        <v>97.375</v>
       </c>
       <c r="K304" s="5">
         <v>1</v>
       </c>
       <c r="L304" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M304" s="4">
-        <v>4544256.150777</v>
+        <v>2390691.8013360002</v>
       </c>
       <c r="N304" s="4">
-        <v>4544256.1507777805</v>
+        <v>2390691.8013361502</v>
       </c>
       <c r="O304" s="3" t="s">
-        <v>34</v>
+        <v>1008</v>
       </c>
       <c r="P304" s="3" t="s">
-        <v>1016</v>
+        <v>1009</v>
       </c>
       <c r="Q304" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R304" s="3" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="S304" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T304" s="4">
         <v>0.01</v>
       </c>
       <c r="U304" s="2">
-        <v>52558</v>
+        <v>53919</v>
       </c>
       <c r="V304" s="4">
-        <v>6.1905539999999997</v>
+        <v>4.2130000000000001</v>
       </c>
       <c r="W304" s="3" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="X304" s="4">
-        <v>22710.940777780001</v>
+        <v>0</v>
       </c>
       <c r="Y304" s="4">
-        <v>22710.940777</v>
+        <v>0</v>
       </c>
       <c r="Z304" s="6">
-        <v>3.5339999999999998E-3</v>
+        <v>1.8580000000000001E-3</v>
       </c>
     </row>
     <row r="305" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A305" s="3" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="C305" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D305" s="4">
-        <v>766205.240032</v>
+        <v>9814966</v>
       </c>
       <c r="E305" s="5">
-        <v>92.009420000000006</v>
+        <v>93.5</v>
       </c>
       <c r="F305" s="4">
-        <v>708357.70791236998</v>
+        <v>9176993.2100000009</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H305" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I305" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J305" s="5">
-        <v>92.009420000000006</v>
+        <v>93.5</v>
       </c>
       <c r="K305" s="5">
         <v>1</v>
       </c>
       <c r="L305" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M305" s="4">
-        <v>708357.70791200001</v>
+        <v>9176993.2100000009</v>
       </c>
       <c r="N305" s="4">
-        <v>708357.70791236998</v>
+        <v>9176993.2100000009</v>
       </c>
       <c r="O305" s="3" t="s">
-        <v>34</v>
+        <v>1013</v>
       </c>
       <c r="P305" s="3" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="Q305" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R305" s="3" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="S305" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T305" s="4">
         <v>0.01</v>
       </c>
       <c r="U305" s="2">
-        <v>53717</v>
+        <v>53919</v>
       </c>
       <c r="V305" s="4">
-        <v>5.4718299999999997</v>
+        <v>4.234</v>
       </c>
       <c r="W305" s="3" t="s">
-        <v>1020</v>
+        <v>1014</v>
       </c>
       <c r="X305" s="4">
-        <v>3376.7105496200002</v>
+        <v>0</v>
       </c>
       <c r="Y305" s="4">
-        <v>3376.7105489999999</v>
+        <v>0</v>
       </c>
       <c r="Z305" s="6">
-        <v>5.5000000000000003E-4</v>
+        <v>7.1349999999999998E-3</v>
       </c>
     </row>
     <row r="306" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A306" s="3" t="s">
-        <v>1021</v>
+        <v>1015</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D306" s="4">
-        <v>11594960</v>
+        <v>4550000</v>
       </c>
       <c r="E306" s="5">
-        <v>87.92465</v>
+        <v>99.412099999999995</v>
       </c>
       <c r="F306" s="4">
-        <v>10256915.8681383</v>
+        <v>4523250.55</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H306" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I306" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J306" s="5">
-        <v>87.92465</v>
+        <v>99.412099999999995</v>
       </c>
       <c r="K306" s="5">
         <v>1</v>
       </c>
       <c r="L306" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M306" s="4">
-        <v>10256915.868138</v>
+        <v>4523250.55</v>
       </c>
       <c r="N306" s="4">
-        <v>10256915.8681383</v>
+        <v>4523250.55</v>
       </c>
       <c r="O306" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P306" s="3" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="Q306" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R306" s="3" t="s">
-        <v>1021</v>
+        <v>1015</v>
       </c>
       <c r="S306" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T306" s="4">
         <v>0.01</v>
       </c>
       <c r="U306" s="2">
-        <v>53044</v>
+        <v>52558</v>
       </c>
       <c r="V306" s="4">
-        <v>6.8775120000000003</v>
+        <v>6.1962429999999999</v>
       </c>
       <c r="W306" s="3" t="s">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="X306" s="4">
-        <v>62087.870498329998</v>
+        <v>0</v>
       </c>
       <c r="Y306" s="4">
-        <v>62087.870497999997</v>
+        <v>0</v>
       </c>
       <c r="Z306" s="6">
-        <v>7.9769999999999997E-3</v>
+        <v>3.516E-3</v>
       </c>
     </row>
     <row r="307" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A307" s="3" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>1025</v>
+        <v>1020</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D307" s="4">
-        <v>1577970.305531</v>
+        <v>764298.94949799997</v>
       </c>
       <c r="E307" s="5">
-        <v>86.41337</v>
+        <v>92.716359999999995</v>
       </c>
       <c r="F307" s="4">
-        <v>1364648.3725284799</v>
+        <v>708630.16549259005</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H307" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I307" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J307" s="5">
-        <v>86.41337</v>
+        <v>92.716359999999995</v>
       </c>
       <c r="K307" s="5">
         <v>1</v>
       </c>
       <c r="L307" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M307" s="4">
-        <v>1364648.372528</v>
+        <v>708630.16549199994</v>
       </c>
       <c r="N307" s="4">
-        <v>1364648.3725284799</v>
+        <v>708630.16549259005</v>
       </c>
       <c r="O307" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P307" s="3" t="s">
-        <v>1026</v>
+        <v>1004</v>
       </c>
       <c r="Q307" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R307" s="3" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="S307" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T307" s="4">
         <v>0.01</v>
       </c>
       <c r="U307" s="2">
-        <v>49485</v>
+        <v>53717</v>
       </c>
       <c r="V307" s="4">
-        <v>4.8870300000000002</v>
+        <v>5.4034199999999997</v>
       </c>
       <c r="W307" s="3" t="s">
-        <v>1027</v>
+        <v>1021</v>
       </c>
       <c r="X307" s="4">
-        <v>1071.0539197600001</v>
+        <v>0</v>
       </c>
       <c r="Y307" s="4">
-        <v>1071.053919</v>
+        <v>0</v>
       </c>
       <c r="Z307" s="6">
-        <v>1.0610000000000001E-3</v>
+        <v>5.5000000000000003E-4</v>
       </c>
     </row>
     <row r="308" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A308" s="3" t="s">
-        <v>1028</v>
+        <v>1022</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1029</v>
+        <v>1023</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D308" s="4">
-        <v>1649135.4203039999</v>
+        <v>11594960</v>
       </c>
       <c r="E308" s="5">
-        <v>87.941130000000001</v>
+        <v>88.042820000000006</v>
       </c>
       <c r="F308" s="4">
-        <v>1451422.0383717699</v>
+        <v>10208529.761871999</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H308" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I308" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J308" s="5">
-        <v>87.941130000000001</v>
+        <v>88.042820000000006</v>
       </c>
       <c r="K308" s="5">
         <v>1</v>
       </c>
       <c r="L308" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M308" s="4">
-        <v>1451422.038371</v>
+        <v>10208529.761871999</v>
       </c>
       <c r="N308" s="4">
-        <v>1451422.0383717699</v>
+        <v>10208529.761871999</v>
       </c>
       <c r="O308" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P308" s="3" t="s">
-        <v>1026</v>
+        <v>1017</v>
       </c>
       <c r="Q308" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R308" s="3" t="s">
-        <v>1028</v>
+        <v>1022</v>
       </c>
       <c r="S308" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T308" s="4">
         <v>0.01</v>
       </c>
       <c r="U308" s="2">
-        <v>49668</v>
+        <v>53044</v>
       </c>
       <c r="V308" s="4">
-        <v>5.0370299999999997</v>
+        <v>6.6268760000000002</v>
       </c>
       <c r="W308" s="3" t="s">
-        <v>1030</v>
+        <v>1024</v>
       </c>
       <c r="X308" s="4">
-        <v>1153.71452585</v>
+        <v>0</v>
       </c>
       <c r="Y308" s="4">
-        <v>1153.7145250000001</v>
+        <v>0</v>
       </c>
       <c r="Z308" s="6">
-        <v>1.1280000000000001E-3</v>
+        <v>7.9369999999999996E-3</v>
       </c>
     </row>
     <row r="309" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A309" s="3" t="s">
-        <v>1031</v>
+        <v>1025</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>1032</v>
+        <v>1026</v>
       </c>
       <c r="C309" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D309" s="4">
-        <v>3867971.21</v>
+        <v>1567601.0487800001</v>
       </c>
       <c r="E309" s="5">
-        <v>33.039909999999999</v>
+        <v>86.652500000000003</v>
       </c>
       <c r="F309" s="4">
-        <v>1290894.2995155801</v>
+        <v>1359599.3027135299</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H309" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I309" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J309" s="5">
-        <v>33.039909999999999</v>
+        <v>86.652500000000003</v>
       </c>
       <c r="K309" s="5">
         <v>1</v>
       </c>
       <c r="L309" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M309" s="4">
-        <v>1290894.2995150001</v>
+        <v>1359599.302713</v>
       </c>
       <c r="N309" s="4">
-        <v>1290894.2995155801</v>
+        <v>1359599.3027135299</v>
       </c>
       <c r="O309" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P309" s="3" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="Q309" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R309" s="3" t="s">
-        <v>1031</v>
+        <v>1025</v>
       </c>
       <c r="S309" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T309" s="4">
         <v>0.01</v>
       </c>
       <c r="U309" s="2">
-        <v>49973</v>
+        <v>49485</v>
       </c>
       <c r="V309" s="4">
-        <v>4.1081899999999996</v>
+        <v>4.7223899999999999</v>
       </c>
       <c r="W309" s="3" t="s">
-        <v>1033</v>
+        <v>1028</v>
       </c>
       <c r="X309" s="4">
-        <v>12920.09290566</v>
+        <v>1233.8039194600001</v>
       </c>
       <c r="Y309" s="4">
-        <v>12920.092905</v>
+        <v>1233.803919</v>
       </c>
       <c r="Z309" s="6">
-        <v>1.0039999999999999E-3</v>
+        <v>1.057E-3</v>
       </c>
     </row>
     <row r="310" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A310" s="3" t="s">
-        <v>1034</v>
+        <v>1029</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1035</v>
+        <v>1030</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D310" s="4">
-        <v>7370832.9118060004</v>
+        <v>1639984.3745649999</v>
       </c>
       <c r="E310" s="5">
-        <v>92.277829999999994</v>
+        <v>88.207669999999993</v>
       </c>
       <c r="F310" s="4">
-        <v>6837270.3563470803</v>
+        <v>1447923.77907916</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H310" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I310" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J310" s="5">
-        <v>92.277829999999994</v>
+        <v>88.207669999999993</v>
       </c>
       <c r="K310" s="5">
         <v>1</v>
       </c>
       <c r="L310" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M310" s="4">
-        <v>6837270.3563470002</v>
+        <v>1447923.779079</v>
       </c>
       <c r="N310" s="4">
-        <v>6837270.3563470803</v>
+        <v>1447923.77907916</v>
       </c>
       <c r="O310" s="3" t="s">
-        <v>1036</v>
+        <v>34</v>
       </c>
       <c r="P310" s="3" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="Q310" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R310" s="3" t="s">
-        <v>1034</v>
+        <v>1029</v>
       </c>
       <c r="S310" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T310" s="4">
         <v>0.01</v>
       </c>
       <c r="U310" s="2">
-        <v>50216</v>
+        <v>49668</v>
       </c>
       <c r="V310" s="4">
-        <v>6</v>
+        <v>4.8723900000000002</v>
       </c>
       <c r="W310" s="3" t="s">
-        <v>1037</v>
+        <v>1031</v>
       </c>
       <c r="X310" s="4">
-        <v>35625.69240706</v>
+        <v>1331.77391113</v>
       </c>
       <c r="Y310" s="4">
-        <v>35625.692407000002</v>
+        <v>1331.773911</v>
       </c>
       <c r="Z310" s="6">
-        <v>5.3179999999999998E-3</v>
+        <v>1.1249999999999999E-3</v>
       </c>
     </row>
     <row r="311" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A311" s="3" t="s">
-        <v>1038</v>
+        <v>1032</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="C311" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D311" s="4">
-        <v>2285000</v>
+        <v>3863127.28</v>
       </c>
       <c r="E311" s="5">
-        <v>94.638130000000004</v>
+        <v>33.278449999999999</v>
       </c>
       <c r="F311" s="4">
-        <v>2168575.8098055599</v>
+        <v>1285588.8803111601</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H311" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I311" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J311" s="5">
-        <v>94.638130000000004</v>
+        <v>33.278449999999999</v>
       </c>
       <c r="K311" s="5">
         <v>1</v>
       </c>
       <c r="L311" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M311" s="4">
-        <v>2168575.8098050002</v>
+        <v>1285588.8803109999</v>
       </c>
       <c r="N311" s="4">
-        <v>2168575.8098055599</v>
+        <v>1285588.8803111601</v>
       </c>
       <c r="O311" s="3" t="s">
-        <v>1040</v>
+        <v>34</v>
       </c>
       <c r="P311" s="3" t="s">
-        <v>1041</v>
+        <v>1027</v>
       </c>
       <c r="Q311" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R311" s="3" t="s">
-        <v>1038</v>
+        <v>1032</v>
       </c>
       <c r="S311" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T311" s="4">
         <v>0.01</v>
       </c>
       <c r="U311" s="2">
-        <v>55685</v>
+        <v>49973</v>
       </c>
       <c r="V311" s="4">
-        <v>3.3109999999999999</v>
+        <v>4.117883</v>
       </c>
       <c r="W311" s="3" t="s">
-        <v>1042</v>
+        <v>1034</v>
       </c>
       <c r="X311" s="4">
-        <v>6094.5393055599998</v>
+        <v>0</v>
       </c>
       <c r="Y311" s="4">
-        <v>6094.5393050000002</v>
+        <v>0</v>
       </c>
       <c r="Z311" s="6">
-        <v>1.686E-3</v>
+        <v>9.990000000000001E-4</v>
       </c>
     </row>
     <row r="312" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A312" s="3" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1044</v>
+        <v>1036</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D312" s="4">
-        <v>6030000</v>
+        <v>7345187.1111059999</v>
       </c>
       <c r="E312" s="5">
-        <v>100.43017</v>
+        <v>92.171419999999998</v>
       </c>
       <c r="F312" s="4">
-        <v>6067069.6260000002</v>
+        <v>6770163.2619638201</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H312" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I312" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J312" s="5">
-        <v>100.43017</v>
+        <v>92.171419999999998</v>
       </c>
       <c r="K312" s="5">
         <v>1</v>
       </c>
       <c r="L312" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M312" s="4">
-        <v>6067069.6260000002</v>
+        <v>6770163.2619629996</v>
       </c>
       <c r="N312" s="4">
-        <v>6067069.6260000002</v>
+        <v>6770163.2619638201</v>
       </c>
       <c r="O312" s="3" t="s">
-        <v>34</v>
+        <v>1037</v>
       </c>
       <c r="P312" s="3" t="s">
-        <v>1045</v>
+        <v>1027</v>
       </c>
       <c r="Q312" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R312" s="3" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
       <c r="S312" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T312" s="4">
         <v>0.01</v>
       </c>
       <c r="U312" s="2">
-        <v>47469</v>
+        <v>50216</v>
       </c>
       <c r="V312" s="4">
-        <v>4.43</v>
+        <v>6</v>
       </c>
       <c r="W312" s="3" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="X312" s="4">
-        <v>11130.375</v>
+        <v>0</v>
       </c>
       <c r="Y312" s="4">
-        <v>11130.375</v>
+        <v>0</v>
       </c>
       <c r="Z312" s="6">
-        <v>4.718E-3</v>
+        <v>5.2630000000000003E-3</v>
       </c>
     </row>
     <row r="313" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A313" s="3" t="s">
-        <v>1047</v>
+        <v>1039</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="C313" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D313" s="4">
-        <v>5368000</v>
+        <v>2285000</v>
       </c>
       <c r="E313" s="5">
-        <v>100.0121</v>
+        <v>94.624420000000001</v>
       </c>
       <c r="F313" s="4">
-        <v>5401188.4950222196</v>
+        <v>2162167.997</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H313" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I313" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J313" s="5">
-        <v>100.0121</v>
+        <v>94.624420000000001</v>
       </c>
       <c r="K313" s="5">
         <v>1</v>
       </c>
       <c r="L313" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M313" s="4">
-        <v>5401188.4950219998</v>
+        <v>2162167.997</v>
       </c>
       <c r="N313" s="4">
-        <v>5401188.4950222196</v>
+        <v>2162167.997</v>
       </c>
       <c r="O313" s="3" t="s">
-        <v>34</v>
+        <v>1041</v>
       </c>
       <c r="P313" s="3" t="s">
-        <v>1049</v>
+        <v>1042</v>
       </c>
       <c r="Q313" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R313" s="3" t="s">
-        <v>1047</v>
+        <v>1039</v>
       </c>
       <c r="S313" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T313" s="4">
         <v>0.01</v>
       </c>
       <c r="U313" s="2">
-        <v>49237</v>
+        <v>55685</v>
       </c>
       <c r="V313" s="4">
-        <v>5.4554900000000002</v>
+        <v>3.3109999999999999</v>
       </c>
       <c r="W313" s="3" t="s">
-        <v>1050</v>
+        <v>1043</v>
       </c>
       <c r="X313" s="4">
-        <v>32538.96702222</v>
+        <v>0</v>
       </c>
       <c r="Y313" s="4">
-        <v>32538.967022000001</v>
+        <v>0</v>
       </c>
       <c r="Z313" s="6">
-        <v>4.2009999999999999E-3</v>
+        <v>1.681E-3</v>
       </c>
     </row>
     <row r="314" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A314" s="3" t="s">
-        <v>1051</v>
+        <v>1044</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D314" s="4">
-        <v>4302461.9694720004</v>
+        <v>6030000</v>
       </c>
       <c r="E314" s="5">
-        <v>100.01439999999999</v>
+        <v>100.5371</v>
       </c>
       <c r="F314" s="4">
-        <v>4335824.6220295802</v>
+        <v>6074259.5300000003</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H314" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I314" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J314" s="5">
-        <v>100.01439999999999</v>
+        <v>100.5371</v>
       </c>
       <c r="K314" s="5">
         <v>1</v>
       </c>
       <c r="L314" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M314" s="4">
-        <v>4335824.622029</v>
+        <v>6074259.5300000003</v>
       </c>
       <c r="N314" s="4">
-        <v>4335824.6220295802</v>
+        <v>6074259.5300000003</v>
       </c>
       <c r="O314" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P314" s="3" t="s">
-        <v>1049</v>
+        <v>1046</v>
       </c>
       <c r="Q314" s="3" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="R314" s="3" t="s">
-        <v>1051</v>
+        <v>1044</v>
       </c>
       <c r="S314" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T314" s="4">
         <v>0.01</v>
       </c>
       <c r="U314" s="2">
-        <v>48410</v>
+        <v>47469</v>
       </c>
       <c r="V314" s="4">
-        <v>5.6175499999999996</v>
+        <v>4.43</v>
       </c>
       <c r="W314" s="3" t="s">
-        <v>1053</v>
+        <v>1047</v>
       </c>
       <c r="X314" s="4">
-        <v>32743.09803397</v>
+        <v>11872.4</v>
       </c>
       <c r="Y314" s="4">
-        <v>32743.098032999998</v>
+        <v>11872.4</v>
       </c>
       <c r="Z314" s="6">
-        <v>3.372E-3</v>
+        <v>4.7219999999999996E-3</v>
       </c>
     </row>
     <row r="315" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A315" s="3" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>1055</v>
+        <v>1049</v>
       </c>
       <c r="C315" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D315" s="4">
-        <v>194150000</v>
+        <v>5368000</v>
       </c>
       <c r="E315" s="5">
-        <v>99.987825999999998</v>
+        <v>100.0098</v>
       </c>
       <c r="F315" s="4">
-        <v>194831889.54977</v>
+        <v>5427096.2046400001</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>1056</v>
+        <v>211</v>
       </c>
       <c r="H315" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I315" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J315" s="5">
-        <v>99.987825999999998</v>
+        <v>100.0098</v>
       </c>
       <c r="K315" s="5">
         <v>1</v>
       </c>
       <c r="L315" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M315" s="4">
-        <v>194831889.54977</v>
+        <v>5427096.2046400001</v>
       </c>
       <c r="N315" s="4">
-        <v>194831889.54977</v>
+        <v>5427096.2046400001</v>
       </c>
       <c r="O315" s="3" t="s">
-        <v>1057</v>
+        <v>34</v>
       </c>
       <c r="P315" s="3" t="s">
-        <v>1058</v>
+        <v>1050</v>
       </c>
       <c r="Q315" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="R315" s="3" t="s">
-        <v>1054</v>
+        <v>1048</v>
       </c>
       <c r="S315" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T315" s="4">
         <v>0.01</v>
       </c>
       <c r="U315" s="2">
-        <v>46507</v>
+        <v>49237</v>
       </c>
       <c r="V315" s="4">
-        <v>4.2467868280000003</v>
+        <v>5.4554900000000002</v>
       </c>
       <c r="W315" s="3" t="s">
-        <v>1059</v>
+        <v>1051</v>
       </c>
       <c r="X315" s="4">
-        <v>705525.37077045999</v>
+        <v>58570.140639999998</v>
       </c>
       <c r="Y315" s="4">
-        <v>705525.37077000004</v>
+        <v>58570.140639999998</v>
       </c>
       <c r="Z315" s="6">
-        <v>0.15153900000000001</v>
+        <v>4.2189999999999997E-3</v>
       </c>
     </row>
     <row r="316" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A316" s="3" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>1061</v>
+        <v>1053</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D316" s="4">
-        <v>13200000</v>
+        <v>4302461.9694720004</v>
       </c>
       <c r="E316" s="5">
-        <v>99.975116999999997</v>
+        <v>100.0287</v>
       </c>
       <c r="F316" s="4">
-        <v>13244672.174590601</v>
+        <v>4359217.68141919</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>1056</v>
+        <v>211</v>
       </c>
       <c r="H316" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I316" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J316" s="5">
-        <v>99.975116999999997</v>
+        <v>100.0287</v>
       </c>
       <c r="K316" s="5">
         <v>1</v>
       </c>
       <c r="L316" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M316" s="4">
-        <v>13244672.174590001</v>
+        <v>4359217.681419</v>
       </c>
       <c r="N316" s="4">
-        <v>13244672.174590601</v>
+        <v>4359217.68141919</v>
       </c>
       <c r="O316" s="3" t="s">
-        <v>1062</v>
+        <v>34</v>
       </c>
       <c r="P316" s="3" t="s">
-        <v>1058</v>
+        <v>1050</v>
       </c>
       <c r="Q316" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="R316" s="3" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="S316" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T316" s="4">
         <v>0.01</v>
       </c>
       <c r="U316" s="2">
-        <v>46599</v>
+        <v>48410</v>
       </c>
       <c r="V316" s="4">
-        <v>4.245786828</v>
+        <v>5.6175499999999996</v>
       </c>
       <c r="W316" s="3" t="s">
-        <v>1063</v>
+        <v>1054</v>
       </c>
       <c r="X316" s="4">
-        <v>47956.730590619998</v>
+        <v>55520.905361949997</v>
       </c>
       <c r="Y316" s="4">
-        <v>47956.730589999999</v>
+        <v>55520.905360999997</v>
       </c>
       <c r="Z316" s="6">
-        <v>1.0300999999999999E-2</v>
+        <v>3.3890000000000001E-3</v>
       </c>
     </row>
     <row r="317" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A317" s="3" t="s">
-        <v>1064</v>
+        <v>1055</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>1065</v>
+        <v>1056</v>
       </c>
       <c r="C317" s="3" t="s">
-        <v>1066</v>
+        <v>179</v>
       </c>
       <c r="D317" s="4">
-        <v>-886803.93</v>
+        <v>194150000</v>
       </c>
       <c r="E317" s="5">
-        <v>1</v>
+        <v>99.944682999999998</v>
       </c>
       <c r="F317" s="4">
-        <v>-886803.93</v>
+        <v>195464686.43362299</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>1067</v>
+        <v>1057</v>
       </c>
       <c r="H317" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I317" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J317" s="5">
-        <v>1</v>
+        <v>99.944682999999998</v>
       </c>
       <c r="K317" s="5">
         <v>1</v>
       </c>
       <c r="L317" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M317" s="4">
-        <v>-886803.93</v>
+        <v>195464686.43362299</v>
       </c>
       <c r="N317" s="4">
-        <v>-886803.93</v>
+        <v>195464686.43362299</v>
       </c>
       <c r="O317" s="3" t="s">
-        <v>34</v>
+        <v>1058</v>
       </c>
       <c r="P317" s="3" t="s">
-        <v>34</v>
+        <v>1059</v>
       </c>
       <c r="Q317" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R317" s="3" t="s">
-        <v>34</v>
+        <v>1055</v>
       </c>
       <c r="S317" s="3" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="T317" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U317" s="2">
+        <v>46507</v>
+      </c>
+      <c r="V317" s="4">
+        <v>4.0478362060000004</v>
       </c>
       <c r="W317" s="3" t="s">
-        <v>34</v>
+        <v>1060</v>
       </c>
       <c r="X317" s="4">
-        <v>0</v>
+        <v>1422084.3891239299</v>
       </c>
       <c r="Y317" s="4">
-        <v>0</v>
+        <v>1422084.389123</v>
       </c>
       <c r="Z317" s="6">
-        <v>-6.8900000000000005E-4</v>
+        <v>0.151975</v>
       </c>
     </row>
     <row r="318" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A318" s="3" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>1070</v>
+        <v>179</v>
       </c>
       <c r="D318" s="4">
-        <v>2323242.2009999999</v>
+        <v>13200000</v>
       </c>
       <c r="E318" s="5">
-        <v>5.01</v>
+        <v>99.920984000000004</v>
       </c>
       <c r="F318" s="4">
-        <v>11639443.42701</v>
+        <v>13286232.7788563</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>1071</v>
+        <v>1057</v>
       </c>
       <c r="H318" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I318" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J318" s="5">
-        <v>5.01</v>
+        <v>99.920984000000004</v>
       </c>
       <c r="K318" s="5">
         <v>1</v>
       </c>
       <c r="L318" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M318" s="4">
-        <v>11639443.42701</v>
+        <v>13286232.778856</v>
       </c>
       <c r="N318" s="4">
-        <v>11639443.42701</v>
+        <v>13286232.7788563</v>
       </c>
       <c r="O318" s="3" t="s">
-        <v>1072</v>
+        <v>1063</v>
       </c>
       <c r="P318" s="3" t="s">
-        <v>1073</v>
+        <v>1059</v>
       </c>
       <c r="Q318" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R318" s="3" t="s">
-        <v>1074</v>
+        <v>1061</v>
       </c>
       <c r="S318" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T318" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U318" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V318" s="4">
+        <v>4.046836206</v>
       </c>
       <c r="W318" s="3" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="X318" s="4">
-        <v>0</v>
+        <v>96662.890856380007</v>
       </c>
       <c r="Y318" s="4">
-        <v>0</v>
+        <v>96662.890855999998</v>
       </c>
       <c r="Z318" s="6">
-        <v>9.0530000000000003E-3</v>
+        <v>1.0330000000000001E-2</v>
       </c>
     </row>
     <row r="319" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A319" s="3" t="s">
-        <v>1075</v>
+        <v>1065</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>1076</v>
+        <v>1066</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="D319" s="4">
-        <v>921314.48</v>
+        <v>-869770.14</v>
       </c>
       <c r="E319" s="5">
         <v>1</v>
       </c>
       <c r="F319" s="4">
-        <v>921314.48</v>
+        <v>-869770.14</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="H319" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I319" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J319" s="5">
         <v>1</v>
       </c>
       <c r="K319" s="5">
         <v>1</v>
       </c>
       <c r="L319" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M319" s="4">
-        <v>921314.48</v>
+        <v>-869770.14</v>
       </c>
       <c r="N319" s="4">
-        <v>921314.48</v>
+        <v>-869770.14</v>
       </c>
       <c r="O319" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P319" s="3" t="s">
-        <v>1077</v>
+        <v>34</v>
       </c>
       <c r="Q319" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R319" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S319" s="3" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T319" s="4">
         <v>1</v>
       </c>
       <c r="W319" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X319" s="4">
         <v>0</v>
       </c>
       <c r="Y319" s="4">
         <v>0</v>
       </c>
       <c r="Z319" s="6">
-        <v>7.1599999999999995E-4</v>
+        <v>-6.7599999999999995E-4</v>
       </c>
     </row>
     <row r="320" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A320" s="3" t="s">
-        <v>1078</v>
+        <v>1069</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1079</v>
+        <v>1070</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>1080</v>
+        <v>1071</v>
       </c>
       <c r="D320" s="4">
-        <v>125003526.38</v>
+        <v>2323242.2009999999</v>
       </c>
       <c r="E320" s="5">
-        <v>100</v>
+        <v>5.01</v>
       </c>
       <c r="F320" s="4">
-        <v>125018492.079963</v>
+        <v>11639443.42701</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>1081</v>
+        <v>1072</v>
       </c>
       <c r="H320" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I320" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J320" s="5">
-        <v>100</v>
+        <v>5.01</v>
       </c>
       <c r="K320" s="5">
         <v>1</v>
       </c>
       <c r="L320" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M320" s="4">
-        <v>125018492.079963</v>
+        <v>11639443.42701</v>
       </c>
       <c r="N320" s="4">
-        <v>125018492.079963</v>
+        <v>11639443.42701</v>
       </c>
       <c r="O320" s="3" t="s">
-        <v>34</v>
+        <v>1073</v>
       </c>
       <c r="P320" s="3" t="s">
-        <v>34</v>
+        <v>1074</v>
       </c>
       <c r="Q320" s="3" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="R320" s="3" t="s">
-        <v>34</v>
+        <v>1075</v>
       </c>
       <c r="S320" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T320" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.3099999999999996</v>
+        <v>1</v>
       </c>
       <c r="W320" s="3" t="s">
-        <v>34</v>
+        <v>1069</v>
       </c>
       <c r="X320" s="4">
-        <v>14965.69996383</v>
+        <v>0</v>
       </c>
       <c r="Y320" s="4">
-        <v>14965.699962999999</v>
+        <v>0</v>
       </c>
       <c r="Z320" s="6">
-        <v>9.7238000000000005E-2</v>
+        <v>9.0489999999999998E-3</v>
       </c>
     </row>
     <row r="321" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A321" s="3" t="s">
-        <v>1082</v>
+        <v>1076</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>1083</v>
+        <v>1077</v>
+      </c>
+      <c r="C321" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D321" s="4">
+        <v>3421772.21</v>
+      </c>
+      <c r="E321" s="5">
+        <v>1</v>
       </c>
       <c r="F321" s="4">
-        <v>-141327389.80000001</v>
+        <v>3421772.21</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H321" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I321" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J321" s="5">
+        <v>1</v>
+      </c>
+      <c r="K321" s="5">
+        <v>1</v>
+      </c>
+      <c r="L321" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M321" s="4">
+        <v>3421772.21</v>
+      </c>
+      <c r="N321" s="4">
+        <v>3421772.21</v>
+      </c>
+      <c r="O321" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P321" s="3" t="s">
+        <v>1078</v>
+      </c>
+      <c r="Q321" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R321" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S321" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T321" s="4">
+        <v>1</v>
+      </c>
+      <c r="W321" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X321" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y321" s="4">
+        <v>0</v>
       </c>
       <c r="Z321" s="6">
-        <v>-0.109923981149409</v>
+        <v>2.66E-3</v>
       </c>
     </row>
     <row r="322" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A322" s="3" t="s">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>1085</v>
+        <v>1080</v>
+      </c>
+      <c r="C322" s="3" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D322" s="4">
+        <v>145086060</v>
+      </c>
+      <c r="E322" s="5">
+        <v>100</v>
       </c>
       <c r="F322" s="4">
-        <v>-684056.25</v>
+        <v>145086060</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H322" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I322" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J322" s="5">
+        <v>100</v>
+      </c>
+      <c r="K322" s="5">
+        <v>1</v>
+      </c>
+      <c r="L322" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M322" s="4">
+        <v>145086060</v>
+      </c>
+      <c r="N322" s="4">
+        <v>145086060</v>
+      </c>
+      <c r="O322" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P322" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q322" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R322" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S322" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T322" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U322" s="2">
+        <v>45931</v>
+      </c>
+      <c r="V322" s="4">
+        <v>4.21</v>
+      </c>
+      <c r="W322" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X322" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y322" s="4">
+        <v>0</v>
       </c>
       <c r="Z322" s="6">
-        <v>-5.3205671198305296E-4</v>
+        <v>0.112805</v>
       </c>
     </row>
     <row r="323" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A323" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B323" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F323" s="4">
+        <v>-140398390</v>
+      </c>
+      <c r="Z323" s="6">
+        <v>-0.10916069404832</v>
+      </c>
+    </row>
+    <row r="324" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A324" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B324" s="3" t="s">
         <v>1086</v>
       </c>
-      <c r="B323" s="3" t="s">
-[...6 lines deleted...]
-        <v>0.23034831452739099</v>
+      <c r="F324" s="4">
+        <v>-4056.25</v>
+      </c>
+      <c r="Z324" s="6">
+        <v>-3.1537617007823198E-6</v>
       </c>
     </row>
     <row r="325" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A325" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B325" s="3" t="s">
         <v>1088</v>
+      </c>
+      <c r="F325" s="4">
+        <v>335994746.42282498</v>
+      </c>
+      <c r="Z325" s="6">
+        <v>0.26123817884311201</v>
       </c>
     </row>
     <row r="326" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A326" s="3" t="s">
         <v>1089</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A327" s="3" t="s">
+      <c r="B326" s="3" t="s">
         <v>1090</v>
+      </c>
+      <c r="F326" s="4">
+        <v>61349100</v>
+      </c>
+      <c r="Z326" s="6">
+        <v>4.7699338541131502E-2</v>
       </c>
     </row>
     <row r="328" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A328" s="3" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="329" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A329" s="3" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="330" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A330" s="3" t="s">
         <v>1093</v>
       </c>
     </row>
+    <row r="331" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A331" s="3" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="332" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A332" s="3" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="333" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A333" s="3" t="s">
+        <v>1096</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>August</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO, LLC</Company>
+  <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Odayne Smith</dc:creator>
+  <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>