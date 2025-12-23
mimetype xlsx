--- v1 (2025-11-12)
+++ v2 (2025-12-23)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0741B559-D1CA-4E84-BEA4-5274B32A250C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F47143D1-3D85-408F-81BC-DDE8DA4A31FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{107BD479-4DFF-417D-9FC9-B2054F2D56CD}"/>
+    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{72AE5E31-2505-430D-823E-B8DB1890D4D0}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="October" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4188" uniqueCount="1097">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4214" uniqueCount="1113">
   <si>
     <t>GMO Opportunistic Income Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -190,81 +190,63 @@
   <si>
     <t>Collateral Cash</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
     <t>CASH_USD_MARJPNUS3</t>
   </si>
   <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>Futures Margin</t>
   </si>
   <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
-    <t>USD_EUR_DBA_20251030F</t>
+    <t>USD_EUR_DBA_20260130F</t>
   </si>
   <si>
     <t>FX USD VS EUR</t>
   </si>
   <si>
     <t>Derivative</t>
   </si>
   <si>
     <t>Currency Contract</t>
   </si>
   <si>
-    <t>USD_EUR_DBA_20251030T</t>
-[...17 lines deleted...]
-    <t>USD_EUR_SSB_20251030T</t>
+    <t>USD_EUR_DBA_20260130T</t>
   </si>
   <si>
     <t>FBFVZ25</t>
   </si>
   <si>
     <t>US 5YR NOTE (CBT)</t>
   </si>
   <si>
     <t>Futures</t>
   </si>
   <si>
     <t>FVZ5</t>
   </si>
   <si>
     <t>XCBT</t>
   </si>
   <si>
     <t>FBTUZ25</t>
   </si>
   <si>
     <t>US 2YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TUZ5</t>
   </si>
@@ -388,83 +370,143 @@
   <si>
     <t>BMO36Z4Q4</t>
   </si>
   <si>
     <t>BMO389GH7</t>
   </si>
   <si>
     <t>BMO3C7SV2</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.15.BBB-)</t>
   </si>
   <si>
     <t>BMO3ER1U7</t>
   </si>
   <si>
     <t>BMO3H2SM8</t>
   </si>
   <si>
     <t>BMO3R5SE8</t>
   </si>
   <si>
     <t>BMO3R5SJ7</t>
   </si>
   <si>
+    <t>BMO3YWYN4</t>
+  </si>
+  <si>
+    <t>CDS: (ITRAXX.XO.42.V2 35-100%)</t>
+  </si>
+  <si>
     <t>BMO40WM69</t>
   </si>
   <si>
+    <t>BMO49FF65</t>
+  </si>
+  <si>
+    <t>BMO4B0MA8</t>
+  </si>
+  <si>
+    <t>SWP: USD 3.810000 31-AUG-2029 SOF</t>
+  </si>
+  <si>
     <t>BMO4EC377</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.6.BBB-)</t>
   </si>
   <si>
     <t>BMO4EQM83</t>
   </si>
   <si>
+    <t>BMO4ER168</t>
+  </si>
+  <si>
+    <t>CDS: (CDX.NA.HY.43 25-35%)</t>
+  </si>
+  <si>
+    <t>BMO4ER192</t>
+  </si>
+  <si>
+    <t>CDS: (CDX.NA.HY.43 15-25%)</t>
+  </si>
+  <si>
+    <t>BMO4GQET4</t>
+  </si>
+  <si>
+    <t>CDS: (ITRAXX.EUR.42 12-100%)</t>
+  </si>
+  <si>
     <t>BMO4K8BL9</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.18.BBB-)</t>
   </si>
   <si>
+    <t>BMO4R5BZ7</t>
+  </si>
+  <si>
+    <t>BMO4R5C29</t>
+  </si>
+  <si>
     <t>BMO4RYE24</t>
   </si>
   <si>
     <t>BMO4RYK68</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.17.BBB-)</t>
   </si>
   <si>
     <t>BMO4U6MW6</t>
   </si>
   <si>
     <t>BMO4U6N05</t>
   </si>
   <si>
+    <t>BMO4XM9M5</t>
+  </si>
+  <si>
+    <t>TRSWAP: IBXXLLTR INDEX</t>
+  </si>
+  <si>
+    <t>BMO4ZL3A7</t>
+  </si>
+  <si>
+    <t>BMO4ZMDM8</t>
+  </si>
+  <si>
+    <t>CDS: (CDX.NA.HY.39 15-25%)</t>
+  </si>
+  <si>
+    <t>BMO507BG1</t>
+  </si>
+  <si>
+    <t>CDS: (ITRAXX.EUR.44 12-100%)</t>
+  </si>
+  <si>
     <t>BRW9YF7H1</t>
   </si>
   <si>
     <t>BRW9YFGW8</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.9.BBB-)</t>
   </si>
   <si>
     <t>BRW9YFVE1</t>
   </si>
   <si>
     <t>BRW9YFVL5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.6.AA)</t>
   </si>
   <si>
     <t>BRW9YHMT4</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.AS)</t>
   </si>
   <si>
     <t>BRW9YHMW7</t>
@@ -505,207 +547,168 @@
   <si>
     <t>Z96RYU906</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.EUR.42.V1)</t>
   </si>
   <si>
     <t>Z96RYU955</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.XO.42.V3)</t>
   </si>
   <si>
     <t>Z96ZAV0B7</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.FINSR.43.V1)</t>
   </si>
   <si>
     <t>Z96ZAV0E1</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.IG.44.V1)</t>
   </si>
   <si>
+    <t>Z978T5JQ0</t>
+  </si>
+  <si>
+    <t>ICE: (ITRAXX.EUR.44.V1)</t>
+  </si>
+  <si>
     <t>Z978T5JT4</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.IG.45.V1)</t>
   </si>
   <si>
-    <t>BMO3YWYN4</t>
-[...43 lines deleted...]
-  <si>
     <t>BMO4VYMD6</t>
   </si>
   <si>
     <t>ITRAXX.FINSR.43.V1 5YR RTP @ 75.00</t>
   </si>
   <si>
     <t>SWAPTION</t>
   </si>
   <si>
     <t>JPMD</t>
   </si>
   <si>
-    <t>US01F0224A0225</t>
-[...2 lines deleted...]
-    <t>FNCI 2.5 10/25</t>
+    <t>US01F0224B8425</t>
+  </si>
+  <si>
+    <t>FNCI 2.5 11/25</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Agency Pass-Through</t>
   </si>
   <si>
     <t>FNCI</t>
   </si>
   <si>
-    <t>US01F0224A02</t>
-[...8 lines deleted...]
-    <t>FNCL 4 10/25</t>
+    <t>US01F0224B84</t>
+  </si>
+  <si>
+    <t>01F0224B8</t>
+  </si>
+  <si>
+    <t>US01F0406B8425</t>
+  </si>
+  <si>
+    <t>FNCL 4 11/25</t>
   </si>
   <si>
     <t>FNCL</t>
   </si>
   <si>
-    <t>US01F0406A02</t>
-[...62 lines deleted...]
-    <t>01F0626A4</t>
+    <t>US01F0406B84</t>
+  </si>
+  <si>
+    <t>01F0406B8</t>
+  </si>
+  <si>
+    <t>US01F0426B4925</t>
+  </si>
+  <si>
+    <t>FNCL 4.5 11/25</t>
+  </si>
+  <si>
+    <t>US01F0426B49</t>
+  </si>
+  <si>
+    <t>01F0426B4</t>
+  </si>
+  <si>
+    <t>US01F0524B5725</t>
+  </si>
+  <si>
+    <t>FNCI 5.5 11/25</t>
+  </si>
+  <si>
+    <t>US01F0524B57</t>
+  </si>
+  <si>
+    <t>01F0524B5</t>
+  </si>
+  <si>
+    <t>US01F0526B3025</t>
+  </si>
+  <si>
+    <t>FNCL 5.5 11/25</t>
+  </si>
+  <si>
+    <t>US01F0526B30</t>
+  </si>
+  <si>
+    <t>01F0526B3</t>
+  </si>
+  <si>
+    <t>US01F0606B6625</t>
+  </si>
+  <si>
+    <t>FNCL 6 11/25</t>
+  </si>
+  <si>
+    <t>US01F0606B66</t>
+  </si>
+  <si>
+    <t>01F0606B6</t>
+  </si>
+  <si>
+    <t>US01F0626B2125</t>
+  </si>
+  <si>
+    <t>FNCL 6.5 11/25</t>
+  </si>
+  <si>
+    <t>US01F0626B21</t>
+  </si>
+  <si>
+    <t>01F0626B2</t>
   </si>
   <si>
     <t>US00432CBX83</t>
   </si>
   <si>
     <t>ACCSS 2004-2 A4</t>
   </si>
   <si>
     <t>Asset Backed Security</t>
   </si>
   <si>
     <t>ACCSS</t>
   </si>
   <si>
     <t>00432CBX8</t>
   </si>
   <si>
     <t>US00432CBZ32</t>
   </si>
   <si>
     <t>ACCSS 2004-2 B</t>
   </si>
   <si>
     <t>00432CBZ3</t>
   </si>
@@ -772,62 +775,50 @@
   <si>
     <t>AHMA 2006-4 1A12</t>
   </si>
   <si>
     <t>B54R1V9</t>
   </si>
   <si>
     <t>AHMA</t>
   </si>
   <si>
     <t>02660LAB6</t>
   </si>
   <si>
     <t>US02660YAB83</t>
   </si>
   <si>
     <t>AHM 2006-2 4A</t>
   </si>
   <si>
     <t>AHM</t>
   </si>
   <si>
     <t>02660YAB8</t>
   </si>
   <si>
-    <t>US03217JAA97</t>
-[...10 lines deleted...]
-  <si>
     <t>US03466EAA82</t>
   </si>
   <si>
     <t>AOMT 2025-5 A1</t>
   </si>
   <si>
     <t>AOMT</t>
   </si>
   <si>
     <t>03466EAA8</t>
   </si>
   <si>
     <t>US03927NAB91</t>
   </si>
   <si>
     <t>ARCAP 2005-1A B</t>
   </si>
   <si>
     <t>ARCAP</t>
   </si>
   <si>
     <t>03927NAB9</t>
   </si>
   <si>
     <t>US04542BMT60</t>
@@ -1222,50 +1213,62 @@
   <si>
     <t>BMARK 2020-B20 A5</t>
   </si>
   <si>
     <t>08162XBG8</t>
   </si>
   <si>
     <t>US08163NBJ37</t>
   </si>
   <si>
     <t>BMARK 2022-B32 A5</t>
   </si>
   <si>
     <t>08163NBJ3</t>
   </si>
   <si>
     <t>US08163PBG46</t>
   </si>
   <si>
     <t>BMARK 2022-B33 A5</t>
   </si>
   <si>
     <t>08163PBG4</t>
   </si>
   <si>
+    <t>US09203WAN56</t>
+  </si>
+  <si>
+    <t>BLACK 2016-1A A1AR</t>
+  </si>
+  <si>
+    <t>BLACK</t>
+  </si>
+  <si>
+    <t>09203WAN5</t>
+  </si>
+  <si>
     <t>US09626YAS90</t>
   </si>
   <si>
     <t>BLUEM 2013-2A BR</t>
   </si>
   <si>
     <t>BLUEM</t>
   </si>
   <si>
     <t>09626YAS9</t>
   </si>
   <si>
     <t>US09774XAX03</t>
   </si>
   <si>
     <t>BCM 1999-A M1</t>
   </si>
   <si>
     <t>BCM</t>
   </si>
   <si>
     <t>09774XAX0</t>
   </si>
   <si>
     <t>US09774XBE13</t>
@@ -1516,60 +1519,75 @@
   <si>
     <t>US251510NC37</t>
   </si>
   <si>
     <t>DBALT 2006-AF1 A4</t>
   </si>
   <si>
     <t>DBALT</t>
   </si>
   <si>
     <t>251510NC3</t>
   </si>
   <si>
     <t>US25151UAA51</t>
   </si>
   <si>
     <t>DBALT 2007-AR2 A1</t>
   </si>
   <si>
     <t>BP55YM4</t>
   </si>
   <si>
     <t>25151UAA5</t>
   </si>
   <si>
-    <t>US26829CAY30</t>
-[...8 lines deleted...]
-    <t>26829CAY3</t>
+    <t>US26251LAC81</t>
+  </si>
+  <si>
+    <t>DRSLF 2018-64A A</t>
+  </si>
+  <si>
+    <t>BFN6VN9</t>
+  </si>
+  <si>
+    <t>DRSLF</t>
+  </si>
+  <si>
+    <t>26251LAC8</t>
+  </si>
+  <si>
+    <t>US28623CAL54</t>
+  </si>
+  <si>
+    <t>AWPT 2018-10A AR</t>
+  </si>
+  <si>
+    <t>AWPT</t>
+  </si>
+  <si>
+    <t>28623CAL5</t>
   </si>
   <si>
     <t>US28628BAA61</t>
   </si>
   <si>
     <t>ELFI 2021-A A</t>
   </si>
   <si>
     <t>ELFI</t>
   </si>
   <si>
     <t>28628BAA6</t>
   </si>
   <si>
     <t>US30291SAJ24</t>
   </si>
   <si>
     <t>FRESB 2020-SB74 X1</t>
   </si>
   <si>
     <t>FRESB</t>
   </si>
   <si>
     <t>30291SAJ2</t>
   </si>
@@ -1924,50 +1942,62 @@
   <si>
     <t>US46593JAA25</t>
   </si>
   <si>
     <t>JPMCC 2024-OMNI A</t>
   </si>
   <si>
     <t>JPMCC</t>
   </si>
   <si>
     <t>46593JAA2</t>
   </si>
   <si>
     <t>US46634ACN28</t>
   </si>
   <si>
     <t>JPMRR 2009-10 7A1</t>
   </si>
   <si>
     <t>JPMRR</t>
   </si>
   <si>
     <t>46634ACN2</t>
   </si>
   <si>
+    <t>US47421MBJ18</t>
+  </si>
+  <si>
+    <t>JEFFM 2015-1A ARR</t>
+  </si>
+  <si>
+    <t>JEFFM</t>
+  </si>
+  <si>
+    <t>47421MBJ1</t>
+  </si>
+  <si>
     <t>US493268CB09</t>
   </si>
   <si>
     <t>KSLT 2004-A 2D</t>
   </si>
   <si>
     <t>KSLT</t>
   </si>
   <si>
     <t>493268CB0</t>
   </si>
   <si>
     <t>US493268CL80</t>
   </si>
   <si>
     <t>KSLT 2005-A 2C</t>
   </si>
   <si>
     <t>493268CL8</t>
   </si>
   <si>
     <t>US49327HAJ41</t>
   </si>
   <si>
     <t>KSLT 2006-A 2C</t>
@@ -2014,62 +2044,50 @@
   <si>
     <t>US52524VAG41</t>
   </si>
   <si>
     <t>LXS 2007-15N 2A1</t>
   </si>
   <si>
     <t>LXS</t>
   </si>
   <si>
     <t>52524VAG4</t>
   </si>
   <si>
     <t>US55316PAA57</t>
   </si>
   <si>
     <t>MKT 2020-525M A</t>
   </si>
   <si>
     <t>MKT</t>
   </si>
   <si>
     <t>55316PAA5</t>
   </si>
   <si>
-    <t>US56608KAW36</t>
-[...10 lines deleted...]
-  <si>
     <t>US57644DAR44</t>
   </si>
   <si>
     <t>MASL 2006-1 A</t>
   </si>
   <si>
     <t>MASL</t>
   </si>
   <si>
     <t>57644DAR4</t>
   </si>
   <si>
     <t>US58552RAA86</t>
   </si>
   <si>
     <t>MRFC 2004-TBC1 A</t>
   </si>
   <si>
     <t>MRFC</t>
   </si>
   <si>
     <t>58552RAA8</t>
   </si>
   <si>
     <t>US59025TAD54</t>
@@ -2110,50 +2128,62 @@
   <si>
     <t>61748HVW8</t>
   </si>
   <si>
     <t>US62431UBD37</t>
   </si>
   <si>
     <t>MVW 2013-1A BRR</t>
   </si>
   <si>
     <t>MVW</t>
   </si>
   <si>
     <t>62431UBD3</t>
   </si>
   <si>
     <t>US62432BAN38</t>
   </si>
   <si>
     <t>MVW 2015-9A A1R</t>
   </si>
   <si>
     <t>62432BAN3</t>
   </si>
   <si>
+    <t>US62432FAS39</t>
+  </si>
+  <si>
+    <t>MVEW 2016-1A AR2</t>
+  </si>
+  <si>
+    <t>MVEW</t>
+  </si>
+  <si>
+    <t>62432FAS3</t>
+  </si>
+  <si>
     <t>US63543CAA36</t>
   </si>
   <si>
     <t>NCMCT 2007-4 A3R7</t>
   </si>
   <si>
     <t>NCMCT</t>
   </si>
   <si>
     <t>63543CAA3</t>
   </si>
   <si>
     <t>US63543LAD73</t>
   </si>
   <si>
     <t>NCSLT 2007-2 A4</t>
   </si>
   <si>
     <t>B2358R8</t>
   </si>
   <si>
     <t>NCSLT</t>
   </si>
   <si>
     <t>63543LAD7</t>
@@ -2734,89 +2764,98 @@
   <si>
     <t>US78444NAD12</t>
   </si>
   <si>
     <t>SLCLT 2008-2 A4</t>
   </si>
   <si>
     <t>SLCLT</t>
   </si>
   <si>
     <t>78444NAD1</t>
   </si>
   <si>
     <t>US78444YAD76</t>
   </si>
   <si>
     <t>SLMA 2008-5 A4</t>
   </si>
   <si>
     <t>B7SDWF8</t>
   </si>
   <si>
     <t>78444YAD7</t>
   </si>
   <si>
+    <t>US784456AF27</t>
+  </si>
+  <si>
+    <t>SMB 2014-A C</t>
+  </si>
+  <si>
+    <t>SMB</t>
+  </si>
+  <si>
+    <t>784456AF2</t>
+  </si>
+  <si>
     <t>US78445AAD81</t>
   </si>
   <si>
     <t>SLMA 2008-4 A4</t>
   </si>
   <si>
     <t>78445AAD8</t>
   </si>
   <si>
     <t>US78445CAD48</t>
   </si>
   <si>
     <t>SLMA 2008-6 A4</t>
   </si>
   <si>
     <t>BD71L14</t>
   </si>
   <si>
     <t>78445CAD4</t>
   </si>
   <si>
     <t>US78445QAE17</t>
   </si>
   <si>
     <t>SLMA 2010-C A5</t>
   </si>
   <si>
     <t>78445QAE1</t>
   </si>
   <si>
     <t>US78448QAE89</t>
   </si>
   <si>
     <t>SMB 2015-B B</t>
   </si>
   <si>
-    <t>SMB</t>
-[...1 lines deleted...]
-  <si>
     <t>78448QAE8</t>
   </si>
   <si>
     <t>US78448YAD31</t>
   </si>
   <si>
     <t>SMB 2021-A B</t>
   </si>
   <si>
     <t>78448YAD3</t>
   </si>
   <si>
     <t>US78449HAF47</t>
   </si>
   <si>
     <t>SMB 2023-B R</t>
   </si>
   <si>
     <t>78449HAF4</t>
   </si>
   <si>
     <t>US81881JAC62</t>
   </si>
   <si>
     <t>SHACK 2014-5RA A</t>
@@ -2851,59 +2890,50 @@
   <si>
     <t>US83715RAH57</t>
   </si>
   <si>
     <t>SCSLC 2015-A A</t>
   </si>
   <si>
     <t>SCSLC</t>
   </si>
   <si>
     <t>83715RAH5</t>
   </si>
   <si>
     <t>US858102AX41</t>
   </si>
   <si>
     <t>STCR 2016-1A AR</t>
   </si>
   <si>
     <t>STCR</t>
   </si>
   <si>
     <t>858102AX4</t>
   </si>
   <si>
-    <t>US85816VAA44</t>
-[...7 lines deleted...]
-  <si>
     <t>US863579QX96</t>
   </si>
   <si>
     <t>SARM 2005-9 2A2A</t>
   </si>
   <si>
     <t>B6S2LR3</t>
   </si>
   <si>
     <t>SARM</t>
   </si>
   <si>
     <t>863579QX9</t>
   </si>
   <si>
     <t>US86362XAA63</t>
   </si>
   <si>
     <t>SAMI 2007-AR1 1A1</t>
   </si>
   <si>
     <t>B29ST12</t>
   </si>
   <si>
     <t>SAMI</t>
@@ -3019,50 +3049,59 @@
   <si>
     <t>92258DAK3</t>
   </si>
   <si>
     <t>US92258XAA19</t>
   </si>
   <si>
     <t>VCC 2022-1 A</t>
   </si>
   <si>
     <t>92258XAA1</t>
   </si>
   <si>
     <t>US92325QAA58</t>
   </si>
   <si>
     <t>VENTR 2018-32A A1</t>
   </si>
   <si>
     <t>VENTR</t>
   </si>
   <si>
     <t>92325QAA5</t>
   </si>
   <si>
+    <t>US92332NBC83</t>
+  </si>
+  <si>
+    <t>VENTR 2019-38A ARR</t>
+  </si>
+  <si>
+    <t>92332NBC8</t>
+  </si>
+  <si>
     <t>US924921AA70</t>
   </si>
   <si>
     <t>VERUS 2022-5 A1</t>
   </si>
   <si>
     <t>VERUS</t>
   </si>
   <si>
     <t>924921AA7</t>
   </si>
   <si>
     <t>US92868RAD08</t>
   </si>
   <si>
     <t>VALET 2024-1 A3</t>
   </si>
   <si>
     <t>VALET</t>
   </si>
   <si>
     <t>92868RAD0</t>
   </si>
   <si>
     <t>US92922FW460</t>
@@ -3124,50 +3163,59 @@
   <si>
     <t>933638AD0</t>
   </si>
   <si>
     <t>US93364LAM00</t>
   </si>
   <si>
     <t>WMCMS 2007-SL3 J</t>
   </si>
   <si>
     <t>93364LAM0</t>
   </si>
   <si>
     <t>US9393365X73</t>
   </si>
   <si>
     <t>WMALT 2005-4 CB3</t>
   </si>
   <si>
     <t>WMALT</t>
   </si>
   <si>
     <t>9393365X7</t>
   </si>
   <si>
+    <t>US939346AB82</t>
+  </si>
+  <si>
+    <t>WMALT 2006-AR9 2A</t>
+  </si>
+  <si>
+    <t>939346AB8</t>
+  </si>
+  <si>
     <t>US93934FGN69</t>
   </si>
   <si>
     <t>WMALT 2005-10 4CB3</t>
   </si>
   <si>
     <t>93934FGN6</t>
   </si>
   <si>
     <t>US93935EAG98</t>
   </si>
   <si>
     <t>WMALT 2006-8 A5</t>
   </si>
   <si>
     <t>93935EAG9</t>
   </si>
   <si>
     <t>US93936PAF53</t>
   </si>
   <si>
     <t>WMALT 2007-5 A6</t>
   </si>
   <si>
     <t>BNY8D12</t>
@@ -3274,54 +3322,54 @@
   <si>
     <t>Pooled Investment</t>
   </si>
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>BYZYHN6</t>
   </si>
   <si>
     <t>GUSTX</t>
   </si>
   <si>
     <t>US3620133690</t>
   </si>
   <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>TRIXX</t>
   </si>
   <si>
-    <t>BMO4ZC1C5</t>
-[...2 lines deleted...]
-    <t>REPO for  R 4.21</t>
+    <t>BMO53BPP4</t>
+  </si>
+  <si>
+    <t>REPO for  R 4.10</t>
   </si>
   <si>
     <t>Short Term Instrument</t>
   </si>
   <si>
     <t>Repurchase Agreement (REPO)</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Future</t>
   </si>
   <si>
     <t>Contra Derivatives - Futures</t>
   </si>
   <si>
     <t>CONTRA_DERIV_OPT</t>
   </si>
   <si>
     <t>Contra Derivatives - Options</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swap</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaps</t>
   </si>
@@ -3721,92 +3769,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE9D5984-0F98-47A9-8776-41B8EDADFDCF}">
-  <dimension ref="A1:Z333"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A2871FD-8771-497C-8CA0-2970B5859838}">
+  <dimension ref="A1:Z335"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="5"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -3856,185 +3904,185 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>1428.86</v>
+        <v>1345.55</v>
       </c>
       <c r="E4" s="5">
-        <v>1.175</v>
+        <v>1.1541999999999999</v>
       </c>
       <c r="F4" s="4">
-        <v>1678.9105</v>
+        <v>1553.0338099999999</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>1428.86</v>
+        <v>1345.55</v>
       </c>
       <c r="N4" s="4">
-        <v>1678.9105</v>
+        <v>1553.0338099999999</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
         <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>10769246.138932001</v>
+        <v>11531500.583152</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>10769246.138932399</v>
+        <v>11531500.5831524</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4">
-        <v>10769246.138932001</v>
+        <v>11531500.583152</v>
       </c>
       <c r="N5" s="4">
-        <v>10769246.138932399</v>
+        <v>11531500.5831524</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>8.3730000000000002E-3</v>
+        <v>8.8509999999999995E-3</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>1724000</v>
       </c>
       <c r="E6" s="5">
         <v>1</v>
       </c>
       <c r="F6" s="4">
         <v>1724000</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H6" s="3" t="s">
@@ -4064,25180 +4112,25346 @@
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.34E-3</v>
+        <v>1.323E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>1263.01</v>
+        <v>8141.23</v>
       </c>
       <c r="E7" s="5">
         <v>1</v>
       </c>
       <c r="F7" s="4">
-        <v>1263.01</v>
+        <v>8141.23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="4">
-        <v>1263.01</v>
+        <v>8141.23</v>
       </c>
       <c r="N7" s="4">
-        <v>1263.01</v>
+        <v>8141.23</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>0</v>
+        <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>-52983553.009999998</v>
+        <v>-55836897.909999996</v>
       </c>
       <c r="E8" s="5">
         <v>0</v>
       </c>
       <c r="F8" s="4">
-        <v>-52982673.009999998</v>
+        <v>-55835815.909999996</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M8" s="4">
-        <v>-52982673.009999998</v>
+        <v>-55835815.909999996</v>
       </c>
       <c r="N8" s="4">
-        <v>-52982673.009999998</v>
+        <v>-55835815.909999996</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-4.1194000000000001E-2</v>
+        <v>-4.2858E-2</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D9" s="4">
-        <v>-200694.0816</v>
+        <v>-2802098.9427999998</v>
       </c>
       <c r="E9" s="5">
         <v>1</v>
       </c>
       <c r="F9" s="4">
-        <v>-200694.0816</v>
+        <v>-2802098.9427999998</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M9" s="4">
-        <v>-200694.0816</v>
+        <v>-2802098.9427999998</v>
       </c>
       <c r="N9" s="4">
-        <v>-200694.0816</v>
+        <v>-2802098.9427999998</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="U9" s="2">
-        <v>45960</v>
+        <v>46052</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-1.56E-4</v>
+        <v>-9.6819999999999996E-3</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D10" s="4">
-        <v>171000</v>
+        <v>-8461000</v>
       </c>
       <c r="E10" s="5">
-        <v>1.1769970000000001</v>
+        <v>1.159759</v>
       </c>
       <c r="F10" s="4">
-        <v>201266.54503499999</v>
+        <v>-9812724.9369719997</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>54</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>171290.67662400001</v>
+        <v>-8501754.4073559996</v>
       </c>
       <c r="N10" s="4">
-        <v>201266.54503477001</v>
+        <v>-9812724.9369719997</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="U10" s="2">
-        <v>45960</v>
+        <v>46052</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.56E-4</v>
+        <v>-9.6819999999999996E-3</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D11" s="4">
-        <v>-98000</v>
+        <v>2398000</v>
       </c>
       <c r="E11" s="5">
-        <v>1.1769970000000001</v>
+        <v>1.159759</v>
       </c>
       <c r="F11" s="4">
-        <v>-115345.73926</v>
+        <v>2781103.2264339998</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>-98166.586603000003</v>
+        <v>2409550.5340780001</v>
       </c>
       <c r="N11" s="4">
-        <v>-115345.73925969</v>
+        <v>2781103.2264340902</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="U11" s="2">
-        <v>45960</v>
+        <v>46052</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>-8.8999999999999995E-5</v>
+        <v>9.7269999999999995E-3</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="4">
-        <v>114147.484</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="E12" s="5">
         <v>1</v>
       </c>
       <c r="F12" s="4">
-        <v>114147.484</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>54</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M12" s="4">
-        <v>114147.484</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="N12" s="4">
-        <v>114147.484</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="U12" s="2">
-        <v>45960</v>
+        <v>46052</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>8.7999999999999998E-5</v>
+        <v>9.7269999999999995E-3</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="4">
-        <v>-7771000</v>
+        <v>-202</v>
       </c>
       <c r="E13" s="5">
-        <v>1.1769970000000001</v>
+        <v>109.210938</v>
       </c>
       <c r="F13" s="4">
-        <v>-9146446.3243579995</v>
+        <v>-22060609.5</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J13" s="5">
-        <v>1</v>
+        <v>109.2109375</v>
       </c>
       <c r="K13" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M13" s="4">
-        <v>-7784209.637751</v>
+        <v>0</v>
       </c>
       <c r="N13" s="4">
-        <v>-9146446.3243576195</v>
+        <v>0</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="T13" s="4">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="U13" s="2">
-        <v>45960</v>
+        <v>46022</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>-8.9239999999999996E-3</v>
+        <v>-1.6933E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D14" s="4">
-        <v>-2332418.1622000001</v>
+        <v>410</v>
       </c>
       <c r="E14" s="5">
-        <v>1</v>
+        <v>104.121094</v>
       </c>
       <c r="F14" s="4">
-        <v>-2332418.1622000001</v>
+        <v>85379296.400000006</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J14" s="5">
-        <v>1</v>
+        <v>104.12109375</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M14" s="4">
-        <v>-2332418.1622000001</v>
+        <v>0</v>
       </c>
       <c r="N14" s="4">
-        <v>-2332418.1622000001</v>
+        <v>0</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="T14" s="4">
-        <v>1</v>
+        <v>2000</v>
       </c>
       <c r="U14" s="2">
-        <v>45960</v>
+        <v>46022</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>-8.9239999999999996E-3</v>
+        <v>6.5534999999999996E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="4">
-        <v>1991000</v>
+        <v>508</v>
       </c>
       <c r="E15" s="5">
-        <v>1.1769970000000001</v>
+        <v>112.671875</v>
       </c>
       <c r="F15" s="4">
-        <v>2343401.7027150001</v>
+        <v>57237312.5</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J15" s="5">
-        <v>1</v>
+        <v>112.671875</v>
       </c>
       <c r="K15" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M15" s="4">
-        <v>1994384.427842</v>
+        <v>0</v>
       </c>
       <c r="N15" s="4">
-        <v>2343401.70271471</v>
+        <v>0</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="T15" s="4">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="U15" s="2">
-        <v>45960</v>
+        <v>46010</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>8.9029999999999995E-3</v>
+        <v>4.3934000000000001E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="4">
-        <v>9107375.1904000007</v>
+        <v>361</v>
       </c>
       <c r="E16" s="5">
-        <v>1</v>
+        <v>115.484375</v>
       </c>
       <c r="F16" s="4">
-        <v>9107375.1904000007</v>
+        <v>41689859.399999999</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J16" s="5">
-        <v>1</v>
+        <v>115.484375</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M16" s="4">
-        <v>9107375.1904000007</v>
+        <v>0</v>
       </c>
       <c r="N16" s="4">
-        <v>9107375.1904000007</v>
+        <v>0</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="T16" s="4">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="U16" s="2">
-        <v>45960</v>
+        <v>46010</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>8.9029999999999995E-3</v>
+        <v>3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="4">
-        <v>-380551.22820000001</v>
+        <v>5</v>
       </c>
       <c r="E17" s="5">
-        <v>1</v>
+        <v>121.28125</v>
       </c>
       <c r="F17" s="4">
-        <v>-380551.22820000001</v>
+        <v>606406.30000000005</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J17" s="5">
-        <v>1</v>
+        <v>121.28125</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M17" s="4">
-        <v>-380551.22820000001</v>
+        <v>0</v>
       </c>
       <c r="N17" s="4">
-        <v>-380551.22820000001</v>
+        <v>0</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="T17" s="4">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="U17" s="2">
-        <v>45960</v>
+        <v>46010</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>-2.9500000000000001E-4</v>
+        <v>4.6500000000000003E-4</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="4">
-        <v>325000</v>
+        <v>649</v>
       </c>
       <c r="E18" s="5">
-        <v>1.1769970000000001</v>
+        <v>2.5000000000000001E-3</v>
       </c>
       <c r="F18" s="4">
-        <v>382524.13530000002</v>
+        <v>8112.5</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J18" s="5">
-        <v>1</v>
+        <v>2.5000000000000001E-3</v>
       </c>
       <c r="K18" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M18" s="4">
-        <v>325552.45557300001</v>
+        <v>4056.25</v>
       </c>
       <c r="N18" s="4">
-        <v>382524.13529999001</v>
+        <v>4056.25</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="U18" s="2">
-        <v>45960</v>
+        <v>46003</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.9700000000000001E-4</v>
+        <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="4">
-        <v>-330</v>
+        <v>-4624500</v>
       </c>
       <c r="E19" s="5">
-        <v>109.171875</v>
+        <v>-0.45255099999999998</v>
       </c>
       <c r="F19" s="4">
-        <v>-36026719</v>
+        <v>-4603571.7944200002</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J19" s="5">
-        <v>109.171875</v>
+        <v>-0.45255066999999999</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M19" s="4">
-        <v>0</v>
+        <v>20928.205580000002</v>
       </c>
       <c r="N19" s="4">
-        <v>0</v>
+        <v>20928.205580000002</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="T19" s="4">
-        <v>1000</v>
+        <v>0.01</v>
       </c>
       <c r="U19" s="2">
-        <v>46022</v>
+        <v>56571</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
-        <v>0</v>
+        <v>-1156.125</v>
       </c>
       <c r="Y19" s="4">
-        <v>0</v>
+        <v>-1156.125</v>
       </c>
       <c r="Z19" s="6">
-        <v>-2.8011000000000001E-2</v>
+        <v>-3.5330000000000001E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="4">
-        <v>410</v>
+        <v>-2259033.0499999998</v>
       </c>
       <c r="E20" s="5">
-        <v>104.183594</v>
+        <v>-25.716667000000001</v>
       </c>
       <c r="F20" s="4">
-        <v>85430546.400000006</v>
+        <v>-1678085.0506416699</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J20" s="5">
-        <v>104.18359375</v>
+        <v>-25.716666669999999</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M20" s="4">
-        <v>0</v>
+        <v>580947.999358</v>
       </c>
       <c r="N20" s="4">
-        <v>0</v>
+        <v>580947.99935833004</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="T20" s="4">
-        <v>2000</v>
+        <v>0.01</v>
       </c>
       <c r="U20" s="2">
-        <v>46022</v>
+        <v>53709</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
-        <v>0</v>
+        <v>-753.01101667</v>
       </c>
       <c r="Y20" s="4">
-        <v>0</v>
+        <v>-753.01101600000004</v>
       </c>
       <c r="Z20" s="6">
-        <v>6.6421999999999995E-2</v>
+        <v>-1.2880000000000001E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="4">
-        <v>434</v>
+        <v>799412.27500000002</v>
       </c>
       <c r="E21" s="5">
-        <v>112.515625</v>
+        <v>-12.346683000000001</v>
       </c>
       <c r="F21" s="4">
-        <v>48831781.299999997</v>
+        <v>700711.37820737006</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J21" s="5">
-        <v>112.515625</v>
+        <v>-12.34668267</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M21" s="4">
-        <v>0</v>
+        <v>-98700.896792</v>
       </c>
       <c r="N21" s="4">
-        <v>0</v>
+        <v>-98700.896792629996</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="T21" s="4">
-        <v>1000</v>
+        <v>0.01</v>
       </c>
       <c r="U21" s="2">
-        <v>46010</v>
+        <v>53709</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
-        <v>0</v>
+        <v>199.85306875000001</v>
       </c>
       <c r="Y21" s="4">
-        <v>0</v>
+        <v>199.85306800000001</v>
       </c>
       <c r="Z21" s="6">
-        <v>3.7967000000000001E-2</v>
+        <v>5.3700000000000004E-4</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D22" s="4">
-        <v>361</v>
+        <v>2824547.4406499998</v>
       </c>
       <c r="E22" s="5">
-        <v>115.125</v>
+        <v>-0.33875100000000002</v>
       </c>
       <c r="F22" s="4">
-        <v>41560125</v>
+        <v>2814979.24853417</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J22" s="5">
-        <v>115.125</v>
+        <v>-0.33875133000000002</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M22" s="4">
-        <v>0</v>
+        <v>-9568.1921149999998</v>
       </c>
       <c r="N22" s="4">
-        <v>0</v>
+        <v>-9568.1921158299992</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="T22" s="4">
-        <v>1000</v>
+        <v>0.01</v>
       </c>
       <c r="U22" s="2">
-        <v>46010</v>
+        <v>60224</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
-        <v>0</v>
+        <v>235.37895338999999</v>
       </c>
       <c r="Y22" s="4">
-        <v>0</v>
+        <v>235.378953</v>
       </c>
       <c r="Z22" s="6">
-        <v>3.2313000000000001E-2</v>
+        <v>2.16E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D23" s="4">
-        <v>5</v>
+        <v>-975834.78339999996</v>
       </c>
       <c r="E23" s="5">
-        <v>120.53125</v>
+        <v>-5.3849999999999998</v>
       </c>
       <c r="F23" s="4">
-        <v>602656.30000000005</v>
+        <v>-923286.08031391003</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J23" s="5">
-        <v>120.53125</v>
+        <v>-5.3849999999999998</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M23" s="4">
-        <v>0</v>
+        <v>52548.703086000001</v>
       </c>
       <c r="N23" s="4">
-        <v>0</v>
+        <v>52548.703086089998</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="T23" s="4">
-        <v>1000</v>
+        <v>0.01</v>
       </c>
       <c r="U23" s="2">
-        <v>46010</v>
+        <v>57635</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
-        <v>0</v>
+        <v>-325.27826112999998</v>
       </c>
       <c r="Y23" s="4">
-        <v>0</v>
+        <v>-325.27826099999999</v>
       </c>
       <c r="Z23" s="6">
-        <v>4.6799999999999999E-4</v>
+        <v>-7.0799999999999997E-4</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D24" s="4">
-        <v>649</v>
+        <v>-3000000</v>
       </c>
       <c r="E24" s="5">
-        <v>2.5000000000000001E-3</v>
+        <v>-1.1840649999999999</v>
       </c>
       <c r="F24" s="4">
-        <v>8112.5</v>
+        <v>-2964478.06</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J24" s="5">
-        <v>2.5000000000000001E-3</v>
+        <v>-1.1840646699999999</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M24" s="4">
-        <v>4056.25</v>
+        <v>35521.94</v>
       </c>
       <c r="N24" s="4">
-        <v>4056.25</v>
+        <v>35521.94</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="T24" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U24" s="2">
-        <v>46003</v>
+        <v>63174</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
-        <v>0</v>
+        <v>-750</v>
       </c>
       <c r="Y24" s="4">
-        <v>0</v>
+        <v>-750</v>
       </c>
       <c r="Z24" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>-2.2750000000000001E-3</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="4">
-        <v>-4624500</v>
+        <v>-2682000</v>
       </c>
       <c r="E25" s="5">
-        <v>-0.45885700000000001</v>
+        <v>-5.4931469999999996</v>
       </c>
       <c r="F25" s="4">
-        <v>-4603280.1407480203</v>
+        <v>-2534673.7885199999</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J25" s="5">
-        <v>-0.45885736999999999</v>
+        <v>-5.4931473300000002</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M25" s="4">
-        <v>21219.859251000002</v>
+        <v>147326.21148</v>
       </c>
       <c r="N25" s="4">
-        <v>21219.85925198</v>
+        <v>147326.21148</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T25" s="4">
         <v>0.01</v>
       </c>
       <c r="U25" s="2">
-        <v>56571</v>
+        <v>63174</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="4">
-        <v>-963.4375</v>
+        <v>-894</v>
       </c>
       <c r="Y25" s="4">
-        <v>-963.4375</v>
+        <v>-894</v>
       </c>
       <c r="Z25" s="6">
-        <v>-3.5790000000000001E-3</v>
+        <v>-1.9449999999999999E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D26" s="4">
-        <v>-2325783.79</v>
+        <v>-2000000</v>
       </c>
       <c r="E26" s="5">
-        <v>-22.525376999999999</v>
+        <v>-1.1840649999999999</v>
       </c>
       <c r="F26" s="4">
-        <v>-1801892.2330374301</v>
+        <v>-1976318.70666667</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J26" s="5">
-        <v>-22.525376569999999</v>
+        <v>-1.1840646699999999</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M26" s="4">
-        <v>523891.55696199997</v>
+        <v>23681.293333000001</v>
       </c>
       <c r="N26" s="4">
-        <v>523891.55696257</v>
+        <v>23681.293333329999</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T26" s="4">
         <v>0.01</v>
       </c>
       <c r="U26" s="2">
-        <v>53709</v>
+        <v>63174</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
-        <v>-646.05105277999996</v>
+        <v>-500</v>
       </c>
       <c r="Y26" s="4">
-        <v>-646.05105200000003</v>
+        <v>-500</v>
       </c>
       <c r="Z26" s="6">
-        <v>-1.4E-3</v>
+        <v>-1.516E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D27" s="4">
-        <v>800179.5</v>
+        <v>-5752000</v>
       </c>
       <c r="E27" s="5">
-        <v>-12.446880999999999</v>
+        <v>-12.865</v>
       </c>
       <c r="F27" s="4">
-        <v>700582.10719205998</v>
+        <v>-5012005.2</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J27" s="5">
-        <v>-12.44688133</v>
+        <v>-12.865</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M27" s="4">
-        <v>-99597.392806999997</v>
+        <v>739994.8</v>
       </c>
       <c r="N27" s="4">
-        <v>-99597.392807940007</v>
+        <v>739994.8</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T27" s="4">
         <v>0.01</v>
       </c>
       <c r="U27" s="2">
-        <v>53709</v>
+        <v>56571</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
-        <v>166.70406249999999</v>
+        <v>-2876</v>
       </c>
       <c r="Y27" s="4">
-        <v>166.70406199999999</v>
+        <v>-2876</v>
       </c>
       <c r="Z27" s="6">
-        <v>5.44E-4</v>
+        <v>-3.8470000000000002E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D28" s="4">
-        <v>2824684.4390250002</v>
+        <v>-5000000</v>
       </c>
       <c r="E28" s="5">
-        <v>-0.33515</v>
+        <v>-4.251315</v>
       </c>
       <c r="F28" s="4">
-        <v>2815217.50161925</v>
+        <v>-4787434.25</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J28" s="5">
-        <v>-0.33515026999999997</v>
+        <v>-4.251315</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M28" s="4">
-        <v>-9466.9374050000006</v>
+        <v>212565.75</v>
       </c>
       <c r="N28" s="4">
-        <v>-9466.9374057500008</v>
+        <v>212565.75</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T28" s="4">
         <v>0.01</v>
       </c>
       <c r="U28" s="2">
         <v>60224</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
-        <v>196.15864160000001</v>
+        <v>-1666.66666667</v>
       </c>
       <c r="Y28" s="4">
-        <v>196.15864099999999</v>
+        <v>-1666.6666660000001</v>
       </c>
       <c r="Z28" s="6">
-        <v>2.1879999999999998E-3</v>
+        <v>-3.6740000000000002E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D29" s="4">
-        <v>-979735.70203499997</v>
+        <v>9998398.0199999996</v>
       </c>
       <c r="E29" s="5">
-        <v>-4.8116430000000001</v>
+        <v>-0.33875100000000002</v>
       </c>
       <c r="F29" s="4">
-        <v>-932594.32252637995</v>
+        <v>9964528.3133952804</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J29" s="5">
-        <v>-4.8116425100000004</v>
+        <v>-0.33875133000000002</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M29" s="4">
-        <v>47141.379507999998</v>
+        <v>-33869.706603999999</v>
       </c>
       <c r="N29" s="4">
-        <v>47141.379508619997</v>
+        <v>-33869.706604719999</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
-        <v>57635</v>
+        <v>60224</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
-        <v>-272.14880612000002</v>
+        <v>833.19983500000001</v>
       </c>
       <c r="Y29" s="4">
-        <v>-272.14880599999998</v>
+        <v>833.19983500000001</v>
       </c>
       <c r="Z29" s="6">
-        <v>-7.2499999999999995E-4</v>
+        <v>7.6480000000000003E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D30" s="4">
-        <v>-3000000</v>
+        <v>-3933500</v>
       </c>
       <c r="E30" s="5">
-        <v>-1.1392659999999999</v>
+        <v>-17.976666999999999</v>
       </c>
       <c r="F30" s="4">
-        <v>-2965822.01670596</v>
+        <v>-3226387.8166666701</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J30" s="5">
-        <v>-1.1392661100000001</v>
+        <v>-17.97666667</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M30" s="4">
-        <v>34177.983293999998</v>
+        <v>707112.18333300005</v>
       </c>
       <c r="N30" s="4">
-        <v>34177.983294040001</v>
+        <v>707112.18333332997</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
         <v>63174</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
-        <v>-625</v>
+        <v>-1966.75</v>
       </c>
       <c r="Y30" s="4">
-        <v>-625</v>
+        <v>-1966.75</v>
       </c>
       <c r="Z30" s="6">
-        <v>-2.3050000000000002E-3</v>
+        <v>-2.4759999999999999E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D31" s="4">
-        <v>-2682000</v>
+        <v>-2667673</v>
       </c>
       <c r="E31" s="5">
-        <v>-4.8577839999999997</v>
+        <v>-5.3849999999999998</v>
       </c>
       <c r="F31" s="4">
-        <v>-2551714.2366035101</v>
+        <v>-2524018.80895</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J31" s="5">
-        <v>-4.8577838699999996</v>
+        <v>-5.3849999999999998</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M31" s="4">
-        <v>130285.76339599999</v>
+        <v>143654.19104999999</v>
       </c>
       <c r="N31" s="4">
-        <v>130285.76339649</v>
+        <v>143654.19104999999</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
-        <v>63174</v>
+        <v>57635</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
-        <v>-745</v>
+        <v>-889.22433333000004</v>
       </c>
       <c r="Y31" s="4">
-        <v>-745</v>
+        <v>-889.224333</v>
       </c>
       <c r="Z31" s="6">
-        <v>-1.983E-3</v>
+        <v>-1.9369999999999999E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D32" s="4">
-        <v>-2000000</v>
+        <v>-1360000</v>
       </c>
       <c r="E32" s="5">
-        <v>-1.1392659999999999</v>
+        <v>-17.976666999999999</v>
       </c>
       <c r="F32" s="4">
-        <v>-1977214.67780398</v>
+        <v>-1115517.33333333</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J32" s="5">
-        <v>-1.1392661100000001</v>
+        <v>-17.97666667</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M32" s="4">
-        <v>22785.322196000001</v>
+        <v>244482.666666</v>
       </c>
       <c r="N32" s="4">
-        <v>22785.322196019999</v>
+        <v>244482.66666667</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
         <v>63174</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
-        <v>-416.66666666999998</v>
+        <v>-680</v>
       </c>
       <c r="Y32" s="4">
-        <v>-416.66666600000002</v>
+        <v>-680</v>
       </c>
       <c r="Z32" s="6">
-        <v>-1.537E-3</v>
+        <v>-8.5599999999999999E-4</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D33" s="4">
-        <v>-5752000</v>
+        <v>-1067069.2</v>
       </c>
       <c r="E33" s="5">
-        <v>-12</v>
+        <v>-5.3849999999999998</v>
       </c>
       <c r="F33" s="4">
-        <v>-5061760</v>
+        <v>-1009607.52358</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J33" s="5">
-        <v>-12</v>
+        <v>-5.3849999999999998</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M33" s="4">
-        <v>690240</v>
+        <v>57461.676420000003</v>
       </c>
       <c r="N33" s="4">
-        <v>690240</v>
+        <v>57461.676420000003</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>56571</v>
+        <v>57635</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
-        <v>-2396.6666666699998</v>
+        <v>-355.68973333000002</v>
       </c>
       <c r="Y33" s="4">
-        <v>-2396.6666660000001</v>
+        <v>-355.68973299999999</v>
       </c>
       <c r="Z33" s="6">
-        <v>-3.9350000000000001E-3</v>
+        <v>-7.7399999999999995E-4</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D34" s="4">
-        <v>-5000000</v>
+        <v>-3000000</v>
       </c>
       <c r="E34" s="5">
-        <v>-3.5667309999999999</v>
+        <v>-4.251315</v>
       </c>
       <c r="F34" s="4">
-        <v>-4821663.4423013199</v>
+        <v>-2872460.55</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J34" s="5">
-        <v>-3.5667311499999999</v>
+        <v>-4.251315</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M34" s="4">
-        <v>178336.55769799999</v>
+        <v>127539.45</v>
       </c>
       <c r="N34" s="4">
-        <v>178336.55769868</v>
+        <v>127539.45</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
         <v>60224</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
-        <v>-1388.8888888900001</v>
+        <v>-1000</v>
       </c>
       <c r="Y34" s="4">
-        <v>-1388.888888</v>
+        <v>-1000</v>
       </c>
       <c r="Z34" s="6">
-        <v>-3.748E-3</v>
+        <v>-2.2039999999999998E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D35" s="4">
-        <v>9998882.9700000007</v>
+        <v>-5000000</v>
       </c>
       <c r="E35" s="5">
-        <v>-0.33515</v>
+        <v>-15.185</v>
       </c>
       <c r="F35" s="4">
-        <v>9965371.6871477701</v>
+        <v>-4240750</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J35" s="5">
-        <v>-0.33515026999999997</v>
+        <v>-15.185</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M35" s="4">
-        <v>-33511.282851999997</v>
+        <v>759250</v>
       </c>
       <c r="N35" s="4">
-        <v>-33511.282852229997</v>
+        <v>759250</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
         <v>60224</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
-        <v>694.36687291999999</v>
+        <v>-2500</v>
       </c>
       <c r="Y35" s="4">
-        <v>694.36687199999994</v>
+        <v>-2500</v>
       </c>
       <c r="Z35" s="6">
-        <v>7.7479999999999997E-3</v>
+        <v>-3.2550000000000001E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D36" s="4">
-        <v>-3933500</v>
+        <v>-5000000</v>
       </c>
       <c r="E36" s="5">
-        <v>-17.141667000000002</v>
+        <v>-15.185</v>
       </c>
       <c r="F36" s="4">
-        <v>-3259232.5416666698</v>
+        <v>-4240750</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J36" s="5">
-        <v>-17.141666669999999</v>
+        <v>-15.185</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M36" s="4">
-        <v>674267.45833299996</v>
+        <v>759250</v>
       </c>
       <c r="N36" s="4">
-        <v>674267.45833333</v>
+        <v>759250</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
-        <v>63174</v>
+        <v>60224</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
-        <v>-1638.95833333</v>
+        <v>-2500</v>
       </c>
       <c r="Y36" s="4">
-        <v>-1638.958333</v>
+        <v>-2500</v>
       </c>
       <c r="Z36" s="6">
-        <v>-2.5339999999999998E-3</v>
+        <v>-3.2550000000000001E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D37" s="4">
-        <v>-2678337.0750000002</v>
+        <v>-5000000</v>
       </c>
       <c r="E37" s="5">
-        <v>-4.8116430000000001</v>
+        <v>-15.185</v>
       </c>
       <c r="F37" s="4">
-        <v>-2549465.06978234</v>
+        <v>-4240750</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J37" s="5">
-        <v>-4.8116425100000004</v>
+        <v>-15.185</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M37" s="4">
-        <v>128872.005217</v>
+        <v>759250</v>
       </c>
       <c r="N37" s="4">
-        <v>128872.00521766</v>
+        <v>759250</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
-        <v>57635</v>
+        <v>60224</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
-        <v>-743.98252083</v>
+        <v>-2500</v>
       </c>
       <c r="Y37" s="4">
-        <v>-743.98252000000002</v>
+        <v>-2500</v>
       </c>
       <c r="Z37" s="6">
-        <v>-1.9819999999999998E-3</v>
+        <v>-3.2550000000000001E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D38" s="4">
-        <v>-1360000</v>
+        <v>-4560000</v>
       </c>
       <c r="E38" s="5">
-        <v>-17.141667000000002</v>
+        <v>-4.251315</v>
       </c>
       <c r="F38" s="4">
-        <v>-1126873.33333333</v>
+        <v>-4366140.0360000003</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J38" s="5">
-        <v>-17.141666669999999</v>
+        <v>-4.251315</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M38" s="4">
-        <v>233126.666666</v>
+        <v>193859.96400000001</v>
       </c>
       <c r="N38" s="4">
-        <v>233126.66666667</v>
+        <v>193859.96400000001</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
-        <v>63174</v>
+        <v>60224</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
-        <v>-566.66666667000004</v>
+        <v>-1520</v>
       </c>
       <c r="Y38" s="4">
-        <v>-566.66666599999996</v>
+        <v>-1520</v>
       </c>
       <c r="Z38" s="6">
-        <v>-8.7600000000000004E-4</v>
+        <v>-3.3509999999999998E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D39" s="4">
-        <v>-1071334.83</v>
+        <v>9118538.9942400008</v>
       </c>
       <c r="E39" s="5">
-        <v>-4.8116430000000001</v>
+        <v>-0.33875100000000002</v>
       </c>
       <c r="F39" s="4">
-        <v>-1019786.02791294</v>
+        <v>9087649.8218165003</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J39" s="5">
-        <v>-4.8116425100000004</v>
+        <v>-0.33875133000000002</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M39" s="4">
-        <v>51548.802086999996</v>
+        <v>-30889.172423</v>
       </c>
       <c r="N39" s="4">
-        <v>51548.802087060001</v>
+        <v>-30889.1724235</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
-        <v>57635</v>
+        <v>60224</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
-        <v>-297.59300832999998</v>
+        <v>759.87824952000005</v>
       </c>
       <c r="Y39" s="4">
-        <v>-297.593008</v>
+        <v>759.87824899999998</v>
       </c>
       <c r="Z39" s="6">
-        <v>-7.9199999999999995E-4</v>
+        <v>6.9750000000000003E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D40" s="4">
-        <v>-3000000</v>
+        <v>31118245.958799999</v>
       </c>
       <c r="E40" s="5">
-        <v>-3.5667309999999999</v>
+        <v>20.555062</v>
       </c>
       <c r="F40" s="4">
-        <v>-2892998.0653807898</v>
+        <v>42313054.359070703</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>-3.5667311499999999</v>
+        <v>17.80892601</v>
       </c>
       <c r="K40" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>107001.93461900001</v>
+        <v>5541825.3971779998</v>
       </c>
       <c r="N40" s="4">
-        <v>107001.93461921001</v>
+        <v>6396374.87342373</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
-        <v>60224</v>
+        <v>47472</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
-        <v>-833.33333332999996</v>
+        <v>199537.10825359001</v>
       </c>
       <c r="Y40" s="4">
-        <v>-833.33333300000004</v>
+        <v>172879.14421500001</v>
       </c>
       <c r="Z40" s="6">
-        <v>-2.2490000000000001E-3</v>
+        <v>3.2478E-2</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D41" s="4">
-        <v>-5000000</v>
+        <v>-9940000</v>
       </c>
       <c r="E41" s="5">
-        <v>-14.183332999999999</v>
+        <v>-12.865</v>
       </c>
       <c r="F41" s="4">
-        <v>-4290833.3333333302</v>
+        <v>-8661219</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J41" s="5">
-        <v>-14.18333333</v>
+        <v>-12.865</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M41" s="4">
-        <v>709166.66666600003</v>
+        <v>1278781</v>
       </c>
       <c r="N41" s="4">
-        <v>709166.66666667</v>
+        <v>1278781</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
-        <v>60224</v>
+        <v>56571</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
-        <v>-2083.3333333300002</v>
+        <v>-4970</v>
       </c>
       <c r="Y41" s="4">
-        <v>-2083.333333</v>
+        <v>-4970</v>
       </c>
       <c r="Z41" s="6">
-        <v>-3.336E-3</v>
+        <v>-6.6480000000000003E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D42" s="4">
-        <v>-5000000</v>
+        <v>15559122.9794</v>
       </c>
       <c r="E42" s="5">
-        <v>-14.183332999999999</v>
+        <v>20.555062</v>
       </c>
       <c r="F42" s="4">
-        <v>-4290833.3333333302</v>
+        <v>21156527.1795348</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>-14.18333333</v>
+        <v>17.80892601</v>
       </c>
       <c r="K42" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>709166.66666600003</v>
+        <v>2770912.6985889999</v>
       </c>
       <c r="N42" s="4">
-        <v>709166.66666667</v>
+        <v>3198187.4367118599</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
-        <v>60224</v>
+        <v>47472</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
-        <v>-2083.3333333300002</v>
+        <v>99768.554126799994</v>
       </c>
       <c r="Y42" s="4">
-        <v>-2083.333333</v>
+        <v>86439.572107</v>
       </c>
       <c r="Z42" s="6">
-        <v>-3.336E-3</v>
+        <v>1.6239E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D43" s="4">
-        <v>-5000000</v>
+        <v>-26000000</v>
       </c>
       <c r="E43" s="5">
-        <v>-14.183332999999999</v>
+        <v>1.5022580000000001</v>
       </c>
       <c r="F43" s="4">
-        <v>-4290833.3333333302</v>
+        <v>-26390586.964367799</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J43" s="5">
-        <v>-14.18333333</v>
+        <v>1.5022575600000001</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M43" s="4">
-        <v>709166.66666600003</v>
+        <v>-390586.96436699998</v>
       </c>
       <c r="N43" s="4">
-        <v>709166.66666667</v>
+        <v>-390586.96436786</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
-        <v>60224</v>
+        <v>47361</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
-        <v>-2083.3333333300002</v>
+        <v>20739.1831465</v>
       </c>
       <c r="Y43" s="4">
-        <v>-2083.333333</v>
+        <v>20739.183145999999</v>
       </c>
       <c r="Z43" s="6">
-        <v>-3.336E-3</v>
+        <v>-2.0256E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D44" s="4">
-        <v>-4560000</v>
+        <v>-1575866.544</v>
       </c>
       <c r="E44" s="5">
-        <v>-3.5667309999999999</v>
+        <v>-11.158333000000001</v>
       </c>
       <c r="F44" s="4">
-        <v>-4397357.0593788</v>
+        <v>-1400026.102132</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J44" s="5">
-        <v>-3.5667311499999999</v>
+        <v>-11.15833333</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M44" s="4">
-        <v>162642.94062099999</v>
+        <v>175840.44186799999</v>
       </c>
       <c r="N44" s="4">
-        <v>162642.94062119999</v>
+        <v>175840.44186799999</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
-        <v>60224</v>
+        <v>59667</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
-        <v>-1266.66666667</v>
+        <v>-787.93327199999999</v>
       </c>
       <c r="Y44" s="4">
-        <v>-1266.6666660000001</v>
+        <v>-787.93327199999999</v>
       </c>
       <c r="Z44" s="6">
-        <v>-3.418E-3</v>
+        <v>-1.0740000000000001E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D45" s="4">
-        <v>9118981.2686400004</v>
+        <v>-5215000</v>
       </c>
       <c r="E45" s="5">
-        <v>-0.33515</v>
+        <v>-12.865</v>
       </c>
       <c r="F45" s="4">
-        <v>9088418.9786787704</v>
+        <v>-4544090.25</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J45" s="5">
-        <v>-0.33515026999999997</v>
+        <v>-12.865</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M45" s="4">
-        <v>-30562.289960999999</v>
+        <v>670909.75</v>
       </c>
       <c r="N45" s="4">
-        <v>-30562.289961229999</v>
+        <v>670909.75</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
-        <v>60224</v>
+        <v>56571</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
-        <v>633.26258810000002</v>
+        <v>-2607.5</v>
       </c>
       <c r="Y45" s="4">
-        <v>633.26258800000005</v>
+        <v>-2607.5</v>
       </c>
       <c r="Z45" s="6">
-        <v>7.0660000000000002E-3</v>
+        <v>-3.4870000000000001E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D46" s="4">
-        <v>-9940000</v>
+        <v>3060000</v>
       </c>
       <c r="E46" s="5">
-        <v>-12</v>
+        <v>15.767692</v>
       </c>
       <c r="F46" s="4">
-        <v>-8747200</v>
+        <v>3542491.3755945801</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J46" s="5">
-        <v>-12</v>
+        <v>15.767692009999999</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M46" s="4">
-        <v>1192800</v>
+        <v>482491.37559399998</v>
       </c>
       <c r="N46" s="4">
-        <v>1192800</v>
+        <v>482491.37559458002</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>56571</v>
+        <v>47472</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
-        <v>-4141.6666666700003</v>
+        <v>17000</v>
       </c>
       <c r="Y46" s="4">
-        <v>-4141.6666660000001</v>
+        <v>17000</v>
       </c>
       <c r="Z46" s="6">
-        <v>-6.8009999999999998E-3</v>
+        <v>2.7190000000000001E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D47" s="4">
-        <v>-1579222.344</v>
+        <v>3060000</v>
       </c>
       <c r="E47" s="5">
-        <v>-8.2983349999999998</v>
+        <v>8.3089619999999993</v>
       </c>
       <c r="F47" s="4">
-        <v>-1448173.1887641</v>
+        <v>3314254.2396632498</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J47" s="5">
-        <v>-8.2983346699999991</v>
+        <v>8.3089620800000006</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M47" s="4">
-        <v>131049.155235</v>
+        <v>254254.23966299999</v>
       </c>
       <c r="N47" s="4">
-        <v>131049.15523590001</v>
+        <v>254254.23966324999</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
-        <v>59667</v>
+        <v>47472</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
-        <v>-658.00931000000003</v>
+        <v>17000</v>
       </c>
       <c r="Y47" s="4">
-        <v>-658.00931000000003</v>
+        <v>17000</v>
       </c>
       <c r="Z47" s="6">
-        <v>-1.1249999999999999E-3</v>
+        <v>2.5430000000000001E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>101</v>
+        <v>125</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D48" s="4">
-        <v>-5215000</v>
+        <v>78580000</v>
       </c>
       <c r="E48" s="5">
-        <v>-12</v>
+        <v>3.7601450000000001</v>
       </c>
       <c r="F48" s="4">
-        <v>-4589200</v>
+        <v>93651758.198846906</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>-12</v>
+        <v>3.2577935600000001</v>
       </c>
       <c r="K48" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>625800</v>
+        <v>2559974.1802520002</v>
       </c>
       <c r="N48" s="4">
-        <v>625800</v>
+        <v>2954722.19884698</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S48" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
-        <v>56571</v>
+        <v>47472</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
-        <v>-2172.9166666699998</v>
+        <v>100774.48444443999</v>
       </c>
       <c r="Y48" s="4">
-        <v>-2172.9166660000001</v>
+        <v>87311.111111000006</v>
       </c>
       <c r="Z48" s="6">
-        <v>-3.568E-3</v>
+        <v>7.1885000000000004E-2</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D49" s="4">
         <v>-8160000</v>
       </c>
       <c r="E49" s="5">
-        <v>-7.1491220000000002</v>
+        <v>-9.1999999999999993</v>
       </c>
       <c r="F49" s="4">
-        <v>-7576631.66465881</v>
+        <v>-7409280</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J49" s="5">
-        <v>-7.1491217599999999</v>
+        <v>-9.1999999999999993</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M49" s="4">
-        <v>583368.335341</v>
+        <v>750720</v>
       </c>
       <c r="N49" s="4">
-        <v>583368.33534118999</v>
+        <v>750720</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S49" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
         <v>57696</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
-        <v>-3400</v>
+        <v>-4080</v>
       </c>
       <c r="Y49" s="4">
-        <v>-3400</v>
+        <v>-4080</v>
       </c>
       <c r="Z49" s="6">
-        <v>-5.8900000000000003E-3</v>
+        <v>-5.6870000000000002E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D50" s="4">
-        <v>-5156000</v>
+        <v>18250000</v>
       </c>
       <c r="E50" s="5">
-        <v>-7.1491220000000002</v>
+        <v>15.767692</v>
       </c>
       <c r="F50" s="4">
-        <v>-4787391.2822280396</v>
+        <v>21127603.792353299</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J50" s="5">
-        <v>-7.1491217599999999</v>
+        <v>15.767692009999999</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M50" s="4">
-        <v>368608.717771</v>
+        <v>2877603.792353</v>
       </c>
       <c r="N50" s="4">
-        <v>368608.71777196001</v>
+        <v>2877603.7923533199</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S50" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
-        <v>57696</v>
+        <v>47472</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
-        <v>-2148.3333333300002</v>
+        <v>101388.88888889</v>
       </c>
       <c r="Y50" s="4">
-        <v>-2148.333333</v>
+        <v>101388.888888</v>
       </c>
       <c r="Z50" s="6">
-        <v>-3.722E-3</v>
+        <v>1.6216999999999999E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="4">
-        <v>3966000</v>
+        <v>-11900000</v>
       </c>
       <c r="E51" s="5">
-        <v>-12.708333</v>
+        <v>8.3089619999999993</v>
       </c>
       <c r="F51" s="4">
-        <v>3461987.5</v>
+        <v>-12888766.487579299</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J51" s="5">
-        <v>-12.70833333</v>
+        <v>8.3089620800000006</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M51" s="4">
-        <v>-504012.5</v>
+        <v>-988766.48757899995</v>
       </c>
       <c r="N51" s="4">
-        <v>-504012.5</v>
+        <v>-988766.48757929995</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S51" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
-        <v>57329</v>
+        <v>47472</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
-        <v>1652.5</v>
+        <v>-66111.111111110004</v>
       </c>
       <c r="Y51" s="4">
-        <v>1652.5</v>
+        <v>-66111.111111000006</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.6909999999999998E-3</v>
+        <v>-9.8930000000000008E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D52" s="4">
-        <v>3966000</v>
+        <v>-5156000</v>
       </c>
       <c r="E52" s="5">
-        <v>-12.708333</v>
+        <v>-9.1999999999999993</v>
       </c>
       <c r="F52" s="4">
-        <v>3461987.5</v>
+        <v>-4681648</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J52" s="5">
-        <v>-12.70833333</v>
+        <v>-9.1999999999999993</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M52" s="4">
-        <v>-504012.5</v>
+        <v>474352</v>
       </c>
       <c r="N52" s="4">
-        <v>-504012.5</v>
+        <v>474352</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S52" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
-        <v>57329</v>
+        <v>57696</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
-        <v>1652.5</v>
+        <v>-2578</v>
       </c>
       <c r="Y52" s="4">
-        <v>1652.5</v>
+        <v>-2578</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.6909999999999998E-3</v>
+        <v>-3.5929999999999998E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D53" s="4">
-        <v>-5156000</v>
+        <v>3966000</v>
       </c>
       <c r="E53" s="5">
-        <v>-7.1491220000000002</v>
+        <v>-14.158333000000001</v>
       </c>
       <c r="F53" s="4">
-        <v>-4787391.2822280396</v>
+        <v>3404480.5</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J53" s="5">
-        <v>-7.1491217599999999</v>
+        <v>-14.15833333</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M53" s="4">
-        <v>368608.717771</v>
+        <v>-561519.5</v>
       </c>
       <c r="N53" s="4">
-        <v>368608.71777196001</v>
+        <v>-561519.5</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S53" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>57696</v>
+        <v>57329</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
-        <v>-2148.3333333300002</v>
+        <v>1983</v>
       </c>
       <c r="Y53" s="4">
-        <v>-2148.333333</v>
+        <v>1983</v>
       </c>
       <c r="Z53" s="6">
-        <v>-3.722E-3</v>
+        <v>2.6129999999999999E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D54" s="4">
-        <v>-1654312.8182000001</v>
+        <v>3966000</v>
       </c>
       <c r="E54" s="5">
-        <v>-8.2983349999999998</v>
+        <v>-14.158333000000001</v>
       </c>
       <c r="F54" s="4">
-        <v>-1517032.4041122</v>
+        <v>3404480.5</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J54" s="5">
-        <v>-8.2983346699999991</v>
+        <v>-14.15833333</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M54" s="4">
-        <v>137280.41408700001</v>
+        <v>-561519.5</v>
       </c>
       <c r="N54" s="4">
-        <v>137280.41408779999</v>
+        <v>-561519.5</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S54" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
-        <v>59667</v>
+        <v>57329</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
-        <v>-689.29700758000001</v>
+        <v>1983</v>
       </c>
       <c r="Y54" s="4">
-        <v>-689.29700700000001</v>
+        <v>1983</v>
       </c>
       <c r="Z54" s="6">
-        <v>-1.1789999999999999E-3</v>
+        <v>2.6129999999999999E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D55" s="4">
-        <v>-3321415.2128699999</v>
+        <v>-5156000</v>
       </c>
       <c r="E55" s="5">
-        <v>-19.233332999999998</v>
+        <v>-9.1999999999999993</v>
       </c>
       <c r="F55" s="4">
-        <v>-2682596.3535946701</v>
+        <v>-4681648</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J55" s="5">
-        <v>-19.233333330000001</v>
+        <v>-9.1999999999999993</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M55" s="4">
-        <v>638818.85927500005</v>
+        <v>474352</v>
       </c>
       <c r="N55" s="4">
-        <v>638818.85927532997</v>
+        <v>474352</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>57970</v>
+        <v>57696</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
-        <v>-1383.9230053599999</v>
+        <v>-2578</v>
       </c>
       <c r="Y55" s="4">
-        <v>-1383.9230050000001</v>
+        <v>-2578</v>
       </c>
       <c r="Z55" s="6">
-        <v>-2.085E-3</v>
+        <v>-3.5929999999999998E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>88</v>
+        <v>136</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D56" s="4">
-        <v>-330261.29817999998</v>
+        <v>-9130000</v>
       </c>
       <c r="E56" s="5">
-        <v>-22.525376999999999</v>
+        <v>-2.9943000000000001E-2</v>
       </c>
       <c r="F56" s="4">
-        <v>-255868.69709132001</v>
+        <v>-9127266.2495106906</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J56" s="5">
-        <v>-22.525376569999999</v>
+        <v>-2.99425E-2</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M56" s="4">
-        <v>74392.601087999996</v>
+        <v>2733.750489</v>
       </c>
       <c r="N56" s="4">
-        <v>74392.601088680007</v>
+        <v>2733.7504893099999</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>53709</v>
+        <v>46011</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
-        <v>-91.739249490000006</v>
+        <v>0</v>
       </c>
       <c r="Y56" s="4">
-        <v>-91.739249000000001</v>
+        <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>-1.9799999999999999E-4</v>
+        <v>-7.0049999999999999E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D57" s="4">
-        <v>-491805.12</v>
+        <v>-9220000</v>
       </c>
       <c r="E57" s="5">
-        <v>-11.904310000000001</v>
+        <v>-5.2035999999999999E-2</v>
       </c>
       <c r="F57" s="4">
-        <v>-433259.11483333999</v>
+        <v>-9215202.2979473602</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J57" s="5">
-        <v>-11.904309810000001</v>
+        <v>-5.2035810000000002E-2</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M57" s="4">
-        <v>58546.005166000003</v>
+        <v>4797.7020519999996</v>
       </c>
       <c r="N57" s="4">
-        <v>58546.005166659997</v>
+        <v>4797.7020526400001</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
-        <v>59667</v>
+        <v>46011</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
-        <v>-102.4594</v>
+        <v>0</v>
       </c>
       <c r="Y57" s="4">
-        <v>-102.4594</v>
+        <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>-3.3599999999999998E-4</v>
+        <v>-7.0730000000000003E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D58" s="4">
-        <v>-274654.533</v>
+        <v>11060000</v>
       </c>
       <c r="E58" s="5">
-        <v>-2.8056999999999999E-2</v>
+        <v>8.8595640000000007</v>
       </c>
       <c r="F58" s="4">
-        <v>-274577.47219081997</v>
+        <v>12039867.787754299</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J58" s="5">
-        <v>-2.805736E-2</v>
+        <v>8.8595640800000002</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M58" s="4">
-        <v>77.060809000000006</v>
+        <v>979867.78775400005</v>
       </c>
       <c r="N58" s="4">
-        <v>77.060809180000007</v>
+        <v>979867.78775430005</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>53709</v>
+        <v>46741</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
-        <v>-38.146462919999998</v>
+        <v>61444.44444444</v>
       </c>
       <c r="Y58" s="4">
-        <v>-38.146462</v>
+        <v>61444.444444000001</v>
       </c>
       <c r="Z58" s="6">
-        <v>-2.13E-4</v>
+        <v>9.2409999999999992E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D59" s="4">
-        <v>-1016788.39568</v>
+        <v>39500000</v>
       </c>
       <c r="E59" s="5">
-        <v>-2.8056999999999999E-2</v>
+        <v>4.1251139999999999</v>
       </c>
       <c r="F59" s="4">
-        <v>-1016503.11170641</v>
+        <v>47220319.978594303</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J59" s="5">
-        <v>-2.805736E-2</v>
+        <v>3.5740026600000001</v>
       </c>
       <c r="K59" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M59" s="4">
-        <v>285.283973</v>
+        <v>1411731.0505919999</v>
       </c>
       <c r="N59" s="4">
-        <v>285.28397359000002</v>
+        <v>1629419.97859439</v>
       </c>
       <c r="O59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S59" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
-        <v>53709</v>
+        <v>47837</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
-        <v>-141.22061051</v>
+        <v>50656.55555556</v>
       </c>
       <c r="Y59" s="4">
-        <v>-141.22060999999999</v>
+        <v>43888.888888000001</v>
       </c>
       <c r="Z59" s="6">
-        <v>-7.9000000000000001E-4</v>
+        <v>3.6244999999999999E-2</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>135</v>
+        <v>118</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D60" s="4">
-        <v>-809026.78200000001</v>
+        <v>-1650797.4532000001</v>
       </c>
       <c r="E60" s="5">
-        <v>-2.8056999999999999E-2</v>
+        <v>-11.158333000000001</v>
       </c>
       <c r="F60" s="4">
-        <v>-808799.79044886003</v>
+        <v>-1466595.97071377</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J60" s="5">
-        <v>-2.805736E-2</v>
+        <v>-11.15833333</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M60" s="4">
-        <v>226.99155099999999</v>
+        <v>184201.48248599999</v>
       </c>
       <c r="N60" s="4">
-        <v>226.99155114000001</v>
+        <v>184201.48248623</v>
       </c>
       <c r="O60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S60" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
-        <v>53709</v>
+        <v>59667</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
-        <v>-112.36483083</v>
+        <v>-825.39872660000003</v>
       </c>
       <c r="Y60" s="4">
-        <v>-112.36483</v>
+        <v>-825.39872600000001</v>
       </c>
       <c r="Z60" s="6">
-        <v>-6.2799999999999998E-4</v>
+        <v>-1.1249999999999999E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D61" s="4">
-        <v>-268253.03999999998</v>
+        <v>-3192578.0627799998</v>
       </c>
       <c r="E61" s="5">
-        <v>-2.8056999999999999E-2</v>
+        <v>-22.031666999999999</v>
       </c>
       <c r="F61" s="4">
-        <v>-268177.77528071002</v>
+        <v>-2489199.90591519</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J61" s="5">
-        <v>-2.805736E-2</v>
+        <v>-22.03166667</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M61" s="4">
-        <v>75.264718999999999</v>
+        <v>703378.15686400002</v>
       </c>
       <c r="N61" s="4">
-        <v>75.264719290000002</v>
+        <v>703378.15686481004</v>
       </c>
       <c r="O61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S61" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>53709</v>
+        <v>57970</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
-        <v>-37.257366670000003</v>
+        <v>-1596.28903139</v>
       </c>
       <c r="Y61" s="4">
-        <v>-37.257365999999998</v>
+        <v>-1596.289031</v>
       </c>
       <c r="Z61" s="6">
-        <v>-2.0799999999999999E-4</v>
+        <v>-1.91E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>135</v>
+        <v>82</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D62" s="4">
-        <v>-463833.89279999997</v>
+        <v>-320782.69309999997</v>
       </c>
       <c r="E62" s="5">
-        <v>-2.8056999999999999E-2</v>
+        <v>-25.716667000000001</v>
       </c>
       <c r="F62" s="4">
-        <v>-463703.75325810001</v>
+        <v>-238288.07719112001</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J62" s="5">
-        <v>-2.805736E-2</v>
+        <v>-25.716666669999999</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M62" s="4">
-        <v>130.13954100000001</v>
+        <v>82494.615908000007</v>
       </c>
       <c r="N62" s="4">
-        <v>130.13954190000001</v>
+        <v>82494.615908880005</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S62" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
         <v>53709</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
-        <v>-64.421374</v>
+        <v>-106.92756437</v>
       </c>
       <c r="Y62" s="4">
-        <v>-64.421374</v>
+        <v>-106.927564</v>
       </c>
       <c r="Z62" s="6">
-        <v>-3.6000000000000002E-4</v>
+        <v>-1.8200000000000001E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>84</v>
+        <v>147</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D63" s="4">
-        <v>-4624500</v>
+        <v>-490624.5</v>
       </c>
       <c r="E63" s="5">
-        <v>-0.45885700000000001</v>
+        <v>-11.945283</v>
       </c>
       <c r="F63" s="4">
-        <v>-4603280.1407480203</v>
+        <v>-432018.01664307999</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J63" s="5">
-        <v>-0.45885736999999999</v>
+        <v>-11.945282669999999</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M63" s="4">
-        <v>21219.859251000002</v>
+        <v>58606.483355999997</v>
       </c>
       <c r="N63" s="4">
-        <v>21219.85925198</v>
+        <v>58606.483356919998</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S63" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
-        <v>56571</v>
+        <v>59667</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
-        <v>-963.4375</v>
+        <v>-122.656125</v>
       </c>
       <c r="Y63" s="4">
-        <v>-963.4375</v>
+        <v>-122.656125</v>
       </c>
       <c r="Z63" s="6">
-        <v>-3.5790000000000001E-3</v>
+        <v>-3.3100000000000002E-4</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>84</v>
+        <v>149</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D64" s="4">
-        <v>-4626000</v>
+        <v>-253639.28464</v>
       </c>
       <c r="E64" s="5">
-        <v>-0.45885700000000001</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="F64" s="4">
-        <v>-4604773.2578874202</v>
+        <v>-253614.93526867</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J64" s="5">
-        <v>-0.45885736999999999</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M64" s="4">
-        <v>21226.742112</v>
+        <v>24.349371000000001</v>
       </c>
       <c r="N64" s="4">
-        <v>21226.742112579999</v>
+        <v>24.34937133</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S64" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
-        <v>56571</v>
+        <v>53709</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
-        <v>-963.75</v>
+        <v>-42.273214109999998</v>
       </c>
       <c r="Y64" s="4">
-        <v>-963.75</v>
+        <v>-42.273214000000003</v>
       </c>
       <c r="Z64" s="6">
-        <v>-3.5799999999999998E-3</v>
+        <v>-1.94E-4</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>88</v>
+        <v>149</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D65" s="4">
-        <v>-660522.59635999997</v>
+        <v>-938988.62142800004</v>
       </c>
       <c r="E65" s="5">
-        <v>-22.525376999999999</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="F65" s="4">
-        <v>-511737.39418263</v>
+        <v>-938898.47852034005</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J65" s="5">
-        <v>-22.525376569999999</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M65" s="4">
-        <v>148785.202177</v>
+        <v>90.142906999999994</v>
       </c>
       <c r="N65" s="4">
-        <v>148785.20217737</v>
+        <v>90.142907660000006</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S65" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
         <v>53709</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
-        <v>-183.47849898999999</v>
+        <v>-156.49810357000001</v>
       </c>
       <c r="Y65" s="4">
-        <v>-183.478498</v>
+        <v>-156.49810299999999</v>
       </c>
       <c r="Z65" s="6">
-        <v>-3.97E-4</v>
+        <v>-7.2000000000000005E-4</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D66" s="4">
-        <v>7540000</v>
+        <v>-747123.93056000001</v>
       </c>
       <c r="E66" s="5">
-        <v>0.32497999999999999</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="F66" s="4">
-        <v>7564503.4823395303</v>
+        <v>-747052.20666267001</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J66" s="5">
-        <v>0.32497987</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M66" s="4">
-        <v>24503.482338999998</v>
+        <v>71.723896999999994</v>
       </c>
       <c r="N66" s="4">
-        <v>24503.482339530001</v>
+        <v>71.72389733</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S66" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
-        <v>58396</v>
+        <v>53709</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
-        <v>523.61111111000002</v>
+        <v>-124.52065509000001</v>
       </c>
       <c r="Y66" s="4">
-        <v>523.61111100000005</v>
+        <v>-124.520655</v>
       </c>
       <c r="Z66" s="6">
-        <v>5.8809999999999999E-3</v>
+        <v>-5.7300000000000005E-4</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D67" s="4">
-        <v>-6974000</v>
+        <v>-247727.60320000001</v>
       </c>
       <c r="E67" s="5">
-        <v>-0.62391200000000002</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="F67" s="4">
-        <v>-6930488.36949981</v>
+        <v>-247703.82135009</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J67" s="5">
-        <v>-0.62391211000000002</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M67" s="4">
-        <v>43511.630499999999</v>
+        <v>23.781849000000001</v>
       </c>
       <c r="N67" s="4">
-        <v>43511.630500189996</v>
+        <v>23.781849909999998</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S67" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
-        <v>59035</v>
+        <v>53709</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
-        <v>-1452.91666667</v>
+        <v>-41.287933870000003</v>
       </c>
       <c r="Y67" s="4">
-        <v>-1452.9166660000001</v>
+        <v>-41.287933000000002</v>
       </c>
       <c r="Z67" s="6">
-        <v>-5.3880000000000004E-3</v>
+        <v>-1.9000000000000001E-4</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>84</v>
+        <v>149</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D68" s="4">
-        <v>-4000000</v>
+        <v>-428343.54662400001</v>
       </c>
       <c r="E68" s="5">
-        <v>-0.45885700000000001</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="F68" s="4">
-        <v>-3981645.7050474798</v>
+        <v>-428302.42564352002</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J68" s="5">
-        <v>-0.45885736999999999</v>
+        <v>-9.5999999999999992E-3</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M68" s="4">
-        <v>18354.294952</v>
+        <v>41.120980000000003</v>
       </c>
       <c r="N68" s="4">
-        <v>18354.294952519998</v>
+        <v>41.12098048</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S68" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
-        <v>56571</v>
+        <v>53709</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
-        <v>-833.33333332999996</v>
+        <v>-71.390591099999995</v>
       </c>
       <c r="Y68" s="4">
-        <v>-833.33333300000004</v>
+        <v>-71.390591000000001</v>
       </c>
       <c r="Z68" s="6">
-        <v>-3.0950000000000001E-3</v>
+        <v>-3.28E-4</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>149</v>
+        <v>78</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D69" s="4">
-        <v>-47150000</v>
+        <v>-4624500</v>
       </c>
       <c r="E69" s="5">
-        <v>2.627418</v>
+        <v>-0.45255099999999998</v>
       </c>
       <c r="F69" s="4">
-        <v>-56640077.35125</v>
+        <v>-4603571.7944200002</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J69" s="5">
-        <v>2.2361</v>
+        <v>-0.45255066999999999</v>
       </c>
       <c r="K69" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M69" s="4">
-        <v>-1054321.1499999999</v>
+        <v>20928.205580000002</v>
       </c>
       <c r="N69" s="4">
-        <v>-1238827.3512500001</v>
+        <v>20928.205580000002</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S69" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>47472</v>
+        <v>56571</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
-        <v>-13850.3125</v>
+        <v>-1156.125</v>
       </c>
       <c r="Y69" s="4">
-        <v>-11787.5</v>
+        <v>-1156.125</v>
       </c>
       <c r="Z69" s="6">
-        <v>-4.4038000000000001E-2</v>
+        <v>-3.5330000000000001E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>151</v>
+        <v>78</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D70" s="4">
-        <v>-21453166.530000001</v>
+        <v>-4626000</v>
       </c>
       <c r="E70" s="5">
-        <v>12.002743000000001</v>
+        <v>-0.45255099999999998</v>
       </c>
       <c r="F70" s="4">
-        <v>-27782439.009442002</v>
+        <v>-4605065.0061600003</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J70" s="5">
-        <v>10.2151</v>
+        <v>-0.45255066999999999</v>
       </c>
       <c r="K70" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M70" s="4">
-        <v>-2191462.414206</v>
+        <v>20934.993839999999</v>
       </c>
       <c r="N70" s="4">
-        <v>-2574968.3366920901</v>
+        <v>20934.993839999999</v>
       </c>
       <c r="O70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S70" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
-        <v>47472</v>
+        <v>56571</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
-        <v>-31509.338340940001</v>
+        <v>-1156.5</v>
       </c>
       <c r="Y70" s="4">
-        <v>-26816.458161999999</v>
+        <v>-1156.5</v>
       </c>
       <c r="Z70" s="6">
-        <v>-2.1600999999999999E-2</v>
+        <v>-3.5339999999999998E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>153</v>
+        <v>82</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D71" s="4">
-        <v>-104425000</v>
+        <v>-641565.38619999995</v>
       </c>
       <c r="E71" s="5">
-        <v>2.458923</v>
+        <v>-25.716667000000001</v>
       </c>
       <c r="F71" s="4">
-        <v>-125267104.82062501</v>
+        <v>-476576.15438223002</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J71" s="5">
-        <v>2.0926999999999998</v>
+        <v>-25.716666669999999</v>
       </c>
       <c r="K71" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M71" s="4">
-        <v>-2185301.9750000001</v>
+        <v>164989.23181699999</v>
       </c>
       <c r="N71" s="4">
-        <v>-2567729.8206250002</v>
+        <v>164989.23181776999</v>
       </c>
       <c r="O71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S71" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>47654</v>
+        <v>53709</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
-        <v>-30674.84375</v>
+        <v>-213.85512872999999</v>
       </c>
       <c r="Y71" s="4">
-        <v>-26106.25</v>
+        <v>-213.85512800000001</v>
       </c>
       <c r="Z71" s="6">
-        <v>-9.7395999999999996E-2</v>
+        <v>-3.6499999999999998E-4</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D72" s="4">
-        <v>-20000000</v>
+        <v>7540000</v>
       </c>
       <c r="E72" s="5">
-        <v>2.2906</v>
+        <v>0.28261599999999998</v>
       </c>
       <c r="F72" s="4">
-        <v>-20458120</v>
+        <v>7561309.2212666702</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H72" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J72" s="5">
-        <v>2.2906</v>
+        <v>0.28261566999999999</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M72" s="4">
-        <v>-458120</v>
+        <v>21309.221266</v>
       </c>
       <c r="N72" s="4">
-        <v>-458120</v>
+        <v>21309.22126667</v>
       </c>
       <c r="O72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S72" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
-        <v>47654</v>
+        <v>58396</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
-        <v>-5000</v>
+        <v>628.33333332999996</v>
       </c>
       <c r="Y72" s="4">
-        <v>-5000</v>
+        <v>628.33333300000004</v>
       </c>
       <c r="Z72" s="6">
-        <v>-1.5906E-2</v>
+        <v>5.803E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D73" s="4">
-        <v>-152730000</v>
+        <v>-6974000</v>
       </c>
       <c r="E73" s="5">
-        <v>2.2907999999999999</v>
+        <v>-0.65209799999999996</v>
       </c>
       <c r="F73" s="4">
-        <v>-156228738.84</v>
+        <v>-6928522.6622333396</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J73" s="5">
-        <v>2.2907999999999999</v>
+        <v>-0.65209832999999995</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M73" s="4">
-        <v>-3498738.84</v>
+        <v>45477.337765999997</v>
       </c>
       <c r="N73" s="4">
-        <v>-3498738.84</v>
+        <v>45477.337766659999</v>
       </c>
       <c r="O73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S73" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
-        <v>47837</v>
+        <v>59035</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
-        <v>-38182.5</v>
+        <v>-1743.5</v>
       </c>
       <c r="Y73" s="4">
-        <v>-38182.5</v>
+        <v>-1743.5</v>
       </c>
       <c r="Z73" s="6">
-        <v>-0.12146800000000001</v>
+        <v>-5.3179999999999998E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>159</v>
+        <v>78</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D74" s="4">
-        <v>31118245.958799999</v>
+        <v>-4000000</v>
       </c>
       <c r="E74" s="5">
-        <v>20.736174999999999</v>
+        <v>-0.45255099999999998</v>
       </c>
       <c r="F74" s="4">
-        <v>43016672.909767397</v>
+        <v>-3981897.9733333299</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J74" s="5">
-        <v>17.647808430000001</v>
+        <v>-0.45255066999999999</v>
       </c>
       <c r="K74" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M74" s="4">
-        <v>5491688.4324909998</v>
+        <v>18102.026666000002</v>
       </c>
       <c r="N74" s="4">
-        <v>6452733.9081774401</v>
+        <v>18102.026666670001</v>
       </c>
       <c r="O74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S74" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
-        <v>47472</v>
+        <v>56571</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
-        <v>45704.923751989998</v>
+        <v>-1000</v>
       </c>
       <c r="Y74" s="4">
-        <v>38897.807448</v>
+        <v>-1000</v>
       </c>
       <c r="Z74" s="6">
-        <v>3.3445000000000003E-2</v>
+        <v>-3.0560000000000001E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D75" s="4">
-        <v>15559122.9794</v>
+        <v>-47150000</v>
       </c>
       <c r="E75" s="5">
-        <v>20.736174999999999</v>
+        <v>2.7131910000000001</v>
       </c>
       <c r="F75" s="4">
-        <v>21508336.454883698</v>
+        <v>-55699799.445375003</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="5">
-        <v>17.647808430000001</v>
+        <v>2.3507111100000002</v>
       </c>
       <c r="K75" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L75" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M75" s="4">
-        <v>2745844.2162449998</v>
+        <v>-1108360.288836</v>
       </c>
       <c r="N75" s="4">
-        <v>3226366.95408872</v>
+        <v>-1279269.44537509</v>
       </c>
       <c r="O75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S75" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
         <v>47472</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
-        <v>22852.46187599</v>
+        <v>-60467.255555559997</v>
       </c>
       <c r="Y75" s="4">
-        <v>19448.903724</v>
+        <v>-52388.888888000001</v>
       </c>
       <c r="Z75" s="6">
-        <v>1.6722000000000001E-2</v>
+        <v>-4.2754E-2</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D76" s="4">
-        <v>3060000</v>
+        <v>-21453166.530000001</v>
       </c>
       <c r="E76" s="5">
-        <v>15.536763000000001</v>
+        <v>11.863047</v>
       </c>
       <c r="F76" s="4">
-        <v>3535424.94528291</v>
+        <v>-27306244.067989301</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J76" s="5">
-        <v>15.536762919999999</v>
+        <v>10.27815556</v>
       </c>
       <c r="K76" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M76" s="4">
-        <v>475424.945282</v>
+        <v>-2204989.827641</v>
       </c>
       <c r="N76" s="4">
-        <v>475424.94528291002</v>
+        <v>-2544999.2590633901</v>
       </c>
       <c r="O76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S76" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
         <v>47472</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
-        <v>3825</v>
+        <v>-137562.47116069999</v>
       </c>
       <c r="Y76" s="4">
-        <v>3825</v>
+        <v>-119184.2585</v>
       </c>
       <c r="Z76" s="6">
-        <v>2.748E-3</v>
+        <v>-2.0958999999999998E-2</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D77" s="4">
-        <v>3060000</v>
+        <v>-104425000</v>
       </c>
       <c r="E77" s="5">
-        <v>8.5613139999999994</v>
+        <v>2.562106</v>
       </c>
       <c r="F77" s="4">
-        <v>3321976.2011620798</v>
+        <v>-123202814.17412201</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J77" s="5">
-        <v>8.5613137600000009</v>
+        <v>2.2198111100000002</v>
       </c>
       <c r="K77" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M77" s="4">
-        <v>261976.20116200001</v>
+        <v>-2318037.752661</v>
       </c>
       <c r="N77" s="4">
-        <v>261976.20116207999</v>
+        <v>-2675479.1741221901</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S77" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
-        <v>47472</v>
+        <v>47654</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
-        <v>3825</v>
+        <v>-133919.26111111001</v>
       </c>
       <c r="Y77" s="4">
-        <v>3825</v>
+        <v>-116027.777777</v>
       </c>
       <c r="Z77" s="6">
-        <v>2.5820000000000001E-3</v>
+        <v>-9.4567999999999999E-2</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D78" s="4">
-        <v>78580000</v>
+        <v>-20000000</v>
       </c>
       <c r="E78" s="5">
-        <v>3.7794780000000001</v>
+        <v>2.3138109999999998</v>
       </c>
       <c r="F78" s="4">
-        <v>95301413.970633596</v>
+        <v>-20462762.222199999</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J78" s="5">
-        <v>3.2165771900000002</v>
+        <v>2.3138111100000001</v>
       </c>
       <c r="K78" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M78" s="4">
-        <v>2527586.3579859999</v>
+        <v>-462762.22220000002</v>
       </c>
       <c r="N78" s="4">
-        <v>2969913.9706336702</v>
+        <v>-462762.22220000002</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S78" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
-        <v>47472</v>
+        <v>47654</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
-        <v>23082.875</v>
+        <v>-22222.22222222</v>
       </c>
       <c r="Y78" s="4">
-        <v>19645</v>
+        <v>-22222.222222</v>
       </c>
       <c r="Z78" s="6">
-        <v>7.4096999999999996E-2</v>
+        <v>-1.5706000000000001E-2</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D79" s="4">
-        <v>18250000</v>
+        <v>-23700000</v>
       </c>
       <c r="E79" s="5">
-        <v>15.536763000000001</v>
+        <v>2.6630980000000002</v>
       </c>
       <c r="F79" s="4">
-        <v>21085459.232487898</v>
+        <v>-27985694.340782899</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J79" s="5">
-        <v>15.536762919999999</v>
+        <v>2.3073111100000001</v>
       </c>
       <c r="K79" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M79" s="4">
-        <v>2835459.2324870001</v>
+        <v>-546832.73330700002</v>
       </c>
       <c r="N79" s="4">
-        <v>2835459.23248793</v>
+        <v>-631154.34078294004</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S79" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
-        <v>47472</v>
+        <v>47837</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
-        <v>22812.5</v>
+        <v>-30393.933333329998</v>
       </c>
       <c r="Y79" s="4">
-        <v>22812.5</v>
+        <v>-26333.333332999999</v>
       </c>
       <c r="Z79" s="6">
-        <v>1.6393999999999999E-2</v>
+        <v>-2.1481E-2</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D80" s="4">
-        <v>-11900000</v>
+        <v>-152730000</v>
       </c>
       <c r="E80" s="5">
-        <v>8.5613139999999994</v>
+        <v>2.3192110000000001</v>
       </c>
       <c r="F80" s="4">
-        <v>-12918796.3378525</v>
+        <v>-156272131.12983</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J80" s="5">
-        <v>8.5613137600000009</v>
+        <v>2.3192111099999999</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M80" s="4">
-        <v>-1018796.337852</v>
+        <v>-3542131.12983</v>
       </c>
       <c r="N80" s="4">
-        <v>-1018796.3378525299</v>
+        <v>-3542131.1298302999</v>
       </c>
       <c r="O80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S80" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
-        <v>47472</v>
+        <v>47837</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
-        <v>-14875</v>
+        <v>-169700</v>
       </c>
       <c r="Y80" s="4">
-        <v>-14875</v>
+        <v>-169700</v>
       </c>
       <c r="Z80" s="6">
-        <v>-1.0044000000000001E-2</v>
+        <v>-0.119951</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>53</v>
       </c>
       <c r="D81" s="4">
-        <v>-26000000</v>
+        <v>-52212000</v>
       </c>
       <c r="E81" s="5">
-        <v>1.653332</v>
+        <v>7.5129999999999997E-3</v>
       </c>
       <c r="F81" s="4">
-        <v>-26429866.3530537</v>
+        <v>-60267012.9071422</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>85</v>
+        <v>176</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J81" s="5">
-        <v>1.6533321299999999</v>
+        <v>6.5089700000000002E-3</v>
       </c>
       <c r="K81" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M81" s="4">
-        <v>-429866.353053</v>
+        <v>-3398.4639940000002</v>
       </c>
       <c r="N81" s="4">
-        <v>-429866.35305372003</v>
+        <v>-3922.5071422599999</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>34</v>
+        <v>177</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S81" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
-        <v>47361</v>
+        <v>45980</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
-        <v>11567.172101329999</v>
+        <v>0</v>
       </c>
       <c r="Y81" s="4">
-        <v>11567.172101</v>
+        <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>-2.0549000000000001E-2</v>
+        <v>-4.6259000000000002E-2</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>53</v>
+        <v>180</v>
       </c>
       <c r="D82" s="4">
-        <v>-9130000</v>
+        <v>-20000000</v>
       </c>
       <c r="E82" s="5">
-        <v>4.8982999999999999E-2</v>
+        <v>94.146191999999999</v>
       </c>
       <c r="F82" s="4">
-        <v>-9134472.1547576208</v>
+        <v>-18829238.399999999</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>85</v>
+        <v>181</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J82" s="5">
-        <v>4.8983079999999998E-2</v>
+        <v>94.146191999999999</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M82" s="4">
-        <v>-4472.1547570000002</v>
+        <v>-18829238.399999999</v>
       </c>
       <c r="N82" s="4">
-        <v>-4472.1547576200001</v>
+        <v>-18829238.399999999</v>
       </c>
       <c r="O82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>34</v>
+        <v>182</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>34</v>
+        <v>183</v>
       </c>
       <c r="S82" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
-        <v>46011</v>
+        <v>45979</v>
+      </c>
+      <c r="V82" s="4">
+        <v>2.5</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>-7.1019999999999998E-3</v>
+        <v>-1.4452E-2</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>53</v>
+        <v>180</v>
       </c>
       <c r="D83" s="4">
-        <v>-52212000</v>
+        <v>-12880000</v>
       </c>
       <c r="E83" s="5">
-        <v>4.8929E-2</v>
+        <v>94.917623000000006</v>
       </c>
       <c r="F83" s="4">
-        <v>-61374646.661771998</v>
+        <v>-12225389.842399999</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J83" s="5">
-        <v>4.1641459999999998E-2</v>
+        <v>94.917623000000006</v>
       </c>
       <c r="K83" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M83" s="4">
-        <v>-21741.839806</v>
+        <v>-12225389.842399999</v>
       </c>
       <c r="N83" s="4">
-        <v>-25546.661772070001</v>
+        <v>-12225389.842399999</v>
       </c>
       <c r="O83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>34</v>
+        <v>188</v>
       </c>
       <c r="S83" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
-        <v>45980</v>
+        <v>45974</v>
+      </c>
+      <c r="V83" s="4">
+        <v>4</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>34</v>
+        <v>189</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>-4.7718999999999998E-2</v>
+        <v>-9.3830000000000007E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>178</v>
+        <v>191</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D84" s="4">
-        <v>-20000000</v>
+        <v>-5520000</v>
       </c>
       <c r="E84" s="5">
-        <v>94.127281999999994</v>
+        <v>97.509022000000002</v>
       </c>
       <c r="F84" s="4">
-        <v>-18825456.399999999</v>
+        <v>-5382498.0143999998</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J84" s="5">
-        <v>94.127281999999994</v>
+        <v>97.509022000000002</v>
       </c>
       <c r="K84" s="5">
         <v>1</v>
       </c>
       <c r="L84" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M84" s="4">
-        <v>-18825456.399999999</v>
+        <v>-5382498.0143999998</v>
       </c>
       <c r="N84" s="4">
-        <v>-18825456.399999999</v>
+        <v>-5382498.0143999998</v>
       </c>
       <c r="O84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="S84" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
-        <v>45946</v>
+        <v>45974</v>
       </c>
       <c r="V84" s="4">
-        <v>2.5</v>
+        <v>4.5</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>-1.4636E-2</v>
+        <v>-4.1310000000000001E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D85" s="4">
-        <v>-12880000</v>
+        <v>13800000</v>
       </c>
       <c r="E85" s="5">
-        <v>94.283120999999994</v>
+        <v>102.13899499999999</v>
       </c>
       <c r="F85" s="4">
-        <v>-12143665.9848</v>
+        <v>14095181.310000001</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H85" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J85" s="5">
-        <v>94.283120999999994</v>
+        <v>102.13899499999999</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M85" s="4">
-        <v>-12143665.9848</v>
+        <v>14095181.310000001</v>
       </c>
       <c r="N85" s="4">
-        <v>-12143665.9848</v>
+        <v>14095181.310000001</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="S85" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
-        <v>45944</v>
+        <v>45979</v>
       </c>
       <c r="V85" s="4">
-        <v>4</v>
+        <v>5.5</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>-9.4409999999999997E-3</v>
+        <v>1.0819E-2</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D86" s="4">
-        <v>-5520000</v>
+        <v>33263000</v>
       </c>
       <c r="E86" s="5">
-        <v>97.032660000000007</v>
+        <v>101.02966600000001</v>
       </c>
       <c r="F86" s="4">
-        <v>-5356202.8320000004</v>
+        <v>33605497.801579997</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H86" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J86" s="5">
-        <v>97.032660000000007</v>
+        <v>101.02966600000001</v>
       </c>
       <c r="K86" s="5">
         <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M86" s="4">
-        <v>-5356202.8320000004</v>
+        <v>33605497.801579997</v>
       </c>
       <c r="N86" s="4">
-        <v>-5356202.8320000004</v>
+        <v>33605497.801579997</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="S86" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
-        <v>45944</v>
+        <v>45974</v>
       </c>
       <c r="V86" s="4">
-        <v>4.5</v>
+        <v>5.5</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>-4.1640000000000002E-3</v>
+        <v>2.5794000000000001E-2</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D87" s="4">
-        <v>13800000</v>
+        <v>38470000</v>
       </c>
       <c r="E87" s="5">
-        <v>102.195258</v>
+        <v>102.255697</v>
       </c>
       <c r="F87" s="4">
-        <v>14102945.604</v>
+        <v>39337766.635899998</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H87" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J87" s="5">
-        <v>102.195258</v>
+        <v>102.255697</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M87" s="4">
-        <v>14102945.604</v>
+        <v>39337766.635899998</v>
       </c>
       <c r="N87" s="4">
-        <v>14102945.604</v>
+        <v>39337766.635899998</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="S87" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
-        <v>45946</v>
+        <v>45974</v>
       </c>
       <c r="V87" s="4">
-        <v>5.5</v>
+        <v>6</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>1.0965000000000001E-2</v>
+        <v>3.0193999999999999E-2</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D88" s="4">
-        <v>33263000</v>
+        <v>4600000</v>
       </c>
       <c r="E88" s="5">
-        <v>100.823797</v>
+        <v>103.548474</v>
       </c>
       <c r="F88" s="4">
-        <v>33537019.596110001</v>
+        <v>4763229.8039999995</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J88" s="5">
-        <v>100.823797</v>
+        <v>103.548474</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M88" s="4">
-        <v>33537019.596110001</v>
+        <v>4763229.8039999995</v>
       </c>
       <c r="N88" s="4">
-        <v>33537019.596110001</v>
+        <v>4763229.8039999995</v>
       </c>
       <c r="O88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="S88" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>45944</v>
+        <v>45974</v>
       </c>
       <c r="V88" s="4">
-        <v>5.5</v>
+        <v>6.5</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>2.6075000000000001E-2</v>
+        <v>3.656E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D89" s="4">
-        <v>38470000</v>
+        <v>7350672.2400000002</v>
       </c>
       <c r="E89" s="5">
-        <v>102.158767</v>
+        <v>98.821560000000005</v>
       </c>
       <c r="F89" s="4">
-        <v>39300477.664899997</v>
+        <v>7269066.5673444998</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="H89" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J89" s="5">
-        <v>102.158767</v>
+        <v>98.821560000000005</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M89" s="4">
-        <v>39300477.664899997</v>
+        <v>7269066.5673439996</v>
       </c>
       <c r="N89" s="4">
-        <v>39300477.664899997</v>
+        <v>7269066.5673444998</v>
       </c>
       <c r="O89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="S89" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T89" s="4">
         <v>0.01</v>
       </c>
       <c r="U89" s="2">
-        <v>45944</v>
+        <v>49790</v>
       </c>
       <c r="V89" s="4">
-        <v>6</v>
+        <v>4.9147400000000001</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="X89" s="4">
-        <v>0</v>
+        <v>5017.58928956</v>
       </c>
       <c r="Y89" s="4">
-        <v>0</v>
+        <v>5017.5892889999996</v>
       </c>
       <c r="Z89" s="6">
-        <v>3.0556E-2</v>
+        <v>5.5789999999999998E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D90" s="4">
-        <v>4600000</v>
+        <v>3095785.1006999998</v>
       </c>
       <c r="E90" s="5">
-        <v>103.338369</v>
+        <v>91.221580000000003</v>
       </c>
       <c r="F90" s="4">
-        <v>4753564.9740000004</v>
+        <v>2826292.0630273102</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J90" s="5">
-        <v>103.338369</v>
+        <v>91.221580000000003</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M90" s="4">
-        <v>4753564.9740000004</v>
+        <v>2826292.0630270001</v>
       </c>
       <c r="N90" s="4">
-        <v>4753564.9740000004</v>
+        <v>2826292.0630273102</v>
       </c>
       <c r="O90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>186</v>
+        <v>213</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="S90" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T90" s="4">
         <v>0.01</v>
       </c>
       <c r="U90" s="2">
-        <v>45944</v>
+        <v>52256</v>
       </c>
       <c r="V90" s="4">
-        <v>6.5</v>
+        <v>5.2747400000000004</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="X90" s="4">
-        <v>0</v>
+        <v>2267.9807641799998</v>
       </c>
       <c r="Y90" s="4">
-        <v>0</v>
+        <v>2267.9807639999999</v>
       </c>
       <c r="Z90" s="6">
-        <v>3.6949999999999999E-3</v>
+        <v>2.1689999999999999E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D91" s="4">
-        <v>7791941.46</v>
+        <v>2044541.7766480001</v>
       </c>
       <c r="E91" s="5">
-        <v>98.886430000000004</v>
+        <v>90.865970000000004</v>
       </c>
       <c r="F91" s="4">
-        <v>7777913.3247696199</v>
+        <v>1859597.4543101799</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J91" s="5">
-        <v>98.886430000000004</v>
+        <v>90.865970000000004</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M91" s="4">
-        <v>7777913.3247689996</v>
+        <v>1859597.4543099999</v>
       </c>
       <c r="N91" s="4">
-        <v>7777913.3247696199</v>
+        <v>1859597.4543101799</v>
       </c>
       <c r="O91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="S91" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>49699</v>
+        <v>53199</v>
       </c>
       <c r="V91" s="4">
-        <v>4.9422499999999996</v>
+        <v>6.3555099999999998</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="X91" s="4">
-        <v>72740.587285739995</v>
+        <v>1804.7369037399999</v>
       </c>
       <c r="Y91" s="4">
-        <v>72740.587285000001</v>
+        <v>1804.736903</v>
       </c>
       <c r="Z91" s="6">
-        <v>6.0470000000000003E-3</v>
+        <v>1.4270000000000001E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D92" s="4">
-        <v>3210658.9427999998</v>
+        <v>734788.28454000002</v>
       </c>
       <c r="E92" s="5">
-        <v>91.466570000000004</v>
+        <v>6.8981700000000004</v>
       </c>
       <c r="F92" s="4">
-        <v>2968835.5180941802</v>
+        <v>51134.503531230002</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J92" s="5">
-        <v>91.466570000000004</v>
+        <v>6.8981700000000004</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M92" s="4">
-        <v>2968835.5180939999</v>
+        <v>51134.503531000002</v>
       </c>
       <c r="N92" s="4">
-        <v>2968835.5180941802</v>
+        <v>51134.503531230002</v>
       </c>
       <c r="O92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="S92" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>52256</v>
+        <v>49912</v>
       </c>
       <c r="V92" s="4">
-        <v>5.3022499999999999</v>
+        <v>4.38551</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="X92" s="4">
-        <v>32155.908716760001</v>
+        <v>447.55852356999998</v>
       </c>
       <c r="Y92" s="4">
-        <v>32155.908716000002</v>
+        <v>447.55852299999998</v>
       </c>
       <c r="Z92" s="6">
-        <v>2.3080000000000002E-3</v>
+        <v>3.8999999999999999E-5</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D93" s="4">
-        <v>2091860.4977279999</v>
+        <v>1967403.7450000001</v>
       </c>
       <c r="E93" s="5">
-        <v>89.789249999999996</v>
+        <v>90.335499999999996</v>
       </c>
       <c r="F93" s="4">
-        <v>1880539.8402882</v>
+        <v>1777613.2242292101</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J93" s="5">
-        <v>89.789249999999996</v>
+        <v>90.335499999999996</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M93" s="4">
-        <v>1880539.8402879999</v>
+        <v>1777613.224229</v>
       </c>
       <c r="N93" s="4">
-        <v>1880539.8402882</v>
+        <v>1777613.2242292101</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="S93" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>53199</v>
+        <v>60535</v>
       </c>
       <c r="V93" s="4">
-        <v>6.5223899999999997</v>
+        <v>1.0649999999999999</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="X93" s="4">
-        <v>2273.9883319599999</v>
+        <v>349.21416474</v>
       </c>
       <c r="Y93" s="4">
-        <v>2273.988331</v>
+        <v>349.21416399999998</v>
       </c>
       <c r="Z93" s="6">
-        <v>1.462E-3</v>
+        <v>1.364E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D94" s="4">
-        <v>740694.29732999997</v>
+        <v>1535131.422</v>
       </c>
       <c r="E94" s="5">
-        <v>7.55145</v>
+        <v>37.687060000000002</v>
       </c>
       <c r="F94" s="4">
-        <v>56495.14773443</v>
+        <v>579775.41498795</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J94" s="5">
-        <v>7.55145</v>
+        <v>37.687060000000002</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M94" s="4">
-        <v>56495.147733999998</v>
+        <v>579775.41498700005</v>
       </c>
       <c r="N94" s="4">
-        <v>56495.14773443</v>
+        <v>579775.41498795</v>
       </c>
       <c r="O94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="S94" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>55667</v>
+        <v>49973</v>
       </c>
       <c r="V94" s="4">
-        <v>4.5523899999999999</v>
+        <v>4.8055099999999999</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="X94" s="4">
-        <v>561.98821869999995</v>
+        <v>1229.5148999600001</v>
       </c>
       <c r="Y94" s="4">
-        <v>561.98821799999996</v>
+        <v>1229.514899</v>
       </c>
       <c r="Z94" s="6">
-        <v>4.3000000000000002E-5</v>
+        <v>4.4499999999999997E-4</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D95" s="4">
-        <v>1994457.08</v>
+        <v>13695000</v>
       </c>
       <c r="E95" s="5">
-        <v>89.32432</v>
+        <v>101.30821</v>
       </c>
       <c r="F95" s="4">
-        <v>1781889.24053356</v>
+        <v>13902462.3595</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J95" s="5">
-        <v>89.32432</v>
+        <v>101.30821</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M95" s="4">
-        <v>1781889.2405330001</v>
+        <v>13902462.3595</v>
       </c>
       <c r="N95" s="4">
-        <v>1781889.24053356</v>
+        <v>13902462.3595</v>
       </c>
       <c r="O95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="S95" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>60535</v>
+        <v>47314</v>
       </c>
       <c r="V95" s="4">
-        <v>1.0649999999999999</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="X95" s="4">
-        <v>354.01613170000002</v>
+        <v>28303</v>
       </c>
       <c r="Y95" s="4">
-        <v>354.01613099999997</v>
+        <v>28303</v>
       </c>
       <c r="Z95" s="6">
-        <v>1.3849999999999999E-3</v>
+        <v>1.0671E-2</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>229</v>
+        <v>238</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D96" s="4">
-        <v>1535086.35</v>
+        <v>7275731.515962</v>
       </c>
       <c r="E96" s="5">
-        <v>37.719949999999997</v>
+        <v>50.27176</v>
       </c>
       <c r="F96" s="4">
-        <v>580305.97834614001</v>
+        <v>3661999.1876314599</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J96" s="5">
-        <v>37.719949999999997</v>
+        <v>50.27176</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M96" s="4">
-        <v>580305.97834599996</v>
+        <v>3661999.1876309998</v>
       </c>
       <c r="N96" s="4">
-        <v>580305.97834614001</v>
+        <v>3661999.1876314599</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>34</v>
+        <v>239</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="S96" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>49973</v>
+        <v>53625</v>
       </c>
       <c r="V96" s="4">
-        <v>4.9723899999999999</v>
+        <v>4.3155099999999997</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="X96" s="4">
-        <v>1272.1746693099999</v>
+        <v>4360.9016825600002</v>
       </c>
       <c r="Y96" s="4">
-        <v>1272.174669</v>
+        <v>4360.9016819999997</v>
       </c>
       <c r="Z96" s="6">
-        <v>4.5100000000000001E-4</v>
+        <v>2.81E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D97" s="4">
-        <v>13695000</v>
+        <v>17663707.111972999</v>
       </c>
       <c r="E97" s="5">
-        <v>101.39952</v>
+        <v>2.8902800000000002</v>
       </c>
       <c r="F97" s="4">
-        <v>13914967.264</v>
+        <v>521485.79679726</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J97" s="5">
-        <v>101.39952</v>
+        <v>2.8902800000000002</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M97" s="4">
-        <v>13914967.264</v>
+        <v>521485.79679699999</v>
       </c>
       <c r="N97" s="4">
-        <v>13914967.264</v>
+        <v>521485.79679726</v>
       </c>
       <c r="O97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="S97" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>47314</v>
+        <v>49730</v>
       </c>
       <c r="V97" s="4">
-        <v>4.6500000000000004</v>
+        <v>4.4655100000000001</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="X97" s="4">
-        <v>28303</v>
+        <v>10955.20288133</v>
       </c>
       <c r="Y97" s="4">
-        <v>28303</v>
+        <v>10955.202880999999</v>
       </c>
       <c r="Z97" s="6">
-        <v>1.0817999999999999E-2</v>
+        <v>4.0000000000000002E-4</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D98" s="4">
-        <v>7280172.5196839999</v>
+        <v>8372003.9168029996</v>
       </c>
       <c r="E98" s="5">
-        <v>49.827030000000001</v>
+        <v>100.73656</v>
       </c>
       <c r="F98" s="4">
-        <v>3632932.5075180498</v>
+        <v>8433668.7488526106</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J98" s="5">
-        <v>49.827030000000001</v>
+        <v>100.73656</v>
       </c>
       <c r="K98" s="5">
         <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M98" s="4">
-        <v>3632932.507518</v>
+        <v>8433668.7488519996</v>
       </c>
       <c r="N98" s="4">
-        <v>3632932.5075180498</v>
+        <v>8433668.7488526106</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>238</v>
+        <v>34</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="S98" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
-        <v>53625</v>
+        <v>62208</v>
       </c>
       <c r="V98" s="4">
-        <v>4.4823899999999997</v>
+        <v>5.5730000000000004</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="X98" s="4">
-        <v>5438.7620834199997</v>
+        <v>0</v>
       </c>
       <c r="Y98" s="4">
-        <v>5438.7620829999996</v>
+        <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>2.8240000000000001E-3</v>
+        <v>6.4729999999999996E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D99" s="4">
-        <v>17663707.111972999</v>
+        <v>8586000</v>
       </c>
       <c r="E99" s="5">
-        <v>2.8790800000000001</v>
+        <v>1E-4</v>
       </c>
       <c r="F99" s="4">
-        <v>522189.78875080001</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J99" s="5">
-        <v>2.8790800000000001</v>
+        <v>1E-4</v>
       </c>
       <c r="K99" s="5">
         <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M99" s="4">
-        <v>522189.78875000001</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="N99" s="4">
-        <v>522189.78875080001</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="O99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="S99" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>49730</v>
+        <v>52221</v>
       </c>
       <c r="V99" s="4">
-        <v>4.63239</v>
+        <v>5.55</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="X99" s="4">
-        <v>13637.53003141</v>
+        <v>0</v>
       </c>
       <c r="Y99" s="4">
-        <v>13637.530031</v>
+        <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>4.06E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D100" s="4">
-        <v>2297503.7459999998</v>
+        <v>681458.55685499997</v>
       </c>
       <c r="E100" s="5">
-        <v>99.620710000000003</v>
+        <v>98.21584</v>
       </c>
       <c r="F100" s="4">
-        <v>2288789.5440417998</v>
+        <v>669300.24586718995</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J100" s="5">
-        <v>99.620710000000003</v>
+        <v>98.21584</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M100" s="4">
-        <v>2288789.5440409998</v>
+        <v>669300.24586699996</v>
       </c>
       <c r="N100" s="4">
-        <v>2288789.5440417998</v>
+        <v>669300.24586718995</v>
       </c>
       <c r="O100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="S100" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>50361</v>
+        <v>49485</v>
       </c>
       <c r="V100" s="4">
-        <v>1.379</v>
+        <v>4.121283</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>1.779E-3</v>
+        <v>5.13E-4</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D101" s="4">
-        <v>8579055.1702139992</v>
+        <v>1327992.628</v>
       </c>
       <c r="E101" s="5">
-        <v>100.89431</v>
+        <v>100.1426</v>
       </c>
       <c r="F101" s="4">
-        <v>8655778.5185067393</v>
+        <v>1331572.8297254599</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J101" s="5">
-        <v>100.89431</v>
+        <v>100.1426</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M101" s="4">
-        <v>8655778.5185059998</v>
+        <v>1331572.8297250001</v>
       </c>
       <c r="N101" s="4">
-        <v>8655778.5185067393</v>
+        <v>1331572.8297254599</v>
       </c>
       <c r="O101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="S101" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>62208</v>
+        <v>48510</v>
       </c>
       <c r="V101" s="4">
-        <v>5.5730000000000004</v>
+        <v>5.0797999999999996</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="X101" s="4">
-        <v>0</v>
+        <v>1686.4842379300001</v>
       </c>
       <c r="Y101" s="4">
-        <v>0</v>
+        <v>1686.4842369999999</v>
       </c>
       <c r="Z101" s="6">
-        <v>6.7289999999999997E-3</v>
+        <v>1.0219999999999999E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D102" s="4">
-        <v>8586000</v>
+        <v>11037000</v>
       </c>
       <c r="E102" s="5">
-        <v>1E-4</v>
+        <v>85.372060000000005</v>
       </c>
       <c r="F102" s="4">
-        <v>8.5860000000000003</v>
+        <v>9422514.2621999998</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J102" s="5">
-        <v>1E-4</v>
+        <v>85.372060000000005</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M102" s="4">
-        <v>8.5860000000000003</v>
+        <v>9422514.2621999998</v>
       </c>
       <c r="N102" s="4">
-        <v>8.5860000000000003</v>
+        <v>9422514.2621999998</v>
       </c>
       <c r="O102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="S102" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>52221</v>
+        <v>50622</v>
       </c>
       <c r="V102" s="4">
-        <v>5.55</v>
+        <v>4.2664999999999997</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>0</v>
+        <v>7.2319999999999997E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D103" s="4">
-        <v>698227.96861900005</v>
+        <v>542103.94135600002</v>
       </c>
       <c r="E103" s="5">
-        <v>98.185320000000004</v>
+        <v>97.988349999999997</v>
       </c>
       <c r="F103" s="4">
-        <v>685557.36531851999</v>
+        <v>531639.00333761994</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J103" s="5">
-        <v>98.185320000000004</v>
+        <v>97.988349999999997</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M103" s="4">
-        <v>685557.36531799997</v>
+        <v>531639.00333700003</v>
       </c>
       <c r="N103" s="4">
-        <v>685557.36531851999</v>
+        <v>531639.00333761994</v>
       </c>
       <c r="O103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
       <c r="S103" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>49485</v>
+        <v>50186</v>
       </c>
       <c r="V103" s="4">
-        <v>4.1372059999999999</v>
+        <v>4.1770180000000003</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="X103" s="4">
-        <v>0</v>
+        <v>440.29591765999999</v>
       </c>
       <c r="Y103" s="4">
-        <v>0</v>
+        <v>440.29591699999997</v>
       </c>
       <c r="Z103" s="6">
-        <v>5.3300000000000005E-4</v>
+        <v>4.08E-4</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D104" s="4">
-        <v>1513113.7439999999</v>
+        <v>15387600</v>
       </c>
       <c r="E104" s="5">
-        <v>100.15</v>
+        <v>94.25</v>
       </c>
       <c r="F104" s="4">
-        <v>1531680.0405266001</v>
+        <v>14538790.0893126</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J104" s="5">
-        <v>100.15</v>
+        <v>94.25</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M104" s="4">
-        <v>1531680.0405260001</v>
+        <v>14538790.089312</v>
       </c>
       <c r="N104" s="4">
-        <v>1531680.0405266001</v>
+        <v>14538790.0893126</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>34</v>
+        <v>272</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="S104" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>48510</v>
+        <v>50114</v>
       </c>
       <c r="V104" s="4">
-        <v>5.5389900000000001</v>
+        <v>4.9520099999999996</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="X104" s="4">
-        <v>16296.6259106</v>
+        <v>35977.089312670003</v>
       </c>
       <c r="Y104" s="4">
-        <v>16296.625910000001</v>
+        <v>35977.089311999996</v>
       </c>
       <c r="Z104" s="6">
-        <v>1.1900000000000001E-3</v>
+        <v>1.1159000000000001E-2</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D105" s="4">
-        <v>11037000</v>
+        <v>13000000</v>
       </c>
       <c r="E105" s="5">
-        <v>84.980509999999995</v>
+        <v>94.646850000000001</v>
       </c>
       <c r="F105" s="4">
-        <v>9379298.8886999991</v>
+        <v>12304090.5</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J105" s="5">
-        <v>84.980509999999995</v>
+        <v>94.646850000000001</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M105" s="4">
-        <v>9379298.8886999991</v>
+        <v>12304090.5</v>
       </c>
       <c r="N105" s="4">
-        <v>9379298.8886999991</v>
+        <v>12304090.5</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>34</v>
+        <v>276</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="S105" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>50622</v>
+        <v>51844</v>
       </c>
       <c r="V105" s="4">
-        <v>4.4087170000000002</v>
+        <v>3.202</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>7.2919999999999999E-3</v>
+        <v>9.4439999999999993E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D106" s="4">
-        <v>558518.25676899997</v>
+        <v>4570000</v>
       </c>
       <c r="E106" s="5">
-        <v>97.893360000000001</v>
+        <v>94.692620000000005</v>
       </c>
       <c r="F106" s="4">
-        <v>547082.90078469994</v>
+        <v>4327452.7340000002</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J106" s="5">
-        <v>97.893360000000001</v>
+        <v>94.692620000000005</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M106" s="4">
-        <v>547082.90078400006</v>
+        <v>4327452.7340000002</v>
       </c>
       <c r="N106" s="4">
-        <v>547082.90078469994</v>
+        <v>4327452.7340000002</v>
       </c>
       <c r="O106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="S106" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>50186</v>
+        <v>51844</v>
       </c>
       <c r="V106" s="4">
-        <v>1.9894769999999999</v>
+        <v>3.9439899999999999</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="X106" s="4">
-        <v>330.61302037000002</v>
+        <v>0</v>
       </c>
       <c r="Y106" s="4">
-        <v>330.61302000000001</v>
+        <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>4.2499999999999998E-4</v>
+        <v>3.3210000000000002E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D107" s="4">
-        <v>15387600</v>
+        <v>9000000</v>
       </c>
       <c r="E107" s="5">
-        <v>94.754180000000005</v>
+        <v>91.846149999999994</v>
       </c>
       <c r="F107" s="4">
-        <v>14615061.9173653</v>
+        <v>8266153.5</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J107" s="5">
-        <v>94.754180000000005</v>
+        <v>91.846149999999994</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M107" s="4">
-        <v>14615061.917365</v>
+        <v>8266153.5</v>
       </c>
       <c r="N107" s="4">
-        <v>14615061.9173653</v>
+        <v>8266153.5</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>275</v>
+        <v>34</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="S107" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>50114</v>
+        <v>51844</v>
       </c>
       <c r="V107" s="4">
-        <v>5.0700099999999999</v>
+        <v>3.9439899999999999</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="X107" s="4">
-        <v>34667.715685329997</v>
+        <v>0</v>
       </c>
       <c r="Y107" s="4">
-        <v>34667.715685000003</v>
+        <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>1.1363E-2</v>
+        <v>6.3439999999999998E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D108" s="4">
+        <v>8000000</v>
+      </c>
+      <c r="E108" s="5">
+        <v>92.566959999999995</v>
+      </c>
+      <c r="F108" s="4">
+        <v>7405356.7999999998</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J108" s="5">
+        <v>92.566959999999995</v>
+      </c>
+      <c r="K108" s="5">
+        <v>1</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M108" s="4">
+        <v>7405356.7999999998</v>
+      </c>
+      <c r="N108" s="4">
+        <v>7405356.7999999998</v>
+      </c>
+      <c r="O108" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P108" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="Q108" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="S108" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T108" s="4">
         <v>0.01</v>
       </c>
       <c r="U108" s="2">
-        <v>51844</v>
+        <v>52665</v>
       </c>
       <c r="V108" s="4">
-        <v>3.202</v>
+        <v>2.843</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>9.5510000000000005E-3</v>
+        <v>5.6839999999999998E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D109" s="4">
-        <v>4570000</v>
+        <v>13743281</v>
       </c>
       <c r="E109" s="5">
-        <v>94.574669999999998</v>
+        <v>8.4689700000000006</v>
       </c>
       <c r="F109" s="4">
-        <v>4322062.4189999998</v>
+        <v>1228049.65623903</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J109" s="5">
-        <v>94.574669999999998</v>
+        <v>8.4689700000000006</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M109" s="4">
-        <v>4322062.4189999998</v>
+        <v>1228049.6562389999</v>
       </c>
       <c r="N109" s="4">
-        <v>4322062.4189999998</v>
+        <v>1228049.65623903</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="S109" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T109" s="4">
         <v>0.01</v>
       </c>
       <c r="U109" s="2">
-        <v>51844</v>
+        <v>46883</v>
       </c>
       <c r="V109" s="4">
-        <v>4.0754570000000001</v>
+        <v>8</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="X109" s="4">
-        <v>0</v>
+        <v>64135.311333329999</v>
       </c>
       <c r="Y109" s="4">
-        <v>0</v>
+        <v>64135.311332999998</v>
       </c>
       <c r="Z109" s="6">
-        <v>3.3600000000000001E-3</v>
+        <v>9.4200000000000002E-4</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D110" s="4">
-        <v>9000000</v>
+        <v>853639.62610899995</v>
       </c>
       <c r="E110" s="5">
-        <v>92.127030000000005</v>
+        <v>98.556449999999998</v>
       </c>
       <c r="F110" s="4">
-        <v>8291432.7000000002</v>
+        <v>841981.50648936001</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J110" s="5">
-        <v>92.127030000000005</v>
+        <v>98.556449999999998</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M110" s="4">
-        <v>8291432.7000000002</v>
+        <v>841981.50648900005</v>
       </c>
       <c r="N110" s="4">
-        <v>8291432.7000000002</v>
+        <v>841981.50648936001</v>
       </c>
       <c r="O110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="S110" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>51844</v>
+        <v>50430</v>
       </c>
       <c r="V110" s="4">
-        <v>4.0754570000000001</v>
+        <v>6.3555099999999998</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="X110" s="4">
-        <v>0</v>
+        <v>664.59520284999996</v>
       </c>
       <c r="Y110" s="4">
-        <v>0</v>
+        <v>664.59520199999997</v>
       </c>
       <c r="Z110" s="6">
-        <v>6.4460000000000003E-3</v>
+        <v>6.4599999999999998E-4</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D111" s="4">
-        <v>8000000</v>
+        <v>3303883.8543969998</v>
       </c>
       <c r="E111" s="5">
-        <v>92.362470000000002</v>
+        <v>96.466700000000003</v>
       </c>
       <c r="F111" s="4">
-        <v>7388997.5999999996</v>
+        <v>3189203.71014866</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J111" s="5">
-        <v>92.362470000000002</v>
+        <v>96.466700000000003</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M111" s="4">
-        <v>7388997.5999999996</v>
+        <v>3189203.7101480002</v>
       </c>
       <c r="N111" s="4">
-        <v>7388997.5999999996</v>
+        <v>3189203.71014866</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>34</v>
+        <v>298</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="S111" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>52665</v>
+        <v>49973</v>
       </c>
       <c r="V111" s="4">
-        <v>2.843</v>
+        <v>4.4805099999999998</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="X111" s="4">
-        <v>0</v>
+        <v>2055.9839789500002</v>
       </c>
       <c r="Y111" s="4">
-        <v>0</v>
+        <v>2055.9839780000002</v>
       </c>
       <c r="Z111" s="6">
-        <v>5.744E-3</v>
+        <v>2.447E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D112" s="4">
-        <v>13743281</v>
+        <v>2022421.542772</v>
       </c>
       <c r="E112" s="5">
-        <v>8.8641799999999993</v>
+        <v>97.392060000000001</v>
       </c>
       <c r="F112" s="4">
-        <v>1282364.47707913</v>
+        <v>1970961.8215405</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J112" s="5">
-        <v>8.8641799999999993</v>
+        <v>97.392060000000001</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M112" s="4">
-        <v>1282364.4770790001</v>
+        <v>1970961.8215399999</v>
       </c>
       <c r="N112" s="4">
-        <v>1282364.47707913</v>
+        <v>1970961.8215405</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>34</v>
+        <v>302</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="S112" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>46853</v>
+        <v>49546</v>
       </c>
       <c r="V112" s="4">
-        <v>8</v>
+        <v>4.5705099999999996</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="X112" s="4">
-        <v>64135.311333329999</v>
+        <v>1283.81915076</v>
       </c>
       <c r="Y112" s="4">
-        <v>64135.311332999998</v>
+        <v>1283.81915</v>
       </c>
       <c r="Z112" s="6">
-        <v>9.9700000000000006E-4</v>
+        <v>1.5120000000000001E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D113" s="4">
-        <v>867927.267689</v>
+        <v>979390.28137600003</v>
       </c>
       <c r="E113" s="5">
-        <v>98.10284</v>
+        <v>95.293440000000004</v>
       </c>
       <c r="F113" s="4">
-        <v>852296.30118429998</v>
+        <v>933932.72346951999</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J113" s="5">
-        <v>98.10284</v>
+        <v>95.293440000000004</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M113" s="4">
-        <v>852296.30118399998</v>
+        <v>933932.72346899996</v>
       </c>
       <c r="N113" s="4">
-        <v>852296.30118429998</v>
+        <v>933932.72346951999</v>
       </c>
       <c r="O113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="S113" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
-        <v>50430</v>
+        <v>49699</v>
       </c>
       <c r="V113" s="4">
-        <v>6.5223899999999997</v>
+        <v>4.6905099999999997</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="X113" s="4">
-        <v>835.00244679000002</v>
+        <v>638.03332064999995</v>
       </c>
       <c r="Y113" s="4">
-        <v>835.00244599999996</v>
+        <v>638.03332</v>
       </c>
       <c r="Z113" s="6">
-        <v>6.6200000000000005E-4</v>
+        <v>7.1599999999999995E-4</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D114" s="4">
-        <v>3354561.3149660002</v>
+        <v>1283574.064212</v>
       </c>
       <c r="E114" s="5">
-        <v>96.144009999999994</v>
+        <v>94.67353</v>
       </c>
       <c r="F114" s="4">
-        <v>3227808.0919022402</v>
+        <v>1216033.05121939</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H114" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J114" s="5">
-        <v>96.144009999999994</v>
+        <v>94.67353</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M114" s="4">
-        <v>3227808.0919019999</v>
+        <v>1216033.051219</v>
       </c>
       <c r="N114" s="4">
-        <v>3227808.0919022402</v>
+        <v>1216033.05121939</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>301</v>
+        <v>34</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="S114" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T114" s="4">
         <v>0.01</v>
       </c>
       <c r="U114" s="2">
-        <v>49973</v>
+        <v>49790</v>
       </c>
       <c r="V114" s="4">
-        <v>4.6473899999999997</v>
+        <v>4.6455099999999998</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>302</v>
+        <v>309</v>
       </c>
       <c r="X114" s="4">
-        <v>2598.3257849299998</v>
+        <v>828.17446542000005</v>
       </c>
       <c r="Y114" s="4">
-        <v>2598.3257840000001</v>
+        <v>828.17446500000005</v>
       </c>
       <c r="Z114" s="6">
-        <v>2.5089999999999999E-3</v>
+        <v>9.3300000000000002E-4</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>304</v>
+        <v>311</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D115" s="4">
-        <v>2036917.7993660001</v>
+        <v>515968.25543999998</v>
       </c>
       <c r="E115" s="5">
-        <v>97.070049999999995</v>
+        <v>93.547759999999997</v>
       </c>
       <c r="F115" s="4">
-        <v>1978845.4053058899</v>
+        <v>483011.80287770001</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J115" s="5">
-        <v>97.070049999999995</v>
+        <v>93.547759999999997</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M115" s="4">
-        <v>1978845.405305</v>
+        <v>483011.80287700001</v>
       </c>
       <c r="N115" s="4">
-        <v>1978845.4053058899</v>
+        <v>483011.80287770001</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>305</v>
+        <v>34</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>303</v>
+        <v>310</v>
       </c>
       <c r="S115" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T115" s="4">
         <v>0.01</v>
       </c>
       <c r="U115" s="2">
-        <v>49546</v>
+        <v>49790</v>
       </c>
       <c r="V115" s="4">
-        <v>4.7373900000000004</v>
+        <v>4.6755100000000001</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="X115" s="4">
-        <v>1608.27900226</v>
+        <v>335.05760249999997</v>
       </c>
       <c r="Y115" s="4">
-        <v>1608.279002</v>
+        <v>335.05760199999997</v>
       </c>
       <c r="Z115" s="6">
-        <v>1.5380000000000001E-3</v>
+        <v>3.6999999999999999E-4</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D116" s="4">
-        <v>986662.02038799995</v>
+        <v>694976.15616000001</v>
       </c>
       <c r="E116" s="5">
-        <v>94.928399999999996</v>
+        <v>96.369720000000001</v>
       </c>
       <c r="F116" s="4">
-        <v>937421.23640053999</v>
+        <v>670165.05854631995</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J116" s="5">
-        <v>94.928399999999996</v>
+        <v>96.369720000000001</v>
       </c>
       <c r="K116" s="5">
         <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M116" s="4">
-        <v>937421.23640000005</v>
+        <v>670165.05854600004</v>
       </c>
       <c r="N116" s="4">
-        <v>937421.23640053999</v>
+        <v>670165.05854631995</v>
       </c>
       <c r="O116" s="3" t="s">
-        <v>34</v>
+        <v>315</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="S116" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T116" s="4">
         <v>0.01</v>
       </c>
       <c r="U116" s="2">
-        <v>49699</v>
+        <v>49881</v>
       </c>
       <c r="V116" s="4">
-        <v>4.8573899999999997</v>
+        <v>4.4505100000000004</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="X116" s="4">
-        <v>798.76703854000004</v>
+        <v>418.48278816999999</v>
       </c>
       <c r="Y116" s="4">
-        <v>798.76703799999996</v>
+        <v>418.48278800000003</v>
       </c>
       <c r="Z116" s="6">
-        <v>7.2800000000000002E-4</v>
+        <v>5.1400000000000003E-4</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D117" s="4">
-        <v>1307428.224984</v>
+        <v>1421582.6373759999</v>
       </c>
       <c r="E117" s="5">
-        <v>94.088750000000005</v>
+        <v>96.60942</v>
       </c>
       <c r="F117" s="4">
-        <v>1231191.5164539099</v>
+        <v>1374248.6247996599</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I117" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J117" s="5">
-        <v>94.088750000000005</v>
+        <v>96.60942</v>
       </c>
       <c r="K117" s="5">
         <v>1</v>
       </c>
       <c r="L117" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M117" s="4">
-        <v>1231191.516453</v>
+        <v>1374248.6247990001</v>
       </c>
       <c r="N117" s="4">
-        <v>1231191.5164539099</v>
+        <v>1374248.6247996599</v>
       </c>
       <c r="O117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>310</v>
+        <v>317</v>
       </c>
       <c r="S117" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T117" s="4">
         <v>0.01</v>
       </c>
       <c r="U117" s="2">
-        <v>49790</v>
+        <v>49881</v>
       </c>
       <c r="V117" s="4">
-        <v>4.8123899999999997</v>
+        <v>4.5255099999999997</v>
       </c>
       <c r="W117" s="3" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="X117" s="4">
-        <v>1048.6424192699999</v>
+        <v>865.88401001</v>
       </c>
       <c r="Y117" s="4">
-        <v>1048.642419</v>
+        <v>865.88400999999999</v>
       </c>
       <c r="Z117" s="6">
-        <v>9.5699999999999995E-4</v>
+        <v>1.054E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D118" s="4">
-        <v>525557.16067999997</v>
+        <v>5483026.6588620003</v>
       </c>
       <c r="E118" s="5">
-        <v>92.961730000000003</v>
+        <v>95.423730000000006</v>
       </c>
       <c r="F118" s="4">
-        <v>488991.18749689002</v>
+        <v>5235448.2587030903</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H118" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J118" s="5">
-        <v>92.961730000000003</v>
+        <v>95.423730000000006</v>
       </c>
       <c r="K118" s="5">
         <v>1</v>
       </c>
       <c r="L118" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M118" s="4">
-        <v>488991.18749600003</v>
+        <v>5235448.2587029999</v>
       </c>
       <c r="N118" s="4">
-        <v>488991.18749689002</v>
+        <v>5235448.2587030903</v>
       </c>
       <c r="O118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R118" s="3" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="S118" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T118" s="4">
         <v>0.01</v>
       </c>
       <c r="U118" s="2">
-        <v>49790</v>
+        <v>50065</v>
       </c>
       <c r="V118" s="4">
-        <v>4.84239</v>
+        <v>4.5255099999999997</v>
       </c>
       <c r="W118" s="3" t="s">
-        <v>315</v>
+        <v>322</v>
       </c>
       <c r="X118" s="4">
-        <v>424.15878987999997</v>
+        <v>3339.7039226000002</v>
       </c>
       <c r="Y118" s="4">
-        <v>424.15878900000001</v>
+        <v>3339.7039220000001</v>
       </c>
       <c r="Z118" s="6">
-        <v>3.8000000000000002E-4</v>
+        <v>4.0179999999999999E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>317</v>
+        <v>324</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D119" s="4">
-        <v>704875.43411999999</v>
+        <v>945108.2524</v>
       </c>
       <c r="E119" s="5">
-        <v>96.043229999999994</v>
+        <v>95.828069999999997</v>
       </c>
       <c r="F119" s="4">
-        <v>677514.07175633998</v>
+        <v>906261.22506128997</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H119" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I119" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J119" s="5">
-        <v>96.043229999999994</v>
+        <v>95.828069999999997</v>
       </c>
       <c r="K119" s="5">
         <v>1</v>
       </c>
       <c r="L119" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M119" s="4">
-        <v>677514.07175600005</v>
+        <v>906261.22506099998</v>
       </c>
       <c r="N119" s="4">
-        <v>677514.07175633998</v>
+        <v>906261.22506128997</v>
       </c>
       <c r="O119" s="3" t="s">
-        <v>318</v>
+        <v>34</v>
       </c>
       <c r="P119" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R119" s="3" t="s">
-        <v>316</v>
+        <v>323</v>
       </c>
       <c r="S119" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T119" s="4">
         <v>0.01</v>
       </c>
       <c r="U119" s="2">
-        <v>49881</v>
+        <v>50124</v>
       </c>
       <c r="V119" s="4">
-        <v>4.6173900000000003</v>
+        <v>4.4355099999999998</v>
       </c>
       <c r="W119" s="3" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="X119" s="4">
-        <v>528.93735097000001</v>
+        <v>582.22737563999999</v>
       </c>
       <c r="Y119" s="4">
-        <v>528.93735000000004</v>
+        <v>582.22737500000005</v>
       </c>
       <c r="Z119" s="6">
-        <v>5.2599999999999999E-4</v>
+        <v>6.9499999999999998E-4</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D120" s="4">
-        <v>1441831.7373569999</v>
+        <v>4631872.7844590005</v>
       </c>
       <c r="E120" s="5">
-        <v>96.28331</v>
+        <v>93.400390000000002</v>
       </c>
       <c r="F120" s="4">
-        <v>1389337.2847549601</v>
+        <v>4329088.9267268898</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H120" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I120" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J120" s="5">
-        <v>96.28331</v>
+        <v>93.400390000000002</v>
       </c>
       <c r="K120" s="5">
         <v>1</v>
       </c>
       <c r="L120" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M120" s="4">
-        <v>1389337.2847539999</v>
+        <v>4329088.9267260004</v>
       </c>
       <c r="N120" s="4">
-        <v>1389337.2847549601</v>
+        <v>4329088.9267268898</v>
       </c>
       <c r="O120" s="3" t="s">
-        <v>34</v>
+        <v>328</v>
       </c>
       <c r="P120" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R120" s="3" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="S120" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T120" s="4">
         <v>0.01</v>
       </c>
       <c r="U120" s="2">
-        <v>49881</v>
+        <v>50246</v>
       </c>
       <c r="V120" s="4">
-        <v>4.6923899999999996</v>
+        <v>4.51051</v>
       </c>
       <c r="W120" s="3" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="X120" s="4">
-        <v>1093.9633971400001</v>
+        <v>2901.6817379200002</v>
       </c>
       <c r="Y120" s="4">
-        <v>1093.963397</v>
+        <v>2901.6817369999999</v>
       </c>
       <c r="Z120" s="6">
-        <v>1.08E-3</v>
+        <v>3.3219999999999999E-3</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D121" s="4">
-        <v>5713864.7759739999</v>
+        <v>1616144.8294579999</v>
       </c>
       <c r="E121" s="5">
-        <v>94.922439999999995</v>
+        <v>95.882180000000005</v>
       </c>
       <c r="F121" s="4">
-        <v>5428075.15379964</v>
+        <v>1550597.2431768801</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H121" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I121" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J121" s="5">
-        <v>94.922439999999995</v>
+        <v>95.882180000000005</v>
       </c>
       <c r="K121" s="5">
         <v>1</v>
       </c>
       <c r="L121" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M121" s="4">
-        <v>5428075.1537990002</v>
+        <v>1550597.243176</v>
       </c>
       <c r="N121" s="4">
-        <v>5428075.15379964</v>
+        <v>1550597.2431768801</v>
       </c>
       <c r="O121" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P121" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R121" s="3" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="S121" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T121" s="4">
         <v>0.01</v>
       </c>
       <c r="U121" s="2">
-        <v>50065</v>
+        <v>50246</v>
       </c>
       <c r="V121" s="4">
-        <v>4.6923899999999996</v>
+        <v>4.4655100000000001</v>
       </c>
       <c r="W121" s="3" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="X121" s="4">
-        <v>4335.2901445799998</v>
+        <v>1002.3487357499999</v>
       </c>
       <c r="Y121" s="4">
-        <v>4335.2901439999996</v>
+        <v>1002.348735</v>
       </c>
       <c r="Z121" s="6">
-        <v>4.2199999999999998E-3</v>
+        <v>1.1900000000000001E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D122" s="4">
-        <v>961135.63020000001</v>
+        <v>6138983.5134199997</v>
       </c>
       <c r="E122" s="5">
-        <v>95.316469999999995</v>
+        <v>94.73545</v>
       </c>
       <c r="F122" s="4">
-        <v>916857.80812107003</v>
+        <v>5819677.8514177501</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H122" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I122" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J122" s="5">
-        <v>95.316469999999995</v>
+        <v>94.73545</v>
       </c>
       <c r="K122" s="5">
         <v>1</v>
       </c>
       <c r="L122" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M122" s="4">
-        <v>916857.80812099995</v>
+        <v>5819677.8514170004</v>
       </c>
       <c r="N122" s="4">
-        <v>916857.80812107003</v>
+        <v>5819677.8514177501</v>
       </c>
       <c r="O122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P122" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="Q122" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R122" s="3" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="S122" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T122" s="4">
         <v>0.01</v>
       </c>
       <c r="U122" s="2">
-        <v>50124</v>
+        <v>50308</v>
       </c>
       <c r="V122" s="4">
-        <v>4.6023899999999998</v>
+        <v>4.7805099999999996</v>
       </c>
       <c r="W122" s="3" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="X122" s="4">
-        <v>737.25350218000005</v>
+        <v>3884.1945535</v>
       </c>
       <c r="Y122" s="4">
-        <v>737.25350200000003</v>
+        <v>3884.1945529999998</v>
       </c>
       <c r="Z122" s="6">
-        <v>7.1199999999999996E-4</v>
+        <v>4.4669999999999996E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D123" s="4">
-        <v>4713568.3349820003</v>
+        <v>815891.04186200001</v>
       </c>
       <c r="E123" s="5">
-        <v>92.815020000000004</v>
+        <v>100.2299</v>
       </c>
       <c r="F123" s="4">
-        <v>4378573.9257263597</v>
+        <v>818333.99075180001</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H123" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I123" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J123" s="5">
-        <v>92.815020000000004</v>
+        <v>100.2299</v>
       </c>
       <c r="K123" s="5">
         <v>1</v>
       </c>
       <c r="L123" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M123" s="4">
-        <v>4378573.9257260002</v>
+        <v>818333.990751</v>
       </c>
       <c r="N123" s="4">
-        <v>4378573.9257263597</v>
+        <v>818333.99075180001</v>
       </c>
       <c r="O123" s="3" t="s">
-        <v>331</v>
+        <v>34</v>
       </c>
       <c r="P123" s="3" t="s">
-        <v>297</v>
+        <v>338</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R123" s="3" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="S123" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T123" s="4">
         <v>0.01</v>
       </c>
       <c r="U123" s="2">
-        <v>50246</v>
+        <v>49273</v>
       </c>
       <c r="V123" s="4">
-        <v>4.6773899999999999</v>
+        <v>5.0055100000000001</v>
       </c>
       <c r="W123" s="3" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="X123" s="4">
-        <v>3674.5328990600001</v>
+        <v>567.21538457999998</v>
       </c>
       <c r="Y123" s="4">
-        <v>3674.5328989999998</v>
+        <v>567.21538399999997</v>
       </c>
       <c r="Z123" s="6">
-        <v>3.4039999999999999E-3</v>
+        <v>6.2799999999999998E-4</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D124" s="4">
-        <v>1626227.458475</v>
+        <v>1564594.771923</v>
       </c>
       <c r="E124" s="5">
-        <v>95.361999999999995</v>
+        <v>87.4131</v>
       </c>
       <c r="F124" s="4">
-        <v>1552058.5822536601</v>
+        <v>1368622.47727189</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H124" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J124" s="5">
-        <v>95.361999999999995</v>
+        <v>87.4131</v>
       </c>
       <c r="K124" s="5">
         <v>1</v>
       </c>
       <c r="L124" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M124" s="4">
-        <v>1552058.582253</v>
+        <v>1368622.4772709999</v>
       </c>
       <c r="N124" s="4">
-        <v>1552058.5822536601</v>
+        <v>1368622.47727189</v>
       </c>
       <c r="O124" s="3" t="s">
-        <v>34</v>
+        <v>342</v>
       </c>
       <c r="P124" s="3" t="s">
-        <v>297</v>
+        <v>338</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R124" s="3" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="S124" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T124" s="4">
         <v>0.01</v>
       </c>
       <c r="U124" s="2">
-        <v>50246</v>
+        <v>53717</v>
       </c>
       <c r="V124" s="4">
-        <v>4.63239</v>
+        <v>4.4255100000000001</v>
       </c>
       <c r="W124" s="3" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="X124" s="4">
-        <v>1255.55330273</v>
+        <v>961.68469571000003</v>
       </c>
       <c r="Y124" s="4">
-        <v>1255.553302</v>
+        <v>961.68469500000003</v>
       </c>
       <c r="Z124" s="6">
-        <v>1.206E-3</v>
+        <v>1.0499999999999999E-3</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D125" s="4">
-        <v>6228815.4819</v>
+        <v>1186939.296687</v>
       </c>
       <c r="E125" s="5">
-        <v>94.262810000000002</v>
+        <v>96.94717</v>
       </c>
       <c r="F125" s="4">
-        <v>5876358.9856112404</v>
+        <v>1150704.05775622</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H125" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I125" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J125" s="5">
-        <v>94.262810000000002</v>
+        <v>96.94717</v>
       </c>
       <c r="K125" s="5">
         <v>1</v>
       </c>
       <c r="L125" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M125" s="4">
-        <v>5876358.9856110001</v>
+        <v>1150704.057756</v>
       </c>
       <c r="N125" s="4">
-        <v>5876358.9856112404</v>
+        <v>1150704.05775622</v>
       </c>
       <c r="O125" s="3" t="s">
-        <v>34</v>
+        <v>346</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>297</v>
+        <v>347</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="S125" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T125" s="4">
         <v>0.01</v>
       </c>
       <c r="U125" s="2">
-        <v>50308</v>
+        <v>49242</v>
       </c>
       <c r="V125" s="4">
-        <v>4.9473900000000004</v>
+        <v>5.75</v>
       </c>
       <c r="W125" s="3" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="X125" s="4">
-        <v>4902.4826572600005</v>
+        <v>0</v>
       </c>
       <c r="Y125" s="4">
-        <v>4902.4826569999996</v>
+        <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>4.568E-3</v>
+        <v>8.83E-4</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D126" s="4">
-        <v>865131.55714799999</v>
+        <v>343566.371423</v>
       </c>
       <c r="E126" s="5">
-        <v>100.07949000000001</v>
+        <v>96.418909999999997</v>
       </c>
       <c r="F126" s="4">
-        <v>866565.04985834996</v>
+        <v>331262.95045250002</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H126" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I126" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J126" s="5">
-        <v>100.07949000000001</v>
+        <v>96.418909999999997</v>
       </c>
       <c r="K126" s="5">
         <v>1</v>
       </c>
       <c r="L126" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M126" s="4">
-        <v>866565.04985800001</v>
+        <v>331262.95045200002</v>
       </c>
       <c r="N126" s="4">
-        <v>866565.04985834996</v>
+        <v>331262.95045250002</v>
       </c>
       <c r="O126" s="3" t="s">
-        <v>34</v>
+        <v>351</v>
       </c>
       <c r="P126" s="3" t="s">
-        <v>341</v>
+        <v>352</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="S126" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T126" s="4">
         <v>0.01</v>
       </c>
       <c r="U126" s="2">
-        <v>49273</v>
+        <v>49607</v>
       </c>
       <c r="V126" s="4">
-        <v>5.17239</v>
+        <v>6.42</v>
       </c>
       <c r="W126" s="3" t="s">
-        <v>342</v>
+        <v>353</v>
       </c>
       <c r="X126" s="4">
-        <v>745.79963581000004</v>
+        <v>0</v>
       </c>
       <c r="Y126" s="4">
-        <v>745.79963499999997</v>
+        <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>6.7299999999999999E-4</v>
+        <v>2.5399999999999999E-4</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D127" s="4">
-        <v>1568479.763176</v>
+        <v>5080670.4273399999</v>
       </c>
       <c r="E127" s="5">
-        <v>86.648929999999993</v>
+        <v>93.101110000000006</v>
       </c>
       <c r="F127" s="4">
-        <v>1360271.4438547599</v>
+        <v>4733353.9834097698</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H127" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I127" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J127" s="5">
-        <v>86.648929999999993</v>
+        <v>93.101110000000006</v>
       </c>
       <c r="K127" s="5">
         <v>1</v>
       </c>
       <c r="L127" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M127" s="4">
-        <v>1360271.443854</v>
+        <v>4733353.9834089996</v>
       </c>
       <c r="N127" s="4">
-        <v>1360271.4438547599</v>
+        <v>4733353.9834097698</v>
       </c>
       <c r="O127" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="P127" s="3" t="s">
-        <v>341</v>
+        <v>357</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R127" s="3" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="S127" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T127" s="4">
         <v>0.01</v>
       </c>
       <c r="U127" s="2">
-        <v>53717</v>
+        <v>49881</v>
       </c>
       <c r="V127" s="4">
-        <v>4.59239</v>
+        <v>4.5255099999999997</v>
       </c>
       <c r="W127" s="3" t="s">
-        <v>346</v>
+        <v>358</v>
       </c>
       <c r="X127" s="4">
-        <v>1200.5117966</v>
+        <v>3193.4201146700002</v>
       </c>
       <c r="Y127" s="4">
-        <v>1200.511796</v>
+        <v>3193.420114</v>
       </c>
       <c r="Z127" s="6">
-        <v>1.057E-3</v>
+        <v>3.6329999999999999E-3</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>347</v>
+        <v>359</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D128" s="4">
-        <v>1194705.71337</v>
+        <v>76922.674499999994</v>
       </c>
       <c r="E128" s="5">
-        <v>96.787540000000007</v>
+        <v>125.95661</v>
       </c>
       <c r="F128" s="4">
-        <v>1156326.2702099499</v>
+        <v>96936.473963929995</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H128" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I128" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J128" s="5">
-        <v>96.787540000000007</v>
+        <v>125.95661</v>
       </c>
       <c r="K128" s="5">
         <v>1</v>
       </c>
       <c r="L128" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M128" s="4">
-        <v>1156326.270209</v>
+        <v>96936.473962999997</v>
       </c>
       <c r="N128" s="4">
-        <v>1156326.2702099499</v>
+        <v>96936.473963929995</v>
       </c>
       <c r="O128" s="3" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="P128" s="3" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>347</v>
+        <v>359</v>
       </c>
       <c r="S128" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T128" s="4">
         <v>0.01</v>
       </c>
       <c r="U128" s="2">
-        <v>49242</v>
+        <v>50096</v>
       </c>
       <c r="V128" s="4">
-        <v>5.75</v>
+        <v>4.4255100000000001</v>
       </c>
       <c r="W128" s="3" t="s">
-        <v>351</v>
+        <v>362</v>
       </c>
       <c r="X128" s="4">
-        <v>0</v>
+        <v>47.280842389999997</v>
       </c>
       <c r="Y128" s="4">
-        <v>0</v>
+        <v>47.280842</v>
       </c>
       <c r="Z128" s="6">
-        <v>8.9899999999999995E-4</v>
+        <v>7.3999999999999996E-5</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D129" s="4">
-        <v>345082.93111800001</v>
+        <v>16000000</v>
       </c>
       <c r="E129" s="5">
-        <v>95.599710000000002</v>
+        <v>98.067909999999998</v>
       </c>
       <c r="F129" s="4">
-        <v>329898.28140859999</v>
+        <v>15690865.6</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H129" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I129" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J129" s="5">
-        <v>95.599710000000002</v>
+        <v>98.067909999999998</v>
       </c>
       <c r="K129" s="5">
         <v>1</v>
       </c>
       <c r="L129" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M129" s="4">
-        <v>329898.28140799998</v>
+        <v>15690865.6</v>
       </c>
       <c r="N129" s="4">
-        <v>329898.28140859999</v>
+        <v>15690865.6</v>
       </c>
       <c r="O129" s="3" t="s">
-        <v>354</v>
+        <v>34</v>
       </c>
       <c r="P129" s="3" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="S129" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T129" s="4">
         <v>0.01</v>
       </c>
       <c r="U129" s="2">
-        <v>49607</v>
+        <v>55593</v>
       </c>
       <c r="V129" s="4">
-        <v>6.42</v>
+        <v>4.0156000000000001</v>
       </c>
       <c r="W129" s="3" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>2.5599999999999999E-4</v>
+        <v>1.2043999999999999E-2</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D130" s="4">
-        <v>5092442.4116270002</v>
+        <v>10395000</v>
       </c>
       <c r="E130" s="5">
-        <v>91.959680000000006</v>
+        <v>93.366860000000003</v>
       </c>
       <c r="F130" s="4">
-        <v>4686976.3668907499</v>
+        <v>9705485.0969999991</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H130" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I130" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J130" s="5">
-        <v>91.959680000000006</v>
+        <v>93.366860000000003</v>
       </c>
       <c r="K130" s="5">
         <v>1</v>
       </c>
       <c r="L130" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M130" s="4">
-        <v>4686976.3668900002</v>
+        <v>9705485.0969999991</v>
       </c>
       <c r="N130" s="4">
-        <v>4686976.3668907499</v>
+        <v>9705485.0969999991</v>
       </c>
       <c r="O130" s="3" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
       <c r="P130" s="3" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="Q130" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R130" s="3" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="S130" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T130" s="4">
         <v>0.01</v>
       </c>
       <c r="U130" s="2">
-        <v>49881</v>
+        <v>63173</v>
       </c>
       <c r="V130" s="4">
-        <v>4.6923899999999996</v>
+        <v>2.9279999999999999</v>
       </c>
       <c r="W130" s="3" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="X130" s="4">
-        <v>3982.6209746499999</v>
+        <v>0</v>
       </c>
       <c r="Y130" s="4">
-        <v>3982.6209739999999</v>
+        <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>3.6440000000000001E-3</v>
+        <v>7.4489999999999999E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D131" s="4">
-        <v>77995.789199999999</v>
+        <v>16500000</v>
       </c>
       <c r="E131" s="5">
-        <v>124.67161</v>
+        <v>93.238889999999998</v>
       </c>
       <c r="F131" s="4">
-        <v>97298.303974909999</v>
+        <v>15384416.85</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H131" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I131" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J131" s="5">
-        <v>124.67161</v>
+        <v>93.238889999999998</v>
       </c>
       <c r="K131" s="5">
         <v>1</v>
       </c>
       <c r="L131" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M131" s="4">
-        <v>97298.303973999995</v>
+        <v>15384416.85</v>
       </c>
       <c r="N131" s="4">
-        <v>97298.303974909999</v>
+        <v>15384416.85</v>
       </c>
       <c r="O131" s="3" t="s">
-        <v>364</v>
+        <v>34</v>
       </c>
       <c r="P131" s="3" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="S131" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T131" s="4">
         <v>0.01</v>
       </c>
       <c r="U131" s="2">
-        <v>50096</v>
+        <v>56719</v>
       </c>
       <c r="V131" s="4">
-        <v>4.59239</v>
+        <v>3.786</v>
       </c>
       <c r="W131" s="3" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="X131" s="4">
-        <v>59.697847060000001</v>
+        <v>0</v>
       </c>
       <c r="Y131" s="4">
-        <v>59.697847000000003</v>
+        <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>7.4999999999999993E-5</v>
+        <v>1.1808000000000001E-2</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D132" s="4">
-        <v>16000000</v>
+        <v>6490722</v>
       </c>
       <c r="E132" s="5">
-        <v>98.074340000000007</v>
+        <v>96.383889999999994</v>
       </c>
       <c r="F132" s="4">
-        <v>15691894.4</v>
+        <v>6256010.3526857998</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H132" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I132" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J132" s="5">
-        <v>98.074340000000007</v>
+        <v>96.383889999999994</v>
       </c>
       <c r="K132" s="5">
         <v>1</v>
       </c>
       <c r="L132" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M132" s="4">
-        <v>15691894.4</v>
+        <v>6256010.3526849998</v>
       </c>
       <c r="N132" s="4">
-        <v>15691894.4</v>
+        <v>6256010.3526857998</v>
       </c>
       <c r="O132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P132" s="3" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R132" s="3" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="S132" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T132" s="4">
         <v>0.01</v>
       </c>
       <c r="U132" s="2">
-        <v>55593</v>
+        <v>55654</v>
       </c>
       <c r="V132" s="4">
-        <v>4.0156000000000001</v>
+        <v>3.5421</v>
       </c>
       <c r="W132" s="3" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>1.2200000000000001E-2</v>
+        <v>4.8019999999999998E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D133" s="4">
-        <v>10395000</v>
+        <v>4825120</v>
       </c>
       <c r="E133" s="5">
-        <v>93.425190000000001</v>
+        <v>98.793139999999994</v>
       </c>
       <c r="F133" s="4">
-        <v>9711548.5004999992</v>
+        <v>4766887.5567680001</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H133" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I133" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J133" s="5">
-        <v>93.425190000000001</v>
+        <v>98.793139999999994</v>
       </c>
       <c r="K133" s="5">
         <v>1</v>
       </c>
       <c r="L133" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M133" s="4">
-        <v>9711548.5004999992</v>
+        <v>4766887.5567680001</v>
       </c>
       <c r="N133" s="4">
-        <v>9711548.5004999992</v>
+        <v>4766887.5567680001</v>
       </c>
       <c r="O133" s="3" t="s">
-        <v>34</v>
+        <v>378</v>
       </c>
       <c r="P133" s="3" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="Q133" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R133" s="3" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="S133" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T133" s="4">
         <v>0.01</v>
       </c>
       <c r="U133" s="2">
-        <v>63173</v>
+        <v>55533</v>
       </c>
       <c r="V133" s="4">
-        <v>2.9279999999999999</v>
+        <v>4.2317</v>
       </c>
       <c r="W133" s="3" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>7.5500000000000003E-3</v>
+        <v>3.6579999999999998E-3</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D134" s="4">
-        <v>16450000</v>
+        <v>9635057</v>
       </c>
       <c r="E134" s="5">
-        <v>93.221239999999995</v>
+        <v>88.218379999999996</v>
       </c>
       <c r="F134" s="4">
-        <v>15334893.98</v>
+        <v>8499891.1974765994</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H134" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I134" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J134" s="5">
-        <v>93.221239999999995</v>
+        <v>88.218379999999996</v>
       </c>
       <c r="K134" s="5">
         <v>1</v>
       </c>
       <c r="L134" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M134" s="4">
-        <v>15334893.98</v>
+        <v>8499891.1974759996</v>
       </c>
       <c r="N134" s="4">
-        <v>15334893.98</v>
+        <v>8499891.1974765994</v>
       </c>
       <c r="O134" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P134" s="3" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R134" s="3" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="S134" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T134" s="4">
         <v>0.01</v>
       </c>
       <c r="U134" s="2">
-        <v>56719</v>
+        <v>56142</v>
       </c>
       <c r="V134" s="4">
-        <v>3.786</v>
+        <v>1.85</v>
       </c>
       <c r="W134" s="3" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>1.1922E-2</v>
+        <v>6.5240000000000003E-3</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D135" s="4">
-        <v>6490722</v>
+        <v>9567000</v>
       </c>
       <c r="E135" s="5">
-        <v>96.385099999999994</v>
+        <v>88.192599999999999</v>
       </c>
       <c r="F135" s="4">
-        <v>6256088.8904219996</v>
+        <v>8437386.0419999994</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H135" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I135" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J135" s="5">
-        <v>96.385099999999994</v>
+        <v>88.192599999999999</v>
       </c>
       <c r="K135" s="5">
         <v>1</v>
       </c>
       <c r="L135" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M135" s="4">
-        <v>6256088.8904219996</v>
+        <v>8437386.0419999994</v>
       </c>
       <c r="N135" s="4">
-        <v>6256088.8904219996</v>
+        <v>8437386.0419999994</v>
       </c>
       <c r="O135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P135" s="3" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="R135" s="3" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="S135" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T135" s="4">
         <v>0.01</v>
       </c>
       <c r="U135" s="2">
-        <v>55654</v>
+        <v>56172</v>
       </c>
       <c r="V135" s="4">
-        <v>3.5421</v>
+        <v>2.0341</v>
       </c>
       <c r="W135" s="3" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>4.8640000000000003E-3</v>
+        <v>6.476E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D136" s="4">
-        <v>4825120</v>
+        <v>10694000</v>
       </c>
       <c r="E136" s="5">
-        <v>98.738810000000001</v>
+        <v>89.182770000000005</v>
       </c>
       <c r="F136" s="4">
-        <v>4764266.0690719998</v>
+        <v>9537205.4238000009</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H136" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I136" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J136" s="5">
-        <v>98.738810000000001</v>
+        <v>89.182770000000005</v>
       </c>
       <c r="K136" s="5">
         <v>1</v>
       </c>
       <c r="L136" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M136" s="4">
-        <v>4764266.0690719998</v>
+        <v>9537205.4238000009</v>
       </c>
       <c r="N136" s="4">
-        <v>4764266.0690719998</v>
+        <v>9537205.4238000009</v>
       </c>
       <c r="O136" s="3" t="s">
-        <v>381</v>
+        <v>34</v>
       </c>
       <c r="P136" s="3" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R136" s="3" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="S136" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T136" s="4">
         <v>0.01</v>
       </c>
       <c r="U136" s="2">
-        <v>55533</v>
+        <v>56629</v>
       </c>
       <c r="V136" s="4">
-        <v>4.2317</v>
+        <v>3.0019</v>
       </c>
       <c r="W136" s="3" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>3.7039999999999998E-3</v>
+        <v>7.3200000000000001E-3</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D137" s="4">
-        <v>9635057</v>
+        <v>5295000</v>
       </c>
       <c r="E137" s="5">
-        <v>87.977450000000005</v>
+        <v>92.906210000000002</v>
       </c>
       <c r="F137" s="4">
-        <v>8476677.4546464998</v>
+        <v>4919383.8195000002</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H137" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I137" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J137" s="5">
-        <v>87.977450000000005</v>
+        <v>92.906210000000002</v>
       </c>
       <c r="K137" s="5">
         <v>1</v>
       </c>
       <c r="L137" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M137" s="4">
-        <v>8476677.4546460006</v>
+        <v>4919383.8195000002</v>
       </c>
       <c r="N137" s="4">
-        <v>8476677.4546464998</v>
+        <v>4919383.8195000002</v>
       </c>
       <c r="O137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P137" s="3" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R137" s="3" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="S137" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T137" s="4">
         <v>0.01</v>
       </c>
       <c r="U137" s="2">
-        <v>56142</v>
+        <v>56688</v>
       </c>
       <c r="V137" s="4">
-        <v>1.85</v>
+        <v>3.4582000000000002</v>
       </c>
       <c r="W137" s="3" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>6.5900000000000004E-3</v>
+        <v>3.7759999999999998E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D138" s="4">
-        <v>9517000</v>
+        <v>3123210.4767300002</v>
       </c>
       <c r="E138" s="5">
-        <v>88.036929999999998</v>
+        <v>100.215</v>
       </c>
       <c r="F138" s="4">
-        <v>8378474.6281000003</v>
+        <v>3132159.1644548099</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H138" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I138" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J138" s="5">
-        <v>88.036929999999998</v>
+        <v>100.215</v>
       </c>
       <c r="K138" s="5">
         <v>1</v>
       </c>
       <c r="L138" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M138" s="4">
-        <v>8378474.6281000003</v>
+        <v>3132159.1644540001</v>
       </c>
       <c r="N138" s="4">
-        <v>8378474.6281000003</v>
+        <v>3132159.1644548099</v>
       </c>
       <c r="O138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P138" s="3" t="s">
-        <v>368</v>
+        <v>394</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R138" s="3" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="S138" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T138" s="4">
         <v>0.01</v>
       </c>
       <c r="U138" s="2">
-        <v>56172</v>
+        <v>47964</v>
       </c>
       <c r="V138" s="4">
-        <v>2.0341</v>
+        <v>5.1495899999999999</v>
       </c>
       <c r="W138" s="3" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="X138" s="4">
-        <v>0</v>
+        <v>2233.7851998400001</v>
       </c>
       <c r="Y138" s="4">
-        <v>0</v>
+        <v>2233.7851989999999</v>
       </c>
       <c r="Z138" s="6">
-        <v>6.5139999999999998E-3</v>
+        <v>2.4039999999999999E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D139" s="4">
-        <v>10694000</v>
+        <v>2571001.325375</v>
       </c>
       <c r="E139" s="5">
-        <v>89.046499999999995</v>
+        <v>100.0896</v>
       </c>
       <c r="F139" s="4">
-        <v>9522632.7100000009</v>
+        <v>2577389.2352680298</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H139" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I139" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J139" s="5">
-        <v>89.046499999999995</v>
+        <v>100.0896</v>
       </c>
       <c r="K139" s="5">
         <v>1</v>
       </c>
       <c r="L139" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M139" s="4">
-        <v>9522632.7100000009</v>
+        <v>2577389.235268</v>
       </c>
       <c r="N139" s="4">
-        <v>9522632.7100000009</v>
+        <v>2577389.2352680298</v>
       </c>
       <c r="O139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P139" s="3" t="s">
-        <v>368</v>
+        <v>398</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="S139" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T139" s="4">
         <v>0.01</v>
       </c>
       <c r="U139" s="2">
-        <v>56629</v>
+        <v>47778</v>
       </c>
       <c r="V139" s="4">
-        <v>3.0019</v>
+        <v>5.71896</v>
       </c>
       <c r="W139" s="3" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="X139" s="4">
-        <v>0</v>
+        <v>4084.2927054900001</v>
       </c>
       <c r="Y139" s="4">
-        <v>0</v>
+        <v>4084.2927049999998</v>
       </c>
       <c r="Z139" s="6">
-        <v>7.4029999999999999E-3</v>
+        <v>1.9780000000000002E-3</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D140" s="4">
-        <v>5295000</v>
+        <v>2037670.316807</v>
       </c>
       <c r="E140" s="5">
-        <v>92.556539999999998</v>
+        <v>99.067099999999996</v>
       </c>
       <c r="F140" s="4">
-        <v>4900868.7929999996</v>
+        <v>2018660.8904216699</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H140" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I140" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J140" s="5">
-        <v>92.556539999999998</v>
+        <v>99.067099999999996</v>
       </c>
       <c r="K140" s="5">
         <v>1</v>
       </c>
       <c r="L140" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M140" s="4">
-        <v>4900868.7929999996</v>
+        <v>2018660.8904210001</v>
       </c>
       <c r="N140" s="4">
-        <v>4900868.7929999996</v>
+        <v>2018660.8904216699</v>
       </c>
       <c r="O140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P140" s="3" t="s">
-        <v>368</v>
+        <v>402</v>
       </c>
       <c r="Q140" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="S140" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T140" s="4">
         <v>0.01</v>
       </c>
       <c r="U140" s="2">
-        <v>56688</v>
+        <v>47192</v>
       </c>
       <c r="V140" s="4">
-        <v>3.4582000000000002</v>
+        <v>6.7850000000000001</v>
       </c>
       <c r="W140" s="3" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>3.81E-3</v>
+        <v>1.549E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D141" s="4">
-        <v>4929667.6245250003</v>
+        <v>8834022.7534970008</v>
       </c>
       <c r="E141" s="5">
-        <v>100.0544</v>
+        <v>6.2271999999999998</v>
       </c>
       <c r="F141" s="4">
-        <v>4992566.0205835002</v>
+        <v>550112.26490577997</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H141" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I141" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J141" s="5">
-        <v>100.0544</v>
+        <v>6.2271999999999998</v>
       </c>
       <c r="K141" s="5">
         <v>1</v>
       </c>
       <c r="L141" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M141" s="4">
-        <v>4992566.020583</v>
+        <v>550112.26490499999</v>
       </c>
       <c r="N141" s="4">
-        <v>4992566.0205835002</v>
+        <v>550112.26490577997</v>
       </c>
       <c r="O141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P141" s="3" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R141" s="3" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="S141" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T141" s="4">
         <v>0.01</v>
       </c>
       <c r="U141" s="2">
-        <v>47778</v>
+        <v>46827</v>
       </c>
       <c r="V141" s="4">
-        <v>6.1936</v>
+        <v>7.3</v>
       </c>
       <c r="W141" s="3" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="X141" s="4">
-        <v>60216.656870760002</v>
+        <v>0</v>
       </c>
       <c r="Y141" s="4">
-        <v>60216.656869999999</v>
+        <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>3.8809999999999999E-3</v>
+        <v>4.2200000000000001E-4</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D142" s="4">
-        <v>2101558.8076360002</v>
+        <v>2928136.862983</v>
       </c>
       <c r="E142" s="5">
-        <v>99.128569999999996</v>
+        <v>6.8483099999999997</v>
       </c>
       <c r="F142" s="4">
-        <v>2083245.1937188599</v>
+        <v>200527.88960137</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H142" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J142" s="5">
-        <v>99.128569999999996</v>
+        <v>6.8483099999999997</v>
       </c>
       <c r="K142" s="5">
         <v>1</v>
       </c>
       <c r="L142" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M142" s="4">
-        <v>2083245.1937180001</v>
+        <v>200527.889601</v>
       </c>
       <c r="N142" s="4">
-        <v>2083245.1937188599</v>
+        <v>200527.88960137</v>
       </c>
       <c r="O142" s="3" t="s">
-        <v>34</v>
+        <v>409</v>
       </c>
       <c r="P142" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="Q142" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R142" s="3" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="S142" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T142" s="4">
         <v>0.01</v>
       </c>
       <c r="U142" s="2">
-        <v>47192</v>
+        <v>49140</v>
       </c>
       <c r="V142" s="4">
-        <v>6.7850000000000001</v>
+        <v>8.2899999999999991</v>
       </c>
       <c r="W142" s="3" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>1.619E-3</v>
+        <v>1.5300000000000001E-4</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D143" s="4">
-        <v>8834022.7534970008</v>
+        <v>14525941.16921</v>
       </c>
       <c r="E143" s="5">
-        <v>6.48299</v>
+        <v>90.884709999999998</v>
       </c>
       <c r="F143" s="4">
-        <v>572708.81170694996</v>
+        <v>13211352.834383501</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H143" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I143" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J143" s="5">
-        <v>6.48299</v>
+        <v>90.884709999999998</v>
       </c>
       <c r="K143" s="5">
         <v>1</v>
       </c>
       <c r="L143" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M143" s="4">
-        <v>572708.81170600001</v>
+        <v>13211352.834383</v>
       </c>
       <c r="N143" s="4">
-        <v>572708.81170694996</v>
+        <v>13211352.834383501</v>
       </c>
       <c r="O143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P143" s="3" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="Q143" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R143" s="3" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="S143" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T143" s="4">
         <v>0.01</v>
       </c>
       <c r="U143" s="2">
-        <v>46827</v>
+        <v>60535</v>
       </c>
       <c r="V143" s="4">
-        <v>7.3</v>
+        <v>4.7055100000000003</v>
       </c>
       <c r="W143" s="3" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="X143" s="4">
-        <v>0</v>
+        <v>9493.3279765499992</v>
       </c>
       <c r="Y143" s="4">
-        <v>0</v>
+        <v>9493.3279760000005</v>
       </c>
       <c r="Z143" s="6">
-        <v>4.4499999999999997E-4</v>
+        <v>1.014E-2</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D144" s="4">
-        <v>2928136.862983</v>
+        <v>8000000</v>
       </c>
       <c r="E144" s="5">
-        <v>7.0407200000000003</v>
+        <v>92.446269999999998</v>
       </c>
       <c r="F144" s="4">
-        <v>206161.91773943999</v>
+        <v>7395701.5999999996</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H144" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I144" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J144" s="5">
-        <v>7.0407200000000003</v>
+        <v>92.446269999999998</v>
       </c>
       <c r="K144" s="5">
         <v>1</v>
       </c>
       <c r="L144" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M144" s="4">
-        <v>206161.917739</v>
+        <v>7395701.5999999996</v>
       </c>
       <c r="N144" s="4">
-        <v>206161.91773943999</v>
+        <v>7395701.5999999996</v>
       </c>
       <c r="O144" s="3" t="s">
-        <v>408</v>
+        <v>34</v>
       </c>
       <c r="P144" s="3" t="s">
-        <v>401</v>
+        <v>277</v>
       </c>
       <c r="Q144" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R144" s="3" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="S144" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T144" s="4">
         <v>0.01</v>
       </c>
       <c r="U144" s="2">
-        <v>49140</v>
+        <v>52667</v>
       </c>
       <c r="V144" s="4">
-        <v>8.2899999999999991</v>
+        <v>3.5487500000000001</v>
       </c>
       <c r="W144" s="3" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>1.6000000000000001E-4</v>
+        <v>5.6759999999999996E-3</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D145" s="4">
-        <v>14782828.042075001</v>
+        <v>26327712</v>
       </c>
       <c r="E145" s="5">
-        <v>90.243960000000001</v>
+        <v>98.216859999999997</v>
       </c>
       <c r="F145" s="4">
-        <v>13352614.042413199</v>
+        <v>25938645.1674858</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H145" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I145" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J145" s="5">
-        <v>90.243960000000001</v>
+        <v>98.216859999999997</v>
       </c>
       <c r="K145" s="5">
         <v>1</v>
       </c>
       <c r="L145" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M145" s="4">
-        <v>13352614.042413</v>
+        <v>25938645.167484999</v>
       </c>
       <c r="N145" s="4">
-        <v>13352614.042413199</v>
+        <v>25938645.1674858</v>
       </c>
       <c r="O145" s="3" t="s">
-        <v>34</v>
+        <v>420</v>
       </c>
       <c r="P145" s="3" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="Q145" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R145" s="3" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="S145" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T145" s="4">
         <v>0.01</v>
       </c>
       <c r="U145" s="2">
-        <v>60475</v>
+        <v>55283</v>
       </c>
       <c r="V145" s="4">
-        <v>4.8723900000000002</v>
+        <v>4.2279999999999998</v>
       </c>
       <c r="W145" s="3" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="X145" s="4">
-        <v>12004.61725399</v>
+        <v>80393.131242670002</v>
       </c>
       <c r="Y145" s="4">
-        <v>12004.617253</v>
+        <v>80393.131242000003</v>
       </c>
       <c r="Z145" s="6">
-        <v>1.0381E-2</v>
+        <v>1.9910000000000001E-2</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D146" s="4">
-        <v>8000000</v>
+        <v>3444274.2429200001</v>
       </c>
       <c r="E146" s="5">
-        <v>92.288849999999996</v>
+        <v>92.203450000000004</v>
       </c>
       <c r="F146" s="4">
-        <v>7383108</v>
+        <v>3176695.6951543102</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H146" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I146" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J146" s="5">
-        <v>92.288849999999996</v>
+        <v>92.203450000000004</v>
       </c>
       <c r="K146" s="5">
         <v>1</v>
       </c>
       <c r="L146" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M146" s="4">
-        <v>7383108</v>
+        <v>3176695.6951540001</v>
       </c>
       <c r="N146" s="4">
-        <v>7383108</v>
+        <v>3176695.6951543102</v>
       </c>
       <c r="O146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>280</v>
+        <v>425</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="S146" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T146" s="4">
         <v>0.01</v>
       </c>
       <c r="U146" s="2">
-        <v>52667</v>
+        <v>59074</v>
       </c>
       <c r="V146" s="4">
-        <v>3.6670419999999999</v>
+        <v>1.6654</v>
       </c>
       <c r="W146" s="3" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="X146" s="4">
-        <v>0</v>
+        <v>956.01572068999997</v>
       </c>
       <c r="Y146" s="4">
-        <v>0</v>
+        <v>956.01571999999999</v>
       </c>
       <c r="Z146" s="6">
-        <v>5.7400000000000003E-3</v>
+        <v>2.4380000000000001E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D147" s="4">
-        <v>26327712</v>
+        <v>3673410.6365990001</v>
       </c>
       <c r="E147" s="5">
-        <v>98.519760000000005</v>
+        <v>53.18188</v>
       </c>
       <c r="F147" s="4">
-        <v>26018391.807133801</v>
+        <v>1953588.8366630501</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H147" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I147" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J147" s="5">
-        <v>98.519760000000005</v>
+        <v>53.18188</v>
       </c>
       <c r="K147" s="5">
         <v>1</v>
       </c>
       <c r="L147" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M147" s="4">
-        <v>26018391.807133</v>
+        <v>1953588.8366630001</v>
       </c>
       <c r="N147" s="4">
-        <v>26018391.807133801</v>
+        <v>1953588.8366630501</v>
       </c>
       <c r="O147" s="3" t="s">
-        <v>419</v>
+        <v>34</v>
       </c>
       <c r="P147" s="3" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R147" s="3" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="S147" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T147" s="4">
         <v>0.01</v>
       </c>
       <c r="U147" s="2">
-        <v>55283</v>
+        <v>50216</v>
       </c>
       <c r="V147" s="4">
-        <v>4.2279999999999998</v>
+        <v>6</v>
       </c>
       <c r="W147" s="3" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="X147" s="4">
-        <v>80393.131242670002</v>
+        <v>0</v>
       </c>
       <c r="Y147" s="4">
-        <v>80393.131242000003</v>
+        <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>2.0229E-2</v>
+        <v>1.4989999999999999E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D148" s="4">
-        <v>3507341.4527199999</v>
+        <v>15516000</v>
       </c>
       <c r="E148" s="5">
-        <v>92.011970000000005</v>
+        <v>105.33034000000001</v>
       </c>
       <c r="F148" s="4">
-        <v>3228147.4863501801</v>
+        <v>16343055.554400001</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H148" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I148" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J148" s="5">
-        <v>92.011970000000005</v>
+        <v>105.33034000000001</v>
       </c>
       <c r="K148" s="5">
         <v>1</v>
       </c>
       <c r="L148" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M148" s="4">
-        <v>3228147.4863499999</v>
+        <v>16343055.554400001</v>
       </c>
       <c r="N148" s="4">
-        <v>3228147.4863501801</v>
+        <v>16343055.554400001</v>
       </c>
       <c r="O148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P148" s="3" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R148" s="3" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="S148" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T148" s="4">
         <v>0.01</v>
       </c>
       <c r="U148" s="2">
-        <v>59074</v>
+        <v>52819</v>
       </c>
       <c r="V148" s="4">
-        <v>1.6654</v>
+        <v>6.3380000000000001</v>
       </c>
       <c r="W148" s="3" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="X148" s="4">
-        <v>973.52107589000002</v>
+        <v>0</v>
       </c>
       <c r="Y148" s="4">
-        <v>973.521075</v>
+        <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>2.5089999999999999E-3</v>
+        <v>1.2544E-2</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D149" s="4">
-        <v>3673410.6365990001</v>
+        <v>3765126.6036970001</v>
       </c>
       <c r="E149" s="5">
-        <v>52.800229999999999</v>
+        <v>85.232470000000006</v>
       </c>
       <c r="F149" s="4">
-        <v>1939569.26496847</v>
+        <v>3209110.4029582399</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H149" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I149" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J149" s="5">
-        <v>52.800229999999999</v>
+        <v>85.232470000000006</v>
       </c>
       <c r="K149" s="5">
         <v>1</v>
       </c>
       <c r="L149" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M149" s="4">
-        <v>1939569.2649679999</v>
+        <v>3209110.4029580001</v>
       </c>
       <c r="N149" s="4">
-        <v>1939569.26496847</v>
+        <v>3209110.4029582399</v>
       </c>
       <c r="O149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P149" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="S149" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T149" s="4">
         <v>0.01</v>
       </c>
       <c r="U149" s="2">
-        <v>50216</v>
+        <v>58465</v>
       </c>
       <c r="V149" s="4">
-        <v>6</v>
+        <v>1.11456</v>
       </c>
       <c r="W149" s="3" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>1.508E-3</v>
+        <v>2.4629999999999999E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D150" s="4">
-        <v>15516000</v>
+        <v>99138.9378</v>
       </c>
       <c r="E150" s="5">
-        <v>105.38793</v>
+        <v>100.55969</v>
       </c>
       <c r="F150" s="4">
-        <v>16351991.218800001</v>
+        <v>99693.808520969993</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H150" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I150" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J150" s="5">
-        <v>105.38793</v>
+        <v>100.55969</v>
       </c>
       <c r="K150" s="5">
         <v>1</v>
       </c>
       <c r="L150" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M150" s="4">
-        <v>16351991.218800001</v>
+        <v>99693.808520000006</v>
       </c>
       <c r="N150" s="4">
-        <v>16351991.218800001</v>
+        <v>99693.808520969993</v>
       </c>
       <c r="O150" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P150" s="3" t="s">
-        <v>420</v>
+        <v>231</v>
       </c>
       <c r="Q150" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R150" s="3" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="S150" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T150" s="4">
         <v>0.01</v>
       </c>
       <c r="U150" s="2">
-        <v>52819</v>
+        <v>49273</v>
       </c>
       <c r="V150" s="4">
-        <v>6.3380000000000001</v>
+        <v>5.5</v>
       </c>
       <c r="W150" s="3" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>1.2713E-2</v>
+        <v>7.6000000000000004E-5</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D151" s="4">
-        <v>3813021.104843</v>
+        <v>2027987.0303859999</v>
       </c>
       <c r="E151" s="5">
-        <v>85.06456</v>
+        <v>75.097040000000007</v>
       </c>
       <c r="F151" s="4">
-        <v>3243529.6255416698</v>
+        <v>1522958.23140403</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H151" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I151" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J151" s="5">
-        <v>85.06456</v>
+        <v>75.097040000000007</v>
       </c>
       <c r="K151" s="5">
         <v>1</v>
       </c>
       <c r="L151" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M151" s="4">
-        <v>3243529.6255410002</v>
+        <v>1522958.231404</v>
       </c>
       <c r="N151" s="4">
-        <v>3243529.6255416698</v>
+        <v>1522958.23140403</v>
       </c>
       <c r="O151" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P151" s="3" t="s">
-        <v>428</v>
+        <v>231</v>
       </c>
       <c r="Q151" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R151" s="3" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="S151" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T151" s="4">
         <v>0.01</v>
       </c>
       <c r="U151" s="2">
-        <v>58465</v>
+        <v>49454</v>
       </c>
       <c r="V151" s="4">
-        <v>1.11456</v>
+        <v>5.5</v>
       </c>
       <c r="W151" s="3" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>2.5209999999999998E-3</v>
+        <v>1.168E-3</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D152" s="4">
-        <v>99138.923999999999</v>
+        <v>1476722.7272000001</v>
       </c>
       <c r="E152" s="5">
-        <v>100.08913</v>
+        <v>40.312350000000002</v>
       </c>
       <c r="F152" s="4">
-        <v>99227.286522959999</v>
+        <v>596484.36862386996</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H152" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I152" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J152" s="5">
-        <v>100.08913</v>
+        <v>40.312350000000002</v>
       </c>
       <c r="K152" s="5">
         <v>1</v>
       </c>
       <c r="L152" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M152" s="4">
-        <v>99227.286521999995</v>
+        <v>596484.36862299999</v>
       </c>
       <c r="N152" s="4">
-        <v>99227.286522959999</v>
+        <v>596484.36862386996</v>
       </c>
       <c r="O152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P152" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R152" s="3" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="S152" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T152" s="4">
         <v>0.01</v>
       </c>
       <c r="U152" s="2">
-        <v>49273</v>
+        <v>49820</v>
       </c>
       <c r="V152" s="4">
-        <v>5.5</v>
+        <v>4.8055099999999999</v>
       </c>
       <c r="W152" s="3" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="X152" s="4">
-        <v>0</v>
+        <v>1182.7343054600001</v>
       </c>
       <c r="Y152" s="4">
-        <v>0</v>
+        <v>1182.7343049999999</v>
       </c>
       <c r="Z152" s="6">
-        <v>7.7000000000000001E-5</v>
+        <v>4.57E-4</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D153" s="4">
-        <v>2044318.1912740001</v>
+        <v>661742.99504800001</v>
       </c>
       <c r="E153" s="5">
-        <v>74.949290000000005</v>
+        <v>96.237340000000003</v>
       </c>
       <c r="F153" s="4">
-        <v>1532201.96970041</v>
+        <v>639714.95911649999</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H153" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I153" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J153" s="5">
-        <v>74.949290000000005</v>
+        <v>96.237340000000003</v>
       </c>
       <c r="K153" s="5">
         <v>1</v>
       </c>
       <c r="L153" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M153" s="4">
-        <v>1532201.9697</v>
+        <v>639714.95911599998</v>
       </c>
       <c r="N153" s="4">
-        <v>1532201.96970041</v>
+        <v>639714.95911649999</v>
       </c>
       <c r="O153" s="3" t="s">
-        <v>34</v>
+        <v>448</v>
       </c>
       <c r="P153" s="3" t="s">
-        <v>230</v>
+        <v>449</v>
       </c>
       <c r="Q153" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R153" s="3" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="S153" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T153" s="4">
         <v>0.01</v>
       </c>
       <c r="U153" s="2">
-        <v>49454</v>
+        <v>49268</v>
       </c>
       <c r="V153" s="4">
-        <v>5.5</v>
+        <v>5.283004</v>
       </c>
       <c r="W153" s="3" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="X153" s="4">
-        <v>0</v>
+        <v>2871.10304589</v>
       </c>
       <c r="Y153" s="4">
-        <v>0</v>
+        <v>2871.1030449999998</v>
       </c>
       <c r="Z153" s="6">
-        <v>1.191E-3</v>
+        <v>4.9100000000000001E-4</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D154" s="4">
-        <v>1476727.5152</v>
+        <v>18683473.253699999</v>
       </c>
       <c r="E154" s="5">
-        <v>40.446260000000002</v>
+        <v>100.0812</v>
       </c>
       <c r="F154" s="4">
-        <v>598504.86114421999</v>
+        <v>18744841.482985198</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H154" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I154" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J154" s="5">
-        <v>40.446260000000002</v>
+        <v>100.0812</v>
       </c>
       <c r="K154" s="5">
         <v>1</v>
       </c>
       <c r="L154" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M154" s="4">
-        <v>598504.86114399997</v>
+        <v>18744841.482985001</v>
       </c>
       <c r="N154" s="4">
-        <v>598504.86114421999</v>
+        <v>18744841.482985198</v>
       </c>
       <c r="O154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P154" s="3" t="s">
-        <v>230</v>
+        <v>453</v>
       </c>
       <c r="Q154" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R154" s="3" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="S154" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T154" s="4">
         <v>0.01</v>
       </c>
       <c r="U154" s="2">
-        <v>49820</v>
+        <v>48044</v>
       </c>
       <c r="V154" s="4">
-        <v>4.9723899999999999</v>
+        <v>5.2361500000000003</v>
       </c>
       <c r="W154" s="3" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="X154" s="4">
-        <v>1223.8108548800001</v>
+        <v>46197.249003199999</v>
       </c>
       <c r="Y154" s="4">
-        <v>1223.8108540000001</v>
+        <v>46197.249002999997</v>
       </c>
       <c r="Z154" s="6">
-        <v>4.6500000000000003E-4</v>
+        <v>1.4388E-2</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D155" s="4">
-        <v>665511.94630700001</v>
+        <v>310600.542503</v>
       </c>
       <c r="E155" s="5">
-        <v>96.269239999999996</v>
+        <v>98.578400000000002</v>
       </c>
       <c r="F155" s="4">
-        <v>643572.07239043002</v>
+        <v>306368.19209463999</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H155" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I155" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J155" s="5">
-        <v>96.269239999999996</v>
+        <v>98.578400000000002</v>
       </c>
       <c r="K155" s="5">
         <v>1</v>
       </c>
       <c r="L155" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M155" s="4">
-        <v>643572.07238999999</v>
+        <v>306368.192094</v>
       </c>
       <c r="N155" s="4">
-        <v>643572.07239043002</v>
+        <v>306368.19209463999</v>
       </c>
       <c r="O155" s="3" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="P155" s="3" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R155" s="3" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="S155" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T155" s="4">
         <v>0.01</v>
       </c>
       <c r="U155" s="2">
-        <v>49268</v>
+        <v>50034</v>
       </c>
       <c r="V155" s="4">
-        <v>5.4519979999999997</v>
+        <v>4.2455100000000003</v>
       </c>
       <c r="W155" s="3" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="X155" s="4">
-        <v>2888.7795713</v>
+        <v>183.14690406</v>
       </c>
       <c r="Y155" s="4">
-        <v>2888.779571</v>
+        <v>183.14690400000001</v>
       </c>
       <c r="Z155" s="6">
-        <v>5.0000000000000001E-4</v>
+        <v>2.3499999999999999E-4</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D156" s="4">
-        <v>2657059.36314</v>
+        <v>6847000</v>
       </c>
       <c r="E156" s="5">
-        <v>100.1</v>
+        <v>100.89297000000001</v>
       </c>
       <c r="F156" s="4">
-        <v>2692238.4216922</v>
+        <v>6913779.0192333302</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H156" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I156" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J156" s="5">
-        <v>100.1</v>
+        <v>100.89297000000001</v>
       </c>
       <c r="K156" s="5">
         <v>1</v>
       </c>
       <c r="L156" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M156" s="4">
-        <v>2692238.4216919998</v>
+        <v>6913779.0192330005</v>
       </c>
       <c r="N156" s="4">
-        <v>2692238.4216922</v>
+        <v>6913779.0192333302</v>
       </c>
       <c r="O156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P156" s="3" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="Q156" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R156" s="3" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="S156" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T156" s="4">
         <v>0.01</v>
       </c>
       <c r="U156" s="2">
-        <v>48044</v>
+        <v>47324</v>
       </c>
       <c r="V156" s="4">
-        <v>5.6491600000000002</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="W156" s="3" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="X156" s="4">
-        <v>32521.999189059999</v>
+        <v>5637.3633333300004</v>
       </c>
       <c r="Y156" s="4">
-        <v>32521.999188999998</v>
+        <v>5637.3633330000002</v>
       </c>
       <c r="Z156" s="6">
-        <v>2.0929999999999998E-3</v>
+        <v>5.306E-3</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D157" s="4">
-        <v>318000.52670799999</v>
+        <v>3212633.3043579999</v>
       </c>
       <c r="E157" s="5">
-        <v>98.21799</v>
+        <v>55.28669</v>
       </c>
       <c r="F157" s="4">
-        <v>312567.58257895999</v>
+        <v>1776158.6158171601</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H157" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I157" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J157" s="5">
-        <v>98.21799</v>
+        <v>55.28669</v>
       </c>
       <c r="K157" s="5">
         <v>1</v>
       </c>
       <c r="L157" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M157" s="4">
-        <v>312567.58257799997</v>
+        <v>1776158.6158169999</v>
       </c>
       <c r="N157" s="4">
-        <v>312567.58257895999</v>
+        <v>1776158.6158171601</v>
       </c>
       <c r="O157" s="3" t="s">
-        <v>456</v>
+        <v>34</v>
       </c>
       <c r="P157" s="3" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="Q157" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R157" s="3" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="S157" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T157" s="4">
         <v>0.01</v>
       </c>
       <c r="U157" s="2">
-        <v>50034</v>
+        <v>49881</v>
       </c>
       <c r="V157" s="4">
-        <v>4.4123900000000003</v>
+        <v>4.7986430000000002</v>
       </c>
       <c r="W157" s="3" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
       <c r="X157" s="4">
-        <v>233.85705734000001</v>
+        <v>0</v>
       </c>
       <c r="Y157" s="4">
-        <v>233.857057</v>
+        <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>2.43E-4</v>
+        <v>1.3630000000000001E-3</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D158" s="4">
-        <v>6847000</v>
+        <v>2644257.8302199999</v>
       </c>
       <c r="E158" s="5">
-        <v>101.06305999999999</v>
+        <v>85.380579999999995</v>
       </c>
       <c r="F158" s="4">
-        <v>6925425.0815333296</v>
+        <v>2258211.5237032901</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H158" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I158" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J158" s="5">
-        <v>101.06305999999999</v>
+        <v>85.380579999999995</v>
       </c>
       <c r="K158" s="5">
         <v>1</v>
       </c>
       <c r="L158" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M158" s="4">
-        <v>6925425.0815329999</v>
+        <v>2258211.523703</v>
       </c>
       <c r="N158" s="4">
-        <v>6925425.0815333296</v>
+        <v>2258211.5237032901</v>
       </c>
       <c r="O158" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P158" s="3" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="S158" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T158" s="4">
         <v>0.01</v>
       </c>
       <c r="U158" s="2">
-        <v>47324</v>
+        <v>55603</v>
       </c>
       <c r="V158" s="4">
-        <v>4.9400000000000004</v>
+        <v>1.2</v>
       </c>
       <c r="W158" s="3" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="X158" s="4">
-        <v>5637.3633333300004</v>
+        <v>528.85156603999997</v>
       </c>
       <c r="Y158" s="4">
-        <v>5637.3633330000002</v>
+        <v>528.85156600000005</v>
       </c>
       <c r="Z158" s="6">
-        <v>5.3839999999999999E-3</v>
+        <v>1.7329999999999999E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D159" s="4">
-        <v>3224332.12837</v>
+        <v>4712553.9675559998</v>
       </c>
       <c r="E159" s="5">
-        <v>55.428660000000001</v>
+        <v>103.52849999999999</v>
       </c>
       <c r="F159" s="4">
-        <v>1787204.0927049699</v>
+        <v>4878836.4343011696</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H159" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I159" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J159" s="5">
-        <v>55.428660000000001</v>
+        <v>103.52849999999999</v>
       </c>
       <c r="K159" s="5">
         <v>1</v>
       </c>
       <c r="L159" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M159" s="4">
-        <v>1787204.092704</v>
+        <v>4878836.4343010001</v>
       </c>
       <c r="N159" s="4">
-        <v>1787204.0927049699</v>
+        <v>4878836.4343011696</v>
       </c>
       <c r="O159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P159" s="3" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="Q159" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R159" s="3" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="S159" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T159" s="4">
         <v>0.01</v>
       </c>
       <c r="U159" s="2">
-        <v>49881</v>
+        <v>48700</v>
       </c>
       <c r="V159" s="4">
-        <v>4.7995419999999998</v>
+        <v>7.15</v>
       </c>
       <c r="W159" s="3" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>1.389E-3</v>
+        <v>3.7439999999999999E-3</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D160" s="4">
-        <v>2005872.9495699999</v>
+        <v>3753096.875</v>
       </c>
       <c r="E160" s="5">
-        <v>85.262500000000003</v>
+        <v>97.829350000000005</v>
       </c>
       <c r="F160" s="4">
-        <v>1710658.5982170401</v>
+        <v>3671630.2776828101</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H160" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I160" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J160" s="5">
-        <v>85.262500000000003</v>
+        <v>97.829350000000005</v>
       </c>
       <c r="K160" s="5">
         <v>1</v>
       </c>
       <c r="L160" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M160" s="4">
-        <v>1710658.598217</v>
+        <v>3671630.2776819998</v>
       </c>
       <c r="N160" s="4">
-        <v>1710658.5982170401</v>
+        <v>3671630.2776828101</v>
       </c>
       <c r="O160" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P160" s="3" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R160" s="3" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="S160" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T160" s="4">
         <v>0.01</v>
       </c>
       <c r="U160" s="2">
-        <v>55603</v>
+        <v>52475</v>
       </c>
       <c r="V160" s="4">
-        <v>1.2</v>
+        <v>9.5459999999999994</v>
       </c>
       <c r="W160" s="3" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="X160" s="4">
-        <v>401.17458991000001</v>
+        <v>0</v>
       </c>
       <c r="Y160" s="4">
-        <v>401.17458900000003</v>
+        <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.33E-3</v>
+        <v>2.8180000000000002E-3</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D161" s="4">
-        <v>4797864.9377429998</v>
+        <v>4296696.1960000005</v>
       </c>
       <c r="E161" s="5">
-        <v>103.59319000000001</v>
+        <v>101.51093</v>
       </c>
       <c r="F161" s="4">
-        <v>4970261.3408998996</v>
+        <v>4361616.2678342201</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H161" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I161" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J161" s="5">
-        <v>103.59319000000001</v>
+        <v>101.51093</v>
       </c>
       <c r="K161" s="5">
         <v>1</v>
       </c>
       <c r="L161" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M161" s="4">
-        <v>4970261.3408989999</v>
+        <v>4361616.2678340003</v>
       </c>
       <c r="N161" s="4">
-        <v>4970261.3408998996</v>
+        <v>4361616.2678342201</v>
       </c>
       <c r="O161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P161" s="3" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="S161" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T161" s="4">
         <v>0.01</v>
       </c>
       <c r="U161" s="2">
-        <v>48700</v>
+        <v>52657</v>
       </c>
       <c r="V161" s="4">
-        <v>7.15</v>
+        <v>9.1630000000000003</v>
       </c>
       <c r="W161" s="3" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>3.8639999999999998E-3</v>
+        <v>3.3470000000000001E-3</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D162" s="4">
-        <v>3817158.3450000002</v>
+        <v>557882.34375</v>
       </c>
       <c r="E162" s="5">
-        <v>98.384460000000004</v>
+        <v>98.476259999999996</v>
       </c>
       <c r="F162" s="4">
-        <v>3755490.6250731898</v>
+        <v>549381.66732533998</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H162" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I162" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J162" s="5">
-        <v>98.384460000000004</v>
+        <v>98.476259999999996</v>
       </c>
       <c r="K162" s="5">
         <v>1</v>
       </c>
       <c r="L162" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M162" s="4">
-        <v>3755490.6250729999</v>
+        <v>549381.66732500005</v>
       </c>
       <c r="N162" s="4">
-        <v>3755490.6250731898</v>
+        <v>549381.66732533998</v>
       </c>
       <c r="O162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P162" s="3" t="s">
-        <v>473</v>
+        <v>484</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="S162" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T162" s="4">
         <v>0.01</v>
       </c>
       <c r="U162" s="2">
-        <v>52475</v>
+        <v>55989</v>
       </c>
       <c r="V162" s="4">
-        <v>9.5459999999999994</v>
+        <v>1.569</v>
       </c>
       <c r="W162" s="3" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>2.9190000000000002E-3</v>
+        <v>4.2099999999999999E-4</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D163" s="4">
-        <v>4378977.8540000003</v>
+        <v>2133734.80369</v>
       </c>
       <c r="E163" s="5">
-        <v>101.23475000000001</v>
+        <v>95.215149999999994</v>
       </c>
       <c r="F163" s="4">
-        <v>4433047.2830522601</v>
+        <v>2033033.28149899</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H163" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I163" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J163" s="5">
-        <v>101.23475000000001</v>
+        <v>95.215149999999994</v>
       </c>
       <c r="K163" s="5">
         <v>1</v>
       </c>
       <c r="L163" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M163" s="4">
-        <v>4433047.2830520002</v>
+        <v>2033033.281498</v>
       </c>
       <c r="N163" s="4">
-        <v>4433047.2830522601</v>
+        <v>2033033.28149899</v>
       </c>
       <c r="O163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P163" s="3" t="s">
-        <v>473</v>
+        <v>488</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="S163" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T163" s="4">
         <v>0.01</v>
       </c>
       <c r="U163" s="2">
-        <v>52628</v>
+        <v>49790</v>
       </c>
       <c r="V163" s="4">
-        <v>9.1630000000000003</v>
+        <v>4.7055100000000003</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="X163" s="4">
-        <v>0</v>
+        <v>1394.4875633500001</v>
       </c>
       <c r="Y163" s="4">
-        <v>0</v>
+        <v>1394.4875629999999</v>
       </c>
       <c r="Z163" s="6">
-        <v>3.4459999999999998E-3</v>
+        <v>1.56E-3</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D164" s="4">
-        <v>565072.41874999995</v>
+        <v>7480068.9529769998</v>
       </c>
       <c r="E164" s="5">
-        <v>98.295450000000002</v>
+        <v>95.601600000000005</v>
       </c>
       <c r="F164" s="4">
-        <v>555440.47683619999</v>
+        <v>7155642.4777284302</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H164" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I164" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J164" s="5">
-        <v>98.295450000000002</v>
+        <v>95.601600000000005</v>
       </c>
       <c r="K164" s="5">
         <v>1</v>
       </c>
       <c r="L164" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M164" s="4">
-        <v>555440.47683599999</v>
+        <v>7155642.4777279999</v>
       </c>
       <c r="N164" s="4">
-        <v>555440.47683619999</v>
+        <v>7155642.4777284302</v>
       </c>
       <c r="O164" s="3" t="s">
-        <v>34</v>
+        <v>492</v>
       </c>
       <c r="P164" s="3" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="Q164" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="S164" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T164" s="4">
         <v>0.01</v>
       </c>
       <c r="U164" s="2">
-        <v>55989</v>
+        <v>50124</v>
       </c>
       <c r="V164" s="4">
-        <v>1.569</v>
+        <v>4.4055099999999996</v>
       </c>
       <c r="W164" s="3" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="X164" s="4">
-        <v>0</v>
+        <v>4576.8775795900001</v>
       </c>
       <c r="Y164" s="4">
-        <v>0</v>
+        <v>4576.877579</v>
       </c>
       <c r="Z164" s="6">
-        <v>4.3100000000000001E-4</v>
+        <v>5.4920000000000004E-3</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D165" s="4">
-        <v>2141900.9200400002</v>
+        <v>4697099.4895649999</v>
       </c>
       <c r="E165" s="5">
-        <v>94.216030000000003</v>
+        <v>100.0938</v>
       </c>
       <c r="F165" s="4">
-        <v>2019753.37616579</v>
+        <v>4709515.5675007403</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H165" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I165" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J165" s="5">
-        <v>94.216030000000003</v>
+        <v>100.0938</v>
       </c>
       <c r="K165" s="5">
         <v>1</v>
       </c>
       <c r="L165" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M165" s="4">
-        <v>2019753.376165</v>
+        <v>4709515.5674999999</v>
       </c>
       <c r="N165" s="4">
-        <v>2019753.37616579</v>
+        <v>4709515.5675007403</v>
       </c>
       <c r="O165" s="3" t="s">
-        <v>34</v>
+        <v>496</v>
       </c>
       <c r="P165" s="3" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R165" s="3" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="S165" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T165" s="4">
         <v>0.01</v>
       </c>
       <c r="U165" s="2">
-        <v>49790</v>
+        <v>47956</v>
       </c>
       <c r="V165" s="4">
-        <v>4.8723900000000002</v>
+        <v>5.1160500000000004</v>
       </c>
       <c r="W165" s="3" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="X165" s="4">
-        <v>1739.3627706299999</v>
+        <v>8010.1986145299998</v>
       </c>
       <c r="Y165" s="4">
-        <v>1739.36277</v>
+        <v>8010.1986139999999</v>
       </c>
       <c r="Z165" s="6">
-        <v>1.57E-3</v>
+        <v>3.614E-3</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D166" s="4">
-        <v>7544738.5224040002</v>
+        <v>4945734.84</v>
       </c>
       <c r="E166" s="5">
-        <v>93.720219999999998</v>
+        <v>99.920199999999994</v>
       </c>
       <c r="F166" s="4">
-        <v>7076695.1227837298</v>
+        <v>4949708.6390292402</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H166" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I166" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J166" s="5">
-        <v>93.720219999999998</v>
+        <v>99.920199999999994</v>
       </c>
       <c r="K166" s="5">
         <v>1</v>
       </c>
       <c r="L166" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M166" s="4">
-        <v>7076695.1227829996</v>
+        <v>4949708.639029</v>
       </c>
       <c r="N166" s="4">
-        <v>7076695.1227837298</v>
+        <v>4949708.6390292402</v>
       </c>
       <c r="O166" s="3" t="s">
-        <v>491</v>
+        <v>34</v>
       </c>
       <c r="P166" s="3" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R166" s="3" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="S166" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T166" s="4">
         <v>0.01</v>
       </c>
       <c r="U166" s="2">
-        <v>50124</v>
+        <v>48141</v>
       </c>
       <c r="V166" s="4">
-        <v>4.5723900000000004</v>
+        <v>4.8044399999999996</v>
       </c>
       <c r="W166" s="3" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="X166" s="4">
-        <v>5749.5811620799996</v>
+        <v>7920.4954315599998</v>
       </c>
       <c r="Y166" s="4">
-        <v>5749.5811620000004</v>
+        <v>7920.4954310000003</v>
       </c>
       <c r="Z166" s="6">
-        <v>5.5019999999999999E-3</v>
+        <v>3.7989999999999999E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D167" s="4">
-        <v>1417590.7686000001</v>
+        <v>1165067.0925</v>
       </c>
       <c r="E167" s="5">
-        <v>100.00709999999999</v>
+        <v>89.679779999999994</v>
       </c>
       <c r="F167" s="4">
-        <v>1433928.7857262699</v>
+        <v>1045126.69751498</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H167" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I167" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J167" s="5">
-        <v>100.00709999999999</v>
+        <v>89.679779999999994</v>
       </c>
       <c r="K167" s="5">
         <v>1</v>
       </c>
       <c r="L167" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M167" s="4">
-        <v>1433928.7857260001</v>
+        <v>1045126.697514</v>
       </c>
       <c r="N167" s="4">
-        <v>1433928.7857262699</v>
+        <v>1045126.69751498</v>
       </c>
       <c r="O167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P167" s="3" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R167" s="3" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="S167" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T167" s="4">
         <v>0.01</v>
       </c>
       <c r="U167" s="2">
-        <v>47595</v>
+        <v>53687</v>
       </c>
       <c r="V167" s="4">
-        <v>5.7271000000000001</v>
+        <v>1.53</v>
       </c>
       <c r="W167" s="3" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="X167" s="4">
-        <v>16237.3681817</v>
+        <v>297.09210859000001</v>
       </c>
       <c r="Y167" s="4">
-        <v>16237.368181</v>
+        <v>297.092108</v>
       </c>
       <c r="Z167" s="6">
-        <v>1.114E-3</v>
+        <v>8.0199999999999998E-4</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D168" s="4">
-        <v>1181356.5900000001</v>
+        <v>35121470.865000002</v>
       </c>
       <c r="E168" s="5">
-        <v>89.560289999999995</v>
+        <v>3.7403499999999998</v>
       </c>
       <c r="F168" s="4">
-        <v>1058327.63386856</v>
+        <v>1313665.9354990299</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H168" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I168" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J168" s="5">
-        <v>89.560289999999995</v>
+        <v>3.7403499999999998</v>
       </c>
       <c r="K168" s="5">
         <v>1</v>
       </c>
       <c r="L168" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M168" s="4">
-        <v>1058327.633868</v>
+        <v>1313665.9354989999</v>
       </c>
       <c r="N168" s="4">
-        <v>1058327.63386856</v>
+        <v>1313665.9354990299</v>
       </c>
       <c r="O168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P168" s="3" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R168" s="3" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="S168" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T168" s="4">
         <v>0.01</v>
       </c>
       <c r="U168" s="2">
-        <v>53687</v>
+        <v>51220</v>
       </c>
       <c r="V168" s="4">
-        <v>1.53</v>
+        <v>0</v>
       </c>
       <c r="W168" s="3" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="X168" s="4">
-        <v>301.24593045</v>
+        <v>0</v>
       </c>
       <c r="Y168" s="4">
-        <v>301.24592999999999</v>
+        <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>8.2200000000000003E-4</v>
+        <v>1.008E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D169" s="4">
-        <v>35175180.625</v>
+        <v>93673368.871999994</v>
       </c>
       <c r="E169" s="5">
-        <v>3.7305199999999998</v>
+        <v>3.5084599999999999</v>
       </c>
       <c r="F169" s="4">
-        <v>1312217.14825175</v>
+        <v>3286492.6775265699</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H169" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I169" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J169" s="5">
-        <v>3.7305199999999998</v>
+        <v>3.5084599999999999</v>
       </c>
       <c r="K169" s="5">
         <v>1</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M169" s="4">
-        <v>1312217.1482510001</v>
+        <v>3286492.677526</v>
       </c>
       <c r="N169" s="4">
-        <v>1312217.14825175</v>
+        <v>3286492.6775265699</v>
       </c>
       <c r="O169" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P169" s="3" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="Q169" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R169" s="3" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="S169" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T169" s="4">
         <v>0.01</v>
       </c>
       <c r="U169" s="2">
-        <v>51220</v>
+        <v>50885</v>
       </c>
       <c r="V169" s="4">
-        <v>0</v>
+        <v>1.6026659999999999</v>
       </c>
       <c r="W169" s="3" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>1.0200000000000001E-3</v>
+        <v>2.5219999999999999E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>506</v>
+        <v>515</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D170" s="4">
-        <v>94822580.871999994</v>
+        <v>76274335.793844</v>
       </c>
       <c r="E170" s="5">
-        <v>3.58996</v>
+        <v>3.77786</v>
       </c>
       <c r="F170" s="4">
-        <v>3404092.72427245</v>
+        <v>2881537.6222213199</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H170" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I170" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J170" s="5">
-        <v>3.58996</v>
+        <v>3.77786</v>
       </c>
       <c r="K170" s="5">
         <v>1</v>
       </c>
       <c r="L170" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M170" s="4">
-        <v>3404092.7242720001</v>
+        <v>2881537.622221</v>
       </c>
       <c r="N170" s="4">
-        <v>3404092.72427245</v>
+        <v>2881537.6222213199</v>
       </c>
       <c r="O170" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P170" s="3" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R170" s="3" t="s">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="S170" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T170" s="4">
         <v>0.01</v>
       </c>
       <c r="U170" s="2">
-        <v>50885</v>
+        <v>47628</v>
       </c>
       <c r="V170" s="4">
-        <v>1.7995479999999999</v>
+        <v>0</v>
       </c>
       <c r="W170" s="3" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>2.6459999999999999E-3</v>
+        <v>2.2109999999999999E-3</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="B171" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D171" s="4">
+        <v>133796305.26493099</v>
+      </c>
+      <c r="E171" s="5">
+        <v>3.81176</v>
+      </c>
+      <c r="F171" s="4">
+        <v>5099994.04556653</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H171" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I171" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J171" s="5">
+        <v>3.81176</v>
+      </c>
+      <c r="K171" s="5">
+        <v>1</v>
+      </c>
+      <c r="L171" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M171" s="4">
+        <v>5099994.045566</v>
+      </c>
+      <c r="N171" s="4">
+        <v>5099994.04556653</v>
+      </c>
+      <c r="O171" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P171" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="C171" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q171" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="S171" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T171" s="4">
         <v>0.01</v>
       </c>
       <c r="U171" s="2">
-        <v>47628</v>
+        <v>51312</v>
       </c>
       <c r="V171" s="4">
-        <v>0</v>
+        <v>0.10047</v>
       </c>
       <c r="W171" s="3" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>2.2439999999999999E-3</v>
+        <v>3.9139999999999999E-3</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D172" s="4">
-        <v>134029601.29537401</v>
+        <v>4015367.6030000001</v>
       </c>
       <c r="E172" s="5">
-        <v>3.7083200000000001</v>
+        <v>63.980420000000002</v>
       </c>
       <c r="F172" s="4">
-        <v>4970246.5107565997</v>
+        <v>2572760.7679482601</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H172" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I172" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J172" s="5">
-        <v>3.7083200000000001</v>
+        <v>63.980420000000002</v>
       </c>
       <c r="K172" s="5">
         <v>1</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M172" s="4">
-        <v>4970246.5107559999</v>
+        <v>2572760.7679480002</v>
       </c>
       <c r="N172" s="4">
-        <v>4970246.5107565997</v>
+        <v>2572760.7679482601</v>
       </c>
       <c r="O172" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>503</v>
+        <v>522</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="S172" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T172" s="4">
         <v>0.01</v>
       </c>
       <c r="U172" s="2">
-        <v>51312</v>
+        <v>57584</v>
       </c>
       <c r="V172" s="4">
-        <v>0.172929</v>
+        <v>6.6555099999999996</v>
       </c>
       <c r="W172" s="3" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="X172" s="4">
-        <v>0</v>
+        <v>3711.7110049200001</v>
       </c>
       <c r="Y172" s="4">
-        <v>0</v>
+        <v>3711.7110039999998</v>
       </c>
       <c r="Z172" s="6">
-        <v>3.8639999999999998E-3</v>
+        <v>1.9740000000000001E-3</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D173" s="4">
-        <v>4026660.7280000001</v>
+        <v>1848801.992289</v>
       </c>
       <c r="E173" s="5">
-        <v>63.583359999999999</v>
+        <v>96.164320000000004</v>
       </c>
       <c r="F173" s="4">
-        <v>2564864.7616435401</v>
+        <v>1778969.0305971601</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H173" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I173" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J173" s="5">
-        <v>63.583359999999999</v>
+        <v>96.164320000000004</v>
       </c>
       <c r="K173" s="5">
         <v>1</v>
       </c>
       <c r="L173" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M173" s="4">
-        <v>2564864.7616429999</v>
+        <v>1778969.0305969999</v>
       </c>
       <c r="N173" s="4">
-        <v>2564864.7616435401</v>
+        <v>1778969.0305971601</v>
       </c>
       <c r="O173" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="S173" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T173" s="4">
         <v>0.01</v>
       </c>
       <c r="U173" s="2">
-        <v>57551</v>
+        <v>49943</v>
       </c>
       <c r="V173" s="4">
-        <v>6.8223900000000004</v>
+        <v>4.2105100000000002</v>
       </c>
       <c r="W173" s="3" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="X173" s="4">
-        <v>4578.5749806800004</v>
+        <v>1081.1665661899999</v>
       </c>
       <c r="Y173" s="4">
-        <v>4578.5749800000003</v>
+        <v>1081.1665660000001</v>
       </c>
       <c r="Z173" s="6">
-        <v>1.9940000000000001E-3</v>
+        <v>1.3649999999999999E-3</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D174" s="4">
-        <v>1872785.677894</v>
+        <v>6227651.8563750004</v>
       </c>
       <c r="E174" s="5">
-        <v>95.453620000000001</v>
+        <v>97.47139</v>
       </c>
       <c r="F174" s="4">
-        <v>1789008.0432748401</v>
+        <v>6070178.8287695199</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H174" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I174" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J174" s="5">
-        <v>95.453620000000001</v>
+        <v>97.47139</v>
       </c>
       <c r="K174" s="5">
         <v>1</v>
       </c>
       <c r="L174" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M174" s="4">
-        <v>1789008.0432740001</v>
+        <v>6070178.8287690002</v>
       </c>
       <c r="N174" s="4">
-        <v>1789008.0432748401</v>
+        <v>6070178.8287695199</v>
       </c>
       <c r="O174" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="S174" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T174" s="4">
         <v>0.01</v>
       </c>
       <c r="U174" s="2">
-        <v>49943</v>
+        <v>50756</v>
       </c>
       <c r="V174" s="4">
-        <v>4.3773900000000001</v>
+        <v>2.1349999999999998</v>
       </c>
       <c r="W174" s="3" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="X174" s="4">
-        <v>1366.3188830900001</v>
+        <v>0</v>
       </c>
       <c r="Y174" s="4">
-        <v>1366.3188829999999</v>
+        <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>1.39E-3</v>
+        <v>4.6589999999999999E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D175" s="4">
-        <v>6249325.2852999996</v>
+        <v>2109668.4270000001</v>
       </c>
       <c r="E175" s="5">
-        <v>97.399150000000006</v>
+        <v>98.815849999999998</v>
       </c>
       <c r="F175" s="4">
-        <v>6086789.7086172802</v>
+        <v>2086036.2465212999</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H175" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I175" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J175" s="5">
-        <v>97.399150000000006</v>
+        <v>98.815849999999998</v>
       </c>
       <c r="K175" s="5">
         <v>1</v>
       </c>
       <c r="L175" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M175" s="4">
-        <v>6086789.7086169999</v>
+        <v>2086036.2465210001</v>
       </c>
       <c r="N175" s="4">
-        <v>6086789.7086172802</v>
+        <v>2086036.2465212999</v>
       </c>
       <c r="O175" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="S175" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T175" s="4">
         <v>0.01</v>
       </c>
       <c r="U175" s="2">
-        <v>50756</v>
+        <v>49242</v>
       </c>
       <c r="V175" s="4">
-        <v>2.1349999999999998</v>
+        <v>4.6055099999999998</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="X175" s="4">
-        <v>0</v>
+        <v>1349.45819962</v>
       </c>
       <c r="Y175" s="4">
-        <v>0</v>
+        <v>1349.4581989999999</v>
       </c>
       <c r="Z175" s="6">
-        <v>4.7320000000000001E-3</v>
+        <v>1.601E-3</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D176" s="4">
-        <v>2149573.4435200002</v>
+        <v>1091705.360653</v>
       </c>
       <c r="E176" s="5">
-        <v>98.547470000000004</v>
+        <v>98.848510000000005</v>
       </c>
       <c r="F176" s="4">
-        <v>2120060.0115151899</v>
+        <v>1080408.13884939</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H176" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I176" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J176" s="5">
-        <v>98.547470000000004</v>
+        <v>98.848510000000005</v>
       </c>
       <c r="K176" s="5">
         <v>1</v>
       </c>
       <c r="L176" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M176" s="4">
-        <v>2120060.0115149999</v>
+        <v>1080408.138849</v>
       </c>
       <c r="N176" s="4">
-        <v>2120060.0115151899</v>
+        <v>1080408.13884939</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>34</v>
+        <v>538</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="S176" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T176" s="4">
         <v>0.01</v>
       </c>
       <c r="U176" s="2">
-        <v>49242</v>
+        <v>50308</v>
       </c>
       <c r="V176" s="4">
-        <v>4.7723899999999997</v>
+        <v>7</v>
       </c>
       <c r="W176" s="3" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="X176" s="4">
-        <v>1709.7671343500001</v>
+        <v>1273.6562540899999</v>
       </c>
       <c r="Y176" s="4">
-        <v>1709.7671339999999</v>
+        <v>1273.656254</v>
       </c>
       <c r="Z176" s="6">
-        <v>1.6479999999999999E-3</v>
+        <v>8.2899999999999998E-4</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D177" s="4">
-        <v>1127144.1705750001</v>
+        <v>10218271.783135001</v>
       </c>
       <c r="E177" s="5">
-        <v>98.950649999999996</v>
+        <v>57.503639999999997</v>
       </c>
       <c r="F177" s="4">
-        <v>1116631.48475371</v>
+        <v>5875878.2203953899</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H177" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I177" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J177" s="5">
-        <v>98.950649999999996</v>
+        <v>57.503639999999997</v>
       </c>
       <c r="K177" s="5">
         <v>1</v>
       </c>
       <c r="L177" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M177" s="4">
-        <v>1116631.4847530001</v>
+        <v>5875878.2203949997</v>
       </c>
       <c r="N177" s="4">
-        <v>1116631.48475371</v>
+        <v>5875878.2203953899</v>
       </c>
       <c r="O177" s="3" t="s">
-        <v>532</v>
+        <v>34</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="S177" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T177" s="4">
         <v>0.01</v>
       </c>
       <c r="U177" s="2">
-        <v>50308</v>
+        <v>53868</v>
       </c>
       <c r="V177" s="4">
-        <v>7</v>
+        <v>3.3073549999999998</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="X177" s="4">
-        <v>1315.00153234</v>
+        <v>0</v>
       </c>
       <c r="Y177" s="4">
-        <v>1315.001532</v>
+        <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>8.6799999999999996E-4</v>
+        <v>4.5100000000000001E-3</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D178" s="4">
-        <v>10275156.251724999</v>
+        <v>10252180.1018</v>
       </c>
       <c r="E178" s="5">
-        <v>57.853549999999998</v>
+        <v>18.373280000000001</v>
       </c>
       <c r="F178" s="4">
-        <v>5944542.6596697904</v>
+        <v>1889963.30142506</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H178" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I178" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J178" s="5">
-        <v>57.853549999999998</v>
+        <v>18.373280000000001</v>
       </c>
       <c r="K178" s="5">
         <v>1</v>
       </c>
       <c r="L178" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M178" s="4">
-        <v>5944542.6596689997</v>
+        <v>1889963.301425</v>
       </c>
       <c r="N178" s="4">
-        <v>5944542.6596697904</v>
+        <v>1889963.30142506</v>
       </c>
       <c r="O178" s="3" t="s">
-        <v>34</v>
+        <v>546</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="S178" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T178" s="4">
         <v>0.01</v>
       </c>
       <c r="U178" s="2">
-        <v>53868</v>
+        <v>60504</v>
       </c>
       <c r="V178" s="4">
-        <v>3.3262619999999998</v>
+        <v>4.4255100000000001</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="X178" s="4">
-        <v>0</v>
+        <v>6301.54521699</v>
       </c>
       <c r="Y178" s="4">
-        <v>0</v>
+        <v>6301.5452160000004</v>
       </c>
       <c r="Z178" s="6">
-        <v>4.6210000000000001E-3</v>
+        <v>1.4499999999999999E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>538</v>
+        <v>549</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>539</v>
+        <v>550</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D179" s="4">
-        <v>10289336.282330001</v>
+        <v>5650246.4280000003</v>
       </c>
       <c r="E179" s="5">
-        <v>18.364460000000001</v>
+        <v>100.52786999999999</v>
       </c>
       <c r="F179" s="4">
-        <v>1897456.4866756401</v>
+        <v>5691490.5901427297</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H179" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I179" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J179" s="5">
-        <v>18.364460000000001</v>
+        <v>100.52786999999999</v>
       </c>
       <c r="K179" s="5">
         <v>1</v>
       </c>
       <c r="L179" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M179" s="4">
-        <v>1897456.4866750001</v>
+        <v>5691490.5901419995</v>
       </c>
       <c r="N179" s="4">
-        <v>1897456.4866756401</v>
+        <v>5691490.5901427297</v>
       </c>
       <c r="O179" s="3" t="s">
-        <v>540</v>
+        <v>34</v>
       </c>
       <c r="P179" s="3" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R179" s="3" t="s">
-        <v>538</v>
+        <v>549</v>
       </c>
       <c r="S179" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T179" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U179" s="2">
-        <v>58281</v>
+        <v>47105</v>
       </c>
       <c r="V179" s="4">
-        <v>4.59239</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="W179" s="3" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="X179" s="4">
-        <v>7875.4408415999997</v>
+        <v>11418.20632325</v>
       </c>
       <c r="Y179" s="4">
-        <v>7875.4408409999996</v>
+        <v>11418.206323</v>
       </c>
       <c r="Z179" s="6">
-        <v>1.475E-3</v>
+        <v>4.3680000000000004E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D180" s="4">
-        <v>6000000</v>
+        <v>10035294.568840001</v>
       </c>
       <c r="E180" s="5">
-        <v>100.63109</v>
+        <v>100.1061</v>
       </c>
       <c r="F180" s="4">
-        <v>6049990.4000000004</v>
+        <v>10070850.328330699</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H180" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I180" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J180" s="5">
-        <v>100.63109</v>
+        <v>100.1061</v>
       </c>
       <c r="K180" s="5">
         <v>1</v>
       </c>
       <c r="L180" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M180" s="4">
-        <v>6049990.4000000004</v>
+        <v>10070850.328330001</v>
       </c>
       <c r="N180" s="4">
-        <v>6049990.4000000004</v>
+        <v>10070850.328330699</v>
       </c>
       <c r="O180" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P180" s="3" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R180" s="3" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="S180" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T180" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U180" s="2">
-        <v>47105</v>
+        <v>48044</v>
       </c>
       <c r="V180" s="4">
-        <v>4.8499999999999996</v>
+        <v>5.2561499999999999</v>
       </c>
       <c r="W180" s="3" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="X180" s="4">
-        <v>12125</v>
+        <v>24908.311953230001</v>
       </c>
       <c r="Y180" s="4">
-        <v>12125</v>
+        <v>24908.311953</v>
       </c>
       <c r="Z180" s="6">
-        <v>4.7029999999999997E-3</v>
+        <v>7.7299999999999999E-3</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D181" s="4">
-        <v>12028973.38142</v>
+        <v>8625000</v>
       </c>
       <c r="E181" s="5">
-        <v>100.0719</v>
+        <v>89.094549999999998</v>
       </c>
       <c r="F181" s="4">
-        <v>12185376.258540399</v>
+        <v>7684404.9375</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H181" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I181" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J181" s="5">
-        <v>100.0719</v>
+        <v>89.094549999999998</v>
       </c>
       <c r="K181" s="5">
         <v>1</v>
       </c>
       <c r="L181" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M181" s="4">
-        <v>12185376.258540001</v>
+        <v>7684404.9375</v>
       </c>
       <c r="N181" s="4">
-        <v>12185376.258540399</v>
+        <v>7684404.9375</v>
       </c>
       <c r="O181" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P181" s="3" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R181" s="3" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="S181" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T181" s="4">
         <v>0.01</v>
       </c>
       <c r="U181" s="2">
-        <v>48044</v>
+        <v>51480</v>
       </c>
       <c r="V181" s="4">
-        <v>5.6691599999999998</v>
+        <v>2.347</v>
       </c>
       <c r="W181" s="3" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="X181" s="4">
-        <v>147754.04525919</v>
+        <v>0</v>
       </c>
       <c r="Y181" s="4">
-        <v>147754.04525900001</v>
+        <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>9.4739999999999998E-3</v>
+        <v>5.8979999999999996E-3</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D182" s="4">
-        <v>8625000</v>
+        <v>947666.65787600004</v>
       </c>
       <c r="E182" s="5">
-        <v>88.862080000000006</v>
+        <v>101.36152</v>
       </c>
       <c r="F182" s="4">
-        <v>7664354.4000000004</v>
+        <v>960569.32895671995</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H182" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I182" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J182" s="5">
-        <v>88.862080000000006</v>
+        <v>101.36152</v>
       </c>
       <c r="K182" s="5">
         <v>1</v>
       </c>
       <c r="L182" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M182" s="4">
-        <v>7664354.4000000004</v>
+        <v>960569.32895600004</v>
       </c>
       <c r="N182" s="4">
-        <v>7664354.4000000004</v>
+        <v>960569.32895671995</v>
       </c>
       <c r="O182" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P182" s="3" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R182" s="3" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="S182" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T182" s="4">
         <v>0.01</v>
       </c>
       <c r="U182" s="2">
-        <v>51480</v>
+        <v>47635</v>
       </c>
       <c r="V182" s="4">
-        <v>2.347</v>
+        <v>6.63</v>
       </c>
       <c r="W182" s="3" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>5.9589999999999999E-3</v>
+        <v>7.3700000000000002E-4</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D183" s="4">
-        <v>976292.49048100004</v>
+        <v>984543.88353200001</v>
       </c>
       <c r="E183" s="5">
-        <v>101.48797</v>
+        <v>101.58085</v>
       </c>
       <c r="F183" s="4">
-        <v>990819.42985160998</v>
+        <v>1003262.96169292</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H183" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I183" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J183" s="5">
-        <v>101.48797</v>
+        <v>101.58085</v>
       </c>
       <c r="K183" s="5">
         <v>1</v>
       </c>
       <c r="L183" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M183" s="4">
-        <v>990819.42985099996</v>
+        <v>1003262.961692</v>
       </c>
       <c r="N183" s="4">
-        <v>990819.42985160998</v>
+        <v>1003262.96169292</v>
       </c>
       <c r="O183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="S183" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T183" s="4">
         <v>0.01</v>
       </c>
       <c r="U183" s="2">
-        <v>47635</v>
+        <v>47133</v>
       </c>
       <c r="V183" s="4">
-        <v>6.63</v>
+        <v>7.21</v>
       </c>
       <c r="W183" s="3" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
       <c r="X183" s="4">
-        <v>0</v>
+        <v>3154.9161779000001</v>
       </c>
       <c r="Y183" s="4">
-        <v>0</v>
+        <v>3154.9161770000001</v>
       </c>
       <c r="Z183" s="6">
         <v>7.6999999999999996E-4</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D184" s="4">
-        <v>1027244.4787419999</v>
+        <v>5330701.2845790004</v>
       </c>
       <c r="E184" s="5">
-        <v>101.74409</v>
+        <v>96.575000000000003</v>
       </c>
       <c r="F184" s="4">
-        <v>1048452.29483428</v>
+        <v>5156272.77803344</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H184" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I184" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J184" s="5">
-        <v>101.74409</v>
+        <v>96.575000000000003</v>
       </c>
       <c r="K184" s="5">
         <v>1</v>
       </c>
       <c r="L184" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M184" s="4">
-        <v>1048452.2948339999</v>
+        <v>5156272.7780330004</v>
       </c>
       <c r="N184" s="4">
-        <v>1048452.29483428</v>
+        <v>5156272.77803344</v>
       </c>
       <c r="O184" s="3" t="s">
-        <v>34</v>
+        <v>570</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="S184" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T184" s="4">
         <v>0.01</v>
       </c>
       <c r="U184" s="2">
-        <v>47133</v>
+        <v>50240</v>
       </c>
       <c r="V184" s="4">
-        <v>7.21</v>
+        <v>4.3655200000000001</v>
       </c>
       <c r="W184" s="3" t="s">
-        <v>561</v>
+        <v>572</v>
       </c>
       <c r="X184" s="4">
-        <v>3291.7478629900002</v>
+        <v>8148.0124514899999</v>
       </c>
       <c r="Y184" s="4">
-        <v>3291.7478620000002</v>
+        <v>8148.0124509999996</v>
       </c>
       <c r="Z184" s="6">
-        <v>8.1499999999999997E-4</v>
+        <v>3.9569999999999996E-3</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>562</v>
+        <v>573</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>563</v>
+        <v>574</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D185" s="4">
-        <v>5384605.0158719998</v>
+        <v>1295000</v>
       </c>
       <c r="E185" s="5">
-        <v>98.327359999999999</v>
+        <v>97.551659999999998</v>
       </c>
       <c r="F185" s="4">
-        <v>5302954.4269467099</v>
+        <v>1263293.997</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H185" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I185" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J185" s="5">
-        <v>98.327359999999999</v>
+        <v>97.551659999999998</v>
       </c>
       <c r="K185" s="5">
         <v>1</v>
       </c>
       <c r="L185" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M185" s="4">
-        <v>5302954.4269460002</v>
+        <v>1263293.997</v>
       </c>
       <c r="N185" s="4">
-        <v>5302954.4269467099</v>
+        <v>1263293.997</v>
       </c>
       <c r="O185" s="3" t="s">
-        <v>564</v>
+        <v>34</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="Q185" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>562</v>
+        <v>573</v>
       </c>
       <c r="S185" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T185" s="4">
         <v>0.01</v>
       </c>
       <c r="U185" s="2">
-        <v>50240</v>
+        <v>53595</v>
       </c>
       <c r="V185" s="4">
-        <v>4.46807</v>
+        <v>4.6399999999999997</v>
       </c>
       <c r="W185" s="3" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="X185" s="4">
-        <v>8414.4684122500003</v>
+        <v>0</v>
       </c>
       <c r="Y185" s="4">
-        <v>8414.4684120000002</v>
+        <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>4.1229999999999999E-3</v>
+        <v>9.6900000000000003E-4</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D186" s="4">
-        <v>1295000</v>
+        <v>3500000</v>
       </c>
       <c r="E186" s="5">
-        <v>97.557090000000002</v>
+        <v>97.279160000000005</v>
       </c>
       <c r="F186" s="4">
-        <v>1263364.3155</v>
+        <v>3404770.6</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H186" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I186" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J186" s="5">
-        <v>97.557090000000002</v>
+        <v>97.279160000000005</v>
       </c>
       <c r="K186" s="5">
         <v>1</v>
       </c>
       <c r="L186" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M186" s="4">
-        <v>1263364.3155</v>
+        <v>3404770.6</v>
       </c>
       <c r="N186" s="4">
-        <v>1263364.3155</v>
+        <v>3404770.6</v>
       </c>
       <c r="O186" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="S186" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T186" s="4">
         <v>0.01</v>
       </c>
       <c r="U186" s="2">
         <v>53595</v>
       </c>
       <c r="V186" s="4">
-        <v>4.6399999999999997</v>
+        <v>5.73</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>570</v>
+        <v>579</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>9.8200000000000002E-4</v>
+        <v>2.6129999999999999E-3</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>572</v>
+        <v>581</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D187" s="4">
-        <v>3500000</v>
+        <v>3230000</v>
       </c>
       <c r="E187" s="5">
-        <v>97.244029999999995</v>
+        <v>99.237679999999997</v>
       </c>
       <c r="F187" s="4">
-        <v>3403541.05</v>
+        <v>3205377.0639999998</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H187" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I187" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J187" s="5">
-        <v>97.244029999999995</v>
+        <v>99.237679999999997</v>
       </c>
       <c r="K187" s="5">
         <v>1</v>
       </c>
       <c r="L187" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M187" s="4">
-        <v>3403541.05</v>
+        <v>3205377.0639999998</v>
       </c>
       <c r="N187" s="4">
-        <v>3403541.05</v>
+        <v>3205377.0639999998</v>
       </c>
       <c r="O187" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="S187" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T187" s="4">
         <v>0.01</v>
       </c>
       <c r="U187" s="2">
-        <v>53595</v>
+        <v>55634</v>
       </c>
       <c r="V187" s="4">
-        <v>5.73</v>
+        <v>5.9640000000000004</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>573</v>
+        <v>582</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>2.6459999999999999E-3</v>
+        <v>2.4599999999999999E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>574</v>
+        <v>583</v>
       </c>
       <c r="B188" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="C188" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D188" s="4">
+        <v>1749892.76</v>
+      </c>
+      <c r="E188" s="5">
+        <v>102.60342</v>
+      </c>
+      <c r="F188" s="4">
+        <v>1795449.81809239</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H188" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I188" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J188" s="5">
+        <v>102.60342</v>
+      </c>
+      <c r="K188" s="5">
+        <v>1</v>
+      </c>
+      <c r="L188" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M188" s="4">
+        <v>1795449.818092</v>
+      </c>
+      <c r="N188" s="4">
+        <v>1795449.81809239</v>
+      </c>
+      <c r="O188" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P188" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="C188" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q188" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>574</v>
+        <v>583</v>
       </c>
       <c r="S188" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T188" s="4">
         <v>0.01</v>
       </c>
       <c r="U188" s="2">
-        <v>55634</v>
+        <v>57278</v>
       </c>
       <c r="V188" s="4">
-        <v>5.9640000000000004</v>
+        <v>6.5807000000000002</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>2.49E-3</v>
+        <v>1.3780000000000001E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>577</v>
+        <v>586</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D189" s="4">
-        <v>1788034.544</v>
+        <v>1803580.3078610001</v>
       </c>
       <c r="E189" s="5">
-        <v>102.46939</v>
+        <v>102.84759</v>
       </c>
       <c r="F189" s="4">
-        <v>1832188.09022608</v>
+        <v>1856110.0828170101</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H189" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I189" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J189" s="5">
-        <v>102.46939</v>
+        <v>102.84759</v>
       </c>
       <c r="K189" s="5">
         <v>1</v>
       </c>
       <c r="L189" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M189" s="4">
-        <v>1832188.0902259999</v>
+        <v>1856110.0828170001</v>
       </c>
       <c r="N189" s="4">
-        <v>1832188.09022608</v>
+        <v>1856110.0828170101</v>
       </c>
       <c r="O189" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>569</v>
+        <v>588</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>577</v>
+        <v>586</v>
       </c>
       <c r="S189" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T189" s="4">
         <v>0.01</v>
       </c>
       <c r="U189" s="2">
-        <v>57278</v>
+        <v>49820</v>
       </c>
       <c r="V189" s="4">
-        <v>6.5807000000000002</v>
+        <v>4.6755100000000001</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="X189" s="4">
-        <v>0</v>
+        <v>1171.20246739</v>
       </c>
       <c r="Y189" s="4">
-        <v>0</v>
+        <v>1171.2024670000001</v>
       </c>
       <c r="Z189" s="6">
         <v>1.4239999999999999E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D190" s="4">
-        <v>1810634.95365</v>
+        <v>7633490.8441509996</v>
       </c>
       <c r="E190" s="5">
-        <v>102.28345</v>
+        <v>18.393899999999999</v>
       </c>
       <c r="F190" s="4">
-        <v>1853441.19759799</v>
+        <v>1404096.6723821999</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H190" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I190" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J190" s="5">
-        <v>102.28345</v>
+        <v>18.393899999999999</v>
       </c>
       <c r="K190" s="5">
         <v>1</v>
       </c>
       <c r="L190" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M190" s="4">
-        <v>1853441.197597</v>
+        <v>1404096.6723819999</v>
       </c>
       <c r="N190" s="4">
-        <v>1853441.19759799</v>
+        <v>1404096.6723821999</v>
       </c>
       <c r="O190" s="3" t="s">
-        <v>34</v>
+        <v>592</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>582</v>
+        <v>593</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="S190" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T190" s="4">
         <v>0.01</v>
       </c>
       <c r="U190" s="2">
-        <v>49820</v>
+        <v>49943</v>
       </c>
       <c r="V190" s="4">
-        <v>4.84239</v>
+        <v>6.22</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>583</v>
+        <v>594</v>
       </c>
       <c r="X190" s="4">
-        <v>1461.3000988700001</v>
+        <v>0</v>
       </c>
       <c r="Y190" s="4">
-        <v>1461.3000979999999</v>
+        <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>1.441E-3</v>
+        <v>1.077E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D191" s="4">
-        <v>7633490.8441509996</v>
+        <v>8370547.2994710002</v>
       </c>
       <c r="E191" s="5">
-        <v>18.674430000000001</v>
+        <v>9.5690500000000007</v>
       </c>
       <c r="F191" s="4">
-        <v>1425510.90424729</v>
+        <v>800981.85635998996</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H191" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I191" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J191" s="5">
-        <v>18.674430000000001</v>
+        <v>9.5690500000000007</v>
       </c>
       <c r="K191" s="5">
         <v>1</v>
       </c>
       <c r="L191" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M191" s="4">
-        <v>1425510.9042470001</v>
+        <v>800981.85635899997</v>
       </c>
       <c r="N191" s="4">
-        <v>1425510.90424729</v>
+        <v>800981.85635998996</v>
       </c>
       <c r="O191" s="3" t="s">
-        <v>586</v>
+        <v>34</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
       <c r="S191" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T191" s="4">
         <v>0.01</v>
       </c>
       <c r="U191" s="2">
-        <v>49943</v>
+        <v>50124</v>
       </c>
       <c r="V191" s="4">
-        <v>6.22</v>
+        <v>6.43</v>
       </c>
       <c r="W191" s="3" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>1.108E-3</v>
+        <v>6.1399999999999996E-4</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>590</v>
+        <v>599</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D192" s="4">
-        <v>8390489.0306919999</v>
+        <v>13916000</v>
       </c>
       <c r="E192" s="5">
-        <v>9.8098500000000008</v>
+        <v>103.85216</v>
       </c>
       <c r="F192" s="4">
-        <v>823094.38817731</v>
+        <v>14452066.5856</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H192" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I192" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J192" s="5">
-        <v>9.8098500000000008</v>
+        <v>103.85216</v>
       </c>
       <c r="K192" s="5">
         <v>1</v>
       </c>
       <c r="L192" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M192" s="4">
-        <v>823094.38817699999</v>
+        <v>14452066.5856</v>
       </c>
       <c r="N192" s="4">
-        <v>823094.38817731</v>
+        <v>14452066.5856</v>
       </c>
       <c r="O192" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>589</v>
+        <v>598</v>
       </c>
       <c r="S192" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T192" s="4">
         <v>0.01</v>
       </c>
       <c r="U192" s="2">
-        <v>50124</v>
+        <v>52998</v>
       </c>
       <c r="V192" s="4">
-        <v>6.43</v>
+        <v>5.6439120000000003</v>
       </c>
       <c r="W192" s="3" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>6.3900000000000003E-4</v>
+        <v>1.1093E-2</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D193" s="4">
-        <v>13916000</v>
+        <v>7000000</v>
       </c>
       <c r="E193" s="5">
-        <v>103.39949</v>
+        <v>100.87012</v>
       </c>
       <c r="F193" s="4">
-        <v>14389073.0284</v>
+        <v>7076432.84444445</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H193" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I193" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J193" s="5">
-        <v>103.39949</v>
+        <v>100.87012</v>
       </c>
       <c r="K193" s="5">
         <v>1</v>
       </c>
       <c r="L193" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M193" s="4">
-        <v>14389073.0284</v>
+        <v>7076432.8444440002</v>
       </c>
       <c r="N193" s="4">
-        <v>14389073.0284</v>
+        <v>7076432.84444445</v>
       </c>
       <c r="O193" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="S193" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T193" s="4">
         <v>0.01</v>
       </c>
       <c r="U193" s="2">
-        <v>52998</v>
+        <v>47164</v>
       </c>
       <c r="V193" s="4">
-        <v>5.6439120000000003</v>
+        <v>4.99</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="X193" s="4">
-        <v>0</v>
+        <v>15524.44444444</v>
       </c>
       <c r="Y193" s="4">
-        <v>0</v>
+        <v>15524.444444000001</v>
       </c>
       <c r="Z193" s="6">
-        <v>1.1187000000000001E-2</v>
+        <v>5.4310000000000001E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D194" s="4">
-        <v>7000000</v>
+        <v>2485165.6831999999</v>
       </c>
       <c r="E194" s="5">
-        <v>100.99247</v>
+        <v>49.384920000000001</v>
       </c>
       <c r="F194" s="4">
-        <v>7084997.34444445</v>
+        <v>1227297.08451577</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H194" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I194" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J194" s="5">
-        <v>100.99247</v>
+        <v>49.384920000000001</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M194" s="4">
-        <v>7084997.3444440002</v>
+        <v>1227297.084515</v>
       </c>
       <c r="N194" s="4">
-        <v>7084997.34444445</v>
+        <v>1227297.08451577</v>
       </c>
       <c r="O194" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="S194" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T194" s="4">
         <v>0.01</v>
       </c>
       <c r="U194" s="2">
-        <v>47164</v>
+        <v>49515</v>
       </c>
       <c r="V194" s="4">
-        <v>4.99</v>
+        <v>5</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="X194" s="4">
-        <v>15524.44444444</v>
+        <v>0</v>
       </c>
       <c r="Y194" s="4">
-        <v>15524.444444000001</v>
+        <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>5.5079999999999999E-3</v>
+        <v>9.4200000000000002E-4</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D195" s="4">
-        <v>2490798.6519999998</v>
+        <v>6311616.4980730005</v>
       </c>
       <c r="E195" s="5">
-        <v>49.693429999999999</v>
+        <v>93.275199999999998</v>
       </c>
       <c r="F195" s="4">
-        <v>1237763.2845725601</v>
+        <v>5891157.5667975796</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H195" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I195" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J195" s="5">
-        <v>49.693429999999999</v>
+        <v>93.275199999999998</v>
       </c>
       <c r="K195" s="5">
         <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M195" s="4">
-        <v>1237763.2845719999</v>
+        <v>5891157.5667970004</v>
       </c>
       <c r="N195" s="4">
-        <v>1237763.2845725601</v>
+        <v>5891157.5667975796</v>
       </c>
       <c r="O195" s="3" t="s">
-        <v>34</v>
+        <v>612</v>
       </c>
       <c r="P195" s="3" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R195" s="3" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="S195" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T195" s="4">
         <v>0.01</v>
       </c>
       <c r="U195" s="2">
-        <v>49515</v>
+        <v>53442</v>
       </c>
       <c r="V195" s="4">
-        <v>5</v>
+        <v>4.5455100000000002</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="X195" s="4">
-        <v>0</v>
+        <v>3984.6549872400001</v>
       </c>
       <c r="Y195" s="4">
-        <v>0</v>
+        <v>3984.6549869999999</v>
       </c>
       <c r="Z195" s="6">
-        <v>9.6199999999999996E-4</v>
+        <v>4.5209999999999998E-3</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D196" s="4">
-        <v>6368120.0908239996</v>
+        <v>1007773.7223359999</v>
       </c>
       <c r="E196" s="5">
-        <v>92.015709999999999</v>
+        <v>76.090159999999997</v>
       </c>
       <c r="F196" s="4">
-        <v>5864672.4261303199</v>
+        <v>766816.63776353002</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H196" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I196" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J196" s="5">
-        <v>92.015709999999999</v>
+        <v>76.090159999999997</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M196" s="4">
-        <v>5864672.4261299996</v>
+        <v>766816.63776299998</v>
       </c>
       <c r="N196" s="4">
-        <v>5864672.4261303199</v>
+        <v>766816.63776353002</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="S196" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T196" s="4">
         <v>0.01</v>
       </c>
       <c r="U196" s="2">
-        <v>53442</v>
+        <v>50034</v>
       </c>
       <c r="V196" s="4">
-        <v>4.7123900000000001</v>
+        <v>4.0103099999999996</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="X196" s="4">
-        <v>5001.5109057999998</v>
+        <v>0</v>
       </c>
       <c r="Y196" s="4">
-        <v>5001.5109050000001</v>
+        <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>4.5589999999999997E-3</v>
+        <v>5.8799999999999998E-4</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>610</v>
+        <v>621</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D197" s="4">
-        <v>1009469.898244</v>
+        <v>775084.07856199995</v>
       </c>
       <c r="E197" s="5">
-        <v>76.249440000000007</v>
+        <v>77.286019999999994</v>
       </c>
       <c r="F197" s="4">
-        <v>769715.14437976002</v>
+        <v>599031.63597395003</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H197" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I197" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J197" s="5">
-        <v>76.249440000000007</v>
+        <v>77.286019999999994</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M197" s="4">
-        <v>769715.14437899995</v>
+        <v>599031.63597299997</v>
       </c>
       <c r="N197" s="4">
-        <v>769715.14437976002</v>
+        <v>599031.63597395003</v>
       </c>
       <c r="O197" s="3" t="s">
-        <v>611</v>
+        <v>34</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="S197" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T197" s="4">
         <v>0.01</v>
       </c>
       <c r="U197" s="2">
-        <v>50034</v>
+        <v>50124</v>
       </c>
       <c r="V197" s="4">
-        <v>4.02881</v>
+        <v>4.1112149999999996</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>613</v>
+        <v>622</v>
       </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>5.9800000000000001E-4</v>
+        <v>4.5899999999999999E-4</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D198" s="4">
-        <v>787779.83245099999</v>
+        <v>8485464.3709999993</v>
       </c>
       <c r="E198" s="5">
-        <v>77.888890000000004</v>
+        <v>98.400779999999997</v>
       </c>
       <c r="F198" s="4">
-        <v>613592.96714026004</v>
+        <v>8366734.0564280897</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H198" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I198" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J198" s="5">
-        <v>77.888890000000004</v>
+        <v>98.400779999999997</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M198" s="4">
-        <v>613592.96713999996</v>
+        <v>8366734.0564280003</v>
       </c>
       <c r="N198" s="4">
-        <v>613592.96714026004</v>
+        <v>8366734.0564280897</v>
       </c>
       <c r="O198" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>612</v>
+        <v>625</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="S198" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T198" s="4">
         <v>0.01</v>
       </c>
       <c r="U198" s="2">
-        <v>50124</v>
+        <v>51761</v>
       </c>
       <c r="V198" s="4">
-        <v>4.1134269999999997</v>
+        <v>4</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="X198" s="4">
-        <v>0</v>
+        <v>16970.928742</v>
       </c>
       <c r="Y198" s="4">
-        <v>0</v>
+        <v>16970.928742</v>
       </c>
       <c r="Z198" s="6">
-        <v>4.7699999999999999E-4</v>
+        <v>6.4219999999999998E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D199" s="4">
-        <v>8485464.3709999993</v>
+        <v>11393000</v>
       </c>
       <c r="E199" s="5">
-        <v>98.226200000000006</v>
+        <v>101.75094</v>
       </c>
       <c r="F199" s="4">
-        <v>8351920.1327291997</v>
+        <v>11592484.5942</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H199" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I199" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J199" s="5">
-        <v>98.226200000000006</v>
+        <v>101.75094</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M199" s="4">
-        <v>8351920.1327290004</v>
+        <v>11592484.5942</v>
       </c>
       <c r="N199" s="4">
-        <v>8351920.1327291997</v>
+        <v>11592484.5942</v>
       </c>
       <c r="O199" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P199" s="3" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="S199" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T199" s="4">
         <v>0.01</v>
       </c>
       <c r="U199" s="2">
-        <v>51761</v>
+        <v>51048</v>
       </c>
       <c r="V199" s="4">
-        <v>4</v>
+        <v>5.9903880000000003</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="X199" s="4">
-        <v>16970.928742</v>
+        <v>0</v>
       </c>
       <c r="Y199" s="4">
-        <v>16970.928742</v>
+        <v>0</v>
       </c>
       <c r="Z199" s="6">
-        <v>6.4929999999999996E-3</v>
+        <v>8.8979999999999997E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D200" s="4">
-        <v>11393000</v>
+        <v>26996.309964</v>
       </c>
       <c r="E200" s="5">
-        <v>102.00959</v>
+        <v>99.487740000000002</v>
       </c>
       <c r="F200" s="4">
-        <v>11621952.5887</v>
+        <v>26989.668646890001</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H200" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I200" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J200" s="5">
-        <v>102.00959</v>
+        <v>99.487740000000002</v>
       </c>
       <c r="K200" s="5">
         <v>1</v>
       </c>
       <c r="L200" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M200" s="4">
-        <v>11621952.5887</v>
+        <v>26989.668645999998</v>
       </c>
       <c r="N200" s="4">
-        <v>11621952.5887</v>
+        <v>26989.668646890001</v>
       </c>
       <c r="O200" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P200" s="3" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R200" s="3" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="S200" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T200" s="4">
         <v>0.01</v>
       </c>
       <c r="U200" s="2">
-        <v>51048</v>
+        <v>50097</v>
       </c>
       <c r="V200" s="4">
-        <v>5.9903880000000003</v>
+        <v>6.0537000000000001</v>
       </c>
       <c r="W200" s="3" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="X200" s="4">
-        <v>0</v>
+        <v>131.64998019999999</v>
       </c>
       <c r="Y200" s="4">
-        <v>0</v>
+        <v>131.64998</v>
       </c>
       <c r="Z200" s="6">
-        <v>9.0360000000000006E-3</v>
+        <v>2.0000000000000002E-5</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D201" s="4">
-        <v>26996.309964</v>
+        <v>2909988.0935940002</v>
       </c>
       <c r="E201" s="5">
-        <v>99.473830000000007</v>
+        <v>100.04859999999999</v>
       </c>
       <c r="F201" s="4">
-        <v>26985.913460169999</v>
+        <v>2916363.3343092902</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H201" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I201" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J201" s="5">
-        <v>99.473830000000007</v>
+        <v>100.04859999999999</v>
       </c>
       <c r="K201" s="5">
         <v>1</v>
       </c>
       <c r="L201" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M201" s="4">
-        <v>26985.91346</v>
+        <v>2916363.3343090001</v>
       </c>
       <c r="N201" s="4">
-        <v>26985.913460169999</v>
+        <v>2916363.3343092902</v>
       </c>
       <c r="O201" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="S201" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T201" s="4">
         <v>0.01</v>
       </c>
       <c r="U201" s="2">
-        <v>50097</v>
+        <v>48141</v>
       </c>
       <c r="V201" s="4">
-        <v>6.0537000000000001</v>
+        <v>5.1144400000000001</v>
       </c>
       <c r="W201" s="3" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="X201" s="4">
-        <v>131.64998019999999</v>
+        <v>4960.9865018</v>
       </c>
       <c r="Y201" s="4">
-        <v>131.64998</v>
+        <v>4960.9865010000003</v>
       </c>
       <c r="Z201" s="6">
-        <v>2.0000000000000002E-5</v>
+        <v>2.238E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D202" s="4">
-        <v>3912827.3425889998</v>
+        <v>3645301.6418940001</v>
       </c>
       <c r="E202" s="5">
-        <v>96.421549999999996</v>
+        <v>96.371560000000002</v>
       </c>
       <c r="F202" s="4">
-        <v>3813964.3579029599</v>
+        <v>3515752.6388937598</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H202" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I202" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J202" s="5">
-        <v>96.421549999999996</v>
+        <v>96.371560000000002</v>
       </c>
       <c r="K202" s="5">
         <v>1</v>
       </c>
       <c r="L202" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M202" s="4">
-        <v>3813964.3579020002</v>
+        <v>3515752.6388929999</v>
       </c>
       <c r="N202" s="4">
-        <v>3813964.3579029599</v>
+        <v>3515752.6388937598</v>
       </c>
       <c r="O202" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P202" s="3" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="S202" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T202" s="4">
         <v>0.01</v>
       </c>
       <c r="U202" s="2">
         <v>52075</v>
       </c>
       <c r="V202" s="4">
-        <v>5.8254200000000003</v>
+        <v>5.3695899999999996</v>
       </c>
       <c r="W202" s="3" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="X202" s="4">
-        <v>41155.585354839997</v>
+        <v>2718.5798949</v>
       </c>
       <c r="Y202" s="4">
-        <v>41155.585354000003</v>
+        <v>2718.579894</v>
       </c>
       <c r="Z202" s="6">
-        <v>2.9650000000000002E-3</v>
+        <v>2.6979999999999999E-3</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D203" s="4">
         <v>4584282.4190800004</v>
       </c>
       <c r="E203" s="5">
-        <v>97.963939999999994</v>
+        <v>98.015870000000007</v>
       </c>
       <c r="F203" s="4">
-        <v>4492357.5984973004</v>
+        <v>4516653.9769654796</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H203" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I203" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J203" s="5">
-        <v>97.963939999999994</v>
+        <v>98.015870000000007</v>
       </c>
       <c r="K203" s="5">
         <v>1</v>
       </c>
       <c r="L203" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M203" s="4">
-        <v>4492357.5984969996</v>
+        <v>4516653.9769649999</v>
       </c>
       <c r="N203" s="4">
-        <v>4492357.5984973004</v>
+        <v>4516653.9769654796</v>
       </c>
       <c r="O203" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="S203" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T203" s="4">
         <v>0.01</v>
       </c>
       <c r="U203" s="2">
         <v>50766</v>
       </c>
       <c r="V203" s="4">
         <v>5.5517000000000003</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="X203" s="4">
-        <v>1413.92003922</v>
+        <v>23329.68064717</v>
       </c>
       <c r="Y203" s="4">
-        <v>1413.9200390000001</v>
+        <v>23329.680647000001</v>
       </c>
       <c r="Z203" s="6">
-        <v>3.4919999999999999E-3</v>
+        <v>3.4659999999999999E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D204" s="4">
         <v>11586833.4099</v>
       </c>
       <c r="E204" s="5">
-        <v>83.101410000000001</v>
+        <v>83.303830000000005</v>
       </c>
       <c r="F204" s="4">
-        <v>9632299.08231299</v>
+        <v>9709648.8876940403</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H204" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I204" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J204" s="5">
-        <v>83.101410000000001</v>
+        <v>83.303830000000005</v>
       </c>
       <c r="K204" s="5">
         <v>1</v>
       </c>
       <c r="L204" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M204" s="4">
-        <v>9632299.0823120009</v>
+        <v>9709648.8876939993</v>
       </c>
       <c r="N204" s="4">
-        <v>9632299.08231299</v>
+        <v>9709648.8876940403</v>
       </c>
       <c r="O204" s="3" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="Q204" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="S204" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T204" s="4">
         <v>0.01</v>
       </c>
       <c r="U204" s="2">
         <v>51952</v>
       </c>
       <c r="V204" s="4">
         <v>5.4016999999999999</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="X204" s="4">
-        <v>3477.1443350099998</v>
+        <v>57372.881527739999</v>
       </c>
       <c r="Y204" s="4">
-        <v>3477.144335</v>
+        <v>57372.881526999998</v>
       </c>
       <c r="Z204" s="6">
-        <v>7.489E-3</v>
+        <v>7.4520000000000003E-3</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D205" s="4">
-        <v>3324436.6320000002</v>
+        <v>3338752.01</v>
       </c>
       <c r="E205" s="5">
-        <v>95.022530000000003</v>
+        <v>95.28</v>
       </c>
       <c r="F205" s="4">
-        <v>3169557.66737383</v>
+        <v>3191802.4048665301</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H205" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I205" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J205" s="5">
-        <v>95.022530000000003</v>
+        <v>95.28</v>
       </c>
       <c r="K205" s="5">
         <v>1</v>
       </c>
       <c r="L205" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M205" s="4">
-        <v>3169557.6673730002</v>
+        <v>3191802.4048660002</v>
       </c>
       <c r="N205" s="4">
-        <v>3169557.66737383</v>
+        <v>3191802.4048665301</v>
       </c>
       <c r="O205" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P205" s="3" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R205" s="3" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="S205" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T205" s="4">
         <v>0.01</v>
       </c>
       <c r="U205" s="2">
         <v>51241</v>
       </c>
       <c r="V205" s="4">
         <v>7.17</v>
       </c>
       <c r="W205" s="3" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="X205" s="4">
-        <v>10593.871400640001</v>
+        <v>10639.489738529999</v>
       </c>
       <c r="Y205" s="4">
-        <v>10593.8714</v>
+        <v>10639.489738</v>
       </c>
       <c r="Z205" s="6">
-        <v>2.464E-3</v>
+        <v>2.4489999999999998E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D206" s="4">
-        <v>2154767.5359</v>
+        <v>2129160.7732500001</v>
       </c>
       <c r="E206" s="5">
-        <v>92.277119999999996</v>
+        <v>92.249510000000001</v>
       </c>
       <c r="F206" s="4">
-        <v>1990071.3233302601</v>
+        <v>1965502.3069954501</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H206" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I206" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J206" s="5">
-        <v>92.277119999999996</v>
+        <v>92.249510000000001</v>
       </c>
       <c r="K206" s="5">
         <v>1</v>
       </c>
       <c r="L206" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M206" s="4">
-        <v>1990071.32333</v>
+        <v>1965502.306995</v>
       </c>
       <c r="N206" s="4">
-        <v>1990071.3233302601</v>
+        <v>1965502.3069954501</v>
       </c>
       <c r="O206" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="Q206" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R206" s="3" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="S206" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T206" s="4">
         <v>0.01</v>
       </c>
       <c r="U206" s="2">
         <v>50124</v>
       </c>
       <c r="V206" s="4">
-        <v>4.7723899999999997</v>
+        <v>4.6055099999999998</v>
       </c>
       <c r="W206" s="3" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="X206" s="4">
-        <v>1713.8985067799999</v>
+        <v>1361.9265601100001</v>
       </c>
       <c r="Y206" s="4">
-        <v>1713.898506</v>
+        <v>1361.9265600000001</v>
       </c>
       <c r="Z206" s="6">
-        <v>1.547E-3</v>
+        <v>1.508E-3</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D207" s="4">
-        <v>4288418.2949400004</v>
+        <v>3868474.7140649999</v>
       </c>
       <c r="E207" s="5">
-        <v>99.984470000000002</v>
+        <v>100.40000999999999</v>
       </c>
       <c r="F207" s="4">
-        <v>4287752.3035787996</v>
+        <v>3883948.9997687298</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H207" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I207" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J207" s="5">
-        <v>99.984470000000002</v>
+        <v>100.40000999999999</v>
       </c>
       <c r="K207" s="5">
         <v>1</v>
       </c>
       <c r="L207" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M207" s="4">
-        <v>4287752.3035779996</v>
+        <v>3883948.9997680001</v>
       </c>
       <c r="N207" s="4">
-        <v>4287752.3035787996</v>
+        <v>3883948.9997687298</v>
       </c>
       <c r="O207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="S207" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T207" s="4">
         <v>0.01</v>
       </c>
       <c r="U207" s="2">
         <v>50338</v>
       </c>
       <c r="V207" s="4">
-        <v>3.2789769999999998</v>
+        <v>5.5211880000000004</v>
       </c>
       <c r="W207" s="3" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="X207" s="4">
         <v>0</v>
       </c>
       <c r="Y207" s="4">
         <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>3.333E-3</v>
+        <v>2.9810000000000001E-3</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D208" s="4">
-        <v>667260.721181</v>
+        <v>664097.02740699996</v>
       </c>
       <c r="E208" s="5">
-        <v>98.116650000000007</v>
+        <v>98.838790000000003</v>
       </c>
       <c r="F208" s="4">
-        <v>655224.60445393994</v>
+        <v>656810.25874611002</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H208" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I208" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J208" s="5">
-        <v>98.116650000000007</v>
+        <v>98.838790000000003</v>
       </c>
       <c r="K208" s="5">
         <v>1</v>
       </c>
       <c r="L208" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M208" s="4">
-        <v>655224.60445300001</v>
+        <v>656810.25874600001</v>
       </c>
       <c r="N208" s="4">
-        <v>655224.60445393994</v>
+        <v>656810.25874611002</v>
       </c>
       <c r="O208" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P208" s="3" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="Q208" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R208" s="3" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="S208" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T208" s="4">
         <v>0.01</v>
       </c>
       <c r="U208" s="2">
         <v>50277</v>
       </c>
       <c r="V208" s="4">
-        <v>4.7723899999999997</v>
+        <v>4.6055099999999998</v>
       </c>
       <c r="W208" s="3" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="X208" s="4">
-        <v>530.73806552999997</v>
+        <v>424.79243065000003</v>
       </c>
       <c r="Y208" s="4">
-        <v>530.73806500000001</v>
+        <v>424.79243000000002</v>
       </c>
       <c r="Z208" s="6">
-        <v>5.0900000000000001E-4</v>
+        <v>5.04E-4</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D209" s="4">
         <v>14600000</v>
       </c>
       <c r="E209" s="5">
-        <v>88.739750000000001</v>
+        <v>89.842619999999997</v>
       </c>
       <c r="F209" s="4">
-        <v>12956003.5</v>
+        <v>13117022.52</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H209" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I209" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J209" s="5">
-        <v>88.739750000000001</v>
+        <v>89.842619999999997</v>
       </c>
       <c r="K209" s="5">
         <v>1</v>
       </c>
       <c r="L209" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M209" s="4">
-        <v>12956003.5</v>
+        <v>13117022.52</v>
       </c>
       <c r="N209" s="4">
-        <v>12956003.5</v>
+        <v>13117022.52</v>
       </c>
       <c r="O209" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P209" s="3" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="Q209" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R209" s="3" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="S209" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T209" s="4">
         <v>0.01</v>
       </c>
       <c r="U209" s="2">
         <v>51178</v>
       </c>
       <c r="V209" s="4">
         <v>2.694</v>
       </c>
       <c r="W209" s="3" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="X209" s="4">
         <v>0</v>
       </c>
       <c r="Y209" s="4">
         <v>0</v>
       </c>
       <c r="Z209" s="6">
-        <v>1.0073E-2</v>
+        <v>1.0068000000000001E-2</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D210" s="4">
-        <v>4646811.3788200002</v>
+        <v>3485180.1916999999</v>
       </c>
       <c r="E210" s="5">
-        <v>99.909599999999998</v>
+        <v>5.4095199999999997</v>
       </c>
       <c r="F210" s="4">
-        <v>4693962.4809446596</v>
+        <v>190673.70003246001</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H210" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I210" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J210" s="5">
-        <v>99.909599999999998</v>
+        <v>5.4095199999999997</v>
       </c>
       <c r="K210" s="5">
         <v>1</v>
       </c>
       <c r="L210" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M210" s="4">
-        <v>4693962.4809440002</v>
+        <v>190673.70003199999</v>
       </c>
       <c r="N210" s="4">
-        <v>4693962.4809446596</v>
+        <v>190673.70003246001</v>
       </c>
       <c r="O210" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P210" s="3" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="Q210" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R210" s="3" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="S210" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T210" s="4">
         <v>0.01</v>
       </c>
       <c r="U210" s="2">
-        <v>48233</v>
+        <v>49759</v>
       </c>
       <c r="V210" s="4">
-        <v>5.5254899999999996</v>
+        <v>4.4255100000000001</v>
       </c>
       <c r="W210" s="3" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="X210" s="4">
-        <v>51351.819611109997</v>
+        <v>2142.1805264099999</v>
       </c>
       <c r="Y210" s="4">
-        <v>51351.819610999999</v>
+        <v>2142.1805260000001</v>
       </c>
       <c r="Z210" s="6">
-        <v>3.6489999999999999E-3</v>
+        <v>1.46E-4</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D211" s="4">
-        <v>3487404.6231280002</v>
+        <v>85701.962</v>
       </c>
       <c r="E211" s="5">
-        <v>5.4083399999999999</v>
+        <v>93.409769999999995</v>
       </c>
       <c r="F211" s="4">
-        <v>191279.95288068001</v>
+        <v>80054.005589690001</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H211" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I211" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J211" s="5">
-        <v>5.4083399999999999</v>
+        <v>93.409769999999995</v>
       </c>
       <c r="K211" s="5">
         <v>1</v>
       </c>
       <c r="L211" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M211" s="4">
-        <v>191279.95288</v>
+        <v>80054.005588999993</v>
       </c>
       <c r="N211" s="4">
-        <v>191279.95288068001</v>
+        <v>80054.005589690001</v>
       </c>
       <c r="O211" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P211" s="3" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R211" s="3" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="S211" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T211" s="4">
         <v>0.01</v>
       </c>
       <c r="U211" s="2">
-        <v>49759</v>
+        <v>49001</v>
       </c>
       <c r="V211" s="4">
-        <v>4.59239</v>
+        <v>4.3555099999999998</v>
       </c>
       <c r="W211" s="3" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="X211" s="4">
-        <v>2669.2536862000002</v>
+        <v>0</v>
       </c>
       <c r="Y211" s="4">
-        <v>2669.253686</v>
+        <v>0</v>
       </c>
       <c r="Z211" s="6">
-        <v>1.4799999999999999E-4</v>
+        <v>6.0999999999999999E-5</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D212" s="4">
-        <v>90058.993600000002</v>
+        <v>1029941.3352</v>
       </c>
       <c r="E212" s="5">
-        <v>93.225920000000002</v>
+        <v>98.067790000000002</v>
       </c>
       <c r="F212" s="4">
-        <v>83958.325326339997</v>
+        <v>1010842.55940128</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H212" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I212" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J212" s="5">
-        <v>93.225920000000002</v>
+        <v>98.067790000000002</v>
       </c>
       <c r="K212" s="5">
         <v>1</v>
       </c>
       <c r="L212" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M212" s="4">
-        <v>83958.325326000006</v>
+        <v>1010842.559401</v>
       </c>
       <c r="N212" s="4">
-        <v>83958.325326339997</v>
+        <v>1010842.55940128</v>
       </c>
       <c r="O212" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P212" s="3" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="Q212" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R212" s="3" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="S212" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T212" s="4">
         <v>0.01</v>
       </c>
       <c r="U212" s="2">
-        <v>49001</v>
+        <v>58039</v>
       </c>
       <c r="V212" s="4">
-        <v>4.5229600000000003</v>
+        <v>7.1055099999999998</v>
       </c>
       <c r="W212" s="3" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="X212" s="4">
-        <v>0</v>
+        <v>801.85367414999996</v>
       </c>
       <c r="Y212" s="4">
-        <v>0</v>
+        <v>801.85367399999996</v>
       </c>
       <c r="Z212" s="6">
-        <v>6.4999999999999994E-5</v>
+        <v>7.7499999999999997E-4</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D213" s="4">
-        <v>1035534.7476</v>
+        <v>1135765.091331</v>
       </c>
       <c r="E213" s="5">
-        <v>97.467479999999995</v>
+        <v>100.10469999999999</v>
       </c>
       <c r="F213" s="4">
-        <v>1010305.87474703</v>
+        <v>1139214.1575211301</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H213" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I213" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J213" s="5">
-        <v>97.467479999999995</v>
+        <v>100.10469999999999</v>
       </c>
       <c r="K213" s="5">
         <v>1</v>
       </c>
       <c r="L213" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M213" s="4">
-        <v>1010305.8747470001</v>
+        <v>1139214.1575209999</v>
       </c>
       <c r="N213" s="4">
-        <v>1010305.87474703</v>
+        <v>1139214.1575211301</v>
       </c>
       <c r="O213" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="Q213" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="S213" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T213" s="4">
         <v>0.01</v>
       </c>
       <c r="U213" s="2">
-        <v>58039</v>
+        <v>48689</v>
       </c>
       <c r="V213" s="4">
-        <v>7.2723899999999997</v>
+        <v>5.0999600000000003</v>
       </c>
       <c r="W213" s="3" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="X213" s="4">
-        <v>996.25173695000001</v>
+        <v>2259.9201395099999</v>
       </c>
       <c r="Y213" s="4">
-        <v>996.25173600000005</v>
+        <v>2259.9201389999998</v>
       </c>
       <c r="Z213" s="6">
-        <v>7.85E-4</v>
+        <v>8.7399999999999999E-4</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D214" s="4">
-        <v>2049870.602988</v>
+        <v>1599879.8354420001</v>
       </c>
       <c r="E214" s="5">
-        <v>100.0635</v>
+        <v>40.037779999999998</v>
       </c>
       <c r="F214" s="4">
-        <v>2077869.78555421</v>
+        <v>640556.36877856997</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H214" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I214" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J214" s="5">
-        <v>100.0635</v>
+        <v>40.037779999999998</v>
       </c>
       <c r="K214" s="5">
         <v>1</v>
       </c>
       <c r="L214" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M214" s="4">
-        <v>2077869.7855539999</v>
+        <v>640556.368778</v>
       </c>
       <c r="N214" s="4">
-        <v>2077869.78555421</v>
+        <v>640556.36877856997</v>
       </c>
       <c r="O214" s="3" t="s">
-        <v>34</v>
+        <v>687</v>
       </c>
       <c r="P214" s="3" t="s">
-        <v>677</v>
+        <v>688</v>
       </c>
       <c r="Q214" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R214" s="3" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="S214" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T214" s="4">
         <v>0.01</v>
       </c>
       <c r="U214" s="2">
-        <v>48689</v>
+        <v>49730</v>
       </c>
       <c r="V214" s="4">
-        <v>5.5554899999999998</v>
+        <v>6.5</v>
       </c>
       <c r="W214" s="3" t="s">
-        <v>678</v>
+        <v>689</v>
       </c>
       <c r="X214" s="4">
-        <v>26697.51473332</v>
+        <v>0</v>
       </c>
       <c r="Y214" s="4">
-        <v>26697.514733</v>
+        <v>0</v>
       </c>
       <c r="Z214" s="6">
-        <v>1.6149999999999999E-3</v>
+        <v>4.9100000000000001E-4</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>680</v>
+        <v>691</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D215" s="4">
-        <v>1600294.2780820001</v>
+        <v>4000000</v>
       </c>
       <c r="E215" s="5">
-        <v>40.051349999999999</v>
+        <v>100.11839999999999</v>
       </c>
       <c r="F215" s="4">
-        <v>640939.46234463004</v>
+        <v>4016422.22</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H215" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I215" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J215" s="5">
-        <v>40.051349999999999</v>
+        <v>100.11839999999999</v>
       </c>
       <c r="K215" s="5">
         <v>1</v>
       </c>
       <c r="L215" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M215" s="4">
-        <v>640939.462344</v>
+        <v>4016422.22</v>
       </c>
       <c r="N215" s="4">
-        <v>640939.46234463004</v>
+        <v>4016422.22</v>
       </c>
       <c r="O215" s="3" t="s">
-        <v>681</v>
+        <v>34</v>
       </c>
       <c r="P215" s="3" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="Q215" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R215" s="3" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="S215" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T215" s="4">
         <v>0.01</v>
       </c>
       <c r="U215" s="2">
-        <v>49730</v>
+        <v>47768</v>
       </c>
       <c r="V215" s="4">
-        <v>6.5</v>
+        <v>5.8431100000000002</v>
       </c>
       <c r="W215" s="3" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
       <c r="X215" s="4">
-        <v>0</v>
+        <v>11686.22</v>
       </c>
       <c r="Y215" s="4">
-        <v>0</v>
+        <v>11686.22</v>
       </c>
       <c r="Z215" s="6">
-        <v>4.9799999999999996E-4</v>
+        <v>3.0820000000000001E-3</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>685</v>
+        <v>695</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D216" s="4">
-        <v>4000000</v>
+        <v>493619.65744099999</v>
       </c>
       <c r="E216" s="5">
-        <v>100.0856</v>
+        <v>100.03959999999999</v>
       </c>
       <c r="F216" s="4">
-        <v>4058301.61333333</v>
+        <v>495047.32272499002</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H216" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I216" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J216" s="5">
-        <v>100.0856</v>
+        <v>100.03959999999999</v>
       </c>
       <c r="K216" s="5">
         <v>1</v>
       </c>
       <c r="L216" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M216" s="4">
-        <v>4058301.6133329999</v>
+        <v>495047.32272400003</v>
       </c>
       <c r="N216" s="4">
-        <v>4058301.61333333</v>
+        <v>495047.32272499002</v>
       </c>
       <c r="O216" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P216" s="3" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="Q216" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R216" s="3" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="S216" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T216" s="4">
         <v>0.01</v>
       </c>
       <c r="U216" s="2">
-        <v>47768</v>
+        <v>48044</v>
       </c>
       <c r="V216" s="4">
-        <v>6.2518799999999999</v>
+        <v>5.2861500000000001</v>
       </c>
       <c r="W216" s="3" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="X216" s="4">
-        <v>54877.613333330002</v>
+        <v>1232.19189964</v>
       </c>
       <c r="Y216" s="4">
-        <v>54877.613333000001</v>
+        <v>1232.1918989999999</v>
       </c>
       <c r="Z216" s="6">
-        <v>3.1549999999999998E-3</v>
+        <v>3.79E-4</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>689</v>
+        <v>698</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D217" s="4">
-        <v>1613843.0584430001</v>
+        <v>1441858.77308</v>
       </c>
       <c r="E217" s="5">
-        <v>100.0265</v>
+        <v>99.999700000000004</v>
       </c>
       <c r="F217" s="4">
-        <v>1634198.7514308901</v>
+        <v>1445582.73382617</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H217" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I217" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J217" s="5">
-        <v>100.0265</v>
+        <v>99.999700000000004</v>
       </c>
       <c r="K217" s="5">
         <v>1</v>
       </c>
       <c r="L217" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M217" s="4">
-        <v>1634198.7514299999</v>
+        <v>1445582.733826</v>
       </c>
       <c r="N217" s="4">
-        <v>1634198.7514308901</v>
+        <v>1445582.73382617</v>
       </c>
       <c r="O217" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P217" s="3" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="Q217" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R217" s="3" t="s">
-        <v>688</v>
+        <v>697</v>
       </c>
       <c r="S217" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T217" s="4">
         <v>0.01</v>
       </c>
       <c r="U217" s="2">
-        <v>48044</v>
+        <v>48683</v>
       </c>
       <c r="V217" s="4">
-        <v>5.69916</v>
+        <v>5.1715</v>
       </c>
       <c r="W217" s="3" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="X217" s="4">
-        <v>19928.0245774</v>
+        <v>3728.2863224900002</v>
       </c>
       <c r="Y217" s="4">
-        <v>19928.024577</v>
+        <v>3728.2863219999999</v>
       </c>
       <c r="Z217" s="6">
-        <v>1.2700000000000001E-3</v>
+        <v>1.109E-3</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D218" s="4">
         <v>7625000</v>
       </c>
       <c r="E218" s="5">
-        <v>13.625</v>
+        <v>13.125</v>
       </c>
       <c r="F218" s="4">
-        <v>1043438.78510417</v>
+        <v>1006372.39138889</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H218" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I218" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J218" s="5">
-        <v>13.625</v>
+        <v>13.125</v>
       </c>
       <c r="K218" s="5">
         <v>1</v>
       </c>
       <c r="L218" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M218" s="4">
-        <v>1043438.785104</v>
+        <v>1006372.391388</v>
       </c>
       <c r="N218" s="4">
-        <v>1043438.78510417</v>
+        <v>1006372.39138889</v>
       </c>
       <c r="O218" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="S218" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T218" s="4">
         <v>0.01</v>
       </c>
       <c r="U218" s="2">
         <v>50489</v>
       </c>
       <c r="V218" s="4">
         <v>5.33467</v>
       </c>
       <c r="W218" s="3" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="X218" s="4">
-        <v>4532.5351041699996</v>
+        <v>5591.1413888899997</v>
       </c>
       <c r="Y218" s="4">
-        <v>4532.5351039999996</v>
+        <v>5591.141388</v>
       </c>
       <c r="Z218" s="6">
-        <v>8.1099999999999998E-4</v>
+        <v>7.7200000000000001E-4</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D219" s="4">
-        <v>2930470.8057630002</v>
+        <v>2828163.21667</v>
       </c>
       <c r="E219" s="5">
-        <v>98.30489</v>
+        <v>98.341239999999999</v>
       </c>
       <c r="F219" s="4">
-        <v>2883024.4272035202</v>
+        <v>2782977.3347888999</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H219" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I219" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J219" s="5">
-        <v>98.30489</v>
+        <v>98.341239999999999</v>
       </c>
       <c r="K219" s="5">
         <v>1</v>
       </c>
       <c r="L219" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M219" s="4">
-        <v>2883024.4272030001</v>
+        <v>2782977.3347880002</v>
       </c>
       <c r="N219" s="4">
-        <v>2883024.4272035202</v>
+        <v>2782977.3347888999</v>
       </c>
       <c r="O219" s="3" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="P219" s="3" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="S219" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T219" s="4">
         <v>0.01</v>
       </c>
       <c r="U219" s="2">
         <v>48604</v>
       </c>
       <c r="V219" s="4">
-        <v>4.5623899999999997</v>
+        <v>4.3955099999999998</v>
       </c>
       <c r="W219" s="3" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="X219" s="4">
-        <v>2228.3251165800002</v>
+        <v>1726.55829174</v>
       </c>
       <c r="Y219" s="4">
-        <v>2228.325116</v>
+        <v>1726.5582910000001</v>
       </c>
       <c r="Z219" s="6">
-        <v>2.2409999999999999E-3</v>
+        <v>2.1359999999999999E-3</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D220" s="4">
-        <v>1021553.334398</v>
+        <v>964103.914689</v>
       </c>
       <c r="E220" s="5">
-        <v>99.21566</v>
+        <v>99.238259999999997</v>
       </c>
       <c r="F220" s="4">
-        <v>1014331.2911385</v>
+        <v>957359.23518358998</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H220" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I220" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J220" s="5">
-        <v>99.21566</v>
+        <v>99.238259999999997</v>
       </c>
       <c r="K220" s="5">
         <v>1</v>
       </c>
       <c r="L220" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M220" s="4">
-        <v>1014331.291138</v>
+        <v>957359.23518299998</v>
       </c>
       <c r="N220" s="4">
-        <v>1014331.2911385</v>
+        <v>957359.23518358998</v>
       </c>
       <c r="O220" s="3" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="P220" s="3" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="S220" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T220" s="4">
         <v>0.01</v>
       </c>
       <c r="U220" s="2">
         <v>48755</v>
       </c>
       <c r="V220" s="4">
-        <v>4.6423899999999998</v>
+        <v>4.4755099999999999</v>
       </c>
       <c r="W220" s="3" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="X220" s="4">
-        <v>790.40816400999995</v>
+        <v>599.28565433999995</v>
       </c>
       <c r="Y220" s="4">
-        <v>790.40816400000006</v>
+        <v>599.28565400000002</v>
       </c>
       <c r="Z220" s="6">
-        <v>7.8799999999999996E-4</v>
+        <v>7.3399999999999995E-4</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D221" s="4">
-        <v>3375852.7908999999</v>
+        <v>3213950.0743499999</v>
       </c>
       <c r="E221" s="5">
-        <v>98.943690000000004</v>
+        <v>98.978160000000003</v>
       </c>
       <c r="F221" s="4">
-        <v>3342794.0716481302</v>
+        <v>3183097.5061735599</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H221" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I221" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J221" s="5">
-        <v>98.943690000000004</v>
+        <v>98.978160000000003</v>
       </c>
       <c r="K221" s="5">
         <v>1</v>
       </c>
       <c r="L221" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M221" s="4">
-        <v>3342794.0716479998</v>
+        <v>3183097.5061730002</v>
       </c>
       <c r="N221" s="4">
-        <v>3342794.0716481302</v>
+        <v>3183097.5061735599</v>
       </c>
       <c r="O221" s="3" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="P221" s="3" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="Q221" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R221" s="3" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="S221" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T221" s="4">
         <v>0.01</v>
       </c>
       <c r="U221" s="2">
         <v>48663</v>
       </c>
       <c r="V221" s="4">
-        <v>4.6223900000000002</v>
+        <v>4.4555100000000003</v>
       </c>
       <c r="W221" s="3" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="X221" s="4">
-        <v>2600.7513636899998</v>
+        <v>1988.8592633000001</v>
       </c>
       <c r="Y221" s="4">
-        <v>2600.7513629999999</v>
+        <v>1988.8592630000001</v>
       </c>
       <c r="Z221" s="6">
-        <v>2.5990000000000002E-3</v>
+        <v>2.4429999999999999E-3</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="C222" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D222" s="4">
+        <v>982098.83586600004</v>
+      </c>
+      <c r="E222" s="5">
+        <v>99.491280000000003</v>
+      </c>
+      <c r="F222" s="4">
+        <v>977704.98978357005</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H222" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I222" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J222" s="5">
+        <v>99.491280000000003</v>
+      </c>
+      <c r="K222" s="5">
+        <v>1</v>
+      </c>
+      <c r="L222" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M222" s="4">
+        <v>977704.98978299997</v>
+      </c>
+      <c r="N222" s="4">
+        <v>977704.98978357005</v>
+      </c>
+      <c r="O222" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="P222" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="B222" s="3" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="Q222" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R222" s="3" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="S222" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T222" s="4">
         <v>0.01</v>
       </c>
       <c r="U222" s="2">
         <v>48359</v>
       </c>
       <c r="V222" s="4">
-        <v>4.5823900000000002</v>
+        <v>4.4155100000000003</v>
       </c>
       <c r="W222" s="3" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="X222" s="4">
-        <v>808.17021222999995</v>
+        <v>602.28711538000005</v>
       </c>
       <c r="Y222" s="4">
-        <v>808.17021199999999</v>
+        <v>602.28711499999997</v>
       </c>
       <c r="Z222" s="6">
-        <v>8.1800000000000004E-4</v>
+        <v>7.5000000000000002E-4</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D223" s="4">
-        <v>7860049.6506909998</v>
+        <v>7504150.9475379996</v>
       </c>
       <c r="E223" s="5">
-        <v>98.799729999999997</v>
+        <v>98.844040000000007</v>
       </c>
       <c r="F223" s="4">
-        <v>7771704.2515270803</v>
+        <v>7422002.7882442297</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H223" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I223" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J223" s="5">
-        <v>98.799729999999997</v>
+        <v>98.844040000000007</v>
       </c>
       <c r="K223" s="5">
         <v>1</v>
       </c>
       <c r="L223" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M223" s="4">
-        <v>7771704.2515270002</v>
+        <v>7422002.7882439997</v>
       </c>
       <c r="N223" s="4">
-        <v>7771704.2515270803</v>
+        <v>7422002.7882442297</v>
       </c>
       <c r="O223" s="3" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="P223" s="3" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="Q223" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R223" s="3" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="S223" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T223" s="4">
         <v>0.01</v>
       </c>
       <c r="U223" s="2">
         <v>48877</v>
       </c>
       <c r="V223" s="4">
-        <v>4.5773900000000003</v>
+        <v>4.4105100000000004</v>
       </c>
       <c r="W223" s="3" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="X223" s="4">
-        <v>5996.4187784300002</v>
+        <v>4596.8239993899997</v>
       </c>
       <c r="Y223" s="4">
-        <v>5996.4187780000002</v>
+        <v>4596.8239990000002</v>
       </c>
       <c r="Z223" s="6">
-        <v>6.0419999999999996E-3</v>
+        <v>5.6959999999999997E-3</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D224" s="4">
         <v>24944.444449999999</v>
       </c>
       <c r="E224" s="5">
         <v>77.94</v>
       </c>
       <c r="F224" s="4">
-        <v>19441.70000433</v>
+        <v>19450.3947854</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H224" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I224" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J224" s="5">
         <v>77.94</v>
       </c>
       <c r="K224" s="5">
         <v>1</v>
       </c>
       <c r="L224" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M224" s="4">
-        <v>19441.700003999998</v>
+        <v>19450.394785</v>
       </c>
       <c r="N224" s="4">
-        <v>19441.70000433</v>
+        <v>19450.3947854</v>
       </c>
       <c r="O224" s="3" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
       <c r="P224" s="3" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="Q224" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R224" s="3" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="S224" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T224" s="4">
         <v>0.01</v>
       </c>
       <c r="U224" s="2">
         <v>50489</v>
       </c>
       <c r="V224" s="4">
-        <v>7.9119999999999999</v>
+        <v>7.6159999999999997</v>
       </c>
       <c r="W224" s="3" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="X224" s="4">
-        <v>0</v>
+        <v>8.6947810699999994</v>
       </c>
       <c r="Y224" s="4">
-        <v>0</v>
+        <v>8.6947810000000008</v>
       </c>
       <c r="Z224" s="6">
-        <v>1.5E-5</v>
+        <v>1.4E-5</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D225" s="4">
         <v>75000</v>
       </c>
       <c r="E225" s="5">
         <v>77.94</v>
       </c>
       <c r="F225" s="4">
-        <v>58536.041666669997</v>
+        <v>58534.30322917</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H225" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I225" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J225" s="5">
         <v>77.94</v>
       </c>
       <c r="K225" s="5">
         <v>1</v>
       </c>
       <c r="L225" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M225" s="4">
-        <v>58536.041665999997</v>
+        <v>58534.303228999997</v>
       </c>
       <c r="N225" s="4">
-        <v>58536.041666669997</v>
+        <v>58534.30322917</v>
       </c>
       <c r="O225" s="3" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="P225" s="3" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R225" s="3" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="S225" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T225" s="4">
         <v>0.01</v>
       </c>
       <c r="U225" s="2">
         <v>50489</v>
       </c>
       <c r="V225" s="4">
-        <v>7.9249999999999998</v>
+        <v>7.6131099999999998</v>
       </c>
       <c r="W225" s="3" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="X225" s="4">
-        <v>81.041666669999998</v>
+        <v>79.303229169999994</v>
       </c>
       <c r="Y225" s="4">
-        <v>81.041666000000006</v>
+        <v>79.303229000000002</v>
       </c>
       <c r="Z225" s="6">
-        <v>4.5000000000000003E-5</v>
+        <v>4.3999999999999999E-5</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D226" s="4">
         <v>8758010.6523000002</v>
       </c>
       <c r="E226" s="5">
-        <v>13.625</v>
+        <v>13.125</v>
       </c>
       <c r="F226" s="4">
-        <v>1201096.97934155</v>
+        <v>1158314.9122866101</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H226" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I226" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J226" s="5">
-        <v>13.625</v>
+        <v>13.125</v>
       </c>
       <c r="K226" s="5">
         <v>1</v>
       </c>
       <c r="L226" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M226" s="4">
-        <v>1201096.9793410001</v>
+        <v>1158314.9122860001</v>
       </c>
       <c r="N226" s="4">
-        <v>1201096.97934155</v>
+        <v>1158314.9122866101</v>
       </c>
       <c r="O226" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P226" s="3" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="Q226" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R226" s="3" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="S226" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T226" s="4">
         <v>0.01</v>
       </c>
       <c r="U226" s="2">
         <v>50495</v>
       </c>
       <c r="V226" s="4">
         <v>5.2919999999999998</v>
       </c>
       <c r="W226" s="3" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="X226" s="4">
-        <v>7818.0279656700004</v>
+        <v>8826.0141722299995</v>
       </c>
       <c r="Y226" s="4">
-        <v>7818.0279650000002</v>
+        <v>8826.0141719999992</v>
       </c>
       <c r="Z226" s="6">
-        <v>9.3300000000000002E-4</v>
+        <v>8.8900000000000003E-4</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D227" s="4">
-        <v>3658555.8483500001</v>
+        <v>3606153.7254340001</v>
       </c>
       <c r="E227" s="5">
-        <v>91.281419999999997</v>
+        <v>91.655959999999993</v>
       </c>
       <c r="F227" s="4">
-        <v>3343207.7652188502</v>
+        <v>3308828.9151479499</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H227" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I227" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J227" s="5">
-        <v>91.281419999999997</v>
+        <v>91.655959999999993</v>
       </c>
       <c r="K227" s="5">
         <v>1</v>
       </c>
       <c r="L227" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M227" s="4">
-        <v>3343207.7652179999</v>
+        <v>3308828.915147</v>
       </c>
       <c r="N227" s="4">
-        <v>3343207.7652188502</v>
+        <v>3308828.9151479499</v>
       </c>
       <c r="O227" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P227" s="3" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="Q227" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R227" s="3" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="S227" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T227" s="4">
         <v>0.01</v>
       </c>
       <c r="U227" s="2">
         <v>62289</v>
       </c>
       <c r="V227" s="4">
         <v>2.23</v>
       </c>
       <c r="W227" s="3" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="X227" s="4">
-        <v>3626.0353519199998</v>
+        <v>3574.0990256499999</v>
       </c>
       <c r="Y227" s="4">
-        <v>3626.035351</v>
+        <v>3574.099025</v>
       </c>
       <c r="Z227" s="6">
-        <v>2.5990000000000002E-3</v>
+        <v>2.539E-3</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D228" s="4">
-        <v>1176258.895</v>
+        <v>1130656.0075000001</v>
       </c>
       <c r="E228" s="5">
-        <v>100.84183</v>
+        <v>100.87363000000001</v>
       </c>
       <c r="F228" s="4">
-        <v>1189320.0084223601</v>
+        <v>1143701.8679601101</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H228" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I228" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J228" s="5">
-        <v>100.84183</v>
+        <v>100.87363000000001</v>
       </c>
       <c r="K228" s="5">
         <v>1</v>
       </c>
       <c r="L228" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M228" s="4">
-        <v>1189320.0084220001</v>
+        <v>1143701.8679599999</v>
       </c>
       <c r="N228" s="4">
-        <v>1189320.0084223601</v>
+        <v>1143701.8679601101</v>
       </c>
       <c r="O228" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P228" s="3" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="Q228" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R228" s="3" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="S228" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T228" s="4">
         <v>0.01</v>
       </c>
       <c r="U228" s="2">
         <v>62898</v>
       </c>
       <c r="V228" s="4">
-        <v>6.0720799999999997</v>
+        <v>5.9336700000000002</v>
       </c>
       <c r="W228" s="3" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="X228" s="4">
-        <v>3159.0131665899999</v>
+        <v>3168.1103817899998</v>
       </c>
       <c r="Y228" s="4">
-        <v>3159.0131660000002</v>
+        <v>3168.110381</v>
       </c>
       <c r="Z228" s="6">
-        <v>9.2400000000000002E-4</v>
+        <v>8.7699999999999996E-4</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D229" s="4">
-        <v>3211523.93872</v>
+        <v>3127034.6085600001</v>
       </c>
       <c r="E229" s="5">
-        <v>99.69032</v>
+        <v>99.694909999999993</v>
       </c>
       <c r="F229" s="4">
-        <v>3205544.65922041</v>
+        <v>3122534.6181362099</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H229" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I229" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J229" s="5">
-        <v>99.69032</v>
+        <v>99.694909999999993</v>
       </c>
       <c r="K229" s="5">
         <v>1</v>
       </c>
       <c r="L229" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M229" s="4">
-        <v>3205544.6592199998</v>
+        <v>3122534.6181359999</v>
       </c>
       <c r="N229" s="4">
-        <v>3205544.65922041</v>
+        <v>3122534.6181362099</v>
       </c>
       <c r="O229" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P229" s="3" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="Q229" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R229" s="3" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="S229" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T229" s="4">
         <v>0.01</v>
       </c>
       <c r="U229" s="2">
         <v>59281</v>
       </c>
       <c r="V229" s="4">
-        <v>4.9399199999999999</v>
+        <v>4.8355199999999998</v>
       </c>
       <c r="W229" s="3" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="X229" s="4">
-        <v>3966.1678338400002</v>
+        <v>5040.2794634600004</v>
       </c>
       <c r="Y229" s="4">
-        <v>3966.167833</v>
+        <v>5040.2794629999999</v>
       </c>
       <c r="Z229" s="6">
-        <v>2.4919999999999999E-3</v>
+        <v>2.3960000000000001E-3</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D230" s="4">
-        <v>2125487.4501760001</v>
+        <v>2069116.1676060001</v>
       </c>
       <c r="E230" s="5">
-        <v>94.394149999999996</v>
+        <v>93.950209999999998</v>
       </c>
       <c r="F230" s="4">
-        <v>2007219.07006849</v>
+        <v>1944798.8173283299</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H230" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I230" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J230" s="5">
-        <v>94.394149999999996</v>
+        <v>93.950209999999998</v>
       </c>
       <c r="K230" s="5">
         <v>1</v>
       </c>
       <c r="L230" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M230" s="4">
-        <v>2007219.0700679999</v>
+        <v>1944798.817328</v>
       </c>
       <c r="N230" s="4">
-        <v>2007219.07006849</v>
+        <v>1944798.8173283299</v>
       </c>
       <c r="O230" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P230" s="3" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="Q230" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R230" s="3" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
       <c r="S230" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T230" s="4">
         <v>0.01</v>
       </c>
       <c r="U230" s="2">
         <v>59281</v>
       </c>
       <c r="V230" s="4">
         <v>1.36</v>
       </c>
       <c r="W230" s="3" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="X230" s="4">
-        <v>883.25811818</v>
+        <v>859.83271853999997</v>
       </c>
       <c r="Y230" s="4">
-        <v>883.25811799999997</v>
+        <v>859.832718</v>
       </c>
       <c r="Z230" s="6">
-        <v>1.56E-3</v>
+        <v>1.4920000000000001E-3</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
-        <v>742</v>
+        <v>752</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D231" s="4">
-        <v>757776.80836799997</v>
+        <v>747354.23065499996</v>
       </c>
       <c r="E231" s="5">
-        <v>99.991579999999999</v>
+        <v>100.45828</v>
       </c>
       <c r="F231" s="4">
-        <v>758375.72863483999</v>
+        <v>751306.55848994001</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H231" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I231" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J231" s="5">
-        <v>99.991579999999999</v>
+        <v>100.45828</v>
       </c>
       <c r="K231" s="5">
         <v>1</v>
       </c>
       <c r="L231" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M231" s="4">
-        <v>758375.72863400006</v>
+        <v>751306.55848899996</v>
       </c>
       <c r="N231" s="4">
-        <v>758375.72863483999</v>
+        <v>751306.55848994001</v>
       </c>
       <c r="O231" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P231" s="3" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R231" s="3" t="s">
-        <v>742</v>
+        <v>752</v>
       </c>
       <c r="S231" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T231" s="4">
         <v>0.01</v>
       </c>
       <c r="U231" s="2">
-        <v>50339</v>
+        <v>48877</v>
       </c>
       <c r="V231" s="4">
-        <v>5.2473900000000002</v>
+        <v>5.0805100000000003</v>
       </c>
       <c r="W231" s="3" t="s">
-        <v>745</v>
+        <v>755</v>
       </c>
       <c r="X231" s="4">
-        <v>662.72507441000005</v>
+        <v>527.35286699999995</v>
       </c>
       <c r="Y231" s="4">
-        <v>662.72507399999995</v>
+        <v>527.35286699999995</v>
       </c>
       <c r="Z231" s="6">
-        <v>5.8900000000000001E-4</v>
+        <v>5.7600000000000001E-4</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D232" s="4">
-        <v>7686370.9606240001</v>
+        <v>7685827.047847</v>
       </c>
       <c r="E232" s="5">
-        <v>2.1549700000000001</v>
+        <v>2.1748099999999999</v>
       </c>
       <c r="F232" s="4">
-        <v>171547.74504933</v>
+        <v>171897.61035808999</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H232" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I232" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J232" s="5">
-        <v>2.1549700000000001</v>
+        <v>2.1748099999999999</v>
       </c>
       <c r="K232" s="5">
         <v>1</v>
       </c>
       <c r="L232" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M232" s="4">
-        <v>171547.74504899999</v>
+        <v>171897.61035800001</v>
       </c>
       <c r="N232" s="4">
-        <v>171547.74504933</v>
+        <v>171897.61035808999</v>
       </c>
       <c r="O232" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P232" s="3" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="Q232" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R232" s="3" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="S232" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T232" s="4">
         <v>0.01</v>
       </c>
       <c r="U232" s="2">
-        <v>53168</v>
+        <v>53139</v>
       </c>
       <c r="V232" s="4">
-        <v>4.6123900000000004</v>
+        <v>4.4455099999999996</v>
       </c>
       <c r="W232" s="3" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="X232" s="4">
-        <v>5908.7567591799998</v>
+        <v>4745.4751388200002</v>
       </c>
       <c r="Y232" s="4">
-        <v>5908.7567589999999</v>
+        <v>4745.4751379999998</v>
       </c>
       <c r="Z232" s="6">
-        <v>1.3300000000000001E-4</v>
+        <v>1.3100000000000001E-4</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D233" s="4">
-        <v>13474920.535057999</v>
+        <v>13473966.998547001</v>
       </c>
       <c r="E233" s="5">
-        <v>2.15686</v>
+        <v>2.17632</v>
       </c>
       <c r="F233" s="4">
-        <v>300679.35436107003</v>
+        <v>301293.90242331999</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H233" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I233" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J233" s="5">
-        <v>2.15686</v>
+        <v>2.17632</v>
       </c>
       <c r="K233" s="5">
         <v>1</v>
       </c>
       <c r="L233" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M233" s="4">
-        <v>300679.35436100001</v>
+        <v>301293.90242300002</v>
       </c>
       <c r="N233" s="4">
-        <v>300679.35436107003</v>
+        <v>301293.90242331999</v>
       </c>
       <c r="O233" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P233" s="3" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R233" s="3" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="S233" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T233" s="4">
         <v>0.01</v>
       </c>
       <c r="U233" s="2">
         <v>53018</v>
       </c>
       <c r="V233" s="4">
-        <v>4.4723899999999999</v>
+        <v>4.3055099999999999</v>
       </c>
       <c r="W233" s="3" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
       <c r="X233" s="4">
-        <v>10044.183308629999</v>
+        <v>8057.2638405400003</v>
       </c>
       <c r="Y233" s="4">
-        <v>10044.183308</v>
+        <v>8057.2638399999996</v>
       </c>
       <c r="Z233" s="6">
-        <v>2.33E-4</v>
+        <v>2.31E-4</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D234" s="4">
-        <v>20492711.087278001</v>
+        <v>20491260.942983001</v>
       </c>
       <c r="E234" s="5">
-        <v>2.1540900000000001</v>
+        <v>2.1741000000000001</v>
       </c>
       <c r="F234" s="4">
-        <v>457389.76331945998</v>
+        <v>458323.2237574</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H234" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I234" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J234" s="5">
-        <v>2.1540900000000001</v>
+        <v>2.1741000000000001</v>
       </c>
       <c r="K234" s="5">
         <v>1</v>
       </c>
       <c r="L234" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M234" s="4">
-        <v>457389.76331900002</v>
+        <v>458323.223757</v>
       </c>
       <c r="N234" s="4">
-        <v>457389.76331945998</v>
+        <v>458323.2237574</v>
       </c>
       <c r="O234" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="P234" s="3" t="s">
         <v>754</v>
       </c>
-      <c r="P234" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q234" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R234" s="3" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="S234" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T234" s="4">
         <v>0.01</v>
       </c>
       <c r="U234" s="2">
-        <v>53168</v>
+        <v>53139</v>
       </c>
       <c r="V234" s="4">
-        <v>4.67239</v>
+        <v>4.5055100000000001</v>
       </c>
       <c r="W234" s="3" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="X234" s="4">
-        <v>15958.323059509999</v>
+        <v>12822.719596000001</v>
       </c>
       <c r="Y234" s="4">
-        <v>15958.323059</v>
+        <v>12822.719596000001</v>
       </c>
       <c r="Z234" s="6">
-        <v>3.5500000000000001E-4</v>
+        <v>3.5100000000000002E-4</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D235" s="4">
         <v>10725</v>
       </c>
       <c r="E235" s="5">
-        <v>2284.0668000000001</v>
+        <v>2062.0964399999998</v>
       </c>
       <c r="F235" s="4">
-        <v>244975.70424113001</v>
+        <v>221167.54789593999</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H235" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I235" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J235" s="5">
-        <v>2284.0668000000001</v>
+        <v>2062.0964399999998</v>
       </c>
       <c r="K235" s="5">
         <v>1</v>
       </c>
       <c r="L235" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M235" s="4">
-        <v>244975.704241</v>
+        <v>221167.547895</v>
       </c>
       <c r="N235" s="4">
-        <v>244975.70424113001</v>
+        <v>221167.54789593999</v>
       </c>
       <c r="O235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P235" s="3" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="Q235" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R235" s="3" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="S235" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T235" s="4">
         <v>0.01</v>
       </c>
       <c r="U235" s="2">
         <v>49546</v>
       </c>
       <c r="V235" s="4">
-        <v>5.3370300000000004</v>
+        <v>5.17239</v>
       </c>
       <c r="W235" s="3" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="X235" s="4">
-        <v>9.5399411300000008</v>
+        <v>7.7047059400000002</v>
       </c>
       <c r="Y235" s="4">
-        <v>9.5399410000000007</v>
+        <v>7.7047049999999997</v>
       </c>
       <c r="Z235" s="6">
-        <v>1.9000000000000001E-4</v>
+        <v>1.6899999999999999E-4</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D236" s="4">
-        <v>3091187.5360480002</v>
+        <v>2466980.00122</v>
       </c>
       <c r="E236" s="5">
-        <v>100.0924</v>
+        <v>100.14709999999999</v>
       </c>
       <c r="F236" s="4">
-        <v>3128511.0152096399</v>
+        <v>2474157.9262315501</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H236" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I236" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J236" s="5">
-        <v>100.0924</v>
+        <v>100.14709999999999</v>
       </c>
       <c r="K236" s="5">
         <v>1</v>
       </c>
       <c r="L236" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M236" s="4">
-        <v>3128511.0152090001</v>
+        <v>2474157.9262310001</v>
       </c>
       <c r="N236" s="4">
-        <v>3128511.0152096399</v>
+        <v>2474157.9262315501</v>
       </c>
       <c r="O236" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P236" s="3" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="Q236" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R236" s="3" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="S236" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T236" s="4">
         <v>0.01</v>
       </c>
       <c r="U236" s="2">
         <v>47960</v>
       </c>
       <c r="V236" s="4">
-        <v>5.6536</v>
+        <v>5.17896</v>
       </c>
       <c r="W236" s="3" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="X236" s="4">
-        <v>34467.221878329998</v>
+        <v>3548.9974297600002</v>
       </c>
       <c r="Y236" s="4">
-        <v>34467.221877999997</v>
+        <v>3548.997429</v>
       </c>
       <c r="Z236" s="6">
-        <v>2.4320000000000001E-3</v>
+        <v>1.8990000000000001E-3</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D237" s="4">
-        <v>5798681.1303200005</v>
+        <v>5757425.5181689998</v>
       </c>
       <c r="E237" s="5">
-        <v>41.384300000000003</v>
+        <v>40.54786</v>
       </c>
       <c r="F237" s="4">
-        <v>2399743.5950150201</v>
+        <v>2334512.8387114401</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H237" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I237" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J237" s="5">
-        <v>41.384300000000003</v>
+        <v>40.54786</v>
       </c>
       <c r="K237" s="5">
         <v>1</v>
       </c>
       <c r="L237" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M237" s="4">
-        <v>2399743.5950150001</v>
+        <v>2334512.838711</v>
       </c>
       <c r="N237" s="4">
-        <v>2399743.5950150201</v>
+        <v>2334512.8387114401</v>
       </c>
       <c r="O237" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P237" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="Q237" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R237" s="3" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="S237" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T237" s="4">
         <v>0.01</v>
       </c>
       <c r="U237" s="2">
         <v>54132</v>
       </c>
       <c r="V237" s="4">
         <v>7.6079999999999997</v>
       </c>
       <c r="W237" s="3" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="X237" s="4">
         <v>0</v>
       </c>
       <c r="Y237" s="4">
         <v>0</v>
       </c>
       <c r="Z237" s="6">
-        <v>1.8649999999999999E-3</v>
+        <v>1.7910000000000001E-3</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D238" s="4">
         <v>11752083.851600001</v>
       </c>
       <c r="E238" s="5">
-        <v>12.95049</v>
+        <v>12.657679999999999</v>
       </c>
       <c r="F238" s="4">
-        <v>1521952.44399311</v>
+        <v>1487541.1672672399</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H238" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I238" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J238" s="5">
-        <v>12.95049</v>
+        <v>12.657679999999999</v>
       </c>
       <c r="K238" s="5">
         <v>1</v>
       </c>
       <c r="L238" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M238" s="4">
-        <v>1521952.4439930001</v>
+        <v>1487541.1672670001</v>
       </c>
       <c r="N238" s="4">
-        <v>1521952.44399311</v>
+        <v>1487541.1672672399</v>
       </c>
       <c r="O238" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P238" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="Q238" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R238" s="3" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="S238" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T238" s="4">
         <v>0.01</v>
       </c>
       <c r="U238" s="2">
         <v>50086</v>
       </c>
       <c r="V238" s="4">
         <v>7.4</v>
       </c>
       <c r="W238" s="3" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="X238" s="4">
         <v>0</v>
       </c>
       <c r="Y238" s="4">
         <v>0</v>
       </c>
       <c r="Z238" s="6">
-        <v>1.183E-3</v>
+        <v>1.1410000000000001E-3</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D239" s="4">
-        <v>3446528.0165539999</v>
+        <v>3368424.8495900002</v>
       </c>
       <c r="E239" s="5">
-        <v>98.217749999999995</v>
+        <v>98.249020000000002</v>
       </c>
       <c r="F239" s="4">
-        <v>3385102.27097897</v>
+        <v>3309444.40415865</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H239" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I239" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J239" s="5">
-        <v>98.217749999999995</v>
+        <v>98.249020000000002</v>
       </c>
       <c r="K239" s="5">
         <v>1</v>
       </c>
       <c r="L239" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M239" s="4">
-        <v>3385102.270978</v>
+        <v>3309444.4041579999</v>
       </c>
       <c r="N239" s="4">
-        <v>3385102.27097897</v>
+        <v>3309444.40415865</v>
       </c>
       <c r="O239" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P239" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="Q239" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R239" s="3" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="S239" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T239" s="4">
         <v>0.01</v>
       </c>
       <c r="U239" s="2">
         <v>49140</v>
       </c>
       <c r="V239" s="4">
         <v>7.92</v>
       </c>
       <c r="W239" s="3" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="X239" s="4">
         <v>0</v>
       </c>
       <c r="Y239" s="4">
         <v>0</v>
       </c>
       <c r="Z239" s="6">
-        <v>2.6310000000000001E-3</v>
+        <v>2.5400000000000002E-3</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D240" s="4">
-        <v>2497097.1577809998</v>
+        <v>2471231.138026</v>
       </c>
       <c r="E240" s="5">
-        <v>40.756169999999997</v>
+        <v>39.786430000000003</v>
       </c>
       <c r="F240" s="4">
-        <v>1017721.1626904299</v>
+        <v>983214.64686884999</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H240" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I240" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J240" s="5">
-        <v>40.756169999999997</v>
+        <v>39.786430000000003</v>
       </c>
       <c r="K240" s="5">
         <v>1</v>
       </c>
       <c r="L240" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M240" s="4">
-        <v>1017721.16269</v>
+        <v>983214.64686800004</v>
       </c>
       <c r="N240" s="4">
-        <v>1017721.1626904299</v>
+        <v>983214.64686884999</v>
       </c>
       <c r="O240" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P240" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="Q240" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R240" s="3" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="S240" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T240" s="4">
         <v>0.01</v>
       </c>
       <c r="U240" s="2">
-        <v>49355</v>
+        <v>49324</v>
       </c>
       <c r="V240" s="4">
         <v>6.93</v>
       </c>
       <c r="W240" s="3" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="X240" s="4">
         <v>0</v>
       </c>
       <c r="Y240" s="4">
         <v>0</v>
       </c>
       <c r="Z240" s="6">
-        <v>7.9100000000000004E-4</v>
+        <v>7.54E-4</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D241" s="4">
-        <v>1920744.8630949999</v>
+        <v>1893568.136865</v>
       </c>
       <c r="E241" s="5">
-        <v>100.69901</v>
+        <v>100.73009</v>
       </c>
       <c r="F241" s="4">
-        <v>1934171.0617625201</v>
+        <v>1907392.88847544</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H241" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I241" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J241" s="5">
-        <v>100.69901</v>
+        <v>100.73009</v>
       </c>
       <c r="K241" s="5">
         <v>1</v>
       </c>
       <c r="L241" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M241" s="4">
-        <v>1934171.061762</v>
+        <v>1907392.8884749999</v>
       </c>
       <c r="N241" s="4">
-        <v>1934171.0617625201</v>
+        <v>1907392.88847544</v>
       </c>
       <c r="O241" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P241" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="Q241" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R241" s="3" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="S241" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T241" s="4">
         <v>0.01</v>
       </c>
       <c r="U241" s="2">
-        <v>50298</v>
+        <v>50267</v>
       </c>
       <c r="V241" s="4">
         <v>6.89</v>
       </c>
       <c r="W241" s="3" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="X241" s="4">
         <v>0</v>
       </c>
       <c r="Y241" s="4">
         <v>0</v>
       </c>
       <c r="Z241" s="6">
-        <v>1.503E-3</v>
+        <v>1.464E-3</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D242" s="4">
         <v>1083456</v>
       </c>
       <c r="E242" s="5">
-        <v>0.71579999999999999</v>
+        <v>0.72940000000000005</v>
       </c>
       <c r="F242" s="4">
-        <v>7755.3780479999996</v>
+        <v>7902.7280639999999</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H242" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I242" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J242" s="5">
-        <v>0.71579999999999999</v>
+        <v>0.72940000000000005</v>
       </c>
       <c r="K242" s="5">
         <v>1</v>
       </c>
       <c r="L242" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M242" s="4">
-        <v>7755.3780479999996</v>
+        <v>7902.7280639999999</v>
       </c>
       <c r="N242" s="4">
-        <v>7755.3780479999996</v>
+        <v>7902.7280639999999</v>
       </c>
       <c r="O242" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P242" s="3" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="Q242" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R242" s="3" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="S242" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T242" s="4">
         <v>0.01</v>
       </c>
       <c r="U242" s="2">
         <v>46220</v>
       </c>
       <c r="V242" s="4">
         <v>0</v>
       </c>
       <c r="W242" s="3" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
       <c r="X242" s="4">
         <v>0</v>
       </c>
       <c r="Y242" s="4">
         <v>0</v>
       </c>
       <c r="Z242" s="6">
         <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D243" s="4">
-        <v>2190000</v>
+        <v>1572516.9491099999</v>
       </c>
       <c r="E243" s="5">
-        <v>100.19799999999999</v>
+        <v>100.25020000000001</v>
       </c>
       <c r="F243" s="4">
-        <v>2222464.60623333</v>
+        <v>1580148.9242449601</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H243" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I243" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J243" s="5">
-        <v>100.19799999999999</v>
+        <v>100.25020000000001</v>
       </c>
       <c r="K243" s="5">
         <v>1</v>
       </c>
       <c r="L243" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M243" s="4">
-        <v>2222464.6062329998</v>
+        <v>1580148.9242440001</v>
       </c>
       <c r="N243" s="4">
-        <v>2222464.60623333</v>
+        <v>1580148.9242449601</v>
       </c>
       <c r="O243" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P243" s="3" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="Q243" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R243" s="3" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="S243" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T243" s="4">
         <v>0.01</v>
       </c>
       <c r="U243" s="2">
         <v>47865</v>
       </c>
       <c r="V243" s="4">
-        <v>6.0840100000000001</v>
+        <v>5.6432399999999996</v>
       </c>
       <c r="W243" s="3" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="X243" s="4">
-        <v>28128.406233329999</v>
+        <v>3697.5377282899999</v>
       </c>
       <c r="Y243" s="4">
-        <v>28128.406233000002</v>
+        <v>3697.5377279999998</v>
       </c>
       <c r="Z243" s="6">
-        <v>1.727E-3</v>
+        <v>1.212E-3</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D244" s="4">
-        <v>2780503.2858899999</v>
+        <v>1673975.3169</v>
       </c>
       <c r="E244" s="5">
-        <v>100.01609999999999</v>
+        <v>100.0712</v>
       </c>
       <c r="F244" s="4">
-        <v>2814682.6596051799</v>
+        <v>1679266.77845134</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H244" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I244" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J244" s="5">
-        <v>100.01609999999999</v>
+        <v>100.0712</v>
       </c>
       <c r="K244" s="5">
         <v>1</v>
       </c>
       <c r="L244" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M244" s="4">
-        <v>2814682.6596050002</v>
+        <v>1679266.7784510001</v>
       </c>
       <c r="N244" s="4">
-        <v>2814682.6596051799</v>
+        <v>1679266.77845134</v>
       </c>
       <c r="O244" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P244" s="3" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="Q244" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R244" s="3" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="S244" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T244" s="4">
         <v>0.01</v>
       </c>
       <c r="U244" s="2">
         <v>47953</v>
       </c>
       <c r="V244" s="4">
-        <v>5.5991600000000004</v>
+        <v>5.1861499999999996</v>
       </c>
       <c r="W244" s="3" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="X244" s="4">
-        <v>33731.71268615</v>
+        <v>4099.5911257099997</v>
       </c>
       <c r="Y244" s="4">
-        <v>33731.712685999999</v>
+        <v>4099.5911249999999</v>
       </c>
       <c r="Z244" s="6">
-        <v>2.1879999999999998E-3</v>
+        <v>1.2880000000000001E-3</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D245" s="4">
-        <v>601520.01895599999</v>
+        <v>573727.841839</v>
       </c>
       <c r="E245" s="5">
-        <v>100.39998</v>
+        <v>100.27931</v>
       </c>
       <c r="F245" s="4">
-        <v>603925.97872768994</v>
+        <v>575330.32107395004</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H245" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I245" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J245" s="5">
-        <v>100.39998</v>
+        <v>100.27931</v>
       </c>
       <c r="K245" s="5">
         <v>1</v>
       </c>
       <c r="L245" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M245" s="4">
-        <v>603925.97872699995</v>
+        <v>575330.32107299997</v>
       </c>
       <c r="N245" s="4">
-        <v>603925.97872768994</v>
+        <v>575330.32107395004</v>
       </c>
       <c r="O245" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="S245" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T245" s="4">
         <v>0.01</v>
       </c>
       <c r="U245" s="2">
         <v>47894</v>
       </c>
       <c r="V245" s="4">
         <v>7.5</v>
       </c>
       <c r="W245" s="3" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="X245" s="4">
         <v>0</v>
       </c>
       <c r="Y245" s="4">
         <v>0</v>
       </c>
       <c r="Z245" s="6">
-        <v>4.6900000000000002E-4</v>
+        <v>4.4099999999999999E-4</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D246" s="4">
-        <v>2106124.2105040001</v>
+        <v>2025624.541952</v>
       </c>
       <c r="E246" s="5">
-        <v>100.71095</v>
+        <v>100.57236</v>
       </c>
       <c r="F246" s="4">
-        <v>2121097.7005780698</v>
+        <v>2037218.4065803201</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H246" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I246" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J246" s="5">
-        <v>100.71095</v>
+        <v>100.57236</v>
       </c>
       <c r="K246" s="5">
         <v>1</v>
       </c>
       <c r="L246" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M246" s="4">
-        <v>2121097.7005779999</v>
+        <v>2037218.40658</v>
       </c>
       <c r="N246" s="4">
-        <v>2121097.7005780698</v>
+        <v>2037218.4065803201</v>
       </c>
       <c r="O246" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P246" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="Q246" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R246" s="3" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="S246" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T246" s="4">
         <v>0.01</v>
       </c>
       <c r="U246" s="2">
         <v>47741</v>
       </c>
       <c r="V246" s="4">
         <v>7.415</v>
       </c>
       <c r="W246" s="3" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
       <c r="X246" s="4">
         <v>0</v>
       </c>
       <c r="Y246" s="4">
         <v>0</v>
       </c>
       <c r="Z246" s="6">
-        <v>1.6490000000000001E-3</v>
+        <v>1.5629999999999999E-3</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D247" s="4">
-        <v>7541150.91768</v>
+        <v>7316784.9663300002</v>
       </c>
       <c r="E247" s="5">
-        <v>100.85369</v>
+        <v>100.70179</v>
       </c>
       <c r="F247" s="4">
-        <v>7605528.96894914</v>
+        <v>7368133.4315452101</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H247" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I247" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J247" s="5">
-        <v>100.85369</v>
+        <v>100.70179</v>
       </c>
       <c r="K247" s="5">
         <v>1</v>
       </c>
       <c r="L247" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M247" s="4">
-        <v>7605528.9689490004</v>
+        <v>7368133.4315449996</v>
       </c>
       <c r="N247" s="4">
-        <v>7605528.96894914</v>
+        <v>7368133.4315452101</v>
       </c>
       <c r="O247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="Q247" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="S247" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T247" s="4">
         <v>0.01</v>
       </c>
       <c r="U247" s="2">
         <v>60351</v>
       </c>
       <c r="V247" s="4">
         <v>5.4720000000000004</v>
       </c>
       <c r="W247" s="3" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
       <c r="X247" s="4">
         <v>0</v>
       </c>
       <c r="Y247" s="4">
         <v>0</v>
       </c>
       <c r="Z247" s="6">
-        <v>5.9129999999999999E-3</v>
+        <v>5.6550000000000003E-3</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D248" s="4">
-        <v>1363537.9271249999</v>
+        <v>1332847.6758000001</v>
       </c>
       <c r="E248" s="5">
-        <v>95.160880000000006</v>
+        <v>95.237229999999997</v>
       </c>
       <c r="F248" s="4">
-        <v>1297554.6905859101</v>
+        <v>1269367.2065512999</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H248" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I248" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J248" s="5">
-        <v>95.160880000000006</v>
+        <v>95.237229999999997</v>
       </c>
       <c r="K248" s="5">
         <v>1</v>
       </c>
       <c r="L248" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M248" s="4">
-        <v>1297554.690585</v>
+        <v>1269367.206551</v>
       </c>
       <c r="N248" s="4">
-        <v>1297554.6905859101</v>
+        <v>1269367.2065512999</v>
       </c>
       <c r="O248" s="3" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="P248" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="Q248" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R248" s="3" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="S248" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T248" s="4">
         <v>0.01</v>
       </c>
       <c r="U248" s="2">
-        <v>47771</v>
+        <v>47894</v>
       </c>
       <c r="V248" s="4">
         <v>5.05</v>
       </c>
       <c r="W248" s="3" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="X248" s="4">
         <v>0</v>
       </c>
       <c r="Y248" s="4">
         <v>0</v>
       </c>
       <c r="Z248" s="6">
-        <v>1.008E-3</v>
+        <v>9.7400000000000004E-4</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D249" s="4">
-        <v>281621.32893100003</v>
+        <v>275282.65354700002</v>
       </c>
       <c r="E249" s="5">
-        <v>96.175880000000006</v>
+        <v>96.239410000000007</v>
       </c>
       <c r="F249" s="4">
-        <v>270851.79136699002</v>
+        <v>264930.40160593</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H249" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I249" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J249" s="5">
-        <v>96.175880000000006</v>
+        <v>96.239410000000007</v>
       </c>
       <c r="K249" s="5">
         <v>1</v>
       </c>
       <c r="L249" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M249" s="4">
-        <v>270851.79136600002</v>
+        <v>264930.40160500002</v>
       </c>
       <c r="N249" s="4">
-        <v>270851.79136699002</v>
+        <v>264930.40160593</v>
       </c>
       <c r="O249" s="3" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="P249" s="3" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
       <c r="Q249" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R249" s="3" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="S249" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T249" s="4">
         <v>0.01</v>
       </c>
       <c r="U249" s="2">
         <v>48197</v>
       </c>
       <c r="V249" s="4">
         <v>5.69</v>
       </c>
       <c r="W249" s="3" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
       <c r="X249" s="4">
         <v>0</v>
       </c>
       <c r="Y249" s="4">
         <v>0</v>
       </c>
       <c r="Z249" s="6">
-        <v>2.1000000000000001E-4</v>
+        <v>2.03E-4</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D250" s="4">
-        <v>1291706.0547499999</v>
+        <v>1284512.5373</v>
       </c>
       <c r="E250" s="5">
-        <v>94.757230000000007</v>
+        <v>94.994990000000001</v>
       </c>
       <c r="F250" s="4">
-        <v>1223984.8772233799</v>
+        <v>1220222.5563568801</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H250" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I250" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J250" s="5">
-        <v>94.757230000000007</v>
+        <v>94.994990000000001</v>
       </c>
       <c r="K250" s="5">
         <v>1</v>
       </c>
       <c r="L250" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M250" s="4">
-        <v>1223984.8772229999</v>
+        <v>1220222.556356</v>
       </c>
       <c r="N250" s="4">
-        <v>1223984.8772233799</v>
+        <v>1220222.5563568801</v>
       </c>
       <c r="O250" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P250" s="3" t="s">
-        <v>810</v>
+        <v>820</v>
       </c>
       <c r="Q250" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R250" s="3" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="S250" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T250" s="4">
         <v>0.01</v>
       </c>
       <c r="U250" s="2">
         <v>51487</v>
       </c>
       <c r="V250" s="4">
         <v>2.3929999999999998</v>
       </c>
       <c r="W250" s="3" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="X250" s="4">
         <v>0</v>
       </c>
       <c r="Y250" s="4">
         <v>0</v>
       </c>
       <c r="Z250" s="6">
-        <v>9.5100000000000002E-4</v>
+        <v>9.3599999999999998E-4</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D251" s="4">
         <v>4000000</v>
       </c>
       <c r="E251" s="5">
-        <v>103.03158000000001</v>
+        <v>102.63164999999999</v>
       </c>
       <c r="F251" s="4">
-        <v>4121263.2</v>
+        <v>4105266</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H251" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I251" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J251" s="5">
-        <v>103.03158000000001</v>
+        <v>102.63164999999999</v>
       </c>
       <c r="K251" s="5">
         <v>1</v>
       </c>
       <c r="L251" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M251" s="4">
-        <v>4121263.2</v>
+        <v>4105266</v>
       </c>
       <c r="N251" s="4">
-        <v>4121263.2</v>
+        <v>4105266</v>
       </c>
       <c r="O251" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P251" s="3" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R251" s="3" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="S251" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T251" s="4">
         <v>0.01</v>
       </c>
       <c r="U251" s="2">
         <v>51818</v>
       </c>
       <c r="V251" s="4">
         <v>5.3883400000000004</v>
       </c>
       <c r="W251" s="3" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="X251" s="4">
         <v>0</v>
       </c>
       <c r="Y251" s="4">
         <v>0</v>
       </c>
       <c r="Z251" s="6">
-        <v>3.2039999999999998E-3</v>
+        <v>3.1510000000000002E-3</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D252" s="4">
         <v>4000000</v>
       </c>
       <c r="E252" s="5">
-        <v>104.65954000000001</v>
+        <v>105.5291</v>
       </c>
       <c r="F252" s="4">
-        <v>4186381.6</v>
+        <v>4221164</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H252" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I252" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J252" s="5">
-        <v>104.65954000000001</v>
+        <v>105.5291</v>
       </c>
       <c r="K252" s="5">
         <v>1</v>
       </c>
       <c r="L252" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M252" s="4">
-        <v>4186381.6</v>
+        <v>4221164</v>
       </c>
       <c r="N252" s="4">
-        <v>4186381.6</v>
+        <v>4221164</v>
       </c>
       <c r="O252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="S252" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T252" s="4">
         <v>0.01</v>
       </c>
       <c r="U252" s="2">
         <v>51818</v>
       </c>
       <c r="V252" s="4">
         <v>8.8190600000000003</v>
       </c>
       <c r="W252" s="3" t="s">
-        <v>818</v>
+        <v>828</v>
       </c>
       <c r="X252" s="4">
         <v>0</v>
       </c>
       <c r="Y252" s="4">
         <v>0</v>
       </c>
       <c r="Z252" s="6">
-        <v>3.2539999999999999E-3</v>
+        <v>3.2399999999999998E-3</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D253" s="4">
         <v>4328989.1145900004</v>
       </c>
       <c r="E253" s="5">
-        <v>1.1425099999999999</v>
+        <v>1.0876600000000001</v>
       </c>
       <c r="F253" s="4">
-        <v>49459.133533100001</v>
+        <v>47084.683003749997</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H253" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I253" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J253" s="5">
-        <v>1.1425099999999999</v>
+        <v>1.0876600000000001</v>
       </c>
       <c r="K253" s="5">
         <v>1</v>
       </c>
       <c r="L253" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M253" s="4">
-        <v>49459.133533</v>
+        <v>47084.683002999998</v>
       </c>
       <c r="N253" s="4">
-        <v>49459.133533100001</v>
+        <v>47084.683003749997</v>
       </c>
       <c r="O253" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="S253" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T253" s="4">
         <v>0.01</v>
       </c>
       <c r="U253" s="2">
         <v>49577</v>
       </c>
       <c r="V253" s="4">
-        <v>5.3188599999999999</v>
+        <v>5.31806</v>
       </c>
       <c r="W253" s="3" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="X253" s="4">
         <v>0</v>
       </c>
       <c r="Y253" s="4">
         <v>0</v>
       </c>
       <c r="Z253" s="6">
-        <v>3.8000000000000002E-5</v>
+        <v>3.6000000000000001E-5</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D254" s="4">
         <v>507.89310599999999</v>
       </c>
       <c r="E254" s="5">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="F254" s="4">
         <v>5.0799999999999996E-6</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H254" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I254" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J254" s="5">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="K254" s="5">
         <v>1</v>
       </c>
       <c r="L254" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M254" s="4">
         <v>5.0000000000000004E-6</v>
       </c>
       <c r="N254" s="4">
         <v>5.0799999999999996E-6</v>
       </c>
       <c r="O254" s="3" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="P254" s="3" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="Q254" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R254" s="3" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="S254" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T254" s="4">
         <v>0.01</v>
       </c>
       <c r="U254" s="2">
         <v>49577</v>
       </c>
       <c r="V254" s="4">
         <v>6.2288360000000003</v>
       </c>
       <c r="W254" s="3" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="X254" s="4">
         <v>0</v>
       </c>
       <c r="Y254" s="4">
         <v>0</v>
       </c>
       <c r="Z254" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D255" s="4">
-        <v>2371895.6917679999</v>
+        <v>2363005.8755640001</v>
       </c>
       <c r="E255" s="5">
-        <v>96.255989999999997</v>
+        <v>97.383290000000002</v>
       </c>
       <c r="F255" s="4">
-        <v>2285255.0029227501</v>
+        <v>2302914.10775404</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H255" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I255" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J255" s="5">
-        <v>96.255989999999997</v>
+        <v>97.383290000000002</v>
       </c>
       <c r="K255" s="5">
         <v>1</v>
       </c>
       <c r="L255" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M255" s="4">
-        <v>2285255.0029219999</v>
+        <v>2302914.107754</v>
       </c>
       <c r="N255" s="4">
-        <v>2285255.0029227501</v>
+        <v>2302914.10775404</v>
       </c>
       <c r="O255" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P255" s="3" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="Q255" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R255" s="3" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="S255" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T255" s="4">
         <v>0.01</v>
       </c>
       <c r="U255" s="2">
         <v>60202</v>
       </c>
       <c r="V255" s="4">
-        <v>5.4723899999999999</v>
+        <v>5.3055099999999999</v>
       </c>
       <c r="W255" s="3" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="X255" s="4">
-        <v>2163.32304411</v>
+        <v>1741.2432365100001</v>
       </c>
       <c r="Y255" s="4">
-        <v>2163.3230440000002</v>
+        <v>1741.243236</v>
       </c>
       <c r="Z255" s="6">
-        <v>1.776E-3</v>
+        <v>1.7669999999999999E-3</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D256" s="4">
         <v>15303443.983077001</v>
       </c>
       <c r="E256" s="5">
-        <v>24.066610000000001</v>
+        <v>24.196940000000001</v>
       </c>
       <c r="F256" s="4">
-        <v>3683020.1799756102</v>
+        <v>3702965.1585187502</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H256" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I256" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J256" s="5">
-        <v>24.066610000000001</v>
+        <v>24.196940000000001</v>
       </c>
       <c r="K256" s="5">
         <v>1</v>
       </c>
       <c r="L256" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M256" s="4">
-        <v>3683020.1799750002</v>
+        <v>3702965.158518</v>
       </c>
       <c r="N256" s="4">
-        <v>3683020.1799756102</v>
+        <v>3702965.1585187502</v>
       </c>
       <c r="O256" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P256" s="3" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="Q256" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R256" s="3" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="S256" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T256" s="4">
         <v>0.01</v>
       </c>
       <c r="U256" s="2">
         <v>49881</v>
       </c>
       <c r="V256" s="4">
         <v>6.5</v>
       </c>
       <c r="W256" s="3" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="X256" s="4">
         <v>0</v>
       </c>
       <c r="Y256" s="4">
         <v>0</v>
       </c>
       <c r="Z256" s="6">
-        <v>2.8630000000000001E-3</v>
+        <v>2.8419999999999999E-3</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D257" s="4">
         <v>6000000</v>
       </c>
       <c r="E257" s="5">
-        <v>100.18640000000001</v>
+        <v>100.13460000000001</v>
       </c>
       <c r="F257" s="4">
-        <v>6054480.0499999998</v>
+        <v>6083328.6583333304</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H257" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I257" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J257" s="5">
-        <v>100.18640000000001</v>
+        <v>100.13460000000001</v>
       </c>
       <c r="K257" s="5">
         <v>1</v>
       </c>
       <c r="L257" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M257" s="4">
-        <v>6054480.0499999998</v>
+        <v>6083328.6583329998</v>
       </c>
       <c r="N257" s="4">
-        <v>6054480.0499999998</v>
+        <v>6083328.6583333304</v>
       </c>
       <c r="O257" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P257" s="3" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="Q257" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R257" s="3" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="S257" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T257" s="4">
         <v>0.01</v>
       </c>
       <c r="U257" s="2">
         <v>47988</v>
       </c>
       <c r="V257" s="4">
         <v>6.1851500000000001</v>
       </c>
       <c r="W257" s="3" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="X257" s="4">
-        <v>43296.05</v>
+        <v>75252.658333329993</v>
       </c>
       <c r="Y257" s="4">
-        <v>43296.05</v>
+        <v>75252.658332999999</v>
       </c>
       <c r="Z257" s="6">
-        <v>4.7070000000000002E-3</v>
+        <v>4.6690000000000004E-3</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D258" s="4">
         <v>1939288.7339999999</v>
       </c>
       <c r="E258" s="5">
-        <v>48.652639999999998</v>
+        <v>48.504469999999998</v>
       </c>
       <c r="F258" s="4">
-        <v>948599.91242164001</v>
+        <v>955578.16388884</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H258" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I258" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J258" s="5">
-        <v>48.652639999999998</v>
+        <v>48.504469999999998</v>
       </c>
       <c r="K258" s="5">
         <v>1</v>
       </c>
       <c r="L258" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M258" s="4">
-        <v>948599.91242099996</v>
+        <v>955578.16388799995</v>
       </c>
       <c r="N258" s="4">
-        <v>948599.91242164001</v>
+        <v>955578.16388884</v>
       </c>
       <c r="O258" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P258" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q258" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R258" s="3" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="S258" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T258" s="4">
         <v>0.01</v>
       </c>
       <c r="U258" s="2">
         <v>50115</v>
       </c>
       <c r="V258" s="4">
         <v>5.8994200000000001</v>
       </c>
       <c r="W258" s="3" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
       <c r="X258" s="4">
-        <v>5084.7461080599996</v>
+        <v>14936.44169243</v>
       </c>
       <c r="Y258" s="4">
-        <v>5084.7461080000003</v>
+        <v>14936.441692</v>
       </c>
       <c r="Z258" s="6">
-        <v>7.3700000000000002E-4</v>
+        <v>7.3300000000000004E-4</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D259" s="4">
-        <v>1919000</v>
+        <v>1797000</v>
       </c>
       <c r="E259" s="5">
-        <v>99.75</v>
+        <v>99.68</v>
       </c>
       <c r="F259" s="4">
-        <v>1917472.26384389</v>
+        <v>1794387.7235625</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H259" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I259" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J259" s="5">
-        <v>99.75</v>
+        <v>99.68</v>
       </c>
       <c r="K259" s="5">
         <v>1</v>
       </c>
       <c r="L259" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M259" s="4">
-        <v>1917472.2638429999</v>
+        <v>1794387.7235620001</v>
       </c>
       <c r="N259" s="4">
-        <v>1917472.26384389</v>
+        <v>1794387.7235625</v>
       </c>
       <c r="O259" s="3" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="P259" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q259" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R259" s="3" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
       <c r="S259" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T259" s="4">
         <v>0.01</v>
       </c>
       <c r="U259" s="2">
         <v>48382</v>
       </c>
       <c r="V259" s="4">
         <v>4.75</v>
       </c>
       <c r="W259" s="3" t="s">
-        <v>845</v>
+        <v>855</v>
       </c>
       <c r="X259" s="4">
-        <v>3269.7638438899999</v>
+        <v>3138.1235624999999</v>
       </c>
       <c r="Y259" s="4">
-        <v>3269.7638430000002</v>
+        <v>3138.1235620000002</v>
       </c>
       <c r="Z259" s="6">
-        <v>1.49E-3</v>
+        <v>1.377E-3</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D260" s="4">
-        <v>900000</v>
+        <v>850000</v>
       </c>
       <c r="E260" s="5">
-        <v>99.75</v>
+        <v>99.68</v>
       </c>
       <c r="F260" s="4">
-        <v>899073</v>
+        <v>848946</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H260" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I260" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J260" s="5">
-        <v>99.75</v>
+        <v>99.68</v>
       </c>
       <c r="K260" s="5">
         <v>1</v>
       </c>
       <c r="L260" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M260" s="4">
-        <v>899073</v>
+        <v>848946</v>
       </c>
       <c r="N260" s="4">
-        <v>899073</v>
+        <v>848946</v>
       </c>
       <c r="O260" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P260" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q260" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R260" s="3" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="S260" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T260" s="4">
         <v>0.01</v>
       </c>
       <c r="U260" s="2">
-        <v>49810</v>
+        <v>49842</v>
       </c>
       <c r="V260" s="4">
         <v>4.75</v>
       </c>
       <c r="W260" s="3" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="X260" s="4">
-        <v>1323</v>
+        <v>1666</v>
       </c>
       <c r="Y260" s="4">
-        <v>1323</v>
+        <v>1666</v>
       </c>
       <c r="Z260" s="6">
-        <v>6.9899999999999997E-4</v>
+        <v>6.5099999999999999E-4</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D261" s="4">
         <v>5400349.5891279997</v>
       </c>
       <c r="E261" s="5">
-        <v>27.341229999999999</v>
+        <v>26.742660000000001</v>
       </c>
       <c r="F261" s="4">
-        <v>1490681.5265777099</v>
+        <v>1485790.7329744501</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H261" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I261" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J261" s="5">
-        <v>27.341229999999999</v>
+        <v>26.742660000000001</v>
       </c>
       <c r="K261" s="5">
         <v>1</v>
       </c>
       <c r="L261" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M261" s="4">
-        <v>1490681.526577</v>
+        <v>1485790.732974</v>
       </c>
       <c r="N261" s="4">
-        <v>1490681.5265777099</v>
+        <v>1485790.7329744501</v>
       </c>
       <c r="O261" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P261" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q261" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R261" s="3" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="S261" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T261" s="4">
         <v>0.01</v>
       </c>
       <c r="U261" s="2">
         <v>48472</v>
       </c>
       <c r="V261" s="4">
         <v>5.8990710000000002</v>
       </c>
       <c r="W261" s="3" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="X261" s="4">
-        <v>14159.524610259999</v>
+        <v>41593.603542650002</v>
       </c>
       <c r="Y261" s="4">
-        <v>14159.52461</v>
+        <v>41593.603541999997</v>
       </c>
       <c r="Z261" s="6">
-        <v>1.1590000000000001E-3</v>
+        <v>1.14E-3</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D262" s="4">
         <v>2306006.9063599999</v>
       </c>
       <c r="E262" s="5">
-        <v>99.650040000000004</v>
+        <v>99.694940000000003</v>
       </c>
       <c r="F262" s="4">
-        <v>2302753.2023575599</v>
+        <v>2313120.3701322</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H262" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I262" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J262" s="5">
-        <v>99.650040000000004</v>
+        <v>99.694940000000003</v>
       </c>
       <c r="K262" s="5">
         <v>1</v>
       </c>
       <c r="L262" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M262" s="4">
-        <v>2302753.2023570002</v>
+        <v>2313120.3701320002</v>
       </c>
       <c r="N262" s="4">
-        <v>2302753.2023575599</v>
+        <v>2313120.3701322</v>
       </c>
       <c r="O262" s="3" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="P262" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q262" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R262" s="3" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="S262" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T262" s="4">
         <v>0.01</v>
       </c>
       <c r="U262" s="2">
         <v>48745</v>
       </c>
       <c r="V262" s="4">
         <v>4.6994199999999999</v>
       </c>
       <c r="W262" s="3" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="X262" s="4">
-        <v>4816.3977670599998</v>
+        <v>14148.168440740001</v>
       </c>
       <c r="Y262" s="4">
-        <v>4816.3977670000004</v>
+        <v>14148.168439999999</v>
       </c>
       <c r="Z262" s="6">
-        <v>1.7899999999999999E-3</v>
+        <v>1.7750000000000001E-3</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D263" s="4">
         <v>5308318.3808000004</v>
       </c>
       <c r="E263" s="5">
-        <v>98.65992</v>
+        <v>98.77046</v>
       </c>
       <c r="F263" s="4">
-        <v>5248340.5643388098</v>
+        <v>5275826.8039384</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H263" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I263" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J263" s="5">
-        <v>98.65992</v>
+        <v>98.77046</v>
       </c>
       <c r="K263" s="5">
         <v>1</v>
       </c>
       <c r="L263" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M263" s="4">
-        <v>5248340.5643379996</v>
+        <v>5275826.8039380005</v>
       </c>
       <c r="N263" s="4">
-        <v>5248340.5643388098</v>
+        <v>5275826.8039384</v>
       </c>
       <c r="O263" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P263" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q263" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R263" s="3" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="S263" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T263" s="4">
         <v>0.01</v>
       </c>
       <c r="U263" s="2">
         <v>48837</v>
       </c>
       <c r="V263" s="4">
         <v>4.7294200000000002</v>
       </c>
       <c r="W263" s="3" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="X263" s="4">
-        <v>11157.89649623</v>
+        <v>32776.32095768</v>
       </c>
       <c r="Y263" s="4">
-        <v>11157.896495999999</v>
+        <v>32776.320957000004</v>
       </c>
       <c r="Z263" s="6">
-        <v>4.0800000000000003E-3</v>
+        <v>4.0489999999999996E-3</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D264" s="4">
         <v>12317502.920201</v>
       </c>
       <c r="E264" s="5">
-        <v>98.616889999999998</v>
+        <v>98.621600000000001</v>
       </c>
       <c r="F264" s="4">
-        <v>12172372.3252549</v>
+        <v>12221843.392798601</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H264" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I264" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J264" s="5">
-        <v>98.616889999999998</v>
+        <v>98.621600000000001</v>
       </c>
       <c r="K264" s="5">
         <v>1</v>
       </c>
       <c r="L264" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M264" s="4">
-        <v>12172372.325254001</v>
+        <v>12221843.392797999</v>
       </c>
       <c r="N264" s="4">
-        <v>12172372.3252549</v>
+        <v>12221843.392798601</v>
       </c>
       <c r="O264" s="3" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="P264" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q264" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R264" s="3" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="S264" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T264" s="4">
         <v>0.01</v>
       </c>
       <c r="U264" s="2">
         <v>50754</v>
       </c>
       <c r="V264" s="4">
         <v>4.6094200000000001</v>
       </c>
       <c r="W264" s="3" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="X264" s="4">
-        <v>25234.019693530001</v>
+        <v>74124.932849730001</v>
       </c>
       <c r="Y264" s="4">
-        <v>25234.019692999998</v>
+        <v>74124.932849000004</v>
       </c>
       <c r="Z264" s="6">
-        <v>9.4640000000000002E-3</v>
+        <v>9.3810000000000004E-3</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D265" s="4">
         <v>8763447.5512290001</v>
       </c>
       <c r="E265" s="5">
-        <v>97.600279999999998</v>
+        <v>97.576269999999994</v>
       </c>
       <c r="F265" s="4">
-        <v>8571180.3162579592</v>
+        <v>8604011.2141742706</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H265" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I265" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J265" s="5">
-        <v>97.600279999999998</v>
+        <v>97.576269999999994</v>
       </c>
       <c r="K265" s="5">
         <v>1</v>
       </c>
       <c r="L265" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M265" s="4">
-        <v>8571180.316257</v>
+        <v>8604011.2141740005</v>
       </c>
       <c r="N265" s="4">
-        <v>8571180.3162579592</v>
+        <v>8604011.2141742706</v>
       </c>
       <c r="O265" s="3" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="P265" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q265" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R265" s="3" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="S265" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T265" s="4">
         <v>0.01</v>
       </c>
       <c r="U265" s="2">
         <v>50936</v>
       </c>
       <c r="V265" s="4">
         <v>4.6294199999999996</v>
       </c>
       <c r="W265" s="3" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="X265" s="4">
-        <v>18030.968605599999</v>
+        <v>52965.970278959998</v>
       </c>
       <c r="Y265" s="4">
-        <v>18030.968604999998</v>
+        <v>52965.970278000001</v>
       </c>
       <c r="Z265" s="6">
-        <v>6.6639999999999998E-3</v>
+        <v>6.6039999999999996E-3</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D266" s="4">
         <v>14192035.386258001</v>
       </c>
       <c r="E266" s="5">
-        <v>95.98621</v>
+        <v>96.105919999999998</v>
       </c>
       <c r="F266" s="4">
-        <v>13651344.9829241</v>
+        <v>13724421.200216001</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H266" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I266" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J266" s="5">
-        <v>95.98621</v>
+        <v>96.105919999999998</v>
       </c>
       <c r="K266" s="5">
         <v>1</v>
       </c>
       <c r="L266" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M266" s="4">
-        <v>13651344.982923999</v>
+        <v>13724421.200216001</v>
       </c>
       <c r="N266" s="4">
-        <v>13651344.9829241</v>
+        <v>13724421.200216001</v>
       </c>
       <c r="O266" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P266" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q266" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R266" s="3" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="S266" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T266" s="4">
         <v>0.01</v>
       </c>
       <c r="U266" s="2">
         <v>50936</v>
       </c>
       <c r="V266" s="4">
         <v>4.5894199999999996</v>
       </c>
       <c r="W266" s="3" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="X266" s="4">
-        <v>28948.09379662</v>
+        <v>85035.025527580001</v>
       </c>
       <c r="Y266" s="4">
-        <v>28948.093796000001</v>
+        <v>85035.025527000005</v>
       </c>
       <c r="Z266" s="6">
-        <v>1.0614E-2</v>
+        <v>1.0534E-2</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D267" s="4">
         <v>6783111.9987120004</v>
       </c>
       <c r="E267" s="5">
-        <v>97.566310000000001</v>
+        <v>97.652050000000003</v>
       </c>
       <c r="F267" s="4">
-        <v>6631807.5859235004</v>
+        <v>6664313.4682763098</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H267" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I267" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J267" s="5">
-        <v>97.566310000000001</v>
+        <v>97.652050000000003</v>
       </c>
       <c r="K267" s="5">
         <v>1</v>
       </c>
       <c r="L267" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M267" s="4">
-        <v>6631807.5859230002</v>
+        <v>6664313.4682759997</v>
       </c>
       <c r="N267" s="4">
-        <v>6631807.5859235004</v>
+        <v>6664313.4682763098</v>
       </c>
       <c r="O267" s="3" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="P267" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R267" s="3" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="S267" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T267" s="4">
         <v>0.01</v>
       </c>
       <c r="U267" s="2">
         <v>51119</v>
       </c>
       <c r="V267" s="4">
         <v>4.56942</v>
       </c>
       <c r="W267" s="3" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="X267" s="4">
-        <v>13775.50561296</v>
+        <v>40465.547738059999</v>
       </c>
       <c r="Y267" s="4">
-        <v>13775.505612000001</v>
+        <v>40465.547738000001</v>
       </c>
       <c r="Z267" s="6">
-        <v>5.156E-3</v>
+        <v>5.1149999999999998E-3</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D268" s="4">
         <v>1334103.8801579999</v>
       </c>
       <c r="E268" s="5">
-        <v>97.135819999999995</v>
+        <v>97.234530000000007</v>
       </c>
       <c r="F268" s="4">
-        <v>1298602.1129553199</v>
+        <v>1305168.40993749</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H268" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I268" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J268" s="5">
-        <v>97.135819999999995</v>
+        <v>97.234530000000007</v>
       </c>
       <c r="K268" s="5">
         <v>1</v>
       </c>
       <c r="L268" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M268" s="4">
-        <v>1298602.112955</v>
+        <v>1305168.4099369999</v>
       </c>
       <c r="N268" s="4">
-        <v>1298602.1129553199</v>
+        <v>1305168.40993749</v>
       </c>
       <c r="O268" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P268" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q268" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R268" s="3" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="S268" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T268" s="4">
         <v>0.01</v>
       </c>
       <c r="U268" s="2">
         <v>51119</v>
       </c>
       <c r="V268" s="4">
         <v>4.4994199999999998</v>
       </c>
       <c r="W268" s="3" t="s">
-        <v>876</v>
+        <v>886</v>
       </c>
       <c r="X268" s="4">
-        <v>2709.3693120299999</v>
+        <v>7958.7723540899997</v>
       </c>
       <c r="Y268" s="4">
-        <v>2709.3693119999998</v>
+        <v>7958.7723539999997</v>
       </c>
       <c r="Z268" s="6">
-        <v>1.0089999999999999E-3</v>
+        <v>1.0009999999999999E-3</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D269" s="4">
         <v>8910341.1784000006</v>
       </c>
       <c r="E269" s="5">
-        <v>98.015069999999994</v>
+        <v>98.186170000000004</v>
       </c>
       <c r="F269" s="4">
-        <v>8751453.9347818308</v>
+        <v>8801529.5621356703</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H269" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I269" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J269" s="5">
-        <v>98.015069999999994</v>
+        <v>98.186170000000004</v>
       </c>
       <c r="K269" s="5">
         <v>1</v>
       </c>
       <c r="L269" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M269" s="4">
-        <v>8751453.934781</v>
+        <v>8801529.5621349998</v>
       </c>
       <c r="N269" s="4">
-        <v>8751453.9347818308</v>
+        <v>8801529.5621356703</v>
       </c>
       <c r="O269" s="3" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="P269" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q269" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R269" s="3" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="S269" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T269" s="4">
         <v>0.01</v>
       </c>
       <c r="U269" s="2">
         <v>51851</v>
       </c>
       <c r="V269" s="4">
         <v>4.5394199999999998</v>
       </c>
       <c r="W269" s="3" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="X269" s="4">
-        <v>17976.791534249998</v>
+        <v>52806.825131849997</v>
       </c>
       <c r="Y269" s="4">
-        <v>17976.791534</v>
+        <v>52806.825130999998</v>
       </c>
       <c r="Z269" s="6">
-        <v>6.8040000000000002E-3</v>
+        <v>6.7549999999999997E-3</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D270" s="4">
-        <v>2612921.2851999998</v>
+        <v>2672290.9504</v>
       </c>
       <c r="E270" s="5">
-        <v>94.317329999999998</v>
+        <v>94.392799999999994</v>
       </c>
       <c r="F270" s="4">
-        <v>2469883.4069059901</v>
+        <v>2538810.8146609901</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H270" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I270" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J270" s="5">
-        <v>94.317329999999998</v>
+        <v>94.392799999999994</v>
       </c>
       <c r="K270" s="5">
         <v>1</v>
       </c>
       <c r="L270" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M270" s="4">
-        <v>2469883.4069050001</v>
+        <v>2538810.8146600001</v>
       </c>
       <c r="N270" s="4">
-        <v>2469883.4069059901</v>
+        <v>2538810.8146609901</v>
       </c>
       <c r="O270" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P270" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q270" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R270" s="3" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="S270" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T270" s="4">
         <v>0.01</v>
       </c>
       <c r="U270" s="2">
         <v>51119</v>
       </c>
       <c r="V270" s="4">
         <v>4.6894200000000001</v>
       </c>
       <c r="W270" s="3" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="X270" s="4">
-        <v>5445.8157036599996</v>
+        <v>16360.562431820001</v>
       </c>
       <c r="Y270" s="4">
-        <v>5445.8157030000002</v>
+        <v>16360.562431</v>
       </c>
       <c r="Z270" s="6">
-        <v>1.92E-3</v>
+        <v>1.9480000000000001E-3</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D271" s="4">
-        <v>5410278.4597199997</v>
+        <v>4014845.9865000001</v>
       </c>
       <c r="E271" s="5">
-        <v>99.997420000000005</v>
+        <v>100.00103</v>
       </c>
       <c r="F271" s="4">
-        <v>5464835.7377649201</v>
+        <v>4017856.5076106298</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H271" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I271" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J271" s="5">
-        <v>99.997420000000005</v>
+        <v>100.00103</v>
       </c>
       <c r="K271" s="5">
         <v>1</v>
       </c>
       <c r="L271" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M271" s="4">
-        <v>5464835.737764</v>
+        <v>4017856.5076100002</v>
       </c>
       <c r="N271" s="4">
-        <v>5464835.7377649201</v>
+        <v>4017856.5076106298</v>
       </c>
       <c r="O271" s="3" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
       <c r="P271" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q271" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R271" s="3" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="S271" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T271" s="4">
         <v>0.01</v>
       </c>
       <c r="U271" s="2">
-        <v>46139</v>
+        <v>46230</v>
       </c>
       <c r="V271" s="4">
-        <v>5.3522499999999997</v>
+        <v>5.3247400000000003</v>
       </c>
       <c r="W271" s="3" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="X271" s="4">
-        <v>54696.863229180002</v>
+        <v>2969.1681969699998</v>
       </c>
       <c r="Y271" s="4">
-        <v>54696.863229000002</v>
+        <v>2969.1681960000001</v>
       </c>
       <c r="Z271" s="6">
-        <v>4.248E-3</v>
+        <v>3.0839999999999999E-3</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D272" s="4">
-        <v>4212351.3535500001</v>
+        <v>3983896.0611999999</v>
       </c>
       <c r="E272" s="5">
-        <v>98.496049999999997</v>
+        <v>98.28201</v>
       </c>
       <c r="F272" s="4">
-        <v>4188243.9497438702</v>
+        <v>3918167.01058697</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H272" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I272" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J272" s="5">
-        <v>98.496049999999997</v>
+        <v>98.28201</v>
       </c>
       <c r="K272" s="5">
         <v>1</v>
       </c>
       <c r="L272" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M272" s="4">
-        <v>4188243.9497429999</v>
+        <v>3918167.010586</v>
       </c>
       <c r="N272" s="4">
-        <v>4188243.9497438702</v>
+        <v>3918167.01058697</v>
       </c>
       <c r="O272" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P272" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q272" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R272" s="3" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="S272" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T272" s="4">
         <v>0.01</v>
       </c>
       <c r="U272" s="2">
         <v>46959</v>
       </c>
       <c r="V272" s="4">
-        <v>4.9322499999999998</v>
+        <v>4.9047400000000003</v>
       </c>
       <c r="W272" s="3" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="X272" s="4">
-        <v>39244.254375589997</v>
+        <v>2713.8853287799998</v>
       </c>
       <c r="Y272" s="4">
-        <v>39244.254374999997</v>
+        <v>2713.8853279999998</v>
       </c>
       <c r="Z272" s="6">
-        <v>3.2560000000000002E-3</v>
+        <v>3.0070000000000001E-3</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>892</v>
+        <v>902</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D273" s="4">
         <v>9761242.0587200001</v>
       </c>
       <c r="E273" s="5">
-        <v>99.041370000000001</v>
+        <v>99.085189999999997</v>
       </c>
       <c r="F273" s="4">
-        <v>9695356.8634960502</v>
+        <v>9753281.6763430592</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H273" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I273" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J273" s="5">
-        <v>99.041370000000001</v>
+        <v>99.085189999999997</v>
       </c>
       <c r="K273" s="5">
         <v>1</v>
       </c>
       <c r="L273" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M273" s="4">
-        <v>9695356.8634959999</v>
+        <v>9753281.6763429996</v>
       </c>
       <c r="N273" s="4">
-        <v>9695356.8634960502</v>
+        <v>9753281.6763430592</v>
       </c>
       <c r="O273" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P273" s="3" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="Q273" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R273" s="3" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="S273" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T273" s="4">
         <v>0.01</v>
       </c>
       <c r="U273" s="2">
         <v>51302</v>
       </c>
       <c r="V273" s="4">
         <v>5.5289700000000002</v>
       </c>
       <c r="W273" s="3" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="X273" s="4">
-        <v>27688.999523549999</v>
+        <v>81336.436100439998</v>
       </c>
       <c r="Y273" s="4">
-        <v>27688.999522999999</v>
+        <v>81336.436100000006</v>
       </c>
       <c r="Z273" s="6">
-        <v>7.5380000000000004E-3</v>
+        <v>7.4859999999999996E-3</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D274" s="4">
-        <v>8373894.8735819999</v>
+        <v>7653884.0634000003</v>
       </c>
       <c r="E274" s="5">
-        <v>100.40713</v>
+        <v>100.42359</v>
       </c>
       <c r="F274" s="4">
-        <v>8518964.30280656</v>
+        <v>7693763.5845336802</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H274" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I274" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J274" s="5">
-        <v>100.40713</v>
+        <v>100.42359</v>
       </c>
       <c r="K274" s="5">
         <v>1</v>
       </c>
       <c r="L274" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M274" s="4">
-        <v>8518964.3028059993</v>
+        <v>7693763.5845330004</v>
       </c>
       <c r="N274" s="4">
-        <v>8518964.30280656</v>
+        <v>7693763.5845336802</v>
       </c>
       <c r="O274" s="3" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="P274" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q274" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R274" s="3" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="S274" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T274" s="4">
         <v>0.01</v>
       </c>
       <c r="U274" s="2">
-        <v>46777</v>
+        <v>46868</v>
       </c>
       <c r="V274" s="4">
-        <v>6.3022499999999999</v>
+        <v>6.2747400000000004</v>
       </c>
       <c r="W274" s="3" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="X274" s="4">
-        <v>110976.79102574001</v>
+        <v>7458.43362953</v>
       </c>
       <c r="Y274" s="4">
-        <v>110976.791025</v>
+        <v>7458.4336290000001</v>
       </c>
       <c r="Z274" s="6">
-        <v>6.6230000000000004E-3</v>
+        <v>5.9049999999999997E-3</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D275" s="4">
-        <v>7942889.3660380002</v>
+        <v>1150000</v>
       </c>
       <c r="E275" s="5">
-        <v>100.22689</v>
+        <v>86.697620000000001</v>
       </c>
       <c r="F275" s="4">
-        <v>8065425.6264514904</v>
+        <v>999322.63</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H275" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I275" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J275" s="5">
-        <v>100.22689</v>
+        <v>86.697620000000001</v>
       </c>
       <c r="K275" s="5">
         <v>1</v>
       </c>
       <c r="L275" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M275" s="4">
-        <v>8065425.6264509996</v>
+        <v>999322.63</v>
       </c>
       <c r="N275" s="4">
-        <v>8065425.6264514904</v>
+        <v>999322.63</v>
       </c>
       <c r="O275" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P275" s="3" t="s">
-        <v>840</v>
+        <v>911</v>
       </c>
       <c r="Q275" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R275" s="3" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="S275" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T275" s="4">
         <v>0.01</v>
       </c>
       <c r="U275" s="2">
-        <v>46959</v>
+        <v>53220</v>
       </c>
       <c r="V275" s="4">
-        <v>6.2522500000000001</v>
+        <v>4.5</v>
       </c>
       <c r="W275" s="3" t="s">
-        <v>901</v>
+        <v>912</v>
       </c>
       <c r="X275" s="4">
-        <v>104514.63873129</v>
+        <v>2300</v>
       </c>
       <c r="Y275" s="4">
-        <v>104514.638731</v>
+        <v>2300</v>
       </c>
       <c r="Z275" s="6">
-        <v>6.2700000000000004E-3</v>
+        <v>7.67E-4</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
-        <v>902</v>
+        <v>913</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>903</v>
+        <v>914</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D276" s="4">
-        <v>16233549.6281</v>
+        <v>7482197.9872770002</v>
       </c>
       <c r="E276" s="5">
-        <v>98.85342</v>
+        <v>100.24038</v>
       </c>
       <c r="F276" s="4">
-        <v>16222269.205022501</v>
+        <v>7507422.8668386899</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H276" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I276" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J276" s="5">
-        <v>98.85342</v>
+        <v>100.24038</v>
       </c>
       <c r="K276" s="5">
         <v>1</v>
       </c>
       <c r="L276" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M276" s="4">
-        <v>16222269.205022</v>
+        <v>7507422.8668379998</v>
       </c>
       <c r="N276" s="4">
-        <v>16222269.205022501</v>
+        <v>7507422.8668386899</v>
       </c>
       <c r="O276" s="3" t="s">
-        <v>904</v>
+        <v>34</v>
       </c>
       <c r="P276" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q276" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R276" s="3" t="s">
-        <v>902</v>
+        <v>913</v>
       </c>
       <c r="S276" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T276" s="4">
         <v>0.01</v>
       </c>
       <c r="U276" s="2">
-        <v>47416</v>
+        <v>46959</v>
       </c>
       <c r="V276" s="4">
-        <v>5.7022500000000003</v>
+        <v>6.2247399999999997</v>
       </c>
       <c r="W276" s="3" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="X276" s="4">
-        <v>174850.21024846</v>
+        <v>7239.1720398699999</v>
       </c>
       <c r="Y276" s="4">
-        <v>174850.21024799999</v>
+        <v>7239.172039</v>
       </c>
       <c r="Z276" s="6">
-        <v>1.2612E-2</v>
+        <v>5.7619999999999998E-3</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D277" s="4">
-        <v>3197324.1067949999</v>
+        <v>15494047.442468001</v>
       </c>
       <c r="E277" s="5">
-        <v>104.86055</v>
+        <v>98.828100000000006</v>
       </c>
       <c r="F277" s="4">
-        <v>3365541.7440171898</v>
+        <v>15324684.4630985</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H277" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I277" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J277" s="5">
-        <v>104.86055</v>
+        <v>98.828100000000006</v>
       </c>
       <c r="K277" s="5">
         <v>1</v>
       </c>
       <c r="L277" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M277" s="4">
-        <v>3365541.7440169998</v>
+        <v>15324684.463098001</v>
       </c>
       <c r="N277" s="4">
-        <v>3365541.7440171898</v>
+        <v>15324684.4630985</v>
       </c>
       <c r="O277" s="3" t="s">
-        <v>34</v>
+        <v>918</v>
       </c>
       <c r="P277" s="3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="Q277" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R277" s="3" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="S277" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T277" s="4">
         <v>0.01</v>
       </c>
       <c r="U277" s="2">
-        <v>51789</v>
+        <v>47416</v>
       </c>
       <c r="V277" s="4">
-        <v>9.01464</v>
+        <v>5.6747399999999999</v>
       </c>
       <c r="W277" s="3" t="s">
-        <v>908</v>
+        <v>919</v>
       </c>
       <c r="X277" s="4">
-        <v>12810.100349369999</v>
+        <v>12211.762608839999</v>
       </c>
       <c r="Y277" s="4">
-        <v>12810.100349</v>
+        <v>12211.762608000001</v>
       </c>
       <c r="Z277" s="6">
-        <v>2.6159999999999998E-3</v>
+        <v>1.1762E-2</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
-        <v>909</v>
+        <v>920</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>910</v>
+        <v>921</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D278" s="4">
-        <v>1832698.7279999999</v>
+        <v>3155516.981435</v>
       </c>
       <c r="E278" s="5">
-        <v>99.625720000000001</v>
+        <v>104.69437000000001</v>
       </c>
       <c r="F278" s="4">
-        <v>1828690.16788884</v>
+        <v>3316905.5687508099</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H278" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I278" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J278" s="5">
-        <v>99.625720000000001</v>
+        <v>104.69437000000001</v>
       </c>
       <c r="K278" s="5">
         <v>1</v>
       </c>
       <c r="L278" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M278" s="4">
-        <v>1828690.1678879999</v>
+        <v>3316905.5687500001</v>
       </c>
       <c r="N278" s="4">
-        <v>1828690.16788884</v>
+        <v>3316905.5687508099</v>
       </c>
       <c r="O278" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P278" s="3" t="s">
-        <v>911</v>
+        <v>850</v>
       </c>
       <c r="Q278" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R278" s="3" t="s">
-        <v>909</v>
+        <v>920</v>
       </c>
       <c r="S278" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T278" s="4">
         <v>0.01</v>
       </c>
       <c r="U278" s="2">
-        <v>51487</v>
+        <v>51789</v>
       </c>
       <c r="V278" s="4">
-        <v>3.5</v>
+        <v>8.8966499999999993</v>
       </c>
       <c r="W278" s="3" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="X278" s="4">
-        <v>2850.8646880000001</v>
+        <v>13256.94479442</v>
       </c>
       <c r="Y278" s="4">
-        <v>2850.8646880000001</v>
+        <v>13256.944793999999</v>
       </c>
       <c r="Z278" s="6">
-        <v>1.421E-3</v>
+        <v>2.545E-3</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D279" s="4">
-        <v>8953687.9225999992</v>
+        <v>1564148.3311999999</v>
       </c>
       <c r="E279" s="5">
-        <v>97.845460000000003</v>
+        <v>99.692449999999994</v>
       </c>
       <c r="F279" s="4">
-        <v>8769969.5877662804</v>
+        <v>1561770.9126337101</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H279" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I279" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J279" s="5">
-        <v>97.845460000000003</v>
+        <v>99.692449999999994</v>
       </c>
       <c r="K279" s="5">
         <v>1</v>
       </c>
       <c r="L279" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M279" s="4">
-        <v>8769969.5877659991</v>
+        <v>1561770.9126329999</v>
       </c>
       <c r="N279" s="4">
-        <v>8769969.5877662804</v>
+        <v>1561770.9126337101</v>
       </c>
       <c r="O279" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P279" s="3" t="s">
         <v>911</v>
       </c>
       <c r="Q279" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R279" s="3" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="S279" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T279" s="4">
         <v>0.01</v>
       </c>
       <c r="U279" s="2">
-        <v>55899</v>
+        <v>51487</v>
       </c>
       <c r="V279" s="4">
-        <v>2.31</v>
+        <v>3.5</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="X279" s="4">
-        <v>9192.4529338699995</v>
+        <v>2433.1196263100001</v>
       </c>
       <c r="Y279" s="4">
-        <v>9192.4529330000005</v>
+        <v>2433.1196260000002</v>
       </c>
       <c r="Z279" s="6">
-        <v>6.8180000000000003E-3</v>
+        <v>1.1980000000000001E-3</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D280" s="4">
-        <v>1000</v>
+        <v>8577175.9387049992</v>
       </c>
       <c r="E280" s="5">
-        <v>49347.798360000001</v>
+        <v>97.658150000000006</v>
       </c>
       <c r="F280" s="4">
-        <v>493477.98359999998</v>
+        <v>8385117.2446148396</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H280" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I280" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J280" s="5">
-        <v>49347.798360000001</v>
+        <v>97.658150000000006</v>
       </c>
       <c r="K280" s="5">
         <v>1</v>
       </c>
       <c r="L280" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M280" s="4">
-        <v>493477.98359999998</v>
+        <v>8385117.2446140004</v>
       </c>
       <c r="N280" s="4">
-        <v>493477.98359999998</v>
+        <v>8385117.2446148396</v>
       </c>
       <c r="O280" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P280" s="3" t="s">
         <v>911</v>
       </c>
       <c r="Q280" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R280" s="3" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="S280" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T280" s="4">
         <v>0.01</v>
       </c>
       <c r="U280" s="2">
-        <v>57269</v>
+        <v>55899</v>
       </c>
       <c r="V280" s="4">
-        <v>0</v>
+        <v>2.31</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="X280" s="4">
-        <v>0</v>
+        <v>8805.9006303999995</v>
       </c>
       <c r="Y280" s="4">
-        <v>0</v>
+        <v>8805.9006300000001</v>
       </c>
       <c r="Z280" s="6">
-        <v>3.8299999999999999E-4</v>
+        <v>6.4359999999999999E-3</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D281" s="4">
-        <v>511322.94</v>
+        <v>1000</v>
       </c>
       <c r="E281" s="5">
-        <v>100.04349999999999</v>
+        <v>47090.207609999998</v>
       </c>
       <c r="F281" s="4">
-        <v>515922.72020877001</v>
+        <v>470902.07610000001</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H281" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I281" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J281" s="5">
-        <v>100.04349999999999</v>
+        <v>47090.207609999998</v>
       </c>
       <c r="K281" s="5">
         <v>1</v>
       </c>
       <c r="L281" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M281" s="4">
-        <v>515922.72020799998</v>
+        <v>470902.07610000001</v>
       </c>
       <c r="N281" s="4">
-        <v>515922.72020877001</v>
+        <v>470902.07610000001</v>
       </c>
       <c r="O281" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P281" s="3" t="s">
-        <v>921</v>
+        <v>911</v>
       </c>
       <c r="Q281" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R281" s="3" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="S281" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T281" s="4">
         <v>0.01</v>
       </c>
       <c r="U281" s="2">
-        <v>47975</v>
+        <v>57269</v>
       </c>
       <c r="V281" s="4">
-        <v>5.6034600000000001</v>
+        <v>0</v>
       </c>
       <c r="W281" s="3" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="X281" s="4">
-        <v>4377.3547298699996</v>
+        <v>0</v>
       </c>
       <c r="Y281" s="4">
-        <v>4377.3547289999997</v>
+        <v>0</v>
       </c>
       <c r="Z281" s="6">
-        <v>4.0099999999999999E-4</v>
+        <v>3.6099999999999999E-4</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D282" s="4">
-        <v>1066282.791924</v>
+        <v>511322.94</v>
       </c>
       <c r="E282" s="5">
-        <v>99.919700000000006</v>
+        <v>100.0172</v>
       </c>
       <c r="F282" s="4">
-        <v>1078178.8869632201</v>
+        <v>518255.47857784998</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H282" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I282" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J282" s="5">
-        <v>99.919700000000006</v>
+        <v>100.0172</v>
       </c>
       <c r="K282" s="5">
         <v>1</v>
       </c>
       <c r="L282" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M282" s="4">
-        <v>1078178.8869630001</v>
+        <v>518255.47857699997</v>
       </c>
       <c r="N282" s="4">
-        <v>1078178.8869632201</v>
+        <v>518255.47857784998</v>
       </c>
       <c r="O282" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P282" s="3" t="s">
-        <v>925</v>
+        <v>934</v>
       </c>
       <c r="Q282" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R282" s="3" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="S282" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T282" s="4">
         <v>0.01</v>
       </c>
       <c r="U282" s="2">
-        <v>47956</v>
+        <v>47975</v>
       </c>
       <c r="V282" s="4">
-        <v>5.7406100000000002</v>
+        <v>5.2311699999999997</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="X282" s="4">
-        <v>12752.320121139999</v>
+        <v>6844.5910321700003</v>
       </c>
       <c r="Y282" s="4">
-        <v>12752.320121000001</v>
+        <v>6844.5910320000003</v>
       </c>
       <c r="Z282" s="6">
-        <v>8.3799999999999999E-4</v>
+        <v>3.97E-4</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D283" s="4">
-        <v>719424.07445099996</v>
+        <v>755452.01613</v>
       </c>
       <c r="E283" s="5">
-        <v>100.0137</v>
+        <v>100.1584</v>
       </c>
       <c r="F283" s="4">
-        <v>728219.16325750004</v>
+        <v>757982.28934023005</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H283" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I283" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J283" s="5">
-        <v>100.0137</v>
+        <v>100.1584</v>
       </c>
       <c r="K283" s="5">
         <v>1</v>
       </c>
       <c r="L283" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M283" s="4">
-        <v>728219.16325700004</v>
+        <v>757982.28934000002</v>
       </c>
       <c r="N283" s="4">
-        <v>728219.16325750004</v>
+        <v>757982.28934023005</v>
       </c>
       <c r="O283" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>925</v>
+        <v>938</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R283" s="3" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="S283" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T283" s="4">
         <v>0.01</v>
       </c>
       <c r="U283" s="2">
-        <v>47953</v>
+        <v>47956</v>
       </c>
       <c r="V283" s="4">
-        <v>5.5791599999999999</v>
+        <v>5.2960500000000001</v>
       </c>
       <c r="W283" s="3" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="X283" s="4">
-        <v>8696.5277083000001</v>
+        <v>1333.6372166799999</v>
       </c>
       <c r="Y283" s="4">
-        <v>8696.5277079999996</v>
+        <v>1333.6372160000001</v>
       </c>
       <c r="Z283" s="6">
-        <v>5.6599999999999999E-4</v>
+        <v>5.8100000000000003E-4</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D284" s="4">
-        <v>364673.84280599997</v>
+        <v>311222.52979499998</v>
       </c>
       <c r="E284" s="5">
-        <v>100.04562</v>
+        <v>100.07640000000001</v>
       </c>
       <c r="F284" s="4">
-        <v>365191.04695366998</v>
+        <v>312219.55321412999</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H284" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I284" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J284" s="5">
-        <v>100.04562</v>
+        <v>100.07640000000001</v>
       </c>
       <c r="K284" s="5">
         <v>1</v>
       </c>
       <c r="L284" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M284" s="4">
-        <v>365191.04695300001</v>
+        <v>312219.55321400001</v>
       </c>
       <c r="N284" s="4">
-        <v>365191.04695366998</v>
+        <v>312219.55321412999</v>
       </c>
       <c r="O284" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P284" s="3" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R284" s="3" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="S284" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T284" s="4">
         <v>0.01</v>
       </c>
       <c r="U284" s="2">
-        <v>49699</v>
+        <v>47953</v>
       </c>
       <c r="V284" s="4">
-        <v>5.7723899999999997</v>
+        <v>5.16615</v>
       </c>
       <c r="W284" s="3" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="X284" s="4">
-        <v>350.83994058000002</v>
+        <v>759.24940635999997</v>
       </c>
       <c r="Y284" s="4">
-        <v>350.83994000000001</v>
+        <v>759.24940600000002</v>
       </c>
       <c r="Z284" s="6">
-        <v>2.8299999999999999E-4</v>
+        <v>2.3900000000000001E-4</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D285" s="4">
-        <v>1306188.2984160001</v>
+        <v>321398.47604400001</v>
       </c>
       <c r="E285" s="5">
-        <v>100.0745</v>
+        <v>100.02034999999999</v>
       </c>
       <c r="F285" s="4">
-        <v>1310307.5344708499</v>
+        <v>321714.10318546998</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H285" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I285" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J285" s="5">
-        <v>100.0745</v>
+        <v>100.02034999999999</v>
       </c>
       <c r="K285" s="5">
         <v>1</v>
       </c>
       <c r="L285" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M285" s="4">
-        <v>1310307.5344700001</v>
+        <v>321714.10318500001</v>
       </c>
       <c r="N285" s="4">
-        <v>1310307.5344708499</v>
+        <v>321714.10318546998</v>
       </c>
       <c r="O285" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P285" s="3" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="Q285" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R285" s="3" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="S285" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T285" s="4">
         <v>0.01</v>
       </c>
       <c r="U285" s="2">
-        <v>48014</v>
+        <v>49699</v>
       </c>
       <c r="V285" s="4">
-        <v>5.4194199999999997</v>
+        <v>5.6055099999999998</v>
       </c>
       <c r="W285" s="3" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="X285" s="4">
-        <v>3146.1257725300002</v>
+        <v>250.22255158999999</v>
       </c>
       <c r="Y285" s="4">
-        <v>3146.1257719999999</v>
+        <v>250.22255100000001</v>
       </c>
       <c r="Z285" s="6">
-        <v>1.018E-3</v>
+        <v>2.4600000000000002E-4</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D286" s="4">
-        <v>223284.52335999999</v>
+        <v>1306188.2984160001</v>
       </c>
       <c r="E286" s="5">
-        <v>100.02809999999999</v>
+        <v>100.0311</v>
       </c>
       <c r="F286" s="4">
-        <v>226167.31560413999</v>
+        <v>1315836.2674336301</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H286" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I286" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J286" s="5">
-        <v>100.02809999999999</v>
+        <v>100.0311</v>
       </c>
       <c r="K286" s="5">
         <v>1</v>
       </c>
       <c r="L286" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M286" s="4">
-        <v>226167.315604</v>
+        <v>1315836.267433</v>
       </c>
       <c r="N286" s="4">
-        <v>226167.31560413999</v>
+        <v>1315836.2674336301</v>
       </c>
       <c r="O286" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P286" s="3" t="s">
-        <v>936</v>
+        <v>949</v>
       </c>
       <c r="Q286" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R286" s="3" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="S286" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T286" s="4">
         <v>0.01</v>
       </c>
       <c r="U286" s="2">
-        <v>47771</v>
+        <v>48014</v>
       </c>
       <c r="V286" s="4">
-        <v>5.8291599999999999</v>
+        <v>5.4194199999999997</v>
       </c>
       <c r="W286" s="3" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="X286" s="4">
-        <v>2820.0492930800001</v>
+        <v>9241.7444568200008</v>
       </c>
       <c r="Y286" s="4">
-        <v>2820.049293</v>
+        <v>9241.7444560000004</v>
       </c>
       <c r="Z286" s="6">
-        <v>1.75E-4</v>
+        <v>1.01E-3</v>
       </c>
     </row>
     <row r="287" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D287" s="4">
-        <v>3837398.2191360001</v>
+        <v>3763787.9460479999</v>
       </c>
       <c r="E287" s="5">
-        <v>81.847769999999997</v>
+        <v>81.821079999999995</v>
       </c>
       <c r="F287" s="4">
-        <v>3140824.8683825298</v>
+        <v>3079571.9463662901</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H287" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I287" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J287" s="5">
-        <v>81.847769999999997</v>
+        <v>81.821079999999995</v>
       </c>
       <c r="K287" s="5">
         <v>1</v>
       </c>
       <c r="L287" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M287" s="4">
-        <v>3140824.8683819999</v>
+        <v>3079571.946366</v>
       </c>
       <c r="N287" s="4">
-        <v>3140824.8683825298</v>
+        <v>3079571.9463662901</v>
       </c>
       <c r="O287" s="3" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="P287" s="3" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="Q287" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R287" s="3" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="S287" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T287" s="4">
         <v>0.01</v>
       </c>
       <c r="U287" s="2">
         <v>49454</v>
       </c>
       <c r="V287" s="4">
-        <v>5.55342</v>
+        <v>5.5087200000000003</v>
       </c>
       <c r="W287" s="3" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
       <c r="X287" s="4">
         <v>0</v>
       </c>
       <c r="Y287" s="4">
         <v>0</v>
       </c>
       <c r="Z287" s="6">
-        <v>2.4420000000000002E-3</v>
+        <v>2.3630000000000001E-3</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D288" s="4">
-        <v>2856374.57332</v>
+        <v>2992680.8891199999</v>
       </c>
       <c r="E288" s="5">
-        <v>90.076769999999996</v>
+        <v>91.231160000000003</v>
       </c>
       <c r="F288" s="4">
-        <v>2575116.2190857301</v>
+        <v>2732096.9540204899</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H288" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I288" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J288" s="5">
-        <v>90.076769999999996</v>
+        <v>91.231160000000003</v>
       </c>
       <c r="K288" s="5">
         <v>1</v>
       </c>
       <c r="L288" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M288" s="4">
-        <v>2575116.219085</v>
+        <v>2732096.9540200001</v>
       </c>
       <c r="N288" s="4">
-        <v>2575116.2190857301</v>
+        <v>2732096.9540204899</v>
       </c>
       <c r="O288" s="3" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
       <c r="P288" s="3" t="s">
-        <v>949</v>
+        <v>959</v>
       </c>
       <c r="Q288" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R288" s="3" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="S288" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T288" s="4">
         <v>0.01</v>
       </c>
       <c r="U288" s="2">
         <v>50065</v>
       </c>
       <c r="V288" s="4">
-        <v>4.59239</v>
+        <v>4.4255100000000001</v>
       </c>
       <c r="W288" s="3" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="X288" s="4">
-        <v>2186.2643377899999</v>
+        <v>1839.463778</v>
       </c>
       <c r="Y288" s="4">
-        <v>2186.2643370000001</v>
+        <v>1839.463778</v>
       </c>
       <c r="Z288" s="6">
-        <v>2.0019999999999999E-3</v>
+        <v>2.0969999999999999E-3</v>
       </c>
     </row>
     <row r="289" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D289" s="4">
-        <v>7595128.4712150004</v>
+        <v>7584349.63167</v>
       </c>
       <c r="E289" s="5">
-        <v>43.04569</v>
+        <v>43.349870000000003</v>
       </c>
       <c r="F289" s="4">
-        <v>3275125.46275701</v>
+        <v>3292414.7886823202</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H289" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I289" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J289" s="5">
-        <v>43.04569</v>
+        <v>43.349870000000003</v>
       </c>
       <c r="K289" s="5">
         <v>1</v>
       </c>
       <c r="L289" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M289" s="4">
-        <v>3275125.4627569998</v>
+        <v>3292414.7886819998</v>
       </c>
       <c r="N289" s="4">
-        <v>3275125.46275701</v>
+        <v>3292414.7886823202</v>
       </c>
       <c r="O289" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P289" s="3" t="s">
-        <v>953</v>
+        <v>963</v>
       </c>
       <c r="Q289" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R289" s="3" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
       <c r="S289" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T289" s="4">
         <v>0.01</v>
       </c>
       <c r="U289" s="2">
-        <v>58070</v>
+        <v>58008</v>
       </c>
       <c r="V289" s="4">
-        <v>4.8123899999999997</v>
+        <v>4.6455099999999998</v>
       </c>
       <c r="W289" s="3" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="X289" s="4">
-        <v>5750.0059360599998</v>
+        <v>4609.0830078999998</v>
       </c>
       <c r="Y289" s="4">
-        <v>5750.0059359999996</v>
+        <v>4609.0830070000002</v>
       </c>
       <c r="Z289" s="6">
-        <v>2.5460000000000001E-3</v>
+        <v>2.5270000000000002E-3</v>
       </c>
     </row>
     <row r="290" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A290" s="3" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D290" s="4">
-        <v>2853161.4502289998</v>
+        <v>2541583.4327739999</v>
       </c>
       <c r="E290" s="5">
-        <v>99.899029999999996</v>
+        <v>99.987589999999997</v>
       </c>
       <c r="F290" s="4">
-        <v>2852811.5527743502</v>
+        <v>2543087.90543755</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H290" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I290" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J290" s="5">
-        <v>99.899029999999996</v>
+        <v>99.987589999999997</v>
       </c>
       <c r="K290" s="5">
         <v>1</v>
       </c>
       <c r="L290" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M290" s="4">
-        <v>2852811.552774</v>
+        <v>2543087.9054370001</v>
       </c>
       <c r="N290" s="4">
-        <v>2852811.5527743502</v>
+        <v>2543087.90543755</v>
       </c>
       <c r="O290" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P290" s="3" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="Q290" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R290" s="3" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="S290" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T290" s="4">
         <v>0.01</v>
       </c>
       <c r="U290" s="2">
         <v>53352</v>
       </c>
       <c r="V290" s="4">
-        <v>5.3223900000000004</v>
+        <v>5.1555099999999996</v>
       </c>
       <c r="W290" s="3" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
       <c r="X290" s="4">
-        <v>2530.93966185</v>
+        <v>1819.88316715</v>
       </c>
       <c r="Y290" s="4">
-        <v>2530.9396609999999</v>
+        <v>1819.883167</v>
       </c>
       <c r="Z290" s="6">
-        <v>2.2179999999999999E-3</v>
+        <v>1.952E-3</v>
       </c>
     </row>
     <row r="291" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D291" s="4">
         <v>17741000</v>
       </c>
       <c r="E291" s="5">
-        <v>98.562629999999999</v>
+        <v>98.593130000000002</v>
       </c>
       <c r="F291" s="4">
-        <v>17511054.995979998</v>
+        <v>17524201.5500733</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H291" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I291" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J291" s="5">
-        <v>98.562629999999999</v>
+        <v>98.593130000000002</v>
       </c>
       <c r="K291" s="5">
         <v>1</v>
       </c>
       <c r="L291" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M291" s="4">
-        <v>17511054.995979998</v>
+        <v>17524201.550073002</v>
       </c>
       <c r="N291" s="4">
-        <v>17511054.995979998</v>
+        <v>17524201.5500733</v>
       </c>
       <c r="O291" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P291" s="3" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="Q291" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R291" s="3" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="S291" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T291" s="4">
         <v>0.01</v>
       </c>
       <c r="U291" s="2">
         <v>59130</v>
       </c>
       <c r="V291" s="4">
-        <v>5.6499199999999998</v>
+        <v>5.5455199999999998</v>
       </c>
       <c r="W291" s="3" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="X291" s="4">
-        <v>25058.807680000002</v>
+        <v>32794.356773330001</v>
       </c>
       <c r="Y291" s="4">
-        <v>25058.807680000002</v>
+        <v>32794.356773</v>
       </c>
       <c r="Z291" s="6">
-        <v>1.3613999999999999E-2</v>
+        <v>1.3450999999999999E-2</v>
       </c>
     </row>
     <row r="292" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>963</v>
+        <v>973</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D292" s="4">
-        <v>9955922.9600000009</v>
+        <v>9941281.8300000001</v>
       </c>
       <c r="E292" s="5">
-        <v>99.161869999999993</v>
+        <v>99.122020000000006</v>
       </c>
       <c r="F292" s="4">
-        <v>9872479.3828953505</v>
+        <v>9853999.3637889698</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H292" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I292" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J292" s="5">
-        <v>99.161869999999993</v>
+        <v>99.122020000000006</v>
       </c>
       <c r="K292" s="5">
         <v>1</v>
       </c>
       <c r="L292" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M292" s="4">
-        <v>9872479.3828950003</v>
+        <v>9853999.3637879994</v>
       </c>
       <c r="N292" s="4">
-        <v>9872479.3828953505</v>
+        <v>9853999.3637889698</v>
       </c>
       <c r="O292" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P292" s="3" t="s">
-        <v>964</v>
+        <v>974</v>
       </c>
       <c r="Q292" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R292" s="3" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="S292" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T292" s="4">
         <v>0.01</v>
       </c>
       <c r="U292" s="2">
         <v>51822</v>
       </c>
       <c r="V292" s="4">
         <v>4.3</v>
       </c>
       <c r="W292" s="3" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="X292" s="4">
         <v>0</v>
       </c>
       <c r="Y292" s="4">
         <v>0</v>
       </c>
       <c r="Z292" s="6">
-        <v>7.6750000000000004E-3</v>
+        <v>7.5630000000000003E-3</v>
       </c>
     </row>
     <row r="293" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A293" s="3" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
       <c r="C293" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D293" s="4">
         <v>11107536.304262999</v>
       </c>
       <c r="E293" s="5">
-        <v>99.201049999999995</v>
+        <v>99.312110000000004</v>
       </c>
       <c r="F293" s="4">
-        <v>11018792.6429595</v>
+        <v>11031128.6727791</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H293" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I293" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J293" s="5">
-        <v>99.201049999999995</v>
+        <v>99.312110000000004</v>
       </c>
       <c r="K293" s="5">
         <v>1</v>
       </c>
       <c r="L293" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M293" s="4">
-        <v>11018792.642959001</v>
+        <v>11031128.672778999</v>
       </c>
       <c r="N293" s="4">
-        <v>11018792.6429595</v>
+        <v>11031128.6727791</v>
       </c>
       <c r="O293" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P293" s="3" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="Q293" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R293" s="3" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="S293" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T293" s="4">
         <v>0.01</v>
       </c>
       <c r="U293" s="2">
         <v>50481</v>
       </c>
       <c r="V293" s="4">
         <v>2.75</v>
       </c>
       <c r="W293" s="3" t="s">
-        <v>969</v>
+        <v>979</v>
       </c>
       <c r="X293" s="4">
         <v>0</v>
       </c>
       <c r="Y293" s="4">
         <v>0</v>
       </c>
       <c r="Z293" s="6">
-        <v>8.567E-3</v>
+        <v>8.4670000000000006E-3</v>
       </c>
     </row>
     <row r="294" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D294" s="4">
-        <v>9307940.8189049996</v>
+        <v>12773299.704825001</v>
       </c>
       <c r="E294" s="5">
-        <v>97.851070000000007</v>
+        <v>97.932460000000006</v>
       </c>
       <c r="F294" s="4">
-        <v>9107919.6862652991</v>
+        <v>12509206.6241078</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H294" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I294" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J294" s="5">
-        <v>97.851070000000007</v>
+        <v>97.932460000000006</v>
       </c>
       <c r="K294" s="5">
         <v>1</v>
       </c>
       <c r="L294" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M294" s="4">
-        <v>9107919.6862649992</v>
+        <v>12509206.624106999</v>
       </c>
       <c r="N294" s="4">
-        <v>9107919.6862652991</v>
+        <v>12509206.6241078</v>
       </c>
       <c r="O294" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P294" s="3" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="Q294" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R294" s="3" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="S294" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T294" s="4">
         <v>0.01</v>
       </c>
       <c r="U294" s="2">
         <v>50603</v>
       </c>
       <c r="V294" s="4">
         <v>1.4990000000000001</v>
       </c>
       <c r="W294" s="3" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="X294" s="4">
         <v>0</v>
       </c>
       <c r="Y294" s="4">
         <v>0</v>
       </c>
       <c r="Z294" s="6">
-        <v>7.0809999999999996E-3</v>
+        <v>9.6010000000000002E-3</v>
       </c>
     </row>
     <row r="295" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
-        <v>973</v>
+        <v>983</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>974</v>
+        <v>984</v>
       </c>
       <c r="C295" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D295" s="4">
-        <v>5372390.0848639999</v>
+        <v>5359112.422704</v>
       </c>
       <c r="E295" s="5">
-        <v>94.54701</v>
+        <v>94.772999999999996</v>
       </c>
       <c r="F295" s="4">
-        <v>5079434.1907753702</v>
+        <v>5078991.6163692595</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H295" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I295" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J295" s="5">
-        <v>94.54701</v>
+        <v>94.772999999999996</v>
       </c>
       <c r="K295" s="5">
         <v>1</v>
       </c>
       <c r="L295" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M295" s="4">
-        <v>5079434.1907749996</v>
+        <v>5078991.6163689997</v>
       </c>
       <c r="N295" s="4">
-        <v>5079434.1907753702</v>
+        <v>5078991.6163692595</v>
       </c>
       <c r="O295" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P295" s="3" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="Q295" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R295" s="3" t="s">
-        <v>973</v>
+        <v>983</v>
       </c>
       <c r="S295" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T295" s="4">
         <v>0.01</v>
       </c>
       <c r="U295" s="2">
         <v>51091</v>
       </c>
       <c r="V295" s="4">
         <v>1.482</v>
       </c>
       <c r="W295" s="3" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
       <c r="X295" s="4">
         <v>0</v>
       </c>
       <c r="Y295" s="4">
         <v>0</v>
       </c>
       <c r="Z295" s="6">
-        <v>3.9490000000000003E-3</v>
+        <v>3.898E-3</v>
       </c>
     </row>
     <row r="296" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D296" s="4">
-        <v>1430443.9118969999</v>
+        <v>1374069.70701</v>
       </c>
       <c r="E296" s="5">
-        <v>96.703969999999998</v>
+        <v>96.718469999999996</v>
       </c>
       <c r="F296" s="4">
-        <v>1383296.0514277001</v>
+        <v>1328979.19735355</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H296" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I296" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J296" s="5">
-        <v>96.703969999999998</v>
+        <v>96.718469999999996</v>
       </c>
       <c r="K296" s="5">
         <v>1</v>
       </c>
       <c r="L296" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M296" s="4">
-        <v>1383296.051427</v>
+        <v>1328979.1973530001</v>
       </c>
       <c r="N296" s="4">
-        <v>1383296.0514277001</v>
+        <v>1328979.19735355</v>
       </c>
       <c r="O296" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P296" s="3" t="s">
-        <v>978</v>
+        <v>988</v>
       </c>
       <c r="Q296" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R296" s="3" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="S296" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T296" s="4">
         <v>0.01</v>
       </c>
       <c r="U296" s="2">
-        <v>55777</v>
+        <v>60555</v>
       </c>
       <c r="V296" s="4">
         <v>6.726</v>
       </c>
       <c r="W296" s="3" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
       <c r="X296" s="4">
         <v>0</v>
       </c>
       <c r="Y296" s="4">
         <v>0</v>
       </c>
       <c r="Z296" s="6">
-        <v>1.075E-3</v>
+        <v>1.0200000000000001E-3</v>
       </c>
     </row>
     <row r="297" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A297" s="3" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>981</v>
+        <v>991</v>
       </c>
       <c r="C297" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D297" s="4">
-        <v>4647809.1040000003</v>
+        <v>4751594.2632550001</v>
       </c>
       <c r="E297" s="5">
-        <v>89.603409999999997</v>
+        <v>88.578249999999997</v>
       </c>
       <c r="F297" s="4">
-        <v>4164595.4474744499</v>
+        <v>4208879.0454916703</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H297" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I297" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J297" s="5">
-        <v>89.603409999999997</v>
+        <v>88.578249999999997</v>
       </c>
       <c r="K297" s="5">
         <v>1</v>
       </c>
       <c r="L297" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M297" s="4">
-        <v>4164595.447474</v>
+        <v>4208879.0454909997</v>
       </c>
       <c r="N297" s="4">
-        <v>4164595.4474744499</v>
+        <v>4208879.0454916703</v>
       </c>
       <c r="O297" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P297" s="3" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
       <c r="Q297" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R297" s="3" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="S297" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T297" s="4">
         <v>0.01</v>
       </c>
       <c r="U297" s="2">
         <v>55513</v>
       </c>
       <c r="V297" s="4">
         <v>2.52</v>
       </c>
       <c r="W297" s="3" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
       <c r="X297" s="4">
         <v>0</v>
       </c>
       <c r="Y297" s="4">
         <v>0</v>
       </c>
       <c r="Z297" s="6">
-        <v>3.238E-3</v>
+        <v>3.2299999999999998E-3</v>
       </c>
     </row>
     <row r="298" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>985</v>
+        <v>995</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D298" s="4">
-        <v>1307256.6839999999</v>
+        <v>1269748.7879999999</v>
       </c>
       <c r="E298" s="5">
-        <v>83.105059999999995</v>
+        <v>83.45805</v>
       </c>
       <c r="F298" s="4">
-        <v>1086396.45159221</v>
+        <v>1059707.57836343</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H298" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I298" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J298" s="5">
-        <v>83.105059999999995</v>
+        <v>83.45805</v>
       </c>
       <c r="K298" s="5">
         <v>1</v>
       </c>
       <c r="L298" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M298" s="4">
-        <v>1086396.451592</v>
+        <v>1059707.5783629999</v>
       </c>
       <c r="N298" s="4">
-        <v>1086396.45159221</v>
+        <v>1059707.57836343</v>
       </c>
       <c r="O298" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P298" s="3" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
       <c r="Q298" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R298" s="3" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
       <c r="S298" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T298" s="4">
         <v>0.01</v>
       </c>
       <c r="U298" s="2">
         <v>55513</v>
       </c>
       <c r="V298" s="4">
         <v>3.81</v>
       </c>
       <c r="W298" s="3" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
       <c r="X298" s="4">
         <v>0</v>
       </c>
       <c r="Y298" s="4">
         <v>0</v>
       </c>
       <c r="Z298" s="6">
-        <v>8.4400000000000002E-4</v>
+        <v>8.1300000000000003E-4</v>
       </c>
     </row>
     <row r="299" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>988</v>
+        <v>998</v>
       </c>
       <c r="C299" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D299" s="4">
-        <v>1380418.5519999999</v>
+        <v>1365808.92</v>
       </c>
       <c r="E299" s="5">
-        <v>90.434950000000001</v>
+        <v>90.585149999999999</v>
       </c>
       <c r="F299" s="4">
-        <v>1248380.8272919201</v>
+        <v>1237220.05889538</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H299" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I299" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J299" s="5">
-        <v>90.434950000000001</v>
+        <v>90.585149999999999</v>
       </c>
       <c r="K299" s="5">
         <v>1</v>
       </c>
       <c r="L299" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M299" s="4">
-        <v>1248380.8272909999</v>
+        <v>1237220.058895</v>
       </c>
       <c r="N299" s="4">
-        <v>1248380.8272919201</v>
+        <v>1237220.05889538</v>
       </c>
       <c r="O299" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P299" s="3" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
       <c r="Q299" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R299" s="3" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="S299" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T299" s="4">
         <v>0.01</v>
       </c>
       <c r="U299" s="2">
         <v>55574</v>
       </c>
       <c r="V299" s="4">
         <v>3.38</v>
       </c>
       <c r="W299" s="3" t="s">
-        <v>989</v>
+        <v>999</v>
       </c>
       <c r="X299" s="4">
         <v>0</v>
       </c>
       <c r="Y299" s="4">
         <v>0</v>
       </c>
       <c r="Z299" s="6">
-        <v>9.7000000000000005E-4</v>
+        <v>9.4899999999999997E-4</v>
       </c>
     </row>
     <row r="300" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A300" s="3" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>991</v>
+        <v>1001</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D300" s="4">
-        <v>2045945.734466</v>
+        <v>1308784.778676</v>
       </c>
       <c r="E300" s="5">
-        <v>100.03279999999999</v>
+        <v>100.04949999999999</v>
       </c>
       <c r="F300" s="4">
-        <v>2070872.3864506599</v>
+        <v>1311721.27727084</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H300" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I300" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J300" s="5">
-        <v>100.03279999999999</v>
+        <v>100.04949999999999</v>
       </c>
       <c r="K300" s="5">
         <v>1</v>
       </c>
       <c r="L300" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M300" s="4">
-        <v>2070872.3864500001</v>
+        <v>1311721.27727</v>
       </c>
       <c r="N300" s="4">
-        <v>2070872.3864506599</v>
+        <v>1311721.27727084</v>
       </c>
       <c r="O300" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P300" s="3" t="s">
-        <v>992</v>
+        <v>1002</v>
       </c>
       <c r="Q300" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R300" s="3" t="s">
-        <v>990</v>
+        <v>1000</v>
       </c>
       <c r="S300" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T300" s="4">
         <v>0.01</v>
       </c>
       <c r="U300" s="2">
         <v>48047</v>
       </c>
       <c r="V300" s="4">
-        <v>5.6906100000000004</v>
+        <v>5.2460500000000003</v>
       </c>
       <c r="W300" s="3" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="X300" s="4">
-        <v>24255.581783360001</v>
+        <v>2288.6501293900001</v>
       </c>
       <c r="Y300" s="4">
-        <v>24255.581783000001</v>
+        <v>2288.6501290000001</v>
       </c>
       <c r="Z300" s="6">
-        <v>1.6100000000000001E-3</v>
+        <v>1.0059999999999999E-3</v>
       </c>
     </row>
     <row r="301" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A301" s="3" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="C301" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D301" s="4">
-        <v>4650810.5580000002</v>
+        <v>1667909.13</v>
       </c>
       <c r="E301" s="5">
-        <v>97.231710000000007</v>
+        <v>100.02760000000001</v>
       </c>
       <c r="F301" s="4">
-        <v>4522062.6344039403</v>
+        <v>1668817.80040771</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H301" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I301" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J301" s="5">
-        <v>97.231710000000007</v>
+        <v>100.02760000000001</v>
       </c>
       <c r="K301" s="5">
         <v>1</v>
       </c>
       <c r="L301" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M301" s="4">
-        <v>4522062.6344029997</v>
+        <v>1668817.8004069999</v>
       </c>
       <c r="N301" s="4">
-        <v>4522062.6344039403</v>
+        <v>1668817.80040771</v>
       </c>
       <c r="O301" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P301" s="3" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="Q301" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R301" s="3" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
       <c r="S301" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T301" s="4">
         <v>0.01</v>
       </c>
       <c r="U301" s="2">
-        <v>61112</v>
+        <v>48425</v>
       </c>
       <c r="V301" s="4">
-        <v>3.8</v>
+        <v>4.83833</v>
       </c>
       <c r="W301" s="3" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="X301" s="4">
-        <v>0</v>
+        <v>448.32748783</v>
       </c>
       <c r="Y301" s="4">
-        <v>0</v>
+        <v>448.32748700000002</v>
       </c>
       <c r="Z301" s="6">
-        <v>3.5149999999999999E-3</v>
+        <v>1.2800000000000001E-3</v>
       </c>
     </row>
     <row r="302" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A302" s="3" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D302" s="4">
-        <v>3526000</v>
+        <v>4636290.5460000001</v>
       </c>
       <c r="E302" s="5">
-        <v>101.1553</v>
+        <v>97.481250000000003</v>
       </c>
       <c r="F302" s="4">
-        <v>3571724.1885555601</v>
+        <v>4519513.9778726296</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H302" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I302" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J302" s="5">
-        <v>101.1553</v>
+        <v>97.481250000000003</v>
       </c>
       <c r="K302" s="5">
         <v>1</v>
       </c>
       <c r="L302" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M302" s="4">
-        <v>3571724.1885549999</v>
+        <v>4519513.9778720001</v>
       </c>
       <c r="N302" s="4">
-        <v>3571724.1885555601</v>
+        <v>4519513.9778726296</v>
       </c>
       <c r="O302" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P302" s="3" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
       <c r="Q302" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R302" s="3" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="S302" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T302" s="4">
         <v>0.01</v>
       </c>
       <c r="U302" s="2">
-        <v>47319</v>
+        <v>61112</v>
       </c>
       <c r="V302" s="4">
-        <v>4.63</v>
+        <v>3.8</v>
       </c>
       <c r="W302" s="3" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
       <c r="X302" s="4">
-        <v>4988.3105555599996</v>
+        <v>0</v>
       </c>
       <c r="Y302" s="4">
-        <v>4988.310555</v>
+        <v>0</v>
       </c>
       <c r="Z302" s="6">
-        <v>2.777E-3</v>
+        <v>3.4689999999999999E-3</v>
       </c>
     </row>
     <row r="303" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A303" s="3" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="C303" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D303" s="4">
-        <v>600074.25854499999</v>
+        <v>3526000</v>
       </c>
       <c r="E303" s="5">
-        <v>95.109430000000003</v>
+        <v>101.07827</v>
       </c>
       <c r="F303" s="4">
-        <v>570727.20687852998</v>
+        <v>3569008.11075556</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H303" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I303" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J303" s="5">
-        <v>95.109430000000003</v>
+        <v>101.07827</v>
       </c>
       <c r="K303" s="5">
         <v>1</v>
       </c>
       <c r="L303" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M303" s="4">
-        <v>570727.20687800006</v>
+        <v>3569008.1107549998</v>
       </c>
       <c r="N303" s="4">
-        <v>570727.20687852998</v>
+        <v>3569008.11075556</v>
       </c>
       <c r="O303" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P303" s="3" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
       <c r="Q303" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R303" s="3" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="S303" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T303" s="4">
         <v>0.01</v>
       </c>
       <c r="U303" s="2">
-        <v>49577</v>
+        <v>47319</v>
       </c>
       <c r="V303" s="4">
-        <v>4.6802000000000001</v>
+        <v>4.63</v>
       </c>
       <c r="W303" s="3" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="X303" s="4">
-        <v>0</v>
+        <v>4988.3105555599996</v>
       </c>
       <c r="Y303" s="4">
-        <v>0</v>
+        <v>4988.310555</v>
       </c>
       <c r="Z303" s="6">
-        <v>4.4299999999999998E-4</v>
+        <v>2.7390000000000001E-3</v>
       </c>
     </row>
     <row r="304" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A304" s="3" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D304" s="4">
-        <v>2455139.20548</v>
+        <v>597896.878149</v>
       </c>
       <c r="E304" s="5">
-        <v>97.375</v>
+        <v>95.098870000000005</v>
       </c>
       <c r="F304" s="4">
-        <v>2390691.8013361502</v>
+        <v>568593.17488508997</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H304" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I304" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J304" s="5">
-        <v>97.375</v>
+        <v>95.098870000000005</v>
       </c>
       <c r="K304" s="5">
         <v>1</v>
       </c>
       <c r="L304" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M304" s="4">
-        <v>2390691.8013360002</v>
+        <v>568593.17488499999</v>
       </c>
       <c r="N304" s="4">
-        <v>2390691.8013361502</v>
+        <v>568593.17488508997</v>
       </c>
       <c r="O304" s="3" t="s">
-        <v>1008</v>
+        <v>34</v>
       </c>
       <c r="P304" s="3" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="Q304" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R304" s="3" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="S304" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T304" s="4">
         <v>0.01</v>
       </c>
       <c r="U304" s="2">
-        <v>53919</v>
+        <v>49577</v>
       </c>
       <c r="V304" s="4">
-        <v>4.2130000000000001</v>
+        <v>4.6770149999999999</v>
       </c>
       <c r="W304" s="3" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="X304" s="4">
         <v>0</v>
       </c>
       <c r="Y304" s="4">
         <v>0</v>
       </c>
       <c r="Z304" s="6">
-        <v>1.8580000000000001E-3</v>
+        <v>4.3600000000000003E-4</v>
       </c>
     </row>
     <row r="305" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A305" s="3" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="C305" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D305" s="4">
-        <v>9814966</v>
+        <v>2448798.18352</v>
       </c>
       <c r="E305" s="5">
-        <v>93.5</v>
+        <v>97.59</v>
       </c>
       <c r="F305" s="4">
-        <v>9176993.2100000009</v>
+        <v>2389782.14729717</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H305" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I305" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J305" s="5">
-        <v>93.5</v>
+        <v>97.59</v>
       </c>
       <c r="K305" s="5">
         <v>1</v>
       </c>
       <c r="L305" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M305" s="4">
-        <v>9176993.2100000009</v>
+        <v>2389782.147297</v>
       </c>
       <c r="N305" s="4">
-        <v>9176993.2100000009</v>
+        <v>2389782.14729717</v>
       </c>
       <c r="O305" s="3" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="P305" s="3" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
       <c r="Q305" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R305" s="3" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="S305" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T305" s="4">
         <v>0.01</v>
       </c>
       <c r="U305" s="2">
         <v>53919</v>
       </c>
       <c r="V305" s="4">
-        <v>4.234</v>
+        <v>4.2130000000000001</v>
       </c>
       <c r="W305" s="3" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="X305" s="4">
         <v>0</v>
       </c>
       <c r="Y305" s="4">
         <v>0</v>
       </c>
       <c r="Z305" s="6">
-        <v>7.1349999999999998E-3</v>
+        <v>1.8339999999999999E-3</v>
       </c>
     </row>
     <row r="306" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A306" s="3" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D306" s="4">
-        <v>4550000</v>
+        <v>9814966</v>
       </c>
       <c r="E306" s="5">
-        <v>99.412099999999995</v>
+        <v>93.715000000000003</v>
       </c>
       <c r="F306" s="4">
-        <v>4523250.55</v>
+        <v>9198095.3869000003</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H306" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I306" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J306" s="5">
-        <v>99.412099999999995</v>
+        <v>93.715000000000003</v>
       </c>
       <c r="K306" s="5">
         <v>1</v>
       </c>
       <c r="L306" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M306" s="4">
-        <v>4523250.55</v>
+        <v>9198095.3869000003</v>
       </c>
       <c r="N306" s="4">
-        <v>4523250.55</v>
+        <v>9198095.3869000003</v>
       </c>
       <c r="O306" s="3" t="s">
-        <v>34</v>
+        <v>1026</v>
       </c>
       <c r="P306" s="3" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="Q306" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R306" s="3" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="S306" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T306" s="4">
         <v>0.01</v>
       </c>
       <c r="U306" s="2">
-        <v>52558</v>
+        <v>53919</v>
       </c>
       <c r="V306" s="4">
-        <v>6.1962429999999999</v>
+        <v>4.234</v>
       </c>
       <c r="W306" s="3" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="X306" s="4">
         <v>0</v>
       </c>
       <c r="Y306" s="4">
         <v>0</v>
       </c>
       <c r="Z306" s="6">
-        <v>3.516E-3</v>
+        <v>7.0600000000000003E-3</v>
       </c>
     </row>
     <row r="307" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A307" s="3" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D307" s="4">
-        <v>764298.94949799997</v>
+        <v>4345605.6370999999</v>
       </c>
       <c r="E307" s="5">
-        <v>92.716359999999995</v>
+        <v>99.382170000000002</v>
       </c>
       <c r="F307" s="4">
-        <v>708630.16549259005</v>
+        <v>4318757.1817923002</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H307" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I307" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J307" s="5">
-        <v>92.716359999999995</v>
+        <v>99.382170000000002</v>
       </c>
       <c r="K307" s="5">
         <v>1</v>
       </c>
       <c r="L307" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M307" s="4">
-        <v>708630.16549199994</v>
+        <v>4318757.1817920003</v>
       </c>
       <c r="N307" s="4">
-        <v>708630.16549259005</v>
+        <v>4318757.1817923002</v>
       </c>
       <c r="O307" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P307" s="3" t="s">
-        <v>1004</v>
+        <v>1030</v>
       </c>
       <c r="Q307" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R307" s="3" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="S307" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T307" s="4">
         <v>0.01</v>
       </c>
       <c r="U307" s="2">
-        <v>53717</v>
+        <v>52558</v>
       </c>
       <c r="V307" s="4">
-        <v>5.4034199999999997</v>
+        <v>5.9521839999999999</v>
       </c>
       <c r="W307" s="3" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="X307" s="4">
         <v>0</v>
       </c>
       <c r="Y307" s="4">
         <v>0</v>
       </c>
       <c r="Z307" s="6">
-        <v>5.5000000000000003E-4</v>
+        <v>3.3149999999999998E-3</v>
       </c>
     </row>
     <row r="308" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A308" s="3" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D308" s="4">
-        <v>11594960</v>
+        <v>762647.06905599998</v>
       </c>
       <c r="E308" s="5">
-        <v>88.042820000000006</v>
+        <v>93.895020000000002</v>
       </c>
       <c r="F308" s="4">
-        <v>10208529.761871999</v>
+        <v>716087.61801932997</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H308" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I308" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J308" s="5">
-        <v>88.042820000000006</v>
+        <v>93.895020000000002</v>
       </c>
       <c r="K308" s="5">
         <v>1</v>
       </c>
       <c r="L308" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M308" s="4">
-        <v>10208529.761871999</v>
+        <v>716087.61801900005</v>
       </c>
       <c r="N308" s="4">
-        <v>10208529.761871999</v>
+        <v>716087.61801932997</v>
       </c>
       <c r="O308" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P308" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="Q308" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R308" s="3" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="S308" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T308" s="4">
         <v>0.01</v>
       </c>
       <c r="U308" s="2">
-        <v>53044</v>
+        <v>53717</v>
       </c>
       <c r="V308" s="4">
-        <v>6.6268760000000002</v>
+        <v>5.3587199999999999</v>
       </c>
       <c r="W308" s="3" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="X308" s="4">
         <v>0</v>
       </c>
       <c r="Y308" s="4">
         <v>0</v>
       </c>
       <c r="Z308" s="6">
-        <v>7.9369999999999996E-3</v>
+        <v>5.4900000000000001E-4</v>
       </c>
     </row>
     <row r="309" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A309" s="3" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="C309" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D309" s="4">
-        <v>1567601.0487800001</v>
+        <v>11594960</v>
       </c>
       <c r="E309" s="5">
-        <v>86.652500000000003</v>
+        <v>92.089060000000003</v>
       </c>
       <c r="F309" s="4">
-        <v>1359599.3027135299</v>
+        <v>10677689.671375999</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H309" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I309" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J309" s="5">
-        <v>86.652500000000003</v>
+        <v>92.089060000000003</v>
       </c>
       <c r="K309" s="5">
         <v>1</v>
       </c>
       <c r="L309" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M309" s="4">
-        <v>1359599.302713</v>
+        <v>10677689.671375999</v>
       </c>
       <c r="N309" s="4">
-        <v>1359599.3027135299</v>
+        <v>10677689.671375999</v>
       </c>
       <c r="O309" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P309" s="3" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="Q309" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R309" s="3" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="S309" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T309" s="4">
         <v>0.01</v>
       </c>
       <c r="U309" s="2">
-        <v>49485</v>
+        <v>53044</v>
       </c>
       <c r="V309" s="4">
-        <v>4.7223899999999999</v>
+        <v>6.3834419999999996</v>
       </c>
       <c r="W309" s="3" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="X309" s="4">
-        <v>1233.8039194600001</v>
+        <v>0</v>
       </c>
       <c r="Y309" s="4">
-        <v>1233.803919</v>
+        <v>0</v>
       </c>
       <c r="Z309" s="6">
-        <v>1.057E-3</v>
+        <v>8.1960000000000002E-3</v>
       </c>
     </row>
     <row r="310" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A310" s="3" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1030</v>
+        <v>1039</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D310" s="4">
-        <v>1639984.3745649999</v>
+        <v>1542801.801985</v>
       </c>
       <c r="E310" s="5">
-        <v>88.207669999999993</v>
+        <v>87.19014</v>
       </c>
       <c r="F310" s="4">
-        <v>1447923.77907916</v>
+        <v>1346342.4259126501</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H310" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I310" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J310" s="5">
-        <v>88.207669999999993</v>
+        <v>87.19014</v>
       </c>
       <c r="K310" s="5">
         <v>1</v>
       </c>
       <c r="L310" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M310" s="4">
-        <v>1447923.779079</v>
+        <v>1346342.425912</v>
       </c>
       <c r="N310" s="4">
-        <v>1447923.77907916</v>
+        <v>1346342.4259126501</v>
       </c>
       <c r="O310" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P310" s="3" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="Q310" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R310" s="3" t="s">
-        <v>1029</v>
+        <v>1038</v>
       </c>
       <c r="S310" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T310" s="4">
         <v>0.01</v>
       </c>
       <c r="U310" s="2">
-        <v>49668</v>
+        <v>49485</v>
       </c>
       <c r="V310" s="4">
-        <v>4.8723900000000002</v>
+        <v>4.5555099999999999</v>
       </c>
       <c r="W310" s="3" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="X310" s="4">
-        <v>1331.77391113</v>
+        <v>1171.3748394900001</v>
       </c>
       <c r="Y310" s="4">
-        <v>1331.773911</v>
+        <v>1171.3748390000001</v>
       </c>
       <c r="Z310" s="6">
-        <v>1.1249999999999999E-3</v>
+        <v>1.0330000000000001E-3</v>
       </c>
     </row>
     <row r="311" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A311" s="3" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="C311" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D311" s="4">
-        <v>3863127.28</v>
+        <v>1486943.289595</v>
       </c>
       <c r="E311" s="5">
-        <v>33.278449999999999</v>
+        <v>87.146749999999997</v>
       </c>
       <c r="F311" s="4">
-        <v>1285588.8803111601</v>
+        <v>1295822.7512250999</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H311" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I311" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J311" s="5">
-        <v>33.278449999999999</v>
+        <v>87.146749999999997</v>
       </c>
       <c r="K311" s="5">
         <v>1</v>
       </c>
       <c r="L311" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M311" s="4">
-        <v>1285588.8803109999</v>
+        <v>1295822.751225</v>
       </c>
       <c r="N311" s="4">
-        <v>1285588.8803111601</v>
+        <v>1295822.7512250999</v>
       </c>
       <c r="O311" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P311" s="3" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="Q311" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R311" s="3" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="S311" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T311" s="4">
         <v>0.01</v>
       </c>
       <c r="U311" s="2">
-        <v>49973</v>
+        <v>53656</v>
       </c>
       <c r="V311" s="4">
-        <v>4.117883</v>
+        <v>4.9487199999999998</v>
       </c>
       <c r="W311" s="3" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
       <c r="X311" s="4">
         <v>0</v>
       </c>
       <c r="Y311" s="4">
         <v>0</v>
       </c>
       <c r="Z311" s="6">
-        <v>9.990000000000001E-4</v>
+        <v>9.9400000000000009E-4</v>
       </c>
     </row>
     <row r="312" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A312" s="3" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D312" s="4">
-        <v>7345187.1111059999</v>
+        <v>1627199.4388079999</v>
       </c>
       <c r="E312" s="5">
-        <v>92.171419999999998</v>
+        <v>88.606579999999994</v>
       </c>
       <c r="F312" s="4">
-        <v>6770163.2619638201</v>
+        <v>1443081.90637872</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H312" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I312" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J312" s="5">
-        <v>92.171419999999998</v>
+        <v>88.606579999999994</v>
       </c>
       <c r="K312" s="5">
         <v>1</v>
       </c>
       <c r="L312" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M312" s="4">
-        <v>6770163.2619629996</v>
+        <v>1443081.906378</v>
       </c>
       <c r="N312" s="4">
-        <v>6770163.2619638201</v>
+        <v>1443081.90637872</v>
       </c>
       <c r="O312" s="3" t="s">
-        <v>1037</v>
+        <v>34</v>
       </c>
       <c r="P312" s="3" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="Q312" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R312" s="3" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="S312" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T312" s="4">
         <v>0.01</v>
       </c>
       <c r="U312" s="2">
-        <v>50216</v>
+        <v>49668</v>
       </c>
       <c r="V312" s="4">
-        <v>6</v>
+        <v>4.7055100000000003</v>
       </c>
       <c r="W312" s="3" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="X312" s="4">
-        <v>0</v>
+        <v>1276.13387188</v>
       </c>
       <c r="Y312" s="4">
-        <v>0</v>
+        <v>1276.133871</v>
       </c>
       <c r="Z312" s="6">
-        <v>5.2630000000000003E-3</v>
+        <v>1.1069999999999999E-3</v>
       </c>
     </row>
     <row r="313" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A313" s="3" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="B313" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C313" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D313" s="4">
+        <v>3849750.67</v>
+      </c>
+      <c r="E313" s="5">
+        <v>33.34919</v>
+      </c>
+      <c r="F313" s="4">
+        <v>1283860.66546457</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H313" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I313" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J313" s="5">
+        <v>33.34919</v>
+      </c>
+      <c r="K313" s="5">
+        <v>1</v>
+      </c>
+      <c r="L313" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M313" s="4">
+        <v>1283860.6654640001</v>
+      </c>
+      <c r="N313" s="4">
+        <v>1283860.66546457</v>
+      </c>
+      <c r="O313" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P313" s="3" t="s">
         <v>1040</v>
       </c>
-      <c r="C313" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q313" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R313" s="3" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="S313" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T313" s="4">
         <v>0.01</v>
       </c>
       <c r="U313" s="2">
-        <v>55685</v>
+        <v>49973</v>
       </c>
       <c r="V313" s="4">
-        <v>3.3109999999999999</v>
+        <v>4.1156930000000003</v>
       </c>
       <c r="W313" s="3" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="X313" s="4">
         <v>0</v>
       </c>
       <c r="Y313" s="4">
         <v>0</v>
       </c>
       <c r="Z313" s="6">
-        <v>1.681E-3</v>
+        <v>9.8499999999999998E-4</v>
       </c>
     </row>
     <row r="314" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A314" s="3" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D314" s="4">
-        <v>6030000</v>
+        <v>7173776.5982010001</v>
       </c>
       <c r="E314" s="5">
-        <v>100.5371</v>
+        <v>92.847210000000004</v>
       </c>
       <c r="F314" s="4">
-        <v>6074259.5300000003</v>
+        <v>6660651.4230625704</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H314" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I314" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J314" s="5">
-        <v>100.5371</v>
+        <v>92.847210000000004</v>
       </c>
       <c r="K314" s="5">
         <v>1</v>
       </c>
       <c r="L314" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M314" s="4">
-        <v>6074259.5300000003</v>
+        <v>6660651.4230620004</v>
       </c>
       <c r="N314" s="4">
-        <v>6074259.5300000003</v>
+        <v>6660651.4230625704</v>
       </c>
       <c r="O314" s="3" t="s">
-        <v>34</v>
+        <v>1053</v>
       </c>
       <c r="P314" s="3" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
       <c r="Q314" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R314" s="3" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="S314" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T314" s="4">
         <v>0.01</v>
       </c>
       <c r="U314" s="2">
-        <v>47469</v>
+        <v>50216</v>
       </c>
       <c r="V314" s="4">
-        <v>4.43</v>
+        <v>6</v>
       </c>
       <c r="W314" s="3" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
       <c r="X314" s="4">
-        <v>11872.4</v>
+        <v>0</v>
       </c>
       <c r="Y314" s="4">
-        <v>11872.4</v>
+        <v>0</v>
       </c>
       <c r="Z314" s="6">
-        <v>4.7219999999999996E-3</v>
+        <v>5.1120000000000002E-3</v>
       </c>
     </row>
     <row r="315" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A315" s="3" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="C315" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D315" s="4">
-        <v>5368000</v>
+        <v>2285000</v>
       </c>
       <c r="E315" s="5">
-        <v>100.0098</v>
+        <v>94.846369999999993</v>
       </c>
       <c r="F315" s="4">
-        <v>5427096.2046400001</v>
+        <v>2167239.5545000001</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H315" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I315" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J315" s="5">
-        <v>100.0098</v>
+        <v>94.846369999999993</v>
       </c>
       <c r="K315" s="5">
         <v>1</v>
       </c>
       <c r="L315" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M315" s="4">
-        <v>5427096.2046400001</v>
+        <v>2167239.5545000001</v>
       </c>
       <c r="N315" s="4">
-        <v>5427096.2046400001</v>
+        <v>2167239.5545000001</v>
       </c>
       <c r="O315" s="3" t="s">
-        <v>34</v>
+        <v>1057</v>
       </c>
       <c r="P315" s="3" t="s">
-        <v>1050</v>
+        <v>1058</v>
       </c>
       <c r="Q315" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R315" s="3" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="S315" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T315" s="4">
         <v>0.01</v>
       </c>
       <c r="U315" s="2">
-        <v>49237</v>
+        <v>55685</v>
       </c>
       <c r="V315" s="4">
-        <v>5.4554900000000002</v>
+        <v>3.3109999999999999</v>
       </c>
       <c r="W315" s="3" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="X315" s="4">
-        <v>58570.140639999998</v>
+        <v>0</v>
       </c>
       <c r="Y315" s="4">
-        <v>58570.140639999998</v>
+        <v>0</v>
       </c>
       <c r="Z315" s="6">
-        <v>4.2189999999999997E-3</v>
+        <v>1.663E-3</v>
       </c>
     </row>
     <row r="316" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A316" s="3" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D316" s="4">
-        <v>4302461.9694720004</v>
+        <v>6030000</v>
       </c>
       <c r="E316" s="5">
-        <v>100.0287</v>
+        <v>100.45392</v>
       </c>
       <c r="F316" s="4">
-        <v>4359217.68141919</v>
+        <v>6069243.7759999996</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H316" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I316" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J316" s="5">
-        <v>100.0287</v>
+        <v>100.45392</v>
       </c>
       <c r="K316" s="5">
         <v>1</v>
       </c>
       <c r="L316" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M316" s="4">
-        <v>4359217.681419</v>
+        <v>6069243.7759999996</v>
       </c>
       <c r="N316" s="4">
-        <v>4359217.68141919</v>
+        <v>6069243.7759999996</v>
       </c>
       <c r="O316" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P316" s="3" t="s">
-        <v>1050</v>
+        <v>1062</v>
       </c>
       <c r="Q316" s="3" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="R316" s="3" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="S316" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T316" s="4">
         <v>0.01</v>
       </c>
       <c r="U316" s="2">
-        <v>48410</v>
+        <v>47469</v>
       </c>
       <c r="V316" s="4">
-        <v>5.6175499999999996</v>
+        <v>4.43</v>
       </c>
       <c r="W316" s="3" t="s">
-        <v>1054</v>
+        <v>1063</v>
       </c>
       <c r="X316" s="4">
-        <v>55520.905361949997</v>
+        <v>11872.4</v>
       </c>
       <c r="Y316" s="4">
-        <v>55520.905360999997</v>
+        <v>11872.4</v>
       </c>
       <c r="Z316" s="6">
-        <v>3.3890000000000001E-3</v>
+        <v>4.6579999999999998E-3</v>
       </c>
     </row>
     <row r="317" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A317" s="3" t="s">
-        <v>1055</v>
+        <v>1064</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>1056</v>
+        <v>1065</v>
       </c>
       <c r="C317" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D317" s="4">
-        <v>194150000</v>
+        <v>5368000</v>
       </c>
       <c r="E317" s="5">
-        <v>99.944682999999998</v>
+        <v>99.998000000000005</v>
       </c>
       <c r="F317" s="4">
-        <v>195464686.43362299</v>
+        <v>5367892.6399999997</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>1057</v>
+        <v>212</v>
       </c>
       <c r="H317" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I317" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J317" s="5">
-        <v>99.944682999999998</v>
+        <v>99.998000000000005</v>
       </c>
       <c r="K317" s="5">
         <v>1</v>
       </c>
       <c r="L317" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M317" s="4">
-        <v>195464686.43362299</v>
+        <v>5367892.6399999997</v>
       </c>
       <c r="N317" s="4">
-        <v>195464686.43362299</v>
+        <v>5367892.6399999997</v>
       </c>
       <c r="O317" s="3" t="s">
-        <v>1058</v>
+        <v>34</v>
       </c>
       <c r="P317" s="3" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="Q317" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R317" s="3" t="s">
-        <v>1055</v>
+        <v>1064</v>
       </c>
       <c r="S317" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T317" s="4">
         <v>0.01</v>
       </c>
       <c r="U317" s="2">
-        <v>46507</v>
+        <v>49237</v>
       </c>
       <c r="V317" s="4">
-        <v>4.0478362060000004</v>
+        <v>5.0144399999999996</v>
       </c>
       <c r="W317" s="3" t="s">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="X317" s="4">
-        <v>1422084.3891239299</v>
+        <v>0</v>
       </c>
       <c r="Y317" s="4">
-        <v>1422084.389123</v>
+        <v>0</v>
       </c>
       <c r="Z317" s="6">
-        <v>0.151975</v>
+        <v>4.1200000000000004E-3</v>
       </c>
     </row>
     <row r="318" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A318" s="3" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>1062</v>
+        <v>1069</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D318" s="4">
-        <v>13200000</v>
+        <v>2827522.5911039999</v>
       </c>
       <c r="E318" s="5">
-        <v>99.920984000000004</v>
+        <v>100.0411</v>
       </c>
       <c r="F318" s="4">
-        <v>13286232.7788563</v>
+        <v>2836637.1337391101</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>1057</v>
+        <v>212</v>
       </c>
       <c r="H318" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I318" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J318" s="5">
-        <v>99.920984000000004</v>
+        <v>100.0411</v>
       </c>
       <c r="K318" s="5">
         <v>1</v>
       </c>
       <c r="L318" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M318" s="4">
-        <v>13286232.778856</v>
+        <v>2836637.1337390002</v>
       </c>
       <c r="N318" s="4">
-        <v>13286232.7788563</v>
+        <v>2836637.1337391101</v>
       </c>
       <c r="O318" s="3" t="s">
-        <v>1063</v>
+        <v>34</v>
       </c>
       <c r="P318" s="3" t="s">
-        <v>1059</v>
+        <v>1066</v>
       </c>
       <c r="Q318" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R318" s="3" t="s">
-        <v>1061</v>
+        <v>1068</v>
       </c>
       <c r="S318" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T318" s="4">
         <v>0.01</v>
       </c>
       <c r="U318" s="2">
-        <v>46599</v>
+        <v>48410</v>
       </c>
       <c r="V318" s="4">
-        <v>4.046836206</v>
+        <v>5.2045399999999997</v>
       </c>
       <c r="W318" s="3" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="X318" s="4">
-        <v>96662.890856380007</v>
+        <v>7952.4308501699998</v>
       </c>
       <c r="Y318" s="4">
-        <v>96662.890855999998</v>
+        <v>7952.4308499999997</v>
       </c>
       <c r="Z318" s="6">
-        <v>1.0330000000000001E-2</v>
+        <v>2.1770000000000001E-3</v>
       </c>
     </row>
     <row r="319" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A319" s="3" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>1067</v>
+        <v>180</v>
       </c>
       <c r="D319" s="4">
-        <v>-869770.14</v>
+        <v>190150000</v>
       </c>
       <c r="E319" s="5">
-        <v>1</v>
+        <v>99.971349000000004</v>
       </c>
       <c r="F319" s="4">
-        <v>-869770.14</v>
+        <v>190116254.41473401</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="H319" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I319" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J319" s="5">
-        <v>1</v>
+        <v>99.971349000000004</v>
       </c>
       <c r="K319" s="5">
         <v>1</v>
       </c>
       <c r="L319" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M319" s="4">
-        <v>-869770.14</v>
+        <v>190116254.41473401</v>
       </c>
       <c r="N319" s="4">
-        <v>-869770.14</v>
+        <v>190116254.41473401</v>
       </c>
       <c r="O319" s="3" t="s">
-        <v>34</v>
+        <v>1074</v>
       </c>
       <c r="P319" s="3" t="s">
-        <v>34</v>
+        <v>1075</v>
       </c>
       <c r="Q319" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R319" s="3" t="s">
-        <v>34</v>
+        <v>1071</v>
       </c>
       <c r="S319" s="3" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="T319" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U319" s="2">
+        <v>46507</v>
+      </c>
+      <c r="V319" s="4">
+        <v>4.0121480829999996</v>
       </c>
       <c r="W319" s="3" t="s">
-        <v>34</v>
+        <v>1076</v>
       </c>
       <c r="X319" s="4">
-        <v>0</v>
+        <v>20734.291234470002</v>
       </c>
       <c r="Y319" s="4">
-        <v>0</v>
+        <v>20734.291234</v>
       </c>
       <c r="Z319" s="6">
-        <v>-6.7599999999999995E-4</v>
+        <v>0.145929</v>
       </c>
     </row>
     <row r="320" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A320" s="3" t="s">
-        <v>1069</v>
+        <v>1077</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>1071</v>
+        <v>180</v>
       </c>
       <c r="D320" s="4">
-        <v>2323242.2009999999</v>
+        <v>13200000</v>
       </c>
       <c r="E320" s="5">
-        <v>5.01</v>
+        <v>99.979750999999993</v>
       </c>
       <c r="F320" s="4">
-        <v>11639443.42701</v>
+        <v>13198766.1166049</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="H320" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I320" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J320" s="5">
-        <v>5.01</v>
+        <v>99.979750999999993</v>
       </c>
       <c r="K320" s="5">
         <v>1</v>
       </c>
       <c r="L320" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M320" s="4">
-        <v>11639443.42701</v>
+        <v>13198766.116604</v>
       </c>
       <c r="N320" s="4">
-        <v>11639443.42701</v>
+        <v>13198766.1166049</v>
       </c>
       <c r="O320" s="3" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="P320" s="3" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="Q320" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R320" s="3" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="S320" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T320" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U320" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V320" s="4">
+        <v>4.0111480830000001</v>
       </c>
       <c r="W320" s="3" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
       <c r="X320" s="4">
-        <v>0</v>
+        <v>1438.9846049299999</v>
       </c>
       <c r="Y320" s="4">
-        <v>0</v>
+        <v>1438.984604</v>
       </c>
       <c r="Z320" s="6">
-        <v>9.0489999999999998E-3</v>
+        <v>1.0130999999999999E-2</v>
       </c>
     </row>
     <row r="321" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A321" s="3" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="C321" s="3" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="D321" s="4">
-        <v>3421772.21</v>
+        <v>-936016.62</v>
       </c>
       <c r="E321" s="5">
         <v>1</v>
       </c>
       <c r="F321" s="4">
-        <v>3421772.21</v>
+        <v>-936016.62</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="H321" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I321" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J321" s="5">
         <v>1</v>
       </c>
       <c r="K321" s="5">
         <v>1</v>
       </c>
       <c r="L321" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M321" s="4">
-        <v>3421772.21</v>
+        <v>-936016.62</v>
       </c>
       <c r="N321" s="4">
-        <v>3421772.21</v>
+        <v>-936016.62</v>
       </c>
       <c r="O321" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P321" s="3" t="s">
-        <v>1078</v>
+        <v>34</v>
       </c>
       <c r="Q321" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R321" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S321" s="3" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T321" s="4">
         <v>1</v>
       </c>
       <c r="W321" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X321" s="4">
         <v>0</v>
       </c>
       <c r="Y321" s="4">
         <v>0</v>
       </c>
       <c r="Z321" s="6">
-        <v>2.66E-3</v>
+        <v>-7.18E-4</v>
       </c>
     </row>
     <row r="322" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A322" s="3" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>1080</v>
+        <v>1086</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>1081</v>
+        <v>1087</v>
       </c>
       <c r="D322" s="4">
-        <v>145086060</v>
+        <v>2323242.2009999999</v>
       </c>
       <c r="E322" s="5">
-        <v>100</v>
+        <v>5.01</v>
       </c>
       <c r="F322" s="4">
-        <v>145086060</v>
+        <v>11639443.42701</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>1082</v>
+        <v>1088</v>
       </c>
       <c r="H322" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I322" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J322" s="5">
-        <v>100</v>
+        <v>5.01</v>
       </c>
       <c r="K322" s="5">
         <v>1</v>
       </c>
       <c r="L322" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M322" s="4">
-        <v>145086060</v>
+        <v>11639443.42701</v>
       </c>
       <c r="N322" s="4">
-        <v>145086060</v>
+        <v>11639443.42701</v>
       </c>
       <c r="O322" s="3" t="s">
-        <v>34</v>
+        <v>1089</v>
       </c>
       <c r="P322" s="3" t="s">
-        <v>34</v>
+        <v>1090</v>
       </c>
       <c r="Q322" s="3" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="R322" s="3" t="s">
-        <v>34</v>
+        <v>1091</v>
       </c>
       <c r="S322" s="3" t="s">
         <v>44</v>
       </c>
       <c r="T322" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.21</v>
+        <v>1</v>
       </c>
       <c r="W322" s="3" t="s">
-        <v>34</v>
+        <v>1085</v>
       </c>
       <c r="X322" s="4">
         <v>0</v>
       </c>
       <c r="Y322" s="4">
         <v>0</v>
       </c>
       <c r="Z322" s="6">
-        <v>0.112805</v>
+        <v>8.9339999999999992E-3</v>
       </c>
     </row>
     <row r="323" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A323" s="3" t="s">
-        <v>1083</v>
+        <v>1092</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>1084</v>
+        <v>1093</v>
+      </c>
+      <c r="C323" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D323" s="4">
+        <v>3903484.62</v>
+      </c>
+      <c r="E323" s="5">
+        <v>1</v>
       </c>
       <c r="F323" s="4">
-        <v>-140398390</v>
+        <v>3903484.62</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H323" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I323" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J323" s="5">
+        <v>1</v>
+      </c>
+      <c r="K323" s="5">
+        <v>1</v>
+      </c>
+      <c r="L323" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M323" s="4">
+        <v>3903484.62</v>
+      </c>
+      <c r="N323" s="4">
+        <v>3903484.62</v>
+      </c>
+      <c r="O323" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P323" s="3" t="s">
+        <v>1094</v>
+      </c>
+      <c r="Q323" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R323" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S323" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T323" s="4">
+        <v>1</v>
+      </c>
+      <c r="W323" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X323" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y323" s="4">
+        <v>0</v>
       </c>
       <c r="Z323" s="6">
-        <v>-0.10916069404832</v>
+        <v>2.996E-3</v>
       </c>
     </row>
     <row r="324" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A324" s="3" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>1086</v>
+        <v>1096</v>
+      </c>
+      <c r="C324" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D324" s="4">
+        <v>155002710.63</v>
+      </c>
+      <c r="E324" s="5">
+        <v>100</v>
       </c>
       <c r="F324" s="4">
-        <v>-4056.25</v>
+        <v>155020363.716488</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H324" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I324" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J324" s="5">
+        <v>100</v>
+      </c>
+      <c r="K324" s="5">
+        <v>1</v>
+      </c>
+      <c r="L324" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M324" s="4">
+        <v>155020363.716488</v>
+      </c>
+      <c r="N324" s="4">
+        <v>155020363.716488</v>
+      </c>
+      <c r="O324" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P324" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q324" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R324" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S324" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T324" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U324" s="2">
+        <v>45964</v>
+      </c>
+      <c r="V324" s="4">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="W324" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X324" s="4">
+        <v>17653.086488419998</v>
+      </c>
+      <c r="Y324" s="4">
+        <v>17653.086488000001</v>
       </c>
       <c r="Z324" s="6">
-        <v>-3.1537617007823198E-6</v>
+        <v>0.11899</v>
       </c>
     </row>
     <row r="325" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A325" s="3" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="F325" s="4">
-        <v>335994746.42282498</v>
+        <v>-162852265.09999999</v>
       </c>
       <c r="Z325" s="6">
-        <v>0.26123817884311201</v>
+        <v>-0.12500249801448399</v>
       </c>
     </row>
     <row r="326" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A326" s="3" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
       <c r="F326" s="4">
-        <v>61349100</v>
+        <v>-4056.25</v>
       </c>
       <c r="Z326" s="6">
-        <v>4.7699338541131502E-2</v>
+        <v>-3.1135052512772801E-6</v>
+      </c>
+    </row>
+    <row r="327" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A327" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B327" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F327" s="4">
+        <v>314458945.50969797</v>
+      </c>
+      <c r="Z327" s="6">
+        <v>0.241373085523713</v>
       </c>
     </row>
     <row r="328" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A328" s="3" t="s">
-        <v>1091</v>
-[...4 lines deleted...]
-        <v>1092</v>
+        <v>1105</v>
+      </c>
+      <c r="B328" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F328" s="4">
+        <v>60263090.399999999</v>
+      </c>
+      <c r="Z328" s="6">
+        <v>4.6256874802735999E-2</v>
       </c>
     </row>
     <row r="330" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A330" s="3" t="s">
-        <v>1093</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="331" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A331" s="3" t="s">
-        <v>1094</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="332" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A332" s="3" t="s">
-        <v>1095</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="333" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A333" s="3" t="s">
-        <v>1096</v>
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="334" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A334" s="3" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="335" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A335" s="3" t="s">
+        <v>1112</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>October</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>