--- v2 (2025-12-23)
+++ v3 (2026-01-13)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F47143D1-3D85-408F-81BC-DDE8DA4A31FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B0995A91-EA81-4A5B-8C23-E138E40512BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{72AE5E31-2505-430D-823E-B8DB1890D4D0}"/>
+    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{23341AAB-62EE-47C8-ABF7-E55B4027C06D}"/>
   </bookViews>
   <sheets>
-    <sheet name="October" sheetId="1" r:id="rId1"/>
+    <sheet name="November" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4214" uniqueCount="1113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4357" uniqueCount="1147">
   <si>
     <t>GMO Opportunistic Income Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -160,170 +160,167 @@
   <si>
     <t>EU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>CASH_USD_MARDJPUS8</t>
   </si>
   <si>
     <t>DERIV USD BALANCE WITH R73215 D_JP</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
-    <t>CASH_USD_CSHDJPMU5</t>
-[...5 lines deleted...]
-    <t>Collateral Cash</t>
+    <t>CASH_USD_MARJPNUS3</t>
+  </si>
+  <si>
+    <t>ETD USD MARGIN BALANCE</t>
+  </si>
+  <si>
+    <t>Futures Margin</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>Trade Date Cash</t>
+  </si>
+  <si>
+    <t>USD_EUR_DBA_20260130F</t>
+  </si>
+  <si>
+    <t>FX USD VS EUR</t>
+  </si>
+  <si>
+    <t>Derivative</t>
+  </si>
+  <si>
+    <t>Currency Contract</t>
+  </si>
+  <si>
+    <t>USD_EUR_DBA_20260130T</t>
+  </si>
+  <si>
+    <t>USD_EUR_MSCI_20260130F</t>
+  </si>
+  <si>
+    <t>USD_EUR_MSCI_20260130T</t>
+  </si>
+  <si>
+    <t>FBFVH26</t>
+  </si>
+  <si>
+    <t>US 5YR NOTE (CBT)</t>
+  </si>
+  <si>
+    <t>Futures</t>
+  </si>
+  <si>
+    <t>FVH6</t>
+  </si>
+  <si>
+    <t>XCBT</t>
+  </si>
+  <si>
+    <t>FBTUH26</t>
+  </si>
+  <si>
+    <t>US 2YR NOTE (CBT)</t>
+  </si>
+  <si>
+    <t>TUH6</t>
+  </si>
+  <si>
+    <t>FBTYH26</t>
+  </si>
+  <si>
+    <t>US 10YR NOTE (CBT)</t>
+  </si>
+  <si>
+    <t>TYH6</t>
+  </si>
+  <si>
+    <t>FBUXYH26</t>
+  </si>
+  <si>
+    <t>US 10yr Ultra Fut</t>
+  </si>
+  <si>
+    <t>UXYH6</t>
+  </si>
+  <si>
+    <t>FBWNH26</t>
+  </si>
+  <si>
+    <t>US ULTRA BOND CBT</t>
+  </si>
+  <si>
+    <t>WNH6</t>
+  </si>
+  <si>
+    <t>O1369437</t>
+  </si>
+  <si>
+    <t>SFRZ5P 95.625</t>
+  </si>
+  <si>
+    <t>Option</t>
+  </si>
+  <si>
+    <t>XCME</t>
+  </si>
+  <si>
+    <t>BMO0Q8850</t>
+  </si>
+  <si>
+    <t>CDS: (CMBX.NA.11.AA)</t>
+  </si>
+  <si>
+    <t>SWAP</t>
+  </si>
+  <si>
+    <t>Financials</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
-    <t>CASH_USD_MARJPNUS3</t>
-[...106 lines deleted...]
-  <si>
     <t>BMO2GTTS8</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.A)</t>
   </si>
   <si>
     <t>BMO2GTTY5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.AA)</t>
   </si>
   <si>
     <t>BMO2JVBS9</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.15.AAA)</t>
   </si>
   <si>
     <t>BMO2LAZA5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.8.A)</t>
   </si>
   <si>
     <t>BMO2N32X5</t>
@@ -463,50 +460,53 @@
   <si>
     <t>BMO4U6N05</t>
   </si>
   <si>
     <t>BMO4XM9M5</t>
   </si>
   <si>
     <t>TRSWAP: IBXXLLTR INDEX</t>
   </si>
   <si>
     <t>BMO4ZL3A7</t>
   </si>
   <si>
     <t>BMO4ZMDM8</t>
   </si>
   <si>
     <t>CDS: (CDX.NA.HY.39 15-25%)</t>
   </si>
   <si>
     <t>BMO507BG1</t>
   </si>
   <si>
     <t>CDS: (ITRAXX.EUR.44 12-100%)</t>
   </si>
   <si>
+    <t>BMO53P5P5</t>
+  </si>
+  <si>
     <t>BRW9YF7H1</t>
   </si>
   <si>
     <t>BRW9YFGW8</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.9.BBB-)</t>
   </si>
   <si>
     <t>BRW9YFVE1</t>
   </si>
   <si>
     <t>BRW9YFVL5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.6.AA)</t>
   </si>
   <si>
     <t>BRW9YHMT4</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.AS)</t>
   </si>
   <si>
     <t>BRW9YHMW7</t>
@@ -535,180 +535,186 @@
   <si>
     <t>CDS: (CMBX.NA.10.AAA)</t>
   </si>
   <si>
     <t>BRWZ0BGR7</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.12.AA)</t>
   </si>
   <si>
     <t>BRWZBCEX2</t>
   </si>
   <si>
     <t>Z96RYU906</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.EUR.42.V1)</t>
   </si>
   <si>
     <t>Z96RYU955</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.XO.42.V3)</t>
   </si>
   <si>
-    <t>Z96ZAV0B7</t>
-[...4 lines deleted...]
-  <si>
     <t>Z96ZAV0E1</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.IG.44.V1)</t>
   </si>
   <si>
     <t>Z978T5JQ0</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.EUR.44.V1)</t>
   </si>
   <si>
+    <t>Z978T5JR8</t>
+  </si>
+  <si>
+    <t>ICE: (ITRAXX.FINSR.44.V1)</t>
+  </si>
+  <si>
     <t>Z978T5JT4</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.IG.45.V1)</t>
   </si>
   <si>
-    <t>BMO4VYMD6</t>
-[...2 lines deleted...]
-    <t>ITRAXX.FINSR.43.V1 5YR RTP @ 75.00</t>
+    <t>BMO540P85</t>
+  </si>
+  <si>
+    <t>ITRAXX.FINSR.44.V1 5YR RTP @ 75.00</t>
   </si>
   <si>
     <t>SWAPTION</t>
   </si>
   <si>
+    <t>BAMD</t>
+  </si>
+  <si>
+    <t>BMO55RSL3</t>
+  </si>
+  <si>
     <t>JPMD</t>
   </si>
   <si>
-    <t>US01F0224B8425</t>
-[...2 lines deleted...]
-    <t>FNCI 2.5 11/25</t>
+    <t>US01F0224C6725</t>
+  </si>
+  <si>
+    <t>FNCI 2.5 12/25</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Agency Pass-Through</t>
   </si>
   <si>
     <t>FNCI</t>
   </si>
   <si>
-    <t>US01F0224B84</t>
-[...8 lines deleted...]
-    <t>FNCL 4 11/25</t>
+    <t>US01F0224C67</t>
+  </si>
+  <si>
+    <t>01F0224C6</t>
+  </si>
+  <si>
+    <t>US01F0406C6725</t>
+  </si>
+  <si>
+    <t>FNCL 4 12/25</t>
   </si>
   <si>
     <t>FNCL</t>
   </si>
   <si>
-    <t>US01F0406B84</t>
-[...62 lines deleted...]
-    <t>01F0626B2</t>
+    <t>US01F0406C67</t>
+  </si>
+  <si>
+    <t>01F0406C6</t>
+  </si>
+  <si>
+    <t>US01F0426C2225</t>
+  </si>
+  <si>
+    <t>FNCL 4.5 12/25</t>
+  </si>
+  <si>
+    <t>US01F0426C22</t>
+  </si>
+  <si>
+    <t>01F0426C2</t>
+  </si>
+  <si>
+    <t>US01F0524C3125</t>
+  </si>
+  <si>
+    <t>FNCI 5.5 12/25</t>
+  </si>
+  <si>
+    <t>US01F0524C31</t>
+  </si>
+  <si>
+    <t>01F0524C3</t>
+  </si>
+  <si>
+    <t>US01F0526C1325</t>
+  </si>
+  <si>
+    <t>FNCL 5.5 12/25</t>
+  </si>
+  <si>
+    <t>US01F0526C13</t>
+  </si>
+  <si>
+    <t>01F0526C1</t>
+  </si>
+  <si>
+    <t>US01F0606C4025</t>
+  </si>
+  <si>
+    <t>FNCL 6 12/25</t>
+  </si>
+  <si>
+    <t>US01F0606C40</t>
+  </si>
+  <si>
+    <t>01F0606C4</t>
+  </si>
+  <si>
+    <t>US01F0626C0425</t>
+  </si>
+  <si>
+    <t>FNCL 6.5 12/25</t>
+  </si>
+  <si>
+    <t>US01F0626C04</t>
+  </si>
+  <si>
+    <t>01F0626C0</t>
   </si>
   <si>
     <t>US00432CBX83</t>
   </si>
   <si>
     <t>ACCSS 2004-2 A4</t>
   </si>
   <si>
     <t>Asset Backed Security</t>
   </si>
   <si>
     <t>ACCSS</t>
   </si>
   <si>
     <t>00432CBX8</t>
   </si>
   <si>
     <t>US00432CBZ32</t>
   </si>
   <si>
     <t>ACCSS 2004-2 B</t>
   </si>
   <si>
     <t>00432CBZ3</t>
   </si>
@@ -913,50 +919,62 @@
   <si>
     <t>05606FAN3</t>
   </si>
   <si>
     <t>US05608MAA45</t>
   </si>
   <si>
     <t>BX 2020-VIV4 A</t>
   </si>
   <si>
     <t>05608MAA4</t>
   </si>
   <si>
     <t>US066053AD10</t>
   </si>
   <si>
     <t>BAMH 1998-1 B2</t>
   </si>
   <si>
     <t>BAMH</t>
   </si>
   <si>
     <t>066053AD1</t>
   </si>
   <si>
+    <t>US07131AAM62</t>
+  </si>
+  <si>
+    <t>BATLN 2020-15A A1RR</t>
+  </si>
+  <si>
+    <t>BATLN</t>
+  </si>
+  <si>
+    <t>07131AAM6</t>
+  </si>
+  <si>
     <t>US07324AAF84</t>
   </si>
   <si>
     <t>BAYC 2008-1 A4</t>
   </si>
   <si>
     <t>BAYC</t>
   </si>
   <si>
     <t>07324AAF8</t>
   </si>
   <si>
     <t>US07324NAA19</t>
   </si>
   <si>
     <t>BAYC 2006-3A A1</t>
   </si>
   <si>
     <t>BFH3N96</t>
   </si>
   <si>
     <t>07324NAA1</t>
   </si>
   <si>
     <t>US07324SBN18</t>
@@ -1114,50 +1132,59 @@
   <si>
     <t>B0W5P18</t>
   </si>
   <si>
     <t>BSARM</t>
   </si>
   <si>
     <t>07387AEG6</t>
   </si>
   <si>
     <t>US07401LAA17</t>
   </si>
   <si>
     <t>BSMF 2006-AR1 1A1</t>
   </si>
   <si>
     <t>B1B5B52</t>
   </si>
   <si>
     <t>BSMF</t>
   </si>
   <si>
     <t>07401LAA1</t>
   </si>
   <si>
+    <t>US07401MAA99</t>
+  </si>
+  <si>
+    <t>BSMF 2007-AR1 1A1</t>
+  </si>
+  <si>
+    <t>07401MAA9</t>
+  </si>
+  <si>
     <t>US07401RAA86</t>
   </si>
   <si>
     <t>BSMF 2007-SL2 1A</t>
   </si>
   <si>
     <t>BTL1KS2</t>
   </si>
   <si>
     <t>07401RAA8</t>
   </si>
   <si>
     <t>US08160JAE73</t>
   </si>
   <si>
     <t>BMARK 2019-B9 A5</t>
   </si>
   <si>
     <t>BMARK</t>
   </si>
   <si>
     <t>08160JAE7</t>
   </si>
   <si>
     <t>US08160KAE47</t>
@@ -1519,62 +1546,71 @@
   <si>
     <t>US251510NC37</t>
   </si>
   <si>
     <t>DBALT 2006-AF1 A4</t>
   </si>
   <si>
     <t>DBALT</t>
   </si>
   <si>
     <t>251510NC3</t>
   </si>
   <si>
     <t>US25151UAA51</t>
   </si>
   <si>
     <t>DBALT 2007-AR2 A1</t>
   </si>
   <si>
     <t>BP55YM4</t>
   </si>
   <si>
     <t>25151UAA5</t>
   </si>
   <si>
+    <t>US26244GAS49</t>
+  </si>
+  <si>
+    <t>DRSLF 2015-40A AR2</t>
+  </si>
+  <si>
+    <t>DRSLF</t>
+  </si>
+  <si>
+    <t>26244GAS4</t>
+  </si>
+  <si>
     <t>US26251LAC81</t>
   </si>
   <si>
     <t>DRSLF 2018-64A A</t>
   </si>
   <si>
     <t>BFN6VN9</t>
   </si>
   <si>
-    <t>DRSLF</t>
-[...1 lines deleted...]
-  <si>
     <t>26251LAC8</t>
   </si>
   <si>
     <t>US28623CAL54</t>
   </si>
   <si>
     <t>AWPT 2018-10A AR</t>
   </si>
   <si>
     <t>AWPT</t>
   </si>
   <si>
     <t>28623CAL5</t>
   </si>
   <si>
     <t>US28628BAA61</t>
   </si>
   <si>
     <t>ELFI 2021-A A</t>
   </si>
   <si>
     <t>ELFI</t>
   </si>
   <si>
     <t>28628BAA6</t>
@@ -2533,50 +2569,62 @@
   <si>
     <t>ROCC</t>
   </si>
   <si>
     <t>74970WAA8</t>
   </si>
   <si>
     <t>US74970WAJ99</t>
   </si>
   <si>
     <t>ROCC 2024-CNTR E</t>
   </si>
   <si>
     <t>74970WAJ9</t>
   </si>
   <si>
     <t>US76110VRX81</t>
   </si>
   <si>
     <t>RFMS2 2005-HS1 AI4</t>
   </si>
   <si>
     <t>76110VRX8</t>
   </si>
   <si>
+    <t>US761118CE65</t>
+  </si>
+  <si>
+    <t>RALI 2005-QS11 A1</t>
+  </si>
+  <si>
+    <t>RALI</t>
+  </si>
+  <si>
+    <t>761118CE6</t>
+  </si>
+  <si>
     <t>US76111XYJ61</t>
   </si>
   <si>
     <t>RFMSI 2005-SA4 2A2</t>
   </si>
   <si>
     <t>B3D0881</t>
   </si>
   <si>
     <t>RFMSI</t>
   </si>
   <si>
     <t>76111XYJ6</t>
   </si>
   <si>
     <t>US76112BJH42</t>
   </si>
   <si>
     <t>RAMP 2005-RS1 MII2</t>
   </si>
   <si>
     <t>RAMP</t>
   </si>
   <si>
     <t>76112BJH4</t>
@@ -2833,50 +2881,62 @@
   <si>
     <t>SMB 2015-B B</t>
   </si>
   <si>
     <t>78448QAE8</t>
   </si>
   <si>
     <t>US78448YAD31</t>
   </si>
   <si>
     <t>SMB 2021-A B</t>
   </si>
   <si>
     <t>78448YAD3</t>
   </si>
   <si>
     <t>US78449HAF47</t>
   </si>
   <si>
     <t>SMB 2023-B R</t>
   </si>
   <si>
     <t>78449HAF4</t>
   </si>
   <si>
+    <t>US805564QV62</t>
+  </si>
+  <si>
+    <t>SAST 2004-3 M1</t>
+  </si>
+  <si>
+    <t>SAST</t>
+  </si>
+  <si>
+    <t>805564QV6</t>
+  </si>
+  <si>
     <t>US81881JAC62</t>
   </si>
   <si>
     <t>SHACK 2014-5RA A</t>
   </si>
   <si>
     <t>SHACK</t>
   </si>
   <si>
     <t>81881JAC6</t>
   </si>
   <si>
     <t>US83609YAC03</t>
   </si>
   <si>
     <t>SNDPT 2013-3RA A</t>
   </si>
   <si>
     <t>SNDPT</t>
   </si>
   <si>
     <t>83609YAC0</t>
   </si>
   <si>
     <t>US83610JAA43</t>
@@ -2920,50 +2980,62 @@
   <si>
     <t>B6S2LR3</t>
   </si>
   <si>
     <t>SARM</t>
   </si>
   <si>
     <t>863579QX9</t>
   </si>
   <si>
     <t>US86362XAA63</t>
   </si>
   <si>
     <t>SAMI 2007-AR1 1A1</t>
   </si>
   <si>
     <t>B29ST12</t>
   </si>
   <si>
     <t>SAMI</t>
   </si>
   <si>
     <t>86362XAA6</t>
   </si>
   <si>
+    <t>US87154EBE95</t>
+  </si>
+  <si>
+    <t>SYMP 2014-15A AR3</t>
+  </si>
+  <si>
+    <t>SYMP</t>
+  </si>
+  <si>
+    <t>87154EBE9</t>
+  </si>
+  <si>
     <t>US88156PAZ45</t>
   </si>
   <si>
     <t>TMTS 2006-7 2A3</t>
   </si>
   <si>
     <t>TMTS</t>
   </si>
   <si>
     <t>88156PAZ4</t>
   </si>
   <si>
     <t>US89174UAB26</t>
   </si>
   <si>
     <t>TPAT 2018-SL1 B</t>
   </si>
   <si>
     <t>TPAT</t>
   </si>
   <si>
     <t>89174UAB2</t>
   </si>
   <si>
     <t>US89179XAC92</t>
@@ -3121,50 +3193,62 @@
   <si>
     <t>WFRBS 2014-C21 B</t>
   </si>
   <si>
     <t>BQQFHL0</t>
   </si>
   <si>
     <t>WFRBS</t>
   </si>
   <si>
     <t>92939FAX7</t>
   </si>
   <si>
     <t>US92939FAY51</t>
   </si>
   <si>
     <t>WFRBS 2014-C21 C</t>
   </si>
   <si>
     <t>BQQFHN2</t>
   </si>
   <si>
     <t>92939FAY5</t>
   </si>
   <si>
+    <t>US92945JAA16</t>
+  </si>
+  <si>
+    <t>VOYA 2025-1A X</t>
+  </si>
+  <si>
+    <t>VOYA</t>
+  </si>
+  <si>
+    <t>92945JAA1</t>
+  </si>
+  <si>
     <t>US933633AG41</t>
   </si>
   <si>
     <t>WMCMS 2006-SL1 E</t>
   </si>
   <si>
     <t>WMCMS</t>
   </si>
   <si>
     <t>933633AG4</t>
   </si>
   <si>
     <t>US933638AD07</t>
   </si>
   <si>
     <t>WAMU 2006-AR19 2A</t>
   </si>
   <si>
     <t>933638AD0</t>
   </si>
   <si>
     <t>US93364LAM00</t>
   </si>
   <si>
     <t>WMCMS 2007-SL3 J</t>
@@ -3313,63 +3397,81 @@
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>362013369</t>
   </si>
   <si>
     <t>GMO US TREASURY FUND CLASS VI</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>BYZYHN6</t>
   </si>
   <si>
     <t>GUSTX</t>
   </si>
   <si>
     <t>US3620133690</t>
   </si>
   <si>
+    <t>90139K886</t>
+  </si>
+  <si>
+    <t>Gmo Ultra-Short Income Etf</t>
+  </si>
+  <si>
+    <t>BPYV2Q3</t>
+  </si>
+  <si>
+    <t>GMOC</t>
+  </si>
+  <si>
+    <t>US90139K8861</t>
+  </si>
+  <si>
+    <t>ARCX</t>
+  </si>
+  <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>TRIXX</t>
   </si>
   <si>
-    <t>BMO53BPP4</t>
-[...2 lines deleted...]
-    <t>REPO for  R 4.10</t>
+    <t>BMO56BXX5</t>
+  </si>
+  <si>
+    <t>REPO for  R 4.05</t>
   </si>
   <si>
     <t>Short Term Instrument</t>
   </si>
   <si>
     <t>Repurchase Agreement (REPO)</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Future</t>
   </si>
   <si>
     <t>Contra Derivatives - Futures</t>
   </si>
   <si>
     <t>CONTRA_DERIV_OPT</t>
   </si>
   <si>
     <t>Contra Derivatives - Options</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swap</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaps</t>
   </si>
@@ -3769,92 +3871,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0A2871FD-8771-497C-8CA0-2970B5859838}">
-  <dimension ref="A1:Z335"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{463D5EB1-1FC8-44A9-B0EB-44F165118440}">
+  <dimension ref="A1:Z346"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="5"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45961</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -3904,430 +4006,433 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>1345.55</v>
+        <v>2314.4899999999998</v>
       </c>
       <c r="E4" s="5">
-        <v>1.1541999999999999</v>
+        <v>1.16055</v>
       </c>
       <c r="F4" s="4">
-        <v>1553.0338099999999</v>
+        <v>2686.0813695000002</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>1345.55</v>
+        <v>2314.4899999999998</v>
       </c>
       <c r="N4" s="4">
-        <v>1553.0338099999999</v>
+        <v>2686.0813695000002</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>9.9999999999999995E-7</v>
+        <v>1.9999999999999999E-6</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>11531500.583152</v>
+        <v>12028810.350834001</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>11531500.5831524</v>
+        <v>12028810.350834399</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4">
-        <v>11531500.583152</v>
+        <v>12028810.350834001</v>
       </c>
       <c r="N5" s="4">
-        <v>11531500.5831524</v>
+        <v>12028810.350834399</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>8.8509999999999995E-3</v>
+        <v>9.4249999999999994E-3</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>1724000</v>
+        <v>3683.74</v>
       </c>
       <c r="E6" s="5">
         <v>1</v>
       </c>
       <c r="F6" s="4">
-        <v>1724000</v>
+        <v>3683.74</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M6" s="4">
-        <v>1724000</v>
+        <v>3683.74</v>
       </c>
       <c r="N6" s="4">
-        <v>1724000</v>
+        <v>3683.74</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.323E-3</v>
+        <v>1.9999999999999999E-6</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>8141.23</v>
+        <v>-62961389.869999997</v>
       </c>
       <c r="E7" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F7" s="4">
-        <v>8141.23</v>
+        <v>-62960465.869999997</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="4">
-        <v>8141.23</v>
+        <v>-62960465.869999997</v>
       </c>
       <c r="N7" s="4">
-        <v>8141.23</v>
+        <v>-62960465.869999997</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>-4.9335999999999998E-2</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="C8" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="C8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" s="4">
-        <v>-55836897.909999996</v>
+        <v>-8461000</v>
       </c>
       <c r="E8" s="5">
-        <v>0</v>
+        <v>1.1641900000000001</v>
       </c>
       <c r="F8" s="4">
-        <v>-55835815.909999996</v>
+        <v>-9850218.7262139991</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>-55835815.909999996</v>
+        <v>-8487543.6010619998</v>
       </c>
       <c r="N8" s="4">
-        <v>-55835815.909999996</v>
+        <v>-9850218.7262145206</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
+      </c>
+      <c r="U8" s="2">
+        <v>46052</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-4.2858E-2</v>
+        <v>-9.9139999999999992E-3</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D9" s="4">
         <v>-2802098.9427999998</v>
       </c>
       <c r="E9" s="5">
         <v>1</v>
       </c>
       <c r="F9" s="4">
         <v>-2802098.9427999998</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M9" s="4">
         <v>-2802098.9427999998</v>
       </c>
       <c r="N9" s="4">
         <v>-2802098.9427999998</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
@@ -4337,25121 +4442,25986 @@
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="U9" s="2">
         <v>46052</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-9.6819999999999996E-3</v>
+        <v>-9.9139999999999992E-3</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D10" s="4">
-        <v>-8461000</v>
+        <v>2398000</v>
       </c>
       <c r="E10" s="5">
-        <v>1.159759</v>
+        <v>1.1641900000000001</v>
       </c>
       <c r="F10" s="4">
-        <v>-9812724.9369719997</v>
+        <v>2791729.6425319999</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>-8501754.4073559996</v>
+        <v>2405522.9352719998</v>
       </c>
       <c r="N10" s="4">
-        <v>-9812724.9369719997</v>
+        <v>2791729.64253191</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="U10" s="2">
         <v>46052</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>-9.6819999999999996E-3</v>
+        <v>9.9389999999999999E-3</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D11" s="4">
-        <v>2398000</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="E11" s="5">
-        <v>1.159759</v>
+        <v>1</v>
       </c>
       <c r="F11" s="4">
-        <v>2781103.2264339998</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M11" s="4">
-        <v>2409550.5340780001</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="N11" s="4">
-        <v>2781103.2264340902</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="U11" s="2">
         <v>46052</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>9.7269999999999995E-3</v>
+        <v>9.9389999999999999E-3</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D12" s="4">
-        <v>9891953.0931000002</v>
+        <v>-91000</v>
       </c>
       <c r="E12" s="5">
-        <v>1</v>
+        <v>1.1641900000000001</v>
       </c>
       <c r="F12" s="4">
-        <v>9891953.0931000002</v>
+        <v>-105941.366752</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>9891953.0931000002</v>
+        <v>-91285.482531000001</v>
       </c>
       <c r="N12" s="4">
-        <v>9891953.0931000002</v>
+        <v>-105941.36675163</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="U12" s="2">
         <v>46052</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>9.7269999999999995E-3</v>
+        <v>-8.2999999999999998E-5</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D13" s="4">
-        <v>-202</v>
+        <v>104918.4682</v>
       </c>
       <c r="E13" s="5">
-        <v>109.210938</v>
+        <v>1</v>
       </c>
       <c r="F13" s="4">
-        <v>-22060609.5</v>
+        <v>104918.4682</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J13" s="5">
-        <v>109.2109375</v>
+        <v>1</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M13" s="4">
-        <v>0</v>
+        <v>104918.4682</v>
       </c>
       <c r="N13" s="4">
-        <v>0</v>
+        <v>104918.4682</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="T13" s="4">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="U13" s="2">
-        <v>46022</v>
+        <v>46052</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>-1.6933E-2</v>
+        <v>8.2000000000000001E-5</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D14" s="4">
-        <v>410</v>
+        <v>-361</v>
       </c>
       <c r="E14" s="5">
-        <v>104.121094</v>
+        <v>109.765625</v>
       </c>
       <c r="F14" s="4">
-        <v>85379296.400000006</v>
+        <v>-39625391</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J14" s="5">
-        <v>104.12109375</v>
+        <v>109.765625</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M14" s="4">
         <v>0</v>
       </c>
       <c r="N14" s="4">
         <v>0</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="T14" s="4">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="U14" s="2">
-        <v>46022</v>
+        <v>46112</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>6.5534999999999996E-2</v>
+        <v>-3.1050000000000001E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D15" s="4">
-        <v>508</v>
+        <v>429</v>
       </c>
       <c r="E15" s="5">
-        <v>112.671875</v>
+        <v>104.429688</v>
       </c>
       <c r="F15" s="4">
-        <v>57237312.5</v>
+        <v>89600671.200000003</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J15" s="5">
-        <v>112.671875</v>
+        <v>104.4296875</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M15" s="4">
         <v>0</v>
       </c>
       <c r="N15" s="4">
         <v>0</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="T15" s="4">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="U15" s="2">
-        <v>46010</v>
+        <v>46112</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>4.3934000000000001E-2</v>
+        <v>7.0211999999999997E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D16" s="4">
-        <v>361</v>
+        <v>497</v>
       </c>
       <c r="E16" s="5">
-        <v>115.484375</v>
+        <v>113.34375</v>
       </c>
       <c r="F16" s="4">
-        <v>41689859.399999999</v>
+        <v>56331843.700000003</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J16" s="5">
-        <v>115.484375</v>
+        <v>113.34375</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M16" s="4">
         <v>0</v>
       </c>
       <c r="N16" s="4">
         <v>0</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="T16" s="4">
         <v>1000</v>
       </c>
       <c r="U16" s="2">
-        <v>46010</v>
+        <v>46101</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>3.2000000000000001E-2</v>
+        <v>4.4142000000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D17" s="4">
-        <v>5</v>
+        <v>354</v>
       </c>
       <c r="E17" s="5">
-        <v>121.28125</v>
+        <v>116.203125</v>
       </c>
       <c r="F17" s="4">
-        <v>606406.30000000005</v>
+        <v>41135906.299999997</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J17" s="5">
-        <v>121.28125</v>
+        <v>116.203125</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M17" s="4">
         <v>0</v>
       </c>
       <c r="N17" s="4">
         <v>0</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="T17" s="4">
         <v>1000</v>
       </c>
       <c r="U17" s="2">
-        <v>46010</v>
+        <v>46101</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>4.6500000000000003E-4</v>
+        <v>3.2233999999999999E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D18" s="4">
-        <v>649</v>
+        <v>5</v>
       </c>
       <c r="E18" s="5">
-        <v>2.5000000000000001E-3</v>
+        <v>120.9375</v>
       </c>
       <c r="F18" s="4">
-        <v>8112.5</v>
+        <v>604687.5</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J18" s="5">
-        <v>2.5000000000000001E-3</v>
+        <v>120.9375</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M18" s="4">
-        <v>4056.25</v>
+        <v>0</v>
       </c>
       <c r="N18" s="4">
-        <v>4056.25</v>
+        <v>0</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="T18" s="4">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="U18" s="2">
-        <v>46003</v>
+        <v>46101</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>4.73E-4</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D19" s="4">
-        <v>-4624500</v>
+        <v>649</v>
       </c>
       <c r="E19" s="5">
-        <v>-0.45255099999999998</v>
+        <v>2.5000000000000001E-3</v>
       </c>
       <c r="F19" s="4">
-        <v>-4603571.7944200002</v>
+        <v>8112.5</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J19" s="5">
-        <v>-0.45255066999999999</v>
+        <v>2.5000000000000001E-3</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M19" s="4">
-        <v>20928.205580000002</v>
+        <v>4056.25</v>
       </c>
       <c r="N19" s="4">
-        <v>20928.205580000002</v>
+        <v>4056.25</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="T19" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U19" s="2">
-        <v>56571</v>
+        <v>46003</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
-        <v>-1156.125</v>
+        <v>0</v>
       </c>
       <c r="Y19" s="4">
-        <v>-1156.125</v>
+        <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>-3.5330000000000001E-3</v>
+        <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D20" s="4">
-        <v>-2259033.0499999998</v>
+        <v>-4624500</v>
       </c>
       <c r="E20" s="5">
-        <v>-25.716667000000001</v>
+        <v>-0.45391799999999999</v>
       </c>
       <c r="F20" s="4">
-        <v>-1678085.0506416699</v>
+        <v>-4603508.5535329403</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J20" s="5">
-        <v>-25.716666669999999</v>
+        <v>-0.45391819</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M20" s="4">
-        <v>580947.999358</v>
+        <v>20991.446467000002</v>
       </c>
       <c r="N20" s="4">
-        <v>580947.99935833004</v>
+        <v>20991.446467059999</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T20" s="4">
         <v>0.01</v>
       </c>
       <c r="U20" s="2">
-        <v>53709</v>
+        <v>56571</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
-        <v>-753.01101667</v>
+        <v>-578.0625</v>
       </c>
       <c r="Y20" s="4">
-        <v>-753.01101600000004</v>
+        <v>-578.0625</v>
       </c>
       <c r="Z20" s="6">
-        <v>-1.2880000000000001E-3</v>
+        <v>-3.607E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D21" s="4">
-        <v>799412.27500000002</v>
+        <v>-2233597.5</v>
       </c>
       <c r="E21" s="5">
-        <v>-12.346683000000001</v>
+        <v>-27.093333000000001</v>
       </c>
       <c r="F21" s="4">
-        <v>700711.37820737006</v>
+        <v>-1628441.4839999999</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J21" s="5">
-        <v>-12.34668267</v>
+        <v>-27.09333333</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M21" s="4">
-        <v>-98700.896792</v>
+        <v>605156.01599999995</v>
       </c>
       <c r="N21" s="4">
-        <v>-98700.896792629996</v>
+        <v>605156.01599999995</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T21" s="4">
         <v>0.01</v>
       </c>
       <c r="U21" s="2">
         <v>53709</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
-        <v>199.85306875000001</v>
+        <v>-372.26625000000001</v>
       </c>
       <c r="Y21" s="4">
-        <v>199.85306800000001</v>
+        <v>-372.26625000000001</v>
       </c>
       <c r="Z21" s="6">
-        <v>5.3700000000000004E-4</v>
+        <v>-1.276E-3</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D22" s="4">
-        <v>2824547.4406499998</v>
+        <v>797067.82</v>
       </c>
       <c r="E22" s="5">
-        <v>-0.33875100000000002</v>
+        <v>-12.454167</v>
       </c>
       <c r="F22" s="4">
-        <v>2814979.24853417</v>
+        <v>697799.66525083</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J22" s="5">
-        <v>-0.33875133000000002</v>
+        <v>-12.454166669999999</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M22" s="4">
-        <v>-9568.1921149999998</v>
+        <v>-99268.154748999994</v>
       </c>
       <c r="N22" s="4">
-        <v>-9568.1921158299992</v>
+        <v>-99268.154749170004</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T22" s="4">
         <v>0.01</v>
       </c>
       <c r="U22" s="2">
-        <v>60224</v>
+        <v>53709</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
-        <v>235.37895338999999</v>
+        <v>99.633477499999998</v>
       </c>
       <c r="Y22" s="4">
-        <v>235.378953</v>
+        <v>99.633476999999999</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.16E-3</v>
+        <v>5.4600000000000004E-4</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D23" s="4">
-        <v>-975834.78339999996</v>
+        <v>2824417.2674750001</v>
       </c>
       <c r="E23" s="5">
-        <v>-5.3849999999999998</v>
+        <v>-0.165987</v>
       </c>
       <c r="F23" s="4">
-        <v>-923286.08031391003</v>
+        <v>2819729.1113999598</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J23" s="5">
-        <v>-5.3849999999999998</v>
+        <v>-0.16598667</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M23" s="4">
-        <v>52548.703086000001</v>
+        <v>-4688.1560749999999</v>
       </c>
       <c r="N23" s="4">
-        <v>52548.703086089998</v>
+        <v>-4688.1560750400004</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T23" s="4">
         <v>0.01</v>
       </c>
       <c r="U23" s="2">
-        <v>57635</v>
+        <v>60224</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
-        <v>-325.27826112999998</v>
+        <v>117.68405281</v>
       </c>
       <c r="Y23" s="4">
-        <v>-325.27826099999999</v>
+        <v>117.68405199999999</v>
       </c>
       <c r="Z23" s="6">
-        <v>-7.0799999999999997E-4</v>
+        <v>2.209E-3</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D24" s="4">
-        <v>-3000000</v>
+        <v>-974163.07739999995</v>
       </c>
       <c r="E24" s="5">
-        <v>-1.1840649999999999</v>
+        <v>-5.35</v>
       </c>
       <c r="F24" s="4">
-        <v>-2964478.06</v>
+        <v>-922045.35275910003</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J24" s="5">
-        <v>-1.1840646699999999</v>
+        <v>-5.35</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M24" s="4">
-        <v>35521.94</v>
+        <v>52117.72464</v>
       </c>
       <c r="N24" s="4">
-        <v>35521.94</v>
+        <v>52117.7246409</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T24" s="4">
         <v>0.01</v>
       </c>
       <c r="U24" s="2">
-        <v>63174</v>
+        <v>57635</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
-        <v>-750</v>
+        <v>-162.3605129</v>
       </c>
       <c r="Y24" s="4">
-        <v>-750</v>
+        <v>-162.360512</v>
       </c>
       <c r="Z24" s="6">
-        <v>-2.2750000000000001E-3</v>
+        <v>-7.2199999999999999E-4</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D25" s="4">
-        <v>-2682000</v>
+        <v>-3000000</v>
       </c>
       <c r="E25" s="5">
-        <v>-5.4931469999999996</v>
+        <v>-1.0988309999999999</v>
       </c>
       <c r="F25" s="4">
-        <v>-2534673.7885199999</v>
+        <v>-2967035.08458632</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J25" s="5">
-        <v>-5.4931473300000002</v>
+        <v>-1.09883051</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M25" s="4">
-        <v>147326.21148</v>
+        <v>32964.915413000002</v>
       </c>
       <c r="N25" s="4">
-        <v>147326.21148</v>
+        <v>32964.915413679999</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T25" s="4">
         <v>0.01</v>
       </c>
       <c r="U25" s="2">
         <v>63174</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="4">
-        <v>-894</v>
+        <v>-375</v>
       </c>
       <c r="Y25" s="4">
-        <v>-894</v>
+        <v>-375</v>
       </c>
       <c r="Z25" s="6">
-        <v>-1.9449999999999999E-3</v>
+        <v>-2.3249999999999998E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D26" s="4">
-        <v>-2000000</v>
+        <v>-2682000</v>
       </c>
       <c r="E26" s="5">
-        <v>-1.1840649999999999</v>
+        <v>-5.5398389999999997</v>
       </c>
       <c r="F26" s="4">
-        <v>-1976318.70666667</v>
+        <v>-2533421.5106280199</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J26" s="5">
-        <v>-1.1840646699999999</v>
+        <v>-5.5398392799999998</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M26" s="4">
-        <v>23681.293333000001</v>
+        <v>148578.489371</v>
       </c>
       <c r="N26" s="4">
-        <v>23681.293333329999</v>
+        <v>148578.48937197999</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T26" s="4">
         <v>0.01</v>
       </c>
       <c r="U26" s="2">
         <v>63174</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
-        <v>-500</v>
+        <v>-447</v>
       </c>
       <c r="Y26" s="4">
-        <v>-500</v>
+        <v>-447</v>
       </c>
       <c r="Z26" s="6">
-        <v>-1.516E-3</v>
+        <v>-1.9849999999999998E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D27" s="4">
-        <v>-5752000</v>
+        <v>-2000000</v>
       </c>
       <c r="E27" s="5">
-        <v>-12.865</v>
+        <v>-1.0988309999999999</v>
       </c>
       <c r="F27" s="4">
-        <v>-5012005.2</v>
+        <v>-1978023.3897242199</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J27" s="5">
-        <v>-12.865</v>
+        <v>-1.09883051</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M27" s="4">
-        <v>739994.8</v>
+        <v>21976.610274999999</v>
       </c>
       <c r="N27" s="4">
-        <v>739994.8</v>
+        <v>21976.61027578</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T27" s="4">
         <v>0.01</v>
       </c>
       <c r="U27" s="2">
-        <v>56571</v>
+        <v>63174</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
-        <v>-2876</v>
+        <v>-250</v>
       </c>
       <c r="Y27" s="4">
-        <v>-2876</v>
+        <v>-250</v>
       </c>
       <c r="Z27" s="6">
-        <v>-3.8470000000000002E-3</v>
+        <v>-1.5499999999999999E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D28" s="4">
-        <v>-5000000</v>
+        <v>-5752000</v>
       </c>
       <c r="E28" s="5">
-        <v>-4.251315</v>
+        <v>-12.941667000000001</v>
       </c>
       <c r="F28" s="4">
-        <v>-4787434.25</v>
+        <v>-5007595.3333333302</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J28" s="5">
-        <v>-4.251315</v>
+        <v>-12.94166667</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M28" s="4">
-        <v>212565.75</v>
+        <v>744404.66666600003</v>
       </c>
       <c r="N28" s="4">
-        <v>212565.75</v>
+        <v>744404.66666667</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T28" s="4">
         <v>0.01</v>
       </c>
       <c r="U28" s="2">
-        <v>60224</v>
+        <v>56571</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
-        <v>-1666.66666667</v>
+        <v>-1438</v>
       </c>
       <c r="Y28" s="4">
-        <v>-1666.6666660000001</v>
+        <v>-1438</v>
       </c>
       <c r="Z28" s="6">
-        <v>-3.6740000000000002E-3</v>
+        <v>-3.9240000000000004E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D29" s="4">
-        <v>9998398.0199999996</v>
+        <v>-5000000</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.33875100000000002</v>
+        <v>-4.2700250000000004</v>
       </c>
       <c r="F29" s="4">
-        <v>9964528.3133952804</v>
+        <v>-4786498.7310857102</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J29" s="5">
-        <v>-0.33875133000000002</v>
+        <v>-4.2700253799999999</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M29" s="4">
-        <v>-33869.706603999999</v>
+        <v>213501.26891399999</v>
       </c>
       <c r="N29" s="4">
-        <v>-33869.706604719999</v>
+        <v>213501.26891429001</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
         <v>60224</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
-        <v>833.19983500000001</v>
+        <v>-833.33333332999996</v>
       </c>
       <c r="Y29" s="4">
-        <v>833.19983500000001</v>
+        <v>-833.33333300000004</v>
       </c>
       <c r="Z29" s="6">
-        <v>7.6480000000000003E-3</v>
+        <v>-3.7499999999999999E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D30" s="4">
-        <v>-3933500</v>
+        <v>9997937.2300000004</v>
       </c>
       <c r="E30" s="5">
-        <v>-17.976666999999999</v>
+        <v>-0.165987</v>
       </c>
       <c r="F30" s="4">
-        <v>-3226387.8166666701</v>
+        <v>9981341.9872564897</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J30" s="5">
-        <v>-17.97666667</v>
+        <v>-0.16598667</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M30" s="4">
-        <v>707112.18333300005</v>
+        <v>-16595.242742999999</v>
       </c>
       <c r="N30" s="4">
-        <v>707112.18333332997</v>
+        <v>-16595.24274351</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
-        <v>63174</v>
+        <v>60224</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
-        <v>-1966.75</v>
+        <v>416.58071791999998</v>
       </c>
       <c r="Y30" s="4">
-        <v>-1966.75</v>
+        <v>416.58071699999999</v>
       </c>
       <c r="Z30" s="6">
-        <v>-2.4759999999999999E-3</v>
+        <v>7.8209999999999998E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D31" s="4">
-        <v>-2667673</v>
+        <v>-3933500</v>
       </c>
       <c r="E31" s="5">
-        <v>-5.3849999999999998</v>
+        <v>-18.322500000000002</v>
       </c>
       <c r="F31" s="4">
-        <v>-2524018.80895</v>
+        <v>-3212784.4624999999</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J31" s="5">
-        <v>-5.3849999999999998</v>
+        <v>-18.322500000000002</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M31" s="4">
-        <v>143654.19104999999</v>
+        <v>720715.53749999998</v>
       </c>
       <c r="N31" s="4">
-        <v>143654.19104999999</v>
+        <v>720715.53749999998</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
-        <v>57635</v>
+        <v>63174</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
-        <v>-889.22433333000004</v>
+        <v>-983.375</v>
       </c>
       <c r="Y31" s="4">
-        <v>-889.224333</v>
+        <v>-983.375</v>
       </c>
       <c r="Z31" s="6">
-        <v>-1.9369999999999999E-3</v>
+        <v>-2.5170000000000001E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D32" s="4">
-        <v>-1360000</v>
+        <v>-2663103</v>
       </c>
       <c r="E32" s="5">
-        <v>-17.976666999999999</v>
+        <v>-5.35</v>
       </c>
       <c r="F32" s="4">
-        <v>-1115517.33333333</v>
+        <v>-2520626.9895000001</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J32" s="5">
-        <v>-17.97666667</v>
+        <v>-5.35</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M32" s="4">
-        <v>244482.666666</v>
+        <v>142476.0105</v>
       </c>
       <c r="N32" s="4">
-        <v>244482.66666667</v>
+        <v>142476.0105</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
-        <v>63174</v>
+        <v>57635</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
-        <v>-680</v>
+        <v>-443.85050000000001</v>
       </c>
       <c r="Y32" s="4">
-        <v>-680</v>
+        <v>-443.85050000000001</v>
       </c>
       <c r="Z32" s="6">
-        <v>-8.5599999999999999E-4</v>
+        <v>-1.9750000000000002E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D33" s="4">
-        <v>-1067069.2</v>
+        <v>-1360000</v>
       </c>
       <c r="E33" s="5">
-        <v>-5.3849999999999998</v>
+        <v>-18.322500000000002</v>
       </c>
       <c r="F33" s="4">
-        <v>-1009607.52358</v>
+        <v>-1110814</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J33" s="5">
-        <v>-5.3849999999999998</v>
+        <v>-18.322500000000002</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M33" s="4">
-        <v>57461.676420000003</v>
+        <v>249186</v>
       </c>
       <c r="N33" s="4">
-        <v>57461.676420000003</v>
+        <v>249186</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>57635</v>
+        <v>63174</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
-        <v>-355.68973333000002</v>
+        <v>-340</v>
       </c>
       <c r="Y33" s="4">
-        <v>-355.68973299999999</v>
+        <v>-340</v>
       </c>
       <c r="Z33" s="6">
-        <v>-7.7399999999999995E-4</v>
+        <v>-8.7000000000000001E-4</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D34" s="4">
-        <v>-3000000</v>
+        <v>-1065241.2</v>
       </c>
       <c r="E34" s="5">
-        <v>-4.251315</v>
+        <v>-5.35</v>
       </c>
       <c r="F34" s="4">
-        <v>-2872460.55</v>
+        <v>-1008250.7958</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J34" s="5">
-        <v>-4.251315</v>
+        <v>-5.35</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M34" s="4">
-        <v>127539.45</v>
+        <v>56990.404199999997</v>
       </c>
       <c r="N34" s="4">
-        <v>127539.45</v>
+        <v>56990.404199999997</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
-        <v>60224</v>
+        <v>57635</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
-        <v>-1000</v>
+        <v>-177.5402</v>
       </c>
       <c r="Y34" s="4">
-        <v>-1000</v>
+        <v>-177.5402</v>
       </c>
       <c r="Z34" s="6">
-        <v>-2.2039999999999998E-3</v>
+        <v>-7.9000000000000001E-4</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D35" s="4">
-        <v>-5000000</v>
+        <v>-3000000</v>
       </c>
       <c r="E35" s="5">
-        <v>-15.185</v>
+        <v>-4.2700250000000004</v>
       </c>
       <c r="F35" s="4">
-        <v>-4240750</v>
+        <v>-2871899.2386514298</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J35" s="5">
-        <v>-15.185</v>
+        <v>-4.2700253799999999</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M35" s="4">
-        <v>759250</v>
+        <v>128100.761348</v>
       </c>
       <c r="N35" s="4">
-        <v>759250</v>
+        <v>128100.76134857</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
         <v>60224</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
-        <v>-2500</v>
+        <v>-500</v>
       </c>
       <c r="Y35" s="4">
-        <v>-2500</v>
+        <v>-500</v>
       </c>
       <c r="Z35" s="6">
-        <v>-3.2550000000000001E-3</v>
+        <v>-2.2499999999999998E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D36" s="4">
         <v>-5000000</v>
       </c>
       <c r="E36" s="5">
-        <v>-15.185</v>
+        <v>-15.426667</v>
       </c>
       <c r="F36" s="4">
-        <v>-4240750</v>
+        <v>-4228666.6666666605</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J36" s="5">
-        <v>-15.185</v>
+        <v>-15.426666669999999</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M36" s="4">
-        <v>759250</v>
+        <v>771333.33333299996</v>
       </c>
       <c r="N36" s="4">
-        <v>759250</v>
+        <v>771333.33333334001</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
         <v>60224</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
-        <v>-2500</v>
+        <v>-1250</v>
       </c>
       <c r="Y36" s="4">
-        <v>-2500</v>
+        <v>-1250</v>
       </c>
       <c r="Z36" s="6">
-        <v>-3.2550000000000001E-3</v>
+        <v>-3.313E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D37" s="4">
         <v>-5000000</v>
       </c>
       <c r="E37" s="5">
-        <v>-15.185</v>
+        <v>-15.426667</v>
       </c>
       <c r="F37" s="4">
-        <v>-4240750</v>
+        <v>-4228666.6666666605</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J37" s="5">
-        <v>-15.185</v>
+        <v>-15.426666669999999</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M37" s="4">
-        <v>759250</v>
+        <v>771333.33333299996</v>
       </c>
       <c r="N37" s="4">
-        <v>759250</v>
+        <v>771333.33333334001</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
         <v>60224</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
-        <v>-2500</v>
+        <v>-1250</v>
       </c>
       <c r="Y37" s="4">
-        <v>-2500</v>
+        <v>-1250</v>
       </c>
       <c r="Z37" s="6">
-        <v>-3.2550000000000001E-3</v>
+        <v>-3.313E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D38" s="4">
-        <v>-4560000</v>
+        <v>-5000000</v>
       </c>
       <c r="E38" s="5">
-        <v>-4.251315</v>
+        <v>-15.426667</v>
       </c>
       <c r="F38" s="4">
-        <v>-4366140.0360000003</v>
+        <v>-4228666.6666666605</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J38" s="5">
-        <v>-4.251315</v>
+        <v>-15.426666669999999</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M38" s="4">
-        <v>193859.96400000001</v>
+        <v>771333.33333299996</v>
       </c>
       <c r="N38" s="4">
-        <v>193859.96400000001</v>
+        <v>771333.33333334001</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
         <v>60224</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
-        <v>-1520</v>
+        <v>-1250</v>
       </c>
       <c r="Y38" s="4">
-        <v>-1520</v>
+        <v>-1250</v>
       </c>
       <c r="Z38" s="6">
-        <v>-3.3509999999999998E-3</v>
+        <v>-3.313E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D39" s="4">
-        <v>9118538.9942400008</v>
+        <v>-4560000</v>
       </c>
       <c r="E39" s="5">
-        <v>-0.33875100000000002</v>
+        <v>-4.2700250000000004</v>
       </c>
       <c r="F39" s="4">
-        <v>9087649.8218165003</v>
+        <v>-4365286.8427501703</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J39" s="5">
-        <v>-0.33875133000000002</v>
+        <v>-4.2700253799999999</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M39" s="4">
-        <v>-30889.172423</v>
+        <v>194713.15724900001</v>
       </c>
       <c r="N39" s="4">
-        <v>-30889.1724235</v>
+        <v>194713.15724982999</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
         <v>60224</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
-        <v>759.87824952000005</v>
+        <v>-760</v>
       </c>
       <c r="Y39" s="4">
-        <v>759.87824899999998</v>
+        <v>-760</v>
       </c>
       <c r="Z39" s="6">
-        <v>6.9750000000000003E-3</v>
+        <v>-3.4199999999999999E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>112</v>
+        <v>85</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D40" s="4">
-        <v>31118245.958799999</v>
+        <v>9118118.7537600007</v>
       </c>
       <c r="E40" s="5">
-        <v>20.555062</v>
+        <v>-0.165987</v>
       </c>
       <c r="F40" s="4">
-        <v>42313054.359070703</v>
+        <v>9102983.8923779204</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J40" s="5">
-        <v>17.80892601</v>
+        <v>-0.16598667</v>
       </c>
       <c r="K40" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M40" s="4">
-        <v>5541825.3971779998</v>
+        <v>-15134.861381999999</v>
       </c>
       <c r="N40" s="4">
-        <v>6396374.87342373</v>
+        <v>-15134.86138208</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
-        <v>47472</v>
+        <v>60224</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
-        <v>199537.10825359001</v>
+        <v>379.92161474</v>
       </c>
       <c r="Y40" s="4">
-        <v>172879.14421500001</v>
+        <v>379.92161399999998</v>
       </c>
       <c r="Z40" s="6">
-        <v>3.2478E-2</v>
+        <v>7.1329999999999996E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D41" s="4">
-        <v>-9940000</v>
+        <v>31118245.958799999</v>
       </c>
       <c r="E41" s="5">
-        <v>-12.865</v>
+        <v>21.090409000000001</v>
       </c>
       <c r="F41" s="4">
-        <v>-8661219</v>
+        <v>42677245.600563198</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>-12.865</v>
+        <v>18.172770409999998</v>
       </c>
       <c r="K41" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>1278781</v>
+        <v>5655047.3939749999</v>
       </c>
       <c r="N41" s="4">
-        <v>1278781</v>
+        <v>6562965.2530782605</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
-        <v>56571</v>
+        <v>47472</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
-        <v>-4970</v>
+        <v>341079.31439292</v>
       </c>
       <c r="Y41" s="4">
-        <v>-4970</v>
+        <v>293894.54516600003</v>
       </c>
       <c r="Z41" s="6">
-        <v>-6.6480000000000003E-3</v>
+        <v>3.3442E-2</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>112</v>
+        <v>94</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D42" s="4">
-        <v>15559122.9794</v>
+        <v>-9940000</v>
       </c>
       <c r="E42" s="5">
-        <v>20.555062</v>
+        <v>-12.941667000000001</v>
       </c>
       <c r="F42" s="4">
-        <v>21156527.1795348</v>
+        <v>-8653598.3333333302</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J42" s="5">
-        <v>17.80892601</v>
+        <v>-12.94166667</v>
       </c>
       <c r="K42" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M42" s="4">
-        <v>2770912.6985889999</v>
+        <v>1286401.6666659999</v>
       </c>
       <c r="N42" s="4">
-        <v>3198187.4367118599</v>
+        <v>1286401.66666667</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
-        <v>47472</v>
+        <v>56571</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
-        <v>99768.554126799994</v>
+        <v>-2485</v>
       </c>
       <c r="Y42" s="4">
-        <v>86439.572107</v>
+        <v>-2485</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.6239E-2</v>
+        <v>-6.7809999999999997E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D43" s="4">
-        <v>-26000000</v>
+        <v>15559122.9794</v>
       </c>
       <c r="E43" s="5">
-        <v>1.5022580000000001</v>
+        <v>21.090409000000001</v>
       </c>
       <c r="F43" s="4">
-        <v>-26390586.964367799</v>
+        <v>21338622.800282098</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>1.5022575600000001</v>
+        <v>18.172770409999998</v>
       </c>
       <c r="K43" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>-390586.96436699998</v>
+        <v>2827523.6969869998</v>
       </c>
       <c r="N43" s="4">
-        <v>-390586.96436786</v>
+        <v>3281482.6265391302</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
-        <v>47361</v>
+        <v>47472</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
-        <v>20739.1831465</v>
+        <v>170539.65719646</v>
       </c>
       <c r="Y43" s="4">
-        <v>20739.183145999999</v>
+        <v>146947.27258300001</v>
       </c>
       <c r="Z43" s="6">
-        <v>-2.0256E-2</v>
+        <v>1.6721E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D44" s="4">
-        <v>-1575866.544</v>
+        <v>-26000000</v>
       </c>
       <c r="E44" s="5">
-        <v>-11.158333000000001</v>
+        <v>1.8218190000000001</v>
       </c>
       <c r="F44" s="4">
-        <v>-1400026.102132</v>
+        <v>-26473672.821975298</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J44" s="5">
-        <v>-11.15833333</v>
+        <v>1.8218185499999999</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M44" s="4">
-        <v>175840.44186799999</v>
+        <v>-473672.82197500003</v>
       </c>
       <c r="N44" s="4">
-        <v>175840.44186799999</v>
+        <v>-473672.82197534002</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
-        <v>59667</v>
+        <v>47361</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
-        <v>-787.93327199999999</v>
+        <v>25127.89847244</v>
       </c>
       <c r="Y44" s="4">
-        <v>-787.93327199999999</v>
+        <v>25127.898472000001</v>
       </c>
       <c r="Z44" s="6">
-        <v>-1.0740000000000001E-3</v>
+        <v>-2.0745E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D45" s="4">
-        <v>-5215000</v>
+        <v>-1572410.02104</v>
       </c>
       <c r="E45" s="5">
-        <v>-12.865</v>
+        <v>-11.347263</v>
       </c>
       <c r="F45" s="4">
-        <v>-4544090.25</v>
+        <v>-1393984.52823036</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J45" s="5">
-        <v>-12.865</v>
+        <v>-11.34726251</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M45" s="4">
-        <v>670909.75</v>
+        <v>178425.49280899999</v>
       </c>
       <c r="N45" s="4">
-        <v>670909.75</v>
+        <v>178425.49280964001</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
-        <v>56571</v>
+        <v>59667</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
-        <v>-2607.5</v>
+        <v>-393.10250525999999</v>
       </c>
       <c r="Y45" s="4">
-        <v>-2607.5</v>
+        <v>-393.10250500000001</v>
       </c>
       <c r="Z45" s="6">
-        <v>-3.4870000000000001E-3</v>
+        <v>-1.0920000000000001E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D46" s="4">
-        <v>3060000</v>
+        <v>-5215000</v>
       </c>
       <c r="E46" s="5">
-        <v>15.767692</v>
+        <v>-12.941667000000001</v>
       </c>
       <c r="F46" s="4">
-        <v>3542491.3755945801</v>
+        <v>-4540092.0833333302</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J46" s="5">
-        <v>15.767692009999999</v>
+        <v>-12.94166667</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M46" s="4">
-        <v>482491.37559399998</v>
+        <v>674907.91666600003</v>
       </c>
       <c r="N46" s="4">
-        <v>482491.37559458002</v>
+        <v>674907.91666667</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>47472</v>
+        <v>56571</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
-        <v>17000</v>
+        <v>-1303.75</v>
       </c>
       <c r="Y46" s="4">
-        <v>17000</v>
+        <v>-1303.75</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.7190000000000001E-3</v>
+        <v>-3.5569999999999998E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D47" s="4">
         <v>3060000</v>
       </c>
       <c r="E47" s="5">
-        <v>8.3089619999999993</v>
+        <v>16.281404999999999</v>
       </c>
       <c r="F47" s="4">
-        <v>3314254.2396632498</v>
+        <v>3558210.9806697601</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J47" s="5">
-        <v>8.3089620800000006</v>
+        <v>16.281404599999998</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M47" s="4">
-        <v>254254.23966299999</v>
+        <v>498210.98066900001</v>
       </c>
       <c r="N47" s="4">
-        <v>254254.23966324999</v>
+        <v>498210.98066976003</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
         <v>47472</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
-        <v>17000</v>
+        <v>28900</v>
       </c>
       <c r="Y47" s="4">
-        <v>17000</v>
+        <v>28900</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.5430000000000001E-3</v>
+        <v>2.7880000000000001E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D48" s="4">
-        <v>78580000</v>
+        <v>3060000</v>
       </c>
       <c r="E48" s="5">
-        <v>3.7601450000000001</v>
+        <v>9.8130959999999998</v>
       </c>
       <c r="F48" s="4">
-        <v>93651758.198846906</v>
+        <v>3360280.7445074599</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J48" s="5">
-        <v>3.2577935600000001</v>
+        <v>9.8130962299999993</v>
       </c>
       <c r="K48" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M48" s="4">
-        <v>2559974.1802520002</v>
+        <v>300280.74450700002</v>
       </c>
       <c r="N48" s="4">
-        <v>2954722.19884698</v>
+        <v>300280.74450745998</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
         <v>47472</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
-        <v>100774.48444443999</v>
+        <v>28900</v>
       </c>
       <c r="Y48" s="4">
-        <v>87311.111111000006</v>
+        <v>28900</v>
       </c>
       <c r="Z48" s="6">
-        <v>7.1885000000000004E-2</v>
+        <v>2.6329999999999999E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D49" s="4">
-        <v>-8160000</v>
+        <v>78580000</v>
       </c>
       <c r="E49" s="5">
-        <v>-9.1999999999999993</v>
+        <v>3.8472</v>
       </c>
       <c r="F49" s="4">
-        <v>-7409280</v>
+        <v>94219148.556090295</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J49" s="5">
-        <v>-9.1999999999999993</v>
+        <v>3.3149797400000001</v>
       </c>
       <c r="K49" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M49" s="4">
-        <v>750720</v>
+        <v>2604911.081892</v>
       </c>
       <c r="N49" s="4">
-        <v>750720</v>
+        <v>3023129.5560903102</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
-        <v>57696</v>
+        <v>47472</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
-        <v>-4080</v>
+        <v>172259.147</v>
       </c>
       <c r="Y49" s="4">
-        <v>-4080</v>
+        <v>148428.88888799999</v>
       </c>
       <c r="Z49" s="6">
-        <v>-5.6870000000000002E-3</v>
+        <v>7.3830999999999994E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D50" s="4">
-        <v>18250000</v>
+        <v>-8160000</v>
       </c>
       <c r="E50" s="5">
-        <v>15.767692</v>
+        <v>-9.4941669999999991</v>
       </c>
       <c r="F50" s="4">
-        <v>21127603.792353299</v>
+        <v>-7385276</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J50" s="5">
-        <v>15.767692009999999</v>
+        <v>-9.4941666700000003</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M50" s="4">
-        <v>2877603.792353</v>
+        <v>774724</v>
       </c>
       <c r="N50" s="4">
-        <v>2877603.7923533199</v>
+        <v>774724</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
-        <v>47472</v>
+        <v>57696</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
-        <v>101388.88888889</v>
+        <v>-2040</v>
       </c>
       <c r="Y50" s="4">
-        <v>101388.888888</v>
+        <v>-2040</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.6216999999999999E-2</v>
+        <v>-5.7869999999999996E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D51" s="4">
-        <v>-11900000</v>
+        <v>18250000</v>
       </c>
       <c r="E51" s="5">
-        <v>8.3089619999999993</v>
+        <v>16.281404999999999</v>
       </c>
       <c r="F51" s="4">
-        <v>-12888766.487579299</v>
+        <v>21221356.338961799</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J51" s="5">
-        <v>8.3089620800000006</v>
+        <v>16.281404599999998</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M51" s="4">
-        <v>-988766.48757899995</v>
+        <v>2971356.3389610001</v>
       </c>
       <c r="N51" s="4">
-        <v>-988766.48757929995</v>
+        <v>2971356.3389618099</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
         <v>47472</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
-        <v>-66111.111111110004</v>
+        <v>172361.11111110999</v>
       </c>
       <c r="Y51" s="4">
-        <v>-66111.111111000006</v>
+        <v>172361.11111100001</v>
       </c>
       <c r="Z51" s="6">
-        <v>-9.8930000000000008E-3</v>
+        <v>1.6629000000000001E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D52" s="4">
-        <v>-5156000</v>
+        <v>-11900000</v>
       </c>
       <c r="E52" s="5">
-        <v>-9.1999999999999993</v>
+        <v>9.8130959999999998</v>
       </c>
       <c r="F52" s="4">
-        <v>-4681648</v>
+        <v>-13067758.4508623</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J52" s="5">
-        <v>-9.1999999999999993</v>
+        <v>9.8130962299999993</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M52" s="4">
-        <v>474352</v>
+        <v>-1167758.450862</v>
       </c>
       <c r="N52" s="4">
-        <v>474352</v>
+        <v>-1167758.45086236</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
-        <v>57696</v>
+        <v>47472</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
-        <v>-2578</v>
+        <v>-112388.88888889</v>
       </c>
       <c r="Y52" s="4">
-        <v>-2578</v>
+        <v>-112388.888888</v>
       </c>
       <c r="Z52" s="6">
-        <v>-3.5929999999999998E-3</v>
+        <v>-1.0240000000000001E-2</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D53" s="4">
-        <v>3966000</v>
+        <v>-5156000</v>
       </c>
       <c r="E53" s="5">
-        <v>-14.158333000000001</v>
+        <v>-9.4941669999999991</v>
       </c>
       <c r="F53" s="4">
-        <v>3404480.5</v>
+        <v>-4666480.7666666601</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J53" s="5">
-        <v>-14.15833333</v>
+        <v>-9.4941666700000003</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M53" s="4">
-        <v>-561519.5</v>
+        <v>489519.23333299998</v>
       </c>
       <c r="N53" s="4">
-        <v>-561519.5</v>
+        <v>489519.23333333997</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>57329</v>
+        <v>57696</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
-        <v>1983</v>
+        <v>-1289</v>
       </c>
       <c r="Y53" s="4">
-        <v>1983</v>
+        <v>-1289</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.6129999999999999E-3</v>
+        <v>-3.656E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D54" s="4">
         <v>3966000</v>
       </c>
       <c r="E54" s="5">
-        <v>-14.158333000000001</v>
+        <v>-14.183332999999999</v>
       </c>
       <c r="F54" s="4">
-        <v>3404480.5</v>
+        <v>3403489</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J54" s="5">
-        <v>-14.15833333</v>
+        <v>-14.18333333</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M54" s="4">
-        <v>-561519.5</v>
+        <v>-562511</v>
       </c>
       <c r="N54" s="4">
-        <v>-561519.5</v>
+        <v>-562511</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
         <v>57329</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
-        <v>1983</v>
+        <v>991.5</v>
       </c>
       <c r="Y54" s="4">
-        <v>1983</v>
+        <v>991.5</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.6129999999999999E-3</v>
+        <v>2.6670000000000001E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D55" s="4">
-        <v>-5156000</v>
+        <v>3966000</v>
       </c>
       <c r="E55" s="5">
-        <v>-9.1999999999999993</v>
+        <v>-14.183332999999999</v>
       </c>
       <c r="F55" s="4">
-        <v>-4681648</v>
+        <v>3403489</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J55" s="5">
-        <v>-9.1999999999999993</v>
+        <v>-14.18333333</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M55" s="4">
-        <v>474352</v>
+        <v>-562511</v>
       </c>
       <c r="N55" s="4">
-        <v>474352</v>
+        <v>-562511</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>57696</v>
+        <v>57329</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
-        <v>-2578</v>
+        <v>991.5</v>
       </c>
       <c r="Y55" s="4">
-        <v>-2578</v>
+        <v>991.5</v>
       </c>
       <c r="Z55" s="6">
-        <v>-3.5929999999999998E-3</v>
+        <v>2.6670000000000001E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D56" s="4">
-        <v>-9130000</v>
+        <v>-5156000</v>
       </c>
       <c r="E56" s="5">
-        <v>-2.9943000000000001E-2</v>
+        <v>-9.4941669999999991</v>
       </c>
       <c r="F56" s="4">
-        <v>-9127266.2495106906</v>
+        <v>-4666480.7666666601</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J56" s="5">
-        <v>-2.99425E-2</v>
+        <v>-9.4941666700000003</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M56" s="4">
-        <v>2733.750489</v>
+        <v>489519.23333299998</v>
       </c>
       <c r="N56" s="4">
-        <v>2733.7504893099999</v>
+        <v>489519.23333333997</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>46011</v>
+        <v>57696</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
-        <v>0</v>
+        <v>-1289</v>
       </c>
       <c r="Y56" s="4">
-        <v>0</v>
+        <v>-1289</v>
       </c>
       <c r="Z56" s="6">
-        <v>-7.0049999999999999E-3</v>
+        <v>-3.656E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D57" s="4">
-        <v>-9220000</v>
+        <v>-9130000</v>
       </c>
       <c r="E57" s="5">
-        <v>-5.2035999999999999E-2</v>
+        <v>0.122506</v>
       </c>
       <c r="F57" s="4">
-        <v>-9215202.2979473602</v>
+        <v>-9141184.7916277498</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J57" s="5">
-        <v>-5.2035810000000002E-2</v>
+        <v>0.12250593</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M57" s="4">
-        <v>4797.7020519999996</v>
+        <v>-11184.791627000001</v>
       </c>
       <c r="N57" s="4">
-        <v>4797.7020526400001</v>
+        <v>-11184.791627750001</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
         <v>46011</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>-7.0730000000000003E-3</v>
+        <v>-7.1630000000000001E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D58" s="4">
-        <v>11060000</v>
+        <v>-9220000</v>
       </c>
       <c r="E58" s="5">
-        <v>8.8595640000000007</v>
+        <v>0.10031</v>
       </c>
       <c r="F58" s="4">
-        <v>12039867.787754299</v>
+        <v>-9229248.6056993809</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J58" s="5">
-        <v>8.8595640800000002</v>
+        <v>0.10031026</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M58" s="4">
-        <v>979867.78775400005</v>
+        <v>-9248.6056989999997</v>
       </c>
       <c r="N58" s="4">
-        <v>979867.78775430005</v>
+        <v>-9248.6056993799994</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>46741</v>
+        <v>46011</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
-        <v>61444.44444444</v>
+        <v>0</v>
       </c>
       <c r="Y58" s="4">
-        <v>61444.444444000001</v>
+        <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>9.2409999999999992E-3</v>
+        <v>-7.2319999999999997E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D59" s="4">
-        <v>39500000</v>
+        <v>11060000</v>
       </c>
       <c r="E59" s="5">
-        <v>4.1251139999999999</v>
+        <v>9.3313659999999992</v>
       </c>
       <c r="F59" s="4">
-        <v>47220319.978594303</v>
+        <v>12092049.0908751</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J59" s="5">
-        <v>3.5740026600000001</v>
+        <v>9.3313661000000003</v>
       </c>
       <c r="K59" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M59" s="4">
-        <v>1411731.0505919999</v>
+        <v>1032049.090875</v>
       </c>
       <c r="N59" s="4">
-        <v>1629419.97859439</v>
+        <v>1032049.09087513</v>
       </c>
       <c r="O59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
-        <v>47837</v>
+        <v>46741</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
-        <v>50656.55555556</v>
+        <v>104455.55555556</v>
       </c>
       <c r="Y59" s="4">
-        <v>43888.888888000001</v>
+        <v>104455.555555</v>
       </c>
       <c r="Z59" s="6">
-        <v>3.6244999999999999E-2</v>
+        <v>9.4750000000000008E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D60" s="4">
-        <v>-1650797.4532000001</v>
+        <v>39500000</v>
       </c>
       <c r="E60" s="5">
-        <v>-11.158333000000001</v>
+        <v>4.2479129999999996</v>
       </c>
       <c r="F60" s="4">
-        <v>-1466595.97071377</v>
+        <v>47519650.704783298</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>-11.15833333</v>
+        <v>3.6602586499999998</v>
       </c>
       <c r="K60" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>184201.48248599999</v>
+        <v>1445802.166889</v>
       </c>
       <c r="N60" s="4">
-        <v>184201.48248623</v>
+        <v>1677925.7047833099</v>
       </c>
       <c r="O60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
-        <v>59667</v>
+        <v>47837</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
-        <v>-825.39872660000003</v>
+        <v>86589.925000000003</v>
       </c>
       <c r="Y60" s="4">
-        <v>-825.39872600000001</v>
+        <v>74611.111111000006</v>
       </c>
       <c r="Z60" s="6">
-        <v>-1.1249999999999999E-3</v>
+        <v>3.7236999999999999E-2</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D61" s="4">
-        <v>-3192578.0627799998</v>
+        <v>3967000</v>
       </c>
       <c r="E61" s="5">
-        <v>-22.031666999999999</v>
+        <v>16.281404999999999</v>
       </c>
       <c r="F61" s="4">
-        <v>-2489199.90591519</v>
+        <v>4612883.3203650098</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J61" s="5">
-        <v>-22.03166667</v>
+        <v>16.281404599999998</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M61" s="4">
-        <v>703378.15686400002</v>
+        <v>645883.32036500005</v>
       </c>
       <c r="N61" s="4">
-        <v>703378.15686481004</v>
+        <v>645883.32036500995</v>
       </c>
       <c r="O61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>57970</v>
+        <v>47472</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
-        <v>-1596.28903139</v>
+        <v>37466.111111110004</v>
       </c>
       <c r="Y61" s="4">
-        <v>-1596.289031</v>
+        <v>37466.111110999998</v>
       </c>
       <c r="Z61" s="6">
-        <v>-1.91E-3</v>
+        <v>3.614E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D62" s="4">
-        <v>-320782.69309999997</v>
+        <v>-1647176.5759620001</v>
       </c>
       <c r="E62" s="5">
-        <v>-25.716667000000001</v>
+        <v>-11.347263</v>
       </c>
       <c r="F62" s="4">
-        <v>-238288.07719112001</v>
+        <v>-1460267.1258962101</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J62" s="5">
-        <v>-25.716666669999999</v>
+        <v>-11.34726251</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M62" s="4">
-        <v>82494.615908000007</v>
+        <v>186909.45006500001</v>
       </c>
       <c r="N62" s="4">
-        <v>82494.615908880005</v>
+        <v>186909.45006579001</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
-        <v>53709</v>
+        <v>59667</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
-        <v>-106.92756437</v>
+        <v>-411.79414399000001</v>
       </c>
       <c r="Y62" s="4">
-        <v>-106.927564</v>
+        <v>-411.79414300000002</v>
       </c>
       <c r="Z62" s="6">
-        <v>-1.8200000000000001E-4</v>
+        <v>-1.1440000000000001E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D63" s="4">
-        <v>-490624.5</v>
+        <v>-3048125.9951999998</v>
       </c>
       <c r="E63" s="5">
-        <v>-11.945283</v>
+        <v>-23.681667000000001</v>
       </c>
       <c r="F63" s="4">
-        <v>-432018.01664307999</v>
+        <v>-2326278.9574367199</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J63" s="5">
-        <v>-11.945282669999999</v>
+        <v>-23.681666669999998</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M63" s="4">
-        <v>58606.483355999997</v>
+        <v>721847.037763</v>
       </c>
       <c r="N63" s="4">
-        <v>58606.483356919998</v>
+        <v>721847.03776327998</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
-        <v>59667</v>
+        <v>57970</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
-        <v>-122.656125</v>
+        <v>-762.03149880000001</v>
       </c>
       <c r="Y63" s="4">
-        <v>-122.656125</v>
+        <v>-762.03149800000006</v>
       </c>
       <c r="Z63" s="6">
-        <v>-3.3100000000000002E-4</v>
+        <v>-1.8220000000000001E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>149</v>
+        <v>81</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D64" s="4">
-        <v>-253639.28464</v>
+        <v>-317170.84499999997</v>
       </c>
       <c r="E64" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-27.093333000000001</v>
       </c>
       <c r="F64" s="4">
-        <v>-253614.93526867</v>
+        <v>-231238.69072799999</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J64" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-27.09333333</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M64" s="4">
-        <v>24.349371000000001</v>
+        <v>85932.154272</v>
       </c>
       <c r="N64" s="4">
-        <v>24.34937133</v>
+        <v>85932.154272</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
         <v>53709</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
-        <v>-42.273214109999998</v>
+        <v>-52.861807499999998</v>
       </c>
       <c r="Y64" s="4">
-        <v>-42.273214000000003</v>
+        <v>-52.861806999999999</v>
       </c>
       <c r="Z64" s="6">
-        <v>-1.94E-4</v>
+        <v>-1.8100000000000001E-4</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D65" s="4">
-        <v>-938988.62142800004</v>
+        <v>-489973.76000000001</v>
       </c>
       <c r="E65" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-11.929167</v>
       </c>
       <c r="F65" s="4">
-        <v>-938898.47852034005</v>
+        <v>-431523.97354666999</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J65" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-11.929166670000001</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M65" s="4">
-        <v>90.142906999999994</v>
+        <v>58449.786453000001</v>
       </c>
       <c r="N65" s="4">
-        <v>90.142907660000006</v>
+        <v>58449.786453330002</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
-        <v>53709</v>
+        <v>59667</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
-        <v>-156.49810357000001</v>
+        <v>-61.246720000000003</v>
       </c>
       <c r="Y65" s="4">
-        <v>-156.49810299999999</v>
+        <v>-61.246720000000003</v>
       </c>
       <c r="Z65" s="6">
-        <v>-7.2000000000000005E-4</v>
+        <v>-3.3799999999999998E-4</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D66" s="4">
-        <v>-747123.93056000001</v>
+        <v>-252950.38454500001</v>
       </c>
       <c r="E66" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-1.7933000000000001E-2</v>
       </c>
       <c r="F66" s="4">
-        <v>-747052.20666267001</v>
+        <v>-252905.02210937001</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J66" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-1.7933330000000001E-2</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M66" s="4">
-        <v>71.723896999999994</v>
+        <v>45.362434999999998</v>
       </c>
       <c r="N66" s="4">
-        <v>71.72389733</v>
+        <v>45.36243563</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
         <v>53709</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
-        <v>-124.52065509000001</v>
+        <v>-21.07919871</v>
       </c>
       <c r="Y66" s="4">
-        <v>-124.520655</v>
+        <v>-21.079198000000002</v>
       </c>
       <c r="Z66" s="6">
-        <v>-5.7300000000000005E-4</v>
+        <v>-1.9799999999999999E-4</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D67" s="4">
-        <v>-247727.60320000001</v>
+        <v>-936438.26984700002</v>
       </c>
       <c r="E67" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-1.7933000000000001E-2</v>
       </c>
       <c r="F67" s="4">
-        <v>-247703.82135009</v>
+        <v>-936270.33525061002</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J67" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-1.7933330000000001E-2</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M67" s="4">
-        <v>23.781849000000001</v>
+        <v>167.934596</v>
       </c>
       <c r="N67" s="4">
-        <v>23.781849909999998</v>
+        <v>167.93459639</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
         <v>53709</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
-        <v>-41.287933870000003</v>
+        <v>-78.036522489999996</v>
       </c>
       <c r="Y67" s="4">
-        <v>-41.287933000000002</v>
+        <v>-78.036522000000005</v>
       </c>
       <c r="Z67" s="6">
-        <v>-1.9000000000000001E-4</v>
+        <v>-7.3300000000000004E-4</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D68" s="4">
-        <v>-428343.54662400001</v>
+        <v>-745094.69542999996</v>
       </c>
       <c r="E68" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-1.7933000000000001E-2</v>
       </c>
       <c r="F68" s="4">
-        <v>-428302.42564352002</v>
+        <v>-744961.07511462003</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J68" s="5">
-        <v>-9.5999999999999992E-3</v>
+        <v>-1.7933330000000001E-2</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M68" s="4">
-        <v>41.120980000000003</v>
+        <v>133.62031500000001</v>
       </c>
       <c r="N68" s="4">
-        <v>41.12098048</v>
+        <v>133.62031537999999</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
         <v>53709</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
-        <v>-71.390591099999995</v>
+        <v>-62.091224619999998</v>
       </c>
       <c r="Y68" s="4">
-        <v>-71.390591000000001</v>
+        <v>-62.091223999999997</v>
       </c>
       <c r="Z68" s="6">
-        <v>-3.28E-4</v>
+        <v>-5.8299999999999997E-4</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D69" s="4">
-        <v>-4624500</v>
+        <v>-247054.75959999999</v>
       </c>
       <c r="E69" s="5">
-        <v>-0.45255099999999998</v>
+        <v>-1.7933000000000001E-2</v>
       </c>
       <c r="F69" s="4">
-        <v>-4603571.7944200002</v>
+        <v>-247010.45444644999</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J69" s="5">
-        <v>-0.45255066999999999</v>
+        <v>-1.7933330000000001E-2</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M69" s="4">
-        <v>20928.205580000002</v>
+        <v>44.305152999999997</v>
       </c>
       <c r="N69" s="4">
-        <v>20928.205580000002</v>
+        <v>44.30515355</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>56571</v>
+        <v>53709</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
-        <v>-1156.125</v>
+        <v>-20.587896629999999</v>
       </c>
       <c r="Y69" s="4">
-        <v>-1156.125</v>
+        <v>-20.587896000000001</v>
       </c>
       <c r="Z69" s="6">
-        <v>-3.5330000000000001E-3</v>
+        <v>-1.93E-4</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D70" s="4">
-        <v>-4626000</v>
+        <v>-427180.13887199998</v>
       </c>
       <c r="E70" s="5">
-        <v>-0.45255099999999998</v>
+        <v>-1.7933000000000001E-2</v>
       </c>
       <c r="F70" s="4">
-        <v>-4605065.0061600003</v>
+        <v>-427103.53123376</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J70" s="5">
-        <v>-0.45255066999999999</v>
+        <v>-1.7933330000000001E-2</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M70" s="4">
-        <v>20934.993839999999</v>
+        <v>76.607637999999994</v>
       </c>
       <c r="N70" s="4">
-        <v>20934.993839999999</v>
+        <v>76.60763824</v>
       </c>
       <c r="O70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
-        <v>56571</v>
+        <v>53709</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
-        <v>-1156.5</v>
+        <v>-35.598344910000002</v>
       </c>
       <c r="Y70" s="4">
-        <v>-1156.5</v>
+        <v>-35.598343999999997</v>
       </c>
       <c r="Z70" s="6">
-        <v>-3.5339999999999998E-3</v>
+        <v>-3.3399999999999999E-4</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D71" s="4">
-        <v>-641565.38619999995</v>
+        <v>-4624500</v>
       </c>
       <c r="E71" s="5">
-        <v>-25.716667000000001</v>
+        <v>-0.45391799999999999</v>
       </c>
       <c r="F71" s="4">
-        <v>-476576.15438223002</v>
+        <v>-4603508.5535329403</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J71" s="5">
-        <v>-25.716666669999999</v>
+        <v>-0.45391819</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M71" s="4">
-        <v>164989.23181699999</v>
+        <v>20991.446467000002</v>
       </c>
       <c r="N71" s="4">
-        <v>164989.23181776999</v>
+        <v>20991.446467059999</v>
       </c>
       <c r="O71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>53709</v>
+        <v>56571</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
-        <v>-213.85512872999999</v>
+        <v>-578.0625</v>
       </c>
       <c r="Y71" s="4">
-        <v>-213.85512800000001</v>
+        <v>-578.0625</v>
       </c>
       <c r="Z71" s="6">
-        <v>-3.6499999999999998E-4</v>
+        <v>-3.607E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>158</v>
+        <v>76</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D72" s="4">
-        <v>7540000</v>
+        <v>-4626000</v>
       </c>
       <c r="E72" s="5">
-        <v>0.28261599999999998</v>
+        <v>-0.45391799999999999</v>
       </c>
       <c r="F72" s="4">
-        <v>7561309.2212666702</v>
+        <v>-4605001.7447601603</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H72" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J72" s="5">
-        <v>0.28261566999999999</v>
+        <v>-0.45391819</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M72" s="4">
-        <v>21309.221266</v>
+        <v>20998.255238999998</v>
       </c>
       <c r="N72" s="4">
-        <v>21309.22126667</v>
+        <v>20998.25523984</v>
       </c>
       <c r="O72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
-        <v>58396</v>
+        <v>56571</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
-        <v>628.33333332999996</v>
+        <v>-578.25</v>
       </c>
       <c r="Y72" s="4">
-        <v>628.33333300000004</v>
+        <v>-578.25</v>
       </c>
       <c r="Z72" s="6">
-        <v>5.803E-3</v>
+        <v>-3.6080000000000001E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>160</v>
+        <v>81</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D73" s="4">
-        <v>-6974000</v>
+        <v>-634341.68999999994</v>
       </c>
       <c r="E73" s="5">
-        <v>-0.65209799999999996</v>
+        <v>-27.093333000000001</v>
       </c>
       <c r="F73" s="4">
-        <v>-6928522.6622333396</v>
+        <v>-462477.38145599997</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J73" s="5">
-        <v>-0.65209832999999995</v>
+        <v>-27.09333333</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M73" s="4">
-        <v>45477.337765999997</v>
+        <v>171864.308544</v>
       </c>
       <c r="N73" s="4">
-        <v>45477.337766659999</v>
+        <v>171864.308544</v>
       </c>
       <c r="O73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
-        <v>59035</v>
+        <v>53709</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
-        <v>-1743.5</v>
+        <v>-105.723615</v>
       </c>
       <c r="Y73" s="4">
-        <v>-1743.5</v>
+        <v>-105.723615</v>
       </c>
       <c r="Z73" s="6">
-        <v>-5.3179999999999998E-3</v>
+        <v>-3.6200000000000002E-4</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>78</v>
+        <v>158</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D74" s="4">
-        <v>-4000000</v>
+        <v>7540000</v>
       </c>
       <c r="E74" s="5">
-        <v>-0.45255099999999998</v>
+        <v>0.29436499999999999</v>
       </c>
       <c r="F74" s="4">
-        <v>-3981897.9733333299</v>
+        <v>7562195.1384501504</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J74" s="5">
-        <v>-0.45255066999999999</v>
+        <v>0.29436522999999998</v>
       </c>
       <c r="K74" s="5">
         <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M74" s="4">
-        <v>18102.026666000002</v>
+        <v>22195.138449999999</v>
       </c>
       <c r="N74" s="4">
-        <v>18102.026666670001</v>
+        <v>22195.13845015</v>
       </c>
       <c r="O74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
-        <v>56571</v>
+        <v>58396</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
-        <v>-1000</v>
+        <v>314.16666666999998</v>
       </c>
       <c r="Y74" s="4">
-        <v>-1000</v>
+        <v>314.16666600000002</v>
       </c>
       <c r="Z74" s="6">
-        <v>-3.0560000000000001E-3</v>
+        <v>5.9249999999999997E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D75" s="4">
-        <v>-47150000</v>
+        <v>-6974000</v>
       </c>
       <c r="E75" s="5">
-        <v>2.7131910000000001</v>
+        <v>-0.60485299999999997</v>
       </c>
       <c r="F75" s="4">
-        <v>-55699799.445375003</v>
+        <v>-6931817.5618013702</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J75" s="5">
-        <v>2.3507111100000002</v>
+        <v>-0.60485286000000005</v>
       </c>
       <c r="K75" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M75" s="4">
-        <v>-1108360.288836</v>
+        <v>42182.438198000003</v>
       </c>
       <c r="N75" s="4">
-        <v>-1279269.44537509</v>
+        <v>42182.43819863</v>
       </c>
       <c r="O75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
-        <v>47472</v>
+        <v>59035</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
-        <v>-60467.255555559997</v>
+        <v>-871.75</v>
       </c>
       <c r="Y75" s="4">
-        <v>-52388.888888000001</v>
+        <v>-871.75</v>
       </c>
       <c r="Z75" s="6">
-        <v>-4.2754E-2</v>
+        <v>-5.4310000000000001E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>165</v>
+        <v>76</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D76" s="4">
-        <v>-21453166.530000001</v>
+        <v>-4000000</v>
       </c>
       <c r="E76" s="5">
-        <v>11.863047</v>
+        <v>-0.45391799999999999</v>
       </c>
       <c r="F76" s="4">
-        <v>-27306244.067989301</v>
+        <v>-3981843.2725984999</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J76" s="5">
-        <v>10.27815556</v>
+        <v>-0.45391819</v>
       </c>
       <c r="K76" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M76" s="4">
-        <v>-2204989.827641</v>
+        <v>18156.727401</v>
       </c>
       <c r="N76" s="4">
-        <v>-2544999.2590633901</v>
+        <v>18156.7274015</v>
       </c>
       <c r="O76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
-        <v>47472</v>
+        <v>56571</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
-        <v>-137562.47116069999</v>
+        <v>-500</v>
       </c>
       <c r="Y76" s="4">
-        <v>-119184.2585</v>
+        <v>-500</v>
       </c>
       <c r="Z76" s="6">
-        <v>-2.0958999999999998E-2</v>
+        <v>-3.1199999999999999E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D77" s="4">
-        <v>-104425000</v>
+        <v>-47150000</v>
       </c>
       <c r="E77" s="5">
-        <v>2.562106</v>
+        <v>2.8395049999999999</v>
       </c>
       <c r="F77" s="4">
-        <v>-123202814.17412201</v>
+        <v>-56058759.008545801</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J77" s="5">
-        <v>2.2198111100000002</v>
+        <v>2.4466888899999999</v>
       </c>
       <c r="K77" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="4">
-        <v>-2318037.752661</v>
+        <v>-1153613.8111630001</v>
       </c>
       <c r="N77" s="4">
-        <v>-2675479.1741221901</v>
+        <v>-1338826.5085458001</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
-        <v>47654</v>
+        <v>47472</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
-        <v>-133919.26111111001</v>
+        <v>-103359.8725</v>
       </c>
       <c r="Y77" s="4">
-        <v>-116027.777777</v>
+        <v>-89061.111111000006</v>
       </c>
       <c r="Z77" s="6">
-        <v>-9.4567999999999999E-2</v>
+        <v>-4.3928000000000002E-2</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D78" s="4">
-        <v>-20000000</v>
+        <v>-21453166.530000001</v>
       </c>
       <c r="E78" s="5">
-        <v>2.3138109999999998</v>
+        <v>12.180488</v>
       </c>
       <c r="F78" s="4">
-        <v>-20462762.222199999</v>
+        <v>-27510572.801814601</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J78" s="5">
-        <v>2.3138111100000001</v>
+        <v>10.49544444</v>
       </c>
       <c r="K78" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M78" s="4">
-        <v>-462762.22220000002</v>
+        <v>-2251605.1746339998</v>
       </c>
       <c r="N78" s="4">
-        <v>-462762.22220000002</v>
+        <v>-2613100.3854226</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
-        <v>47654</v>
+        <v>47472</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
-        <v>-22222.22222222</v>
+        <v>-235142.7950437</v>
       </c>
       <c r="Y78" s="4">
-        <v>-22222.222222</v>
+        <v>-202613.23944999999</v>
       </c>
       <c r="Z78" s="6">
-        <v>-1.5706000000000001E-2</v>
+        <v>-2.1557E-2</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D79" s="4">
-        <v>-23700000</v>
+        <v>-20000000</v>
       </c>
       <c r="E79" s="5">
-        <v>2.6630980000000002</v>
+        <v>2.4273889999999998</v>
       </c>
       <c r="F79" s="4">
-        <v>-27985694.340782899</v>
+        <v>-20485477.777800001</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J79" s="5">
-        <v>2.3073111100000001</v>
+        <v>2.42738889</v>
       </c>
       <c r="K79" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M79" s="4">
-        <v>-546832.73330700002</v>
+        <v>-485477.77779999998</v>
       </c>
       <c r="N79" s="4">
-        <v>-631154.34078294004</v>
+        <v>-485477.77779999998</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
-        <v>47837</v>
+        <v>47654</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
-        <v>-30393.933333329998</v>
+        <v>-37777.77777778</v>
       </c>
       <c r="Y79" s="4">
-        <v>-26333.333332999999</v>
+        <v>-37777.777777000003</v>
       </c>
       <c r="Z79" s="6">
-        <v>-2.1481E-2</v>
+        <v>-1.6052E-2</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D80" s="4">
-        <v>-152730000</v>
+        <v>-23700000</v>
       </c>
       <c r="E80" s="5">
-        <v>2.3192110000000001</v>
+        <v>2.8212839999999999</v>
       </c>
       <c r="F80" s="4">
-        <v>-156272131.12983</v>
+        <v>-28173679.344765499</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J80" s="5">
-        <v>2.3192111099999999</v>
+        <v>2.4309888900000001</v>
       </c>
       <c r="K80" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M80" s="4">
-        <v>-3542131.12983</v>
+        <v>-576144.36669199995</v>
       </c>
       <c r="N80" s="4">
-        <v>-3542131.1298302999</v>
+        <v>-668644.34476556</v>
       </c>
       <c r="O80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
         <v>47837</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
-        <v>-169700</v>
+        <v>-51953.955000000002</v>
       </c>
       <c r="Y80" s="4">
-        <v>-169700</v>
+        <v>-44766.666665999997</v>
       </c>
       <c r="Z80" s="6">
-        <v>-0.119951</v>
+        <v>-2.2076999999999999E-2</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D81" s="4">
-        <v>-52212000</v>
+        <v>-104424000</v>
       </c>
       <c r="E81" s="5">
-        <v>7.5129999999999997E-3</v>
+        <v>2.6042610000000002</v>
       </c>
       <c r="F81" s="4">
-        <v>-60267012.9071422</v>
+        <v>-123908747.025267</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>176</v>
+        <v>77</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="5">
-        <v>6.5089700000000002E-3</v>
+        <v>2.2439888899999998</v>
       </c>
       <c r="K81" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L81" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M81" s="4">
-        <v>-3398.4639940000002</v>
+        <v>-2343262.9574489999</v>
       </c>
       <c r="N81" s="4">
-        <v>-3922.5071422599999</v>
+        <v>-2719473.8252678602</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
-        <v>45980</v>
+        <v>47837</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
-        <v>0</v>
+        <v>-228913.0716</v>
       </c>
       <c r="Y81" s="4">
-        <v>0</v>
+        <v>-197245.33333299999</v>
       </c>
       <c r="Z81" s="6">
-        <v>-4.6259000000000002E-2</v>
+        <v>-9.7096000000000002E-2</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>180</v>
+        <v>49</v>
       </c>
       <c r="D82" s="4">
-        <v>-20000000</v>
+        <v>-152730000</v>
       </c>
       <c r="E82" s="5">
-        <v>94.146191999999999</v>
+        <v>2.4382890000000002</v>
       </c>
       <c r="F82" s="4">
-        <v>-18829238.399999999</v>
+        <v>-156453998.62016901</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>181</v>
+        <v>77</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J82" s="5">
-        <v>94.146191999999999</v>
+        <v>2.4382888899999999</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M82" s="4">
-        <v>-18829238.399999999</v>
+        <v>-3723998.6201689998</v>
       </c>
       <c r="N82" s="4">
-        <v>-18829238.399999999</v>
+        <v>-3723998.6201697001</v>
       </c>
       <c r="O82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>182</v>
+        <v>34</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>183</v>
+        <v>34</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
-        <v>45979</v>
-[...2 lines deleted...]
-        <v>2.5</v>
+        <v>47837</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="X82" s="4">
-        <v>0</v>
+        <v>-288490</v>
       </c>
       <c r="Y82" s="4">
-        <v>0</v>
+        <v>-288490</v>
       </c>
       <c r="Z82" s="6">
-        <v>-1.4452E-2</v>
+        <v>-0.122599</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>180</v>
+        <v>49</v>
       </c>
       <c r="D83" s="4">
-        <v>-12880000</v>
+        <v>-52212000</v>
       </c>
       <c r="E83" s="5">
-        <v>94.917623000000006</v>
+        <v>6.3339999999999994E-2</v>
       </c>
       <c r="F83" s="4">
-        <v>-12225389.842399999</v>
+        <v>-60627707.799434498</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J83" s="5">
-        <v>94.917623000000006</v>
+        <v>5.4577769999999998E-2</v>
       </c>
       <c r="K83" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M83" s="4">
-        <v>-12225389.842399999</v>
+        <v>-28496.143582000001</v>
       </c>
       <c r="N83" s="4">
-        <v>-12225389.842399999</v>
+        <v>-33071.199434560003</v>
       </c>
       <c r="O83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>188</v>
+        <v>34</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
-        <v>45974</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>46043</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>189</v>
+        <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>-9.3830000000000007E-3</v>
+        <v>-4.7508000000000002E-2</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>191</v>
+        <v>175</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>180</v>
+        <v>49</v>
       </c>
       <c r="D84" s="4">
-        <v>-5520000</v>
+        <v>-52212000</v>
       </c>
       <c r="E84" s="5">
-        <v>97.509022000000002</v>
+        <v>6.3339999999999994E-2</v>
       </c>
       <c r="F84" s="4">
-        <v>-5382498.0143999998</v>
+        <v>-60627707.799434498</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J84" s="5">
-        <v>97.509022000000002</v>
+        <v>5.4577769999999998E-2</v>
       </c>
       <c r="K84" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M84" s="4">
-        <v>-5382498.0143999998</v>
+        <v>-28496.143582000001</v>
       </c>
       <c r="N84" s="4">
-        <v>-5382498.0143999998</v>
+        <v>-33071.199434560003</v>
       </c>
       <c r="O84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
-        <v>45974</v>
-[...2 lines deleted...]
-        <v>4.5</v>
+        <v>46043</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>193</v>
+        <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>-4.1310000000000001E-3</v>
+        <v>-4.7508000000000002E-2</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>195</v>
+        <v>181</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D85" s="4">
-        <v>13800000</v>
+        <v>-20000000</v>
       </c>
       <c r="E85" s="5">
-        <v>102.13899499999999</v>
+        <v>94.620238999999998</v>
       </c>
       <c r="F85" s="4">
-        <v>14095181.310000001</v>
+        <v>-18924047.800000001</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H85" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J85" s="5">
-        <v>102.13899499999999</v>
+        <v>94.620238999999998</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M85" s="4">
-        <v>14095181.310000001</v>
+        <v>-18924047.800000001</v>
       </c>
       <c r="N85" s="4">
-        <v>14095181.310000001</v>
+        <v>-18924047.800000001</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
-        <v>45979</v>
+        <v>46007</v>
       </c>
       <c r="V85" s="4">
-        <v>5.5</v>
+        <v>2.5</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>1.0819E-2</v>
+        <v>-1.4829E-2</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D86" s="4">
-        <v>33263000</v>
+        <v>-12880000</v>
       </c>
       <c r="E86" s="5">
-        <v>101.02966600000001</v>
+        <v>95.280444000000003</v>
       </c>
       <c r="F86" s="4">
-        <v>33605497.801579997</v>
+        <v>-12272121.187200001</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H86" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J86" s="5">
-        <v>101.02966600000001</v>
+        <v>95.280444000000003</v>
       </c>
       <c r="K86" s="5">
         <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M86" s="4">
-        <v>33605497.801579997</v>
+        <v>-12272121.187200001</v>
       </c>
       <c r="N86" s="4">
-        <v>33605497.801579997</v>
+        <v>-12272121.187200001</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
-        <v>45974</v>
+        <v>46002</v>
       </c>
       <c r="V86" s="4">
-        <v>5.5</v>
+        <v>4</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>201</v>
+        <v>191</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>2.5794000000000001E-2</v>
+        <v>-9.6159999999999995E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D87" s="4">
-        <v>38470000</v>
+        <v>-5520000</v>
       </c>
       <c r="E87" s="5">
-        <v>102.255697</v>
+        <v>97.931843000000001</v>
       </c>
       <c r="F87" s="4">
-        <v>39337766.635899998</v>
+        <v>-5405837.7335999999</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H87" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J87" s="5">
-        <v>102.255697</v>
+        <v>97.931843000000001</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M87" s="4">
-        <v>39337766.635899998</v>
+        <v>-5405837.7335999999</v>
       </c>
       <c r="N87" s="4">
-        <v>39337766.635899998</v>
+        <v>-5405837.7335999999</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
-        <v>45974</v>
+        <v>46002</v>
       </c>
       <c r="V87" s="4">
-        <v>6</v>
+        <v>4.5</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>3.0193999999999999E-2</v>
+        <v>-4.2360000000000002E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D88" s="4">
-        <v>4600000</v>
+        <v>13800000</v>
       </c>
       <c r="E88" s="5">
-        <v>103.548474</v>
+        <v>102.33523599999999</v>
       </c>
       <c r="F88" s="4">
-        <v>4763229.8039999995</v>
+        <v>14122262.568</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J88" s="5">
-        <v>103.548474</v>
+        <v>102.33523599999999</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M88" s="4">
-        <v>4763229.8039999995</v>
+        <v>14122262.568</v>
       </c>
       <c r="N88" s="4">
-        <v>4763229.8039999995</v>
+        <v>14122262.568</v>
       </c>
       <c r="O88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>45974</v>
+        <v>46007</v>
       </c>
       <c r="V88" s="4">
-        <v>6.5</v>
+        <v>5.5</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>3.656E-3</v>
+        <v>1.1065999999999999E-2</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D89" s="4">
-        <v>7350672.2400000002</v>
+        <v>33263000</v>
       </c>
       <c r="E89" s="5">
-        <v>98.821560000000005</v>
+        <v>101.260603</v>
       </c>
       <c r="F89" s="4">
-        <v>7269066.5673444998</v>
+        <v>33682314.375890002</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>212</v>
+        <v>183</v>
       </c>
       <c r="H89" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J89" s="5">
-        <v>98.821560000000005</v>
+        <v>101.260603</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M89" s="4">
-        <v>7269066.5673439996</v>
+        <v>33682314.375890002</v>
       </c>
       <c r="N89" s="4">
-        <v>7269066.5673444998</v>
+        <v>33682314.375890002</v>
       </c>
       <c r="O89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>213</v>
+        <v>189</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T89" s="4">
         <v>0.01</v>
       </c>
       <c r="U89" s="2">
-        <v>49790</v>
+        <v>46002</v>
       </c>
       <c r="V89" s="4">
-        <v>4.9147400000000001</v>
+        <v>5.5</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="X89" s="4">
-        <v>5017.58928956</v>
+        <v>0</v>
       </c>
       <c r="Y89" s="4">
-        <v>5017.5892889999996</v>
+        <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>5.5789999999999998E-3</v>
+        <v>2.6393E-2</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D90" s="4">
-        <v>3095785.1006999998</v>
+        <v>38470000</v>
       </c>
       <c r="E90" s="5">
-        <v>91.221580000000003</v>
+        <v>102.38491500000001</v>
       </c>
       <c r="F90" s="4">
-        <v>2826292.0630273102</v>
+        <v>39387476.800499998</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>212</v>
+        <v>183</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J90" s="5">
-        <v>91.221580000000003</v>
+        <v>102.38491500000001</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M90" s="4">
-        <v>2826292.0630270001</v>
+        <v>39387476.800499998</v>
       </c>
       <c r="N90" s="4">
-        <v>2826292.0630273102</v>
+        <v>39387476.800499998</v>
       </c>
       <c r="O90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>213</v>
+        <v>189</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T90" s="4">
         <v>0.01</v>
       </c>
       <c r="U90" s="2">
-        <v>52256</v>
+        <v>46002</v>
       </c>
       <c r="V90" s="4">
-        <v>5.2747400000000004</v>
+        <v>6</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="X90" s="4">
-        <v>2267.9807641799998</v>
+        <v>0</v>
       </c>
       <c r="Y90" s="4">
-        <v>2267.9807639999999</v>
+        <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>2.1689999999999999E-3</v>
+        <v>3.0863999999999999E-2</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D91" s="4">
-        <v>2044541.7766480001</v>
+        <v>4600000</v>
       </c>
       <c r="E91" s="5">
-        <v>90.865970000000004</v>
+        <v>103.59053900000001</v>
       </c>
       <c r="F91" s="4">
-        <v>1859597.4543101799</v>
+        <v>4765164.7939999998</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>212</v>
+        <v>183</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J91" s="5">
-        <v>90.865970000000004</v>
+        <v>103.59053900000001</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M91" s="4">
-        <v>1859597.4543099999</v>
+        <v>4765164.7939999998</v>
       </c>
       <c r="N91" s="4">
-        <v>1859597.4543101799</v>
+        <v>4765164.7939999998</v>
       </c>
       <c r="O91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>220</v>
+        <v>189</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>53199</v>
+        <v>46002</v>
       </c>
       <c r="V91" s="4">
-        <v>6.3555099999999998</v>
+        <v>6.5</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="X91" s="4">
-        <v>1804.7369037399999</v>
+        <v>0</v>
       </c>
       <c r="Y91" s="4">
-        <v>1804.736903</v>
+        <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>1.4270000000000001E-3</v>
+        <v>3.7339999999999999E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D92" s="4">
-        <v>734788.28454000002</v>
+        <v>7350672.2400000002</v>
       </c>
       <c r="E92" s="5">
-        <v>6.8981700000000004</v>
+        <v>98.873270000000005</v>
       </c>
       <c r="F92" s="4">
-        <v>51134.503531230002</v>
+        <v>7300966.0999813303</v>
       </c>
       <c r="G92" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I92" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J92" s="5">
+        <v>98.873270000000005</v>
+      </c>
+      <c r="K92" s="5">
+        <v>1</v>
+      </c>
+      <c r="L92" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M92" s="4">
+        <v>7300966.0999809997</v>
+      </c>
+      <c r="N92" s="4">
+        <v>7300966.0999813303</v>
+      </c>
+      <c r="O92" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P92" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q92" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R92" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="H92" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="S92" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>49912</v>
+        <v>49699</v>
       </c>
       <c r="V92" s="4">
-        <v>4.38551</v>
+        <v>4.9147400000000001</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="X92" s="4">
-        <v>447.55852356999998</v>
+        <v>33116.089311080003</v>
       </c>
       <c r="Y92" s="4">
-        <v>447.55852299999998</v>
+        <v>33116.089311000003</v>
       </c>
       <c r="Z92" s="6">
-        <v>3.8999999999999999E-5</v>
+        <v>5.7210000000000004E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D93" s="4">
-        <v>1967403.7450000001</v>
+        <v>3095785.1006999998</v>
       </c>
       <c r="E93" s="5">
-        <v>90.335499999999996</v>
+        <v>91.326250000000002</v>
       </c>
       <c r="F93" s="4">
-        <v>1777613.2242292101</v>
+        <v>2842233.1135715898</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J93" s="5">
-        <v>90.335499999999996</v>
+        <v>91.326250000000002</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M93" s="4">
-        <v>1777613.224229</v>
+        <v>2842233.1135709998</v>
       </c>
       <c r="N93" s="4">
-        <v>1777613.2242292101</v>
+        <v>2842233.1135715898</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>227</v>
+        <v>215</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>60535</v>
+        <v>52256</v>
       </c>
       <c r="V93" s="4">
-        <v>1.0649999999999999</v>
+        <v>5.2747400000000004</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="X93" s="4">
-        <v>349.21416474</v>
+        <v>14968.67304356</v>
       </c>
       <c r="Y93" s="4">
-        <v>349.21416399999998</v>
+        <v>14968.673043000001</v>
       </c>
       <c r="Z93" s="6">
-        <v>1.364E-3</v>
+        <v>2.2269999999999998E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D94" s="4">
-        <v>1535131.422</v>
+        <v>2040943.5560940001</v>
       </c>
       <c r="E94" s="5">
-        <v>37.687060000000002</v>
+        <v>91.254419999999996</v>
       </c>
       <c r="F94" s="4">
-        <v>579775.41498795</v>
+        <v>1863884.11936368</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J94" s="5">
-        <v>37.687060000000002</v>
+        <v>91.254419999999996</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M94" s="4">
-        <v>579775.41498700005</v>
+        <v>1863884.1193629999</v>
       </c>
       <c r="N94" s="4">
-        <v>579775.41498795</v>
+        <v>1863884.11936368</v>
       </c>
       <c r="O94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>49973</v>
+        <v>53199</v>
       </c>
       <c r="V94" s="4">
-        <v>4.8055099999999999</v>
+        <v>6.3187600000000002</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
       <c r="X94" s="4">
-        <v>1229.5148999600001</v>
+        <v>1432.9147227200001</v>
       </c>
       <c r="Y94" s="4">
-        <v>1229.514899</v>
+        <v>1432.914722</v>
       </c>
       <c r="Z94" s="6">
-        <v>4.4499999999999997E-4</v>
+        <v>1.4599999999999999E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D95" s="4">
-        <v>13695000</v>
+        <v>734335.57130399998</v>
       </c>
       <c r="E95" s="5">
-        <v>101.30821</v>
+        <v>6.8465699999999998</v>
       </c>
       <c r="F95" s="4">
-        <v>13902462.3595</v>
+        <v>50631.626608569997</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J95" s="5">
-        <v>101.30821</v>
+        <v>6.8465699999999998</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M95" s="4">
-        <v>13902462.3595</v>
+        <v>50631.626607999999</v>
       </c>
       <c r="N95" s="4">
-        <v>13902462.3595</v>
+        <v>50631.626608569997</v>
       </c>
       <c r="O95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>47314</v>
+        <v>51404</v>
       </c>
       <c r="V95" s="4">
-        <v>4.6500000000000004</v>
+        <v>4.3487600000000004</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="X95" s="4">
-        <v>28303</v>
+        <v>354.82768434000002</v>
       </c>
       <c r="Y95" s="4">
-        <v>28303</v>
+        <v>354.82768399999998</v>
       </c>
       <c r="Z95" s="6">
-        <v>1.0671E-2</v>
+        <v>3.8999999999999999E-5</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D96" s="4">
-        <v>7275731.515962</v>
+        <v>1912676.615</v>
       </c>
       <c r="E96" s="5">
-        <v>50.27176</v>
+        <v>90.794550000000001</v>
       </c>
       <c r="F96" s="4">
-        <v>3661999.1876314599</v>
+        <v>1736832.45894392</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J96" s="5">
-        <v>50.27176</v>
+        <v>90.794550000000001</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M96" s="4">
-        <v>3661999.1876309998</v>
+        <v>1736832.4589430001</v>
       </c>
       <c r="N96" s="4">
-        <v>3661999.1876314599</v>
+        <v>1736832.45894392</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>239</v>
+        <v>34</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>53625</v>
+        <v>60535</v>
       </c>
       <c r="V96" s="4">
-        <v>4.3155099999999997</v>
+        <v>1.0649999999999999</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>241</v>
+        <v>230</v>
       </c>
       <c r="X96" s="4">
-        <v>4360.9016825600002</v>
+        <v>226.33339943999999</v>
       </c>
       <c r="Y96" s="4">
-        <v>4360.9016819999997</v>
+        <v>226.33339900000001</v>
       </c>
       <c r="Z96" s="6">
-        <v>2.81E-3</v>
+        <v>1.361E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>242</v>
+        <v>231</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>243</v>
+        <v>232</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D97" s="4">
-        <v>17663707.111972999</v>
+        <v>1535131.152</v>
       </c>
       <c r="E97" s="5">
-        <v>2.8902800000000002</v>
+        <v>35.575369999999999</v>
       </c>
       <c r="F97" s="4">
-        <v>521485.79679726</v>
+        <v>546941.99531286</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J97" s="5">
-        <v>2.8902800000000002</v>
+        <v>35.575369999999999</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M97" s="4">
-        <v>521485.79679699999</v>
+        <v>546941.99531200004</v>
       </c>
       <c r="N97" s="4">
-        <v>521485.79679726</v>
+        <v>546941.99531286</v>
       </c>
       <c r="O97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>242</v>
+        <v>231</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>49730</v>
+        <v>49973</v>
       </c>
       <c r="V97" s="4">
-        <v>4.4655100000000001</v>
+        <v>4.7687600000000003</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="X97" s="4">
-        <v>10955.20288133</v>
+        <v>813.40800360000003</v>
       </c>
       <c r="Y97" s="4">
-        <v>10955.202880999999</v>
+        <v>813.40800300000001</v>
       </c>
       <c r="Z97" s="6">
-        <v>4.0000000000000002E-4</v>
+        <v>4.28E-4</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D98" s="4">
-        <v>8372003.9168029996</v>
+        <v>13695000</v>
       </c>
       <c r="E98" s="5">
-        <v>100.73656</v>
+        <v>101.33826000000001</v>
       </c>
       <c r="F98" s="4">
-        <v>8433668.7488526106</v>
+        <v>13903039.832</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J98" s="5">
-        <v>100.73656</v>
+        <v>101.33826000000001</v>
       </c>
       <c r="K98" s="5">
         <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M98" s="4">
-        <v>8433668.7488519996</v>
+        <v>13903039.832</v>
       </c>
       <c r="N98" s="4">
-        <v>8433668.7488526106</v>
+        <v>13903039.832</v>
       </c>
       <c r="O98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
-        <v>62208</v>
+        <v>47314</v>
       </c>
       <c r="V98" s="4">
-        <v>5.5730000000000004</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
       <c r="X98" s="4">
-        <v>0</v>
+        <v>24765.125</v>
       </c>
       <c r="Y98" s="4">
-        <v>0</v>
+        <v>24765.125</v>
       </c>
       <c r="Z98" s="6">
-        <v>6.4729999999999996E-3</v>
+        <v>1.0893999999999999E-2</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D99" s="4">
-        <v>8586000</v>
+        <v>7238352.5868279999</v>
       </c>
       <c r="E99" s="5">
-        <v>1E-4</v>
+        <v>50.472430000000003</v>
       </c>
       <c r="F99" s="4">
-        <v>8.5860000000000003</v>
+        <v>3656813.6840416202</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J99" s="5">
-        <v>1E-4</v>
+        <v>50.472430000000003</v>
       </c>
       <c r="K99" s="5">
         <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M99" s="4">
-        <v>8.5860000000000003</v>
+        <v>3656813.684041</v>
       </c>
       <c r="N99" s="4">
-        <v>8.5860000000000003</v>
+        <v>3656813.6840416202</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>34</v>
+        <v>241</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>52221</v>
+        <v>53625</v>
       </c>
       <c r="V99" s="4">
-        <v>5.55</v>
+        <v>4.2787600000000001</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="X99" s="4">
-        <v>0</v>
+        <v>3441.2415016</v>
       </c>
       <c r="Y99" s="4">
-        <v>0</v>
+        <v>3441.241501</v>
       </c>
       <c r="Z99" s="6">
-        <v>0</v>
+        <v>2.8649999999999999E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D100" s="4">
-        <v>681458.55685499997</v>
+        <v>17663707.111972999</v>
       </c>
       <c r="E100" s="5">
-        <v>98.21584</v>
+        <v>2.90435</v>
       </c>
       <c r="F100" s="4">
-        <v>669300.24586718995</v>
+        <v>521707.91300761001</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J100" s="5">
-        <v>98.21584</v>
+        <v>2.90435</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M100" s="4">
-        <v>669300.24586699996</v>
+        <v>521707.913007</v>
       </c>
       <c r="N100" s="4">
-        <v>669300.24586718995</v>
+        <v>521707.91300761001</v>
       </c>
       <c r="O100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>49485</v>
+        <v>49730</v>
       </c>
       <c r="V100" s="4">
-        <v>4.121283</v>
+        <v>4.4287599999999996</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="X100" s="4">
-        <v>0</v>
+        <v>8692.0355010200001</v>
       </c>
       <c r="Y100" s="4">
-        <v>0</v>
+        <v>8692.0355010000003</v>
       </c>
       <c r="Z100" s="6">
-        <v>5.13E-4</v>
+        <v>4.08E-4</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D101" s="4">
-        <v>1327992.628</v>
+        <v>8199585.634238</v>
       </c>
       <c r="E101" s="5">
-        <v>100.1426</v>
+        <v>100.75277</v>
       </c>
       <c r="F101" s="4">
-        <v>1331572.8297254599</v>
+        <v>8296851.2144809896</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J101" s="5">
-        <v>100.1426</v>
+        <v>100.75277</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M101" s="4">
-        <v>1331572.8297250001</v>
+        <v>8296851.2144799996</v>
       </c>
       <c r="N101" s="4">
-        <v>1331572.8297254599</v>
+        <v>8296851.2144809896</v>
       </c>
       <c r="O101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>48510</v>
+        <v>62208</v>
       </c>
       <c r="V101" s="4">
-        <v>5.0797999999999996</v>
+        <v>5.5730000000000004</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="X101" s="4">
-        <v>1686.4842379300001</v>
+        <v>35541.559464140002</v>
       </c>
       <c r="Y101" s="4">
-        <v>1686.4842369999999</v>
+        <v>35541.559463999998</v>
       </c>
       <c r="Z101" s="6">
-        <v>1.0219999999999999E-3</v>
+        <v>6.5009999999999998E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D102" s="4">
-        <v>11037000</v>
+        <v>8586000</v>
       </c>
       <c r="E102" s="5">
-        <v>85.372060000000005</v>
+        <v>1E-4</v>
       </c>
       <c r="F102" s="4">
-        <v>9422514.2621999998</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J102" s="5">
-        <v>85.372060000000005</v>
+        <v>1E-4</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M102" s="4">
-        <v>9422514.2621999998</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="N102" s="4">
-        <v>9422514.2621999998</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="O102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>50622</v>
+        <v>52221</v>
       </c>
       <c r="V102" s="4">
-        <v>4.2664999999999997</v>
+        <v>5.55</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>7.2319999999999997E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D103" s="4">
-        <v>542103.94135600002</v>
+        <v>668492.08536499995</v>
       </c>
       <c r="E103" s="5">
-        <v>97.988349999999997</v>
+        <v>98.537689999999998</v>
       </c>
       <c r="F103" s="4">
-        <v>531639.00333761994</v>
+        <v>660897.63349187002</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J103" s="5">
-        <v>97.988349999999997</v>
+        <v>98.537689999999998</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M103" s="4">
-        <v>531639.00333700003</v>
+        <v>660897.63349100004</v>
       </c>
       <c r="N103" s="4">
-        <v>531639.00333761994</v>
+        <v>660897.63349187002</v>
       </c>
       <c r="O103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>50186</v>
+        <v>49485</v>
       </c>
       <c r="V103" s="4">
-        <v>4.1770180000000003</v>
+        <v>4.112425</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="X103" s="4">
-        <v>440.29591765999999</v>
+        <v>2180.9747404999998</v>
       </c>
       <c r="Y103" s="4">
-        <v>440.29591699999997</v>
+        <v>2180.9747400000001</v>
       </c>
       <c r="Z103" s="6">
-        <v>4.08E-4</v>
+        <v>5.1699999999999999E-4</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D104" s="4">
-        <v>15387600</v>
+        <v>1327992.628</v>
       </c>
       <c r="E104" s="5">
-        <v>94.25</v>
+        <v>100.1129</v>
       </c>
       <c r="F104" s="4">
-        <v>14538790.0893126</v>
+        <v>1336425.25576627</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J104" s="5">
-        <v>94.25</v>
+        <v>100.1129</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M104" s="4">
-        <v>14538790.089312</v>
+        <v>1336425.2557659999</v>
       </c>
       <c r="N104" s="4">
-        <v>14538790.0893126</v>
+        <v>1336425.25576627</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>272</v>
+        <v>34</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>50114</v>
+        <v>48510</v>
       </c>
       <c r="V104" s="4">
-        <v>4.9520099999999996</v>
+        <v>5.0797999999999996</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="X104" s="4">
-        <v>35977.089312670003</v>
+        <v>6933.3240892599997</v>
       </c>
       <c r="Y104" s="4">
-        <v>35977.089311999996</v>
+        <v>6933.3240889999997</v>
       </c>
       <c r="Z104" s="6">
-        <v>1.1159000000000001E-2</v>
+        <v>1.047E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D105" s="4">
-        <v>13000000</v>
+        <v>11037000</v>
       </c>
       <c r="E105" s="5">
-        <v>94.646850000000001</v>
+        <v>85.943600000000004</v>
       </c>
       <c r="F105" s="4">
-        <v>12304090.5</v>
+        <v>9523440.9682100005</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J105" s="5">
-        <v>94.646850000000001</v>
+        <v>85.943600000000004</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M105" s="4">
-        <v>12304090.5</v>
+        <v>9523440.9682100005</v>
       </c>
       <c r="N105" s="4">
-        <v>12304090.5</v>
+        <v>9523440.9682100005</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>276</v>
+        <v>34</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>51844</v>
+        <v>50622</v>
       </c>
       <c r="V105" s="4">
-        <v>3.202</v>
+        <v>4.4087170000000002</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="X105" s="4">
-        <v>0</v>
+        <v>37845.836210000001</v>
       </c>
       <c r="Y105" s="4">
-        <v>0</v>
+        <v>37845.836210000001</v>
       </c>
       <c r="Z105" s="6">
-        <v>9.4439999999999993E-3</v>
+        <v>7.4619999999999999E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D106" s="4">
-        <v>4570000</v>
+        <v>527056.56357100001</v>
       </c>
       <c r="E106" s="5">
-        <v>94.692620000000005</v>
+        <v>98.03143</v>
       </c>
       <c r="F106" s="4">
-        <v>4327452.7340000002</v>
+        <v>516979.16653086001</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J106" s="5">
-        <v>94.692620000000005</v>
+        <v>98.03143</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M106" s="4">
-        <v>4327452.7340000002</v>
+        <v>516979.16652999999</v>
       </c>
       <c r="N106" s="4">
-        <v>4327452.7340000002</v>
+        <v>516979.16653086001</v>
       </c>
       <c r="O106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>51844</v>
+        <v>50186</v>
       </c>
       <c r="V106" s="4">
-        <v>3.9439899999999999</v>
+        <v>5.0900069999999999</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="X106" s="4">
-        <v>0</v>
+        <v>298.08035324000002</v>
       </c>
       <c r="Y106" s="4">
-        <v>0</v>
+        <v>298.080353</v>
       </c>
       <c r="Z106" s="6">
-        <v>3.3210000000000002E-3</v>
+        <v>4.0499999999999998E-4</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D107" s="4">
-        <v>9000000</v>
+        <v>15387600</v>
       </c>
       <c r="E107" s="5">
-        <v>91.846149999999994</v>
+        <v>94.013159999999999</v>
       </c>
       <c r="F107" s="4">
-        <v>8266153.5</v>
+        <v>14495559.105838001</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J107" s="5">
-        <v>91.846149999999994</v>
+        <v>94.013159999999999</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M107" s="4">
-        <v>8266153.5</v>
+        <v>14495559.105838001</v>
       </c>
       <c r="N107" s="4">
-        <v>8266153.5</v>
+        <v>14495559.105838001</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>34</v>
+        <v>274</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>51844</v>
+        <v>50114</v>
       </c>
       <c r="V107" s="4">
-        <v>3.9439899999999999</v>
+        <v>4.8780099999999997</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="X107" s="4">
-        <v>0</v>
+        <v>29190.097677999998</v>
       </c>
       <c r="Y107" s="4">
-        <v>0</v>
+        <v>29190.097677999998</v>
       </c>
       <c r="Z107" s="6">
-        <v>6.3439999999999998E-3</v>
+        <v>1.1358E-2</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D108" s="4">
-        <v>8000000</v>
+        <v>13000000</v>
       </c>
       <c r="E108" s="5">
-        <v>92.566959999999995</v>
+        <v>95.132329999999996</v>
       </c>
       <c r="F108" s="4">
-        <v>7405356.7999999998</v>
+        <v>12399578.6777777</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J108" s="5">
-        <v>92.566959999999995</v>
+        <v>95.132329999999996</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M108" s="4">
-        <v>7405356.7999999998</v>
+        <v>12399578.677777</v>
       </c>
       <c r="N108" s="4">
-        <v>7405356.7999999998</v>
+        <v>12399578.6777777</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>34</v>
+        <v>278</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T108" s="4">
         <v>0.01</v>
       </c>
       <c r="U108" s="2">
-        <v>52665</v>
+        <v>51844</v>
       </c>
       <c r="V108" s="4">
-        <v>2.843</v>
+        <v>3.202</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="X108" s="4">
-        <v>0</v>
+        <v>32375.77777778</v>
       </c>
       <c r="Y108" s="4">
-        <v>0</v>
+        <v>32375.777776999999</v>
       </c>
       <c r="Z108" s="6">
-        <v>5.6839999999999998E-3</v>
+        <v>9.7160000000000007E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D109" s="4">
-        <v>13743281</v>
+        <v>4570000</v>
       </c>
       <c r="E109" s="5">
-        <v>8.4689700000000006</v>
+        <v>95.278199999999998</v>
       </c>
       <c r="F109" s="4">
-        <v>1228049.65623903</v>
+        <v>4368699.7361555602</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J109" s="5">
-        <v>8.4689700000000006</v>
+        <v>95.278199999999998</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M109" s="4">
-        <v>1228049.6562389999</v>
+        <v>4368699.7361549996</v>
       </c>
       <c r="N109" s="4">
-        <v>1228049.65623903</v>
+        <v>4368699.7361555602</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T109" s="4">
         <v>0.01</v>
       </c>
       <c r="U109" s="2">
-        <v>46883</v>
+        <v>51844</v>
       </c>
       <c r="V109" s="4">
-        <v>8</v>
+        <v>4.0754570000000001</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="X109" s="4">
-        <v>64135.311333329999</v>
+        <v>14485.99615556</v>
       </c>
       <c r="Y109" s="4">
-        <v>64135.311332999998</v>
+        <v>14485.996155000001</v>
       </c>
       <c r="Z109" s="6">
-        <v>9.4200000000000002E-4</v>
+        <v>3.4229999999999998E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D110" s="4">
-        <v>853639.62610899995</v>
+        <v>9000000</v>
       </c>
       <c r="E110" s="5">
-        <v>98.556449999999998</v>
+        <v>92.360820000000004</v>
       </c>
       <c r="F110" s="4">
-        <v>841981.50648936001</v>
+        <v>8341002.0199999996</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J110" s="5">
-        <v>98.556449999999998</v>
+        <v>92.360820000000004</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M110" s="4">
-        <v>841981.50648900005</v>
+        <v>8341002.0199999996</v>
       </c>
       <c r="N110" s="4">
-        <v>841981.50648936001</v>
+        <v>8341002.0199999996</v>
       </c>
       <c r="O110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>50430</v>
+        <v>51844</v>
       </c>
       <c r="V110" s="4">
-        <v>6.3555099999999998</v>
+        <v>4.0754570000000001</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="X110" s="4">
-        <v>664.59520284999996</v>
+        <v>28528.22</v>
       </c>
       <c r="Y110" s="4">
-        <v>664.59520199999997</v>
+        <v>28528.22</v>
       </c>
       <c r="Z110" s="6">
-        <v>6.4599999999999998E-4</v>
+        <v>6.5360000000000001E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D111" s="4">
-        <v>3303883.8543969998</v>
+        <v>8000000</v>
       </c>
       <c r="E111" s="5">
-        <v>96.466700000000003</v>
+        <v>93.05744</v>
       </c>
       <c r="F111" s="4">
-        <v>3189203.71014866</v>
+        <v>7462284.97777778</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J111" s="5">
-        <v>96.466700000000003</v>
+        <v>93.05744</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M111" s="4">
-        <v>3189203.7101480002</v>
+        <v>7462284.9777769996</v>
       </c>
       <c r="N111" s="4">
-        <v>3189203.71014866</v>
+        <v>7462284.97777778</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>298</v>
+        <v>34</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>49973</v>
+        <v>52665</v>
       </c>
       <c r="V111" s="4">
-        <v>4.4805099999999998</v>
+        <v>2.843</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
       <c r="X111" s="4">
-        <v>2055.9839789500002</v>
+        <v>17689.77777778</v>
       </c>
       <c r="Y111" s="4">
-        <v>2055.9839780000002</v>
+        <v>17689.777776999999</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.447E-3</v>
+        <v>5.8469999999999998E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D112" s="4">
-        <v>2022421.542772</v>
+        <v>13743281</v>
       </c>
       <c r="E112" s="5">
-        <v>97.392060000000001</v>
+        <v>8.0619999999999994</v>
       </c>
       <c r="F112" s="4">
-        <v>1970961.8215405</v>
+        <v>1166010.50066444</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J112" s="5">
-        <v>97.392060000000001</v>
+        <v>8.0619999999999994</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M112" s="4">
-        <v>1970961.8215399999</v>
+        <v>1166010.5006639999</v>
       </c>
       <c r="N112" s="4">
-        <v>1970961.8215405</v>
+        <v>1166010.50066444</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>302</v>
+        <v>34</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>49546</v>
+        <v>46914</v>
       </c>
       <c r="V112" s="4">
-        <v>4.5705099999999996</v>
+        <v>8</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="X112" s="4">
-        <v>1283.81915076</v>
+        <v>58027.186444439998</v>
       </c>
       <c r="Y112" s="4">
-        <v>1283.81915</v>
+        <v>58027.186443999999</v>
       </c>
       <c r="Z112" s="6">
-        <v>1.5120000000000001E-3</v>
+        <v>9.1299999999999997E-4</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D113" s="4">
-        <v>979390.28137600003</v>
+        <v>3905957.7440519999</v>
       </c>
       <c r="E113" s="5">
-        <v>95.293440000000004</v>
+        <v>99.980099999999993</v>
       </c>
       <c r="F113" s="4">
-        <v>933932.72346951999</v>
+        <v>3927862.1478478899</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J113" s="5">
-        <v>95.293440000000004</v>
+        <v>99.980099999999993</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M113" s="4">
-        <v>933932.72346899996</v>
+        <v>3927862.147847</v>
       </c>
       <c r="N113" s="4">
-        <v>933932.72346951999</v>
+        <v>3927862.1478478899</v>
       </c>
       <c r="O113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P113" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="Q113" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R113" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="Q113" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S113" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
-        <v>49699</v>
+        <v>48596</v>
       </c>
       <c r="V113" s="4">
-        <v>4.6905099999999997</v>
+        <v>4.8616299999999999</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="X113" s="4">
-        <v>638.03332064999995</v>
+        <v>22681.689386950002</v>
       </c>
       <c r="Y113" s="4">
-        <v>638.03332</v>
+        <v>22681.689385999998</v>
       </c>
       <c r="Z113" s="6">
-        <v>7.1599999999999995E-4</v>
+        <v>3.0769999999999999E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D114" s="4">
-        <v>1283574.064212</v>
+        <v>831384.85360599996</v>
       </c>
       <c r="E114" s="5">
-        <v>94.67353</v>
+        <v>98.855969999999999</v>
       </c>
       <c r="F114" s="4">
-        <v>1216033.05121939</v>
+        <v>822387.98176682997</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H114" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J114" s="5">
-        <v>94.67353</v>
+        <v>98.855969999999999</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M114" s="4">
-        <v>1216033.051219</v>
+        <v>822387.98176600004</v>
       </c>
       <c r="N114" s="4">
-        <v>1216033.05121939</v>
+        <v>822387.98176682997</v>
       </c>
       <c r="O114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T114" s="4">
         <v>0.01</v>
       </c>
       <c r="U114" s="2">
-        <v>49790</v>
+        <v>50430</v>
       </c>
       <c r="V114" s="4">
-        <v>4.6455099999999998</v>
+        <v>6.3187600000000002</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="X114" s="4">
-        <v>828.17446542000005</v>
+        <v>514.42030193000005</v>
       </c>
       <c r="Y114" s="4">
-        <v>828.17446500000005</v>
+        <v>514.42030099999999</v>
       </c>
       <c r="Z114" s="6">
-        <v>9.3300000000000002E-4</v>
+        <v>6.4400000000000004E-4</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D115" s="4">
-        <v>515968.25543999998</v>
+        <v>3239297.5899319998</v>
       </c>
       <c r="E115" s="5">
-        <v>93.547759999999997</v>
+        <v>96.73133</v>
       </c>
       <c r="F115" s="4">
-        <v>483011.80287770001</v>
+        <v>3135015.04818305</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J115" s="5">
-        <v>93.547759999999997</v>
+        <v>96.73133</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M115" s="4">
-        <v>483011.80287700001</v>
+        <v>3135015.0481830002</v>
       </c>
       <c r="N115" s="4">
-        <v>483011.80287770001</v>
+        <v>3135015.04818305</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>34</v>
+        <v>304</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T115" s="4">
         <v>0.01</v>
       </c>
       <c r="U115" s="2">
-        <v>49790</v>
+        <v>49973</v>
       </c>
       <c r="V115" s="4">
-        <v>4.6755100000000001</v>
+        <v>4.4437600000000002</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="X115" s="4">
-        <v>335.05760249999997</v>
+        <v>1599.4067842500001</v>
       </c>
       <c r="Y115" s="4">
-        <v>335.05760199999997</v>
+        <v>1599.406784</v>
       </c>
       <c r="Z115" s="6">
-        <v>3.6999999999999999E-4</v>
+        <v>2.4559999999999998E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D116" s="4">
-        <v>694976.15616000001</v>
+        <v>1976965.088554</v>
       </c>
       <c r="E116" s="5">
-        <v>96.369720000000001</v>
+        <v>97.734110000000001</v>
       </c>
       <c r="F116" s="4">
-        <v>670165.05854631995</v>
+        <v>1933165.1326685599</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J116" s="5">
-        <v>96.369720000000001</v>
+        <v>97.734110000000001</v>
       </c>
       <c r="K116" s="5">
         <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M116" s="4">
-        <v>670165.05854600004</v>
+        <v>1933165.1326679999</v>
       </c>
       <c r="N116" s="4">
-        <v>670165.05854631995</v>
+        <v>1933165.1326685599</v>
       </c>
       <c r="O116" s="3" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T116" s="4">
         <v>0.01</v>
       </c>
       <c r="U116" s="2">
-        <v>49881</v>
+        <v>49546</v>
       </c>
       <c r="V116" s="4">
-        <v>4.4505100000000004</v>
+        <v>4.53376</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="X116" s="4">
-        <v>418.48278816999999</v>
+        <v>995.89835999000002</v>
       </c>
       <c r="Y116" s="4">
-        <v>418.48278800000003</v>
+        <v>995.89835900000003</v>
       </c>
       <c r="Z116" s="6">
-        <v>5.1400000000000003E-4</v>
+        <v>1.5139999999999999E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D117" s="4">
-        <v>1421582.6373759999</v>
+        <v>965294.73686099995</v>
       </c>
       <c r="E117" s="5">
-        <v>96.60942</v>
+        <v>95.727940000000004</v>
       </c>
       <c r="F117" s="4">
-        <v>1374248.6247996599</v>
+        <v>924555.90541819006</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I117" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J117" s="5">
-        <v>96.60942</v>
+        <v>95.727940000000004</v>
       </c>
       <c r="K117" s="5">
         <v>1</v>
       </c>
       <c r="L117" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M117" s="4">
-        <v>1374248.6247990001</v>
+        <v>924555.90541799995</v>
       </c>
       <c r="N117" s="4">
-        <v>1374248.6247996599</v>
+        <v>924555.90541819006</v>
       </c>
       <c r="O117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="S117" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T117" s="4">
         <v>0.01</v>
       </c>
       <c r="U117" s="2">
-        <v>49881</v>
+        <v>49699</v>
       </c>
       <c r="V117" s="4">
-        <v>4.5255099999999997</v>
+        <v>4.6905099999999997</v>
       </c>
       <c r="W117" s="3" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="X117" s="4">
-        <v>865.88401001</v>
+        <v>499.13889273000001</v>
       </c>
       <c r="Y117" s="4">
-        <v>865.88400999999999</v>
+        <v>499.138892</v>
       </c>
       <c r="Z117" s="6">
-        <v>1.054E-3</v>
+        <v>7.2400000000000003E-4</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D118" s="4">
-        <v>5483026.6588620003</v>
+        <v>1259119.6265819999</v>
       </c>
       <c r="E118" s="5">
-        <v>95.423730000000006</v>
+        <v>95.081739999999996</v>
       </c>
       <c r="F118" s="4">
-        <v>5235448.2587030903</v>
+        <v>1197837.6252101399</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H118" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J118" s="5">
-        <v>95.423730000000006</v>
+        <v>95.081739999999996</v>
       </c>
       <c r="K118" s="5">
         <v>1</v>
       </c>
       <c r="L118" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M118" s="4">
-        <v>5235448.2587029999</v>
+        <v>1197837.62521</v>
       </c>
       <c r="N118" s="4">
-        <v>5235448.2587030903</v>
+        <v>1197837.6252101399</v>
       </c>
       <c r="O118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R118" s="3" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="S118" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T118" s="4">
         <v>0.01</v>
       </c>
       <c r="U118" s="2">
-        <v>50065</v>
+        <v>49790</v>
       </c>
       <c r="V118" s="4">
-        <v>4.5255099999999997</v>
+        <v>4.6087600000000002</v>
       </c>
       <c r="W118" s="3" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="X118" s="4">
-        <v>3339.7039226000002</v>
+        <v>644.77557447000004</v>
       </c>
       <c r="Y118" s="4">
-        <v>3339.7039220000001</v>
+        <v>644.77557400000001</v>
       </c>
       <c r="Z118" s="6">
-        <v>4.0179999999999999E-3</v>
+        <v>9.3800000000000003E-4</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D119" s="4">
-        <v>945108.2524</v>
+        <v>506138.11483999999</v>
       </c>
       <c r="E119" s="5">
-        <v>95.828069999999997</v>
+        <v>93.948939999999993</v>
       </c>
       <c r="F119" s="4">
-        <v>906261.22506128997</v>
+        <v>475772.26641056</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H119" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I119" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J119" s="5">
-        <v>95.828069999999997</v>
+        <v>93.948939999999993</v>
       </c>
       <c r="K119" s="5">
         <v>1</v>
       </c>
       <c r="L119" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M119" s="4">
-        <v>906261.22506099998</v>
+        <v>475772.26640999998</v>
       </c>
       <c r="N119" s="4">
-        <v>906261.22506128997</v>
+        <v>475772.26641056</v>
       </c>
       <c r="O119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P119" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R119" s="3" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="S119" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T119" s="4">
         <v>0.01</v>
       </c>
       <c r="U119" s="2">
-        <v>50124</v>
+        <v>49790</v>
       </c>
       <c r="V119" s="4">
-        <v>4.4355099999999998</v>
+        <v>4.6387600000000004</v>
       </c>
       <c r="W119" s="3" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="X119" s="4">
-        <v>582.22737563999999</v>
+        <v>260.8725824</v>
       </c>
       <c r="Y119" s="4">
-        <v>582.22737500000005</v>
+        <v>260.87258200000002</v>
       </c>
       <c r="Z119" s="6">
-        <v>6.9499999999999998E-4</v>
+        <v>3.7199999999999999E-4</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D120" s="4">
-        <v>4631872.7844590005</v>
+        <v>684417.76260000002</v>
       </c>
       <c r="E120" s="5">
-        <v>93.400390000000002</v>
+        <v>96.969449999999995</v>
       </c>
       <c r="F120" s="4">
-        <v>4329088.9267268898</v>
+        <v>664003.04539564997</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H120" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I120" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J120" s="5">
-        <v>93.400390000000002</v>
+        <v>96.969449999999995</v>
       </c>
       <c r="K120" s="5">
         <v>1</v>
       </c>
       <c r="L120" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M120" s="4">
-        <v>4329088.9267260004</v>
+        <v>664003.04539500002</v>
       </c>
       <c r="N120" s="4">
-        <v>4329088.9267268898</v>
+        <v>664003.04539564997</v>
       </c>
       <c r="O120" s="3" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="P120" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R120" s="3" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="S120" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T120" s="4">
         <v>0.01</v>
       </c>
       <c r="U120" s="2">
-        <v>50246</v>
+        <v>49881</v>
       </c>
       <c r="V120" s="4">
-        <v>4.51051</v>
+        <v>4.4505100000000004</v>
       </c>
       <c r="W120" s="3" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="X120" s="4">
-        <v>2901.6817379200002</v>
+        <v>326.90530013</v>
       </c>
       <c r="Y120" s="4">
-        <v>2901.6817369999999</v>
+        <v>326.90530000000001</v>
       </c>
       <c r="Z120" s="6">
-        <v>3.3219999999999999E-3</v>
+        <v>5.1999999999999995E-4</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D121" s="4">
-        <v>1616144.8294579999</v>
+        <v>1399985.3079850001</v>
       </c>
       <c r="E121" s="5">
-        <v>95.882180000000005</v>
+        <v>97.215670000000003</v>
       </c>
       <c r="F121" s="4">
-        <v>1550597.2431768801</v>
+        <v>1361681.5637378399</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H121" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I121" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J121" s="5">
-        <v>95.882180000000005</v>
+        <v>97.215670000000003</v>
       </c>
       <c r="K121" s="5">
         <v>1</v>
       </c>
       <c r="L121" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M121" s="4">
-        <v>1550597.243176</v>
+        <v>1361681.5637370001</v>
       </c>
       <c r="N121" s="4">
-        <v>1550597.2431768801</v>
+        <v>1361681.5637378399</v>
       </c>
       <c r="O121" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P121" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R121" s="3" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="S121" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T121" s="4">
         <v>0.01</v>
       </c>
       <c r="U121" s="2">
-        <v>50246</v>
+        <v>49881</v>
       </c>
       <c r="V121" s="4">
-        <v>4.4655100000000001</v>
+        <v>4.5255099999999997</v>
       </c>
       <c r="W121" s="3" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="X121" s="4">
-        <v>1002.3487357499999</v>
+        <v>676.46667865999996</v>
       </c>
       <c r="Y121" s="4">
-        <v>1002.348735</v>
+        <v>676.466678</v>
       </c>
       <c r="Z121" s="6">
-        <v>1.1900000000000001E-3</v>
+        <v>1.067E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D122" s="4">
-        <v>6138983.5134199997</v>
+        <v>5434471.136314</v>
       </c>
       <c r="E122" s="5">
-        <v>94.73545</v>
+        <v>95.751570000000001</v>
       </c>
       <c r="F122" s="4">
-        <v>5819677.8514177501</v>
+        <v>5206217.3465173598</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H122" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I122" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J122" s="5">
-        <v>94.73545</v>
+        <v>95.751570000000001</v>
       </c>
       <c r="K122" s="5">
         <v>1</v>
       </c>
       <c r="L122" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M122" s="4">
-        <v>5819677.8514170004</v>
+        <v>5206217.3465170003</v>
       </c>
       <c r="N122" s="4">
-        <v>5819677.8514177501</v>
+        <v>5206217.3465173598</v>
       </c>
       <c r="O122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P122" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="Q122" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R122" s="3" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="S122" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T122" s="4">
         <v>0.01</v>
       </c>
       <c r="U122" s="2">
-        <v>50308</v>
+        <v>50065</v>
       </c>
       <c r="V122" s="4">
-        <v>4.7805099999999996</v>
+        <v>4.5255099999999997</v>
       </c>
       <c r="W122" s="3" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="X122" s="4">
-        <v>3884.1945535</v>
+        <v>2625.9122998600001</v>
       </c>
       <c r="Y122" s="4">
-        <v>3884.1945529999998</v>
+        <v>2625.9122990000001</v>
       </c>
       <c r="Z122" s="6">
-        <v>4.4669999999999996E-3</v>
+        <v>4.0790000000000002E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D123" s="4">
-        <v>815891.04186200001</v>
+        <v>924539.14879999997</v>
       </c>
       <c r="E123" s="5">
-        <v>100.2299</v>
+        <v>96.232979999999998</v>
       </c>
       <c r="F123" s="4">
-        <v>818333.99075180001</v>
+        <v>890163.44369312003</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H123" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I123" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J123" s="5">
-        <v>100.2299</v>
+        <v>96.232979999999998</v>
       </c>
       <c r="K123" s="5">
         <v>1</v>
       </c>
       <c r="L123" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M123" s="4">
-        <v>818333.990751</v>
+        <v>890163.44369300001</v>
       </c>
       <c r="N123" s="4">
-        <v>818333.99075180001</v>
+        <v>890163.44369312003</v>
       </c>
       <c r="O123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P123" s="3" t="s">
-        <v>338</v>
+        <v>300</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R123" s="3" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="S123" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T123" s="4">
         <v>0.01</v>
       </c>
       <c r="U123" s="2">
-        <v>49273</v>
+        <v>50124</v>
       </c>
       <c r="V123" s="4">
-        <v>5.0055100000000001</v>
+        <v>4.3987600000000002</v>
       </c>
       <c r="W123" s="3" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="X123" s="4">
-        <v>567.21538457999998</v>
+        <v>451.86953624</v>
       </c>
       <c r="Y123" s="4">
-        <v>567.21538399999997</v>
+        <v>451.86953599999998</v>
       </c>
       <c r="Z123" s="6">
-        <v>6.2799999999999998E-4</v>
+        <v>6.9700000000000003E-4</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D124" s="4">
-        <v>1564594.771923</v>
+        <v>4573615.6977340002</v>
       </c>
       <c r="E124" s="5">
-        <v>87.4131</v>
+        <v>93.882589999999993</v>
       </c>
       <c r="F124" s="4">
-        <v>1368622.47727189</v>
+        <v>4296102.34689702</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H124" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J124" s="5">
-        <v>87.4131</v>
+        <v>93.882589999999993</v>
       </c>
       <c r="K124" s="5">
         <v>1</v>
       </c>
       <c r="L124" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M124" s="4">
-        <v>1368622.4772709999</v>
+        <v>4296102.3468970004</v>
       </c>
       <c r="N124" s="4">
-        <v>1368622.47727189</v>
+        <v>4296102.34689702</v>
       </c>
       <c r="O124" s="3" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="P124" s="3" t="s">
-        <v>338</v>
+        <v>300</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R124" s="3" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="S124" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T124" s="4">
         <v>0.01</v>
       </c>
       <c r="U124" s="2">
-        <v>53717</v>
+        <v>50246</v>
       </c>
       <c r="V124" s="4">
-        <v>4.4255100000000001</v>
+        <v>4.4737600000000004</v>
       </c>
       <c r="W124" s="3" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="X124" s="4">
-        <v>961.68469571000003</v>
+        <v>2273.4732182100001</v>
       </c>
       <c r="Y124" s="4">
-        <v>961.68469500000003</v>
+        <v>2273.4732180000001</v>
       </c>
       <c r="Z124" s="6">
-        <v>1.0499999999999999E-3</v>
+        <v>3.3660000000000001E-3</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D125" s="4">
-        <v>1186939.296687</v>
+        <v>1597653.763858</v>
       </c>
       <c r="E125" s="5">
-        <v>96.94717</v>
+        <v>96.350340000000003</v>
       </c>
       <c r="F125" s="4">
-        <v>1150704.05775622</v>
+        <v>1540131.0140643001</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H125" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I125" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J125" s="5">
-        <v>96.94717</v>
+        <v>96.350340000000003</v>
       </c>
       <c r="K125" s="5">
         <v>1</v>
       </c>
       <c r="L125" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M125" s="4">
-        <v>1150704.057756</v>
+        <v>1540131.014064</v>
       </c>
       <c r="N125" s="4">
-        <v>1150704.05775622</v>
+        <v>1540131.0140643001</v>
       </c>
       <c r="O125" s="3" t="s">
-        <v>346</v>
+        <v>34</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>347</v>
+        <v>300</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
       <c r="S125" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T125" s="4">
         <v>0.01</v>
       </c>
       <c r="U125" s="2">
-        <v>49242</v>
+        <v>50246</v>
       </c>
       <c r="V125" s="4">
-        <v>5.75</v>
+        <v>4.4287599999999996</v>
       </c>
       <c r="W125" s="3" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="X125" s="4">
-        <v>0</v>
+        <v>786.18056479999996</v>
       </c>
       <c r="Y125" s="4">
-        <v>0</v>
+        <v>786.180564</v>
       </c>
       <c r="Z125" s="6">
-        <v>8.83E-4</v>
+        <v>1.206E-3</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D126" s="4">
-        <v>343566.371423</v>
+        <v>5979582.0311599998</v>
       </c>
       <c r="E126" s="5">
-        <v>96.418909999999997</v>
+        <v>95.117680000000007</v>
       </c>
       <c r="F126" s="4">
-        <v>331262.95045250002</v>
+        <v>5690641.95685839</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H126" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I126" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J126" s="5">
-        <v>96.418909999999997</v>
+        <v>95.117679999999993</v>
       </c>
       <c r="K126" s="5">
         <v>1</v>
       </c>
       <c r="L126" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M126" s="4">
-        <v>331262.95045200002</v>
+        <v>5690641.9568579998</v>
       </c>
       <c r="N126" s="4">
-        <v>331262.95045250002</v>
+        <v>5690641.95685839</v>
       </c>
       <c r="O126" s="3" t="s">
-        <v>351</v>
+        <v>34</v>
       </c>
       <c r="P126" s="3" t="s">
-        <v>352</v>
+        <v>300</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>349</v>
+        <v>339</v>
       </c>
       <c r="S126" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T126" s="4">
         <v>0.01</v>
       </c>
       <c r="U126" s="2">
-        <v>49607</v>
+        <v>50308</v>
       </c>
       <c r="V126" s="4">
-        <v>6.42</v>
+        <v>4.74376</v>
       </c>
       <c r="W126" s="3" t="s">
-        <v>353</v>
+        <v>341</v>
       </c>
       <c r="X126" s="4">
-        <v>0</v>
+        <v>3002.2551221200001</v>
       </c>
       <c r="Y126" s="4">
-        <v>0</v>
+        <v>3002.255122</v>
       </c>
       <c r="Z126" s="6">
-        <v>2.5399999999999999E-4</v>
+        <v>4.4590000000000003E-3</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>354</v>
+        <v>342</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>355</v>
+        <v>343</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D127" s="4">
-        <v>5080670.4273399999</v>
+        <v>790316.49014400004</v>
       </c>
       <c r="E127" s="5">
-        <v>93.101110000000006</v>
+        <v>100.29897</v>
       </c>
       <c r="F127" s="4">
-        <v>4733353.9834097698</v>
+        <v>793115.62079485995</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H127" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I127" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J127" s="5">
-        <v>93.101110000000006</v>
+        <v>100.29897</v>
       </c>
       <c r="K127" s="5">
         <v>1</v>
       </c>
       <c r="L127" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M127" s="4">
-        <v>4733353.9834089996</v>
+        <v>793115.62079399999</v>
       </c>
       <c r="N127" s="4">
-        <v>4733353.9834097698</v>
+        <v>793115.62079485995</v>
       </c>
       <c r="O127" s="3" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="P127" s="3" t="s">
-        <v>357</v>
+        <v>344</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R127" s="3" t="s">
-        <v>354</v>
+        <v>342</v>
       </c>
       <c r="S127" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T127" s="4">
         <v>0.01</v>
       </c>
       <c r="U127" s="2">
-        <v>49881</v>
+        <v>49273</v>
       </c>
       <c r="V127" s="4">
-        <v>4.5255099999999997</v>
+        <v>4.9687599999999996</v>
       </c>
       <c r="W127" s="3" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="X127" s="4">
-        <v>3193.4201146700002</v>
+        <v>436.32144039999997</v>
       </c>
       <c r="Y127" s="4">
-        <v>3193.420114</v>
+        <v>436.32144</v>
       </c>
       <c r="Z127" s="6">
-        <v>3.6329999999999999E-3</v>
+        <v>6.2100000000000002E-4</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>359</v>
+        <v>346</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D128" s="4">
-        <v>76922.674499999994</v>
+        <v>1564594.771923</v>
       </c>
       <c r="E128" s="5">
-        <v>125.95661</v>
+        <v>87.56738</v>
       </c>
       <c r="F128" s="4">
-        <v>96936.473963929995</v>
+        <v>1370837.60838489</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H128" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I128" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J128" s="5">
-        <v>125.95661</v>
+        <v>87.56738</v>
       </c>
       <c r="K128" s="5">
         <v>1</v>
       </c>
       <c r="L128" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M128" s="4">
-        <v>96936.473962999997</v>
+        <v>1370837.6083839999</v>
       </c>
       <c r="N128" s="4">
-        <v>96936.473963929995</v>
+        <v>1370837.60838489</v>
       </c>
       <c r="O128" s="3" t="s">
-        <v>361</v>
+        <v>348</v>
       </c>
       <c r="P128" s="3" t="s">
-        <v>357</v>
+        <v>344</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>359</v>
+        <v>346</v>
       </c>
       <c r="S128" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T128" s="4">
         <v>0.01</v>
       </c>
       <c r="U128" s="2">
-        <v>50096</v>
+        <v>53717</v>
       </c>
       <c r="V128" s="4">
-        <v>4.4255100000000001</v>
+        <v>4.3887600000000004</v>
       </c>
       <c r="W128" s="3" t="s">
-        <v>362</v>
+        <v>349</v>
       </c>
       <c r="X128" s="4">
-        <v>47.280842389999997</v>
+        <v>762.95899457999997</v>
       </c>
       <c r="Y128" s="4">
-        <v>47.280842</v>
+        <v>762.95899399999996</v>
       </c>
       <c r="Z128" s="6">
-        <v>7.3999999999999996E-5</v>
+        <v>1.0740000000000001E-3</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>364</v>
+        <v>351</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D129" s="4">
-        <v>16000000</v>
+        <v>1179451.062323</v>
       </c>
       <c r="E129" s="5">
-        <v>98.067909999999998</v>
+        <v>97.451220000000006</v>
       </c>
       <c r="F129" s="4">
-        <v>15690865.6</v>
+        <v>1154664.2167879399</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H129" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I129" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J129" s="5">
-        <v>98.067909999999998</v>
+        <v>97.451220000000006</v>
       </c>
       <c r="K129" s="5">
         <v>1</v>
       </c>
       <c r="L129" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M129" s="4">
-        <v>15690865.6</v>
+        <v>1154664.216787</v>
       </c>
       <c r="N129" s="4">
-        <v>15690865.6</v>
+        <v>1154664.2167879399</v>
       </c>
       <c r="O129" s="3" t="s">
-        <v>34</v>
+        <v>352</v>
       </c>
       <c r="P129" s="3" t="s">
-        <v>365</v>
+        <v>353</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T129" s="4">
         <v>0.01</v>
       </c>
       <c r="U129" s="2">
-        <v>55593</v>
+        <v>49242</v>
       </c>
       <c r="V129" s="4">
-        <v>4.0156000000000001</v>
+        <v>5.75</v>
       </c>
       <c r="W129" s="3" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
       <c r="X129" s="4">
-        <v>0</v>
+        <v>5274.7672509499998</v>
       </c>
       <c r="Y129" s="4">
-        <v>0</v>
+        <v>5274.7672499999999</v>
       </c>
       <c r="Z129" s="6">
-        <v>1.2043999999999999E-2</v>
+        <v>9.0399999999999996E-4</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D130" s="4">
-        <v>10395000</v>
+        <v>341789.94078300003</v>
       </c>
       <c r="E130" s="5">
-        <v>93.366860000000003</v>
+        <v>96.868759999999995</v>
       </c>
       <c r="F130" s="4">
-        <v>9705485.0969999991</v>
+        <v>332722.57265834999</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H130" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I130" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J130" s="5">
-        <v>93.366860000000003</v>
+        <v>96.868759999999995</v>
       </c>
       <c r="K130" s="5">
         <v>1</v>
       </c>
       <c r="L130" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M130" s="4">
-        <v>9705485.0969999991</v>
+        <v>332722.57265799999</v>
       </c>
       <c r="N130" s="4">
-        <v>9705485.0969999991</v>
+        <v>332722.57265834999</v>
       </c>
       <c r="O130" s="3" t="s">
-        <v>34</v>
+        <v>357</v>
       </c>
       <c r="P130" s="3" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="Q130" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R130" s="3" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="S130" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T130" s="4">
         <v>0.01</v>
       </c>
       <c r="U130" s="2">
-        <v>63173</v>
+        <v>49607</v>
       </c>
       <c r="V130" s="4">
-        <v>2.9279999999999999</v>
+        <v>6.42</v>
       </c>
       <c r="W130" s="3" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="X130" s="4">
-        <v>0</v>
+        <v>1634.8952167499999</v>
       </c>
       <c r="Y130" s="4">
-        <v>0</v>
+        <v>1634.8952159999999</v>
       </c>
       <c r="Z130" s="6">
-        <v>7.4489999999999999E-3</v>
+        <v>2.5999999999999998E-4</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>371</v>
+        <v>361</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D131" s="4">
-        <v>16500000</v>
+        <v>5056020.1508449996</v>
       </c>
       <c r="E131" s="5">
-        <v>93.238889999999998</v>
+        <v>93.662520000000001</v>
       </c>
       <c r="F131" s="4">
-        <v>15384416.85</v>
+        <v>4738117.5806573397</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H131" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I131" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J131" s="5">
-        <v>93.238889999999998</v>
+        <v>93.662520000000001</v>
       </c>
       <c r="K131" s="5">
         <v>1</v>
       </c>
       <c r="L131" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M131" s="4">
-        <v>15384416.85</v>
+        <v>4738117.5806569997</v>
       </c>
       <c r="N131" s="4">
-        <v>15384416.85</v>
+        <v>4738117.5806573397</v>
       </c>
       <c r="O131" s="3" t="s">
-        <v>34</v>
+        <v>362</v>
       </c>
       <c r="P131" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T131" s="4">
         <v>0.01</v>
       </c>
       <c r="U131" s="2">
-        <v>56719</v>
+        <v>49881</v>
       </c>
       <c r="V131" s="4">
-        <v>3.786</v>
+        <v>4.4887600000000001</v>
       </c>
       <c r="W131" s="3" t="s">
-        <v>372</v>
+        <v>364</v>
       </c>
       <c r="X131" s="4">
-        <v>0</v>
+        <v>2521.69566803</v>
       </c>
       <c r="Y131" s="4">
-        <v>0</v>
+        <v>2521.6956679999998</v>
       </c>
       <c r="Z131" s="6">
-        <v>1.1808000000000001E-2</v>
+        <v>3.712E-3</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D132" s="4">
-        <v>6490722</v>
+        <v>4478978.4843520001</v>
       </c>
       <c r="E132" s="5">
-        <v>96.383889999999994</v>
+        <v>88.821079999999995</v>
       </c>
       <c r="F132" s="4">
-        <v>6256010.3526857998</v>
+        <v>3980381.56555341</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H132" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I132" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J132" s="5">
-        <v>96.383889999999994</v>
+        <v>88.821079999999995</v>
       </c>
       <c r="K132" s="5">
         <v>1</v>
       </c>
       <c r="L132" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M132" s="4">
-        <v>6256010.3526849998</v>
+        <v>3980381.5655530002</v>
       </c>
       <c r="N132" s="4">
-        <v>6256010.3526857998</v>
+        <v>3980381.56555341</v>
       </c>
       <c r="O132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P132" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="Q132" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R132" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="Q132" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S132" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T132" s="4">
         <v>0.01</v>
       </c>
       <c r="U132" s="2">
-        <v>55654</v>
+        <v>50065</v>
       </c>
       <c r="V132" s="4">
-        <v>3.5421</v>
+        <v>4.2287600000000003</v>
       </c>
       <c r="W132" s="3" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="X132" s="4">
-        <v>0</v>
+        <v>2104.50278394</v>
       </c>
       <c r="Y132" s="4">
-        <v>0</v>
+        <v>2104.5027829999999</v>
       </c>
       <c r="Z132" s="6">
-        <v>4.8019999999999998E-3</v>
+        <v>3.1189999999999998E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D133" s="4">
-        <v>4825120</v>
+        <v>74152.812300000005</v>
       </c>
       <c r="E133" s="5">
-        <v>98.793139999999994</v>
+        <v>128.87057999999999</v>
       </c>
       <c r="F133" s="4">
-        <v>4766887.5567680001</v>
+        <v>95597.319174710006</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H133" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I133" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J133" s="5">
-        <v>98.793139999999994</v>
+        <v>128.87057999999999</v>
       </c>
       <c r="K133" s="5">
         <v>1</v>
       </c>
       <c r="L133" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M133" s="4">
-        <v>4766887.5567680001</v>
+        <v>95597.319174000004</v>
       </c>
       <c r="N133" s="4">
-        <v>4766887.5567680001</v>
+        <v>95597.319174710006</v>
       </c>
       <c r="O133" s="3" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="P133" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="Q133" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R133" s="3" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="S133" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T133" s="4">
         <v>0.01</v>
       </c>
       <c r="U133" s="2">
-        <v>55533</v>
+        <v>50096</v>
       </c>
       <c r="V133" s="4">
-        <v>4.2317</v>
+        <v>4.3887600000000004</v>
       </c>
       <c r="W133" s="3" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="X133" s="4">
-        <v>0</v>
+        <v>36.159877389999998</v>
       </c>
       <c r="Y133" s="4">
-        <v>0</v>
+        <v>36.159877000000002</v>
       </c>
       <c r="Z133" s="6">
-        <v>3.6579999999999998E-3</v>
+        <v>7.3999999999999996E-5</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D134" s="4">
-        <v>9635057</v>
+        <v>16000000</v>
       </c>
       <c r="E134" s="5">
-        <v>88.218379999999996</v>
+        <v>98.400040000000004</v>
       </c>
       <c r="F134" s="4">
-        <v>8499891.1974765994</v>
+        <v>15793978.3111111</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H134" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I134" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J134" s="5">
-        <v>88.218379999999996</v>
+        <v>98.400040000000004</v>
       </c>
       <c r="K134" s="5">
         <v>1</v>
       </c>
       <c r="L134" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M134" s="4">
-        <v>8499891.1974759996</v>
+        <v>15793978.311110999</v>
       </c>
       <c r="N134" s="4">
-        <v>8499891.1974765994</v>
+        <v>15793978.3111111</v>
       </c>
       <c r="O134" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P134" s="3" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R134" s="3" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T134" s="4">
         <v>0.01</v>
       </c>
       <c r="U134" s="2">
-        <v>56142</v>
+        <v>55593</v>
       </c>
       <c r="V134" s="4">
-        <v>1.85</v>
+        <v>4.0156000000000001</v>
       </c>
       <c r="W134" s="3" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="X134" s="4">
-        <v>0</v>
+        <v>49971.911111109999</v>
       </c>
       <c r="Y134" s="4">
-        <v>0</v>
+        <v>49971.911111000001</v>
       </c>
       <c r="Z134" s="6">
-        <v>6.5240000000000003E-3</v>
+        <v>1.2376E-2</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D135" s="4">
-        <v>9567000</v>
+        <v>10395000</v>
       </c>
       <c r="E135" s="5">
-        <v>88.192599999999999</v>
+        <v>93.933310000000006</v>
       </c>
       <c r="F135" s="4">
-        <v>8437386.0419999994</v>
+        <v>9788040.4545000009</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H135" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I135" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J135" s="5">
-        <v>88.192599999999999</v>
+        <v>93.933310000000006</v>
       </c>
       <c r="K135" s="5">
         <v>1</v>
       </c>
       <c r="L135" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M135" s="4">
-        <v>8437386.0419999994</v>
+        <v>9788040.4545000009</v>
       </c>
       <c r="N135" s="4">
-        <v>8437386.0419999994</v>
+        <v>9788040.4545000009</v>
       </c>
       <c r="O135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P135" s="3" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="R135" s="3" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="S135" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T135" s="4">
         <v>0.01</v>
       </c>
       <c r="U135" s="2">
-        <v>56172</v>
+        <v>63173</v>
       </c>
       <c r="V135" s="4">
-        <v>2.0341</v>
+        <v>2.9279999999999999</v>
       </c>
       <c r="W135" s="3" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="X135" s="4">
-        <v>0</v>
+        <v>23672.880000000001</v>
       </c>
       <c r="Y135" s="4">
-        <v>0</v>
+        <v>23672.880000000001</v>
       </c>
       <c r="Z135" s="6">
-        <v>6.476E-3</v>
+        <v>7.6699999999999997E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D136" s="4">
-        <v>10694000</v>
+        <v>16535000</v>
       </c>
       <c r="E136" s="5">
-        <v>89.182770000000005</v>
+        <v>93.966229999999996</v>
       </c>
       <c r="F136" s="4">
-        <v>9537205.4238000009</v>
+        <v>15586006.193833301</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H136" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I136" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J136" s="5">
-        <v>89.182770000000005</v>
+        <v>93.966229999999996</v>
       </c>
       <c r="K136" s="5">
         <v>1</v>
       </c>
       <c r="L136" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M136" s="4">
-        <v>9537205.4238000009</v>
+        <v>15586006.193832999</v>
       </c>
       <c r="N136" s="4">
-        <v>9537205.4238000009</v>
+        <v>15586006.193833301</v>
       </c>
       <c r="O136" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P136" s="3" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R136" s="3" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="S136" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T136" s="4">
         <v>0.01</v>
       </c>
       <c r="U136" s="2">
-        <v>56629</v>
+        <v>56719</v>
       </c>
       <c r="V136" s="4">
-        <v>3.0019</v>
+        <v>3.786</v>
       </c>
       <c r="W136" s="3" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="X136" s="4">
-        <v>0</v>
+        <v>48690.063333329999</v>
       </c>
       <c r="Y136" s="4">
-        <v>0</v>
+        <v>48690.063332999998</v>
       </c>
       <c r="Z136" s="6">
-        <v>7.3200000000000001E-3</v>
+        <v>1.2213E-2</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D137" s="4">
-        <v>5295000</v>
+        <v>6490722</v>
       </c>
       <c r="E137" s="5">
-        <v>92.906210000000002</v>
+        <v>96.951040000000006</v>
       </c>
       <c r="F137" s="4">
-        <v>4919383.8195000002</v>
+        <v>6310704.2052614</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H137" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I137" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J137" s="5">
-        <v>92.906210000000002</v>
+        <v>96.951040000000006</v>
       </c>
       <c r="K137" s="5">
         <v>1</v>
       </c>
       <c r="L137" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M137" s="4">
-        <v>4919383.8195000002</v>
+        <v>6310704.2052610004</v>
       </c>
       <c r="N137" s="4">
-        <v>4919383.8195000002</v>
+        <v>6310704.2052614</v>
       </c>
       <c r="O137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P137" s="3" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R137" s="3" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="S137" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T137" s="4">
         <v>0.01</v>
       </c>
       <c r="U137" s="2">
-        <v>56688</v>
+        <v>55654</v>
       </c>
       <c r="V137" s="4">
-        <v>3.4582000000000002</v>
+        <v>3.5421</v>
       </c>
       <c r="W137" s="3" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="X137" s="4">
-        <v>0</v>
+        <v>17881.722752599999</v>
       </c>
       <c r="Y137" s="4">
-        <v>0</v>
+        <v>17881.722752000001</v>
       </c>
       <c r="Z137" s="6">
-        <v>3.7759999999999998E-3</v>
+        <v>4.9449999999999997E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D138" s="4">
-        <v>3123210.4767300002</v>
+        <v>4825120</v>
       </c>
       <c r="E138" s="5">
-        <v>100.215</v>
+        <v>99.270799999999994</v>
       </c>
       <c r="F138" s="4">
-        <v>3132159.1644548099</v>
+        <v>4805816.2496408904</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H138" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I138" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J138" s="5">
-        <v>100.215</v>
+        <v>99.270799999999994</v>
       </c>
       <c r="K138" s="5">
         <v>1</v>
       </c>
       <c r="L138" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M138" s="4">
-        <v>3132159.1644540001</v>
+        <v>4805816.2496400001</v>
       </c>
       <c r="N138" s="4">
-        <v>3132159.1644548099</v>
+        <v>4805816.2496408904</v>
       </c>
       <c r="O138" s="3" t="s">
-        <v>34</v>
+        <v>387</v>
       </c>
       <c r="P138" s="3" t="s">
-        <v>394</v>
+        <v>374</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R138" s="3" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="S138" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T138" s="4">
         <v>0.01</v>
       </c>
       <c r="U138" s="2">
-        <v>47964</v>
+        <v>55533</v>
       </c>
       <c r="V138" s="4">
-        <v>5.1495899999999999</v>
+        <v>4.2317</v>
       </c>
       <c r="W138" s="3" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="X138" s="4">
-        <v>2233.7851998400001</v>
+        <v>15881.024680889999</v>
       </c>
       <c r="Y138" s="4">
-        <v>2233.7851989999999</v>
+        <v>15881.02468</v>
       </c>
       <c r="Z138" s="6">
-        <v>2.4039999999999999E-3</v>
+        <v>3.7650000000000001E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D139" s="4">
-        <v>2571001.325375</v>
+        <v>9635057</v>
       </c>
       <c r="E139" s="5">
-        <v>100.0896</v>
+        <v>88.947860000000006</v>
       </c>
       <c r="F139" s="4">
-        <v>2577389.2352680298</v>
+        <v>8584040.7877413109</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H139" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I139" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J139" s="5">
-        <v>100.0896</v>
+        <v>88.947860000000006</v>
       </c>
       <c r="K139" s="5">
         <v>1</v>
       </c>
       <c r="L139" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M139" s="4">
-        <v>2577389.235268</v>
+        <v>8584040.7877409998</v>
       </c>
       <c r="N139" s="4">
-        <v>2577389.2352680298</v>
+        <v>8584040.7877413109</v>
       </c>
       <c r="O139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P139" s="3" t="s">
-        <v>398</v>
+        <v>374</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="S139" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T139" s="4">
         <v>0.01</v>
       </c>
       <c r="U139" s="2">
-        <v>47778</v>
+        <v>56142</v>
       </c>
       <c r="V139" s="4">
-        <v>5.71896</v>
+        <v>1.85</v>
       </c>
       <c r="W139" s="3" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="X139" s="4">
-        <v>4084.2927054900001</v>
+        <v>13863.776461109999</v>
       </c>
       <c r="Y139" s="4">
-        <v>4084.2927049999998</v>
+        <v>13863.776460999999</v>
       </c>
       <c r="Z139" s="6">
-        <v>1.9780000000000002E-3</v>
+        <v>6.7260000000000002E-3</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D140" s="4">
-        <v>2037670.316807</v>
+        <v>9567000</v>
       </c>
       <c r="E140" s="5">
-        <v>99.067099999999996</v>
+        <v>88.947029999999998</v>
       </c>
       <c r="F140" s="4">
-        <v>2018660.8904216699</v>
+        <v>8524698.0982000008</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H140" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I140" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J140" s="5">
-        <v>99.067099999999996</v>
+        <v>88.947029999999998</v>
       </c>
       <c r="K140" s="5">
         <v>1</v>
       </c>
       <c r="L140" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M140" s="4">
-        <v>2018660.8904210001</v>
+        <v>8524698.0982000008</v>
       </c>
       <c r="N140" s="4">
-        <v>2018660.8904216699</v>
+        <v>8524698.0982000008</v>
       </c>
       <c r="O140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P140" s="3" t="s">
-        <v>402</v>
+        <v>374</v>
       </c>
       <c r="Q140" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>400</v>
+        <v>392</v>
       </c>
       <c r="S140" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T140" s="4">
         <v>0.01</v>
       </c>
       <c r="U140" s="2">
-        <v>47192</v>
+        <v>56172</v>
       </c>
       <c r="V140" s="4">
-        <v>6.7850000000000001</v>
+        <v>2.0341</v>
       </c>
       <c r="W140" s="3" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="X140" s="4">
-        <v>0</v>
+        <v>15135.7381</v>
       </c>
       <c r="Y140" s="4">
-        <v>0</v>
+        <v>15135.7381</v>
       </c>
       <c r="Z140" s="6">
-        <v>1.549E-3</v>
+        <v>6.6800000000000002E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D141" s="4">
-        <v>8834022.7534970008</v>
+        <v>10694000</v>
       </c>
       <c r="E141" s="5">
-        <v>6.2271999999999998</v>
+        <v>89.880099999999999</v>
       </c>
       <c r="F141" s="4">
-        <v>550112.26490577997</v>
+        <v>9636746.3640222196</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H141" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I141" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J141" s="5">
-        <v>6.2271999999999998</v>
+        <v>89.880099999999999</v>
       </c>
       <c r="K141" s="5">
         <v>1</v>
       </c>
       <c r="L141" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M141" s="4">
-        <v>550112.26490499999</v>
+        <v>9636746.3640219998</v>
       </c>
       <c r="N141" s="4">
-        <v>550112.26490577997</v>
+        <v>9636746.3640222196</v>
       </c>
       <c r="O141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P141" s="3" t="s">
-        <v>402</v>
+        <v>374</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R141" s="3" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="S141" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T141" s="4">
         <v>0.01</v>
       </c>
       <c r="U141" s="2">
-        <v>46827</v>
+        <v>56629</v>
       </c>
       <c r="V141" s="4">
-        <v>7.3</v>
+        <v>3.0019</v>
       </c>
       <c r="W141" s="3" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="X141" s="4">
-        <v>0</v>
+        <v>24968.470022220001</v>
       </c>
       <c r="Y141" s="4">
-        <v>0</v>
+        <v>24968.470022000001</v>
       </c>
       <c r="Z141" s="6">
-        <v>4.2200000000000001E-4</v>
+        <v>7.5510000000000004E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D142" s="4">
-        <v>2928136.862983</v>
+        <v>5295000</v>
       </c>
       <c r="E142" s="5">
-        <v>6.8483099999999997</v>
+        <v>93.692830000000001</v>
       </c>
       <c r="F142" s="4">
-        <v>200527.88960137</v>
+        <v>4975277.3688333305</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H142" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J142" s="5">
-        <v>6.8483099999999997</v>
+        <v>93.692830000000001</v>
       </c>
       <c r="K142" s="5">
         <v>1</v>
       </c>
       <c r="L142" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M142" s="4">
-        <v>200527.889601</v>
+        <v>4975277.3688329998</v>
       </c>
       <c r="N142" s="4">
-        <v>200527.88960137</v>
+        <v>4975277.3688333305</v>
       </c>
       <c r="O142" s="3" t="s">
-        <v>409</v>
+        <v>34</v>
       </c>
       <c r="P142" s="3" t="s">
-        <v>402</v>
+        <v>374</v>
       </c>
       <c r="Q142" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R142" s="3" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="S142" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T142" s="4">
         <v>0.01</v>
       </c>
       <c r="U142" s="2">
-        <v>49140</v>
+        <v>56688</v>
       </c>
       <c r="V142" s="4">
-        <v>8.2899999999999991</v>
+        <v>3.4582000000000002</v>
       </c>
       <c r="W142" s="3" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="X142" s="4">
-        <v>0</v>
+        <v>14242.02033333</v>
       </c>
       <c r="Y142" s="4">
-        <v>0</v>
+        <v>14242.020333</v>
       </c>
       <c r="Z142" s="6">
-        <v>1.5300000000000001E-4</v>
+        <v>3.898E-3</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D143" s="4">
-        <v>14525941.16921</v>
+        <v>3123210.4767300002</v>
       </c>
       <c r="E143" s="5">
-        <v>90.884709999999998</v>
+        <v>100.1635</v>
       </c>
       <c r="F143" s="4">
-        <v>13211352.834383501</v>
+        <v>3143059.90817841</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H143" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I143" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J143" s="5">
-        <v>90.884709999999998</v>
+        <v>100.1635</v>
       </c>
       <c r="K143" s="5">
         <v>1</v>
       </c>
       <c r="L143" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M143" s="4">
-        <v>13211352.834383</v>
+        <v>3143059.9081779998</v>
       </c>
       <c r="N143" s="4">
-        <v>13211352.834383501</v>
+        <v>3143059.90817841</v>
       </c>
       <c r="O143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P143" s="3" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="Q143" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R143" s="3" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="S143" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T143" s="4">
         <v>0.01</v>
       </c>
       <c r="U143" s="2">
-        <v>60535</v>
+        <v>47964</v>
       </c>
       <c r="V143" s="4">
-        <v>4.7055100000000003</v>
+        <v>5.1495899999999999</v>
       </c>
       <c r="W143" s="3" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="X143" s="4">
-        <v>9493.3279765499992</v>
+        <v>14742.982318959999</v>
       </c>
       <c r="Y143" s="4">
-        <v>9493.3279760000005</v>
+        <v>14742.982318</v>
       </c>
       <c r="Z143" s="6">
-        <v>1.014E-2</v>
+        <v>2.4620000000000002E-3</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D144" s="4">
-        <v>8000000</v>
+        <v>2571001.325375</v>
       </c>
       <c r="E144" s="5">
-        <v>92.446269999999998</v>
+        <v>100.05719999999999</v>
       </c>
       <c r="F144" s="4">
-        <v>7395701.5999999996</v>
+        <v>2587992.2504139799</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H144" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I144" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J144" s="5">
-        <v>92.446269999999998</v>
+        <v>100.05719999999999</v>
       </c>
       <c r="K144" s="5">
         <v>1</v>
       </c>
       <c r="L144" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M144" s="4">
-        <v>7395701.5999999996</v>
+        <v>2587992.2504130001</v>
       </c>
       <c r="N144" s="4">
-        <v>7395701.5999999996</v>
+        <v>2587992.2504139799</v>
       </c>
       <c r="O144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P144" s="3" t="s">
-        <v>277</v>
+        <v>407</v>
       </c>
       <c r="Q144" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R144" s="3" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="S144" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T144" s="4">
         <v>0.01</v>
       </c>
       <c r="U144" s="2">
-        <v>52667</v>
+        <v>47778</v>
       </c>
       <c r="V144" s="4">
-        <v>3.5487500000000001</v>
+        <v>5.71896</v>
       </c>
       <c r="W144" s="3" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="X144" s="4">
-        <v>0</v>
+        <v>15520.31228086</v>
       </c>
       <c r="Y144" s="4">
-        <v>0</v>
+        <v>15520.31228</v>
       </c>
       <c r="Z144" s="6">
-        <v>5.6759999999999996E-3</v>
+        <v>2.0270000000000002E-3</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D145" s="4">
-        <v>26327712</v>
+        <v>1937569.3051179999</v>
       </c>
       <c r="E145" s="5">
-        <v>98.216859999999997</v>
+        <v>99.332509999999999</v>
       </c>
       <c r="F145" s="4">
-        <v>25938645.1674858</v>
+        <v>1934861.20755704</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H145" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I145" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J145" s="5">
-        <v>98.216859999999997</v>
+        <v>99.332509999999999</v>
       </c>
       <c r="K145" s="5">
         <v>1</v>
       </c>
       <c r="L145" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M145" s="4">
-        <v>25938645.167484999</v>
+        <v>1934861.207557</v>
       </c>
       <c r="N145" s="4">
-        <v>25938645.1674858</v>
+        <v>1934861.20755704</v>
       </c>
       <c r="O145" s="3" t="s">
-        <v>420</v>
+        <v>34</v>
       </c>
       <c r="P145" s="3" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="Q145" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R145" s="3" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
       <c r="S145" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T145" s="4">
         <v>0.01</v>
       </c>
       <c r="U145" s="2">
-        <v>55283</v>
+        <v>47192</v>
       </c>
       <c r="V145" s="4">
-        <v>4.2279999999999998</v>
+        <v>6.7850000000000001</v>
       </c>
       <c r="W145" s="3" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="X145" s="4">
-        <v>80393.131242670002</v>
+        <v>10224.983794059999</v>
       </c>
       <c r="Y145" s="4">
-        <v>80393.131242000003</v>
+        <v>10224.983794</v>
       </c>
       <c r="Z145" s="6">
-        <v>1.9910000000000001E-2</v>
+        <v>1.516E-3</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D146" s="4">
-        <v>3444274.2429200001</v>
+        <v>8834022.7534970008</v>
       </c>
       <c r="E146" s="5">
-        <v>92.203450000000004</v>
+        <v>6.0804499999999999</v>
       </c>
       <c r="F146" s="4">
-        <v>3176695.6951543102</v>
+        <v>587305.95459322003</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H146" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I146" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J146" s="5">
-        <v>92.203450000000004</v>
+        <v>6.0804499999999999</v>
       </c>
       <c r="K146" s="5">
         <v>1</v>
       </c>
       <c r="L146" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M146" s="4">
-        <v>3176695.6951540001</v>
+        <v>587305.954593</v>
       </c>
       <c r="N146" s="4">
-        <v>3176695.6951543102</v>
+        <v>587305.95459322003</v>
       </c>
       <c r="O146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>425</v>
+        <v>411</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="S146" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T146" s="4">
         <v>0.01</v>
       </c>
       <c r="U146" s="2">
-        <v>59074</v>
+        <v>46827</v>
       </c>
       <c r="V146" s="4">
-        <v>1.6654</v>
+        <v>7.3</v>
       </c>
       <c r="W146" s="3" t="s">
-        <v>426</v>
+        <v>415</v>
       </c>
       <c r="X146" s="4">
-        <v>956.01572068999997</v>
+        <v>50157.618078189997</v>
       </c>
       <c r="Y146" s="4">
-        <v>956.01571999999999</v>
+        <v>50157.618078</v>
       </c>
       <c r="Z146" s="6">
-        <v>2.4380000000000001E-3</v>
+        <v>4.6000000000000001E-4</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>427</v>
+        <v>416</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>428</v>
+        <v>417</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D147" s="4">
-        <v>3673410.6365990001</v>
+        <v>2928136.862983</v>
       </c>
       <c r="E147" s="5">
-        <v>53.18188</v>
+        <v>6.7453099999999999</v>
       </c>
       <c r="F147" s="4">
-        <v>1953588.8366630501</v>
+        <v>216391.88442794001</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H147" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I147" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J147" s="5">
-        <v>53.18188</v>
+        <v>6.7453099999999999</v>
       </c>
       <c r="K147" s="5">
         <v>1</v>
       </c>
       <c r="L147" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M147" s="4">
-        <v>1953588.8366630001</v>
+        <v>216391.88442700001</v>
       </c>
       <c r="N147" s="4">
-        <v>1953588.8366630501</v>
+        <v>216391.88442794001</v>
       </c>
       <c r="O147" s="3" t="s">
-        <v>34</v>
+        <v>418</v>
       </c>
       <c r="P147" s="3" t="s">
-        <v>429</v>
+        <v>411</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R147" s="3" t="s">
-        <v>427</v>
+        <v>416</v>
       </c>
       <c r="S147" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T147" s="4">
         <v>0.01</v>
       </c>
       <c r="U147" s="2">
-        <v>50216</v>
+        <v>49140</v>
       </c>
       <c r="V147" s="4">
-        <v>6</v>
+        <v>8.2899999999999991</v>
       </c>
       <c r="W147" s="3" t="s">
-        <v>430</v>
+        <v>419</v>
       </c>
       <c r="X147" s="4">
-        <v>0</v>
+        <v>18879.975795440001</v>
       </c>
       <c r="Y147" s="4">
-        <v>0</v>
+        <v>18879.975794999998</v>
       </c>
       <c r="Z147" s="6">
-        <v>1.4989999999999999E-3</v>
+        <v>1.6899999999999999E-4</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>432</v>
+        <v>421</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D148" s="4">
-        <v>15516000</v>
+        <v>14473952.280162999</v>
       </c>
       <c r="E148" s="5">
-        <v>105.33034000000001</v>
+        <v>91.301509999999993</v>
       </c>
       <c r="F148" s="4">
-        <v>16343055.554400001</v>
+        <v>13222445.3672956</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H148" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I148" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J148" s="5">
-        <v>105.33034000000001</v>
+        <v>91.301509999999993</v>
       </c>
       <c r="K148" s="5">
         <v>1</v>
       </c>
       <c r="L148" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M148" s="4">
-        <v>16343055.554400001</v>
+        <v>13222445.367295001</v>
       </c>
       <c r="N148" s="4">
-        <v>16343055.554400001</v>
+        <v>13222445.3672956</v>
       </c>
       <c r="O148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P148" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R148" s="3" t="s">
-        <v>431</v>
+        <v>420</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T148" s="4">
         <v>0.01</v>
       </c>
       <c r="U148" s="2">
-        <v>52819</v>
+        <v>60566</v>
       </c>
       <c r="V148" s="4">
-        <v>6.3380000000000001</v>
+        <v>4.6687599999999998</v>
       </c>
       <c r="W148" s="3" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="X148" s="4">
-        <v>0</v>
+        <v>7508.3788274999997</v>
       </c>
       <c r="Y148" s="4">
-        <v>0</v>
+        <v>7508.3788269999995</v>
       </c>
       <c r="Z148" s="6">
-        <v>1.2544E-2</v>
+        <v>1.0361E-2</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D149" s="4">
-        <v>3765126.6036970001</v>
+        <v>8000000</v>
       </c>
       <c r="E149" s="5">
-        <v>85.232470000000006</v>
+        <v>93.401510000000002</v>
       </c>
       <c r="F149" s="4">
-        <v>3209110.4029582399</v>
+        <v>7494201.9111111099</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H149" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I149" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J149" s="5">
-        <v>85.232470000000006</v>
+        <v>93.401510000000002</v>
       </c>
       <c r="K149" s="5">
         <v>1</v>
       </c>
       <c r="L149" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M149" s="4">
-        <v>3209110.4029580001</v>
+        <v>7494201.911111</v>
       </c>
       <c r="N149" s="4">
-        <v>3209110.4029582399</v>
+        <v>7494201.9111111099</v>
       </c>
       <c r="O149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P149" s="3" t="s">
-        <v>429</v>
+        <v>279</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T149" s="4">
         <v>0.01</v>
       </c>
       <c r="U149" s="2">
-        <v>58465</v>
+        <v>52667</v>
       </c>
       <c r="V149" s="4">
-        <v>1.11456</v>
+        <v>3.6670419999999999</v>
       </c>
       <c r="W149" s="3" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="X149" s="4">
-        <v>0</v>
+        <v>22081.11111111</v>
       </c>
       <c r="Y149" s="4">
-        <v>0</v>
+        <v>22081.111110999998</v>
       </c>
       <c r="Z149" s="6">
-        <v>2.4629999999999999E-3</v>
+        <v>5.8719999999999996E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D150" s="4">
-        <v>99138.9378</v>
+        <v>26327712</v>
       </c>
       <c r="E150" s="5">
-        <v>100.55969</v>
+        <v>97.867789999999999</v>
       </c>
       <c r="F150" s="4">
-        <v>99693.808520969993</v>
+        <v>25840558.936188798</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H150" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I150" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J150" s="5">
-        <v>100.55969</v>
+        <v>97.867789999999999</v>
       </c>
       <c r="K150" s="5">
         <v>1</v>
       </c>
       <c r="L150" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M150" s="4">
-        <v>99693.808520000006</v>
+        <v>25840558.936188001</v>
       </c>
       <c r="N150" s="4">
-        <v>99693.808520969993</v>
+        <v>25840558.936188798</v>
       </c>
       <c r="O150" s="3" t="s">
-        <v>34</v>
+        <v>429</v>
       </c>
       <c r="P150" s="3" t="s">
-        <v>231</v>
+        <v>430</v>
       </c>
       <c r="Q150" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R150" s="3" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="S150" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T150" s="4">
         <v>0.01</v>
       </c>
       <c r="U150" s="2">
-        <v>49273</v>
+        <v>55283</v>
       </c>
       <c r="V150" s="4">
-        <v>5.5</v>
+        <v>4.2279999999999998</v>
       </c>
       <c r="W150" s="3" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="X150" s="4">
-        <v>0</v>
+        <v>74209.044223999997</v>
       </c>
       <c r="Y150" s="4">
-        <v>0</v>
+        <v>74209.044223999997</v>
       </c>
       <c r="Z150" s="6">
-        <v>7.6000000000000004E-5</v>
+        <v>2.0247999999999999E-2</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D151" s="4">
-        <v>2027987.0303859999</v>
+        <v>3359188.8147999998</v>
       </c>
       <c r="E151" s="5">
-        <v>75.097040000000007</v>
+        <v>92.672179999999997</v>
       </c>
       <c r="F151" s="4">
-        <v>1522958.23140403</v>
+        <v>3113655.1042193398</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H151" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I151" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J151" s="5">
-        <v>75.097040000000007</v>
+        <v>92.672179999999997</v>
       </c>
       <c r="K151" s="5">
         <v>1</v>
       </c>
       <c r="L151" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M151" s="4">
-        <v>1522958.231404</v>
+        <v>3113655.1042189999</v>
       </c>
       <c r="N151" s="4">
-        <v>1522958.23140403</v>
+        <v>3113655.1042193398</v>
       </c>
       <c r="O151" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P151" s="3" t="s">
-        <v>231</v>
+        <v>434</v>
       </c>
       <c r="Q151" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R151" s="3" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="S151" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T151" s="4">
         <v>0.01</v>
       </c>
       <c r="U151" s="2">
-        <v>49454</v>
+        <v>59074</v>
       </c>
       <c r="V151" s="4">
-        <v>5.5</v>
+        <v>1.6654</v>
       </c>
       <c r="W151" s="3" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="X151" s="4">
-        <v>0</v>
+        <v>621.59922802000006</v>
       </c>
       <c r="Y151" s="4">
-        <v>0</v>
+        <v>621.59922800000004</v>
       </c>
       <c r="Z151" s="6">
-        <v>1.168E-3</v>
+        <v>2.4390000000000002E-3</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D152" s="4">
-        <v>1476722.7272000001</v>
+        <v>3588209.6836990002</v>
       </c>
       <c r="E152" s="5">
-        <v>40.312350000000002</v>
+        <v>52.11242</v>
       </c>
       <c r="F152" s="4">
-        <v>596484.36862386996</v>
+        <v>1886647.87937361</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H152" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I152" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J152" s="5">
-        <v>40.312350000000002</v>
+        <v>52.11242</v>
       </c>
       <c r="K152" s="5">
         <v>1</v>
       </c>
       <c r="L152" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M152" s="4">
-        <v>596484.36862299999</v>
+        <v>1886647.879373</v>
       </c>
       <c r="N152" s="4">
-        <v>596484.36862386996</v>
+        <v>1886647.87937361</v>
       </c>
       <c r="O152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P152" s="3" t="s">
-        <v>231</v>
+        <v>438</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R152" s="3" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="S152" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T152" s="4">
         <v>0.01</v>
       </c>
       <c r="U152" s="2">
-        <v>49820</v>
+        <v>50216</v>
       </c>
       <c r="V152" s="4">
-        <v>4.8055099999999999</v>
+        <v>6</v>
       </c>
       <c r="W152" s="3" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="X152" s="4">
-        <v>1182.7343054600001</v>
+        <v>16744.97852393</v>
       </c>
       <c r="Y152" s="4">
-        <v>1182.7343049999999</v>
+        <v>16744.978523000002</v>
       </c>
       <c r="Z152" s="6">
-        <v>4.57E-4</v>
+        <v>1.4779999999999999E-3</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D153" s="4">
-        <v>661742.99504800001</v>
+        <v>15516000</v>
       </c>
       <c r="E153" s="5">
-        <v>96.237340000000003</v>
+        <v>105.51917</v>
       </c>
       <c r="F153" s="4">
-        <v>639714.95911649999</v>
+        <v>16448841.4012</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H153" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I153" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J153" s="5">
-        <v>96.237340000000003</v>
+        <v>105.51917</v>
       </c>
       <c r="K153" s="5">
         <v>1</v>
       </c>
       <c r="L153" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M153" s="4">
-        <v>639714.95911599998</v>
+        <v>16448841.4012</v>
       </c>
       <c r="N153" s="4">
-        <v>639714.95911649999</v>
+        <v>16448841.4012</v>
       </c>
       <c r="O153" s="3" t="s">
-        <v>448</v>
+        <v>34</v>
       </c>
       <c r="P153" s="3" t="s">
-        <v>449</v>
+        <v>430</v>
       </c>
       <c r="Q153" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R153" s="3" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="S153" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T153" s="4">
         <v>0.01</v>
       </c>
       <c r="U153" s="2">
-        <v>49268</v>
+        <v>52819</v>
       </c>
       <c r="V153" s="4">
-        <v>5.283004</v>
+        <v>6.3380000000000001</v>
       </c>
       <c r="W153" s="3" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="X153" s="4">
-        <v>2871.10304589</v>
+        <v>76486.983999999997</v>
       </c>
       <c r="Y153" s="4">
-        <v>2871.1030449999998</v>
+        <v>76486.983999999997</v>
       </c>
       <c r="Z153" s="6">
-        <v>4.9100000000000001E-4</v>
+        <v>1.2888999999999999E-2</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D154" s="4">
-        <v>18683473.253699999</v>
+        <v>3725481.3050500001</v>
       </c>
       <c r="E154" s="5">
-        <v>100.0812</v>
+        <v>85.676439999999999</v>
       </c>
       <c r="F154" s="4">
-        <v>18744841.482985198</v>
+        <v>3195089.3002662701</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H154" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I154" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J154" s="5">
-        <v>100.0812</v>
+        <v>85.676439999999999</v>
       </c>
       <c r="K154" s="5">
         <v>1</v>
       </c>
       <c r="L154" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M154" s="4">
-        <v>18744841.482985001</v>
+        <v>3195089.300266</v>
       </c>
       <c r="N154" s="4">
-        <v>18744841.482985198</v>
+        <v>3195089.3002662701</v>
       </c>
       <c r="O154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P154" s="3" t="s">
-        <v>453</v>
+        <v>438</v>
       </c>
       <c r="Q154" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R154" s="3" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="S154" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T154" s="4">
         <v>0.01</v>
       </c>
       <c r="U154" s="2">
-        <v>48044</v>
+        <v>58465</v>
       </c>
       <c r="V154" s="4">
-        <v>5.2361500000000003</v>
+        <v>1.11456</v>
       </c>
       <c r="W154" s="3" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="X154" s="4">
-        <v>46197.249003199999</v>
+        <v>3229.5452337199999</v>
       </c>
       <c r="Y154" s="4">
-        <v>46197.249002999997</v>
+        <v>3229.5452329999998</v>
       </c>
       <c r="Z154" s="6">
-        <v>1.4388E-2</v>
+        <v>2.503E-3</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D155" s="4">
-        <v>310600.542503</v>
+        <v>98390.950200000007</v>
       </c>
       <c r="E155" s="5">
-        <v>98.578400000000002</v>
+        <v>100.32550000000001</v>
       </c>
       <c r="F155" s="4">
-        <v>306368.19209463999</v>
+        <v>99132.107363200004</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H155" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I155" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J155" s="5">
-        <v>98.578400000000002</v>
+        <v>100.32550000000001</v>
       </c>
       <c r="K155" s="5">
         <v>1</v>
       </c>
       <c r="L155" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M155" s="4">
-        <v>306368.192094</v>
+        <v>99132.107363000003</v>
       </c>
       <c r="N155" s="4">
-        <v>306368.19209463999</v>
+        <v>99132.107363200004</v>
       </c>
       <c r="O155" s="3" t="s">
-        <v>457</v>
+        <v>34</v>
       </c>
       <c r="P155" s="3" t="s">
-        <v>458</v>
+        <v>233</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R155" s="3" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="S155" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T155" s="4">
         <v>0.01</v>
       </c>
       <c r="U155" s="2">
-        <v>50034</v>
+        <v>49273</v>
       </c>
       <c r="V155" s="4">
-        <v>4.2455100000000003</v>
+        <v>5.5</v>
       </c>
       <c r="W155" s="3" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="X155" s="4">
-        <v>183.14690406</v>
+        <v>420.89462029999999</v>
       </c>
       <c r="Y155" s="4">
-        <v>183.14690400000001</v>
+        <v>420.89461999999997</v>
       </c>
       <c r="Z155" s="6">
-        <v>2.3499999999999999E-4</v>
+        <v>7.7000000000000001E-5</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D156" s="4">
-        <v>6847000</v>
+        <v>2021739.630109</v>
       </c>
       <c r="E156" s="5">
-        <v>100.89297000000001</v>
+        <v>75.266769999999994</v>
       </c>
       <c r="F156" s="4">
-        <v>6913779.0192333302</v>
+        <v>1530346.67025522</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H156" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I156" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J156" s="5">
-        <v>100.89297000000001</v>
+        <v>75.266769999999994</v>
       </c>
       <c r="K156" s="5">
         <v>1</v>
       </c>
       <c r="L156" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M156" s="4">
-        <v>6913779.0192330005</v>
+        <v>1530346.670255</v>
       </c>
       <c r="N156" s="4">
-        <v>6913779.0192333302</v>
+        <v>1530346.67025522</v>
       </c>
       <c r="O156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P156" s="3" t="s">
-        <v>462</v>
+        <v>233</v>
       </c>
       <c r="Q156" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R156" s="3" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="S156" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T156" s="4">
         <v>0.01</v>
       </c>
       <c r="U156" s="2">
-        <v>47324</v>
+        <v>49454</v>
       </c>
       <c r="V156" s="4">
-        <v>4.9400000000000004</v>
+        <v>5.5</v>
       </c>
       <c r="W156" s="3" t="s">
-        <v>463</v>
+        <v>451</v>
       </c>
       <c r="X156" s="4">
-        <v>5637.3633333300004</v>
+        <v>8648.55286213</v>
       </c>
       <c r="Y156" s="4">
-        <v>5637.3633330000002</v>
+        <v>8648.5528620000005</v>
       </c>
       <c r="Z156" s="6">
-        <v>5.306E-3</v>
+        <v>1.199E-3</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D157" s="4">
-        <v>3212633.3043579999</v>
+        <v>1478104.8328</v>
       </c>
       <c r="E157" s="5">
-        <v>55.28669</v>
+        <v>40.537579999999998</v>
       </c>
       <c r="F157" s="4">
-        <v>1776158.6158171601</v>
+        <v>599971.12099155004</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H157" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I157" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J157" s="5">
-        <v>55.28669</v>
+        <v>40.537579999999998</v>
       </c>
       <c r="K157" s="5">
         <v>1</v>
       </c>
       <c r="L157" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M157" s="4">
-        <v>1776158.6158169999</v>
+        <v>599971.12099099997</v>
       </c>
       <c r="N157" s="4">
-        <v>1776158.6158171601</v>
+        <v>599971.12099155004</v>
       </c>
       <c r="O157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P157" s="3" t="s">
-        <v>466</v>
+        <v>233</v>
       </c>
       <c r="Q157" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R157" s="3" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
       <c r="S157" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T157" s="4">
         <v>0.01</v>
       </c>
       <c r="U157" s="2">
-        <v>49881</v>
+        <v>49820</v>
       </c>
       <c r="V157" s="4">
-        <v>4.7986430000000002</v>
+        <v>4.7687600000000003</v>
       </c>
       <c r="W157" s="3" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="X157" s="4">
-        <v>0</v>
+        <v>783.19191137999996</v>
       </c>
       <c r="Y157" s="4">
-        <v>0</v>
+        <v>783.191911</v>
       </c>
       <c r="Z157" s="6">
-        <v>1.3630000000000001E-3</v>
+        <v>4.6999999999999999E-4</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D158" s="4">
-        <v>2644257.8302199999</v>
+        <v>657972.37359099998</v>
       </c>
       <c r="E158" s="5">
-        <v>85.380579999999995</v>
+        <v>96.248739999999998</v>
       </c>
       <c r="F158" s="4">
-        <v>2258211.5237032901</v>
+        <v>635946.25655086001</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H158" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I158" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J158" s="5">
-        <v>85.380579999999995</v>
+        <v>96.248739999999998</v>
       </c>
       <c r="K158" s="5">
         <v>1</v>
       </c>
       <c r="L158" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M158" s="4">
-        <v>2258211.523703</v>
+        <v>635946.25655000005</v>
       </c>
       <c r="N158" s="4">
-        <v>2258211.5237032901</v>
+        <v>635946.25655086001</v>
       </c>
       <c r="O158" s="3" t="s">
-        <v>34</v>
+        <v>457</v>
       </c>
       <c r="P158" s="3" t="s">
-        <v>470</v>
+        <v>458</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="S158" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T158" s="4">
         <v>0.01</v>
       </c>
       <c r="U158" s="2">
-        <v>55603</v>
+        <v>49268</v>
       </c>
       <c r="V158" s="4">
-        <v>1.2</v>
+        <v>5.2795560000000004</v>
       </c>
       <c r="W158" s="3" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
       <c r="X158" s="4">
-        <v>528.85156603999997</v>
+        <v>2656.1374212599999</v>
       </c>
       <c r="Y158" s="4">
-        <v>528.85156600000005</v>
+        <v>2656.1374209999999</v>
       </c>
       <c r="Z158" s="6">
-        <v>1.7329999999999999E-3</v>
+        <v>4.9799999999999996E-4</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D159" s="4">
-        <v>4712553.9675559998</v>
+        <v>18683473.253699999</v>
       </c>
       <c r="E159" s="5">
-        <v>103.52849999999999</v>
+        <v>100.06529999999999</v>
       </c>
       <c r="F159" s="4">
-        <v>4878836.4343011696</v>
+        <v>18817960.397331301</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H159" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I159" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J159" s="5">
-        <v>103.52849999999999</v>
+        <v>100.06529999999999</v>
       </c>
       <c r="K159" s="5">
         <v>1</v>
       </c>
       <c r="L159" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M159" s="4">
-        <v>4878836.4343010001</v>
+        <v>18817960.397330999</v>
       </c>
       <c r="N159" s="4">
-        <v>4878836.4343011696</v>
+        <v>18817960.397331301</v>
       </c>
       <c r="O159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P159" s="3" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="Q159" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R159" s="3" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
       <c r="S159" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T159" s="4">
         <v>0.01</v>
       </c>
       <c r="U159" s="2">
-        <v>48700</v>
+        <v>48044</v>
       </c>
       <c r="V159" s="4">
-        <v>7.15</v>
+        <v>5.2361500000000003</v>
       </c>
       <c r="W159" s="3" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="X159" s="4">
-        <v>0</v>
+        <v>122286.8355967</v>
       </c>
       <c r="Y159" s="4">
-        <v>0</v>
+        <v>122286.835596</v>
       </c>
       <c r="Z159" s="6">
-        <v>3.7439999999999999E-3</v>
+        <v>1.4744999999999999E-2</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>477</v>
+        <v>465</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D160" s="4">
-        <v>3753096.875</v>
+        <v>301984.19527299999</v>
       </c>
       <c r="E160" s="5">
-        <v>97.829350000000005</v>
+        <v>98.778580000000005</v>
       </c>
       <c r="F160" s="4">
-        <v>3671630.2776828101</v>
+        <v>298436.91980436997</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H160" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I160" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J160" s="5">
-        <v>97.829350000000005</v>
+        <v>98.778580000000005</v>
       </c>
       <c r="K160" s="5">
         <v>1</v>
       </c>
       <c r="L160" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M160" s="4">
-        <v>3671630.2776819998</v>
+        <v>298436.919804</v>
       </c>
       <c r="N160" s="4">
-        <v>3671630.2776828101</v>
+        <v>298436.91980436997</v>
       </c>
       <c r="O160" s="3" t="s">
-        <v>34</v>
+        <v>466</v>
       </c>
       <c r="P160" s="3" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R160" s="3" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="S160" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T160" s="4">
         <v>0.01</v>
       </c>
       <c r="U160" s="2">
-        <v>52475</v>
+        <v>50034</v>
       </c>
       <c r="V160" s="4">
-        <v>9.5459999999999994</v>
+        <v>4.2087599999999998</v>
       </c>
       <c r="W160" s="3" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="X160" s="4">
-        <v>0</v>
+        <v>141.21988908</v>
       </c>
       <c r="Y160" s="4">
-        <v>0</v>
+        <v>141.21988899999999</v>
       </c>
       <c r="Z160" s="6">
-        <v>2.8180000000000002E-3</v>
+        <v>2.33E-4</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D161" s="4">
-        <v>4296696.1960000005</v>
+        <v>6847000</v>
       </c>
       <c r="E161" s="5">
-        <v>101.51093</v>
+        <v>100.92552999999999</v>
       </c>
       <c r="F161" s="4">
-        <v>4361616.2678342201</v>
+        <v>6914129.2813222203</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H161" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I161" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J161" s="5">
-        <v>101.51093</v>
+        <v>100.92552999999999</v>
       </c>
       <c r="K161" s="5">
         <v>1</v>
       </c>
       <c r="L161" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M161" s="4">
-        <v>4361616.2678340003</v>
+        <v>6914129.2813219996</v>
       </c>
       <c r="N161" s="4">
-        <v>4361616.2678342201</v>
+        <v>6914129.2813222203</v>
       </c>
       <c r="O161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P161" s="3" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T161" s="4">
         <v>0.01</v>
       </c>
       <c r="U161" s="2">
-        <v>52657</v>
+        <v>47324</v>
       </c>
       <c r="V161" s="4">
-        <v>9.1630000000000003</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="W161" s="3" t="s">
-        <v>481</v>
+        <v>472</v>
       </c>
       <c r="X161" s="4">
-        <v>0</v>
+        <v>3758.2422222199998</v>
       </c>
       <c r="Y161" s="4">
-        <v>0</v>
+        <v>3758.2422219999999</v>
       </c>
       <c r="Z161" s="6">
-        <v>3.3470000000000001E-3</v>
+        <v>5.4180000000000001E-3</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D162" s="4">
-        <v>557882.34375</v>
+        <v>3198939.1863159998</v>
       </c>
       <c r="E162" s="5">
-        <v>98.476259999999996</v>
+        <v>55.204230000000003</v>
       </c>
       <c r="F162" s="4">
-        <v>549381.66732533998</v>
+        <v>1777864.53619363</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H162" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I162" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J162" s="5">
-        <v>98.476259999999996</v>
+        <v>55.204230000000003</v>
       </c>
       <c r="K162" s="5">
         <v>1</v>
       </c>
       <c r="L162" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M162" s="4">
-        <v>549381.66732500005</v>
+        <v>1777864.5361929999</v>
       </c>
       <c r="N162" s="4">
-        <v>549381.66732533998</v>
+        <v>1777864.53619363</v>
       </c>
       <c r="O162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P162" s="3" t="s">
-        <v>484</v>
+        <v>475</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="S162" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T162" s="4">
         <v>0.01</v>
       </c>
       <c r="U162" s="2">
-        <v>55989</v>
+        <v>49881</v>
       </c>
       <c r="V162" s="4">
-        <v>1.569</v>
+        <v>4.7876859999999999</v>
       </c>
       <c r="W162" s="3" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="X162" s="4">
-        <v>0</v>
+        <v>11914.79021961</v>
       </c>
       <c r="Y162" s="4">
-        <v>0</v>
+        <v>11914.790219</v>
       </c>
       <c r="Z162" s="6">
-        <v>4.2099999999999999E-4</v>
+        <v>1.3929999999999999E-3</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D163" s="4">
-        <v>2133734.80369</v>
+        <v>2606983.7896799999</v>
       </c>
       <c r="E163" s="5">
-        <v>95.215149999999994</v>
+        <v>85.705659999999995</v>
       </c>
       <c r="F163" s="4">
-        <v>2033033.28149899</v>
+        <v>2234680.26087688</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H163" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I163" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J163" s="5">
-        <v>95.215149999999994</v>
+        <v>85.705659999999995</v>
       </c>
       <c r="K163" s="5">
         <v>1</v>
       </c>
       <c r="L163" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M163" s="4">
-        <v>2033033.281498</v>
+        <v>2234680.2608759999</v>
       </c>
       <c r="N163" s="4">
-        <v>2033033.28149899</v>
+        <v>2234680.26087688</v>
       </c>
       <c r="O163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P163" s="3" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T163" s="4">
         <v>0.01</v>
       </c>
       <c r="U163" s="2">
-        <v>49790</v>
+        <v>55603</v>
       </c>
       <c r="V163" s="4">
-        <v>4.7055100000000003</v>
+        <v>1.2</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="X163" s="4">
-        <v>1394.4875633500001</v>
+        <v>347.59783862</v>
       </c>
       <c r="Y163" s="4">
-        <v>1394.4875629999999</v>
+        <v>347.59783800000002</v>
       </c>
       <c r="Z163" s="6">
-        <v>1.56E-3</v>
+        <v>1.751E-3</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D164" s="4">
-        <v>7480068.9529769998</v>
+        <v>4640578.8625210002</v>
       </c>
       <c r="E164" s="5">
-        <v>95.601600000000005</v>
+        <v>103.79573000000001</v>
       </c>
       <c r="F164" s="4">
-        <v>7155642.4777284302</v>
+        <v>4842529.4812541399</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H164" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I164" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J164" s="5">
-        <v>95.601600000000005</v>
+        <v>103.79573000000001</v>
       </c>
       <c r="K164" s="5">
         <v>1</v>
       </c>
       <c r="L164" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M164" s="4">
-        <v>7155642.4777279999</v>
+        <v>4842529.4812540002</v>
       </c>
       <c r="N164" s="4">
-        <v>7155642.4777284302</v>
+        <v>4842529.4812541399</v>
       </c>
       <c r="O164" s="3" t="s">
-        <v>492</v>
+        <v>34</v>
       </c>
       <c r="P164" s="3" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="Q164" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="S164" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T164" s="4">
         <v>0.01</v>
       </c>
       <c r="U164" s="2">
-        <v>50124</v>
+        <v>48700</v>
       </c>
       <c r="V164" s="4">
-        <v>4.4055099999999996</v>
+        <v>7.15</v>
       </c>
       <c r="W164" s="3" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="X164" s="4">
-        <v>4576.8775795900001</v>
+        <v>25806.77467436</v>
       </c>
       <c r="Y164" s="4">
-        <v>4576.877579</v>
+        <v>25806.774674</v>
       </c>
       <c r="Z164" s="6">
-        <v>5.4920000000000004E-3</v>
+        <v>3.7940000000000001E-3</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D165" s="4">
-        <v>4697099.4895649999</v>
+        <v>3685703.2850000001</v>
       </c>
       <c r="E165" s="5">
-        <v>100.0938</v>
+        <v>98.804559999999995</v>
       </c>
       <c r="F165" s="4">
-        <v>4709515.5675007403</v>
+        <v>3669008.0319731599</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H165" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I165" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J165" s="5">
-        <v>100.0938</v>
+        <v>98.804559999999995</v>
       </c>
       <c r="K165" s="5">
         <v>1</v>
       </c>
       <c r="L165" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M165" s="4">
-        <v>4709515.5674999999</v>
+        <v>3669008.0319730002</v>
       </c>
       <c r="N165" s="4">
-        <v>4709515.5675007403</v>
+        <v>3669008.0319731599</v>
       </c>
       <c r="O165" s="3" t="s">
-        <v>496</v>
+        <v>34</v>
       </c>
       <c r="P165" s="3" t="s">
-        <v>497</v>
+        <v>483</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R165" s="3" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="S165" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T165" s="4">
         <v>0.01</v>
       </c>
       <c r="U165" s="2">
-        <v>47956</v>
+        <v>52475</v>
       </c>
       <c r="V165" s="4">
-        <v>5.1160500000000004</v>
+        <v>9.5459999999999994</v>
       </c>
       <c r="W165" s="3" t="s">
-        <v>498</v>
+        <v>487</v>
       </c>
       <c r="X165" s="4">
-        <v>8010.1986145299998</v>
+        <v>27365.118323359999</v>
       </c>
       <c r="Y165" s="4">
-        <v>8010.1986139999999</v>
+        <v>27365.118322999999</v>
       </c>
       <c r="Z165" s="6">
-        <v>3.614E-3</v>
+        <v>2.875E-3</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D166" s="4">
-        <v>4945734.84</v>
+        <v>4219125.8119999999</v>
       </c>
       <c r="E166" s="5">
-        <v>99.920199999999994</v>
+        <v>101.28066</v>
       </c>
       <c r="F166" s="4">
-        <v>4949708.6390292402</v>
+        <v>4303227.2407025704</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H166" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I166" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J166" s="5">
-        <v>99.920199999999994</v>
+        <v>101.28066</v>
       </c>
       <c r="K166" s="5">
         <v>1</v>
       </c>
       <c r="L166" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M166" s="4">
-        <v>4949708.639029</v>
+        <v>4303227.2407020004</v>
       </c>
       <c r="N166" s="4">
-        <v>4949708.6390292402</v>
+        <v>4303227.2407025704</v>
       </c>
       <c r="O166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P166" s="3" t="s">
-        <v>501</v>
+        <v>483</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R166" s="3" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="S166" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T166" s="4">
         <v>0.01</v>
       </c>
       <c r="U166" s="2">
-        <v>48141</v>
+        <v>52657</v>
       </c>
       <c r="V166" s="4">
-        <v>4.8044399999999996</v>
+        <v>9.1630000000000003</v>
       </c>
       <c r="W166" s="3" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="X166" s="4">
-        <v>7920.4954315599998</v>
+        <v>30068.77207861</v>
       </c>
       <c r="Y166" s="4">
-        <v>7920.4954310000003</v>
+        <v>30068.772078000002</v>
       </c>
       <c r="Z166" s="6">
-        <v>3.7989999999999999E-3</v>
+        <v>3.372E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D167" s="4">
-        <v>1165067.0925</v>
+        <v>515224.50124999997</v>
       </c>
       <c r="E167" s="5">
-        <v>89.679779999999994</v>
+        <v>98.652379999999994</v>
       </c>
       <c r="F167" s="4">
-        <v>1045126.69751498</v>
+        <v>508909.97845927998</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H167" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I167" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J167" s="5">
-        <v>89.679779999999994</v>
+        <v>98.652379999999994</v>
       </c>
       <c r="K167" s="5">
         <v>1</v>
       </c>
       <c r="L167" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M167" s="4">
-        <v>1045126.697514</v>
+        <v>508909.97845900001</v>
       </c>
       <c r="N167" s="4">
-        <v>1045126.69751498</v>
+        <v>508909.97845927998</v>
       </c>
       <c r="O167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P167" s="3" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R167" s="3" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="S167" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T167" s="4">
         <v>0.01</v>
       </c>
       <c r="U167" s="2">
-        <v>53687</v>
+        <v>55989</v>
       </c>
       <c r="V167" s="4">
-        <v>1.53</v>
+        <v>1.569</v>
       </c>
       <c r="W167" s="3" t="s">
-        <v>506</v>
+        <v>494</v>
       </c>
       <c r="X167" s="4">
-        <v>297.09210859000001</v>
+        <v>628.74563303000002</v>
       </c>
       <c r="Y167" s="4">
-        <v>297.092108</v>
+        <v>628.745633</v>
       </c>
       <c r="Z167" s="6">
-        <v>8.0199999999999998E-4</v>
+        <v>3.9800000000000002E-4</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D168" s="4">
-        <v>35121470.865000002</v>
+        <v>2125105.48061</v>
       </c>
       <c r="E168" s="5">
-        <v>3.7403499999999998</v>
+        <v>95.572190000000006</v>
       </c>
       <c r="F168" s="4">
-        <v>1313665.9354990299</v>
+        <v>2032112.2484583</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H168" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I168" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J168" s="5">
-        <v>3.7403499999999998</v>
+        <v>95.572190000000006</v>
       </c>
       <c r="K168" s="5">
         <v>1</v>
       </c>
       <c r="L168" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M168" s="4">
-        <v>1313665.9354989999</v>
+        <v>2032112.2484579999</v>
       </c>
       <c r="N168" s="4">
-        <v>1313665.9354990299</v>
+        <v>2032112.2484583</v>
       </c>
       <c r="O168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P168" s="3" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R168" s="3" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T168" s="4">
         <v>0.01</v>
       </c>
       <c r="U168" s="2">
-        <v>51220</v>
+        <v>49790</v>
       </c>
       <c r="V168" s="4">
-        <v>0</v>
+        <v>4.6687599999999998</v>
       </c>
       <c r="W168" s="3" t="s">
-        <v>510</v>
+        <v>498</v>
       </c>
       <c r="X168" s="4">
-        <v>0</v>
+        <v>1102.40082929</v>
       </c>
       <c r="Y168" s="4">
-        <v>0</v>
+        <v>1102.4008289999999</v>
       </c>
       <c r="Z168" s="6">
-        <v>1.008E-3</v>
+        <v>1.5920000000000001E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
-        <v>511</v>
+        <v>499</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>512</v>
+        <v>500</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D169" s="4">
-        <v>93673368.871999994</v>
+        <v>7463830.7289699996</v>
       </c>
       <c r="E169" s="5">
-        <v>3.5084599999999999</v>
+        <v>96.191069999999996</v>
       </c>
       <c r="F169" s="4">
-        <v>3286492.6775265699</v>
+        <v>7183161.7173114903</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H169" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I169" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J169" s="5">
-        <v>3.5084599999999999</v>
+        <v>96.191069999999996</v>
       </c>
       <c r="K169" s="5">
         <v>1</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M169" s="4">
-        <v>3286492.677526</v>
+        <v>7183161.7173110005</v>
       </c>
       <c r="N169" s="4">
-        <v>3286492.6775265699</v>
+        <v>7183161.7173114903</v>
       </c>
       <c r="O169" s="3" t="s">
-        <v>34</v>
+        <v>501</v>
       </c>
       <c r="P169" s="3" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
       <c r="Q169" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R169" s="3" t="s">
-        <v>511</v>
+        <v>499</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T169" s="4">
         <v>0.01</v>
       </c>
       <c r="U169" s="2">
-        <v>50885</v>
+        <v>50124</v>
       </c>
       <c r="V169" s="4">
-        <v>1.6026659999999999</v>
+        <v>4.36876</v>
       </c>
       <c r="W169" s="3" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="X169" s="4">
-        <v>0</v>
+        <v>3623.07612617</v>
       </c>
       <c r="Y169" s="4">
-        <v>0</v>
+        <v>3623.0761259999999</v>
       </c>
       <c r="Z169" s="6">
-        <v>2.5219999999999999E-3</v>
+        <v>5.6280000000000002E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D170" s="4">
-        <v>76274335.793844</v>
+        <v>1401475.3185000001</v>
       </c>
       <c r="E170" s="5">
-        <v>3.77786</v>
+        <v>100.05710000000001</v>
       </c>
       <c r="F170" s="4">
-        <v>2881537.6222213199</v>
+        <v>1404612.1986611399</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H170" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I170" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J170" s="5">
-        <v>3.77786</v>
+        <v>100.05710000000001</v>
       </c>
       <c r="K170" s="5">
         <v>1</v>
       </c>
       <c r="L170" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M170" s="4">
-        <v>2881537.622221</v>
+        <v>1404612.198661</v>
       </c>
       <c r="N170" s="4">
-        <v>2881537.6222213199</v>
+        <v>1404612.1986611399</v>
       </c>
       <c r="O170" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P170" s="3" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R170" s="3" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T170" s="4">
         <v>0.01</v>
       </c>
       <c r="U170" s="2">
-        <v>47628</v>
+        <v>48075</v>
       </c>
       <c r="V170" s="4">
-        <v>0</v>
+        <v>5.0018099999999999</v>
       </c>
       <c r="W170" s="3" t="s">
-        <v>516</v>
+        <v>506</v>
       </c>
       <c r="X170" s="4">
-        <v>0</v>
+        <v>2336.6377542800001</v>
       </c>
       <c r="Y170" s="4">
-        <v>0</v>
+        <v>2336.6377539999999</v>
       </c>
       <c r="Z170" s="6">
-        <v>2.2109999999999999E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D171" s="4">
-        <v>133796305.26493099</v>
+        <v>4697099.4895649999</v>
       </c>
       <c r="E171" s="5">
-        <v>3.81176</v>
+        <v>100.07089999999999</v>
       </c>
       <c r="F171" s="4">
-        <v>5099994.04556653</v>
+        <v>4727130.3951515304</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H171" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I171" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J171" s="5">
-        <v>3.81176</v>
+        <v>100.07089999999999</v>
       </c>
       <c r="K171" s="5">
         <v>1</v>
       </c>
       <c r="L171" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M171" s="4">
-        <v>5099994.045566</v>
+        <v>4727130.3951509995</v>
       </c>
       <c r="N171" s="4">
-        <v>5099994.04556653</v>
+        <v>4727130.3951515304</v>
       </c>
       <c r="O171" s="3" t="s">
-        <v>34</v>
+        <v>509</v>
       </c>
       <c r="P171" s="3" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T171" s="4">
         <v>0.01</v>
       </c>
       <c r="U171" s="2">
-        <v>51312</v>
+        <v>47956</v>
       </c>
       <c r="V171" s="4">
-        <v>0.10047</v>
+        <v>5.1160500000000004</v>
       </c>
       <c r="W171" s="3" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
       <c r="X171" s="4">
-        <v>0</v>
+        <v>26700.66204843</v>
       </c>
       <c r="Y171" s="4">
-        <v>0</v>
+        <v>26700.662047999998</v>
       </c>
       <c r="Z171" s="6">
-        <v>3.9139999999999999E-3</v>
+        <v>3.7039999999999998E-3</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D172" s="4">
-        <v>4015367.6030000001</v>
+        <v>4945734.84</v>
       </c>
       <c r="E172" s="5">
-        <v>63.980420000000002</v>
+        <v>99.943100000000001</v>
       </c>
       <c r="F172" s="4">
-        <v>2572760.7679482601</v>
+        <v>4969322.3683145801</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H172" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I172" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J172" s="5">
-        <v>63.980420000000002</v>
+        <v>99.943100000000001</v>
       </c>
       <c r="K172" s="5">
         <v>1</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M172" s="4">
-        <v>2572760.7679480002</v>
+        <v>4969322.3683139998</v>
       </c>
       <c r="N172" s="4">
-        <v>2572760.7679482601</v>
+        <v>4969322.3683145801</v>
       </c>
       <c r="O172" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T172" s="4">
         <v>0.01</v>
       </c>
       <c r="U172" s="2">
-        <v>57584</v>
+        <v>48141</v>
       </c>
       <c r="V172" s="4">
-        <v>6.6555099999999996</v>
+        <v>4.8044399999999996</v>
       </c>
       <c r="W172" s="3" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="X172" s="4">
-        <v>3711.7110049200001</v>
+        <v>26401.651438540001</v>
       </c>
       <c r="Y172" s="4">
-        <v>3711.7110039999998</v>
+        <v>26401.651438000001</v>
       </c>
       <c r="Z172" s="6">
-        <v>1.9740000000000001E-3</v>
+        <v>3.8939999999999999E-3</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D173" s="4">
-        <v>1848801.992289</v>
+        <v>1147667.2749999999</v>
       </c>
       <c r="E173" s="5">
-        <v>96.164320000000004</v>
+        <v>90.052719999999994</v>
       </c>
       <c r="F173" s="4">
-        <v>1778969.0305971601</v>
+        <v>1033700.70112413</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H173" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I173" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J173" s="5">
-        <v>96.164320000000004</v>
+        <v>90.052719999999994</v>
       </c>
       <c r="K173" s="5">
         <v>1</v>
       </c>
       <c r="L173" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M173" s="4">
-        <v>1778969.0305969999</v>
+        <v>1033700.701124</v>
       </c>
       <c r="N173" s="4">
-        <v>1778969.0305971601</v>
+        <v>1033700.70112413</v>
       </c>
       <c r="O173" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>526</v>
+        <v>517</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T173" s="4">
         <v>0.01</v>
       </c>
       <c r="U173" s="2">
-        <v>49943</v>
+        <v>53687</v>
       </c>
       <c r="V173" s="4">
-        <v>4.2105100000000002</v>
+        <v>1.53</v>
       </c>
       <c r="W173" s="3" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="X173" s="4">
-        <v>1081.1665661899999</v>
+        <v>195.10343674999999</v>
       </c>
       <c r="Y173" s="4">
-        <v>1081.1665660000001</v>
+        <v>195.10343599999999</v>
       </c>
       <c r="Z173" s="6">
-        <v>1.3649999999999999E-3</v>
+        <v>8.0999999999999996E-4</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>529</v>
+        <v>520</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D174" s="4">
-        <v>6227651.8563750004</v>
+        <v>35071519.534999996</v>
       </c>
       <c r="E174" s="5">
-        <v>97.47139</v>
+        <v>3.7590699999999999</v>
       </c>
       <c r="F174" s="4">
-        <v>6070178.8287695199</v>
+        <v>1318362.9693843201</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H174" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I174" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J174" s="5">
-        <v>97.47139</v>
+        <v>3.7590699999999999</v>
       </c>
       <c r="K174" s="5">
         <v>1</v>
       </c>
       <c r="L174" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M174" s="4">
-        <v>6070178.8287690002</v>
+        <v>1318362.9693839999</v>
       </c>
       <c r="N174" s="4">
-        <v>6070178.8287695199</v>
+        <v>1318362.9693843201</v>
       </c>
       <c r="O174" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>530</v>
+        <v>521</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T174" s="4">
         <v>0.01</v>
       </c>
       <c r="U174" s="2">
-        <v>50756</v>
+        <v>51220</v>
       </c>
       <c r="V174" s="4">
-        <v>2.1349999999999998</v>
+        <v>0</v>
       </c>
       <c r="W174" s="3" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>4.6589999999999999E-3</v>
+        <v>1.0330000000000001E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D175" s="4">
-        <v>2109668.4270000001</v>
+        <v>92887195.807999998</v>
       </c>
       <c r="E175" s="5">
-        <v>98.815849999999998</v>
+        <v>3.4485899999999998</v>
       </c>
       <c r="F175" s="4">
-        <v>2086036.2465212999</v>
+        <v>3294063.5789228799</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H175" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I175" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J175" s="5">
-        <v>98.815849999999998</v>
+        <v>3.4485899999999998</v>
       </c>
       <c r="K175" s="5">
         <v>1</v>
       </c>
       <c r="L175" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M175" s="4">
-        <v>2086036.2465210001</v>
+        <v>3294063.5789219998</v>
       </c>
       <c r="N175" s="4">
-        <v>2086036.2465212999</v>
+        <v>3294063.5789228799</v>
       </c>
       <c r="O175" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>534</v>
+        <v>521</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T175" s="4">
         <v>0.01</v>
       </c>
       <c r="U175" s="2">
-        <v>49242</v>
+        <v>50885</v>
       </c>
       <c r="V175" s="4">
-        <v>4.6055099999999998</v>
+        <v>1.8087690000000001</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="X175" s="4">
-        <v>1349.45819962</v>
+        <v>90765.033007770005</v>
       </c>
       <c r="Y175" s="4">
-        <v>1349.4581989999999</v>
+        <v>90765.033007000005</v>
       </c>
       <c r="Z175" s="6">
-        <v>1.601E-3</v>
+        <v>2.581E-3</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D176" s="4">
-        <v>1091705.360653</v>
+        <v>75691547.081522003</v>
       </c>
       <c r="E176" s="5">
-        <v>98.848510000000005</v>
+        <v>3.7821099999999999</v>
       </c>
       <c r="F176" s="4">
-        <v>1080408.13884939</v>
+        <v>2862737.5713249501</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H176" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I176" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J176" s="5">
-        <v>98.848510000000005</v>
+        <v>3.7821099999999999</v>
       </c>
       <c r="K176" s="5">
         <v>1</v>
       </c>
       <c r="L176" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M176" s="4">
-        <v>1080408.138849</v>
+        <v>2862737.5713240001</v>
       </c>
       <c r="N176" s="4">
-        <v>1080408.13884939</v>
+        <v>2862737.5713249501</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>538</v>
+        <v>34</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>534</v>
+        <v>521</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T176" s="4">
         <v>0.01</v>
       </c>
       <c r="U176" s="2">
-        <v>50308</v>
+        <v>47628</v>
       </c>
       <c r="V176" s="4">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="W176" s="3" t="s">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="X176" s="4">
-        <v>1273.6562540899999</v>
+        <v>0</v>
       </c>
       <c r="Y176" s="4">
-        <v>1273.656254</v>
+        <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>8.2899999999999998E-4</v>
+        <v>2.2430000000000002E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D177" s="4">
-        <v>10218271.783135001</v>
+        <v>132093043.088295</v>
       </c>
       <c r="E177" s="5">
-        <v>57.503639999999997</v>
+        <v>3.8686699999999998</v>
       </c>
       <c r="F177" s="4">
-        <v>5875878.2203953899</v>
+        <v>5127678.7440310996</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H177" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I177" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J177" s="5">
-        <v>57.503639999999997</v>
+        <v>3.8686699999999998</v>
       </c>
       <c r="K177" s="5">
         <v>1</v>
       </c>
       <c r="L177" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M177" s="4">
-        <v>5875878.2203949997</v>
+        <v>5127678.744031</v>
       </c>
       <c r="N177" s="4">
-        <v>5875878.2203953899</v>
+        <v>5127678.7440310996</v>
       </c>
       <c r="O177" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>542</v>
+        <v>521</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T177" s="4">
         <v>0.01</v>
       </c>
       <c r="U177" s="2">
-        <v>53868</v>
+        <v>51312</v>
       </c>
       <c r="V177" s="4">
-        <v>3.3073549999999998</v>
+        <v>0.16969899999999999</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>543</v>
+        <v>531</v>
       </c>
       <c r="X177" s="4">
-        <v>0</v>
+        <v>17434.813987180001</v>
       </c>
       <c r="Y177" s="4">
-        <v>0</v>
+        <v>17434.813987000001</v>
       </c>
       <c r="Z177" s="6">
-        <v>4.5100000000000001E-3</v>
+        <v>4.0179999999999999E-3</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>544</v>
+        <v>532</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>545</v>
+        <v>533</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D178" s="4">
-        <v>10252180.1018</v>
+        <v>4004147.9937499999</v>
       </c>
       <c r="E178" s="5">
-        <v>18.373280000000001</v>
+        <v>64.273229999999998</v>
       </c>
       <c r="F178" s="4">
-        <v>1889963.30142506</v>
+        <v>2576539.9711827799</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H178" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I178" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J178" s="5">
-        <v>18.373280000000001</v>
+        <v>64.273229999999998</v>
       </c>
       <c r="K178" s="5">
         <v>1</v>
       </c>
       <c r="L178" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M178" s="4">
-        <v>1889963.301425</v>
+        <v>2576539.9711819999</v>
       </c>
       <c r="N178" s="4">
-        <v>1889963.30142506</v>
+        <v>2576539.9711827799</v>
       </c>
       <c r="O178" s="3" t="s">
-        <v>546</v>
+        <v>34</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>547</v>
+        <v>534</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>544</v>
+        <v>532</v>
       </c>
       <c r="S178" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T178" s="4">
         <v>0.01</v>
       </c>
       <c r="U178" s="2">
-        <v>60504</v>
+        <v>57584</v>
       </c>
       <c r="V178" s="4">
-        <v>4.4255100000000001</v>
+        <v>6.61876</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>548</v>
+        <v>535</v>
       </c>
       <c r="X178" s="4">
-        <v>6301.54521699</v>
+        <v>2944.7216194600001</v>
       </c>
       <c r="Y178" s="4">
-        <v>6301.5452160000004</v>
+        <v>2944.7216189999999</v>
       </c>
       <c r="Z178" s="6">
-        <v>1.4499999999999999E-3</v>
+        <v>2.019E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>550</v>
+        <v>537</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D179" s="4">
-        <v>5650246.4280000003</v>
+        <v>1842975.5486870001</v>
       </c>
       <c r="E179" s="5">
-        <v>100.52786999999999</v>
+        <v>96.698509999999999</v>
       </c>
       <c r="F179" s="4">
-        <v>5691490.5901427297</v>
+        <v>1782984.5772033001</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H179" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I179" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J179" s="5">
-        <v>100.52786999999999</v>
+        <v>96.698509999999999</v>
       </c>
       <c r="K179" s="5">
         <v>1</v>
       </c>
       <c r="L179" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M179" s="4">
-        <v>5691490.5901419995</v>
+        <v>1782984.577203</v>
       </c>
       <c r="N179" s="4">
-        <v>5691490.5901427297</v>
+        <v>1782984.5772033001</v>
       </c>
       <c r="O179" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P179" s="3" t="s">
-        <v>551</v>
+        <v>538</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R179" s="3" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
       <c r="S179" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T179" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U179" s="2">
-        <v>47105</v>
+        <v>49943</v>
       </c>
       <c r="V179" s="4">
-        <v>4.8499999999999996</v>
+        <v>4.1737599999999997</v>
       </c>
       <c r="W179" s="3" t="s">
-        <v>552</v>
+        <v>539</v>
       </c>
       <c r="X179" s="4">
-        <v>11418.20632325</v>
+        <v>854.68195845000002</v>
       </c>
       <c r="Y179" s="4">
-        <v>11418.206323</v>
+        <v>854.68195800000001</v>
       </c>
       <c r="Z179" s="6">
-        <v>4.3680000000000004E-3</v>
+        <v>1.397E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>553</v>
+        <v>540</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>554</v>
+        <v>541</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D180" s="4">
-        <v>10035294.568840001</v>
+        <v>6188117.7358250003</v>
       </c>
       <c r="E180" s="5">
-        <v>100.1061</v>
+        <v>97.724140000000006</v>
       </c>
       <c r="F180" s="4">
-        <v>10070850.328330699</v>
+        <v>6057560.5528071104</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H180" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I180" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J180" s="5">
-        <v>100.1061</v>
+        <v>97.724140000000006</v>
       </c>
       <c r="K180" s="5">
         <v>1</v>
       </c>
       <c r="L180" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M180" s="4">
-        <v>10070850.328330001</v>
+        <v>6057560.5528069995</v>
       </c>
       <c r="N180" s="4">
-        <v>10070850.328330699</v>
+        <v>6057560.5528071104</v>
       </c>
       <c r="O180" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P180" s="3" t="s">
-        <v>555</v>
+        <v>542</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R180" s="3" t="s">
-        <v>553</v>
+        <v>540</v>
       </c>
       <c r="S180" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T180" s="4">
         <v>0.01</v>
       </c>
       <c r="U180" s="2">
-        <v>48044</v>
+        <v>50756</v>
       </c>
       <c r="V180" s="4">
-        <v>5.2561499999999999</v>
+        <v>2.1349999999999998</v>
       </c>
       <c r="W180" s="3" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="X180" s="4">
-        <v>24908.311953230001</v>
+        <v>10275.71328466</v>
       </c>
       <c r="Y180" s="4">
-        <v>24908.311953</v>
+        <v>10275.713283999999</v>
       </c>
       <c r="Z180" s="6">
-        <v>7.7299999999999999E-3</v>
+        <v>4.7460000000000002E-3</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>558</v>
+        <v>545</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D181" s="4">
-        <v>8625000</v>
+        <v>2065675.7999799999</v>
       </c>
       <c r="E181" s="5">
-        <v>89.094549999999998</v>
+        <v>99.030529999999999</v>
       </c>
       <c r="F181" s="4">
-        <v>7684404.9375</v>
+        <v>2046698.31246504</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H181" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I181" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J181" s="5">
-        <v>89.094549999999998</v>
+        <v>99.030529999999999</v>
       </c>
       <c r="K181" s="5">
         <v>1</v>
       </c>
       <c r="L181" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M181" s="4">
-        <v>7684404.9375</v>
+        <v>2046698.312465</v>
       </c>
       <c r="N181" s="4">
-        <v>7684404.9375</v>
+        <v>2046698.31246504</v>
       </c>
       <c r="O181" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P181" s="3" t="s">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R181" s="3" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
       <c r="S181" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T181" s="4">
         <v>0.01</v>
       </c>
       <c r="U181" s="2">
-        <v>51480</v>
+        <v>49242</v>
       </c>
       <c r="V181" s="4">
-        <v>2.347</v>
+        <v>4.5687600000000002</v>
       </c>
       <c r="W181" s="3" t="s">
-        <v>560</v>
+        <v>547</v>
       </c>
       <c r="X181" s="4">
-        <v>0</v>
+        <v>1048.6196631</v>
       </c>
       <c r="Y181" s="4">
-        <v>0</v>
+        <v>1048.6196629999999</v>
       </c>
       <c r="Z181" s="6">
-        <v>5.8979999999999996E-3</v>
+        <v>1.603E-3</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>561</v>
+        <v>548</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D182" s="4">
-        <v>947666.65787600004</v>
+        <v>1079209.15958</v>
       </c>
       <c r="E182" s="5">
-        <v>101.36152</v>
+        <v>99.080590000000001</v>
       </c>
       <c r="F182" s="4">
-        <v>960569.32895671995</v>
+        <v>1070126.1875482399</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H182" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I182" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J182" s="5">
-        <v>101.36152</v>
+        <v>99.080590000000001</v>
       </c>
       <c r="K182" s="5">
         <v>1</v>
       </c>
       <c r="L182" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M182" s="4">
-        <v>960569.32895600004</v>
+        <v>1070126.1875479999</v>
       </c>
       <c r="N182" s="4">
-        <v>960569.32895671995</v>
+        <v>1070126.1875482399</v>
       </c>
       <c r="O182" s="3" t="s">
-        <v>34</v>
+        <v>550</v>
       </c>
       <c r="P182" s="3" t="s">
-        <v>563</v>
+        <v>546</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R182" s="3" t="s">
-        <v>561</v>
+        <v>548</v>
       </c>
       <c r="S182" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T182" s="4">
         <v>0.01</v>
       </c>
       <c r="U182" s="2">
-        <v>47635</v>
+        <v>50308</v>
       </c>
       <c r="V182" s="4">
-        <v>6.63</v>
+        <v>7</v>
       </c>
       <c r="W182" s="3" t="s">
-        <v>564</v>
+        <v>551</v>
       </c>
       <c r="X182" s="4">
-        <v>0</v>
+        <v>839.38490190000005</v>
       </c>
       <c r="Y182" s="4">
-        <v>0</v>
+        <v>839.38490100000001</v>
       </c>
       <c r="Z182" s="6">
-        <v>7.3700000000000002E-4</v>
+        <v>8.3799999999999999E-4</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>565</v>
+        <v>552</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>566</v>
+        <v>553</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D183" s="4">
-        <v>984543.88353200001</v>
+        <v>10206548.192878</v>
       </c>
       <c r="E183" s="5">
-        <v>101.58085</v>
+        <v>57.383450000000003</v>
       </c>
       <c r="F183" s="4">
-        <v>1003262.96169292</v>
+        <v>5882922.2829601597</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H183" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I183" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J183" s="5">
-        <v>101.58085</v>
+        <v>57.383450000000003</v>
       </c>
       <c r="K183" s="5">
         <v>1</v>
       </c>
       <c r="L183" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M183" s="4">
-        <v>1003262.961692</v>
+        <v>5882922.2829600004</v>
       </c>
       <c r="N183" s="4">
-        <v>1003262.96169292</v>
+        <v>5882922.2829601597</v>
       </c>
       <c r="O183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>565</v>
+        <v>552</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T183" s="4">
         <v>0.01</v>
       </c>
       <c r="U183" s="2">
-        <v>47133</v>
+        <v>53868</v>
       </c>
       <c r="V183" s="4">
-        <v>7.21</v>
+        <v>3.28186</v>
       </c>
       <c r="W183" s="3" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="X183" s="4">
-        <v>3154.9161779000001</v>
+        <v>26052.803973990001</v>
       </c>
       <c r="Y183" s="4">
-        <v>3154.9161770000001</v>
+        <v>26052.803972999998</v>
       </c>
       <c r="Z183" s="6">
-        <v>7.6999999999999996E-4</v>
+        <v>4.6090000000000002E-3</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>569</v>
+        <v>557</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D184" s="4">
-        <v>5330701.2845790004</v>
+        <v>10241138.436174</v>
       </c>
       <c r="E184" s="5">
-        <v>96.575000000000003</v>
+        <v>18.615320000000001</v>
       </c>
       <c r="F184" s="4">
-        <v>5156272.77803344</v>
+        <v>1911414.6802838701</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H184" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I184" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J184" s="5">
-        <v>96.575000000000003</v>
+        <v>18.615320000000001</v>
       </c>
       <c r="K184" s="5">
         <v>1</v>
       </c>
       <c r="L184" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M184" s="4">
-        <v>5156272.7780330004</v>
+        <v>1911414.680283</v>
       </c>
       <c r="N184" s="4">
-        <v>5156272.77803344</v>
+        <v>1911414.6802838701</v>
       </c>
       <c r="O184" s="3" t="s">
-        <v>570</v>
+        <v>558</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="S184" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T184" s="4">
         <v>0.01</v>
       </c>
       <c r="U184" s="2">
-        <v>50240</v>
+        <v>60413</v>
       </c>
       <c r="V184" s="4">
-        <v>4.3655200000000001</v>
+        <v>4.3887600000000004</v>
       </c>
       <c r="W184" s="3" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="X184" s="4">
-        <v>8148.0124514899999</v>
+        <v>4993.9887470200001</v>
       </c>
       <c r="Y184" s="4">
-        <v>8148.0124509999996</v>
+        <v>4993.9887470000003</v>
       </c>
       <c r="Z184" s="6">
-        <v>3.9569999999999996E-3</v>
+        <v>1.4970000000000001E-3</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>573</v>
+        <v>561</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D185" s="4">
-        <v>1295000</v>
+        <v>5856151.1808399996</v>
       </c>
       <c r="E185" s="5">
-        <v>97.551659999999998</v>
+        <v>100.54953</v>
       </c>
       <c r="F185" s="4">
-        <v>1263293.997</v>
+        <v>5898588.8865338499</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H185" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I185" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J185" s="5">
-        <v>97.551659999999998</v>
+        <v>100.54953</v>
       </c>
       <c r="K185" s="5">
         <v>1</v>
       </c>
       <c r="L185" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M185" s="4">
-        <v>1263293.997</v>
+        <v>5898588.8865329996</v>
       </c>
       <c r="N185" s="4">
-        <v>1263293.997</v>
+        <v>5898588.8865338499</v>
       </c>
       <c r="O185" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="Q185" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>573</v>
+        <v>561</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T185" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U185" s="2">
-        <v>53595</v>
+        <v>47105</v>
       </c>
       <c r="V185" s="4">
-        <v>4.6399999999999997</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="W185" s="3" t="s">
-        <v>576</v>
+        <v>564</v>
       </c>
       <c r="X185" s="4">
-        <v>0</v>
+        <v>10256.398109780001</v>
       </c>
       <c r="Y185" s="4">
-        <v>0</v>
+        <v>10256.398109</v>
       </c>
       <c r="Z185" s="6">
-        <v>9.6900000000000003E-4</v>
+        <v>4.6220000000000002E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>577</v>
+        <v>565</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>578</v>
+        <v>566</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D186" s="4">
-        <v>3500000</v>
+        <v>10035294.568840001</v>
       </c>
       <c r="E186" s="5">
-        <v>97.279160000000005</v>
+        <v>100.0814</v>
       </c>
       <c r="F186" s="4">
-        <v>3404770.6</v>
+        <v>10109397.065554</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H186" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I186" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J186" s="5">
-        <v>97.279160000000005</v>
+        <v>100.0814</v>
       </c>
       <c r="K186" s="5">
         <v>1</v>
       </c>
       <c r="L186" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M186" s="4">
-        <v>3404770.6</v>
+        <v>10109397.065554</v>
       </c>
       <c r="N186" s="4">
-        <v>3404770.6</v>
+        <v>10109397.065554</v>
       </c>
       <c r="O186" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>575</v>
+        <v>567</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>577</v>
+        <v>565</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T186" s="4">
         <v>0.01</v>
       </c>
       <c r="U186" s="2">
-        <v>53595</v>
+        <v>48044</v>
       </c>
       <c r="V186" s="4">
-        <v>5.73</v>
+        <v>5.2561499999999999</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>579</v>
+        <v>568</v>
       </c>
       <c r="X186" s="4">
-        <v>0</v>
+        <v>65933.766935010004</v>
       </c>
       <c r="Y186" s="4">
-        <v>0</v>
+        <v>65933.766935000007</v>
       </c>
       <c r="Z186" s="6">
-        <v>2.6129999999999999E-3</v>
+        <v>7.9209999999999992E-3</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>580</v>
+        <v>569</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>581</v>
+        <v>570</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D187" s="4">
-        <v>3230000</v>
+        <v>8625000</v>
       </c>
       <c r="E187" s="5">
-        <v>99.237679999999997</v>
+        <v>89.875349999999997</v>
       </c>
       <c r="F187" s="4">
-        <v>3205377.0639999998</v>
+        <v>7767493.3958333302</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H187" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I187" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J187" s="5">
-        <v>99.237679999999997</v>
+        <v>89.875349999999997</v>
       </c>
       <c r="K187" s="5">
         <v>1</v>
       </c>
       <c r="L187" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M187" s="4">
-        <v>3205377.0639999998</v>
+        <v>7767493.3958329996</v>
       </c>
       <c r="N187" s="4">
-        <v>3205377.0639999998</v>
+        <v>7767493.3958333302</v>
       </c>
       <c r="O187" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>580</v>
+        <v>569</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T187" s="4">
         <v>0.01</v>
       </c>
       <c r="U187" s="2">
-        <v>55634</v>
+        <v>51480</v>
       </c>
       <c r="V187" s="4">
-        <v>5.9640000000000004</v>
+        <v>2.347</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>582</v>
+        <v>572</v>
       </c>
       <c r="X187" s="4">
-        <v>0</v>
+        <v>15744.45833333</v>
       </c>
       <c r="Y187" s="4">
-        <v>0</v>
+        <v>15744.458333</v>
       </c>
       <c r="Z187" s="6">
-        <v>2.4599999999999999E-3</v>
+        <v>6.0860000000000003E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>584</v>
+        <v>574</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D188" s="4">
-        <v>1749892.76</v>
+        <v>916718.16851999995</v>
       </c>
       <c r="E188" s="5">
-        <v>102.60342</v>
+        <v>101.50702</v>
       </c>
       <c r="F188" s="4">
-        <v>1795449.81809239</v>
+        <v>935260.50468557002</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H188" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I188" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J188" s="5">
-        <v>102.60342</v>
+        <v>101.50702</v>
       </c>
       <c r="K188" s="5">
         <v>1</v>
       </c>
       <c r="L188" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M188" s="4">
-        <v>1795449.818092</v>
+        <v>935260.50468500005</v>
       </c>
       <c r="N188" s="4">
-        <v>1795449.81809239</v>
+        <v>935260.50468557002</v>
       </c>
       <c r="O188" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P188" s="3" t="s">
         <v>575</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T188" s="4">
         <v>0.01</v>
       </c>
       <c r="U188" s="2">
-        <v>57278</v>
+        <v>47635</v>
       </c>
       <c r="V188" s="4">
-        <v>6.5807000000000002</v>
+        <v>6.63</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>585</v>
+        <v>576</v>
       </c>
       <c r="X188" s="4">
-        <v>0</v>
+        <v>4727.2100223300004</v>
       </c>
       <c r="Y188" s="4">
-        <v>0</v>
+        <v>4727.2100220000002</v>
       </c>
       <c r="Z188" s="6">
-        <v>1.3780000000000001E-3</v>
+        <v>7.3200000000000001E-4</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>586</v>
+        <v>577</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>587</v>
+        <v>578</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D189" s="4">
-        <v>1803580.3078610001</v>
+        <v>944903.82499400002</v>
       </c>
       <c r="E189" s="5">
-        <v>102.84759</v>
+        <v>101.61462</v>
       </c>
       <c r="F189" s="4">
-        <v>1856110.0828170101</v>
+        <v>962809.83646949998</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H189" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I189" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J189" s="5">
-        <v>102.84759</v>
+        <v>101.61462</v>
       </c>
       <c r="K189" s="5">
         <v>1</v>
       </c>
       <c r="L189" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M189" s="4">
-        <v>1856110.0828170001</v>
+        <v>962809.83646899997</v>
       </c>
       <c r="N189" s="4">
-        <v>1856110.0828170101</v>
+        <v>962809.83646949998</v>
       </c>
       <c r="O189" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>586</v>
+        <v>577</v>
       </c>
       <c r="S189" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T189" s="4">
         <v>0.01</v>
       </c>
       <c r="U189" s="2">
-        <v>49820</v>
+        <v>47133</v>
       </c>
       <c r="V189" s="4">
-        <v>4.6755100000000001</v>
+        <v>7.21</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="X189" s="4">
-        <v>1171.20246739</v>
+        <v>2649.4053359700001</v>
       </c>
       <c r="Y189" s="4">
-        <v>1171.2024670000001</v>
+        <v>2649.4053349999999</v>
       </c>
       <c r="Z189" s="6">
-        <v>1.4239999999999999E-3</v>
+        <v>7.54E-4</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D190" s="4">
-        <v>7633490.8441509996</v>
+        <v>5292189.496638</v>
       </c>
       <c r="E190" s="5">
-        <v>18.393899999999999</v>
+        <v>97.419070000000005</v>
       </c>
       <c r="F190" s="4">
-        <v>1404096.6723821999</v>
+        <v>5162236.5788333695</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H190" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I190" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J190" s="5">
-        <v>18.393899999999999</v>
+        <v>97.419070000000005</v>
       </c>
       <c r="K190" s="5">
         <v>1</v>
       </c>
       <c r="L190" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M190" s="4">
-        <v>1404096.6723819999</v>
+        <v>5162236.5788329998</v>
       </c>
       <c r="N190" s="4">
-        <v>1404096.6723821999</v>
+        <v>5162236.5788333695</v>
       </c>
       <c r="O190" s="3" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>593</v>
+        <v>583</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T190" s="4">
         <v>0.01</v>
       </c>
       <c r="U190" s="2">
-        <v>49943</v>
+        <v>50240</v>
       </c>
       <c r="V190" s="4">
-        <v>6.22</v>
+        <v>4.2933000000000003</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>594</v>
+        <v>584</v>
       </c>
       <c r="X190" s="4">
-        <v>0</v>
+        <v>6634.7885708800004</v>
       </c>
       <c r="Y190" s="4">
-        <v>0</v>
+        <v>6634.7885699999997</v>
       </c>
       <c r="Z190" s="6">
-        <v>1.077E-3</v>
+        <v>4.045E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D191" s="4">
-        <v>8370547.2994710002</v>
+        <v>1295000</v>
       </c>
       <c r="E191" s="5">
-        <v>9.5690500000000007</v>
+        <v>98.060559999999995</v>
       </c>
       <c r="F191" s="4">
-        <v>800981.85635998996</v>
+        <v>1274557.7631111101</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H191" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I191" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J191" s="5">
-        <v>9.5690500000000007</v>
+        <v>98.060559999999995</v>
       </c>
       <c r="K191" s="5">
         <v>1</v>
       </c>
       <c r="L191" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M191" s="4">
-        <v>800981.85635899997</v>
+        <v>1274557.7631109999</v>
       </c>
       <c r="N191" s="4">
-        <v>800981.85635998996</v>
+        <v>1274557.7631111101</v>
       </c>
       <c r="O191" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T191" s="4">
         <v>0.01</v>
       </c>
       <c r="U191" s="2">
-        <v>50124</v>
+        <v>53595</v>
       </c>
       <c r="V191" s="4">
-        <v>6.43</v>
+        <v>4.6399999999999997</v>
       </c>
       <c r="W191" s="3" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="X191" s="4">
-        <v>0</v>
+        <v>4673.5111111099995</v>
       </c>
       <c r="Y191" s="4">
-        <v>0</v>
+        <v>4673.5111109999998</v>
       </c>
       <c r="Z191" s="6">
-        <v>6.1399999999999996E-4</v>
+        <v>9.9799999999999997E-4</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>598</v>
+        <v>589</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D192" s="4">
-        <v>13916000</v>
+        <v>3500000</v>
       </c>
       <c r="E192" s="5">
-        <v>103.85216</v>
+        <v>97.806780000000003</v>
       </c>
       <c r="F192" s="4">
-        <v>14452066.5856</v>
+        <v>3438835.63333333</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H192" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I192" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J192" s="5">
-        <v>103.85216</v>
+        <v>97.806780000000003</v>
       </c>
       <c r="K192" s="5">
         <v>1</v>
       </c>
       <c r="L192" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M192" s="4">
-        <v>14452066.5856</v>
+        <v>3438835.6333329999</v>
       </c>
       <c r="N192" s="4">
-        <v>14452066.5856</v>
+        <v>3438835.63333333</v>
       </c>
       <c r="O192" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>600</v>
+        <v>587</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>598</v>
+        <v>589</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T192" s="4">
         <v>0.01</v>
       </c>
       <c r="U192" s="2">
-        <v>52998</v>
+        <v>53595</v>
       </c>
       <c r="V192" s="4">
-        <v>5.6439120000000003</v>
+        <v>5.73</v>
       </c>
       <c r="W192" s="3" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="X192" s="4">
-        <v>0</v>
+        <v>15598.33333333</v>
       </c>
       <c r="Y192" s="4">
-        <v>0</v>
+        <v>15598.333333</v>
       </c>
       <c r="Z192" s="6">
-        <v>1.1093E-2</v>
+        <v>2.6940000000000002E-3</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D193" s="4">
-        <v>7000000</v>
+        <v>3230000</v>
       </c>
       <c r="E193" s="5">
-        <v>100.87012</v>
+        <v>99.710710000000006</v>
       </c>
       <c r="F193" s="4">
-        <v>7076432.84444445</v>
+        <v>3220655.9330000002</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H193" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I193" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J193" s="5">
-        <v>100.87012</v>
+        <v>99.710710000000006</v>
       </c>
       <c r="K193" s="5">
         <v>1</v>
       </c>
       <c r="L193" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M193" s="4">
-        <v>7076432.8444440002</v>
+        <v>3220655.9330000002</v>
       </c>
       <c r="N193" s="4">
-        <v>7076432.84444445</v>
+        <v>3220655.9330000002</v>
       </c>
       <c r="O193" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>604</v>
+        <v>587</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T193" s="4">
         <v>0.01</v>
       </c>
       <c r="U193" s="2">
-        <v>47164</v>
+        <v>55634</v>
       </c>
       <c r="V193" s="4">
-        <v>4.99</v>
+        <v>5.9640000000000004</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>605</v>
+        <v>594</v>
       </c>
       <c r="X193" s="4">
-        <v>15524.44444444</v>
+        <v>0</v>
       </c>
       <c r="Y193" s="4">
-        <v>15524.444444000001</v>
+        <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>5.4310000000000001E-3</v>
+        <v>2.5230000000000001E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>606</v>
+        <v>595</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>607</v>
+        <v>596</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D194" s="4">
-        <v>2485165.6831999999</v>
+        <v>1747263.0120000001</v>
       </c>
       <c r="E194" s="5">
-        <v>49.384920000000001</v>
+        <v>103.08599</v>
       </c>
       <c r="F194" s="4">
-        <v>1227297.08451577</v>
+        <v>1810174.8766469201</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H194" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I194" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J194" s="5">
-        <v>49.384920000000001</v>
+        <v>103.08599</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M194" s="4">
-        <v>1227297.084515</v>
+        <v>1810174.876646</v>
       </c>
       <c r="N194" s="4">
-        <v>1227297.08451577</v>
+        <v>1810174.8766469201</v>
       </c>
       <c r="O194" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>608</v>
+        <v>587</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>606</v>
+        <v>595</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T194" s="4">
         <v>0.01</v>
       </c>
       <c r="U194" s="2">
-        <v>49515</v>
+        <v>57278</v>
       </c>
       <c r="V194" s="4">
-        <v>5</v>
+        <v>6.5807000000000002</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="X194" s="4">
-        <v>0</v>
+        <v>8991.5028229</v>
       </c>
       <c r="Y194" s="4">
-        <v>0</v>
+        <v>8991.5028220000004</v>
       </c>
       <c r="Z194" s="6">
-        <v>9.4200000000000002E-4</v>
+        <v>1.418E-3</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>610</v>
+        <v>598</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D195" s="4">
-        <v>6311616.4980730005</v>
+        <v>1759131.5091649999</v>
       </c>
       <c r="E195" s="5">
-        <v>93.275199999999998</v>
+        <v>103.28639</v>
       </c>
       <c r="F195" s="4">
-        <v>5891157.5667975796</v>
+        <v>1817850.1188223199</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H195" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I195" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J195" s="5">
-        <v>93.275199999999998</v>
+        <v>103.28639</v>
       </c>
       <c r="K195" s="5">
         <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M195" s="4">
-        <v>5891157.5667970004</v>
+        <v>1817850.118822</v>
       </c>
       <c r="N195" s="4">
-        <v>5891157.5667975796</v>
+        <v>1817850.1188223199</v>
       </c>
       <c r="O195" s="3" t="s">
-        <v>612</v>
+        <v>34</v>
       </c>
       <c r="P195" s="3" t="s">
-        <v>613</v>
+        <v>600</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R195" s="3" t="s">
-        <v>610</v>
+        <v>598</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T195" s="4">
         <v>0.01</v>
       </c>
       <c r="U195" s="2">
-        <v>53442</v>
+        <v>49820</v>
       </c>
       <c r="V195" s="4">
-        <v>4.5455100000000002</v>
+        <v>4.6387600000000004</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>614</v>
+        <v>601</v>
       </c>
       <c r="X195" s="4">
-        <v>3984.6549872400001</v>
+        <v>906.68765327000006</v>
       </c>
       <c r="Y195" s="4">
-        <v>3984.6549869999999</v>
+        <v>906.68765299999995</v>
       </c>
       <c r="Z195" s="6">
-        <v>4.5209999999999998E-3</v>
+        <v>1.4239999999999999E-3</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>615</v>
+        <v>602</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>616</v>
+        <v>603</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D196" s="4">
-        <v>1007773.7223359999</v>
+        <v>7633490.8441509996</v>
       </c>
       <c r="E196" s="5">
-        <v>76.090159999999997</v>
+        <v>18.059629999999999</v>
       </c>
       <c r="F196" s="4">
-        <v>766816.63776353002</v>
+        <v>1415509.3349101599</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H196" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I196" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J196" s="5">
-        <v>76.090159999999997</v>
+        <v>18.059629999999999</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M196" s="4">
-        <v>766816.63776299998</v>
+        <v>1415509.33491</v>
       </c>
       <c r="N196" s="4">
-        <v>766816.63776353002</v>
+        <v>1415509.3349101599</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>617</v>
+        <v>604</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>618</v>
+        <v>605</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>615</v>
+        <v>602</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T196" s="4">
         <v>0.01</v>
       </c>
       <c r="U196" s="2">
-        <v>50034</v>
+        <v>49943</v>
       </c>
       <c r="V196" s="4">
-        <v>4.0103099999999996</v>
+        <v>6.22</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>619</v>
+        <v>606</v>
       </c>
       <c r="X196" s="4">
-        <v>0</v>
+        <v>36929.132372699998</v>
       </c>
       <c r="Y196" s="4">
-        <v>0</v>
+        <v>36929.132372</v>
       </c>
       <c r="Z196" s="6">
-        <v>5.8799999999999998E-4</v>
+        <v>1.109E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>620</v>
+        <v>607</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>621</v>
+        <v>608</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D197" s="4">
-        <v>775084.07856199995</v>
+        <v>8346802.5386469997</v>
       </c>
       <c r="E197" s="5">
-        <v>77.286019999999994</v>
+        <v>9.3789300000000004</v>
       </c>
       <c r="F197" s="4">
-        <v>599031.63597395003</v>
+        <v>824584.05425617006</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H197" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I197" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J197" s="5">
-        <v>77.286019999999994</v>
+        <v>9.3789300000000004</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M197" s="4">
-        <v>599031.63597299997</v>
+        <v>824584.05425599997</v>
       </c>
       <c r="N197" s="4">
-        <v>599031.63597395003</v>
+        <v>824584.05425617006</v>
       </c>
       <c r="O197" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>618</v>
+        <v>605</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>620</v>
+        <v>607</v>
       </c>
       <c r="S197" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T197" s="4">
         <v>0.01</v>
       </c>
       <c r="U197" s="2">
         <v>50124</v>
       </c>
       <c r="V197" s="4">
-        <v>4.1112149999999996</v>
+        <v>6.43</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>622</v>
+        <v>609</v>
       </c>
       <c r="X197" s="4">
-        <v>0</v>
+        <v>41743.286918279999</v>
       </c>
       <c r="Y197" s="4">
-        <v>0</v>
+        <v>41743.286917999998</v>
       </c>
       <c r="Z197" s="6">
-        <v>4.5899999999999999E-4</v>
+        <v>6.4599999999999998E-4</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D198" s="4">
-        <v>8485464.3709999993</v>
+        <v>13916000</v>
       </c>
       <c r="E198" s="5">
-        <v>98.400779999999997</v>
+        <v>104.81146</v>
       </c>
       <c r="F198" s="4">
-        <v>8366734.0564280897</v>
+        <v>14644679.410511101</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H198" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I198" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J198" s="5">
-        <v>98.400779999999997</v>
+        <v>104.81146</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M198" s="4">
-        <v>8366734.0564280003</v>
+        <v>14644679.410511</v>
       </c>
       <c r="N198" s="4">
-        <v>8366734.0564280897</v>
+        <v>14644679.410511101</v>
       </c>
       <c r="O198" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T198" s="4">
         <v>0.01</v>
       </c>
       <c r="U198" s="2">
-        <v>51761</v>
+        <v>52998</v>
       </c>
       <c r="V198" s="4">
-        <v>4</v>
+        <v>5.6439120000000003</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>626</v>
+        <v>613</v>
       </c>
       <c r="X198" s="4">
-        <v>16970.928742</v>
+        <v>59116.636911109999</v>
       </c>
       <c r="Y198" s="4">
-        <v>16970.928742</v>
+        <v>59116.636911000001</v>
       </c>
       <c r="Z198" s="6">
-        <v>6.4219999999999998E-3</v>
+        <v>1.1475000000000001E-2</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>627</v>
+        <v>614</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>628</v>
+        <v>615</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D199" s="4">
-        <v>11393000</v>
+        <v>7000000</v>
       </c>
       <c r="E199" s="5">
-        <v>101.75094</v>
+        <v>100.80139</v>
       </c>
       <c r="F199" s="4">
-        <v>11592484.5942</v>
+        <v>7069681.1888888897</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H199" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I199" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J199" s="5">
-        <v>101.75094</v>
+        <v>100.80139</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M199" s="4">
-        <v>11592484.5942</v>
+        <v>7069681.1888880003</v>
       </c>
       <c r="N199" s="4">
-        <v>11592484.5942</v>
+        <v>7069681.1888888897</v>
       </c>
       <c r="O199" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P199" s="3" t="s">
-        <v>629</v>
+        <v>616</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>627</v>
+        <v>614</v>
       </c>
       <c r="S199" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T199" s="4">
         <v>0.01</v>
       </c>
       <c r="U199" s="2">
-        <v>51048</v>
+        <v>47164</v>
       </c>
       <c r="V199" s="4">
-        <v>5.9903880000000003</v>
+        <v>4.99</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>630</v>
+        <v>617</v>
       </c>
       <c r="X199" s="4">
-        <v>0</v>
+        <v>13583.88888889</v>
       </c>
       <c r="Y199" s="4">
-        <v>0</v>
+        <v>13583.888887999999</v>
       </c>
       <c r="Z199" s="6">
-        <v>8.8979999999999997E-3</v>
+        <v>5.5389999999999997E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>631</v>
+        <v>618</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>632</v>
+        <v>619</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D200" s="4">
-        <v>26996.309964</v>
+        <v>2475199.1639999999</v>
       </c>
       <c r="E200" s="5">
-        <v>99.487740000000002</v>
+        <v>49.221690000000002</v>
       </c>
       <c r="F200" s="4">
-        <v>26989.668646890001</v>
+        <v>1227960.63391334</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H200" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I200" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J200" s="5">
-        <v>99.487740000000002</v>
+        <v>49.221690000000002</v>
       </c>
       <c r="K200" s="5">
         <v>1</v>
       </c>
       <c r="L200" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M200" s="4">
-        <v>26989.668645999998</v>
+        <v>1227960.6339130001</v>
       </c>
       <c r="N200" s="4">
-        <v>26989.668646890001</v>
+        <v>1227960.63391334</v>
       </c>
       <c r="O200" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P200" s="3" t="s">
-        <v>633</v>
+        <v>620</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R200" s="3" t="s">
-        <v>631</v>
+        <v>618</v>
       </c>
       <c r="S200" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T200" s="4">
         <v>0.01</v>
       </c>
       <c r="U200" s="2">
-        <v>50097</v>
+        <v>49515</v>
       </c>
       <c r="V200" s="4">
-        <v>6.0537000000000001</v>
+        <v>5</v>
       </c>
       <c r="W200" s="3" t="s">
-        <v>634</v>
+        <v>621</v>
       </c>
       <c r="X200" s="4">
-        <v>131.64998019999999</v>
+        <v>9625.7745266700003</v>
       </c>
       <c r="Y200" s="4">
-        <v>131.64998</v>
+        <v>9625.7745259999992</v>
       </c>
       <c r="Z200" s="6">
-        <v>2.0000000000000002E-5</v>
+        <v>9.6199999999999996E-4</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>635</v>
+        <v>622</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>636</v>
+        <v>623</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D201" s="4">
-        <v>2909988.0935940002</v>
+        <v>6267351.2372909999</v>
       </c>
       <c r="E201" s="5">
-        <v>100.04859999999999</v>
+        <v>93.855320000000006</v>
       </c>
       <c r="F201" s="4">
-        <v>2916363.3343092902</v>
+        <v>5885382.3351240801</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H201" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I201" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J201" s="5">
-        <v>100.04859999999999</v>
+        <v>93.855320000000006</v>
       </c>
       <c r="K201" s="5">
         <v>1</v>
       </c>
       <c r="L201" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M201" s="4">
-        <v>2916363.3343090001</v>
+        <v>5885382.335124</v>
       </c>
       <c r="N201" s="4">
-        <v>2916363.3343092902</v>
+        <v>5885382.3351240801</v>
       </c>
       <c r="O201" s="3" t="s">
-        <v>34</v>
+        <v>624</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>637</v>
+        <v>625</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>635</v>
+        <v>622</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T201" s="4">
         <v>0.01</v>
       </c>
       <c r="U201" s="2">
-        <v>48141</v>
+        <v>53442</v>
       </c>
       <c r="V201" s="4">
-        <v>5.1144400000000001</v>
+        <v>4.5087599999999997</v>
       </c>
       <c r="W201" s="3" t="s">
-        <v>638</v>
+        <v>626</v>
       </c>
       <c r="X201" s="4">
-        <v>4960.9865018</v>
+        <v>3139.7758405200002</v>
       </c>
       <c r="Y201" s="4">
-        <v>4960.9865010000003</v>
+        <v>3139.7758399999998</v>
       </c>
       <c r="Z201" s="6">
-        <v>2.238E-3</v>
+        <v>4.6109999999999996E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>640</v>
+        <v>628</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D202" s="4">
-        <v>3645301.6418940001</v>
+        <v>1005933.316356</v>
       </c>
       <c r="E202" s="5">
-        <v>96.371560000000002</v>
+        <v>76.004279999999994</v>
       </c>
       <c r="F202" s="4">
-        <v>3515752.6388937598</v>
+        <v>767640.74390055996</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H202" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I202" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J202" s="5">
-        <v>96.371560000000002</v>
+        <v>76.004279999999994</v>
       </c>
       <c r="K202" s="5">
         <v>1</v>
       </c>
       <c r="L202" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M202" s="4">
-        <v>3515752.6388929999</v>
+        <v>767640.7439</v>
       </c>
       <c r="N202" s="4">
-        <v>3515752.6388937598</v>
+        <v>767640.74390055996</v>
       </c>
       <c r="O202" s="3" t="s">
-        <v>34</v>
+        <v>629</v>
       </c>
       <c r="P202" s="3" t="s">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T202" s="4">
         <v>0.01</v>
       </c>
       <c r="U202" s="2">
-        <v>52075</v>
+        <v>50034</v>
       </c>
       <c r="V202" s="4">
-        <v>5.3695899999999996</v>
+        <v>3.9473410000000002</v>
       </c>
       <c r="W202" s="3" t="s">
-        <v>642</v>
+        <v>631</v>
       </c>
       <c r="X202" s="4">
-        <v>2718.5798949</v>
+        <v>3088.36952432</v>
       </c>
       <c r="Y202" s="4">
-        <v>2718.579894</v>
+        <v>3088.3695240000002</v>
       </c>
       <c r="Z202" s="6">
-        <v>2.6979999999999999E-3</v>
+        <v>6.0099999999999997E-4</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>643</v>
+        <v>632</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>644</v>
+        <v>633</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D203" s="4">
-        <v>4584282.4190800004</v>
+        <v>770958.13425999996</v>
       </c>
       <c r="E203" s="5">
-        <v>98.015870000000007</v>
+        <v>77.14434</v>
       </c>
       <c r="F203" s="4">
-        <v>4516653.9769654796</v>
+        <v>597176.57600392005</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H203" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I203" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J203" s="5">
-        <v>98.015870000000007</v>
+        <v>77.14434</v>
       </c>
       <c r="K203" s="5">
         <v>1</v>
       </c>
       <c r="L203" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M203" s="4">
-        <v>4516653.9769649999</v>
+        <v>597176.57600300002</v>
       </c>
       <c r="N203" s="4">
-        <v>4516653.9769654796</v>
+        <v>597176.57600392005</v>
       </c>
       <c r="O203" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>643</v>
+        <v>632</v>
       </c>
       <c r="S203" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T203" s="4">
         <v>0.01</v>
       </c>
       <c r="U203" s="2">
-        <v>50766</v>
+        <v>50124</v>
       </c>
       <c r="V203" s="4">
-        <v>5.5517000000000003</v>
+        <v>4.04582</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>645</v>
+        <v>634</v>
       </c>
       <c r="X203" s="4">
-        <v>23329.68064717</v>
+        <v>2426.01165236</v>
       </c>
       <c r="Y203" s="4">
-        <v>23329.680647000001</v>
+        <v>2426.0116520000001</v>
       </c>
       <c r="Z203" s="6">
-        <v>3.4659999999999999E-3</v>
+        <v>4.6700000000000002E-4</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>646</v>
+        <v>635</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>647</v>
+        <v>636</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D204" s="4">
-        <v>11586833.4099</v>
+        <v>8485464.3709999993</v>
       </c>
       <c r="E204" s="5">
-        <v>83.303830000000005</v>
+        <v>98.509150000000005</v>
       </c>
       <c r="F204" s="4">
-        <v>9709648.8876940403</v>
+        <v>8374044.0954178404</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H204" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I204" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J204" s="5">
-        <v>83.303830000000005</v>
+        <v>98.509150000000005</v>
       </c>
       <c r="K204" s="5">
         <v>1</v>
       </c>
       <c r="L204" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M204" s="4">
-        <v>9709648.8876939993</v>
+        <v>8374044.0954170004</v>
       </c>
       <c r="N204" s="4">
-        <v>9709648.8876940403</v>
+        <v>8374044.0954178404</v>
       </c>
       <c r="O204" s="3" t="s">
-        <v>648</v>
+        <v>34</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="Q204" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>646</v>
+        <v>635</v>
       </c>
       <c r="S204" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T204" s="4">
         <v>0.01</v>
       </c>
       <c r="U204" s="2">
-        <v>51952</v>
+        <v>51761</v>
       </c>
       <c r="V204" s="4">
-        <v>5.4016999999999999</v>
+        <v>4</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>649</v>
+        <v>638</v>
       </c>
       <c r="X204" s="4">
-        <v>57372.881527739999</v>
+        <v>15085.26999289</v>
       </c>
       <c r="Y204" s="4">
-        <v>57372.881526999998</v>
+        <v>15085.269992</v>
       </c>
       <c r="Z204" s="6">
-        <v>7.4520000000000003E-3</v>
+        <v>6.5620000000000001E-3</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>650</v>
+        <v>639</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>651</v>
+        <v>640</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D205" s="4">
-        <v>3338752.01</v>
+        <v>11393000</v>
       </c>
       <c r="E205" s="5">
-        <v>95.28</v>
+        <v>101.81976</v>
       </c>
       <c r="F205" s="4">
-        <v>3191802.4048665301</v>
+        <v>11652337.5298166</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H205" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I205" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J205" s="5">
-        <v>95.28</v>
+        <v>101.81976</v>
       </c>
       <c r="K205" s="5">
         <v>1</v>
       </c>
       <c r="L205" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M205" s="4">
-        <v>3191802.4048660002</v>
+        <v>11652337.529816</v>
       </c>
       <c r="N205" s="4">
-        <v>3191802.4048665301</v>
+        <v>11652337.5298166</v>
       </c>
       <c r="O205" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P205" s="3" t="s">
-        <v>652</v>
+        <v>641</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R205" s="3" t="s">
-        <v>650</v>
+        <v>639</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T205" s="4">
         <v>0.01</v>
       </c>
       <c r="U205" s="2">
-        <v>51241</v>
+        <v>51048</v>
       </c>
       <c r="V205" s="4">
-        <v>7.17</v>
+        <v>5.9903880000000003</v>
       </c>
       <c r="W205" s="3" t="s">
-        <v>653</v>
+        <v>642</v>
       </c>
       <c r="X205" s="4">
-        <v>10639.489738529999</v>
+        <v>52012.273016669998</v>
       </c>
       <c r="Y205" s="4">
-        <v>10639.489738</v>
+        <v>52012.273015999999</v>
       </c>
       <c r="Z205" s="6">
-        <v>2.4489999999999998E-3</v>
+        <v>9.1299999999999992E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>655</v>
+        <v>644</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D206" s="4">
-        <v>2129160.7732500001</v>
+        <v>26996.309964</v>
       </c>
       <c r="E206" s="5">
-        <v>92.249510000000001</v>
+        <v>99.537030000000001</v>
       </c>
       <c r="F206" s="4">
-        <v>1965502.3069954501</v>
+        <v>26993.895819090001</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H206" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I206" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J206" s="5">
-        <v>92.249510000000001</v>
+        <v>99.537030000000001</v>
       </c>
       <c r="K206" s="5">
         <v>1</v>
       </c>
       <c r="L206" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M206" s="4">
-        <v>1965502.306995</v>
+        <v>26993.895819000001</v>
       </c>
       <c r="N206" s="4">
-        <v>1965502.3069954501</v>
+        <v>26993.895819090001</v>
       </c>
       <c r="O206" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>656</v>
+        <v>645</v>
       </c>
       <c r="Q206" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R206" s="3" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="S206" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T206" s="4">
         <v>0.01</v>
       </c>
       <c r="U206" s="2">
-        <v>50124</v>
+        <v>50097</v>
       </c>
       <c r="V206" s="4">
-        <v>4.6055099999999998</v>
+        <v>6.0537000000000001</v>
       </c>
       <c r="W206" s="3" t="s">
-        <v>657</v>
+        <v>646</v>
       </c>
       <c r="X206" s="4">
-        <v>1361.9265601100001</v>
+        <v>122.57067121999999</v>
       </c>
       <c r="Y206" s="4">
-        <v>1361.9265600000001</v>
+        <v>122.570671</v>
       </c>
       <c r="Z206" s="6">
-        <v>1.508E-3</v>
+        <v>2.0999999999999999E-5</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>658</v>
+        <v>647</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>659</v>
+        <v>648</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D207" s="4">
-        <v>3868474.7140649999</v>
+        <v>2909988.0935940002</v>
       </c>
       <c r="E207" s="5">
-        <v>100.40000999999999</v>
+        <v>100.0352</v>
       </c>
       <c r="F207" s="4">
-        <v>3883948.9997687298</v>
+        <v>2927549.0310756098</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H207" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I207" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J207" s="5">
-        <v>100.40000999999999</v>
+        <v>100.0352</v>
       </c>
       <c r="K207" s="5">
         <v>1</v>
       </c>
       <c r="L207" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M207" s="4">
-        <v>3883948.9997680001</v>
+        <v>2927549.0310749998</v>
       </c>
       <c r="N207" s="4">
-        <v>3883948.9997687298</v>
+        <v>2927549.0310756098</v>
       </c>
       <c r="O207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>658</v>
+        <v>647</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T207" s="4">
         <v>0.01</v>
       </c>
       <c r="U207" s="2">
-        <v>50338</v>
+        <v>48141</v>
       </c>
       <c r="V207" s="4">
-        <v>5.5211880000000004</v>
+        <v>5.1144400000000001</v>
       </c>
       <c r="W207" s="3" t="s">
-        <v>660</v>
+        <v>650</v>
       </c>
       <c r="X207" s="4">
-        <v>0</v>
+        <v>16536.62167267</v>
       </c>
       <c r="Y207" s="4">
-        <v>0</v>
+        <v>16536.621672000001</v>
       </c>
       <c r="Z207" s="6">
-        <v>2.9810000000000001E-3</v>
+        <v>2.294E-3</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>661</v>
+        <v>651</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D208" s="4">
-        <v>664097.02740699996</v>
+        <v>3645301.6418940001</v>
       </c>
       <c r="E208" s="5">
-        <v>98.838790000000003</v>
+        <v>96.467280000000002</v>
       </c>
       <c r="F208" s="4">
-        <v>656810.25874611002</v>
+        <v>3534465.9690368399</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H208" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I208" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J208" s="5">
-        <v>98.838790000000003</v>
+        <v>96.467280000000002</v>
       </c>
       <c r="K208" s="5">
         <v>1</v>
       </c>
       <c r="L208" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M208" s="4">
-        <v>656810.25874600001</v>
+        <v>3534465.9690359998</v>
       </c>
       <c r="N208" s="4">
-        <v>656810.25874611002</v>
+        <v>3534465.9690368399</v>
       </c>
       <c r="O208" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P208" s="3" t="s">
-        <v>663</v>
+        <v>653</v>
       </c>
       <c r="Q208" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R208" s="3" t="s">
-        <v>661</v>
+        <v>651</v>
       </c>
       <c r="S208" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T208" s="4">
         <v>0.01</v>
       </c>
       <c r="U208" s="2">
-        <v>50277</v>
+        <v>52075</v>
       </c>
       <c r="V208" s="4">
-        <v>4.6055099999999998</v>
+        <v>5.3695899999999996</v>
       </c>
       <c r="W208" s="3" t="s">
-        <v>664</v>
+        <v>654</v>
       </c>
       <c r="X208" s="4">
-        <v>424.79243065000003</v>
+        <v>17942.627306359998</v>
       </c>
       <c r="Y208" s="4">
-        <v>424.79243000000002</v>
+        <v>17942.627305999998</v>
       </c>
       <c r="Z208" s="6">
-        <v>5.04E-4</v>
+        <v>2.7690000000000002E-3</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>665</v>
+        <v>655</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D209" s="4">
-        <v>14600000</v>
+        <v>4584282.4190800004</v>
       </c>
       <c r="E209" s="5">
-        <v>89.842619999999997</v>
+        <v>98.123459999999994</v>
       </c>
       <c r="F209" s="4">
-        <v>13117022.52</v>
+        <v>4541381.0869692899</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H209" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I209" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J209" s="5">
-        <v>89.842619999999997</v>
+        <v>98.123459999999994</v>
       </c>
       <c r="K209" s="5">
         <v>1</v>
       </c>
       <c r="L209" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M209" s="4">
-        <v>13117022.52</v>
+        <v>4541381.0869690003</v>
       </c>
       <c r="N209" s="4">
-        <v>13117022.52</v>
+        <v>4541381.0869692899</v>
       </c>
       <c r="O209" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P209" s="3" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="Q209" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R209" s="3" t="s">
-        <v>665</v>
+        <v>655</v>
       </c>
       <c r="S209" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T209" s="4">
         <v>0.01</v>
       </c>
       <c r="U209" s="2">
-        <v>51178</v>
+        <v>50766</v>
       </c>
       <c r="V209" s="4">
-        <v>2.694</v>
+        <v>5.5517000000000003</v>
       </c>
       <c r="W209" s="3" t="s">
-        <v>668</v>
+        <v>657</v>
       </c>
       <c r="X209" s="4">
-        <v>0</v>
+        <v>43124.56119629</v>
       </c>
       <c r="Y209" s="4">
-        <v>0</v>
+        <v>43124.561196000002</v>
       </c>
       <c r="Z209" s="6">
-        <v>1.0068000000000001E-2</v>
+        <v>3.558E-3</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>669</v>
+        <v>658</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>670</v>
+        <v>659</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D210" s="4">
-        <v>3485180.1916999999</v>
+        <v>11586833.4099</v>
       </c>
       <c r="E210" s="5">
-        <v>5.4095199999999997</v>
+        <v>83.354399999999998</v>
       </c>
       <c r="F210" s="4">
-        <v>190673.70003246001</v>
+        <v>9764188.3700396195</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H210" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I210" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J210" s="5">
-        <v>5.4095199999999997</v>
+        <v>83.354399999999998</v>
       </c>
       <c r="K210" s="5">
         <v>1</v>
       </c>
       <c r="L210" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M210" s="4">
-        <v>190673.70003199999</v>
+        <v>9764188.3700389992</v>
       </c>
       <c r="N210" s="4">
-        <v>190673.70003246001</v>
+        <v>9764188.3700396195</v>
       </c>
       <c r="O210" s="3" t="s">
-        <v>34</v>
+        <v>660</v>
       </c>
       <c r="P210" s="3" t="s">
-        <v>671</v>
+        <v>653</v>
       </c>
       <c r="Q210" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R210" s="3" t="s">
-        <v>669</v>
+        <v>658</v>
       </c>
       <c r="S210" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T210" s="4">
         <v>0.01</v>
       </c>
       <c r="U210" s="2">
-        <v>49759</v>
+        <v>51952</v>
       </c>
       <c r="V210" s="4">
-        <v>4.4255100000000001</v>
+        <v>5.4016999999999999</v>
       </c>
       <c r="W210" s="3" t="s">
-        <v>672</v>
+        <v>661</v>
       </c>
       <c r="X210" s="4">
-        <v>2142.1805264099999</v>
+        <v>106052.90221794001</v>
       </c>
       <c r="Y210" s="4">
-        <v>2142.1805260000001</v>
+        <v>106052.902217</v>
       </c>
       <c r="Z210" s="6">
-        <v>1.46E-4</v>
+        <v>7.6509999999999998E-3</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D211" s="4">
-        <v>85701.962</v>
+        <v>3325063.5989999999</v>
       </c>
       <c r="E211" s="5">
-        <v>93.409769999999995</v>
+        <v>95.231589999999997</v>
       </c>
       <c r="F211" s="4">
-        <v>80054.005589690001</v>
+        <v>3175782.3195074699</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H211" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I211" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J211" s="5">
-        <v>93.409769999999995</v>
+        <v>95.231589999999997</v>
       </c>
       <c r="K211" s="5">
         <v>1</v>
       </c>
       <c r="L211" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M211" s="4">
-        <v>80054.005588999993</v>
+        <v>3175782.319507</v>
       </c>
       <c r="N211" s="4">
-        <v>80054.005589690001</v>
+        <v>3175782.3195074699</v>
       </c>
       <c r="O211" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P211" s="3" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R211" s="3" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="S211" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T211" s="4">
         <v>0.01</v>
       </c>
       <c r="U211" s="2">
-        <v>49001</v>
+        <v>51241</v>
       </c>
       <c r="V211" s="4">
-        <v>4.3555099999999998</v>
+        <v>7.17</v>
       </c>
       <c r="W211" s="3" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="X211" s="4">
-        <v>0</v>
+        <v>9271.3856685400006</v>
       </c>
       <c r="Y211" s="4">
-        <v>0</v>
+        <v>9271.3856680000008</v>
       </c>
       <c r="Z211" s="6">
-        <v>6.0999999999999999E-5</v>
+        <v>2.4880000000000002E-3</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D212" s="4">
-        <v>1029941.3352</v>
+        <v>2111575.5517500001</v>
       </c>
       <c r="E212" s="5">
-        <v>98.067790000000002</v>
+        <v>92.232479999999995</v>
       </c>
       <c r="F212" s="4">
-        <v>1010842.55940128</v>
+        <v>1948630.4186658</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H212" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I212" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J212" s="5">
-        <v>98.067790000000002</v>
+        <v>92.232479999999995</v>
       </c>
       <c r="K212" s="5">
         <v>1</v>
       </c>
       <c r="L212" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M212" s="4">
-        <v>1010842.559401</v>
+        <v>1948630.418665</v>
       </c>
       <c r="N212" s="4">
-        <v>1010842.55940128</v>
+        <v>1948630.4186658</v>
       </c>
       <c r="O212" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P212" s="3" t="s">
-        <v>679</v>
+        <v>668</v>
       </c>
       <c r="Q212" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R212" s="3" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="S212" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T212" s="4">
         <v>0.01</v>
       </c>
       <c r="U212" s="2">
-        <v>58039</v>
+        <v>50124</v>
       </c>
       <c r="V212" s="4">
-        <v>7.1055099999999998</v>
+        <v>4.5687600000000002</v>
       </c>
       <c r="W212" s="3" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="X212" s="4">
-        <v>801.85367414999996</v>
+        <v>1071.9202130900001</v>
       </c>
       <c r="Y212" s="4">
-        <v>801.85367399999996</v>
+        <v>1071.9202130000001</v>
       </c>
       <c r="Z212" s="6">
-        <v>7.7499999999999997E-4</v>
+        <v>1.526E-3</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>681</v>
+        <v>670</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>682</v>
+        <v>671</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D213" s="4">
-        <v>1135765.091331</v>
+        <v>3731451.0801749998</v>
       </c>
       <c r="E213" s="5">
-        <v>100.10469999999999</v>
+        <v>100.08682</v>
       </c>
       <c r="F213" s="4">
-        <v>1139214.1575211301</v>
+        <v>3751038.62779073</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H213" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I213" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J213" s="5">
-        <v>100.10469999999999</v>
+        <v>100.08682</v>
       </c>
       <c r="K213" s="5">
         <v>1</v>
       </c>
       <c r="L213" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M213" s="4">
-        <v>1139214.1575209999</v>
+        <v>3751038.6277899998</v>
       </c>
       <c r="N213" s="4">
-        <v>1139214.1575211301</v>
+        <v>3751038.62779073</v>
       </c>
       <c r="O213" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>683</v>
+        <v>668</v>
       </c>
       <c r="Q213" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>681</v>
+        <v>670</v>
       </c>
       <c r="S213" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T213" s="4">
         <v>0.01</v>
       </c>
       <c r="U213" s="2">
-        <v>48689</v>
+        <v>50338</v>
       </c>
       <c r="V213" s="4">
-        <v>5.0999600000000003</v>
+        <v>5.4950400000000004</v>
       </c>
       <c r="W213" s="3" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="X213" s="4">
-        <v>2259.9201395099999</v>
+        <v>16347.90178792</v>
       </c>
       <c r="Y213" s="4">
-        <v>2259.9201389999998</v>
+        <v>16347.901787000001</v>
       </c>
       <c r="Z213" s="6">
-        <v>8.7399999999999999E-4</v>
+        <v>2.9390000000000002E-3</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>686</v>
+        <v>674</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D214" s="4">
-        <v>1599879.8354420001</v>
+        <v>662327.45844199997</v>
       </c>
       <c r="E214" s="5">
-        <v>40.037779999999998</v>
+        <v>99.212969999999999</v>
       </c>
       <c r="F214" s="4">
-        <v>640556.36877856997</v>
+        <v>657450.96655708004</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H214" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I214" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J214" s="5">
-        <v>40.037779999999998</v>
+        <v>99.212969999999999</v>
       </c>
       <c r="K214" s="5">
         <v>1</v>
       </c>
       <c r="L214" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M214" s="4">
-        <v>640556.368778</v>
+        <v>657450.96655699995</v>
       </c>
       <c r="N214" s="4">
-        <v>640556.36877856997</v>
+        <v>657450.96655708004</v>
       </c>
       <c r="O214" s="3" t="s">
-        <v>687</v>
+        <v>34</v>
       </c>
       <c r="P214" s="3" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
       <c r="Q214" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R214" s="3" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="S214" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T214" s="4">
         <v>0.01</v>
       </c>
       <c r="U214" s="2">
-        <v>49730</v>
+        <v>50277</v>
       </c>
       <c r="V214" s="4">
-        <v>6.5</v>
+        <v>4.5687600000000002</v>
       </c>
       <c r="W214" s="3" t="s">
-        <v>689</v>
+        <v>676</v>
       </c>
       <c r="X214" s="4">
-        <v>0</v>
+        <v>336.22391099999999</v>
       </c>
       <c r="Y214" s="4">
-        <v>0</v>
+        <v>336.22391099999999</v>
       </c>
       <c r="Z214" s="6">
-        <v>4.9100000000000001E-4</v>
+        <v>5.1500000000000005E-4</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>690</v>
+        <v>677</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>691</v>
+        <v>678</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D215" s="4">
-        <v>4000000</v>
+        <v>14600000</v>
       </c>
       <c r="E215" s="5">
-        <v>100.11839999999999</v>
+        <v>90.291049999999998</v>
       </c>
       <c r="F215" s="4">
-        <v>4016422.22</v>
+        <v>13213085.166666601</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H215" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I215" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J215" s="5">
-        <v>100.11839999999999</v>
+        <v>90.291049999999998</v>
       </c>
       <c r="K215" s="5">
         <v>1</v>
       </c>
       <c r="L215" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M215" s="4">
-        <v>4016422.22</v>
+        <v>13213085.166665999</v>
       </c>
       <c r="N215" s="4">
-        <v>4016422.22</v>
+        <v>13213085.166666601</v>
       </c>
       <c r="O215" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P215" s="3" t="s">
-        <v>692</v>
+        <v>679</v>
       </c>
       <c r="Q215" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R215" s="3" t="s">
-        <v>690</v>
+        <v>677</v>
       </c>
       <c r="S215" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T215" s="4">
         <v>0.01</v>
       </c>
       <c r="U215" s="2">
-        <v>47768</v>
+        <v>51178</v>
       </c>
       <c r="V215" s="4">
-        <v>5.8431100000000002</v>
+        <v>2.694</v>
       </c>
       <c r="W215" s="3" t="s">
-        <v>693</v>
+        <v>680</v>
       </c>
       <c r="X215" s="4">
-        <v>11686.22</v>
+        <v>30591.866666670001</v>
       </c>
       <c r="Y215" s="4">
-        <v>11686.22</v>
+        <v>30591.866666000002</v>
       </c>
       <c r="Z215" s="6">
-        <v>3.0820000000000001E-3</v>
+        <v>1.0352999999999999E-2</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>694</v>
+        <v>681</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D216" s="4">
-        <v>493619.65744099999</v>
+        <v>3481919.2364719999</v>
       </c>
       <c r="E216" s="5">
-        <v>100.03959999999999</v>
+        <v>5.3710800000000001</v>
       </c>
       <c r="F216" s="4">
-        <v>495047.32272499002</v>
+        <v>188714.59082277</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H216" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I216" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J216" s="5">
-        <v>100.03959999999999</v>
+        <v>5.3710800000000001</v>
       </c>
       <c r="K216" s="5">
         <v>1</v>
       </c>
       <c r="L216" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M216" s="4">
-        <v>495047.32272400003</v>
+        <v>188714.590822</v>
       </c>
       <c r="N216" s="4">
-        <v>495047.32272499002</v>
+        <v>188714.59082277</v>
       </c>
       <c r="O216" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P216" s="3" t="s">
-        <v>692</v>
+        <v>683</v>
       </c>
       <c r="Q216" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R216" s="3" t="s">
-        <v>694</v>
+        <v>681</v>
       </c>
       <c r="S216" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T216" s="4">
         <v>0.01</v>
       </c>
       <c r="U216" s="2">
-        <v>48044</v>
+        <v>49759</v>
       </c>
       <c r="V216" s="4">
-        <v>5.2861500000000001</v>
+        <v>4.3887600000000004</v>
       </c>
       <c r="W216" s="3" t="s">
-        <v>696</v>
+        <v>684</v>
       </c>
       <c r="X216" s="4">
-        <v>1232.19189964</v>
+        <v>1697.92309647</v>
       </c>
       <c r="Y216" s="4">
-        <v>1232.1918989999999</v>
+        <v>1697.923096</v>
       </c>
       <c r="Z216" s="6">
-        <v>3.79E-4</v>
+        <v>1.47E-4</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D217" s="4">
-        <v>1441858.77308</v>
+        <v>84047.449200000003</v>
       </c>
       <c r="E217" s="5">
-        <v>99.999700000000004</v>
+        <v>93.412790000000001</v>
       </c>
       <c r="F217" s="4">
-        <v>1445582.73382617</v>
+        <v>78511.067221549994</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H217" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I217" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J217" s="5">
-        <v>99.999700000000004</v>
+        <v>93.412790000000001</v>
       </c>
       <c r="K217" s="5">
         <v>1</v>
       </c>
       <c r="L217" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M217" s="4">
-        <v>1445582.733826</v>
+        <v>78511.067221000005</v>
       </c>
       <c r="N217" s="4">
-        <v>1445582.73382617</v>
+        <v>78511.067221549994</v>
       </c>
       <c r="O217" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P217" s="3" t="s">
-        <v>699</v>
+        <v>687</v>
       </c>
       <c r="Q217" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R217" s="3" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
       <c r="S217" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T217" s="4">
         <v>0.01</v>
       </c>
       <c r="U217" s="2">
-        <v>48683</v>
+        <v>49001</v>
       </c>
       <c r="V217" s="4">
-        <v>5.1715</v>
+        <v>4.2978399999999999</v>
       </c>
       <c r="W217" s="3" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="X217" s="4">
-        <v>3728.2863224900002</v>
+        <v>0</v>
       </c>
       <c r="Y217" s="4">
-        <v>3728.2863219999999</v>
+        <v>0</v>
       </c>
       <c r="Z217" s="6">
-        <v>1.109E-3</v>
+        <v>6.0999999999999999E-5</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D218" s="4">
-        <v>7625000</v>
+        <v>1019284.6608</v>
       </c>
       <c r="E218" s="5">
-        <v>13.125</v>
+        <v>98.476569999999995</v>
       </c>
       <c r="F218" s="4">
-        <v>1006372.39138889</v>
+        <v>1004387.25600838</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H218" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I218" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J218" s="5">
-        <v>13.125</v>
+        <v>98.476569999999995</v>
       </c>
       <c r="K218" s="5">
         <v>1</v>
       </c>
       <c r="L218" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M218" s="4">
-        <v>1006372.391388</v>
+        <v>1004387.256008</v>
       </c>
       <c r="N218" s="4">
-        <v>1006372.39138889</v>
+        <v>1004387.25600838</v>
       </c>
       <c r="O218" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="S218" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T218" s="4">
         <v>0.01</v>
       </c>
       <c r="U218" s="2">
-        <v>50489</v>
+        <v>58039</v>
       </c>
       <c r="V218" s="4">
-        <v>5.33467</v>
+        <v>7.0687600000000002</v>
       </c>
       <c r="W218" s="3" t="s">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c r="X218" s="4">
-        <v>5591.1413888899997</v>
+        <v>630.68351641000004</v>
       </c>
       <c r="Y218" s="4">
-        <v>5591.141388</v>
+        <v>630.68351600000005</v>
       </c>
       <c r="Z218" s="6">
-        <v>7.7200000000000001E-4</v>
+        <v>7.8700000000000005E-4</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>705</v>
+        <v>693</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>706</v>
+        <v>694</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D219" s="4">
-        <v>2828163.21667</v>
+        <v>1135765.091331</v>
       </c>
       <c r="E219" s="5">
-        <v>98.341239999999999</v>
+        <v>100.0839</v>
       </c>
       <c r="F219" s="4">
-        <v>2782977.3347888999</v>
+        <v>1144730.4423736001</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H219" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I219" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J219" s="5">
-        <v>98.341239999999999</v>
+        <v>100.0839</v>
       </c>
       <c r="K219" s="5">
         <v>1</v>
       </c>
       <c r="L219" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M219" s="4">
-        <v>2782977.3347880002</v>
+        <v>1144730.4423730001</v>
       </c>
       <c r="N219" s="4">
-        <v>2782977.3347888999</v>
+        <v>1144730.4423736001</v>
       </c>
       <c r="O219" s="3" t="s">
-        <v>707</v>
+        <v>34</v>
       </c>
       <c r="P219" s="3" t="s">
-        <v>708</v>
+        <v>695</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>705</v>
+        <v>693</v>
       </c>
       <c r="S219" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T219" s="4">
         <v>0.01</v>
       </c>
       <c r="U219" s="2">
-        <v>48604</v>
+        <v>48689</v>
       </c>
       <c r="V219" s="4">
-        <v>4.3955099999999998</v>
+        <v>5.0999600000000003</v>
       </c>
       <c r="W219" s="3" t="s">
-        <v>709</v>
+        <v>696</v>
       </c>
       <c r="X219" s="4">
-        <v>1726.55829174</v>
+        <v>8012.4441309800004</v>
       </c>
       <c r="Y219" s="4">
-        <v>1726.5582910000001</v>
+        <v>8012.4441299999999</v>
       </c>
       <c r="Z219" s="6">
-        <v>2.1359999999999999E-3</v>
+        <v>8.9700000000000001E-4</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>710</v>
+        <v>697</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>711</v>
+        <v>698</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D220" s="4">
-        <v>964103.914689</v>
+        <v>1599489.7404430001</v>
       </c>
       <c r="E220" s="5">
-        <v>99.238259999999997</v>
+        <v>39.927190000000003</v>
       </c>
       <c r="F220" s="4">
-        <v>957359.23518358998</v>
+        <v>646717.61694058997</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H220" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I220" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J220" s="5">
-        <v>99.238259999999997</v>
+        <v>39.927190000000003</v>
       </c>
       <c r="K220" s="5">
         <v>1</v>
       </c>
       <c r="L220" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M220" s="4">
-        <v>957359.23518299998</v>
+        <v>646717.61693999998</v>
       </c>
       <c r="N220" s="4">
-        <v>957359.23518358998</v>
+        <v>646717.61694058997</v>
       </c>
       <c r="O220" s="3" t="s">
-        <v>712</v>
+        <v>699</v>
       </c>
       <c r="P220" s="3" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>710</v>
+        <v>697</v>
       </c>
       <c r="S220" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T220" s="4">
         <v>0.01</v>
       </c>
       <c r="U220" s="2">
-        <v>48755</v>
+        <v>49730</v>
       </c>
       <c r="V220" s="4">
-        <v>4.4755099999999999</v>
+        <v>6.5</v>
       </c>
       <c r="W220" s="3" t="s">
-        <v>713</v>
+        <v>701</v>
       </c>
       <c r="X220" s="4">
-        <v>599.28565433999995</v>
+        <v>8086.3092433499996</v>
       </c>
       <c r="Y220" s="4">
-        <v>599.28565400000002</v>
+        <v>8086.3092429999997</v>
       </c>
       <c r="Z220" s="6">
-        <v>7.3399999999999995E-4</v>
+        <v>5.0600000000000005E-4</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>714</v>
+        <v>702</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>715</v>
+        <v>703</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D221" s="4">
-        <v>3213950.0743499999</v>
+        <v>4000000</v>
       </c>
       <c r="E221" s="5">
-        <v>98.978160000000003</v>
+        <v>100.0959</v>
       </c>
       <c r="F221" s="4">
-        <v>3183097.5061735599</v>
+        <v>4033700.7844444402</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H221" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I221" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J221" s="5">
-        <v>98.978160000000003</v>
+        <v>100.0959</v>
       </c>
       <c r="K221" s="5">
         <v>1</v>
       </c>
       <c r="L221" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M221" s="4">
-        <v>3183097.5061730002</v>
+        <v>4033700.7844440001</v>
       </c>
       <c r="N221" s="4">
-        <v>3183097.5061735599</v>
+        <v>4033700.7844444402</v>
       </c>
       <c r="O221" s="3" t="s">
-        <v>716</v>
+        <v>34</v>
       </c>
       <c r="P221" s="3" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="Q221" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R221" s="3" t="s">
-        <v>714</v>
+        <v>702</v>
       </c>
       <c r="S221" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T221" s="4">
         <v>0.01</v>
       </c>
       <c r="U221" s="2">
-        <v>48663</v>
+        <v>47768</v>
       </c>
       <c r="V221" s="4">
-        <v>4.4555100000000003</v>
+        <v>5.8431100000000002</v>
       </c>
       <c r="W221" s="3" t="s">
-        <v>717</v>
+        <v>705</v>
       </c>
       <c r="X221" s="4">
-        <v>1988.8592633000001</v>
+        <v>29864.78444444</v>
       </c>
       <c r="Y221" s="4">
-        <v>1988.8592630000001</v>
+        <v>29864.784444000001</v>
       </c>
       <c r="Z221" s="6">
-        <v>2.4429999999999999E-3</v>
+        <v>3.16E-3</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>718</v>
+        <v>706</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>719</v>
+        <v>707</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D222" s="4">
-        <v>982098.83586600004</v>
+        <v>493619.65744099999</v>
       </c>
       <c r="E222" s="5">
-        <v>99.491280000000003</v>
+        <v>100.017</v>
       </c>
       <c r="F222" s="4">
-        <v>977704.98978357005</v>
+        <v>496965.25722298998</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H222" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I222" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J222" s="5">
-        <v>99.491280000000003</v>
+        <v>100.017</v>
       </c>
       <c r="K222" s="5">
         <v>1</v>
       </c>
       <c r="L222" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M222" s="4">
-        <v>977704.98978299997</v>
+        <v>496965.25722199999</v>
       </c>
       <c r="N222" s="4">
-        <v>977704.98978357005</v>
+        <v>496965.25722298998</v>
       </c>
       <c r="O222" s="3" t="s">
-        <v>720</v>
+        <v>34</v>
       </c>
       <c r="P222" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="Q222" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R222" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="S222" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T222" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U222" s="2">
+        <v>48044</v>
+      </c>
+      <c r="V222" s="4">
+        <v>5.2861500000000001</v>
+      </c>
+      <c r="W222" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="Q222" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X222" s="4">
-        <v>602.28711538000005</v>
+        <v>3261.6844402299998</v>
       </c>
       <c r="Y222" s="4">
-        <v>602.28711499999997</v>
+        <v>3261.68444</v>
       </c>
       <c r="Z222" s="6">
-        <v>7.5000000000000002E-4</v>
+        <v>3.8900000000000002E-4</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>722</v>
+        <v>709</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>723</v>
+        <v>710</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D223" s="4">
-        <v>7504150.9475379996</v>
+        <v>1441858.77308</v>
       </c>
       <c r="E223" s="5">
-        <v>98.844040000000007</v>
+        <v>99.997500000000002</v>
       </c>
       <c r="F223" s="4">
-        <v>7422002.7882442297</v>
+        <v>1451350.56943482</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H223" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I223" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J223" s="5">
-        <v>98.844040000000007</v>
+        <v>99.997500000000002</v>
       </c>
       <c r="K223" s="5">
         <v>1</v>
       </c>
       <c r="L223" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M223" s="4">
-        <v>7422002.7882439997</v>
+        <v>1451350.5694339999</v>
       </c>
       <c r="N223" s="4">
-        <v>7422002.7882442297</v>
+        <v>1451350.56943482</v>
       </c>
       <c r="O223" s="3" t="s">
-        <v>724</v>
+        <v>34</v>
       </c>
       <c r="P223" s="3" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="Q223" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R223" s="3" t="s">
-        <v>722</v>
+        <v>709</v>
       </c>
       <c r="S223" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T223" s="4">
         <v>0.01</v>
       </c>
       <c r="U223" s="2">
-        <v>48877</v>
+        <v>48683</v>
       </c>
       <c r="V223" s="4">
-        <v>4.4105100000000004</v>
+        <v>5.1715</v>
       </c>
       <c r="W223" s="3" t="s">
-        <v>725</v>
+        <v>712</v>
       </c>
       <c r="X223" s="4">
-        <v>4596.8239993899997</v>
+        <v>9527.8428241500005</v>
       </c>
       <c r="Y223" s="4">
-        <v>4596.8239990000002</v>
+        <v>9527.8428239999994</v>
       </c>
       <c r="Z223" s="6">
-        <v>5.6959999999999997E-3</v>
+        <v>1.137E-3</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>726</v>
+        <v>713</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>727</v>
+        <v>714</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D224" s="4">
-        <v>24944.444449999999</v>
+        <v>7625000</v>
       </c>
       <c r="E224" s="5">
-        <v>77.94</v>
+        <v>13.125</v>
       </c>
       <c r="F224" s="4">
-        <v>19450.3947854</v>
+        <v>1002983.53638889</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H224" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I224" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J224" s="5">
-        <v>77.94</v>
+        <v>13.125</v>
       </c>
       <c r="K224" s="5">
         <v>1</v>
       </c>
       <c r="L224" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M224" s="4">
-        <v>19450.394785</v>
+        <v>1002983.536388</v>
       </c>
       <c r="N224" s="4">
-        <v>19450.3947854</v>
+        <v>1002983.53638889</v>
       </c>
       <c r="O224" s="3" t="s">
-        <v>728</v>
+        <v>34</v>
       </c>
       <c r="P224" s="3" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="Q224" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R224" s="3" t="s">
-        <v>726</v>
+        <v>713</v>
       </c>
       <c r="S224" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T224" s="4">
         <v>0.01</v>
       </c>
       <c r="U224" s="2">
         <v>50489</v>
       </c>
       <c r="V224" s="4">
-        <v>7.6159999999999997</v>
+        <v>5.33467</v>
       </c>
       <c r="W224" s="3" t="s">
-        <v>729</v>
+        <v>716</v>
       </c>
       <c r="X224" s="4">
-        <v>8.6947810699999994</v>
+        <v>2202.2863888900001</v>
       </c>
       <c r="Y224" s="4">
-        <v>8.6947810000000008</v>
+        <v>2202.286388</v>
       </c>
       <c r="Z224" s="6">
-        <v>1.4E-5</v>
+        <v>7.85E-4</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>730</v>
+        <v>717</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>731</v>
+        <v>718</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D225" s="4">
-        <v>75000</v>
+        <v>2728431.34179</v>
       </c>
       <c r="E225" s="5">
-        <v>77.94</v>
+        <v>98.363190000000003</v>
       </c>
       <c r="F225" s="4">
-        <v>58534.30322917</v>
+        <v>2685093.5022328198</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H225" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I225" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J225" s="5">
-        <v>77.94</v>
+        <v>98.363190000000003</v>
       </c>
       <c r="K225" s="5">
         <v>1</v>
       </c>
       <c r="L225" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M225" s="4">
-        <v>58534.303228999997</v>
+        <v>2685093.5022320002</v>
       </c>
       <c r="N225" s="4">
-        <v>58534.30322917</v>
+        <v>2685093.5022328198</v>
       </c>
       <c r="O225" s="3" t="s">
-        <v>732</v>
+        <v>719</v>
       </c>
       <c r="P225" s="3" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R225" s="3" t="s">
-        <v>730</v>
+        <v>717</v>
       </c>
       <c r="S225" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T225" s="4">
         <v>0.01</v>
       </c>
       <c r="U225" s="2">
-        <v>50489</v>
+        <v>48604</v>
       </c>
       <c r="V225" s="4">
-        <v>7.6131099999999998</v>
+        <v>4.3587600000000002</v>
       </c>
       <c r="W225" s="3" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="X225" s="4">
-        <v>79.303229169999994</v>
+        <v>1321.39748837</v>
       </c>
       <c r="Y225" s="4">
-        <v>79.303229000000002</v>
+        <v>1321.3974880000001</v>
       </c>
       <c r="Z225" s="6">
-        <v>4.3999999999999999E-5</v>
+        <v>2.104E-3</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>734</v>
+        <v>722</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>735</v>
+        <v>723</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D226" s="4">
-        <v>8758010.6523000002</v>
+        <v>901406.37352400005</v>
       </c>
       <c r="E226" s="5">
-        <v>13.125</v>
+        <v>99.255240000000001</v>
       </c>
       <c r="F226" s="4">
-        <v>1158314.9122866101</v>
+        <v>895137.62903322</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H226" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I226" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J226" s="5">
-        <v>13.125</v>
+        <v>99.255240000000001</v>
       </c>
       <c r="K226" s="5">
         <v>1</v>
       </c>
       <c r="L226" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M226" s="4">
-        <v>1158314.9122860001</v>
+        <v>895137.62903299998</v>
       </c>
       <c r="N226" s="4">
-        <v>1158314.9122866101</v>
+        <v>895137.62903322</v>
       </c>
       <c r="O226" s="3" t="s">
-        <v>34</v>
+        <v>724</v>
       </c>
       <c r="P226" s="3" t="s">
-        <v>736</v>
+        <v>720</v>
       </c>
       <c r="Q226" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R226" s="3" t="s">
-        <v>734</v>
+        <v>722</v>
       </c>
       <c r="S226" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T226" s="4">
         <v>0.01</v>
       </c>
       <c r="U226" s="2">
-        <v>50495</v>
+        <v>48755</v>
       </c>
       <c r="V226" s="4">
-        <v>5.2919999999999998</v>
+        <v>4.4387600000000003</v>
       </c>
       <c r="W226" s="3" t="s">
-        <v>737</v>
+        <v>725</v>
       </c>
       <c r="X226" s="4">
-        <v>8826.0141722299995</v>
+        <v>444.56961717000001</v>
       </c>
       <c r="Y226" s="4">
-        <v>8826.0141719999992</v>
+        <v>444.56961699999999</v>
       </c>
       <c r="Z226" s="6">
-        <v>8.8900000000000003E-4</v>
+        <v>7.0100000000000002E-4</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
-        <v>738</v>
+        <v>726</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>739</v>
+        <v>727</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D227" s="4">
-        <v>3606153.7254340001</v>
+        <v>3059663.8361999998</v>
       </c>
       <c r="E227" s="5">
-        <v>91.655959999999993</v>
+        <v>98.995490000000004</v>
       </c>
       <c r="F227" s="4">
-        <v>3308828.9151479499</v>
+        <v>3030431.42035153</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H227" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I227" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J227" s="5">
-        <v>91.655959999999993</v>
+        <v>98.995490000000004</v>
       </c>
       <c r="K227" s="5">
         <v>1</v>
       </c>
       <c r="L227" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M227" s="4">
-        <v>3308828.915147</v>
+        <v>3030431.420351</v>
       </c>
       <c r="N227" s="4">
-        <v>3308828.9151479499</v>
+        <v>3030431.42035153</v>
       </c>
       <c r="O227" s="3" t="s">
-        <v>34</v>
+        <v>728</v>
       </c>
       <c r="P227" s="3" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="Q227" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R227" s="3" t="s">
-        <v>738</v>
+        <v>726</v>
       </c>
       <c r="S227" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T227" s="4">
         <v>0.01</v>
       </c>
       <c r="U227" s="2">
-        <v>62289</v>
+        <v>48663</v>
       </c>
       <c r="V227" s="4">
-        <v>2.23</v>
+        <v>4.4187599999999998</v>
       </c>
       <c r="W227" s="3" t="s">
-        <v>741</v>
+        <v>729</v>
       </c>
       <c r="X227" s="4">
-        <v>3574.0990256499999</v>
+        <v>1502.21335254</v>
       </c>
       <c r="Y227" s="4">
-        <v>3574.099025</v>
+        <v>1502.213352</v>
       </c>
       <c r="Z227" s="6">
-        <v>2.539E-3</v>
+        <v>2.3739999999999998E-3</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
-        <v>742</v>
+        <v>730</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>743</v>
+        <v>731</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D228" s="4">
-        <v>1130656.0075000001</v>
+        <v>898576.91922599997</v>
       </c>
       <c r="E228" s="5">
-        <v>100.87363000000001</v>
+        <v>99.520930000000007</v>
       </c>
       <c r="F228" s="4">
-        <v>1143701.8679601101</v>
+        <v>894709.29040915996</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H228" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I228" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J228" s="5">
-        <v>100.87363000000001</v>
+        <v>99.520930000000007</v>
       </c>
       <c r="K228" s="5">
         <v>1</v>
       </c>
       <c r="L228" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M228" s="4">
-        <v>1143701.8679599999</v>
+        <v>894709.29040900001</v>
       </c>
       <c r="N228" s="4">
-        <v>1143701.8679601101</v>
+        <v>894709.29040915996</v>
       </c>
       <c r="O228" s="3" t="s">
-        <v>34</v>
+        <v>732</v>
       </c>
       <c r="P228" s="3" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="Q228" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R228" s="3" t="s">
-        <v>742</v>
+        <v>730</v>
       </c>
       <c r="S228" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T228" s="4">
         <v>0.01</v>
       </c>
       <c r="U228" s="2">
-        <v>62898</v>
+        <v>48359</v>
       </c>
       <c r="V228" s="4">
-        <v>5.9336700000000002</v>
+        <v>4.3787599999999998</v>
       </c>
       <c r="W228" s="3" t="s">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="X228" s="4">
-        <v>3168.1103817899998</v>
+        <v>437.18363009000001</v>
       </c>
       <c r="Y228" s="4">
-        <v>3168.110381</v>
+        <v>437.18362999999999</v>
       </c>
       <c r="Z228" s="6">
-        <v>8.7699999999999996E-4</v>
+        <v>7.0100000000000002E-4</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>746</v>
+        <v>735</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D229" s="4">
-        <v>3127034.6085600001</v>
+        <v>7177456.3672139999</v>
       </c>
       <c r="E229" s="5">
-        <v>99.694909999999993</v>
+        <v>98.875129999999999</v>
       </c>
       <c r="F229" s="4">
-        <v>3122534.6181362099</v>
+        <v>7100207.3661717502</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H229" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I229" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J229" s="5">
-        <v>99.694909999999993</v>
+        <v>98.875129999999999</v>
       </c>
       <c r="K229" s="5">
         <v>1</v>
       </c>
       <c r="L229" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M229" s="4">
-        <v>3122534.6181359999</v>
+        <v>7100207.3661709996</v>
       </c>
       <c r="N229" s="4">
-        <v>3122534.6181362099</v>
+        <v>7100207.3661717502</v>
       </c>
       <c r="O229" s="3" t="s">
-        <v>34</v>
+        <v>736</v>
       </c>
       <c r="P229" s="3" t="s">
-        <v>747</v>
+        <v>720</v>
       </c>
       <c r="Q229" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R229" s="3" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="S229" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T229" s="4">
         <v>0.01</v>
       </c>
       <c r="U229" s="2">
-        <v>59281</v>
+        <v>48877</v>
       </c>
       <c r="V229" s="4">
-        <v>4.8355199999999998</v>
+        <v>4.3737599999999999</v>
       </c>
       <c r="W229" s="3" t="s">
-        <v>748</v>
+        <v>737</v>
       </c>
       <c r="X229" s="4">
-        <v>5040.2794634600004</v>
+        <v>3488.0523956299999</v>
       </c>
       <c r="Y229" s="4">
-        <v>5040.2794629999999</v>
+        <v>3488.0523950000002</v>
       </c>
       <c r="Z229" s="6">
-        <v>2.3960000000000001E-3</v>
+        <v>5.5630000000000002E-3</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D230" s="4">
-        <v>2069116.1676060001</v>
+        <v>24944.444449999999</v>
       </c>
       <c r="E230" s="5">
-        <v>93.950209999999998</v>
+        <v>77.94</v>
       </c>
       <c r="F230" s="4">
-        <v>1944798.8173283299</v>
+        <v>19450.1863122</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H230" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I230" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J230" s="5">
-        <v>93.950209999999998</v>
+        <v>77.94</v>
       </c>
       <c r="K230" s="5">
         <v>1</v>
       </c>
       <c r="L230" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M230" s="4">
-        <v>1944798.817328</v>
+        <v>19450.186312000002</v>
       </c>
       <c r="N230" s="4">
-        <v>1944798.8173283299</v>
+        <v>19450.1863122</v>
       </c>
       <c r="O230" s="3" t="s">
-        <v>34</v>
+        <v>740</v>
       </c>
       <c r="P230" s="3" t="s">
-        <v>747</v>
+        <v>720</v>
       </c>
       <c r="Q230" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R230" s="3" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="S230" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T230" s="4">
         <v>0.01</v>
       </c>
       <c r="U230" s="2">
-        <v>59281</v>
+        <v>50489</v>
       </c>
       <c r="V230" s="4">
-        <v>1.36</v>
+        <v>7.6159999999999997</v>
       </c>
       <c r="W230" s="3" t="s">
-        <v>751</v>
+        <v>741</v>
       </c>
       <c r="X230" s="4">
-        <v>859.83271853999997</v>
+        <v>8.4863078699999992</v>
       </c>
       <c r="Y230" s="4">
-        <v>859.832718</v>
+        <v>8.486307</v>
       </c>
       <c r="Z230" s="6">
-        <v>1.4920000000000001E-3</v>
+        <v>1.5E-5</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D231" s="4">
-        <v>747354.23065499996</v>
+        <v>75000</v>
       </c>
       <c r="E231" s="5">
-        <v>100.45828</v>
+        <v>77.94</v>
       </c>
       <c r="F231" s="4">
-        <v>751306.55848994001</v>
+        <v>58502.331250000003</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H231" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I231" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J231" s="5">
-        <v>100.45828</v>
+        <v>77.94</v>
       </c>
       <c r="K231" s="5">
         <v>1</v>
       </c>
       <c r="L231" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M231" s="4">
-        <v>751306.55848899996</v>
+        <v>58502.331250000003</v>
       </c>
       <c r="N231" s="4">
-        <v>751306.55848994001</v>
+        <v>58502.331250000003</v>
       </c>
       <c r="O231" s="3" t="s">
-        <v>34</v>
+        <v>744</v>
       </c>
       <c r="P231" s="3" t="s">
-        <v>754</v>
+        <v>720</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R231" s="3" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
       <c r="S231" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T231" s="4">
         <v>0.01</v>
       </c>
       <c r="U231" s="2">
-        <v>48877</v>
+        <v>50489</v>
       </c>
       <c r="V231" s="4">
-        <v>5.0805100000000003</v>
+        <v>7.6131099999999998</v>
       </c>
       <c r="W231" s="3" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="X231" s="4">
-        <v>527.35286699999995</v>
+        <v>47.331249999999997</v>
       </c>
       <c r="Y231" s="4">
-        <v>527.35286699999995</v>
+        <v>47.331249999999997</v>
       </c>
       <c r="Z231" s="6">
-        <v>5.7600000000000001E-4</v>
+        <v>4.5000000000000003E-5</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
-        <v>756</v>
+        <v>746</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>757</v>
+        <v>747</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D232" s="4">
-        <v>7685827.047847</v>
+        <v>8758010.6523000002</v>
       </c>
       <c r="E232" s="5">
-        <v>2.1748099999999999</v>
+        <v>13.125</v>
       </c>
       <c r="F232" s="4">
-        <v>171897.61035808999</v>
+        <v>1154424.3290506301</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H232" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I232" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J232" s="5">
-        <v>2.1748099999999999</v>
+        <v>13.125</v>
       </c>
       <c r="K232" s="5">
         <v>1</v>
       </c>
       <c r="L232" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M232" s="4">
-        <v>171897.61035800001</v>
+        <v>1154424.3290500001</v>
       </c>
       <c r="N232" s="4">
-        <v>171897.61035808999</v>
+        <v>1154424.3290506301</v>
       </c>
       <c r="O232" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P232" s="3" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="Q232" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R232" s="3" t="s">
-        <v>756</v>
+        <v>746</v>
       </c>
       <c r="S232" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T232" s="4">
         <v>0.01</v>
       </c>
       <c r="U232" s="2">
-        <v>53139</v>
+        <v>50495</v>
       </c>
       <c r="V232" s="4">
-        <v>4.4455099999999996</v>
+        <v>5.2919999999999998</v>
       </c>
       <c r="W232" s="3" t="s">
-        <v>758</v>
+        <v>749</v>
       </c>
       <c r="X232" s="4">
-        <v>4745.4751388200002</v>
+        <v>4935.4309362599997</v>
       </c>
       <c r="Y232" s="4">
-        <v>4745.4751379999998</v>
+        <v>4935.4309359999997</v>
       </c>
       <c r="Z232" s="6">
-        <v>1.3100000000000001E-4</v>
+        <v>9.0399999999999996E-4</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>759</v>
+        <v>750</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>760</v>
+        <v>751</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D233" s="4">
-        <v>13473966.998547001</v>
+        <v>3637760.1276420001</v>
       </c>
       <c r="E233" s="5">
-        <v>2.17632</v>
+        <v>91.838260000000005</v>
       </c>
       <c r="F233" s="4">
-        <v>301293.90242331999</v>
+        <v>3344010.3506220002</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H233" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I233" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J233" s="5">
-        <v>2.17632</v>
+        <v>91.838260000000005</v>
       </c>
       <c r="K233" s="5">
         <v>1</v>
       </c>
       <c r="L233" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M233" s="4">
-        <v>301293.90242300002</v>
+        <v>3344010.3506220002</v>
       </c>
       <c r="N233" s="4">
-        <v>301293.90242331999</v>
+        <v>3344010.3506220002</v>
       </c>
       <c r="O233" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P233" s="3" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R233" s="3" t="s">
-        <v>759</v>
+        <v>750</v>
       </c>
       <c r="S233" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T233" s="4">
         <v>0.01</v>
       </c>
       <c r="U233" s="2">
-        <v>53018</v>
+        <v>62289</v>
       </c>
       <c r="V233" s="4">
-        <v>4.3055099999999999</v>
+        <v>2.23</v>
       </c>
       <c r="W233" s="3" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="X233" s="4">
-        <v>8057.2638405400003</v>
+        <v>3154.7464218099999</v>
       </c>
       <c r="Y233" s="4">
-        <v>8057.2638399999996</v>
+        <v>3154.7464209999998</v>
       </c>
       <c r="Z233" s="6">
-        <v>2.31E-4</v>
+        <v>2.6199999999999999E-3</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D234" s="4">
-        <v>20491260.942983001</v>
+        <v>1083198.9624999999</v>
       </c>
       <c r="E234" s="5">
-        <v>2.1741000000000001</v>
+        <v>100.87921</v>
       </c>
       <c r="F234" s="4">
-        <v>458323.2237574</v>
+        <v>1094831.9127658301</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H234" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I234" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J234" s="5">
-        <v>2.1741000000000001</v>
+        <v>100.87921</v>
       </c>
       <c r="K234" s="5">
         <v>1</v>
       </c>
       <c r="L234" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M234" s="4">
-        <v>458323.223757</v>
+        <v>1094831.912765</v>
       </c>
       <c r="N234" s="4">
-        <v>458323.2237574</v>
+        <v>1094831.9127658301</v>
       </c>
       <c r="O234" s="3" t="s">
-        <v>764</v>
+        <v>34</v>
       </c>
       <c r="P234" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="Q234" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R234" s="3" t="s">
         <v>754</v>
       </c>
-      <c r="Q234" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S234" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T234" s="4">
         <v>0.01</v>
       </c>
       <c r="U234" s="2">
-        <v>53139</v>
+        <v>62898</v>
       </c>
       <c r="V234" s="4">
-        <v>4.5055100000000001</v>
+        <v>5.8420199999999998</v>
       </c>
       <c r="W234" s="3" t="s">
-        <v>765</v>
+        <v>756</v>
       </c>
       <c r="X234" s="4">
-        <v>12822.719596000001</v>
+        <v>2109.3566676300002</v>
       </c>
       <c r="Y234" s="4">
-        <v>12822.719596000001</v>
+        <v>2109.356667</v>
       </c>
       <c r="Z234" s="6">
-        <v>3.5100000000000002E-4</v>
+        <v>8.5700000000000001E-4</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>766</v>
+        <v>757</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>767</v>
+        <v>758</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D235" s="4">
-        <v>10725</v>
+        <v>3041723.2557999999</v>
       </c>
       <c r="E235" s="5">
-        <v>2062.0964399999998</v>
+        <v>99.551910000000007</v>
       </c>
       <c r="F235" s="4">
-        <v>221167.54789593999</v>
+        <v>3031716.5337986001</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H235" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I235" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J235" s="5">
-        <v>2062.0964399999998</v>
+        <v>99.551910000000007</v>
       </c>
       <c r="K235" s="5">
         <v>1</v>
       </c>
       <c r="L235" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M235" s="4">
-        <v>221167.547895</v>
+        <v>3031716.5337979998</v>
       </c>
       <c r="N235" s="4">
-        <v>221167.54789593999</v>
+        <v>3031716.5337986001</v>
       </c>
       <c r="O235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P235" s="3" t="s">
-        <v>768</v>
+        <v>759</v>
       </c>
       <c r="Q235" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R235" s="3" t="s">
-        <v>766</v>
+        <v>757</v>
       </c>
       <c r="S235" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T235" s="4">
         <v>0.01</v>
       </c>
       <c r="U235" s="2">
-        <v>49546</v>
+        <v>59281</v>
       </c>
       <c r="V235" s="4">
-        <v>5.17239</v>
+        <v>4.7643199999999997</v>
       </c>
       <c r="W235" s="3" t="s">
-        <v>769</v>
+        <v>760</v>
       </c>
       <c r="X235" s="4">
-        <v>7.7047059400000002</v>
+        <v>3622.93573552</v>
       </c>
       <c r="Y235" s="4">
-        <v>7.7047049999999997</v>
+        <v>3622.935735</v>
       </c>
       <c r="Z235" s="6">
-        <v>1.6899999999999999E-4</v>
+        <v>2.3749999999999999E-3</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>770</v>
+        <v>761</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D236" s="4">
-        <v>2466980.00122</v>
+        <v>2012090.96744</v>
       </c>
       <c r="E236" s="5">
-        <v>100.14709999999999</v>
+        <v>94.425610000000006</v>
       </c>
       <c r="F236" s="4">
-        <v>2474157.9262315501</v>
+        <v>1900613.28068905</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H236" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I236" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J236" s="5">
-        <v>100.14709999999999</v>
+        <v>94.425610000000006</v>
       </c>
       <c r="K236" s="5">
         <v>1</v>
       </c>
       <c r="L236" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M236" s="4">
-        <v>2474157.9262310001</v>
+        <v>1900613.2806889999</v>
       </c>
       <c r="N236" s="4">
-        <v>2474157.9262315501</v>
+        <v>1900613.28068905</v>
       </c>
       <c r="O236" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P236" s="3" t="s">
-        <v>772</v>
+        <v>759</v>
       </c>
       <c r="Q236" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R236" s="3" t="s">
-        <v>770</v>
+        <v>761</v>
       </c>
       <c r="S236" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T236" s="4">
         <v>0.01</v>
       </c>
       <c r="U236" s="2">
-        <v>47960</v>
+        <v>59281</v>
       </c>
       <c r="V236" s="4">
-        <v>5.17896</v>
+        <v>1.36</v>
       </c>
       <c r="W236" s="3" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="X236" s="4">
-        <v>3548.9974297600002</v>
+        <v>684.11092893</v>
       </c>
       <c r="Y236" s="4">
-        <v>3548.997429</v>
+        <v>684.11092799999994</v>
       </c>
       <c r="Z236" s="6">
-        <v>1.8990000000000001E-3</v>
+        <v>1.4890000000000001E-3</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>775</v>
+        <v>765</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D237" s="4">
-        <v>5757425.5181689998</v>
+        <v>741412.73335500003</v>
       </c>
       <c r="E237" s="5">
-        <v>40.54786</v>
+        <v>100.81488</v>
       </c>
       <c r="F237" s="4">
-        <v>2334512.8387114401</v>
+        <v>747869.85831339005</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H237" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I237" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J237" s="5">
-        <v>40.54786</v>
+        <v>100.81488</v>
       </c>
       <c r="K237" s="5">
         <v>1</v>
       </c>
       <c r="L237" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M237" s="4">
-        <v>2334512.838711</v>
+        <v>747869.85831299995</v>
       </c>
       <c r="N237" s="4">
-        <v>2334512.8387114401</v>
+        <v>747869.85831339005</v>
       </c>
       <c r="O237" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P237" s="3" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="Q237" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R237" s="3" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="S237" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T237" s="4">
         <v>0.01</v>
       </c>
       <c r="U237" s="2">
-        <v>54132</v>
+        <v>50216</v>
       </c>
       <c r="V237" s="4">
-        <v>7.6079999999999997</v>
+        <v>5.0437599999999998</v>
       </c>
       <c r="W237" s="3" t="s">
-        <v>777</v>
+        <v>767</v>
       </c>
       <c r="X237" s="4">
-        <v>0</v>
+        <v>415.50087644000001</v>
       </c>
       <c r="Y237" s="4">
-        <v>0</v>
+        <v>415.50087600000001</v>
       </c>
       <c r="Z237" s="6">
-        <v>1.7910000000000001E-3</v>
+        <v>5.8600000000000004E-4</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>778</v>
+        <v>768</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>779</v>
+        <v>769</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D238" s="4">
-        <v>11752083.851600001</v>
+        <v>7678087.6508790003</v>
       </c>
       <c r="E238" s="5">
-        <v>12.657679999999999</v>
+        <v>2.1218499999999998</v>
       </c>
       <c r="F238" s="4">
-        <v>1487541.1672672399</v>
+        <v>166678.70789925</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H238" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I238" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J238" s="5">
-        <v>12.657679999999999</v>
+        <v>2.1218499999999998</v>
       </c>
       <c r="K238" s="5">
         <v>1</v>
       </c>
       <c r="L238" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M238" s="4">
-        <v>1487541.1672670001</v>
+        <v>166678.707899</v>
       </c>
       <c r="N238" s="4">
-        <v>1487541.1672672399</v>
+        <v>166678.70789925</v>
       </c>
       <c r="O238" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P238" s="3" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="Q238" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R238" s="3" t="s">
-        <v>778</v>
+        <v>768</v>
       </c>
       <c r="S238" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T238" s="4">
         <v>0.01</v>
       </c>
       <c r="U238" s="2">
-        <v>50086</v>
+        <v>53107</v>
       </c>
       <c r="V238" s="4">
-        <v>7.4</v>
+        <v>4.40876</v>
       </c>
       <c r="W238" s="3" t="s">
-        <v>780</v>
+        <v>770</v>
       </c>
       <c r="X238" s="4">
-        <v>0</v>
+        <v>3761.2050790799999</v>
       </c>
       <c r="Y238" s="4">
-        <v>0</v>
+        <v>3761.2050789999998</v>
       </c>
       <c r="Z238" s="6">
-        <v>1.1410000000000001E-3</v>
+        <v>1.2999999999999999E-4</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D239" s="4">
-        <v>3368424.8495900002</v>
+        <v>13460399.160886999</v>
       </c>
       <c r="E239" s="5">
-        <v>98.249020000000002</v>
+        <v>2.12297</v>
       </c>
       <c r="F239" s="4">
-        <v>3309444.40415865</v>
+        <v>292144.59312388999</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H239" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I239" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J239" s="5">
-        <v>98.249020000000002</v>
+        <v>2.12297</v>
       </c>
       <c r="K239" s="5">
         <v>1</v>
       </c>
       <c r="L239" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M239" s="4">
-        <v>3309444.4041579999</v>
+        <v>292144.593123</v>
       </c>
       <c r="N239" s="4">
-        <v>3309444.40415865</v>
+        <v>292144.59312388999</v>
       </c>
       <c r="O239" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P239" s="3" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="Q239" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R239" s="3" t="s">
-        <v>781</v>
+        <v>771</v>
       </c>
       <c r="S239" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T239" s="4">
         <v>0.01</v>
       </c>
       <c r="U239" s="2">
-        <v>49140</v>
+        <v>53018</v>
       </c>
       <c r="V239" s="4">
-        <v>7.92</v>
+        <v>4.2687600000000003</v>
       </c>
       <c r="W239" s="3" t="s">
-        <v>783</v>
+        <v>773</v>
       </c>
       <c r="X239" s="4">
-        <v>0</v>
+        <v>6384.3570579999996</v>
       </c>
       <c r="Y239" s="4">
-        <v>0</v>
+        <v>6384.3570579999996</v>
       </c>
       <c r="Z239" s="6">
-        <v>2.5400000000000002E-3</v>
+        <v>2.2800000000000001E-4</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>784</v>
+        <v>774</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>785</v>
+        <v>775</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D240" s="4">
-        <v>2471231.138026</v>
+        <v>20470626.833563</v>
       </c>
       <c r="E240" s="5">
-        <v>39.786430000000003</v>
+        <v>2.1213099999999998</v>
       </c>
       <c r="F240" s="4">
-        <v>983214.64686884999</v>
+        <v>444409.71167957998</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H240" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I240" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J240" s="5">
-        <v>39.786430000000003</v>
+        <v>2.1213099999999998</v>
       </c>
       <c r="K240" s="5">
         <v>1</v>
       </c>
       <c r="L240" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M240" s="4">
-        <v>983214.64686800004</v>
+        <v>444409.711679</v>
       </c>
       <c r="N240" s="4">
-        <v>983214.64686884999</v>
+        <v>444409.71167957998</v>
       </c>
       <c r="O240" s="3" t="s">
-        <v>34</v>
+        <v>776</v>
       </c>
       <c r="P240" s="3" t="s">
-        <v>776</v>
+        <v>766</v>
       </c>
       <c r="Q240" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R240" s="3" t="s">
-        <v>784</v>
+        <v>774</v>
       </c>
       <c r="S240" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T240" s="4">
         <v>0.01</v>
       </c>
       <c r="U240" s="2">
-        <v>49324</v>
+        <v>53107</v>
       </c>
       <c r="V240" s="4">
-        <v>6.93</v>
+        <v>4.4687599999999996</v>
       </c>
       <c r="W240" s="3" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="X240" s="4">
-        <v>0</v>
+        <v>10164.25759653</v>
       </c>
       <c r="Y240" s="4">
-        <v>0</v>
+        <v>10164.257595999999</v>
       </c>
       <c r="Z240" s="6">
-        <v>7.54E-4</v>
+        <v>3.48E-4</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D241" s="4">
-        <v>1893568.136865</v>
+        <v>10725</v>
       </c>
       <c r="E241" s="5">
-        <v>100.73009</v>
+        <v>2062.0964399999998</v>
       </c>
       <c r="F241" s="4">
-        <v>1907392.88847544</v>
+        <v>221165.80808942</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H241" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I241" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J241" s="5">
-        <v>100.73009</v>
+        <v>2062.0964399999998</v>
       </c>
       <c r="K241" s="5">
         <v>1</v>
       </c>
       <c r="L241" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M241" s="4">
-        <v>1907392.8884749999</v>
+        <v>221165.808089</v>
       </c>
       <c r="N241" s="4">
-        <v>1907392.88847544</v>
+        <v>221165.80808942</v>
       </c>
       <c r="O241" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P241" s="3" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="Q241" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R241" s="3" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="S241" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T241" s="4">
         <v>0.01</v>
       </c>
       <c r="U241" s="2">
-        <v>50267</v>
+        <v>49546</v>
       </c>
       <c r="V241" s="4">
-        <v>6.89</v>
+        <v>5.0055100000000001</v>
       </c>
       <c r="W241" s="3" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="X241" s="4">
-        <v>0</v>
+        <v>5.9648994200000001</v>
       </c>
       <c r="Y241" s="4">
-        <v>0</v>
+        <v>5.964899</v>
       </c>
       <c r="Z241" s="6">
-        <v>1.464E-3</v>
+        <v>1.73E-4</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D242" s="4">
-        <v>1083456</v>
+        <v>2878008.2170000002</v>
       </c>
       <c r="E242" s="5">
-        <v>0.72940000000000005</v>
+        <v>100.2103</v>
       </c>
       <c r="F242" s="4">
-        <v>7902.7280639999999</v>
+        <v>2899793.81824006</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H242" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I242" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J242" s="5">
-        <v>0.72940000000000005</v>
+        <v>100.2103</v>
       </c>
       <c r="K242" s="5">
         <v>1</v>
       </c>
       <c r="L242" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M242" s="4">
-        <v>7902.7280639999999</v>
+        <v>2899793.8182399999</v>
       </c>
       <c r="N242" s="4">
-        <v>7902.7280639999999</v>
+        <v>2899793.81824006</v>
       </c>
       <c r="O242" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P242" s="3" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
       <c r="Q242" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R242" s="3" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="S242" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T242" s="4">
         <v>0.01</v>
       </c>
       <c r="U242" s="2">
-        <v>46220</v>
+        <v>47960</v>
       </c>
       <c r="V242" s="4">
-        <v>0</v>
+        <v>5.17896</v>
       </c>
       <c r="W242" s="3" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="X242" s="4">
-        <v>0</v>
+        <v>15733.149959709999</v>
       </c>
       <c r="Y242" s="4">
-        <v>0</v>
+        <v>15733.149959</v>
       </c>
       <c r="Z242" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>2.2720000000000001E-3</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D243" s="4">
-        <v>1572516.9491099999</v>
+        <v>5702989.9479409996</v>
       </c>
       <c r="E243" s="5">
-        <v>100.25020000000001</v>
+        <v>39.879629999999999</v>
       </c>
       <c r="F243" s="4">
-        <v>1580148.9242449601</v>
+        <v>2308077.7826946802</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H243" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I243" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J243" s="5">
-        <v>100.25020000000001</v>
+        <v>39.879629999999999</v>
       </c>
       <c r="K243" s="5">
         <v>1</v>
       </c>
       <c r="L243" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M243" s="4">
-        <v>1580148.9242440001</v>
+        <v>2308077.7826939998</v>
       </c>
       <c r="N243" s="4">
-        <v>1580148.9242449601</v>
+        <v>2308077.7826946802</v>
       </c>
       <c r="O243" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P243" s="3" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="Q243" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R243" s="3" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="S243" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T243" s="4">
         <v>0.01</v>
       </c>
       <c r="U243" s="2">
-        <v>47865</v>
+        <v>54132</v>
       </c>
       <c r="V243" s="4">
-        <v>5.6432399999999996</v>
+        <v>7.6079999999999997</v>
       </c>
       <c r="W243" s="3" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="X243" s="4">
-        <v>3697.5377282899999</v>
+        <v>33746.492518619998</v>
       </c>
       <c r="Y243" s="4">
-        <v>3697.5377279999998</v>
+        <v>33746.492517999999</v>
       </c>
       <c r="Z243" s="6">
-        <v>1.212E-3</v>
+        <v>1.8079999999999999E-3</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D244" s="4">
-        <v>1673975.3169</v>
+        <v>11752083.851600001</v>
       </c>
       <c r="E244" s="5">
-        <v>100.0712</v>
+        <v>12.359629999999999</v>
       </c>
       <c r="F244" s="4">
-        <v>1679266.77845134</v>
+        <v>1520153.8528489801</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H244" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I244" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J244" s="5">
-        <v>100.0712</v>
+        <v>12.359629999999999</v>
       </c>
       <c r="K244" s="5">
         <v>1</v>
       </c>
       <c r="L244" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M244" s="4">
-        <v>1679266.7784510001</v>
+        <v>1520153.8528479999</v>
       </c>
       <c r="N244" s="4">
-        <v>1679266.77845134</v>
+        <v>1520153.8528489801</v>
       </c>
       <c r="O244" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P244" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q244" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R244" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="S244" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T244" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U244" s="2">
+        <v>50086</v>
+      </c>
+      <c r="V244" s="4">
+        <v>7.4</v>
+      </c>
+      <c r="W244" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="Q244" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X244" s="4">
-        <v>4099.5911257099997</v>
+        <v>67639.771501430005</v>
       </c>
       <c r="Y244" s="4">
-        <v>4099.5911249999999</v>
+        <v>67639.771500999996</v>
       </c>
       <c r="Z244" s="6">
-        <v>1.2880000000000001E-3</v>
+        <v>1.191E-3</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D245" s="4">
-        <v>573727.841839</v>
+        <v>3279241.3164300001</v>
       </c>
       <c r="E245" s="5">
-        <v>100.27931</v>
+        <v>98.540509999999998</v>
       </c>
       <c r="F245" s="4">
-        <v>575330.32107395004</v>
+        <v>3231381.1173408399</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H245" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I245" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J245" s="5">
-        <v>100.27931</v>
+        <v>98.540509999999998</v>
       </c>
       <c r="K245" s="5">
         <v>1</v>
       </c>
       <c r="L245" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M245" s="4">
-        <v>575330.32107299997</v>
+        <v>3231381.1173399999</v>
       </c>
       <c r="N245" s="4">
-        <v>575330.32107395004</v>
+        <v>3231381.1173408399</v>
       </c>
       <c r="O245" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="S245" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T245" s="4">
         <v>0.01</v>
       </c>
       <c r="U245" s="2">
-        <v>47894</v>
+        <v>49140</v>
       </c>
       <c r="V245" s="4">
-        <v>7.5</v>
+        <v>7.92</v>
       </c>
       <c r="W245" s="3" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="X245" s="4">
         <v>0</v>
       </c>
       <c r="Y245" s="4">
         <v>0</v>
       </c>
       <c r="Z245" s="6">
-        <v>4.4099999999999999E-4</v>
+        <v>2.532E-3</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D246" s="4">
-        <v>2025624.541952</v>
+        <v>2460710.1577289999</v>
       </c>
       <c r="E246" s="5">
-        <v>100.57236</v>
+        <v>39.454979999999999</v>
       </c>
       <c r="F246" s="4">
-        <v>2037218.4065803201</v>
+        <v>984135.92834018997</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H246" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I246" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J246" s="5">
-        <v>100.57236</v>
+        <v>39.454979999999999</v>
       </c>
       <c r="K246" s="5">
         <v>1</v>
       </c>
       <c r="L246" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M246" s="4">
-        <v>2037218.40658</v>
+        <v>984135.92833999998</v>
       </c>
       <c r="N246" s="4">
-        <v>2037218.4065803201</v>
+        <v>984135.92834018997</v>
       </c>
       <c r="O246" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P246" s="3" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="Q246" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R246" s="3" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="S246" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T246" s="4">
         <v>0.01</v>
       </c>
       <c r="U246" s="2">
-        <v>47741</v>
+        <v>49324</v>
       </c>
       <c r="V246" s="4">
-        <v>7.415</v>
+        <v>6.93</v>
       </c>
       <c r="W246" s="3" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="X246" s="4">
-        <v>0</v>
+        <v>13263.22775016</v>
       </c>
       <c r="Y246" s="4">
-        <v>0</v>
+        <v>13263.22775</v>
       </c>
       <c r="Z246" s="6">
-        <v>1.5629999999999999E-3</v>
+        <v>7.7099999999999998E-4</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D247" s="4">
-        <v>7316784.9663300002</v>
+        <v>1863336.65445</v>
       </c>
       <c r="E247" s="5">
-        <v>100.70179</v>
+        <v>101.09994</v>
       </c>
       <c r="F247" s="4">
-        <v>7368133.4315452101</v>
+        <v>1893817.6537407499</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H247" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I247" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J247" s="5">
-        <v>100.70179</v>
+        <v>101.09994</v>
       </c>
       <c r="K247" s="5">
         <v>1</v>
       </c>
       <c r="L247" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M247" s="4">
-        <v>7368133.4315449996</v>
+        <v>1893817.65374</v>
       </c>
       <c r="N247" s="4">
-        <v>7368133.4315452101</v>
+        <v>1893817.6537407499</v>
       </c>
       <c r="O247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>808</v>
+        <v>788</v>
       </c>
       <c r="Q247" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="S247" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T247" s="4">
         <v>0.01</v>
       </c>
       <c r="U247" s="2">
-        <v>60351</v>
+        <v>50236</v>
       </c>
       <c r="V247" s="4">
-        <v>5.4720000000000004</v>
+        <v>6.89</v>
       </c>
       <c r="W247" s="3" t="s">
-        <v>809</v>
+        <v>801</v>
       </c>
       <c r="X247" s="4">
-        <v>0</v>
+        <v>9985.4140937899992</v>
       </c>
       <c r="Y247" s="4">
-        <v>0</v>
+        <v>9985.4140929999994</v>
       </c>
       <c r="Z247" s="6">
-        <v>5.6550000000000003E-3</v>
+        <v>1.4840000000000001E-3</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
-        <v>810</v>
+        <v>802</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>811</v>
+        <v>803</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D248" s="4">
-        <v>1332847.6758000001</v>
+        <v>1083456</v>
       </c>
       <c r="E248" s="5">
-        <v>95.237229999999997</v>
+        <v>0.01</v>
       </c>
       <c r="F248" s="4">
-        <v>1269367.2065512999</v>
+        <v>108.3456</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H248" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I248" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J248" s="5">
-        <v>95.237229999999997</v>
+        <v>0.01</v>
       </c>
       <c r="K248" s="5">
         <v>1</v>
       </c>
       <c r="L248" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M248" s="4">
-        <v>1269367.206551</v>
+        <v>108.3456</v>
       </c>
       <c r="N248" s="4">
-        <v>1269367.2065512999</v>
+        <v>108.3456</v>
       </c>
       <c r="O248" s="3" t="s">
-        <v>812</v>
+        <v>34</v>
       </c>
       <c r="P248" s="3" t="s">
-        <v>776</v>
+        <v>804</v>
       </c>
       <c r="Q248" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R248" s="3" t="s">
-        <v>810</v>
+        <v>802</v>
       </c>
       <c r="S248" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T248" s="4">
         <v>0.01</v>
       </c>
       <c r="U248" s="2">
-        <v>47894</v>
+        <v>46220</v>
       </c>
       <c r="V248" s="4">
-        <v>5.05</v>
+        <v>0</v>
       </c>
       <c r="W248" s="3" t="s">
-        <v>813</v>
+        <v>805</v>
       </c>
       <c r="X248" s="4">
         <v>0</v>
       </c>
       <c r="Y248" s="4">
         <v>0</v>
       </c>
       <c r="Z248" s="6">
-        <v>9.7400000000000004E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
-        <v>814</v>
+        <v>806</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>815</v>
+        <v>807</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D249" s="4">
-        <v>275282.65354700002</v>
+        <v>1572516.9491099999</v>
       </c>
       <c r="E249" s="5">
-        <v>96.239410000000007</v>
+        <v>100.1756</v>
       </c>
       <c r="F249" s="4">
-        <v>264930.40160593</v>
+        <v>1585877.8970270699</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H249" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I249" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J249" s="5">
-        <v>96.239410000000007</v>
+        <v>100.1756</v>
       </c>
       <c r="K249" s="5">
         <v>1</v>
       </c>
       <c r="L249" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M249" s="4">
-        <v>264930.40160500002</v>
+        <v>1585877.8970270001</v>
       </c>
       <c r="N249" s="4">
-        <v>264930.40160593</v>
+        <v>1585877.8970270699</v>
       </c>
       <c r="O249" s="3" t="s">
-        <v>816</v>
+        <v>34</v>
       </c>
       <c r="P249" s="3" t="s">
-        <v>776</v>
+        <v>804</v>
       </c>
       <c r="Q249" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R249" s="3" t="s">
-        <v>814</v>
+        <v>806</v>
       </c>
       <c r="S249" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T249" s="4">
         <v>0.01</v>
       </c>
       <c r="U249" s="2">
-        <v>48197</v>
+        <v>47865</v>
       </c>
       <c r="V249" s="4">
-        <v>5.69</v>
+        <v>5.6432399999999996</v>
       </c>
       <c r="W249" s="3" t="s">
-        <v>817</v>
+        <v>808</v>
       </c>
       <c r="X249" s="4">
-        <v>0</v>
+        <v>10599.60815443</v>
       </c>
       <c r="Y249" s="4">
-        <v>0</v>
+        <v>10599.608154</v>
       </c>
       <c r="Z249" s="6">
-        <v>2.03E-4</v>
+        <v>1.242E-3</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>819</v>
+        <v>810</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D250" s="4">
-        <v>1284512.5373</v>
+        <v>1673975.3169</v>
       </c>
       <c r="E250" s="5">
-        <v>94.994990000000001</v>
+        <v>100.0425</v>
       </c>
       <c r="F250" s="4">
-        <v>1220222.5563568801</v>
+        <v>1685538.61527186</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H250" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I250" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J250" s="5">
-        <v>94.994990000000001</v>
+        <v>100.0425</v>
       </c>
       <c r="K250" s="5">
         <v>1</v>
       </c>
       <c r="L250" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M250" s="4">
-        <v>1220222.556356</v>
+        <v>1685538.615271</v>
       </c>
       <c r="N250" s="4">
-        <v>1220222.5563568801</v>
+        <v>1685538.61527186</v>
       </c>
       <c r="O250" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P250" s="3" t="s">
-        <v>820</v>
+        <v>804</v>
       </c>
       <c r="Q250" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R250" s="3" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
       <c r="S250" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T250" s="4">
         <v>0.01</v>
       </c>
       <c r="U250" s="2">
-        <v>51487</v>
+        <v>47953</v>
       </c>
       <c r="V250" s="4">
-        <v>2.3929999999999998</v>
+        <v>5.1861499999999996</v>
       </c>
       <c r="W250" s="3" t="s">
-        <v>821</v>
+        <v>811</v>
       </c>
       <c r="X250" s="4">
-        <v>0</v>
+        <v>10851.858862180001</v>
       </c>
       <c r="Y250" s="4">
-        <v>0</v>
+        <v>10851.858861999999</v>
       </c>
       <c r="Z250" s="6">
-        <v>9.3599999999999998E-4</v>
+        <v>1.32E-3</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
-        <v>822</v>
+        <v>812</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>823</v>
+        <v>813</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D251" s="4">
-        <v>4000000</v>
+        <v>538518.11268699996</v>
       </c>
       <c r="E251" s="5">
-        <v>102.63164999999999</v>
+        <v>100.4131</v>
       </c>
       <c r="F251" s="4">
-        <v>4105266</v>
+        <v>543884.08666828997</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H251" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I251" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J251" s="5">
-        <v>102.63164999999999</v>
+        <v>100.4131</v>
       </c>
       <c r="K251" s="5">
         <v>1</v>
       </c>
       <c r="L251" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M251" s="4">
-        <v>4105266</v>
+        <v>543884.08666799997</v>
       </c>
       <c r="N251" s="4">
-        <v>4105266</v>
+        <v>543884.08666828997</v>
       </c>
       <c r="O251" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P251" s="3" t="s">
-        <v>824</v>
+        <v>788</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R251" s="3" t="s">
-        <v>822</v>
+        <v>812</v>
       </c>
       <c r="S251" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T251" s="4">
         <v>0.01</v>
       </c>
       <c r="U251" s="2">
-        <v>51818</v>
+        <v>47863</v>
       </c>
       <c r="V251" s="4">
-        <v>5.3883400000000004</v>
+        <v>7.5</v>
       </c>
       <c r="W251" s="3" t="s">
-        <v>825</v>
+        <v>814</v>
       </c>
       <c r="X251" s="4">
-        <v>0</v>
+        <v>3141.3556573400001</v>
       </c>
       <c r="Y251" s="4">
-        <v>0</v>
+        <v>3141.3556570000001</v>
       </c>
       <c r="Z251" s="6">
-        <v>3.1510000000000002E-3</v>
+        <v>4.26E-4</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>826</v>
+        <v>815</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>827</v>
+        <v>816</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D252" s="4">
-        <v>4000000</v>
+        <v>1927470.436342</v>
       </c>
       <c r="E252" s="5">
-        <v>105.5291</v>
+        <v>100.68302</v>
       </c>
       <c r="F252" s="4">
-        <v>4221164</v>
+        <v>1951751.5952494501</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H252" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I252" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J252" s="5">
-        <v>105.5291</v>
+        <v>100.68302</v>
       </c>
       <c r="K252" s="5">
         <v>1</v>
       </c>
       <c r="L252" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M252" s="4">
-        <v>4221164</v>
+        <v>1951751.595249</v>
       </c>
       <c r="N252" s="4">
-        <v>4221164</v>
+        <v>1951751.5952494501</v>
       </c>
       <c r="O252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>824</v>
+        <v>788</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>826</v>
+        <v>815</v>
       </c>
       <c r="S252" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T252" s="4">
         <v>0.01</v>
       </c>
       <c r="U252" s="2">
-        <v>51818</v>
+        <v>47741</v>
       </c>
       <c r="V252" s="4">
-        <v>8.8190600000000003</v>
+        <v>7.415</v>
       </c>
       <c r="W252" s="3" t="s">
-        <v>828</v>
+        <v>817</v>
       </c>
       <c r="X252" s="4">
-        <v>0</v>
+        <v>11116.150333150001</v>
       </c>
       <c r="Y252" s="4">
-        <v>0</v>
+        <v>11116.150333</v>
       </c>
       <c r="Z252" s="6">
-        <v>3.2399999999999998E-3</v>
+        <v>1.529E-3</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>829</v>
+        <v>818</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D253" s="4">
-        <v>4328989.1145900004</v>
+        <v>7008748.6562550003</v>
       </c>
       <c r="E253" s="5">
-        <v>1.0876600000000001</v>
+        <v>100.65243</v>
       </c>
       <c r="F253" s="4">
-        <v>47084.683003749997</v>
+        <v>7085220.8792184396</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H253" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I253" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J253" s="5">
-        <v>1.0876600000000001</v>
+        <v>100.65243</v>
       </c>
       <c r="K253" s="5">
         <v>1</v>
       </c>
       <c r="L253" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M253" s="4">
-        <v>47084.683002999998</v>
+        <v>7085220.879218</v>
       </c>
       <c r="N253" s="4">
-        <v>47084.683003749997</v>
+        <v>7085220.8792184396</v>
       </c>
       <c r="O253" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>593</v>
+        <v>820</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>829</v>
+        <v>818</v>
       </c>
       <c r="S253" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T253" s="4">
         <v>0.01</v>
       </c>
       <c r="U253" s="2">
-        <v>49577</v>
+        <v>60351</v>
       </c>
       <c r="V253" s="4">
-        <v>5.31806</v>
+        <v>5.4720000000000004</v>
       </c>
       <c r="W253" s="3" t="s">
-        <v>831</v>
+        <v>821</v>
       </c>
       <c r="X253" s="4">
-        <v>0</v>
+        <v>30745.04410544</v>
       </c>
       <c r="Y253" s="4">
-        <v>0</v>
+        <v>30745.044105000001</v>
       </c>
       <c r="Z253" s="6">
-        <v>3.6000000000000001E-5</v>
+        <v>5.5519999999999996E-3</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
-        <v>832</v>
+        <v>822</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>833</v>
+        <v>823</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D254" s="4">
-        <v>507.89310599999999</v>
+        <v>1297409.28525</v>
       </c>
       <c r="E254" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>97.084720000000004</v>
       </c>
       <c r="F254" s="4">
-        <v>5.0799999999999996E-6</v>
+        <v>1264682.10719825</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H254" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I254" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J254" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>97.084720000000004</v>
       </c>
       <c r="K254" s="5">
         <v>1</v>
       </c>
       <c r="L254" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M254" s="4">
-        <v>5.0000000000000004E-6</v>
+        <v>1264682.107198</v>
       </c>
       <c r="N254" s="4">
-        <v>5.0799999999999996E-6</v>
+        <v>1264682.10719825</v>
       </c>
       <c r="O254" s="3" t="s">
-        <v>834</v>
+        <v>824</v>
       </c>
       <c r="P254" s="3" t="s">
-        <v>835</v>
+        <v>788</v>
       </c>
       <c r="Q254" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R254" s="3" t="s">
-        <v>832</v>
+        <v>822</v>
       </c>
       <c r="S254" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T254" s="4">
         <v>0.01</v>
       </c>
       <c r="U254" s="2">
-        <v>49577</v>
+        <v>47863</v>
       </c>
       <c r="V254" s="4">
-        <v>6.2288360000000003</v>
+        <v>5.05</v>
       </c>
       <c r="W254" s="3" t="s">
-        <v>836</v>
+        <v>825</v>
       </c>
       <c r="X254" s="4">
-        <v>0</v>
+        <v>5095.9353592899997</v>
       </c>
       <c r="Y254" s="4">
-        <v>0</v>
+        <v>5095.9353590000001</v>
       </c>
       <c r="Z254" s="6">
-        <v>0</v>
+        <v>9.9099999999999991E-4</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
-        <v>837</v>
+        <v>826</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>838</v>
+        <v>827</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D255" s="4">
-        <v>2363005.8755640001</v>
+        <v>267963.31122899998</v>
       </c>
       <c r="E255" s="5">
-        <v>97.383290000000002</v>
+        <v>98.33278</v>
       </c>
       <c r="F255" s="4">
-        <v>2302914.10775404</v>
+        <v>264681.65983178001</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H255" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I255" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J255" s="5">
-        <v>97.383290000000002</v>
+        <v>98.33278</v>
       </c>
       <c r="K255" s="5">
         <v>1</v>
       </c>
       <c r="L255" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M255" s="4">
-        <v>2302914.107754</v>
+        <v>264681.65983100003</v>
       </c>
       <c r="N255" s="4">
-        <v>2302914.10775404</v>
+        <v>264681.65983178001</v>
       </c>
       <c r="O255" s="3" t="s">
-        <v>34</v>
+        <v>828</v>
       </c>
       <c r="P255" s="3" t="s">
-        <v>839</v>
+        <v>788</v>
       </c>
       <c r="Q255" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R255" s="3" t="s">
-        <v>837</v>
+        <v>826</v>
       </c>
       <c r="S255" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T255" s="4">
         <v>0.01</v>
       </c>
       <c r="U255" s="2">
-        <v>60202</v>
+        <v>48197</v>
       </c>
       <c r="V255" s="4">
-        <v>5.3055099999999999</v>
+        <v>5.69</v>
       </c>
       <c r="W255" s="3" t="s">
-        <v>840</v>
+        <v>829</v>
       </c>
       <c r="X255" s="4">
-        <v>1741.2432365100001</v>
+        <v>1185.88652069</v>
       </c>
       <c r="Y255" s="4">
-        <v>1741.243236</v>
+        <v>1185.88652</v>
       </c>
       <c r="Z255" s="6">
-        <v>1.7669999999999999E-3</v>
+        <v>2.0699999999999999E-4</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>842</v>
+        <v>831</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D256" s="4">
-        <v>15303443.983077001</v>
+        <v>1278902.4362999999</v>
       </c>
       <c r="E256" s="5">
-        <v>24.196940000000001</v>
+        <v>95.116100000000003</v>
       </c>
       <c r="F256" s="4">
-        <v>3702965.1585187502</v>
+        <v>1218822.4418480401</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H256" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I256" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J256" s="5">
-        <v>24.196940000000001</v>
+        <v>95.116100000000003</v>
       </c>
       <c r="K256" s="5">
         <v>1</v>
       </c>
       <c r="L256" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M256" s="4">
-        <v>3702965.158518</v>
+        <v>1218822.441848</v>
       </c>
       <c r="N256" s="4">
-        <v>3702965.1585187502</v>
+        <v>1218822.4418480401</v>
       </c>
       <c r="O256" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P256" s="3" t="s">
-        <v>608</v>
+        <v>832</v>
       </c>
       <c r="Q256" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R256" s="3" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
       <c r="S256" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T256" s="4">
         <v>0.01</v>
       </c>
       <c r="U256" s="2">
-        <v>49881</v>
+        <v>51487</v>
       </c>
       <c r="V256" s="4">
-        <v>6.5</v>
+        <v>2.3929999999999998</v>
       </c>
       <c r="W256" s="3" t="s">
-        <v>843</v>
+        <v>833</v>
       </c>
       <c r="X256" s="4">
-        <v>0</v>
+        <v>2380.3216345000001</v>
       </c>
       <c r="Y256" s="4">
-        <v>0</v>
+        <v>2380.3216339999999</v>
       </c>
       <c r="Z256" s="6">
-        <v>2.8419999999999999E-3</v>
+        <v>9.5500000000000001E-4</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
-        <v>844</v>
+        <v>834</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>845</v>
+        <v>835</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D257" s="4">
-        <v>6000000</v>
+        <v>4000000</v>
       </c>
       <c r="E257" s="5">
-        <v>100.13460000000001</v>
+        <v>103.13809000000001</v>
       </c>
       <c r="F257" s="4">
-        <v>6083328.6583333304</v>
+        <v>4142287.3244444402</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H257" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I257" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J257" s="5">
-        <v>100.13460000000001</v>
+        <v>103.13809000000001</v>
       </c>
       <c r="K257" s="5">
         <v>1</v>
       </c>
       <c r="L257" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M257" s="4">
-        <v>6083328.6583329998</v>
+        <v>4142287.3244440001</v>
       </c>
       <c r="N257" s="4">
-        <v>6083328.6583333304</v>
+        <v>4142287.3244444402</v>
       </c>
       <c r="O257" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P257" s="3" t="s">
-        <v>846</v>
+        <v>836</v>
       </c>
       <c r="Q257" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R257" s="3" t="s">
-        <v>844</v>
+        <v>834</v>
       </c>
       <c r="S257" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T257" s="4">
         <v>0.01</v>
       </c>
       <c r="U257" s="2">
-        <v>47988</v>
+        <v>51818</v>
       </c>
       <c r="V257" s="4">
-        <v>6.1851500000000001</v>
+        <v>5.3883400000000004</v>
       </c>
       <c r="W257" s="3" t="s">
-        <v>847</v>
+        <v>837</v>
       </c>
       <c r="X257" s="4">
-        <v>75252.658333329993</v>
+        <v>16763.724444439998</v>
       </c>
       <c r="Y257" s="4">
-        <v>75252.658332999999</v>
+        <v>16763.724443999999</v>
       </c>
       <c r="Z257" s="6">
-        <v>4.6690000000000004E-3</v>
+        <v>3.2450000000000001E-3</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
-        <v>848</v>
+        <v>838</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>849</v>
+        <v>839</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D258" s="4">
-        <v>1939288.7339999999</v>
+        <v>4000000</v>
       </c>
       <c r="E258" s="5">
-        <v>48.504469999999998</v>
+        <v>105.55952000000001</v>
       </c>
       <c r="F258" s="4">
-        <v>955578.16388884</v>
+        <v>4249817.87555556</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H258" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I258" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J258" s="5">
-        <v>48.504469999999998</v>
+        <v>105.55952000000001</v>
       </c>
       <c r="K258" s="5">
         <v>1</v>
       </c>
       <c r="L258" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M258" s="4">
-        <v>955578.16388799995</v>
+        <v>4249817.8755550003</v>
       </c>
       <c r="N258" s="4">
-        <v>955578.16388884</v>
+        <v>4249817.87555556</v>
       </c>
       <c r="O258" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P258" s="3" t="s">
-        <v>850</v>
+        <v>836</v>
       </c>
       <c r="Q258" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R258" s="3" t="s">
-        <v>848</v>
+        <v>838</v>
       </c>
       <c r="S258" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T258" s="4">
         <v>0.01</v>
       </c>
       <c r="U258" s="2">
-        <v>50115</v>
+        <v>51818</v>
       </c>
       <c r="V258" s="4">
-        <v>5.8994200000000001</v>
+        <v>8.8190600000000003</v>
       </c>
       <c r="W258" s="3" t="s">
-        <v>851</v>
+        <v>840</v>
       </c>
       <c r="X258" s="4">
-        <v>14936.44169243</v>
+        <v>27437.075555560001</v>
       </c>
       <c r="Y258" s="4">
-        <v>14936.441692</v>
+        <v>27437.075554999999</v>
       </c>
       <c r="Z258" s="6">
-        <v>7.3300000000000004E-4</v>
+        <v>3.3300000000000001E-3</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
-        <v>852</v>
+        <v>841</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>853</v>
+        <v>842</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D259" s="4">
-        <v>1797000</v>
+        <v>4328989.1145900004</v>
       </c>
       <c r="E259" s="5">
-        <v>99.68</v>
+        <v>1.0979399999999999</v>
       </c>
       <c r="F259" s="4">
-        <v>1794387.7235625</v>
+        <v>64735.02982127</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H259" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I259" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J259" s="5">
-        <v>99.68</v>
+        <v>1.0979399999999999</v>
       </c>
       <c r="K259" s="5">
         <v>1</v>
       </c>
       <c r="L259" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M259" s="4">
-        <v>1794387.7235620001</v>
+        <v>64735.029820999996</v>
       </c>
       <c r="N259" s="4">
-        <v>1794387.7235625</v>
+        <v>64735.02982127</v>
       </c>
       <c r="O259" s="3" t="s">
-        <v>854</v>
+        <v>34</v>
       </c>
       <c r="P259" s="3" t="s">
-        <v>850</v>
+        <v>605</v>
       </c>
       <c r="Q259" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R259" s="3" t="s">
-        <v>852</v>
+        <v>841</v>
       </c>
       <c r="S259" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T259" s="4">
         <v>0.01</v>
       </c>
       <c r="U259" s="2">
-        <v>48382</v>
+        <v>49577</v>
       </c>
       <c r="V259" s="4">
-        <v>4.75</v>
+        <v>5.4060300000000003</v>
       </c>
       <c r="W259" s="3" t="s">
-        <v>855</v>
+        <v>843</v>
       </c>
       <c r="X259" s="4">
-        <v>3138.1235624999999</v>
+        <v>17205.326736539999</v>
       </c>
       <c r="Y259" s="4">
-        <v>3138.1235620000002</v>
+        <v>17205.326735999999</v>
       </c>
       <c r="Z259" s="6">
-        <v>1.377E-3</v>
+        <v>5.0000000000000002E-5</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>857</v>
+        <v>845</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D260" s="4">
-        <v>850000</v>
+        <v>3391927.2908919998</v>
       </c>
       <c r="E260" s="5">
-        <v>99.68</v>
+        <v>85.578230000000005</v>
       </c>
       <c r="F260" s="4">
-        <v>848946</v>
+        <v>2917261.2496213098</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H260" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I260" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J260" s="5">
-        <v>99.68</v>
+        <v>85.578230000000005</v>
       </c>
       <c r="K260" s="5">
         <v>1</v>
       </c>
       <c r="L260" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M260" s="4">
-        <v>848946</v>
+        <v>2917261.2496210001</v>
       </c>
       <c r="N260" s="4">
-        <v>848946</v>
+        <v>2917261.2496213098</v>
       </c>
       <c r="O260" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P260" s="3" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="Q260" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R260" s="3" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="S260" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T260" s="4">
         <v>0.01</v>
       </c>
       <c r="U260" s="2">
-        <v>49842</v>
+        <v>49515</v>
       </c>
       <c r="V260" s="4">
-        <v>4.75</v>
+        <v>5.5</v>
       </c>
       <c r="W260" s="3" t="s">
-        <v>858</v>
+        <v>847</v>
       </c>
       <c r="X260" s="4">
-        <v>1666</v>
+        <v>14509.91118882</v>
       </c>
       <c r="Y260" s="4">
-        <v>1666</v>
+        <v>14509.911188</v>
       </c>
       <c r="Z260" s="6">
-        <v>6.5099999999999999E-4</v>
+        <v>2.2859999999999998E-3</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
-        <v>859</v>
+        <v>848</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>860</v>
+        <v>849</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D261" s="4">
-        <v>5400349.5891279997</v>
+        <v>507.89310599999999</v>
       </c>
       <c r="E261" s="5">
-        <v>26.742660000000001</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="F261" s="4">
-        <v>1485790.7329744501</v>
+        <v>2.4605711100000001</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H261" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I261" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J261" s="5">
-        <v>26.742660000000001</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K261" s="5">
         <v>1</v>
       </c>
       <c r="L261" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M261" s="4">
-        <v>1485790.732974</v>
+        <v>2.4605709999999998</v>
       </c>
       <c r="N261" s="4">
-        <v>1485790.7329744501</v>
+        <v>2.4605711100000001</v>
       </c>
       <c r="O261" s="3" t="s">
-        <v>34</v>
+        <v>850</v>
       </c>
       <c r="P261" s="3" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="Q261" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R261" s="3" t="s">
-        <v>859</v>
+        <v>848</v>
       </c>
       <c r="S261" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T261" s="4">
         <v>0.01</v>
       </c>
       <c r="U261" s="2">
-        <v>48472</v>
+        <v>49577</v>
       </c>
       <c r="V261" s="4">
-        <v>5.8990710000000002</v>
+        <v>6.2288360000000003</v>
       </c>
       <c r="W261" s="3" t="s">
-        <v>861</v>
+        <v>852</v>
       </c>
       <c r="X261" s="4">
-        <v>41593.603542650002</v>
+        <v>2.4605660299999998</v>
       </c>
       <c r="Y261" s="4">
-        <v>41593.603541999997</v>
+        <v>2.460566</v>
       </c>
       <c r="Z261" s="6">
-        <v>1.14E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
-        <v>862</v>
+        <v>853</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>863</v>
+        <v>854</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D262" s="4">
-        <v>2306006.9063599999</v>
+        <v>2314760.2733519999</v>
       </c>
       <c r="E262" s="5">
-        <v>99.694940000000003</v>
+        <v>97.747820000000004</v>
       </c>
       <c r="F262" s="4">
-        <v>2313120.3701322</v>
+        <v>2263982.8072429402</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H262" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I262" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J262" s="5">
-        <v>99.694940000000003</v>
+        <v>97.747820000000004</v>
       </c>
       <c r="K262" s="5">
         <v>1</v>
       </c>
       <c r="L262" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M262" s="4">
-        <v>2313120.3701320002</v>
+        <v>2263982.807242</v>
       </c>
       <c r="N262" s="4">
-        <v>2313120.3701322</v>
+        <v>2263982.8072429402</v>
       </c>
       <c r="O262" s="3" t="s">
-        <v>864</v>
+        <v>34</v>
       </c>
       <c r="P262" s="3" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="Q262" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R262" s="3" t="s">
-        <v>862</v>
+        <v>853</v>
       </c>
       <c r="S262" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T262" s="4">
         <v>0.01</v>
       </c>
       <c r="U262" s="2">
-        <v>48745</v>
+        <v>49424</v>
       </c>
       <c r="V262" s="4">
-        <v>4.6994199999999999</v>
+        <v>5.2687600000000003</v>
       </c>
       <c r="W262" s="3" t="s">
-        <v>865</v>
+        <v>856</v>
       </c>
       <c r="X262" s="4">
-        <v>14148.168440740001</v>
+        <v>1355.1018153099999</v>
       </c>
       <c r="Y262" s="4">
-        <v>14148.168439999999</v>
+        <v>1355.101815</v>
       </c>
       <c r="Z262" s="6">
-        <v>1.7750000000000001E-3</v>
+        <v>1.774E-3</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
-        <v>866</v>
+        <v>857</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>867</v>
+        <v>858</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D263" s="4">
-        <v>5308318.3808000004</v>
+        <v>15303443.983077001</v>
       </c>
       <c r="E263" s="5">
-        <v>98.77046</v>
+        <v>24.217780000000001</v>
       </c>
       <c r="F263" s="4">
-        <v>5275826.8039384</v>
+        <v>3783521.8074925998</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H263" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I263" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J263" s="5">
-        <v>98.77046</v>
+        <v>24.217780000000001</v>
       </c>
       <c r="K263" s="5">
         <v>1</v>
       </c>
       <c r="L263" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M263" s="4">
-        <v>5275826.8039380005</v>
+        <v>3783521.8074920001</v>
       </c>
       <c r="N263" s="4">
-        <v>5275826.8039384</v>
+        <v>3783521.8074925998</v>
       </c>
       <c r="O263" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P263" s="3" t="s">
-        <v>850</v>
+        <v>620</v>
       </c>
       <c r="Q263" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R263" s="3" t="s">
-        <v>866</v>
+        <v>857</v>
       </c>
       <c r="S263" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T263" s="4">
         <v>0.01</v>
       </c>
       <c r="U263" s="2">
-        <v>48837</v>
+        <v>49881</v>
       </c>
       <c r="V263" s="4">
-        <v>4.7294200000000002</v>
+        <v>6.5</v>
       </c>
       <c r="W263" s="3" t="s">
-        <v>868</v>
+        <v>859</v>
       </c>
       <c r="X263" s="4">
-        <v>32776.32095768</v>
+        <v>77367.411247779994</v>
       </c>
       <c r="Y263" s="4">
-        <v>32776.320957000004</v>
+        <v>77367.411246999996</v>
       </c>
       <c r="Z263" s="6">
-        <v>4.0489999999999996E-3</v>
+        <v>2.9640000000000001E-3</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
-        <v>869</v>
+        <v>860</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>870</v>
+        <v>861</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D264" s="4">
-        <v>12317502.920201</v>
+        <v>6000000</v>
       </c>
       <c r="E264" s="5">
-        <v>98.621600000000001</v>
+        <v>100.21129999999999</v>
       </c>
       <c r="F264" s="4">
-        <v>12221843.392798601</v>
+        <v>6021483.8550000004</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H264" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I264" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J264" s="5">
-        <v>98.621600000000001</v>
+        <v>100.21129999999999</v>
       </c>
       <c r="K264" s="5">
         <v>1</v>
       </c>
       <c r="L264" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M264" s="4">
-        <v>12221843.392797999</v>
+        <v>6021483.8550000004</v>
       </c>
       <c r="N264" s="4">
-        <v>12221843.392798601</v>
+        <v>6021483.8550000004</v>
       </c>
       <c r="O264" s="3" t="s">
-        <v>871</v>
+        <v>34</v>
       </c>
       <c r="P264" s="3" t="s">
-        <v>850</v>
+        <v>862</v>
       </c>
       <c r="Q264" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R264" s="3" t="s">
-        <v>869</v>
+        <v>860</v>
       </c>
       <c r="S264" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T264" s="4">
         <v>0.01</v>
       </c>
       <c r="U264" s="2">
-        <v>50754</v>
+        <v>47988</v>
       </c>
       <c r="V264" s="4">
-        <v>4.6094200000000001</v>
+        <v>5.8705699999999998</v>
       </c>
       <c r="W264" s="3" t="s">
-        <v>872</v>
+        <v>863</v>
       </c>
       <c r="X264" s="4">
-        <v>74124.932849730001</v>
+        <v>8805.8549999999996</v>
       </c>
       <c r="Y264" s="4">
-        <v>74124.932849000004</v>
+        <v>8805.8549999999996</v>
       </c>
       <c r="Z264" s="6">
-        <v>9.3810000000000004E-3</v>
+        <v>4.718E-3</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
-        <v>873</v>
+        <v>864</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>874</v>
+        <v>865</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D265" s="4">
-        <v>8763447.5512290001</v>
+        <v>1939288.7339999999</v>
       </c>
       <c r="E265" s="5">
-        <v>97.576269999999994</v>
+        <v>48.367040000000003</v>
       </c>
       <c r="F265" s="4">
-        <v>8604011.2141742706</v>
+        <v>961811.30507080001</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H265" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I265" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J265" s="5">
-        <v>97.576269999999994</v>
+        <v>48.367040000000003</v>
       </c>
       <c r="K265" s="5">
         <v>1</v>
       </c>
       <c r="L265" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M265" s="4">
-        <v>8604011.2141740005</v>
+        <v>961811.30507</v>
       </c>
       <c r="N265" s="4">
-        <v>8604011.2141742706</v>
+        <v>961811.30507080001</v>
       </c>
       <c r="O265" s="3" t="s">
-        <v>875</v>
+        <v>34</v>
       </c>
       <c r="P265" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q265" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R265" s="3" t="s">
-        <v>873</v>
+        <v>864</v>
       </c>
       <c r="S265" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T265" s="4">
         <v>0.01</v>
       </c>
       <c r="U265" s="2">
-        <v>50936</v>
+        <v>50115</v>
       </c>
       <c r="V265" s="4">
-        <v>4.6294199999999996</v>
+        <v>5.8994200000000001</v>
       </c>
       <c r="W265" s="3" t="s">
-        <v>876</v>
+        <v>867</v>
       </c>
       <c r="X265" s="4">
-        <v>52965.970278959998</v>
+        <v>23834.74738153</v>
       </c>
       <c r="Y265" s="4">
-        <v>52965.970278000001</v>
+        <v>23834.747381000001</v>
       </c>
       <c r="Z265" s="6">
-        <v>6.6039999999999996E-3</v>
+        <v>7.5299999999999998E-4</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
-        <v>877</v>
+        <v>868</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>878</v>
+        <v>869</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D266" s="4">
-        <v>14192035.386258001</v>
+        <v>1797000</v>
       </c>
       <c r="E266" s="5">
-        <v>96.105919999999998</v>
+        <v>99.68</v>
       </c>
       <c r="F266" s="4">
-        <v>13724421.200216001</v>
+        <v>1793730.66998</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H266" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I266" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J266" s="5">
-        <v>96.105919999999998</v>
+        <v>99.68</v>
       </c>
       <c r="K266" s="5">
         <v>1</v>
       </c>
       <c r="L266" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M266" s="4">
-        <v>13724421.200216001</v>
+        <v>1793730.66998</v>
       </c>
       <c r="N266" s="4">
-        <v>13724421.200216001</v>
+        <v>1793730.66998</v>
       </c>
       <c r="O266" s="3" t="s">
-        <v>34</v>
+        <v>870</v>
       </c>
       <c r="P266" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q266" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R266" s="3" t="s">
-        <v>877</v>
+        <v>868</v>
       </c>
       <c r="S266" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T266" s="4">
         <v>0.01</v>
       </c>
       <c r="U266" s="2">
-        <v>50936</v>
+        <v>48382</v>
       </c>
       <c r="V266" s="4">
-        <v>4.5894199999999996</v>
+        <v>4.75</v>
       </c>
       <c r="W266" s="3" t="s">
-        <v>879</v>
+        <v>871</v>
       </c>
       <c r="X266" s="4">
-        <v>85035.025527580001</v>
+        <v>2481.0699800000002</v>
       </c>
       <c r="Y266" s="4">
-        <v>85035.025527000005</v>
+        <v>2481.0699800000002</v>
       </c>
       <c r="Z266" s="6">
-        <v>1.0534E-2</v>
+        <v>1.405E-3</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
-        <v>880</v>
+        <v>872</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D267" s="4">
-        <v>6783111.9987120004</v>
+        <v>850000</v>
       </c>
       <c r="E267" s="5">
-        <v>97.652050000000003</v>
+        <v>99.68</v>
       </c>
       <c r="F267" s="4">
-        <v>6664313.4682763098</v>
+        <v>848946</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H267" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I267" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J267" s="5">
-        <v>97.652050000000003</v>
+        <v>99.68</v>
       </c>
       <c r="K267" s="5">
         <v>1</v>
       </c>
       <c r="L267" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M267" s="4">
-        <v>6664313.4682759997</v>
+        <v>848946</v>
       </c>
       <c r="N267" s="4">
-        <v>6664313.4682763098</v>
+        <v>848946</v>
       </c>
       <c r="O267" s="3" t="s">
-        <v>882</v>
+        <v>34</v>
       </c>
       <c r="P267" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R267" s="3" t="s">
-        <v>880</v>
+        <v>872</v>
       </c>
       <c r="S267" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T267" s="4">
         <v>0.01</v>
       </c>
       <c r="U267" s="2">
-        <v>51119</v>
+        <v>49751</v>
       </c>
       <c r="V267" s="4">
-        <v>4.56942</v>
+        <v>4.75</v>
       </c>
       <c r="W267" s="3" t="s">
-        <v>883</v>
+        <v>874</v>
       </c>
       <c r="X267" s="4">
-        <v>40465.547738059999</v>
+        <v>1666</v>
       </c>
       <c r="Y267" s="4">
-        <v>40465.547738000001</v>
+        <v>1666</v>
       </c>
       <c r="Z267" s="6">
-        <v>5.1149999999999998E-3</v>
+        <v>6.6500000000000001E-4</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
-        <v>884</v>
+        <v>875</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>885</v>
+        <v>876</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D268" s="4">
-        <v>1334103.8801579999</v>
+        <v>5400349.5891279997</v>
       </c>
       <c r="E268" s="5">
-        <v>97.234530000000007</v>
+        <v>26.716380000000001</v>
       </c>
       <c r="F268" s="4">
-        <v>1305168.40993749</v>
+        <v>1509150.6891703899</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H268" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I268" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J268" s="5">
-        <v>97.234530000000007</v>
+        <v>26.716380000000001</v>
       </c>
       <c r="K268" s="5">
         <v>1</v>
       </c>
       <c r="L268" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M268" s="4">
-        <v>1305168.4099369999</v>
+        <v>1509150.6891699999</v>
       </c>
       <c r="N268" s="4">
-        <v>1305168.40993749</v>
+        <v>1509150.6891703899</v>
       </c>
       <c r="O268" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P268" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q268" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R268" s="3" t="s">
-        <v>884</v>
+        <v>875</v>
       </c>
       <c r="S268" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T268" s="4">
         <v>0.01</v>
       </c>
       <c r="U268" s="2">
-        <v>51119</v>
+        <v>50206</v>
       </c>
       <c r="V268" s="4">
-        <v>4.4994199999999998</v>
+        <v>5.8990710000000002</v>
       </c>
       <c r="W268" s="3" t="s">
-        <v>886</v>
+        <v>877</v>
       </c>
       <c r="X268" s="4">
-        <v>7958.7723540899997</v>
+        <v>66372.771610609998</v>
       </c>
       <c r="Y268" s="4">
-        <v>7958.7723539999997</v>
+        <v>66372.771609999996</v>
       </c>
       <c r="Z268" s="6">
-        <v>1.0009999999999999E-3</v>
+        <v>1.1820000000000001E-3</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
-        <v>887</v>
+        <v>878</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D269" s="4">
-        <v>8910341.1784000006</v>
+        <v>2306006.9063599999</v>
       </c>
       <c r="E269" s="5">
-        <v>98.186170000000004</v>
+        <v>99.739699999999999</v>
       </c>
       <c r="F269" s="4">
-        <v>8801529.5621356703</v>
+        <v>2322581.23491584</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H269" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I269" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J269" s="5">
-        <v>98.186170000000004</v>
+        <v>99.739699999999999</v>
       </c>
       <c r="K269" s="5">
         <v>1</v>
       </c>
       <c r="L269" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M269" s="4">
-        <v>8801529.5621349998</v>
+        <v>2322581.2349149999</v>
       </c>
       <c r="N269" s="4">
-        <v>8801529.5621356703</v>
+        <v>2322581.23491584</v>
       </c>
       <c r="O269" s="3" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="P269" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q269" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R269" s="3" t="s">
-        <v>887</v>
+        <v>878</v>
       </c>
       <c r="S269" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T269" s="4">
         <v>0.01</v>
       </c>
       <c r="U269" s="2">
-        <v>51851</v>
+        <v>48745</v>
       </c>
       <c r="V269" s="4">
-        <v>4.5394199999999998</v>
+        <v>4.6994199999999999</v>
       </c>
       <c r="W269" s="3" t="s">
-        <v>890</v>
+        <v>881</v>
       </c>
       <c r="X269" s="4">
-        <v>52806.825131849997</v>
+        <v>22576.864533100001</v>
       </c>
       <c r="Y269" s="4">
-        <v>52806.825130999998</v>
+        <v>22576.864533</v>
       </c>
       <c r="Z269" s="6">
-        <v>6.7549999999999997E-3</v>
+        <v>1.82E-3</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
-        <v>891</v>
+        <v>882</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>892</v>
+        <v>883</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D270" s="4">
-        <v>2672290.9504</v>
+        <v>5308318.3808000004</v>
       </c>
       <c r="E270" s="5">
-        <v>94.392799999999994</v>
+        <v>98.880560000000003</v>
       </c>
       <c r="F270" s="4">
-        <v>2538810.8146609901</v>
+        <v>5301197.5813440597</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H270" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I270" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J270" s="5">
-        <v>94.392799999999994</v>
+        <v>98.880560000000003</v>
       </c>
       <c r="K270" s="5">
         <v>1</v>
       </c>
       <c r="L270" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M270" s="4">
-        <v>2538810.8146600001</v>
+        <v>5301197.5813440001</v>
       </c>
       <c r="N270" s="4">
-        <v>2538810.8146609901</v>
+        <v>5301197.5813440597</v>
       </c>
       <c r="O270" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P270" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q270" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R270" s="3" t="s">
-        <v>891</v>
+        <v>882</v>
       </c>
       <c r="S270" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T270" s="4">
         <v>0.01</v>
       </c>
       <c r="U270" s="2">
-        <v>51119</v>
+        <v>48837</v>
       </c>
       <c r="V270" s="4">
-        <v>4.6894200000000001</v>
+        <v>4.7294200000000002</v>
       </c>
       <c r="W270" s="3" t="s">
-        <v>893</v>
+        <v>884</v>
       </c>
       <c r="X270" s="4">
-        <v>16360.562431820001</v>
+        <v>52302.639826090002</v>
       </c>
       <c r="Y270" s="4">
-        <v>16360.562431</v>
+        <v>52302.639825999999</v>
       </c>
       <c r="Z270" s="6">
-        <v>1.9480000000000001E-3</v>
+        <v>4.1539999999999997E-3</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
-        <v>894</v>
+        <v>885</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>895</v>
+        <v>886</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D271" s="4">
-        <v>4014845.9865000001</v>
+        <v>12317502.920201</v>
       </c>
       <c r="E271" s="5">
-        <v>100.00103</v>
+        <v>98.711129999999997</v>
       </c>
       <c r="F271" s="4">
-        <v>4017856.5076106298</v>
+        <v>12277030.787626799</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H271" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I271" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J271" s="5">
-        <v>100.00103</v>
+        <v>98.711129999999997</v>
       </c>
       <c r="K271" s="5">
         <v>1</v>
       </c>
       <c r="L271" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M271" s="4">
-        <v>4017856.5076100002</v>
+        <v>12277030.787626</v>
       </c>
       <c r="N271" s="4">
-        <v>4017856.5076106298</v>
+        <v>12277030.787626799</v>
       </c>
       <c r="O271" s="3" t="s">
-        <v>896</v>
+        <v>887</v>
       </c>
       <c r="P271" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q271" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R271" s="3" t="s">
-        <v>894</v>
+        <v>885</v>
       </c>
       <c r="S271" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T271" s="4">
         <v>0.01</v>
       </c>
       <c r="U271" s="2">
-        <v>46230</v>
+        <v>50754</v>
       </c>
       <c r="V271" s="4">
-        <v>5.3247400000000003</v>
+        <v>4.6094200000000001</v>
       </c>
       <c r="W271" s="3" t="s">
-        <v>897</v>
+        <v>888</v>
       </c>
       <c r="X271" s="4">
-        <v>2969.1681969699998</v>
+        <v>118284.4673134</v>
       </c>
       <c r="Y271" s="4">
-        <v>2969.1681960000001</v>
+        <v>118284.467313</v>
       </c>
       <c r="Z271" s="6">
-        <v>3.0839999999999999E-3</v>
+        <v>9.6200000000000001E-3</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
-        <v>898</v>
+        <v>889</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>899</v>
+        <v>890</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D272" s="4">
-        <v>3983896.0611999999</v>
+        <v>8763447.5512290001</v>
       </c>
       <c r="E272" s="5">
-        <v>98.28201</v>
+        <v>97.686189999999996</v>
       </c>
       <c r="F272" s="4">
-        <v>3918167.01058697</v>
+        <v>8645198.1907823794</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H272" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I272" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J272" s="5">
-        <v>98.28201</v>
+        <v>97.686189999999996</v>
       </c>
       <c r="K272" s="5">
         <v>1</v>
       </c>
       <c r="L272" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M272" s="4">
-        <v>3918167.010586</v>
+        <v>8645198.1907819994</v>
       </c>
       <c r="N272" s="4">
-        <v>3918167.01058697</v>
+        <v>8645198.1907823794</v>
       </c>
       <c r="O272" s="3" t="s">
-        <v>34</v>
+        <v>891</v>
       </c>
       <c r="P272" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q272" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R272" s="3" t="s">
-        <v>898</v>
+        <v>889</v>
       </c>
       <c r="S272" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T272" s="4">
         <v>0.01</v>
       </c>
       <c r="U272" s="2">
-        <v>46959</v>
+        <v>50936</v>
       </c>
       <c r="V272" s="4">
-        <v>4.9047400000000003</v>
+        <v>4.6294199999999996</v>
       </c>
       <c r="W272" s="3" t="s">
-        <v>900</v>
+        <v>892</v>
       </c>
       <c r="X272" s="4">
-        <v>2713.8853287799998</v>
+        <v>84520.165338770006</v>
       </c>
       <c r="Y272" s="4">
-        <v>2713.8853279999998</v>
+        <v>84520.165338000006</v>
       </c>
       <c r="Z272" s="6">
-        <v>3.0070000000000001E-3</v>
+        <v>6.7739999999999996E-3</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
-        <v>901</v>
+        <v>893</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>902</v>
+        <v>894</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D273" s="4">
-        <v>9761242.0587200001</v>
+        <v>14192035.386258001</v>
       </c>
       <c r="E273" s="5">
-        <v>99.085189999999997</v>
+        <v>96.251410000000007</v>
       </c>
       <c r="F273" s="4">
-        <v>9753281.6763430592</v>
+        <v>13795728.3566435</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H273" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I273" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J273" s="5">
-        <v>99.085189999999997</v>
+        <v>96.251410000000007</v>
       </c>
       <c r="K273" s="5">
         <v>1</v>
       </c>
       <c r="L273" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M273" s="4">
-        <v>9753281.6763429996</v>
+        <v>13795728.356643001</v>
       </c>
       <c r="N273" s="4">
-        <v>9753281.6763430592</v>
+        <v>13795728.3566435</v>
       </c>
       <c r="O273" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P273" s="3" t="s">
-        <v>903</v>
+        <v>866</v>
       </c>
       <c r="Q273" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R273" s="3" t="s">
-        <v>901</v>
+        <v>893</v>
       </c>
       <c r="S273" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T273" s="4">
         <v>0.01</v>
       </c>
       <c r="U273" s="2">
-        <v>51302</v>
+        <v>50936</v>
       </c>
       <c r="V273" s="4">
-        <v>5.5289700000000002</v>
+        <v>4.5894199999999996</v>
       </c>
       <c r="W273" s="3" t="s">
-        <v>904</v>
+        <v>895</v>
       </c>
       <c r="X273" s="4">
-        <v>81336.436100439998</v>
+        <v>135694.18967165999</v>
       </c>
       <c r="Y273" s="4">
-        <v>81336.436100000006</v>
+        <v>135694.189671</v>
       </c>
       <c r="Z273" s="6">
-        <v>7.4859999999999996E-3</v>
+        <v>1.081E-2</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
-        <v>905</v>
+        <v>896</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>906</v>
+        <v>897</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D274" s="4">
-        <v>7653884.0634000003</v>
+        <v>6783111.9987120004</v>
       </c>
       <c r="E274" s="5">
-        <v>100.42359</v>
+        <v>97.753330000000005</v>
       </c>
       <c r="F274" s="4">
-        <v>7693763.5845336802</v>
+        <v>6695290.5389312804</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H274" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I274" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J274" s="5">
-        <v>100.42359</v>
+        <v>97.753330000000005</v>
       </c>
       <c r="K274" s="5">
         <v>1</v>
       </c>
       <c r="L274" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M274" s="4">
-        <v>7693763.5845330004</v>
+        <v>6695290.538931</v>
       </c>
       <c r="N274" s="4">
-        <v>7693763.5845336802</v>
+        <v>6695290.5389312804</v>
       </c>
       <c r="O274" s="3" t="s">
-        <v>907</v>
+        <v>898</v>
       </c>
       <c r="P274" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q274" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R274" s="3" t="s">
-        <v>905</v>
+        <v>896</v>
       </c>
       <c r="S274" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T274" s="4">
         <v>0.01</v>
       </c>
       <c r="U274" s="2">
-        <v>46868</v>
+        <v>51119</v>
       </c>
       <c r="V274" s="4">
-        <v>6.2747400000000004</v>
+        <v>4.56942</v>
       </c>
       <c r="W274" s="3" t="s">
-        <v>908</v>
+        <v>899</v>
       </c>
       <c r="X274" s="4">
-        <v>7458.43362953</v>
+        <v>64572.682560740002</v>
       </c>
       <c r="Y274" s="4">
-        <v>7458.4336290000001</v>
+        <v>64572.682560000001</v>
       </c>
       <c r="Z274" s="6">
-        <v>5.9049999999999997E-3</v>
+        <v>5.2459999999999998E-3</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
-        <v>909</v>
+        <v>900</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>910</v>
+        <v>901</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D275" s="4">
-        <v>1150000</v>
+        <v>1334103.8801579999</v>
       </c>
       <c r="E275" s="5">
-        <v>86.697620000000001</v>
+        <v>97.350759999999994</v>
       </c>
       <c r="F275" s="4">
-        <v>999322.63</v>
+        <v>1311460.43517345</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H275" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I275" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J275" s="5">
-        <v>86.697620000000001</v>
+        <v>97.350759999999994</v>
       </c>
       <c r="K275" s="5">
         <v>1</v>
       </c>
       <c r="L275" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M275" s="4">
-        <v>999322.63</v>
+        <v>1311460.435173</v>
       </c>
       <c r="N275" s="4">
-        <v>999322.63</v>
+        <v>1311460.43517345</v>
       </c>
       <c r="O275" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P275" s="3" t="s">
-        <v>911</v>
+        <v>866</v>
       </c>
       <c r="Q275" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R275" s="3" t="s">
-        <v>909</v>
+        <v>900</v>
       </c>
       <c r="S275" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T275" s="4">
         <v>0.01</v>
       </c>
       <c r="U275" s="2">
-        <v>53220</v>
+        <v>51119</v>
       </c>
       <c r="V275" s="4">
-        <v>4.5</v>
+        <v>4.4994199999999998</v>
       </c>
       <c r="W275" s="3" t="s">
-        <v>912</v>
+        <v>902</v>
       </c>
       <c r="X275" s="4">
-        <v>2300</v>
+        <v>12700.168650150001</v>
       </c>
       <c r="Y275" s="4">
-        <v>2300</v>
+        <v>12700.16865</v>
       </c>
       <c r="Z275" s="6">
-        <v>7.67E-4</v>
+        <v>1.0269999999999999E-3</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
-        <v>913</v>
+        <v>903</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>914</v>
+        <v>904</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D276" s="4">
-        <v>7482197.9872770002</v>
+        <v>8973423.2398400009</v>
       </c>
       <c r="E276" s="5">
-        <v>100.24038</v>
+        <v>98.331339999999997</v>
       </c>
       <c r="F276" s="4">
-        <v>7507422.8668386899</v>
+        <v>8908550.1008631606</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H276" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I276" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J276" s="5">
-        <v>100.24038</v>
+        <v>98.331339999999997</v>
       </c>
       <c r="K276" s="5">
         <v>1</v>
       </c>
       <c r="L276" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M276" s="4">
-        <v>7507422.8668379998</v>
+        <v>8908550.1008630004</v>
       </c>
       <c r="N276" s="4">
-        <v>7507422.8668386899</v>
+        <v>8908550.1008631606</v>
       </c>
       <c r="O276" s="3" t="s">
-        <v>34</v>
+        <v>905</v>
       </c>
       <c r="P276" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q276" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R276" s="3" t="s">
-        <v>913</v>
+        <v>903</v>
       </c>
       <c r="S276" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T276" s="4">
         <v>0.01</v>
       </c>
       <c r="U276" s="2">
-        <v>46959</v>
+        <v>51851</v>
       </c>
       <c r="V276" s="4">
-        <v>6.2247399999999997</v>
+        <v>4.5394199999999998</v>
       </c>
       <c r="W276" s="3" t="s">
-        <v>915</v>
+        <v>906</v>
       </c>
       <c r="X276" s="4">
-        <v>7239.1720398699999</v>
+        <v>84862.785257070005</v>
       </c>
       <c r="Y276" s="4">
-        <v>7239.172039</v>
+        <v>84862.785256999996</v>
       </c>
       <c r="Z276" s="6">
-        <v>5.7619999999999998E-3</v>
+        <v>6.9800000000000001E-3</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
-        <v>916</v>
+        <v>907</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>917</v>
+        <v>908</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D277" s="4">
-        <v>15494047.442468001</v>
+        <v>2672290.9504</v>
       </c>
       <c r="E277" s="5">
-        <v>98.828100000000006</v>
+        <v>94.571789999999993</v>
       </c>
       <c r="F277" s="4">
-        <v>15324684.4630985</v>
+        <v>2553340.6662775902</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H277" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I277" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J277" s="5">
-        <v>98.828100000000006</v>
+        <v>94.571789999999993</v>
       </c>
       <c r="K277" s="5">
         <v>1</v>
       </c>
       <c r="L277" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M277" s="4">
-        <v>15324684.463098001</v>
+        <v>2553340.6662770002</v>
       </c>
       <c r="N277" s="4">
-        <v>15324684.4630985</v>
+        <v>2553340.6662775902</v>
       </c>
       <c r="O277" s="3" t="s">
-        <v>918</v>
+        <v>34</v>
       </c>
       <c r="P277" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q277" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R277" s="3" t="s">
-        <v>916</v>
+        <v>907</v>
       </c>
       <c r="S277" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T277" s="4">
         <v>0.01</v>
       </c>
       <c r="U277" s="2">
-        <v>47416</v>
+        <v>51119</v>
       </c>
       <c r="V277" s="4">
-        <v>5.6747399999999999</v>
+        <v>4.6894200000000001</v>
       </c>
       <c r="W277" s="3" t="s">
-        <v>919</v>
+        <v>909</v>
       </c>
       <c r="X277" s="4">
-        <v>12211.762608839999</v>
+        <v>26107.280476299999</v>
       </c>
       <c r="Y277" s="4">
-        <v>12211.762608000001</v>
+        <v>26107.280476</v>
       </c>
       <c r="Z277" s="6">
-        <v>1.1762E-2</v>
+        <v>2E-3</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>921</v>
+        <v>911</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D278" s="4">
-        <v>3155516.981435</v>
+        <v>4014845.9865000001</v>
       </c>
       <c r="E278" s="5">
-        <v>104.69437000000001</v>
+        <v>99.997309999999999</v>
       </c>
       <c r="F278" s="4">
-        <v>3316905.5687508099</v>
+        <v>4034334.4972429401</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H278" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I278" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J278" s="5">
-        <v>104.69437000000001</v>
+        <v>99.997309999999999</v>
       </c>
       <c r="K278" s="5">
         <v>1</v>
       </c>
       <c r="L278" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M278" s="4">
-        <v>3316905.5687500001</v>
+        <v>4034334.497242</v>
       </c>
       <c r="N278" s="4">
-        <v>3316905.5687508099</v>
+        <v>4034334.4972429401</v>
       </c>
       <c r="O278" s="3" t="s">
-        <v>34</v>
+        <v>912</v>
       </c>
       <c r="P278" s="3" t="s">
-        <v>850</v>
+        <v>866</v>
       </c>
       <c r="Q278" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R278" s="3" t="s">
-        <v>920</v>
+        <v>910</v>
       </c>
       <c r="S278" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T278" s="4">
         <v>0.01</v>
       </c>
       <c r="U278" s="2">
-        <v>51789</v>
+        <v>46230</v>
       </c>
       <c r="V278" s="4">
-        <v>8.8966499999999993</v>
+        <v>5.3247400000000003</v>
       </c>
       <c r="W278" s="3" t="s">
-        <v>922</v>
+        <v>913</v>
       </c>
       <c r="X278" s="4">
-        <v>13256.94479442</v>
+        <v>19596.510099980002</v>
       </c>
       <c r="Y278" s="4">
-        <v>13256.944793999999</v>
+        <v>19596.510098999999</v>
       </c>
       <c r="Z278" s="6">
-        <v>2.545E-3</v>
+        <v>3.1610000000000002E-3</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
-        <v>923</v>
+        <v>914</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>924</v>
+        <v>915</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D279" s="4">
-        <v>1564148.3311999999</v>
+        <v>3983896.0611999999</v>
       </c>
       <c r="E279" s="5">
-        <v>99.692449999999994</v>
+        <v>98.644819999999996</v>
       </c>
       <c r="F279" s="4">
-        <v>1561770.9126337101</v>
+        <v>3947818.7417277698</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H279" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I279" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J279" s="5">
-        <v>99.692449999999994</v>
+        <v>98.644819999999996</v>
       </c>
       <c r="K279" s="5">
         <v>1</v>
       </c>
       <c r="L279" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M279" s="4">
-        <v>1561770.9126329999</v>
+        <v>3947818.7417270001</v>
       </c>
       <c r="N279" s="4">
-        <v>1561770.9126337101</v>
+        <v>3947818.7417277698</v>
       </c>
       <c r="O279" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P279" s="3" t="s">
-        <v>911</v>
+        <v>866</v>
       </c>
       <c r="Q279" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R279" s="3" t="s">
-        <v>923</v>
+        <v>914</v>
       </c>
       <c r="S279" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T279" s="4">
         <v>0.01</v>
       </c>
       <c r="U279" s="2">
-        <v>51487</v>
+        <v>46959</v>
       </c>
       <c r="V279" s="4">
-        <v>3.5</v>
+        <v>4.9047400000000003</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>925</v>
+        <v>916</v>
       </c>
       <c r="X279" s="4">
-        <v>2433.1196263100001</v>
+        <v>17911.643169939998</v>
       </c>
       <c r="Y279" s="4">
-        <v>2433.1196260000002</v>
+        <v>17911.643168999999</v>
       </c>
       <c r="Z279" s="6">
-        <v>1.1980000000000001E-3</v>
+        <v>3.0929999999999998E-3</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
-        <v>926</v>
+        <v>917</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>927</v>
+        <v>918</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D280" s="4">
-        <v>8577175.9387049992</v>
+        <v>9761242.0587200001</v>
       </c>
       <c r="E280" s="5">
-        <v>97.658150000000006</v>
+        <v>99.130629999999996</v>
       </c>
       <c r="F280" s="4">
-        <v>8385117.2446148396</v>
+        <v>9788817.44552036</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H280" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I280" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J280" s="5">
-        <v>97.658150000000006</v>
+        <v>99.130629999999996</v>
       </c>
       <c r="K280" s="5">
         <v>1</v>
       </c>
       <c r="L280" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M280" s="4">
-        <v>8385117.2446140004</v>
+        <v>9788817.4455200005</v>
       </c>
       <c r="N280" s="4">
-        <v>8385117.2446148396</v>
+        <v>9788817.44552036</v>
       </c>
       <c r="O280" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P280" s="3" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="Q280" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R280" s="3" t="s">
-        <v>926</v>
+        <v>917</v>
       </c>
       <c r="S280" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T280" s="4">
         <v>0.01</v>
       </c>
       <c r="U280" s="2">
-        <v>55899</v>
+        <v>51302</v>
       </c>
       <c r="V280" s="4">
-        <v>2.31</v>
+        <v>5.5289700000000002</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>928</v>
+        <v>920</v>
       </c>
       <c r="X280" s="4">
-        <v>8805.9006303999995</v>
+        <v>112436.69688625001</v>
       </c>
       <c r="Y280" s="4">
-        <v>8805.9006300000001</v>
+        <v>112436.69688600001</v>
       </c>
       <c r="Z280" s="6">
-        <v>6.4359999999999999E-3</v>
+        <v>7.6699999999999997E-3</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
-        <v>929</v>
+        <v>921</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>930</v>
+        <v>922</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D281" s="4">
-        <v>1000</v>
+        <v>7653884.0634000003</v>
       </c>
       <c r="E281" s="5">
-        <v>47090.207609999998</v>
+        <v>100.48576</v>
       </c>
       <c r="F281" s="4">
-        <v>470902.07610000001</v>
+        <v>7740289.2325812401</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H281" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I281" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J281" s="5">
-        <v>47090.207609999998</v>
+        <v>100.48576</v>
       </c>
       <c r="K281" s="5">
         <v>1</v>
       </c>
       <c r="L281" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M281" s="4">
-        <v>470902.07610000001</v>
+        <v>7740289.2325809998</v>
       </c>
       <c r="N281" s="4">
-        <v>470902.07610000001</v>
+        <v>7740289.2325812401</v>
       </c>
       <c r="O281" s="3" t="s">
-        <v>34</v>
+        <v>923</v>
       </c>
       <c r="P281" s="3" t="s">
-        <v>911</v>
+        <v>866</v>
       </c>
       <c r="Q281" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R281" s="3" t="s">
-        <v>929</v>
+        <v>921</v>
       </c>
       <c r="S281" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T281" s="4">
         <v>0.01</v>
       </c>
       <c r="U281" s="2">
-        <v>57269</v>
+        <v>46868</v>
       </c>
       <c r="V281" s="4">
-        <v>0</v>
+        <v>6.2747400000000004</v>
       </c>
       <c r="W281" s="3" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="X281" s="4">
-        <v>0</v>
+        <v>49225.661954869996</v>
       </c>
       <c r="Y281" s="4">
-        <v>0</v>
+        <v>49225.661954000003</v>
       </c>
       <c r="Z281" s="6">
-        <v>3.6099999999999999E-4</v>
+        <v>6.0650000000000001E-3</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>933</v>
+        <v>926</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D282" s="4">
-        <v>511322.94</v>
+        <v>1150000</v>
       </c>
       <c r="E282" s="5">
-        <v>100.0172</v>
+        <v>87.248810000000006</v>
       </c>
       <c r="F282" s="4">
-        <v>518255.47857784998</v>
+        <v>1005373.8149999999</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H282" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I282" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J282" s="5">
-        <v>100.0172</v>
+        <v>87.248810000000006</v>
       </c>
       <c r="K282" s="5">
         <v>1</v>
       </c>
       <c r="L282" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M282" s="4">
-        <v>518255.47857699997</v>
+        <v>1005373.8149999999</v>
       </c>
       <c r="N282" s="4">
-        <v>518255.47857784998</v>
+        <v>1005373.8149999999</v>
       </c>
       <c r="O282" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P282" s="3" t="s">
-        <v>934</v>
+        <v>927</v>
       </c>
       <c r="Q282" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R282" s="3" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
       <c r="S282" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T282" s="4">
         <v>0.01</v>
       </c>
       <c r="U282" s="2">
-        <v>47975</v>
+        <v>53220</v>
       </c>
       <c r="V282" s="4">
-        <v>5.2311699999999997</v>
+        <v>4.5</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>935</v>
+        <v>928</v>
       </c>
       <c r="X282" s="4">
-        <v>6844.5910321700003</v>
+        <v>2012.5</v>
       </c>
       <c r="Y282" s="4">
-        <v>6844.5910320000003</v>
+        <v>2012.5</v>
       </c>
       <c r="Z282" s="6">
-        <v>3.97E-4</v>
+        <v>7.8700000000000005E-4</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D283" s="4">
-        <v>755452.01613</v>
+        <v>7482197.9872770002</v>
       </c>
       <c r="E283" s="5">
-        <v>100.1584</v>
+        <v>100.22635</v>
       </c>
       <c r="F283" s="4">
-        <v>757982.28934023005</v>
+        <v>7546912.4778843699</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H283" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I283" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J283" s="5">
-        <v>100.1584</v>
+        <v>100.22635</v>
       </c>
       <c r="K283" s="5">
         <v>1</v>
       </c>
       <c r="L283" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M283" s="4">
-        <v>757982.28934000002</v>
+        <v>7546912.4778840002</v>
       </c>
       <c r="N283" s="4">
-        <v>757982.28934023005</v>
+        <v>7546912.4778843699</v>
       </c>
       <c r="O283" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>938</v>
+        <v>866</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R283" s="3" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="S283" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T283" s="4">
         <v>0.01</v>
       </c>
       <c r="U283" s="2">
-        <v>47956</v>
+        <v>46959</v>
       </c>
       <c r="V283" s="4">
-        <v>5.2960500000000001</v>
+        <v>6.2247399999999997</v>
       </c>
       <c r="W283" s="3" t="s">
-        <v>939</v>
+        <v>931</v>
       </c>
       <c r="X283" s="4">
-        <v>1333.6372166799999</v>
+        <v>47778.535463170003</v>
       </c>
       <c r="Y283" s="4">
-        <v>1333.6372160000001</v>
+        <v>47778.535463</v>
       </c>
       <c r="Z283" s="6">
-        <v>5.8100000000000003E-4</v>
+        <v>5.9129999999999999E-3</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
-        <v>940</v>
+        <v>932</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D284" s="4">
-        <v>311222.52979499998</v>
+        <v>15494047.442468001</v>
       </c>
       <c r="E284" s="5">
-        <v>100.07640000000001</v>
+        <v>99.444929999999999</v>
       </c>
       <c r="F284" s="4">
-        <v>312219.55321412999</v>
+        <v>15488642.266547401</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H284" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I284" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J284" s="5">
-        <v>100.07640000000001</v>
+        <v>99.444929999999999</v>
       </c>
       <c r="K284" s="5">
         <v>1</v>
       </c>
       <c r="L284" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M284" s="4">
-        <v>312219.55321400001</v>
+        <v>15488642.266547</v>
       </c>
       <c r="N284" s="4">
-        <v>312219.55321412999</v>
+        <v>15488642.266547401</v>
       </c>
       <c r="O284" s="3" t="s">
-        <v>34</v>
+        <v>934</v>
       </c>
       <c r="P284" s="3" t="s">
-        <v>938</v>
+        <v>866</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R284" s="3" t="s">
-        <v>940</v>
+        <v>932</v>
       </c>
       <c r="S284" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T284" s="4">
         <v>0.01</v>
       </c>
       <c r="U284" s="2">
-        <v>47953</v>
+        <v>47416</v>
       </c>
       <c r="V284" s="4">
-        <v>5.16615</v>
+        <v>5.6747399999999999</v>
       </c>
       <c r="W284" s="3" t="s">
-        <v>942</v>
+        <v>935</v>
       </c>
       <c r="X284" s="4">
-        <v>759.24940635999997</v>
+        <v>80597.633218360003</v>
       </c>
       <c r="Y284" s="4">
-        <v>759.24940600000002</v>
+        <v>80597.633218000003</v>
       </c>
       <c r="Z284" s="6">
-        <v>2.3900000000000001E-4</v>
+        <v>1.2137E-2</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
-        <v>943</v>
+        <v>936</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D285" s="4">
-        <v>321398.47604400001</v>
+        <v>3291261.1625000001</v>
       </c>
       <c r="E285" s="5">
-        <v>100.02034999999999</v>
+        <v>105.11696000000001</v>
       </c>
       <c r="F285" s="4">
-        <v>321714.10318546998</v>
+        <v>3469353.7614778802</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H285" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I285" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J285" s="5">
-        <v>100.02034999999999</v>
+        <v>105.11696000000001</v>
       </c>
       <c r="K285" s="5">
         <v>1</v>
       </c>
       <c r="L285" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M285" s="4">
-        <v>321714.10318500001</v>
+        <v>3469353.7614770001</v>
       </c>
       <c r="N285" s="4">
-        <v>321714.10318546998</v>
+        <v>3469353.7614778802</v>
       </c>
       <c r="O285" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P285" s="3" t="s">
-        <v>945</v>
+        <v>866</v>
       </c>
       <c r="Q285" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R285" s="3" t="s">
-        <v>943</v>
+        <v>936</v>
       </c>
       <c r="S285" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T285" s="4">
         <v>0.01</v>
       </c>
       <c r="U285" s="2">
-        <v>49699</v>
+        <v>51789</v>
       </c>
       <c r="V285" s="4">
-        <v>5.6055099999999998</v>
+        <v>8.8234399999999997</v>
       </c>
       <c r="W285" s="3" t="s">
-        <v>946</v>
+        <v>938</v>
       </c>
       <c r="X285" s="4">
-        <v>250.22255158999999</v>
+        <v>9680.0817972200002</v>
       </c>
       <c r="Y285" s="4">
-        <v>250.22255100000001</v>
+        <v>9680.0817970000007</v>
       </c>
       <c r="Z285" s="6">
-        <v>2.4600000000000002E-4</v>
+        <v>2.7179999999999999E-3</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D286" s="4">
-        <v>1306188.2984160001</v>
+        <v>1274405.7535999999</v>
       </c>
       <c r="E286" s="5">
-        <v>100.0311</v>
+        <v>99.742779999999996</v>
       </c>
       <c r="F286" s="4">
-        <v>1315836.2674336301</v>
+        <v>1272862.3349518799</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H286" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I286" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J286" s="5">
-        <v>100.0311</v>
+        <v>99.742779999999996</v>
       </c>
       <c r="K286" s="5">
         <v>1</v>
       </c>
       <c r="L286" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M286" s="4">
-        <v>1315836.267433</v>
+        <v>1272862.3349510001</v>
       </c>
       <c r="N286" s="4">
-        <v>1315836.2674336301</v>
+        <v>1272862.3349518799</v>
       </c>
       <c r="O286" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P286" s="3" t="s">
-        <v>949</v>
+        <v>927</v>
       </c>
       <c r="Q286" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R286" s="3" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
       <c r="S286" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T286" s="4">
         <v>0.01</v>
       </c>
       <c r="U286" s="2">
-        <v>48014</v>
+        <v>51487</v>
       </c>
       <c r="V286" s="4">
-        <v>5.4194199999999997</v>
+        <v>3.5</v>
       </c>
       <c r="W286" s="3" t="s">
-        <v>950</v>
+        <v>941</v>
       </c>
       <c r="X286" s="4">
-        <v>9241.7444568200008</v>
+        <v>1734.6078312899999</v>
       </c>
       <c r="Y286" s="4">
-        <v>9241.7444560000004</v>
+        <v>1734.607831</v>
       </c>
       <c r="Z286" s="6">
-        <v>1.01E-3</v>
+        <v>9.9700000000000006E-4</v>
       </c>
     </row>
     <row r="287" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
-        <v>951</v>
+        <v>942</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>952</v>
+        <v>943</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D287" s="4">
-        <v>3763787.9460479999</v>
+        <v>13296096.988669001</v>
       </c>
       <c r="E287" s="5">
-        <v>81.821079999999995</v>
+        <v>97.771289999999993</v>
       </c>
       <c r="F287" s="4">
-        <v>3079571.9463662901</v>
+        <v>13011709.8726009</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H287" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I287" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J287" s="5">
-        <v>81.821079999999995</v>
+        <v>97.771289999999993</v>
       </c>
       <c r="K287" s="5">
         <v>1</v>
       </c>
       <c r="L287" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M287" s="4">
-        <v>3079571.946366</v>
+        <v>13011709.8726</v>
       </c>
       <c r="N287" s="4">
-        <v>3079571.9463662901</v>
+        <v>13011709.8726009</v>
       </c>
       <c r="O287" s="3" t="s">
-        <v>953</v>
+        <v>34</v>
       </c>
       <c r="P287" s="3" t="s">
-        <v>954</v>
+        <v>927</v>
       </c>
       <c r="Q287" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R287" s="3" t="s">
-        <v>951</v>
+        <v>942</v>
       </c>
       <c r="S287" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T287" s="4">
         <v>0.01</v>
       </c>
       <c r="U287" s="2">
-        <v>49454</v>
+        <v>55899</v>
       </c>
       <c r="V287" s="4">
-        <v>5.5087200000000003</v>
+        <v>2.31</v>
       </c>
       <c r="W287" s="3" t="s">
-        <v>955</v>
+        <v>944</v>
       </c>
       <c r="X287" s="4">
-        <v>0</v>
+        <v>11944.32712815</v>
       </c>
       <c r="Y287" s="4">
-        <v>0</v>
+        <v>11944.327128000001</v>
       </c>
       <c r="Z287" s="6">
-        <v>2.3630000000000001E-3</v>
+        <v>1.0196E-2</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
-        <v>956</v>
+        <v>945</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>957</v>
+        <v>946</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D288" s="4">
-        <v>2992680.8891199999</v>
+        <v>1000</v>
       </c>
       <c r="E288" s="5">
-        <v>91.231160000000003</v>
+        <v>47320.887909999998</v>
       </c>
       <c r="F288" s="4">
-        <v>2732096.9540204899</v>
+        <v>473208.87910000002</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H288" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I288" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J288" s="5">
-        <v>91.231160000000003</v>
+        <v>47320.887909999998</v>
       </c>
       <c r="K288" s="5">
         <v>1</v>
       </c>
       <c r="L288" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M288" s="4">
-        <v>2732096.9540200001</v>
+        <v>473208.87910000002</v>
       </c>
       <c r="N288" s="4">
-        <v>2732096.9540204899</v>
+        <v>473208.87910000002</v>
       </c>
       <c r="O288" s="3" t="s">
-        <v>958</v>
+        <v>34</v>
       </c>
       <c r="P288" s="3" t="s">
-        <v>959</v>
+        <v>927</v>
       </c>
       <c r="Q288" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R288" s="3" t="s">
-        <v>956</v>
+        <v>945</v>
       </c>
       <c r="S288" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T288" s="4">
         <v>0.01</v>
       </c>
       <c r="U288" s="2">
-        <v>50065</v>
+        <v>57269</v>
       </c>
       <c r="V288" s="4">
-        <v>4.4255100000000001</v>
+        <v>0</v>
       </c>
       <c r="W288" s="3" t="s">
-        <v>960</v>
+        <v>947</v>
       </c>
       <c r="X288" s="4">
-        <v>1839.463778</v>
+        <v>0</v>
       </c>
       <c r="Y288" s="4">
-        <v>1839.463778</v>
+        <v>0</v>
       </c>
       <c r="Z288" s="6">
-        <v>2.0969999999999999E-3</v>
+        <v>3.6999999999999999E-4</v>
       </c>
     </row>
     <row r="289" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
-        <v>961</v>
+        <v>948</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>962</v>
+        <v>949</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D289" s="4">
-        <v>7584349.63167</v>
+        <v>1080569.8300409999</v>
       </c>
       <c r="E289" s="5">
-        <v>43.349870000000003</v>
+        <v>97.693119999999993</v>
       </c>
       <c r="F289" s="4">
-        <v>3292414.7886823202</v>
+        <v>1056238.94654005</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H289" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I289" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J289" s="5">
-        <v>43.349870000000003</v>
+        <v>97.693119999999993</v>
       </c>
       <c r="K289" s="5">
         <v>1</v>
       </c>
       <c r="L289" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M289" s="4">
-        <v>3292414.7886819998</v>
+        <v>1056238.9465399999</v>
       </c>
       <c r="N289" s="4">
-        <v>3292414.7886823202</v>
+        <v>1056238.94654005</v>
       </c>
       <c r="O289" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P289" s="3" t="s">
-        <v>963</v>
+        <v>950</v>
       </c>
       <c r="Q289" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R289" s="3" t="s">
-        <v>961</v>
+        <v>948</v>
       </c>
       <c r="S289" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T289" s="4">
         <v>0.01</v>
       </c>
       <c r="U289" s="2">
-        <v>58008</v>
+        <v>49304</v>
       </c>
       <c r="V289" s="4">
-        <v>4.6455099999999998</v>
+        <v>4.9687599999999996</v>
       </c>
       <c r="W289" s="3" t="s">
-        <v>964</v>
+        <v>951</v>
       </c>
       <c r="X289" s="4">
-        <v>4609.0830078999998</v>
+        <v>596.56579429999999</v>
       </c>
       <c r="Y289" s="4">
-        <v>4609.0830070000002</v>
+        <v>596.56579399999998</v>
       </c>
       <c r="Z289" s="6">
-        <v>2.5270000000000002E-3</v>
+        <v>8.2700000000000004E-4</v>
       </c>
     </row>
     <row r="290" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A290" s="3" t="s">
-        <v>965</v>
+        <v>952</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>966</v>
+        <v>953</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D290" s="4">
-        <v>2541583.4327739999</v>
+        <v>103439.59600000001</v>
       </c>
       <c r="E290" s="5">
-        <v>99.987589999999997</v>
+        <v>100.0334</v>
       </c>
       <c r="F290" s="4">
-        <v>2543087.90543755</v>
+        <v>103804.82322648</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H290" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I290" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J290" s="5">
-        <v>99.987589999999997</v>
+        <v>100.0334</v>
       </c>
       <c r="K290" s="5">
         <v>1</v>
       </c>
       <c r="L290" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M290" s="4">
-        <v>2543087.9054370001</v>
+        <v>103804.82322599999</v>
       </c>
       <c r="N290" s="4">
-        <v>2543087.90543755</v>
+        <v>103804.82322648</v>
       </c>
       <c r="O290" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P290" s="3" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
       <c r="Q290" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R290" s="3" t="s">
-        <v>965</v>
+        <v>952</v>
       </c>
       <c r="S290" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T290" s="4">
         <v>0.01</v>
       </c>
       <c r="U290" s="2">
-        <v>53352</v>
+        <v>47975</v>
       </c>
       <c r="V290" s="4">
-        <v>5.1555099999999996</v>
+        <v>5.2311699999999997</v>
       </c>
       <c r="W290" s="3" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
       <c r="X290" s="4">
-        <v>1819.88316715</v>
+        <v>330.67840142</v>
       </c>
       <c r="Y290" s="4">
-        <v>1819.883167</v>
+        <v>330.67840100000001</v>
       </c>
       <c r="Z290" s="6">
-        <v>1.952E-3</v>
+        <v>8.1000000000000004E-5</v>
       </c>
     </row>
     <row r="291" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
-        <v>969</v>
+        <v>956</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>970</v>
+        <v>957</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D291" s="4">
-        <v>17741000</v>
+        <v>755452.01613</v>
       </c>
       <c r="E291" s="5">
-        <v>98.593130000000002</v>
+        <v>100.1229</v>
       </c>
       <c r="F291" s="4">
-        <v>17524201.5500733</v>
+        <v>760825.92404674005</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H291" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I291" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J291" s="5">
-        <v>98.593130000000002</v>
+        <v>100.1229</v>
       </c>
       <c r="K291" s="5">
         <v>1</v>
       </c>
       <c r="L291" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M291" s="4">
-        <v>17524201.550073002</v>
+        <v>760825.924046</v>
       </c>
       <c r="N291" s="4">
-        <v>17524201.5500733</v>
+        <v>760825.92404674005</v>
       </c>
       <c r="O291" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P291" s="3" t="s">
-        <v>967</v>
+        <v>958</v>
       </c>
       <c r="Q291" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R291" s="3" t="s">
-        <v>969</v>
+        <v>956</v>
       </c>
       <c r="S291" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T291" s="4">
         <v>0.01</v>
       </c>
       <c r="U291" s="2">
-        <v>59130</v>
+        <v>47956</v>
       </c>
       <c r="V291" s="4">
-        <v>5.5455199999999998</v>
+        <v>5.2960500000000001</v>
       </c>
       <c r="W291" s="3" t="s">
-        <v>971</v>
+        <v>959</v>
       </c>
       <c r="X291" s="4">
-        <v>32794.356773330001</v>
+        <v>4445.4573889200001</v>
       </c>
       <c r="Y291" s="4">
-        <v>32794.356773</v>
+        <v>4445.4573879999998</v>
       </c>
       <c r="Z291" s="6">
-        <v>1.3450999999999999E-2</v>
+        <v>5.9599999999999996E-4</v>
       </c>
     </row>
     <row r="292" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
-        <v>972</v>
+        <v>960</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>973</v>
+        <v>961</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D292" s="4">
-        <v>9941281.8300000001</v>
+        <v>311222.52979499998</v>
       </c>
       <c r="E292" s="5">
-        <v>99.122020000000006</v>
+        <v>100.045</v>
       </c>
       <c r="F292" s="4">
-        <v>9853999.3637889698</v>
+        <v>313372.35777378001</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H292" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I292" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J292" s="5">
-        <v>99.122020000000006</v>
+        <v>100.045</v>
       </c>
       <c r="K292" s="5">
         <v>1</v>
       </c>
       <c r="L292" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M292" s="4">
-        <v>9853999.3637879994</v>
+        <v>313372.35777300003</v>
       </c>
       <c r="N292" s="4">
-        <v>9853999.3637889698</v>
+        <v>313372.35777378001</v>
       </c>
       <c r="O292" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P292" s="3" t="s">
-        <v>974</v>
+        <v>958</v>
       </c>
       <c r="Q292" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="R292" s="3" t="s">
-        <v>972</v>
+        <v>960</v>
       </c>
       <c r="S292" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T292" s="4">
         <v>0.01</v>
       </c>
       <c r="U292" s="2">
-        <v>51822</v>
+        <v>47953</v>
       </c>
       <c r="V292" s="4">
-        <v>4.3</v>
+        <v>5.16615</v>
       </c>
       <c r="W292" s="3" t="s">
-        <v>975</v>
+        <v>962</v>
       </c>
       <c r="X292" s="4">
-        <v>0</v>
+        <v>2009.77784038</v>
       </c>
       <c r="Y292" s="4">
-        <v>0</v>
+        <v>2009.77784</v>
       </c>
       <c r="Z292" s="6">
-        <v>7.5630000000000003E-3</v>
+        <v>2.4499999999999999E-4</v>
       </c>
     </row>
     <row r="293" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A293" s="3" t="s">
-        <v>976</v>
+        <v>963</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>977</v>
+        <v>964</v>
       </c>
       <c r="C293" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D293" s="4">
-        <v>11107536.304262999</v>
+        <v>263442.70141199999</v>
       </c>
       <c r="E293" s="5">
-        <v>99.312110000000004</v>
+        <v>100.01808</v>
       </c>
       <c r="F293" s="4">
-        <v>11031128.6727791</v>
+        <v>263653.33731663</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H293" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I293" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J293" s="5">
-        <v>99.312110000000004</v>
+        <v>100.01808</v>
       </c>
       <c r="K293" s="5">
         <v>1</v>
       </c>
       <c r="L293" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M293" s="4">
-        <v>11031128.672778999</v>
+        <v>263653.33731600002</v>
       </c>
       <c r="N293" s="4">
-        <v>11031128.6727791</v>
+        <v>263653.33731663</v>
       </c>
       <c r="O293" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P293" s="3" t="s">
-        <v>978</v>
+        <v>965</v>
       </c>
       <c r="Q293" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R293" s="3" t="s">
-        <v>976</v>
+        <v>963</v>
       </c>
       <c r="S293" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T293" s="4">
         <v>0.01</v>
       </c>
       <c r="U293" s="2">
-        <v>50481</v>
+        <v>49699</v>
       </c>
       <c r="V293" s="4">
-        <v>2.75</v>
+        <v>5.5687600000000002</v>
       </c>
       <c r="W293" s="3" t="s">
-        <v>979</v>
+        <v>966</v>
       </c>
       <c r="X293" s="4">
-        <v>0</v>
+        <v>163.00546421000001</v>
       </c>
       <c r="Y293" s="4">
-        <v>0</v>
+        <v>163.00546399999999</v>
       </c>
       <c r="Z293" s="6">
-        <v>8.4670000000000006E-3</v>
+        <v>2.0599999999999999E-4</v>
       </c>
     </row>
     <row r="294" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>981</v>
+        <v>968</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D294" s="4">
-        <v>12773299.704825001</v>
+        <v>1306188.2984160001</v>
       </c>
       <c r="E294" s="5">
-        <v>97.932460000000006</v>
+        <v>100.01519999999999</v>
       </c>
       <c r="F294" s="4">
-        <v>12509206.6241078</v>
+        <v>1321134.3035961101</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H294" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I294" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J294" s="5">
-        <v>97.932460000000006</v>
+        <v>100.01519999999999</v>
       </c>
       <c r="K294" s="5">
         <v>1</v>
       </c>
       <c r="L294" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M294" s="4">
-        <v>12509206.624106999</v>
+        <v>1321134.303596</v>
       </c>
       <c r="N294" s="4">
-        <v>12509206.6241078</v>
+        <v>1321134.3035961101</v>
       </c>
       <c r="O294" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P294" s="3" t="s">
-        <v>978</v>
+        <v>969</v>
       </c>
       <c r="Q294" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R294" s="3" t="s">
-        <v>980</v>
+        <v>967</v>
       </c>
       <c r="S294" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T294" s="4">
         <v>0.01</v>
       </c>
       <c r="U294" s="2">
-        <v>50603</v>
+        <v>48014</v>
       </c>
       <c r="V294" s="4">
-        <v>1.4990000000000001</v>
+        <v>5.4194199999999997</v>
       </c>
       <c r="W294" s="3" t="s">
-        <v>982</v>
+        <v>970</v>
       </c>
       <c r="X294" s="4">
-        <v>0</v>
+        <v>14747.46455875</v>
       </c>
       <c r="Y294" s="4">
-        <v>0</v>
+        <v>14747.464558</v>
       </c>
       <c r="Z294" s="6">
-        <v>9.6010000000000002E-3</v>
+        <v>1.0349999999999999E-3</v>
       </c>
     </row>
     <row r="295" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>984</v>
+        <v>972</v>
       </c>
       <c r="C295" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D295" s="4">
-        <v>5359112.422704</v>
+        <v>3751610.3667839998</v>
       </c>
       <c r="E295" s="5">
-        <v>94.772999999999996</v>
+        <v>81.702830000000006</v>
       </c>
       <c r="F295" s="4">
-        <v>5078991.6163692595</v>
+        <v>3081152.3206394799</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H295" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I295" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J295" s="5">
-        <v>94.772999999999996</v>
+        <v>81.702830000000006</v>
       </c>
       <c r="K295" s="5">
         <v>1</v>
       </c>
       <c r="L295" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M295" s="4">
-        <v>5078991.6163689997</v>
+        <v>3081152.3206389998</v>
       </c>
       <c r="N295" s="4">
-        <v>5078991.6163692595</v>
+        <v>3081152.3206394799</v>
       </c>
       <c r="O295" s="3" t="s">
-        <v>34</v>
+        <v>973</v>
       </c>
       <c r="P295" s="3" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="Q295" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R295" s="3" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="S295" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T295" s="4">
         <v>0.01</v>
       </c>
       <c r="U295" s="2">
-        <v>51091</v>
+        <v>49454</v>
       </c>
       <c r="V295" s="4">
-        <v>1.482</v>
+        <v>5.4781000000000004</v>
       </c>
       <c r="W295" s="3" t="s">
-        <v>985</v>
+        <v>975</v>
       </c>
       <c r="X295" s="4">
-        <v>0</v>
+        <v>15980.480403580001</v>
       </c>
       <c r="Y295" s="4">
-        <v>0</v>
+        <v>15980.480403</v>
       </c>
       <c r="Z295" s="6">
-        <v>3.898E-3</v>
+        <v>2.4139999999999999E-3</v>
       </c>
     </row>
     <row r="296" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
-        <v>986</v>
+        <v>976</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>987</v>
+        <v>977</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D296" s="4">
-        <v>1374069.70701</v>
+        <v>2986663.96912</v>
       </c>
       <c r="E296" s="5">
-        <v>96.718469999999996</v>
+        <v>91.685119999999998</v>
       </c>
       <c r="F296" s="4">
-        <v>1328979.19735355</v>
+        <v>2739782.8609023402</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H296" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I296" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J296" s="5">
-        <v>96.718469999999996</v>
+        <v>91.685119999999998</v>
       </c>
       <c r="K296" s="5">
         <v>1</v>
       </c>
       <c r="L296" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M296" s="4">
-        <v>1328979.1973530001</v>
+        <v>2739782.8609020002</v>
       </c>
       <c r="N296" s="4">
-        <v>1328979.19735355</v>
+        <v>2739782.8609023402</v>
       </c>
       <c r="O296" s="3" t="s">
-        <v>34</v>
+        <v>978</v>
       </c>
       <c r="P296" s="3" t="s">
-        <v>988</v>
+        <v>979</v>
       </c>
       <c r="Q296" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R296" s="3" t="s">
-        <v>986</v>
+        <v>976</v>
       </c>
       <c r="S296" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T296" s="4">
         <v>0.01</v>
       </c>
       <c r="U296" s="2">
-        <v>60555</v>
+        <v>50065</v>
       </c>
       <c r="V296" s="4">
-        <v>6.726</v>
+        <v>4.3887600000000004</v>
       </c>
       <c r="W296" s="3" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="X296" s="4">
-        <v>0</v>
+        <v>1456.4168179000001</v>
       </c>
       <c r="Y296" s="4">
-        <v>0</v>
+        <v>1456.416817</v>
       </c>
       <c r="Z296" s="6">
-        <v>1.0200000000000001E-3</v>
+        <v>2.1459999999999999E-3</v>
       </c>
     </row>
     <row r="297" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A297" s="3" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>991</v>
+        <v>982</v>
       </c>
       <c r="C297" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D297" s="4">
-        <v>4751594.2632550001</v>
+        <v>255891.714175</v>
       </c>
       <c r="E297" s="5">
-        <v>88.578249999999997</v>
+        <v>100.0568</v>
       </c>
       <c r="F297" s="4">
-        <v>4208879.0454916703</v>
+        <v>257633.53580747001</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H297" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I297" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J297" s="5">
-        <v>88.578249999999997</v>
+        <v>100.0568</v>
       </c>
       <c r="K297" s="5">
         <v>1</v>
       </c>
       <c r="L297" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M297" s="4">
-        <v>4208879.0454909997</v>
+        <v>257633.53580700001</v>
       </c>
       <c r="N297" s="4">
-        <v>4208879.0454916703</v>
+        <v>257633.53580747001</v>
       </c>
       <c r="O297" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P297" s="3" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="Q297" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R297" s="3" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="S297" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T297" s="4">
         <v>0.01</v>
       </c>
       <c r="U297" s="2">
-        <v>55513</v>
+        <v>48230</v>
       </c>
       <c r="V297" s="4">
-        <v>2.52</v>
+        <v>5.2232399999999997</v>
       </c>
       <c r="W297" s="3" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="X297" s="4">
-        <v>0</v>
+        <v>1596.4751388100001</v>
       </c>
       <c r="Y297" s="4">
-        <v>0</v>
+        <v>1596.475138</v>
       </c>
       <c r="Z297" s="6">
-        <v>3.2299999999999998E-3</v>
+        <v>2.0100000000000001E-4</v>
       </c>
     </row>
     <row r="298" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>995</v>
+        <v>986</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D298" s="4">
-        <v>1269748.7879999999</v>
+        <v>7574330.2182449996</v>
       </c>
       <c r="E298" s="5">
-        <v>83.45805</v>
+        <v>43.56467</v>
       </c>
       <c r="F298" s="4">
-        <v>1059707.57836343</v>
+        <v>3303383.4310640199</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H298" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I298" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J298" s="5">
-        <v>83.45805</v>
+        <v>43.56467</v>
       </c>
       <c r="K298" s="5">
         <v>1</v>
       </c>
       <c r="L298" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M298" s="4">
-        <v>1059707.5783629999</v>
+        <v>3303383.4310639999</v>
       </c>
       <c r="N298" s="4">
-        <v>1059707.57836343</v>
+        <v>3303383.4310640199</v>
       </c>
       <c r="O298" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P298" s="3" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="Q298" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R298" s="3" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="S298" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T298" s="4">
         <v>0.01</v>
       </c>
       <c r="U298" s="2">
-        <v>55513</v>
+        <v>57978</v>
       </c>
       <c r="V298" s="4">
-        <v>3.81</v>
+        <v>4.6087600000000002</v>
       </c>
       <c r="W298" s="3" t="s">
-        <v>996</v>
+        <v>988</v>
       </c>
       <c r="X298" s="4">
-        <v>0</v>
+        <v>3651.4667752999999</v>
       </c>
       <c r="Y298" s="4">
-        <v>0</v>
+        <v>3651.4667749999999</v>
       </c>
       <c r="Z298" s="6">
-        <v>8.1300000000000003E-4</v>
+        <v>2.588E-3</v>
       </c>
     </row>
     <row r="299" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
-        <v>997</v>
+        <v>989</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="C299" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D299" s="4">
-        <v>1365808.92</v>
+        <v>2258821.8661090001</v>
       </c>
       <c r="E299" s="5">
-        <v>90.585149999999999</v>
+        <v>99.988590000000002</v>
       </c>
       <c r="F299" s="4">
-        <v>1237220.05889538</v>
+        <v>2259848.8419800298</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H299" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I299" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J299" s="5">
-        <v>90.585149999999999</v>
+        <v>99.988590000000002</v>
       </c>
       <c r="K299" s="5">
         <v>1</v>
       </c>
       <c r="L299" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M299" s="4">
-        <v>1237220.058895</v>
+        <v>2259848.84198</v>
       </c>
       <c r="N299" s="4">
-        <v>1237220.05889538</v>
+        <v>2259848.8419800298</v>
       </c>
       <c r="O299" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P299" s="3" t="s">
+        <v>991</v>
+      </c>
+      <c r="Q299" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R299" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="S299" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T299" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U299" s="2">
+        <v>53352</v>
+      </c>
+      <c r="V299" s="4">
+        <v>5.11876</v>
+      </c>
+      <c r="W299" s="3" t="s">
         <v>992</v>
       </c>
-      <c r="Q299" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X299" s="4">
-        <v>0</v>
+        <v>1284.7074461499999</v>
       </c>
       <c r="Y299" s="4">
-        <v>0</v>
+        <v>1284.7074459999999</v>
       </c>
       <c r="Z299" s="6">
-        <v>9.4899999999999997E-4</v>
+        <v>1.7700000000000001E-3</v>
       </c>
     </row>
     <row r="300" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A300" s="3" t="s">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D300" s="4">
-        <v>1308784.778676</v>
+        <v>17741000</v>
       </c>
       <c r="E300" s="5">
-        <v>100.04949999999999</v>
+        <v>98.768039999999999</v>
       </c>
       <c r="F300" s="4">
-        <v>1311721.27727084</v>
+        <v>17546717.954179998</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H300" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I300" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J300" s="5">
-        <v>100.04949999999999</v>
+        <v>98.768039999999999</v>
       </c>
       <c r="K300" s="5">
         <v>1</v>
       </c>
       <c r="L300" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M300" s="4">
-        <v>1311721.27727</v>
+        <v>17546717.954179998</v>
       </c>
       <c r="N300" s="4">
-        <v>1311721.27727084</v>
+        <v>17546717.954179998</v>
       </c>
       <c r="O300" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P300" s="3" t="s">
-        <v>1002</v>
+        <v>991</v>
       </c>
       <c r="Q300" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R300" s="3" t="s">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c r="S300" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T300" s="4">
         <v>0.01</v>
       </c>
       <c r="U300" s="2">
-        <v>48047</v>
+        <v>59130</v>
       </c>
       <c r="V300" s="4">
-        <v>5.2460500000000003</v>
+        <v>5.4743199999999996</v>
       </c>
       <c r="W300" s="3" t="s">
-        <v>1003</v>
+        <v>995</v>
       </c>
       <c r="X300" s="4">
-        <v>2288.6501293900001</v>
+        <v>24279.977780000001</v>
       </c>
       <c r="Y300" s="4">
-        <v>2288.6501290000001</v>
+        <v>24279.977780000001</v>
       </c>
       <c r="Z300" s="6">
-        <v>1.0059999999999999E-3</v>
+        <v>1.3749000000000001E-2</v>
       </c>
     </row>
     <row r="301" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A301" s="3" t="s">
-        <v>1004</v>
+        <v>996</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>1005</v>
+        <v>997</v>
       </c>
       <c r="C301" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D301" s="4">
-        <v>1667909.13</v>
+        <v>9936339.2899999991</v>
       </c>
       <c r="E301" s="5">
-        <v>100.02760000000001</v>
+        <v>99.686449999999994</v>
       </c>
       <c r="F301" s="4">
-        <v>1668817.80040771</v>
+        <v>9938415.4328927603</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H301" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I301" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J301" s="5">
-        <v>100.02760000000001</v>
+        <v>99.686449999999994</v>
       </c>
       <c r="K301" s="5">
         <v>1</v>
       </c>
       <c r="L301" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M301" s="4">
-        <v>1668817.8004069999</v>
+        <v>9938415.4328920003</v>
       </c>
       <c r="N301" s="4">
-        <v>1668817.80040771</v>
+        <v>9938415.4328927603</v>
       </c>
       <c r="O301" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P301" s="3" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="Q301" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R301" s="3" t="s">
-        <v>1004</v>
+        <v>996</v>
       </c>
       <c r="S301" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T301" s="4">
         <v>0.01</v>
       </c>
       <c r="U301" s="2">
-        <v>48425</v>
+        <v>51822</v>
       </c>
       <c r="V301" s="4">
-        <v>4.83833</v>
+        <v>4.3</v>
       </c>
       <c r="W301" s="3" t="s">
-        <v>1006</v>
+        <v>999</v>
       </c>
       <c r="X301" s="4">
-        <v>448.32748783</v>
+        <v>33231.534736560003</v>
       </c>
       <c r="Y301" s="4">
-        <v>448.32748700000002</v>
+        <v>33231.534736000001</v>
       </c>
       <c r="Z301" s="6">
-        <v>1.2800000000000001E-3</v>
+        <v>7.7869999999999997E-3</v>
       </c>
     </row>
     <row r="302" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A302" s="3" t="s">
-        <v>1007</v>
+        <v>1000</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>1008</v>
+        <v>1001</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D302" s="4">
-        <v>4636290.5460000001</v>
+        <v>11107536.304262999</v>
       </c>
       <c r="E302" s="5">
-        <v>97.481250000000003</v>
+        <v>99.445070000000001</v>
       </c>
       <c r="F302" s="4">
-        <v>4519513.9778726296</v>
+        <v>11069655.039033299</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H302" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I302" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J302" s="5">
-        <v>97.481250000000003</v>
+        <v>99.445070000000001</v>
       </c>
       <c r="K302" s="5">
         <v>1</v>
       </c>
       <c r="L302" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M302" s="4">
-        <v>4519513.9778720001</v>
+        <v>11069655.039032999</v>
       </c>
       <c r="N302" s="4">
-        <v>4519513.9778726296</v>
+        <v>11069655.039033299</v>
       </c>
       <c r="O302" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P302" s="3" t="s">
-        <v>1009</v>
+        <v>1002</v>
       </c>
       <c r="Q302" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R302" s="3" t="s">
-        <v>1007</v>
+        <v>1000</v>
       </c>
       <c r="S302" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T302" s="4">
         <v>0.01</v>
       </c>
       <c r="U302" s="2">
-        <v>61112</v>
+        <v>50481</v>
       </c>
       <c r="V302" s="4">
-        <v>3.8</v>
+        <v>2.75</v>
       </c>
       <c r="W302" s="3" t="s">
-        <v>1010</v>
+        <v>1003</v>
       </c>
       <c r="X302" s="4">
-        <v>0</v>
+        <v>23757.785984120001</v>
       </c>
       <c r="Y302" s="4">
-        <v>0</v>
+        <v>23757.785983999998</v>
       </c>
       <c r="Z302" s="6">
-        <v>3.4689999999999999E-3</v>
+        <v>8.6739999999999994E-3</v>
       </c>
     </row>
     <row r="303" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A303" s="3" t="s">
-        <v>1011</v>
+        <v>1004</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>1012</v>
+        <v>1005</v>
       </c>
       <c r="C303" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D303" s="4">
-        <v>3526000</v>
+        <v>12773299.704825001</v>
       </c>
       <c r="E303" s="5">
-        <v>101.07827</v>
+        <v>98.1858</v>
       </c>
       <c r="F303" s="4">
-        <v>3569008.11075556</v>
+        <v>12556458.749780299</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H303" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I303" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J303" s="5">
-        <v>101.07827</v>
+        <v>98.1858</v>
       </c>
       <c r="K303" s="5">
         <v>1</v>
       </c>
       <c r="L303" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M303" s="4">
-        <v>3569008.1107549998</v>
+        <v>12556458.749779999</v>
       </c>
       <c r="N303" s="4">
-        <v>3569008.11075556</v>
+        <v>12556458.749780299</v>
       </c>
       <c r="O303" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P303" s="3" t="s">
-        <v>1013</v>
+        <v>1002</v>
       </c>
       <c r="Q303" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R303" s="3" t="s">
-        <v>1011</v>
+        <v>1004</v>
       </c>
       <c r="S303" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T303" s="4">
         <v>0.01</v>
       </c>
       <c r="U303" s="2">
-        <v>47319</v>
+        <v>50603</v>
       </c>
       <c r="V303" s="4">
-        <v>4.63</v>
+        <v>1.4990000000000001</v>
       </c>
       <c r="W303" s="3" t="s">
-        <v>1014</v>
+        <v>1006</v>
       </c>
       <c r="X303" s="4">
-        <v>4988.3105555599996</v>
+        <v>14892.2482003</v>
       </c>
       <c r="Y303" s="4">
-        <v>4988.310555</v>
+        <v>14892.2482</v>
       </c>
       <c r="Z303" s="6">
-        <v>2.7390000000000001E-3</v>
+        <v>9.8390000000000005E-3</v>
       </c>
     </row>
     <row r="304" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A304" s="3" t="s">
-        <v>1015</v>
+        <v>1007</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>1016</v>
+        <v>1008</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D304" s="4">
-        <v>597896.878149</v>
+        <v>5708156.5467839995</v>
       </c>
       <c r="E304" s="5">
-        <v>95.098870000000005</v>
+        <v>95.149360000000001</v>
       </c>
       <c r="F304" s="4">
-        <v>568593.17488508997</v>
+        <v>5437854.02384267</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H304" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I304" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J304" s="5">
-        <v>95.098870000000005</v>
+        <v>95.149360000000001</v>
       </c>
       <c r="K304" s="5">
         <v>1</v>
       </c>
       <c r="L304" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M304" s="4">
-        <v>568593.17488499999</v>
+        <v>5437854.0238420004</v>
       </c>
       <c r="N304" s="4">
-        <v>568593.17488508997</v>
+        <v>5437854.02384267</v>
       </c>
       <c r="O304" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P304" s="3" t="s">
-        <v>1017</v>
+        <v>1002</v>
       </c>
       <c r="Q304" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R304" s="3" t="s">
-        <v>1015</v>
+        <v>1007</v>
       </c>
       <c r="S304" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T304" s="4">
         <v>0.01</v>
       </c>
       <c r="U304" s="2">
-        <v>49577</v>
+        <v>51091</v>
       </c>
       <c r="V304" s="4">
-        <v>4.6770149999999999</v>
+        <v>1.482</v>
       </c>
       <c r="W304" s="3" t="s">
-        <v>1018</v>
+        <v>1009</v>
       </c>
       <c r="X304" s="4">
-        <v>0</v>
+        <v>6579.6017795899998</v>
       </c>
       <c r="Y304" s="4">
-        <v>0</v>
+        <v>6579.6017789999996</v>
       </c>
       <c r="Z304" s="6">
-        <v>4.3600000000000003E-4</v>
+        <v>4.261E-3</v>
       </c>
     </row>
     <row r="305" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A305" s="3" t="s">
-        <v>1019</v>
+        <v>1010</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>1020</v>
+        <v>1011</v>
       </c>
       <c r="C305" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D305" s="4">
-        <v>2448798.18352</v>
+        <v>1314637.2889650001</v>
       </c>
       <c r="E305" s="5">
-        <v>97.59</v>
+        <v>97.029169999999993</v>
       </c>
       <c r="F305" s="4">
-        <v>2389782.14729717</v>
+        <v>1282458.95586425</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H305" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I305" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J305" s="5">
-        <v>97.59</v>
+        <v>97.029169999999993</v>
       </c>
       <c r="K305" s="5">
         <v>1</v>
       </c>
       <c r="L305" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M305" s="4">
-        <v>2389782.147297</v>
+        <v>1282458.9558639999</v>
       </c>
       <c r="N305" s="4">
-        <v>2389782.14729717</v>
+        <v>1282458.95586425</v>
       </c>
       <c r="O305" s="3" t="s">
-        <v>1021</v>
+        <v>34</v>
       </c>
       <c r="P305" s="3" t="s">
-        <v>1022</v>
+        <v>1012</v>
       </c>
       <c r="Q305" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R305" s="3" t="s">
-        <v>1019</v>
+        <v>1010</v>
       </c>
       <c r="S305" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T305" s="4">
         <v>0.01</v>
       </c>
       <c r="U305" s="2">
-        <v>53919</v>
+        <v>60586</v>
       </c>
       <c r="V305" s="4">
-        <v>4.2130000000000001</v>
+        <v>6.726</v>
       </c>
       <c r="W305" s="3" t="s">
-        <v>1023</v>
+        <v>1013</v>
       </c>
       <c r="X305" s="4">
-        <v>0</v>
+        <v>6877.3058710100004</v>
       </c>
       <c r="Y305" s="4">
-        <v>0</v>
+        <v>6877.3058709999996</v>
       </c>
       <c r="Z305" s="6">
-        <v>1.8339999999999999E-3</v>
+        <v>1.0039999999999999E-3</v>
       </c>
     </row>
     <row r="306" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A306" s="3" t="s">
-        <v>1024</v>
+        <v>1014</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>1025</v>
+        <v>1015</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D306" s="4">
-        <v>9814966</v>
+        <v>3562932.7783900001</v>
       </c>
       <c r="E306" s="5">
-        <v>93.715000000000003</v>
+        <v>90.810550000000006</v>
       </c>
       <c r="F306" s="4">
-        <v>9198095.3869000003</v>
+        <v>3242502.2004318801</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H306" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I306" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J306" s="5">
-        <v>93.715000000000003</v>
+        <v>90.810550000000006</v>
       </c>
       <c r="K306" s="5">
         <v>1</v>
       </c>
       <c r="L306" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M306" s="4">
-        <v>9198095.3869000003</v>
+        <v>3242502.200431</v>
       </c>
       <c r="N306" s="4">
-        <v>9198095.3869000003</v>
+        <v>3242502.2004318801</v>
       </c>
       <c r="O306" s="3" t="s">
-        <v>1026</v>
+        <v>34</v>
       </c>
       <c r="P306" s="3" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
       <c r="Q306" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R306" s="3" t="s">
-        <v>1024</v>
+        <v>1014</v>
       </c>
       <c r="S306" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T306" s="4">
         <v>0.01</v>
       </c>
       <c r="U306" s="2">
-        <v>53919</v>
+        <v>55513</v>
       </c>
       <c r="V306" s="4">
-        <v>4.234</v>
+        <v>2.52</v>
       </c>
       <c r="W306" s="3" t="s">
-        <v>1027</v>
+        <v>1017</v>
       </c>
       <c r="X306" s="4">
-        <v>0</v>
+        <v>6983.3482456399997</v>
       </c>
       <c r="Y306" s="4">
-        <v>0</v>
+        <v>6983.3482450000001</v>
       </c>
       <c r="Z306" s="6">
-        <v>7.0600000000000003E-3</v>
+        <v>2.5400000000000002E-3</v>
       </c>
     </row>
     <row r="307" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A307" s="3" t="s">
-        <v>1028</v>
+        <v>1018</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>1029</v>
+        <v>1019</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D307" s="4">
-        <v>4345605.6370999999</v>
+        <v>1243761.1100000001</v>
       </c>
       <c r="E307" s="5">
-        <v>99.382170000000002</v>
+        <v>83.708960000000005</v>
       </c>
       <c r="F307" s="4">
-        <v>4318757.1817923002</v>
+        <v>1044825.1688214201</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H307" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I307" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J307" s="5">
-        <v>99.382170000000002</v>
+        <v>83.708960000000005</v>
       </c>
       <c r="K307" s="5">
         <v>1</v>
       </c>
       <c r="L307" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M307" s="4">
-        <v>4318757.1817920003</v>
+        <v>1044825.168821</v>
       </c>
       <c r="N307" s="4">
-        <v>4318757.1817923002</v>
+        <v>1044825.1688214201</v>
       </c>
       <c r="O307" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P307" s="3" t="s">
-        <v>1030</v>
+        <v>1016</v>
       </c>
       <c r="Q307" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R307" s="3" t="s">
-        <v>1028</v>
+        <v>1018</v>
       </c>
       <c r="S307" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T307" s="4">
         <v>0.01</v>
       </c>
       <c r="U307" s="2">
-        <v>52558</v>
+        <v>55513</v>
       </c>
       <c r="V307" s="4">
-        <v>5.9521839999999999</v>
+        <v>3.81</v>
       </c>
       <c r="W307" s="3" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="X307" s="4">
-        <v>0</v>
+        <v>3685.6787559700001</v>
       </c>
       <c r="Y307" s="4">
-        <v>0</v>
+        <v>3685.6787549999999</v>
       </c>
       <c r="Z307" s="6">
-        <v>3.3149999999999998E-3</v>
+        <v>8.1800000000000004E-4</v>
       </c>
     </row>
     <row r="308" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A308" s="3" t="s">
-        <v>1032</v>
+        <v>1021</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1033</v>
+        <v>1022</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D308" s="4">
-        <v>762647.06905599998</v>
+        <v>1362978.922</v>
       </c>
       <c r="E308" s="5">
-        <v>93.895020000000002</v>
+        <v>91.132490000000004</v>
       </c>
       <c r="F308" s="4">
-        <v>716087.61801932997</v>
+        <v>1245699.74993759</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H308" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I308" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J308" s="5">
-        <v>93.895020000000002</v>
+        <v>91.132490000000004</v>
       </c>
       <c r="K308" s="5">
         <v>1</v>
       </c>
       <c r="L308" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M308" s="4">
-        <v>716087.61801900005</v>
+        <v>1245699.749937</v>
       </c>
       <c r="N308" s="4">
-        <v>716087.61801932997</v>
+        <v>1245699.74993759</v>
       </c>
       <c r="O308" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P308" s="3" t="s">
-        <v>1017</v>
+        <v>1016</v>
       </c>
       <c r="Q308" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R308" s="3" t="s">
-        <v>1032</v>
+        <v>1021</v>
       </c>
       <c r="S308" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T308" s="4">
         <v>0.01</v>
       </c>
       <c r="U308" s="2">
-        <v>53717</v>
+        <v>55574</v>
       </c>
       <c r="V308" s="4">
-        <v>5.3587199999999999</v>
+        <v>3.38</v>
       </c>
       <c r="W308" s="3" t="s">
-        <v>1034</v>
+        <v>1023</v>
       </c>
       <c r="X308" s="4">
-        <v>0</v>
+        <v>3583.1201438399999</v>
       </c>
       <c r="Y308" s="4">
-        <v>0</v>
+        <v>3583.1201430000001</v>
       </c>
       <c r="Z308" s="6">
-        <v>5.4900000000000001E-4</v>
+        <v>9.7599999999999998E-4</v>
       </c>
     </row>
     <row r="309" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A309" s="3" t="s">
-        <v>1035</v>
+        <v>1024</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>1036</v>
+        <v>1025</v>
       </c>
       <c r="C309" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D309" s="4">
-        <v>11594960</v>
+        <v>1531843.307606</v>
       </c>
       <c r="E309" s="5">
-        <v>92.089060000000003</v>
+        <v>100.1931</v>
       </c>
       <c r="F309" s="4">
-        <v>10677689.671375999</v>
+        <v>1543730.3265706201</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H309" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I309" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J309" s="5">
-        <v>92.089060000000003</v>
+        <v>100.1931</v>
       </c>
       <c r="K309" s="5">
         <v>1</v>
       </c>
       <c r="L309" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M309" s="4">
-        <v>10677689.671375999</v>
+        <v>1543730.32657</v>
       </c>
       <c r="N309" s="4">
-        <v>10677689.671375999</v>
+        <v>1543730.3265706201</v>
       </c>
       <c r="O309" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P309" s="3" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
       <c r="Q309" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R309" s="3" t="s">
-        <v>1035</v>
+        <v>1024</v>
       </c>
       <c r="S309" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T309" s="4">
         <v>0.01</v>
       </c>
       <c r="U309" s="2">
-        <v>53044</v>
+        <v>48047</v>
       </c>
       <c r="V309" s="4">
-        <v>6.3834419999999996</v>
+        <v>5.2460500000000003</v>
       </c>
       <c r="W309" s="3" t="s">
-        <v>1037</v>
+        <v>1027</v>
       </c>
       <c r="X309" s="4">
-        <v>0</v>
+        <v>8929.02953763</v>
       </c>
       <c r="Y309" s="4">
-        <v>0</v>
+        <v>8929.0295370000003</v>
       </c>
       <c r="Z309" s="6">
-        <v>8.1960000000000002E-3</v>
+        <v>1.209E-3</v>
       </c>
     </row>
     <row r="310" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A310" s="3" t="s">
-        <v>1038</v>
+        <v>1028</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1039</v>
+        <v>1029</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D310" s="4">
-        <v>1542801.801985</v>
+        <v>1667909.13</v>
       </c>
       <c r="E310" s="5">
-        <v>87.19014</v>
+        <v>100.02</v>
       </c>
       <c r="F310" s="4">
-        <v>1346342.4259126501</v>
+        <v>1674967.6241434601</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H310" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I310" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J310" s="5">
-        <v>87.19014</v>
+        <v>100.02</v>
       </c>
       <c r="K310" s="5">
         <v>1</v>
       </c>
       <c r="L310" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M310" s="4">
-        <v>1346342.425912</v>
+        <v>1674967.624143</v>
       </c>
       <c r="N310" s="4">
-        <v>1346342.4259126501</v>
+        <v>1674967.6241434601</v>
       </c>
       <c r="O310" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P310" s="3" t="s">
-        <v>1040</v>
+        <v>1026</v>
       </c>
       <c r="Q310" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R310" s="3" t="s">
-        <v>1038</v>
+        <v>1028</v>
       </c>
       <c r="S310" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T310" s="4">
         <v>0.01</v>
       </c>
       <c r="U310" s="2">
-        <v>49485</v>
+        <v>48425</v>
       </c>
       <c r="V310" s="4">
-        <v>4.5555099999999999</v>
+        <v>4.83833</v>
       </c>
       <c r="W310" s="3" t="s">
-        <v>1041</v>
+        <v>1030</v>
       </c>
       <c r="X310" s="4">
-        <v>1171.3748394900001</v>
+        <v>6724.9123174599999</v>
       </c>
       <c r="Y310" s="4">
-        <v>1171.3748390000001</v>
+        <v>6724.9123170000003</v>
       </c>
       <c r="Z310" s="6">
-        <v>1.0330000000000001E-3</v>
+        <v>1.312E-3</v>
       </c>
     </row>
     <row r="311" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A311" s="3" t="s">
-        <v>1042</v>
+        <v>1031</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>1043</v>
+        <v>1032</v>
       </c>
       <c r="C311" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D311" s="4">
-        <v>1486943.289595</v>
+        <v>4626406.9680000003</v>
       </c>
       <c r="E311" s="5">
-        <v>87.146749999999997</v>
+        <v>99.283330000000007</v>
       </c>
       <c r="F311" s="4">
-        <v>1295822.7512250999</v>
+        <v>4606924.49999897</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H311" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I311" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J311" s="5">
-        <v>87.146749999999997</v>
+        <v>99.283330000000007</v>
       </c>
       <c r="K311" s="5">
         <v>1</v>
       </c>
       <c r="L311" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M311" s="4">
-        <v>1295822.751225</v>
+        <v>4606924.4999980005</v>
       </c>
       <c r="N311" s="4">
-        <v>1295822.7512250999</v>
+        <v>4606924.49999897</v>
       </c>
       <c r="O311" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P311" s="3" t="s">
-        <v>1040</v>
+        <v>1033</v>
       </c>
       <c r="Q311" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R311" s="3" t="s">
-        <v>1042</v>
+        <v>1031</v>
       </c>
       <c r="S311" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T311" s="4">
         <v>0.01</v>
       </c>
       <c r="U311" s="2">
-        <v>53656</v>
+        <v>61112</v>
       </c>
       <c r="V311" s="4">
-        <v>4.9487199999999998</v>
+        <v>3.8</v>
       </c>
       <c r="W311" s="3" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
       <c r="X311" s="4">
-        <v>0</v>
+        <v>13673.602816529999</v>
       </c>
       <c r="Y311" s="4">
-        <v>0</v>
+        <v>13673.602816000001</v>
       </c>
       <c r="Z311" s="6">
-        <v>9.9400000000000009E-4</v>
+        <v>3.6099999999999999E-3</v>
       </c>
     </row>
     <row r="312" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A312" s="3" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D312" s="4">
-        <v>1627199.4388079999</v>
+        <v>3621000</v>
       </c>
       <c r="E312" s="5">
-        <v>88.606579999999994</v>
+        <v>101.16446000000001</v>
       </c>
       <c r="F312" s="4">
-        <v>1443081.90637872</v>
+        <v>3667356.4040999999</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H312" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I312" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J312" s="5">
-        <v>88.606579999999994</v>
+        <v>101.16446000000001</v>
       </c>
       <c r="K312" s="5">
         <v>1</v>
       </c>
       <c r="L312" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M312" s="4">
-        <v>1443081.906378</v>
+        <v>3667356.4040999999</v>
       </c>
       <c r="N312" s="4">
-        <v>1443081.90637872</v>
+        <v>3667356.4040999999</v>
       </c>
       <c r="O312" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P312" s="3" t="s">
-        <v>1040</v>
+        <v>1037</v>
       </c>
       <c r="Q312" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R312" s="3" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="S312" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T312" s="4">
         <v>0.01</v>
       </c>
       <c r="U312" s="2">
-        <v>49668</v>
+        <v>47319</v>
       </c>
       <c r="V312" s="4">
-        <v>4.7055100000000003</v>
+        <v>4.63</v>
       </c>
       <c r="W312" s="3" t="s">
-        <v>1047</v>
+        <v>1038</v>
       </c>
       <c r="X312" s="4">
-        <v>1276.13387188</v>
+        <v>4191.3074999999999</v>
       </c>
       <c r="Y312" s="4">
-        <v>1276.133871</v>
+        <v>4191.3074999999999</v>
       </c>
       <c r="Z312" s="6">
-        <v>1.1069999999999999E-3</v>
+        <v>2.8730000000000001E-3</v>
       </c>
     </row>
     <row r="313" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A313" s="3" t="s">
-        <v>1048</v>
+        <v>1039</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>1049</v>
+        <v>1040</v>
       </c>
       <c r="C313" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D313" s="4">
-        <v>3849750.67</v>
+        <v>595707.81353599997</v>
       </c>
       <c r="E313" s="5">
-        <v>33.34919</v>
+        <v>95.108689999999996</v>
       </c>
       <c r="F313" s="4">
-        <v>1283860.66546457</v>
+        <v>568817.09090001998</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H313" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I313" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J313" s="5">
-        <v>33.34919</v>
+        <v>95.108689999999996</v>
       </c>
       <c r="K313" s="5">
         <v>1</v>
       </c>
       <c r="L313" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M313" s="4">
-        <v>1283860.6654640001</v>
+        <v>568817.09089999995</v>
       </c>
       <c r="N313" s="4">
-        <v>1283860.66546457</v>
+        <v>568817.09090001998</v>
       </c>
       <c r="O313" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P313" s="3" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="Q313" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R313" s="3" t="s">
-        <v>1048</v>
+        <v>1039</v>
       </c>
       <c r="S313" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T313" s="4">
         <v>0.01</v>
       </c>
       <c r="U313" s="2">
-        <v>49973</v>
+        <v>49577</v>
       </c>
       <c r="V313" s="4">
-        <v>4.1156930000000003</v>
+        <v>4.6736430000000002</v>
       </c>
       <c r="W313" s="3" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="X313" s="4">
-        <v>0</v>
+        <v>2247.1932182800001</v>
       </c>
       <c r="Y313" s="4">
-        <v>0</v>
+        <v>2247.1932179999999</v>
       </c>
       <c r="Z313" s="6">
-        <v>9.8499999999999998E-4</v>
+        <v>4.4499999999999997E-4</v>
       </c>
     </row>
     <row r="314" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A314" s="3" t="s">
-        <v>1051</v>
+        <v>1043</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1052</v>
+        <v>1044</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D314" s="4">
-        <v>7173776.5982010001</v>
+        <v>2442804.3551599998</v>
       </c>
       <c r="E314" s="5">
-        <v>92.847210000000004</v>
+        <v>97.588999999999999</v>
       </c>
       <c r="F314" s="4">
-        <v>6660651.4230625704</v>
+        <v>2391912.8691835399</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H314" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I314" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J314" s="5">
-        <v>92.847210000000004</v>
+        <v>97.588999999999999</v>
       </c>
       <c r="K314" s="5">
         <v>1</v>
       </c>
       <c r="L314" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M314" s="4">
-        <v>6660651.4230620004</v>
+        <v>2391912.8691830002</v>
       </c>
       <c r="N314" s="4">
-        <v>6660651.4230625704</v>
+        <v>2391912.8691835399</v>
       </c>
       <c r="O314" s="3" t="s">
-        <v>1053</v>
+        <v>1045</v>
       </c>
       <c r="P314" s="3" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="Q314" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R314" s="3" t="s">
-        <v>1051</v>
+        <v>1043</v>
       </c>
       <c r="S314" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T314" s="4">
         <v>0.01</v>
       </c>
       <c r="U314" s="2">
-        <v>50216</v>
+        <v>53919</v>
       </c>
       <c r="V314" s="4">
-        <v>6</v>
+        <v>4.2130000000000001</v>
       </c>
       <c r="W314" s="3" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="X314" s="4">
-        <v>0</v>
+        <v>8004.5270264500004</v>
       </c>
       <c r="Y314" s="4">
-        <v>0</v>
+        <v>8004.5270259999998</v>
       </c>
       <c r="Z314" s="6">
-        <v>5.1120000000000002E-3</v>
+        <v>1.874E-3</v>
       </c>
     </row>
     <row r="315" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A315" s="3" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="C315" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D315" s="4">
-        <v>2285000</v>
+        <v>9814966</v>
       </c>
       <c r="E315" s="5">
-        <v>94.846369999999993</v>
+        <v>93.998999999999995</v>
       </c>
       <c r="F315" s="4">
-        <v>2167239.5545000001</v>
+        <v>9258291.6639297791</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H315" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I315" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J315" s="5">
-        <v>94.846369999999993</v>
+        <v>93.998999999999995</v>
       </c>
       <c r="K315" s="5">
         <v>1</v>
       </c>
       <c r="L315" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M315" s="4">
-        <v>2167239.5545000001</v>
+        <v>9258291.6639290005</v>
       </c>
       <c r="N315" s="4">
-        <v>2167239.5545000001</v>
+        <v>9258291.6639297791</v>
       </c>
       <c r="O315" s="3" t="s">
-        <v>1057</v>
+        <v>1050</v>
       </c>
       <c r="P315" s="3" t="s">
-        <v>1058</v>
+        <v>1046</v>
       </c>
       <c r="Q315" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R315" s="3" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="S315" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T315" s="4">
         <v>0.01</v>
       </c>
       <c r="U315" s="2">
-        <v>55685</v>
+        <v>53919</v>
       </c>
       <c r="V315" s="4">
-        <v>3.3109999999999999</v>
+        <v>4.234</v>
       </c>
       <c r="W315" s="3" t="s">
-        <v>1059</v>
+        <v>1051</v>
       </c>
       <c r="X315" s="4">
-        <v>0</v>
+        <v>32321.773589780001</v>
       </c>
       <c r="Y315" s="4">
-        <v>0</v>
+        <v>32321.773589</v>
       </c>
       <c r="Z315" s="6">
-        <v>1.663E-3</v>
+        <v>7.254E-3</v>
       </c>
     </row>
     <row r="316" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A316" s="3" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>1061</v>
+        <v>1053</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D316" s="4">
-        <v>6030000</v>
+        <v>2070000</v>
       </c>
       <c r="E316" s="5">
-        <v>100.45392</v>
+        <v>99.998500000000007</v>
       </c>
       <c r="F316" s="4">
-        <v>6069243.7759999996</v>
+        <v>2080973.162</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H316" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I316" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J316" s="5">
-        <v>100.45392</v>
+        <v>99.998500000000007</v>
       </c>
       <c r="K316" s="5">
         <v>1</v>
       </c>
       <c r="L316" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M316" s="4">
-        <v>6069243.7759999996</v>
+        <v>2080973.162</v>
       </c>
       <c r="N316" s="4">
-        <v>6069243.7759999996</v>
+        <v>2080973.162</v>
       </c>
       <c r="O316" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P316" s="3" t="s">
-        <v>1062</v>
+        <v>1054</v>
       </c>
       <c r="Q316" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R316" s="3" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="S316" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T316" s="4">
         <v>0.01</v>
       </c>
       <c r="U316" s="2">
-        <v>47469</v>
+        <v>50515</v>
       </c>
       <c r="V316" s="4">
-        <v>4.43</v>
+        <v>4.78444</v>
       </c>
       <c r="W316" s="3" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="X316" s="4">
-        <v>11872.4</v>
+        <v>11004.212</v>
       </c>
       <c r="Y316" s="4">
-        <v>11872.4</v>
+        <v>11004.212</v>
       </c>
       <c r="Z316" s="6">
-        <v>4.6579999999999998E-3</v>
+        <v>1.6299999999999999E-3</v>
       </c>
     </row>
     <row r="317" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A317" s="3" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="C317" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D317" s="4">
-        <v>5368000</v>
+        <v>3715389.9145999998</v>
       </c>
       <c r="E317" s="5">
-        <v>99.998000000000005</v>
+        <v>99.470969999999994</v>
       </c>
       <c r="F317" s="4">
-        <v>5367892.6399999997</v>
+        <v>3712051.2032995699</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H317" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I317" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J317" s="5">
-        <v>99.998000000000005</v>
+        <v>99.470969999999994</v>
       </c>
       <c r="K317" s="5">
         <v>1</v>
       </c>
       <c r="L317" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M317" s="4">
-        <v>5367892.6399999997</v>
+        <v>3712051.2032989999</v>
       </c>
       <c r="N317" s="4">
-        <v>5367892.6399999997</v>
+        <v>3712051.2032995699</v>
       </c>
       <c r="O317" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P317" s="3" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
       <c r="Q317" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R317" s="3" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="S317" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T317" s="4">
         <v>0.01</v>
       </c>
       <c r="U317" s="2">
-        <v>49237</v>
+        <v>52558</v>
       </c>
       <c r="V317" s="4">
-        <v>5.0144399999999996</v>
+        <v>5.8099550000000004</v>
       </c>
       <c r="W317" s="3" t="s">
-        <v>1067</v>
+        <v>1059</v>
       </c>
       <c r="X317" s="4">
-        <v>0</v>
+        <v>16316.81596478</v>
       </c>
       <c r="Y317" s="4">
-        <v>0</v>
+        <v>16316.815963999999</v>
       </c>
       <c r="Z317" s="6">
-        <v>4.1200000000000004E-3</v>
+        <v>2.908E-3</v>
       </c>
     </row>
     <row r="318" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A318" s="3" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D318" s="4">
-        <v>2827522.5911039999</v>
+        <v>760078.93047899997</v>
       </c>
       <c r="E318" s="5">
-        <v>100.0411</v>
+        <v>94.359909999999999</v>
       </c>
       <c r="F318" s="4">
-        <v>2836637.1337391101</v>
+        <v>720358.77555695002</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="H318" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I318" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J318" s="5">
-        <v>100.0411</v>
+        <v>94.359909999999999</v>
       </c>
       <c r="K318" s="5">
         <v>1</v>
       </c>
       <c r="L318" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M318" s="4">
-        <v>2836637.1337390002</v>
+        <v>720358.77555599995</v>
       </c>
       <c r="N318" s="4">
-        <v>2836637.1337391101</v>
+        <v>720358.77555695002</v>
       </c>
       <c r="O318" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P318" s="3" t="s">
-        <v>1066</v>
+        <v>1041</v>
       </c>
       <c r="Q318" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R318" s="3" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="S318" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T318" s="4">
         <v>0.01</v>
       </c>
       <c r="U318" s="2">
-        <v>48410</v>
+        <v>53717</v>
       </c>
       <c r="V318" s="4">
-        <v>5.2045399999999997</v>
+        <v>5.3281000000000001</v>
       </c>
       <c r="W318" s="3" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="X318" s="4">
-        <v>7952.4308501699998</v>
+        <v>3148.9808284800001</v>
       </c>
       <c r="Y318" s="4">
-        <v>7952.4308499999997</v>
+        <v>3148.9808280000002</v>
       </c>
       <c r="Z318" s="6">
-        <v>2.1770000000000001E-3</v>
+        <v>5.6400000000000005E-4</v>
       </c>
     </row>
     <row r="319" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A319" s="3" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D319" s="4">
-        <v>190150000</v>
+        <v>11594960</v>
       </c>
       <c r="E319" s="5">
-        <v>99.971349000000004</v>
+        <v>92.134299999999996</v>
       </c>
       <c r="F319" s="4">
-        <v>190116254.41473401</v>
+        <v>10740367.477335</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>1073</v>
+        <v>214</v>
       </c>
       <c r="H319" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I319" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J319" s="5">
-        <v>99.971349000000004</v>
+        <v>92.134299999999996</v>
       </c>
       <c r="K319" s="5">
         <v>1</v>
       </c>
       <c r="L319" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M319" s="4">
-        <v>190116254.41473401</v>
+        <v>10740367.477335</v>
       </c>
       <c r="N319" s="4">
-        <v>190116254.41473401</v>
+        <v>10740367.477335</v>
       </c>
       <c r="O319" s="3" t="s">
-        <v>1074</v>
+        <v>34</v>
       </c>
       <c r="P319" s="3" t="s">
-        <v>1075</v>
+        <v>1058</v>
       </c>
       <c r="Q319" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="R319" s="3" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
       <c r="S319" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T319" s="4">
         <v>0.01</v>
       </c>
       <c r="U319" s="2">
-        <v>46507</v>
+        <v>53044</v>
       </c>
       <c r="V319" s="4">
-        <v>4.0121480829999996</v>
+        <v>6.5283769999999999</v>
       </c>
       <c r="W319" s="3" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
       <c r="X319" s="4">
-        <v>20734.291234470002</v>
+        <v>57432.246055019998</v>
       </c>
       <c r="Y319" s="4">
-        <v>20734.291234</v>
+        <v>57432.246055000003</v>
       </c>
       <c r="Z319" s="6">
-        <v>0.145929</v>
+        <v>8.4159999999999999E-3</v>
       </c>
     </row>
     <row r="320" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A320" s="3" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D320" s="4">
-        <v>13200000</v>
+        <v>1516477.3075939999</v>
       </c>
       <c r="E320" s="5">
-        <v>99.979750999999993</v>
+        <v>87.221699999999998</v>
       </c>
       <c r="F320" s="4">
-        <v>13198766.1166049</v>
+        <v>1323458.68746444</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>1073</v>
+        <v>214</v>
       </c>
       <c r="H320" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I320" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J320" s="5">
-        <v>99.979750999999993</v>
+        <v>87.221699999999998</v>
       </c>
       <c r="K320" s="5">
         <v>1</v>
       </c>
       <c r="L320" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M320" s="4">
-        <v>13198766.116604</v>
+        <v>1323458.687464</v>
       </c>
       <c r="N320" s="4">
-        <v>13198766.1166049</v>
+        <v>1323458.68746444</v>
       </c>
       <c r="O320" s="3" t="s">
-        <v>1079</v>
+        <v>34</v>
       </c>
       <c r="P320" s="3" t="s">
-        <v>1075</v>
+        <v>1068</v>
       </c>
       <c r="Q320" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="R320" s="3" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="S320" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T320" s="4">
         <v>0.01</v>
       </c>
       <c r="U320" s="2">
-        <v>46599</v>
+        <v>49485</v>
       </c>
       <c r="V320" s="4">
-        <v>4.0111480830000001</v>
+        <v>4.5187600000000003</v>
       </c>
       <c r="W320" s="3" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="X320" s="4">
-        <v>1438.9846049299999</v>
+        <v>761.39966649999997</v>
       </c>
       <c r="Y320" s="4">
-        <v>1438.984604</v>
+        <v>761.39966600000002</v>
       </c>
       <c r="Z320" s="6">
-        <v>1.0130999999999999E-2</v>
+        <v>1.0369999999999999E-3</v>
       </c>
     </row>
     <row r="321" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A321" s="3" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
       <c r="C321" s="3" t="s">
-        <v>1083</v>
+        <v>182</v>
       </c>
       <c r="D321" s="4">
-        <v>-936016.62</v>
+        <v>1470334.0698500001</v>
       </c>
       <c r="E321" s="5">
-        <v>1</v>
+        <v>87.674239999999998</v>
       </c>
       <c r="F321" s="4">
-        <v>-936016.62</v>
+        <v>1294726.8914111101</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>1084</v>
+        <v>214</v>
       </c>
       <c r="H321" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I321" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J321" s="5">
-        <v>1</v>
+        <v>87.674239999999998</v>
       </c>
       <c r="K321" s="5">
         <v>1</v>
       </c>
       <c r="L321" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M321" s="4">
-        <v>-936016.62</v>
+        <v>1294726.8914109999</v>
       </c>
       <c r="N321" s="4">
-        <v>-936016.62</v>
+        <v>1294726.8914111101</v>
       </c>
       <c r="O321" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P321" s="3" t="s">
-        <v>34</v>
+        <v>1068</v>
       </c>
       <c r="Q321" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="R321" s="3" t="s">
-        <v>34</v>
+        <v>1070</v>
       </c>
       <c r="S321" s="3" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="T321" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U321" s="2">
+        <v>53656</v>
+      </c>
+      <c r="V321" s="4">
+        <v>4.9180999999999999</v>
       </c>
       <c r="W321" s="3" t="s">
-        <v>34</v>
+        <v>1072</v>
       </c>
       <c r="X321" s="4">
-        <v>0</v>
+        <v>5622.6702087200001</v>
       </c>
       <c r="Y321" s="4">
-        <v>0</v>
+        <v>5622.6702079999995</v>
       </c>
       <c r="Z321" s="6">
-        <v>-7.18E-4</v>
+        <v>1.0139999999999999E-3</v>
       </c>
     </row>
     <row r="322" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A322" s="3" t="s">
-        <v>1085</v>
+        <v>1073</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>1086</v>
+        <v>1074</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>1087</v>
+        <v>182</v>
       </c>
       <c r="D322" s="4">
-        <v>2323242.2009999999</v>
+        <v>1616614.5809760001</v>
       </c>
       <c r="E322" s="5">
-        <v>5.01</v>
+        <v>88.669510000000002</v>
       </c>
       <c r="F322" s="4">
-        <v>11639443.42701</v>
+        <v>1434282.8481501299</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>1088</v>
+        <v>214</v>
       </c>
       <c r="H322" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I322" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J322" s="5">
-        <v>5.01</v>
+        <v>88.669510000000002</v>
       </c>
       <c r="K322" s="5">
         <v>1</v>
       </c>
       <c r="L322" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M322" s="4">
-        <v>11639443.42701</v>
+        <v>1434282.84815</v>
       </c>
       <c r="N322" s="4">
-        <v>11639443.42701</v>
+        <v>1434282.8481501299</v>
       </c>
       <c r="O322" s="3" t="s">
-        <v>1089</v>
+        <v>34</v>
       </c>
       <c r="P322" s="3" t="s">
-        <v>1090</v>
+        <v>1068</v>
       </c>
       <c r="Q322" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="R322" s="3" t="s">
-        <v>1091</v>
+        <v>1073</v>
       </c>
       <c r="S322" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T322" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U322" s="2">
+        <v>49668</v>
+      </c>
+      <c r="V322" s="4">
+        <v>4.6687599999999998</v>
       </c>
       <c r="W322" s="3" t="s">
-        <v>1085</v>
+        <v>1075</v>
       </c>
       <c r="X322" s="4">
-        <v>0</v>
+        <v>838.62061012000004</v>
       </c>
       <c r="Y322" s="4">
-        <v>0</v>
+        <v>838.62061000000006</v>
       </c>
       <c r="Z322" s="6">
-        <v>8.9339999999999992E-3</v>
+        <v>1.1230000000000001E-3</v>
       </c>
     </row>
     <row r="323" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A323" s="3" t="s">
-        <v>1092</v>
+        <v>1076</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>1093</v>
+        <v>1077</v>
       </c>
       <c r="C323" s="3" t="s">
-        <v>1087</v>
+        <v>182</v>
       </c>
       <c r="D323" s="4">
-        <v>3903484.62</v>
+        <v>3844827.13</v>
       </c>
       <c r="E323" s="5">
-        <v>1</v>
+        <v>33.362830000000002</v>
       </c>
       <c r="F323" s="4">
-        <v>3903484.62</v>
+        <v>1295143.0697925901</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>1088</v>
+        <v>214</v>
       </c>
       <c r="H323" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I323" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J323" s="5">
-        <v>1</v>
+        <v>33.362830000000002</v>
       </c>
       <c r="K323" s="5">
         <v>1</v>
       </c>
       <c r="L323" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M323" s="4">
-        <v>3903484.62</v>
+        <v>1295143.0697920001</v>
       </c>
       <c r="N323" s="4">
-        <v>3903484.62</v>
+        <v>1295143.0697925901</v>
       </c>
       <c r="O323" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P323" s="3" t="s">
-        <v>1094</v>
+        <v>1068</v>
       </c>
       <c r="Q323" s="3" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="R323" s="3" t="s">
-        <v>34</v>
+        <v>1076</v>
       </c>
       <c r="S323" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T323" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U323" s="2">
+        <v>49973</v>
+      </c>
+      <c r="V323" s="4">
+        <v>4.1009900000000004</v>
       </c>
       <c r="W323" s="3" t="s">
-        <v>34</v>
+        <v>1078</v>
       </c>
       <c r="X323" s="4">
-        <v>0</v>
+        <v>12399.930616809999</v>
       </c>
       <c r="Y323" s="4">
-        <v>0</v>
+        <v>12399.930616</v>
       </c>
       <c r="Z323" s="6">
-        <v>2.996E-3</v>
+        <v>1.0139999999999999E-3</v>
       </c>
     </row>
     <row r="324" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A324" s="3" t="s">
-        <v>1095</v>
+        <v>1079</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>1096</v>
+        <v>1080</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>1097</v>
+        <v>182</v>
       </c>
       <c r="D324" s="4">
-        <v>155002710.63</v>
+        <v>7150641.310997</v>
       </c>
       <c r="E324" s="5">
-        <v>100</v>
+        <v>93.309979999999996</v>
       </c>
       <c r="F324" s="4">
-        <v>155020363.716488</v>
+        <v>6705631.6366147399</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>1098</v>
+        <v>214</v>
       </c>
       <c r="H324" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I324" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J324" s="5">
-        <v>100</v>
+        <v>93.309979999999996</v>
       </c>
       <c r="K324" s="5">
         <v>1</v>
       </c>
       <c r="L324" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M324" s="4">
-        <v>155020363.716488</v>
+        <v>6705631.6366140004</v>
       </c>
       <c r="N324" s="4">
-        <v>155020363.716488</v>
+        <v>6705631.6366147399</v>
       </c>
       <c r="O324" s="3" t="s">
-        <v>34</v>
+        <v>1081</v>
       </c>
       <c r="P324" s="3" t="s">
-        <v>34</v>
+        <v>1068</v>
       </c>
       <c r="Q324" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="R324" s="3" t="s">
-        <v>34</v>
+        <v>1079</v>
       </c>
       <c r="S324" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="T324" s="4">
         <v>0.01</v>
       </c>
       <c r="U324" s="2">
-        <v>45964</v>
+        <v>50216</v>
       </c>
       <c r="V324" s="4">
-        <v>4.0999999999999996</v>
+        <v>6</v>
       </c>
       <c r="W324" s="3" t="s">
-        <v>34</v>
+        <v>1082</v>
       </c>
       <c r="X324" s="4">
-        <v>17653.086488419998</v>
+        <v>33369.659451320003</v>
       </c>
       <c r="Y324" s="4">
-        <v>17653.086488000001</v>
+        <v>33369.659451</v>
       </c>
       <c r="Z324" s="6">
-        <v>0.11899</v>
+        <v>5.254E-3</v>
       </c>
     </row>
     <row r="325" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A325" s="3" t="s">
-        <v>1099</v>
+        <v>1083</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>1100</v>
+        <v>1084</v>
+      </c>
+      <c r="C325" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D325" s="4">
+        <v>2285000</v>
+      </c>
+      <c r="E325" s="5">
+        <v>95.420609999999996</v>
       </c>
       <c r="F325" s="4">
-        <v>-162852265.09999999</v>
+        <v>2186245.32127778</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H325" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I325" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J325" s="5">
+        <v>95.420609999999996</v>
+      </c>
+      <c r="K325" s="5">
+        <v>1</v>
+      </c>
+      <c r="L325" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M325" s="4">
+        <v>2186245.321277</v>
+      </c>
+      <c r="N325" s="4">
+        <v>2186245.32127778</v>
+      </c>
+      <c r="O325" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="P325" s="3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="Q325" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R325" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="S325" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T325" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U325" s="2">
+        <v>55685</v>
+      </c>
+      <c r="V325" s="4">
+        <v>3.3109999999999999</v>
+      </c>
+      <c r="W325" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="X325" s="4">
+        <v>5884.3827777799997</v>
+      </c>
+      <c r="Y325" s="4">
+        <v>5884.3827769999998</v>
       </c>
       <c r="Z325" s="6">
-        <v>-0.12500249801448399</v>
+        <v>1.7129999999999999E-3</v>
       </c>
     </row>
     <row r="326" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A326" s="3" t="s">
-        <v>1101</v>
+        <v>1088</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>1102</v>
+        <v>1089</v>
+      </c>
+      <c r="C326" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D326" s="4">
+        <v>6030000</v>
+      </c>
+      <c r="E326" s="5">
+        <v>100.57131</v>
       </c>
       <c r="F326" s="4">
-        <v>-4056.25</v>
+        <v>6074838.3430000003</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H326" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I326" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J326" s="5">
+        <v>100.57131</v>
+      </c>
+      <c r="K326" s="5">
+        <v>1</v>
+      </c>
+      <c r="L326" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M326" s="4">
+        <v>6074838.3430000003</v>
+      </c>
+      <c r="N326" s="4">
+        <v>6074838.3430000003</v>
+      </c>
+      <c r="O326" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P326" s="3" t="s">
+        <v>1090</v>
+      </c>
+      <c r="Q326" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R326" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="S326" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T326" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U326" s="2">
+        <v>47469</v>
+      </c>
+      <c r="V326" s="4">
+        <v>4.43</v>
+      </c>
+      <c r="W326" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="X326" s="4">
+        <v>10388.35</v>
+      </c>
+      <c r="Y326" s="4">
+        <v>10388.35</v>
       </c>
       <c r="Z326" s="6">
-        <v>-3.1135052512772801E-6</v>
+        <v>4.7600000000000003E-3</v>
       </c>
     </row>
     <row r="327" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A327" s="3" t="s">
-        <v>1103</v>
+        <v>1092</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>1104</v>
+        <v>1093</v>
+      </c>
+      <c r="C327" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D327" s="4">
+        <v>5368000</v>
+      </c>
+      <c r="E327" s="5">
+        <v>99.851600000000005</v>
       </c>
       <c r="F327" s="4">
-        <v>314458945.50969797</v>
+        <v>5389194.5280799996</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H327" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I327" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J327" s="5">
+        <v>99.851600000000005</v>
+      </c>
+      <c r="K327" s="5">
+        <v>1</v>
+      </c>
+      <c r="L327" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M327" s="4">
+        <v>5389194.5280799996</v>
+      </c>
+      <c r="N327" s="4">
+        <v>5389194.5280799996</v>
+      </c>
+      <c r="O327" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P327" s="3" t="s">
+        <v>1094</v>
+      </c>
+      <c r="Q327" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R327" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="S327" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T327" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U327" s="2">
+        <v>49237</v>
+      </c>
+      <c r="V327" s="4">
+        <v>5.0144399999999996</v>
+      </c>
+      <c r="W327" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="X327" s="4">
+        <v>29160.640080000001</v>
+      </c>
+      <c r="Y327" s="4">
+        <v>29160.640080000001</v>
       </c>
       <c r="Z327" s="6">
-        <v>0.241373085523713</v>
+        <v>4.2230000000000002E-3</v>
       </c>
     </row>
     <row r="328" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A328" s="3" t="s">
-        <v>1105</v>
+        <v>1096</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>1106</v>
+        <v>1097</v>
+      </c>
+      <c r="C328" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D328" s="4">
+        <v>2827522.5911039999</v>
+      </c>
+      <c r="E328" s="5">
+        <v>100.0309</v>
       </c>
       <c r="F328" s="4">
-        <v>60263090.399999999</v>
+        <v>2849446.8478350998</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H328" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I328" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J328" s="5">
+        <v>100.0309</v>
+      </c>
+      <c r="K328" s="5">
+        <v>1</v>
+      </c>
+      <c r="L328" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M328" s="4">
+        <v>2849446.8478350001</v>
+      </c>
+      <c r="N328" s="4">
+        <v>2849446.8478350998</v>
+      </c>
+      <c r="O328" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P328" s="3" t="s">
+        <v>1094</v>
+      </c>
+      <c r="Q328" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R328" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="S328" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T328" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U328" s="2">
+        <v>48410</v>
+      </c>
+      <c r="V328" s="4">
+        <v>5.2045399999999997</v>
+      </c>
+      <c r="W328" s="3" t="s">
+        <v>1098</v>
+      </c>
+      <c r="X328" s="4">
+        <v>21050.55225045</v>
+      </c>
+      <c r="Y328" s="4">
+        <v>21050.552250000001</v>
       </c>
       <c r="Z328" s="6">
-        <v>4.6256874802735999E-2</v>
+        <v>2.232E-3</v>
+      </c>
+    </row>
+    <row r="329" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A329" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B329" s="3" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C329" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D329" s="4">
+        <v>190150000</v>
+      </c>
+      <c r="E329" s="5">
+        <v>99.9726</v>
+      </c>
+      <c r="F329" s="4">
+        <v>190707233.92233101</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H329" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I329" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J329" s="5">
+        <v>99.9726</v>
+      </c>
+      <c r="K329" s="5">
+        <v>1</v>
+      </c>
+      <c r="L329" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M329" s="4">
+        <v>190707233.92233101</v>
+      </c>
+      <c r="N329" s="4">
+        <v>190707233.92233101</v>
+      </c>
+      <c r="O329" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P329" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="Q329" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R329" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="S329" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T329" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U329" s="2">
+        <v>46507</v>
+      </c>
+      <c r="V329" s="4">
+        <v>3.9204078959999999</v>
+      </c>
+      <c r="W329" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="X329" s="4">
+        <v>609335.02233118995</v>
+      </c>
+      <c r="Y329" s="4">
+        <v>609335.02233099996</v>
+      </c>
+      <c r="Z329" s="6">
+        <v>0.14943999999999999</v>
       </c>
     </row>
     <row r="330" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A330" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B330" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C330" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="D330" s="4">
+        <v>13200000</v>
+      </c>
+      <c r="E330" s="5">
+        <v>99.969460999999995</v>
+      </c>
+      <c r="F330" s="4">
+        <v>13238244.490052599</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H330" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I330" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J330" s="5">
+        <v>99.969460999999995</v>
+      </c>
+      <c r="K330" s="5">
+        <v>1</v>
+      </c>
+      <c r="L330" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M330" s="4">
+        <v>13238244.490052</v>
+      </c>
+      <c r="N330" s="4">
+        <v>13238244.490052599</v>
+      </c>
+      <c r="O330" s="3" t="s">
         <v>1107</v>
+      </c>
+      <c r="P330" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="Q330" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R330" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="S330" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T330" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U330" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V330" s="4">
+        <v>3.9194078960000001</v>
+      </c>
+      <c r="W330" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="X330" s="4">
+        <v>42275.638052640003</v>
+      </c>
+      <c r="Y330" s="4">
+        <v>42275.638052000002</v>
+      </c>
+      <c r="Z330" s="6">
+        <v>1.0373E-2</v>
       </c>
     </row>
     <row r="331" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A331" s="3" t="s">
-        <v>1108</v>
+        <v>1109</v>
+      </c>
+      <c r="B331" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C331" s="3" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D331" s="4">
+        <v>-923256.82</v>
+      </c>
+      <c r="E331" s="5">
+        <v>1</v>
+      </c>
+      <c r="F331" s="4">
+        <v>-923256.82</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H331" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I331" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J331" s="5">
+        <v>1</v>
+      </c>
+      <c r="K331" s="5">
+        <v>1</v>
+      </c>
+      <c r="L331" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M331" s="4">
+        <v>-923256.82</v>
+      </c>
+      <c r="N331" s="4">
+        <v>-923256.82</v>
+      </c>
+      <c r="O331" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P331" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q331" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R331" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S331" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T331" s="4">
+        <v>1</v>
+      </c>
+      <c r="W331" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X331" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y331" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z331" s="6">
+        <v>-7.2300000000000001E-4</v>
       </c>
     </row>
     <row r="332" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A332" s="3" t="s">
-        <v>1109</v>
+        <v>1113</v>
+      </c>
+      <c r="B332" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C332" s="3" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D332" s="4">
+        <v>2323242.2009999999</v>
+      </c>
+      <c r="E332" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F332" s="4">
+        <v>11639443.42701</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H332" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I332" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J332" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K332" s="5">
+        <v>1</v>
+      </c>
+      <c r="L332" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M332" s="4">
+        <v>11639443.42701</v>
+      </c>
+      <c r="N332" s="4">
+        <v>11639443.42701</v>
+      </c>
+      <c r="O332" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P332" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="Q332" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R332" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="S332" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T332" s="4">
+        <v>1</v>
+      </c>
+      <c r="W332" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="X332" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y332" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z332" s="6">
+        <v>9.1199999999999996E-3</v>
       </c>
     </row>
     <row r="333" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A333" s="3" t="s">
-        <v>1110</v>
+        <v>1120</v>
+      </c>
+      <c r="B333" s="3" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C333" s="3" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D333" s="4">
+        <v>2000</v>
+      </c>
+      <c r="E333" s="5">
+        <v>50.051499999999997</v>
+      </c>
+      <c r="F333" s="4">
+        <v>100103</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H333" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I333" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J333" s="5">
+        <v>50.051499999999997</v>
+      </c>
+      <c r="K333" s="5">
+        <v>1</v>
+      </c>
+      <c r="L333" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M333" s="4">
+        <v>100103</v>
+      </c>
+      <c r="N333" s="4">
+        <v>100103</v>
+      </c>
+      <c r="O333" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="P333" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="Q333" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R333" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="S333" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="T333" s="4">
+        <v>1</v>
+      </c>
+      <c r="W333" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="X333" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y333" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z333" s="6">
+        <v>7.7999999999999999E-5</v>
       </c>
     </row>
     <row r="334" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A334" s="3" t="s">
-        <v>1111</v>
+        <v>1126</v>
+      </c>
+      <c r="B334" s="3" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C334" s="3" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D334" s="4">
+        <v>4389280.63</v>
+      </c>
+      <c r="E334" s="5">
+        <v>1</v>
+      </c>
+      <c r="F334" s="4">
+        <v>4389280.63</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H334" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I334" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J334" s="5">
+        <v>1</v>
+      </c>
+      <c r="K334" s="5">
+        <v>1</v>
+      </c>
+      <c r="L334" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M334" s="4">
+        <v>4389280.63</v>
+      </c>
+      <c r="N334" s="4">
+        <v>4389280.63</v>
+      </c>
+      <c r="O334" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P334" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="Q334" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R334" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S334" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T334" s="4">
+        <v>1</v>
+      </c>
+      <c r="W334" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X334" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y334" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z334" s="6">
+        <v>3.4390000000000002E-3</v>
       </c>
     </row>
     <row r="335" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A335" s="3" t="s">
-        <v>1112</v>
+        <v>1129</v>
+      </c>
+      <c r="B335" s="3" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C335" s="3" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D335" s="4">
+        <v>115000525.5</v>
+      </c>
+      <c r="E335" s="5">
+        <v>100</v>
+      </c>
+      <c r="F335" s="4">
+        <v>115013463.059118</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H335" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I335" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J335" s="5">
+        <v>100</v>
+      </c>
+      <c r="K335" s="5">
+        <v>1</v>
+      </c>
+      <c r="L335" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M335" s="4">
+        <v>115013463.059118</v>
+      </c>
+      <c r="N335" s="4">
+        <v>115013463.059118</v>
+      </c>
+      <c r="O335" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P335" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q335" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R335" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S335" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="T335" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U335" s="2">
+        <v>45992</v>
+      </c>
+      <c r="V335" s="4">
+        <v>4.05</v>
+      </c>
+      <c r="W335" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X335" s="4">
+        <v>12937.559118749999</v>
+      </c>
+      <c r="Y335" s="4">
+        <v>12937.559117999999</v>
+      </c>
+      <c r="Z335" s="6">
+        <v>9.0125999999999998E-2</v>
+      </c>
+    </row>
+    <row r="336" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A336" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B336" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F336" s="4">
+        <v>-148047717.69999999</v>
+      </c>
+      <c r="Z336" s="6">
+        <v>-0.11601212688331999</v>
+      </c>
+    </row>
+    <row r="337" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A337" s="3" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B337" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F337" s="4">
+        <v>-4056.25</v>
+      </c>
+      <c r="Z337" s="6">
+        <v>-3.1785305236790202E-6</v>
+      </c>
+    </row>
+    <row r="338" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A338" s="3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B338" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F338" s="4">
+        <v>310493529.43682498</v>
+      </c>
+      <c r="Z338" s="6">
+        <v>0.243306788467126</v>
+      </c>
+    </row>
+    <row r="339" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A339" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B339" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F339" s="4">
+        <v>121189273.2</v>
+      </c>
+      <c r="Z339" s="6">
+        <v>9.4965498677023294E-2</v>
+      </c>
+    </row>
+    <row r="341" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A341" s="3" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="342" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A342" s="3" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="343" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A343" s="3" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="344" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A344" s="3" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="345" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A345" s="3" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="346" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A346" s="3" t="s">
+        <v>1146</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>October</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>