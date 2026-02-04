--- v3 (2026-01-13)
+++ v4 (2026-02-04)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B0995A91-EA81-4A5B-8C23-E138E40512BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4C819037-F6EF-45B7-BBFF-BB3D225F098F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{23341AAB-62EE-47C8-ABF7-E55B4027C06D}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{249D21A2-4253-4AC1-A8F9-7E048FFE3D61}"/>
   </bookViews>
   <sheets>
-    <sheet name="November" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4357" uniqueCount="1147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4420" uniqueCount="1139">
   <si>
     <t>GMO Opportunistic Income Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -178,71 +178,89 @@
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>CASH_USD_MARJPNUS3</t>
   </si>
   <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>Futures Margin</t>
   </si>
   <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
+    <t>USD_EUR_CITD_20260130F</t>
+  </si>
+  <si>
+    <t>FX USD VS EUR</t>
+  </si>
+  <si>
+    <t>Derivative</t>
+  </si>
+  <si>
+    <t>Currency Contract</t>
+  </si>
+  <si>
+    <t>USD_EUR_CITD_20260130T</t>
+  </si>
+  <si>
     <t>USD_EUR_DBA_20260130F</t>
   </si>
   <si>
-    <t>FX USD VS EUR</t>
-[...7 lines deleted...]
-  <si>
     <t>USD_EUR_DBA_20260130T</t>
   </si>
   <si>
+    <t>USD_EUR_JPMD_20260130F</t>
+  </si>
+  <si>
+    <t>USD_EUR_JPMD_20260130T</t>
+  </si>
+  <si>
     <t>USD_EUR_MSCI_20260130F</t>
   </si>
   <si>
     <t>USD_EUR_MSCI_20260130T</t>
   </si>
   <si>
+    <t>USD_EUR_SSB_20260130F</t>
+  </si>
+  <si>
+    <t>USD_EUR_SSB_20260130T</t>
+  </si>
+  <si>
     <t>FBFVH26</t>
   </si>
   <si>
     <t>US 5YR NOTE (CBT)</t>
   </si>
   <si>
     <t>Futures</t>
   </si>
   <si>
     <t>FVH6</t>
   </si>
   <si>
     <t>XCBT</t>
   </si>
   <si>
     <t>FBTUH26</t>
   </si>
   <si>
     <t>US 2YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TUH6</t>
   </si>
   <si>
     <t>FBTYH26</t>
@@ -250,62 +268,50 @@
   <si>
     <t>US 10YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TYH6</t>
   </si>
   <si>
     <t>FBUXYH26</t>
   </si>
   <si>
     <t>US 10yr Ultra Fut</t>
   </si>
   <si>
     <t>UXYH6</t>
   </si>
   <si>
     <t>FBWNH26</t>
   </si>
   <si>
     <t>US ULTRA BOND CBT</t>
   </si>
   <si>
     <t>WNH6</t>
   </si>
   <si>
-    <t>O1369437</t>
-[...10 lines deleted...]
-  <si>
     <t>BMO0Q8850</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.11.AA)</t>
   </si>
   <si>
     <t>SWAP</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
     <t>BMO2GTTS8</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.A)</t>
   </si>
   <si>
     <t>BMO2GTTY5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.AA)</t>
@@ -367,62 +373,53 @@
   <si>
     <t>BMO36Z4Q4</t>
   </si>
   <si>
     <t>BMO389GH7</t>
   </si>
   <si>
     <t>BMO3C7SV2</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.15.BBB-)</t>
   </si>
   <si>
     <t>BMO3ER1U7</t>
   </si>
   <si>
     <t>BMO3H2SM8</t>
   </si>
   <si>
     <t>BMO3R5SE8</t>
   </si>
   <si>
     <t>BMO3R5SJ7</t>
   </si>
   <si>
-    <t>BMO3YWYN4</t>
-[...4 lines deleted...]
-  <si>
     <t>BMO40WM69</t>
   </si>
   <si>
-    <t>BMO49FF65</t>
-[...1 lines deleted...]
-  <si>
     <t>BMO4B0MA8</t>
   </si>
   <si>
     <t>SWP: USD 3.810000 31-AUG-2029 SOF</t>
   </si>
   <si>
     <t>BMO4EC377</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.6.BBB-)</t>
   </si>
   <si>
     <t>BMO4EQM83</t>
   </si>
   <si>
     <t>BMO4ER168</t>
   </si>
   <si>
     <t>CDS: (CDX.NA.HY.43 25-35%)</t>
   </si>
   <si>
     <t>BMO4ER192</t>
   </si>
   <si>
     <t>CDS: (CDX.NA.HY.43 15-25%)</t>
@@ -439,74 +436,71 @@
   <si>
     <t>CDS: (CMBX.NA.18.BBB-)</t>
   </si>
   <si>
     <t>BMO4R5BZ7</t>
   </si>
   <si>
     <t>BMO4R5C29</t>
   </si>
   <si>
     <t>BMO4RYE24</t>
   </si>
   <si>
     <t>BMO4RYK68</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.17.BBB-)</t>
   </si>
   <si>
     <t>BMO4U6MW6</t>
   </si>
   <si>
     <t>BMO4U6N05</t>
   </si>
   <si>
-    <t>BMO4XM9M5</t>
+    <t>BMO4ZMDM8</t>
+  </si>
+  <si>
+    <t>CDS: (CDX.NA.HY.39 15-25%)</t>
+  </si>
+  <si>
+    <t>BMO507BG1</t>
+  </si>
+  <si>
+    <t>CDS: (ITRAXX.EUR.44 12-100%)</t>
+  </si>
+  <si>
+    <t>BMO53P5P5</t>
+  </si>
+  <si>
+    <t>BMO582WS5</t>
   </si>
   <si>
     <t>TRSWAP: IBXXLLTR INDEX</t>
   </si>
   <si>
-    <t>BMO4ZL3A7</t>
-[...16 lines deleted...]
-  <si>
     <t>BRW9YF7H1</t>
   </si>
   <si>
     <t>BRW9YFGW8</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.9.BBB-)</t>
   </si>
   <si>
     <t>BRW9YFVE1</t>
   </si>
   <si>
     <t>BRW9YFVL5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.6.AA)</t>
   </si>
   <si>
     <t>BRW9YHMT4</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.AS)</t>
   </si>
   <si>
     <t>BRW9YHMW7</t>
@@ -529,192 +523,174 @@
   <si>
     <t>BRWRNNZ93</t>
   </si>
   <si>
     <t>BRWRYWSX6</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.10.AAA)</t>
   </si>
   <si>
     <t>BRWZ0BGR7</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.12.AA)</t>
   </si>
   <si>
     <t>BRWZBCEX2</t>
   </si>
   <si>
     <t>Z96RYU906</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.EUR.42.V1)</t>
   </si>
   <si>
-    <t>Z96RYU955</t>
-[...4 lines deleted...]
-  <si>
     <t>Z96ZAV0E1</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.IG.44.V1)</t>
   </si>
   <si>
     <t>Z978T5JQ0</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.EUR.44.V1)</t>
   </si>
   <si>
     <t>Z978T5JR8</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.FINSR.44.V1)</t>
   </si>
   <si>
     <t>Z978T5JT4</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.IG.45.V1)</t>
   </si>
   <si>
     <t>BMO540P85</t>
   </si>
   <si>
     <t>ITRAXX.FINSR.44.V1 5YR RTP @ 75.00</t>
   </si>
   <si>
     <t>SWAPTION</t>
   </si>
   <si>
     <t>BAMD</t>
   </si>
   <si>
     <t>BMO55RSL3</t>
   </si>
   <si>
     <t>JPMD</t>
   </si>
   <si>
-    <t>US01F0224C6725</t>
-[...2 lines deleted...]
-    <t>FNCI 2.5 12/25</t>
+    <t>US01F022410926</t>
+  </si>
+  <si>
+    <t>FNCI 2.5 1/26</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Agency Pass-Through</t>
   </si>
   <si>
     <t>FNCI</t>
   </si>
   <si>
-    <t>US01F0224C67</t>
-[...8 lines deleted...]
-    <t>FNCL 4 12/25</t>
+    <t>US01F0224109</t>
+  </si>
+  <si>
+    <t>01F022410</t>
+  </si>
+  <si>
+    <t>US01F040610226</t>
+  </si>
+  <si>
+    <t>FNCL 4 1/26</t>
   </si>
   <si>
     <t>FNCL</t>
   </si>
   <si>
-    <t>US01F0406C67</t>
-[...62 lines deleted...]
-    <t>01F0626C0</t>
+    <t>US01F0406102</t>
+  </si>
+  <si>
+    <t>01F040610</t>
+  </si>
+  <si>
+    <t>US01F042616726</t>
+  </si>
+  <si>
+    <t>FNCL 4.5 1/26</t>
+  </si>
+  <si>
+    <t>US01F0426167</t>
+  </si>
+  <si>
+    <t>01F042616</t>
+  </si>
+  <si>
+    <t>US01F052417726</t>
+  </si>
+  <si>
+    <t>FNCI 5.5 1/26</t>
+  </si>
+  <si>
+    <t>US01F0524177</t>
+  </si>
+  <si>
+    <t>01F052417</t>
+  </si>
+  <si>
+    <t>US01F052615626</t>
+  </si>
+  <si>
+    <t>FNCL 5.5 1/26</t>
+  </si>
+  <si>
+    <t>US01F0526156</t>
+  </si>
+  <si>
+    <t>01F052615</t>
+  </si>
+  <si>
+    <t>US01F060618026</t>
+  </si>
+  <si>
+    <t>FNCL 6 1/26</t>
+  </si>
+  <si>
+    <t>US01F0606180</t>
+  </si>
+  <si>
+    <t>01F060618</t>
   </si>
   <si>
     <t>US00432CBX83</t>
   </si>
   <si>
     <t>ACCSS 2004-2 A4</t>
   </si>
   <si>
     <t>Asset Backed Security</t>
   </si>
   <si>
     <t>ACCSS</t>
   </si>
   <si>
     <t>00432CBX8</t>
   </si>
   <si>
     <t>US00432CBZ32</t>
   </si>
   <si>
     <t>ACCSS 2004-2 B</t>
   </si>
   <si>
     <t>00432CBZ3</t>
   </si>
@@ -2116,62 +2092,50 @@
   <si>
     <t>US58552RAA86</t>
   </si>
   <si>
     <t>MRFC 2004-TBC1 A</t>
   </si>
   <si>
     <t>MRFC</t>
   </si>
   <si>
     <t>58552RAA8</t>
   </si>
   <si>
     <t>US59025TAD54</t>
   </si>
   <si>
     <t>FFMER 2007-H1 2A1</t>
   </si>
   <si>
     <t>FFMER</t>
   </si>
   <si>
     <t>59025TAD5</t>
   </si>
   <si>
-    <t>US59802XBN21</t>
-[...10 lines deleted...]
-  <si>
     <t>US61748HVW86</t>
   </si>
   <si>
     <t>MSM 2006-2 6A</t>
   </si>
   <si>
     <t>B8KBP92</t>
   </si>
   <si>
     <t>MSM</t>
   </si>
   <si>
     <t>61748HVW8</t>
   </si>
   <si>
     <t>US62431UBD37</t>
   </si>
   <si>
     <t>MVW 2013-1A BRR</t>
   </si>
   <si>
     <t>MVW</t>
   </si>
   <si>
     <t>62431UBD3</t>
@@ -2653,50 +2617,59 @@
   <si>
     <t>US78443CAH79</t>
   </si>
   <si>
     <t>SLMA 2003-A C</t>
   </si>
   <si>
     <t>SLMA</t>
   </si>
   <si>
     <t>78443CAH7</t>
   </si>
   <si>
     <t>US78443CAJ36</t>
   </si>
   <si>
     <t>SLMA 2003-A A3</t>
   </si>
   <si>
     <t>B6XTPP5</t>
   </si>
   <si>
     <t>78443CAJ3</t>
   </si>
   <si>
+    <t>US78443CAR51</t>
+  </si>
+  <si>
+    <t>SLMA 2003-B C</t>
+  </si>
+  <si>
+    <t>78443CAR5</t>
+  </si>
+  <si>
     <t>US78443CBA18</t>
   </si>
   <si>
     <t>SLMA 2003-C A3</t>
   </si>
   <si>
     <t>78443CBA1</t>
   </si>
   <si>
     <t>US78443CBE30</t>
   </si>
   <si>
     <t>SLMA 2003-C C</t>
   </si>
   <si>
     <t>78443CBE3</t>
   </si>
   <si>
     <t>US78443CBH60</t>
   </si>
   <si>
     <t>SLMA 2004-A A3</t>
   </si>
   <si>
     <t>BZ4SKB5</t>
@@ -3016,50 +2989,59 @@
   <si>
     <t>US88156PAZ45</t>
   </si>
   <si>
     <t>TMTS 2006-7 2A3</t>
   </si>
   <si>
     <t>TMTS</t>
   </si>
   <si>
     <t>88156PAZ4</t>
   </si>
   <si>
     <t>US89174UAB26</t>
   </si>
   <si>
     <t>TPAT 2018-SL1 B</t>
   </si>
   <si>
     <t>TPAT</t>
   </si>
   <si>
     <t>89174UAB2</t>
   </si>
   <si>
+    <t>US89179XAB10</t>
+  </si>
+  <si>
+    <t>TPAT 2021-SL1 B</t>
+  </si>
+  <si>
+    <t>89179XAB1</t>
+  </si>
+  <si>
     <t>US89179XAC92</t>
   </si>
   <si>
     <t>TPAT 2021-SL1 C</t>
   </si>
   <si>
     <t>89179XAC9</t>
   </si>
   <si>
     <t>US895975AA85</t>
   </si>
   <si>
     <t>TCN 2024-SFR4 A</t>
   </si>
   <si>
     <t>TCN</t>
   </si>
   <si>
     <t>895975AA8</t>
   </si>
   <si>
     <t>US89612LAA44</t>
   </si>
   <si>
     <t>TAH 2019-SFR1 A</t>
@@ -3424,72 +3406,66 @@
   <si>
     <t>Gmo Ultra-Short Income Etf</t>
   </si>
   <si>
     <t>BPYV2Q3</t>
   </si>
   <si>
     <t>GMOC</t>
   </si>
   <si>
     <t>US90139K8861</t>
   </si>
   <si>
     <t>ARCX</t>
   </si>
   <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>TRIXX</t>
   </si>
   <si>
-    <t>BMO56BXX5</t>
-[...2 lines deleted...]
-    <t>REPO for  R 4.05</t>
+    <t>BMO590FW8</t>
+  </si>
+  <si>
+    <t>REPO for  R 3.80</t>
   </si>
   <si>
     <t>Short Term Instrument</t>
   </si>
   <si>
     <t>Repurchase Agreement (REPO)</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Future</t>
   </si>
   <si>
     <t>Contra Derivatives - Futures</t>
-  </si>
-[...4 lines deleted...]
-    <t>Contra Derivatives - Options</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swap</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaps</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swaption</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaptions</t>
   </si>
   <si>
     <t>Base Currency - USD</t>
   </si>
   <si>
     <t>Based on GMO data. Not book of record.</t>
   </si>
   <si>
     <t>*Value includes derivative notional exposure for swaps and futures.</t>
   </si>
   <si>
     <t>**Weights are calculated as a percentage of the total Base Market Value with Notional. Base Market Value with Notional represents the total value of the security, in addition to any notional exposure gained through derivatives contracts. Security weights shown in this file may differ from weights shown in other materials to the extent the other weights exclude cash or do not account for notional exposures.</t>
   </si>
@@ -3871,92 +3847,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{463D5EB1-1FC8-44A9-B0EB-44F165118440}">
-  <dimension ref="A1:Z346"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B838E87-D74C-405B-AB3C-E00EA6483004}">
+  <dimension ref="A1:Z350"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="5"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="11.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="7" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45989</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -4006,26422 +3982,26793 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>2314.4899999999998</v>
+        <v>627.14</v>
       </c>
       <c r="E4" s="5">
-        <v>1.16055</v>
+        <v>1.17445</v>
       </c>
       <c r="F4" s="4">
-        <v>2686.0813695000002</v>
+        <v>736.54457300000001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>2314.4899999999998</v>
+        <v>627.14</v>
       </c>
       <c r="N4" s="4">
-        <v>2686.0813695000002</v>
+        <v>736.54457300000001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>1.9999999999999999E-6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>12028810.350834001</v>
+        <v>8945466.8129990008</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>12028810.350834399</v>
+        <v>8945466.8129994106</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4">
-        <v>12028810.350834001</v>
+        <v>8945466.8129990008</v>
       </c>
       <c r="N5" s="4">
-        <v>12028810.350834399</v>
+        <v>8945466.8129994106</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>9.4249999999999994E-3</v>
+        <v>7.2700000000000004E-3</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>3683.74</v>
+        <v>-172242.23</v>
       </c>
       <c r="E6" s="5">
         <v>1</v>
       </c>
       <c r="F6" s="4">
-        <v>3683.74</v>
+        <v>-172242.23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M6" s="4">
-        <v>3683.74</v>
+        <v>-172242.23</v>
       </c>
       <c r="N6" s="4">
-        <v>3683.74</v>
+        <v>-172242.23</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.9999999999999999E-6</v>
+        <v>-1.3899999999999999E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>-62961389.869999997</v>
+        <v>-40128558.310000002</v>
       </c>
       <c r="E7" s="5">
         <v>0</v>
       </c>
       <c r="F7" s="4">
-        <v>-62960465.869999997</v>
+        <v>-40127571.310000002</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="4">
-        <v>-62960465.869999997</v>
+        <v>-40127571.310000002</v>
       </c>
       <c r="N7" s="4">
-        <v>-62960465.869999997</v>
+        <v>-40127571.310000002</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-4.9335999999999998E-2</v>
+        <v>-3.2612000000000002E-2</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D8" s="4">
-        <v>-8461000</v>
+        <v>-7414775.0197999999</v>
       </c>
       <c r="E8" s="5">
-        <v>1.1641900000000001</v>
+        <v>1</v>
       </c>
       <c r="F8" s="4">
-        <v>-9850218.7262139991</v>
+        <v>-7414775.0197999999</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M8" s="4">
-        <v>-8487543.6010619998</v>
+        <v>-7414775.0197999999</v>
       </c>
       <c r="N8" s="4">
-        <v>-9850218.7262145206</v>
+        <v>-7414775.0197999999</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="U8" s="2">
         <v>46052</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-9.9139999999999992E-3</v>
+        <v>-6.0260000000000001E-3</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="4">
-        <v>-2802098.9427999998</v>
+        <v>6302000</v>
       </c>
       <c r="E9" s="5">
-        <v>1</v>
+        <v>1.17584</v>
       </c>
       <c r="F9" s="4">
-        <v>-2802098.9427999998</v>
+        <v>7410147.5079779997</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>-2802098.9427999998</v>
+        <v>6309461.8825639999</v>
       </c>
       <c r="N9" s="4">
-        <v>-2802098.9427999998</v>
+        <v>7410147.5079781199</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="U9" s="2">
         <v>46052</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>-9.9139999999999992E-3</v>
+        <v>6.0219999999999996E-3</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="4">
-        <v>2398000</v>
+        <v>-2802098.9427999998</v>
       </c>
       <c r="E10" s="5">
-        <v>1.1641900000000001</v>
+        <v>1</v>
       </c>
       <c r="F10" s="4">
-        <v>2791729.6425319999</v>
+        <v>-2802098.9427999998</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H10" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M10" s="4">
-        <v>2405522.9352719998</v>
+        <v>-2802098.9427999998</v>
       </c>
       <c r="N10" s="4">
-        <v>2791729.64253191</v>
+        <v>-2802098.9427999998</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="U10" s="2">
         <v>46052</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>9.9389999999999999E-3</v>
+        <v>-1.0362E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="4">
-        <v>9891953.0931000002</v>
+        <v>-8461000</v>
       </c>
       <c r="E11" s="5">
-        <v>1</v>
+        <v>1.17584</v>
       </c>
       <c r="F11" s="4">
-        <v>9891953.0931000002</v>
+        <v>-9948787.3794039991</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>9891953.0931000002</v>
+        <v>-8471018.2463310007</v>
       </c>
       <c r="N11" s="4">
-        <v>9891953.0931000002</v>
+        <v>-9948787.3794038296</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="U11" s="2">
         <v>46052</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>9.9389999999999999E-3</v>
+        <v>-1.0362E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="4">
-        <v>-91000</v>
+        <v>2398000</v>
       </c>
       <c r="E12" s="5">
-        <v>1.1641900000000001</v>
+        <v>1.17584</v>
       </c>
       <c r="F12" s="4">
-        <v>-105941.366752</v>
+        <v>2819665.7766</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>-91285.482531000001</v>
+        <v>2400839.3516950002</v>
       </c>
       <c r="N12" s="4">
-        <v>-105941.36675163</v>
+        <v>2819665.7765997299</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="U12" s="2">
         <v>46052</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>-8.2999999999999998E-5</v>
+        <v>1.0330000000000001E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D13" s="4">
-        <v>104918.4682</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="E13" s="5">
         <v>1</v>
       </c>
       <c r="F13" s="4">
-        <v>104918.4682</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M13" s="4">
-        <v>104918.4682</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="N13" s="4">
-        <v>104918.4682</v>
+        <v>9891953.0931000002</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="U13" s="2">
         <v>46052</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>8.2000000000000001E-5</v>
+        <v>1.0330000000000001E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="4">
-        <v>-361</v>
+        <v>-148003.80609999999</v>
       </c>
       <c r="E14" s="5">
-        <v>109.765625</v>
+        <v>1</v>
       </c>
       <c r="F14" s="4">
-        <v>-39625391</v>
+        <v>-148003.80609999999</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J14" s="5">
-        <v>109.765625</v>
+        <v>1</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M14" s="4">
-        <v>0</v>
+        <v>-148003.80609999999</v>
       </c>
       <c r="N14" s="4">
-        <v>0</v>
+        <v>-148003.80609999999</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="T14" s="4">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="U14" s="2">
-        <v>46112</v>
+        <v>46052</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>-3.1050000000000001E-2</v>
+        <v>-2.8400000000000002E-4</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="4">
-        <v>429</v>
+        <v>-172000</v>
       </c>
       <c r="E15" s="5">
-        <v>104.429688</v>
+        <v>1.17584</v>
       </c>
       <c r="F15" s="4">
-        <v>89600671.200000003</v>
+        <v>-202244.584477</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>104.4296875</v>
+        <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>0</v>
+        <v>-172203.65658499999</v>
       </c>
       <c r="N15" s="4">
-        <v>0</v>
+        <v>-202244.58447671001</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="T15" s="4">
-        <v>2000</v>
+        <v>1</v>
       </c>
       <c r="U15" s="2">
-        <v>46112</v>
+        <v>46052</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>7.0211999999999997E-2</v>
+        <v>-2.8400000000000002E-4</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="4">
-        <v>497</v>
+        <v>127000</v>
       </c>
       <c r="E16" s="5">
-        <v>113.34375</v>
+        <v>1.17584</v>
       </c>
       <c r="F16" s="4">
-        <v>56331843.700000003</v>
+        <v>149331.757143</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>113.34375</v>
+        <v>1</v>
       </c>
       <c r="K16" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>0</v>
+        <v>127150.374339</v>
       </c>
       <c r="N16" s="4">
-        <v>0</v>
+        <v>149331.75714269001</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="T16" s="4">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="U16" s="2">
-        <v>46101</v>
+        <v>46052</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>4.4142000000000001E-2</v>
+        <v>2.8400000000000002E-4</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="4">
-        <v>354</v>
+        <v>200446.09959999999</v>
       </c>
       <c r="E17" s="5">
-        <v>116.203125</v>
+        <v>1</v>
       </c>
       <c r="F17" s="4">
-        <v>41135906.299999997</v>
+        <v>200446.09959999999</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J17" s="5">
-        <v>116.203125</v>
+        <v>1</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M17" s="4">
-        <v>0</v>
+        <v>200446.09959999999</v>
       </c>
       <c r="N17" s="4">
-        <v>0</v>
+        <v>200446.09959999999</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="T17" s="4">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="U17" s="2">
-        <v>46101</v>
+        <v>46052</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>3.2233999999999999E-2</v>
+        <v>2.8400000000000002E-4</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="4">
-        <v>5</v>
+        <v>-91000</v>
       </c>
       <c r="E18" s="5">
-        <v>120.9375</v>
+        <v>1.17584</v>
       </c>
       <c r="F18" s="4">
-        <v>604687.5</v>
+        <v>-107001.49527499999</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>120.9375</v>
+        <v>1</v>
       </c>
       <c r="K18" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>0</v>
+        <v>-91107.748542000001</v>
       </c>
       <c r="N18" s="4">
-        <v>0</v>
+        <v>-107001.49527547001</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="T18" s="4">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="U18" s="2">
-        <v>46101</v>
+        <v>46052</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>4.73E-4</v>
+        <v>-8.6000000000000003E-5</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="4">
-        <v>649</v>
+        <v>104918.4682</v>
       </c>
       <c r="E19" s="5">
-        <v>2.5000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="F19" s="4">
-        <v>8112.5</v>
+        <v>104918.4682</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J19" s="5">
-        <v>2.5000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M19" s="4">
-        <v>4056.25</v>
+        <v>104918.4682</v>
       </c>
       <c r="N19" s="4">
-        <v>4056.25</v>
+        <v>104918.4682</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="U19" s="2">
-        <v>46003</v>
+        <v>46052</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>8.5000000000000006E-5</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D20" s="4">
-        <v>-4624500</v>
+        <v>-152113.2009</v>
       </c>
       <c r="E20" s="5">
-        <v>-0.45391799999999999</v>
+        <v>1</v>
       </c>
       <c r="F20" s="4">
-        <v>-4603508.5535329403</v>
+        <v>-152113.2009</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J20" s="5">
-        <v>-0.45391819</v>
+        <v>1</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M20" s="4">
-        <v>20991.446467000002</v>
+        <v>-152113.2009</v>
       </c>
       <c r="N20" s="4">
-        <v>20991.446467059999</v>
+        <v>-152113.2009</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="T20" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U20" s="2">
-        <v>56571</v>
+        <v>46052</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
-        <v>-578.0625</v>
+        <v>0</v>
       </c>
       <c r="Y20" s="4">
-        <v>-578.0625</v>
+        <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>-3.607E-3</v>
+        <v>-3.01E-4</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D21" s="4">
-        <v>-2233597.5</v>
+        <v>-186000</v>
       </c>
       <c r="E21" s="5">
-        <v>-27.093333000000001</v>
+        <v>1.17584</v>
       </c>
       <c r="F21" s="4">
-        <v>-1628441.4839999999</v>
+        <v>-218706.352981</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>-27.09333333</v>
+        <v>1</v>
       </c>
       <c r="K21" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>605156.01599999995</v>
+        <v>-186220.23328399999</v>
       </c>
       <c r="N21" s="4">
-        <v>605156.01599999995</v>
+        <v>-218706.35298063001</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="T21" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U21" s="2">
-        <v>53709</v>
+        <v>46052</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
-        <v>-372.26625000000001</v>
+        <v>0</v>
       </c>
       <c r="Y21" s="4">
-        <v>-372.26625000000001</v>
+        <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>-1.276E-3</v>
+        <v>-3.01E-4</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>82</v>
+        <v>59</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>83</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D22" s="4">
-        <v>797067.82</v>
+        <v>219326.01060000001</v>
       </c>
       <c r="E22" s="5">
-        <v>-12.454167</v>
+        <v>1</v>
       </c>
       <c r="F22" s="4">
-        <v>697799.66525083</v>
+        <v>219326.01060000001</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J22" s="5">
-        <v>-12.454166669999999</v>
+        <v>1</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M22" s="4">
-        <v>-99268.154748999994</v>
+        <v>219326.01060000001</v>
       </c>
       <c r="N22" s="4">
-        <v>-99268.154749170004</v>
+        <v>219326.01060000001</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="T22" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U22" s="2">
-        <v>53709</v>
+        <v>46052</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
-        <v>99.633477499999998</v>
+        <v>0</v>
       </c>
       <c r="Y22" s="4">
-        <v>99.633476999999999</v>
+        <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>5.4600000000000004E-4</v>
+        <v>3.01E-4</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>85</v>
+        <v>48</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D23" s="4">
-        <v>2824417.2674750001</v>
+        <v>129000</v>
       </c>
       <c r="E23" s="5">
-        <v>-0.165987</v>
+        <v>1.17584</v>
       </c>
       <c r="F23" s="4">
-        <v>2819729.1113999598</v>
+        <v>151683.43835800001</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>-0.16598667</v>
+        <v>1</v>
       </c>
       <c r="K23" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>-4688.1560749999999</v>
+        <v>129152.74243899999</v>
       </c>
       <c r="N23" s="4">
-        <v>-4688.1560750400004</v>
+        <v>151683.43835752999</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="T23" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U23" s="2">
-        <v>60224</v>
+        <v>46052</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
-        <v>117.68405281</v>
+        <v>0</v>
       </c>
       <c r="Y23" s="4">
-        <v>117.68405199999999</v>
+        <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.209E-3</v>
+        <v>3.01E-4</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D24" s="4">
-        <v>-974163.07739999995</v>
+        <v>-394</v>
       </c>
       <c r="E24" s="5">
-        <v>-5.35</v>
+        <v>109.304688</v>
       </c>
       <c r="F24" s="4">
-        <v>-922045.35275910003</v>
+        <v>-43066047.100000001</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J24" s="5">
-        <v>-5.35</v>
+        <v>109.3046875</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M24" s="4">
-        <v>52117.72464</v>
+        <v>0</v>
       </c>
       <c r="N24" s="4">
-        <v>52117.7246409</v>
+        <v>0</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="T24" s="4">
-        <v>0.01</v>
+        <v>1000</v>
       </c>
       <c r="U24" s="2">
-        <v>57635</v>
+        <v>46112</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
-        <v>-162.3605129</v>
+        <v>0</v>
       </c>
       <c r="Y24" s="4">
-        <v>-162.360512</v>
+        <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>-7.2199999999999999E-4</v>
+        <v>-3.5000000000000003E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D25" s="4">
-        <v>-3000000</v>
+        <v>387</v>
       </c>
       <c r="E25" s="5">
-        <v>-1.0988309999999999</v>
+        <v>104.394531</v>
       </c>
       <c r="F25" s="4">
-        <v>-2967035.08458632</v>
+        <v>80801367.200000003</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J25" s="5">
-        <v>-1.09883051</v>
+        <v>104.39453125</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M25" s="4">
-        <v>32964.915413000002</v>
+        <v>0</v>
       </c>
       <c r="N25" s="4">
-        <v>32964.915413679999</v>
+        <v>0</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="T25" s="4">
-        <v>0.01</v>
+        <v>2000</v>
       </c>
       <c r="U25" s="2">
-        <v>63174</v>
+        <v>46112</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="4">
-        <v>-375</v>
+        <v>0</v>
       </c>
       <c r="Y25" s="4">
-        <v>-375</v>
+        <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>-2.3249999999999998E-3</v>
+        <v>6.5668000000000004E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>91</v>
+        <v>69</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D26" s="4">
-        <v>-2682000</v>
+        <v>547</v>
       </c>
       <c r="E26" s="5">
-        <v>-5.5398389999999997</v>
+        <v>112.4375</v>
       </c>
       <c r="F26" s="4">
-        <v>-2533421.5106280199</v>
+        <v>61503312.5</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J26" s="5">
-        <v>-5.5398392799999998</v>
+        <v>112.4375</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M26" s="4">
-        <v>148578.489371</v>
+        <v>0</v>
       </c>
       <c r="N26" s="4">
-        <v>148578.48937197999</v>
+        <v>0</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="T26" s="4">
-        <v>0.01</v>
+        <v>1000</v>
       </c>
       <c r="U26" s="2">
-        <v>63174</v>
+        <v>46101</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
-        <v>-447</v>
+        <v>0</v>
       </c>
       <c r="Y26" s="4">
-        <v>-447</v>
+        <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>-1.9849999999999998E-3</v>
+        <v>4.9984000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D27" s="4">
-        <v>-2000000</v>
+        <v>438</v>
       </c>
       <c r="E27" s="5">
-        <v>-1.0988309999999999</v>
+        <v>115.015625</v>
       </c>
       <c r="F27" s="4">
-        <v>-1978023.3897242199</v>
+        <v>50376843.700000003</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J27" s="5">
-        <v>-1.09883051</v>
+        <v>115.015625</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M27" s="4">
-        <v>21976.610274999999</v>
+        <v>0</v>
       </c>
       <c r="N27" s="4">
-        <v>21976.61027578</v>
+        <v>0</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="T27" s="4">
-        <v>0.01</v>
+        <v>1000</v>
       </c>
       <c r="U27" s="2">
-        <v>63174</v>
+        <v>46101</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
-        <v>-250</v>
+        <v>0</v>
       </c>
       <c r="Y27" s="4">
-        <v>-250</v>
+        <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>-1.5499999999999999E-3</v>
+        <v>4.0941999999999999E-2</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D28" s="4">
-        <v>-5752000</v>
+        <v>9</v>
       </c>
       <c r="E28" s="5">
-        <v>-12.941667000000001</v>
+        <v>118</v>
       </c>
       <c r="F28" s="4">
-        <v>-5007595.3333333302</v>
+        <v>1062000</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J28" s="5">
-        <v>-12.94166667</v>
+        <v>118</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M28" s="4">
-        <v>744404.66666600003</v>
+        <v>0</v>
       </c>
       <c r="N28" s="4">
-        <v>744404.66666667</v>
+        <v>0</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="T28" s="4">
-        <v>0.01</v>
+        <v>1000</v>
       </c>
       <c r="U28" s="2">
-        <v>56571</v>
+        <v>46101</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
-        <v>-1438</v>
+        <v>0</v>
       </c>
       <c r="Y28" s="4">
-        <v>-1438</v>
+        <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>-3.9240000000000004E-3</v>
+        <v>8.6300000000000005E-4</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D29" s="4">
-        <v>-5000000</v>
+        <v>-4624500</v>
       </c>
       <c r="E29" s="5">
-        <v>-4.2700250000000004</v>
+        <v>-0.417738</v>
       </c>
       <c r="F29" s="4">
-        <v>-4786498.7310857102</v>
+        <v>-4605181.6890470097</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J29" s="5">
-        <v>-4.2700253799999999</v>
+        <v>-0.41773837000000003</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M29" s="4">
-        <v>213501.26891399999</v>
+        <v>19318.310952</v>
       </c>
       <c r="N29" s="4">
-        <v>213501.26891429001</v>
+        <v>19318.310952989999</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
-        <v>60224</v>
+        <v>56571</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
-        <v>-833.33333332999996</v>
+        <v>-1156.125</v>
       </c>
       <c r="Y29" s="4">
-        <v>-833.33333300000004</v>
+        <v>-1156.125</v>
       </c>
       <c r="Z29" s="6">
-        <v>-3.7499999999999999E-3</v>
+        <v>-3.7420000000000001E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D30" s="4">
-        <v>9997937.2300000004</v>
+        <v>-2223897.2799999998</v>
       </c>
       <c r="E30" s="5">
-        <v>-0.165987</v>
+        <v>-27.470932999999999</v>
       </c>
       <c r="F30" s="4">
-        <v>9981341.9872564897</v>
+        <v>-1612971.95013038</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J30" s="5">
-        <v>-0.16598667</v>
+        <v>-27.470932909999998</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M30" s="4">
-        <v>-16595.242742999999</v>
+        <v>610925.32986900001</v>
       </c>
       <c r="N30" s="4">
-        <v>-16595.24274351</v>
+        <v>610925.32986962004</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
-        <v>60224</v>
+        <v>53709</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
-        <v>416.58071791999998</v>
+        <v>-741.29909333000001</v>
       </c>
       <c r="Y30" s="4">
-        <v>416.58071699999999</v>
+        <v>-741.29909299999997</v>
       </c>
       <c r="Z30" s="6">
-        <v>7.8209999999999998E-3</v>
+        <v>-1.31E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D31" s="4">
-        <v>-3933500</v>
+        <v>780492.5</v>
       </c>
       <c r="E31" s="5">
-        <v>-18.322500000000002</v>
+        <v>-12.400351000000001</v>
       </c>
       <c r="F31" s="4">
-        <v>-3212784.4624999999</v>
+        <v>683708.68774640001</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J31" s="5">
-        <v>-18.322500000000002</v>
+        <v>-12.400351349999999</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M31" s="4">
-        <v>720715.53749999998</v>
+        <v>-96783.812252999996</v>
       </c>
       <c r="N31" s="4">
-        <v>720715.53749999998</v>
+        <v>-96783.812253600001</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
-        <v>63174</v>
+        <v>53709</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
-        <v>-983.375</v>
+        <v>195.12312499999999</v>
       </c>
       <c r="Y31" s="4">
-        <v>-983.375</v>
+        <v>195.12312499999999</v>
       </c>
       <c r="Z31" s="6">
-        <v>-2.5170000000000001E-3</v>
+        <v>5.5500000000000005E-4</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D32" s="4">
-        <v>-2663103</v>
+        <v>2824279.4441999998</v>
       </c>
       <c r="E32" s="5">
-        <v>-5.35</v>
+        <v>5.0307999999999999E-2</v>
       </c>
       <c r="F32" s="4">
-        <v>-2520626.9895000001</v>
+        <v>2825700.2951915502</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J32" s="5">
-        <v>-5.35</v>
+        <v>5.0308440000000003E-2</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M32" s="4">
-        <v>142476.0105</v>
+        <v>1420.850991</v>
       </c>
       <c r="N32" s="4">
-        <v>142476.0105</v>
+        <v>1420.8509915499999</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
-        <v>57635</v>
+        <v>60224</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
-        <v>-443.85050000000001</v>
+        <v>235.35662034999999</v>
       </c>
       <c r="Y32" s="4">
-        <v>-443.85050000000001</v>
+        <v>235.35661999999999</v>
       </c>
       <c r="Z32" s="6">
-        <v>-1.9750000000000002E-3</v>
+        <v>2.2959999999999999E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D33" s="4">
-        <v>-1360000</v>
+        <v>-971556.44146999996</v>
       </c>
       <c r="E33" s="5">
-        <v>-18.322500000000002</v>
+        <v>-5.6749999999999998</v>
       </c>
       <c r="F33" s="4">
-        <v>-1110814</v>
+        <v>-916420.61341658002</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J33" s="5">
-        <v>-18.322500000000002</v>
+        <v>-5.6749999999999998</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M33" s="4">
-        <v>249186</v>
+        <v>55135.828052999997</v>
       </c>
       <c r="N33" s="4">
-        <v>249186</v>
+        <v>55135.828053420002</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>63174</v>
+        <v>57635</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
-        <v>-340</v>
+        <v>-323.85214716000002</v>
       </c>
       <c r="Y33" s="4">
-        <v>-340</v>
+        <v>-323.852147</v>
       </c>
       <c r="Z33" s="6">
-        <v>-8.7000000000000001E-4</v>
+        <v>-7.4399999999999998E-4</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D34" s="4">
-        <v>-1065241.2</v>
+        <v>-3000000</v>
       </c>
       <c r="E34" s="5">
-        <v>-5.35</v>
+        <v>-1.1670970000000001</v>
       </c>
       <c r="F34" s="4">
-        <v>-1008250.7958</v>
+        <v>-2964987.0772058498</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J34" s="5">
-        <v>-5.35</v>
+        <v>-1.1670974300000001</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M34" s="4">
-        <v>56990.404199999997</v>
+        <v>35012.922793999998</v>
       </c>
       <c r="N34" s="4">
-        <v>56990.404199999997</v>
+        <v>35012.922794149999</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
-        <v>57635</v>
+        <v>63174</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
-        <v>-177.5402</v>
+        <v>-750</v>
       </c>
       <c r="Y34" s="4">
-        <v>-177.5402</v>
+        <v>-750</v>
       </c>
       <c r="Z34" s="6">
-        <v>-7.9000000000000001E-4</v>
+        <v>-2.4090000000000001E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D35" s="4">
-        <v>-3000000</v>
+        <v>-2682000</v>
       </c>
       <c r="E35" s="5">
-        <v>-4.2700250000000004</v>
+        <v>-5.1859419999999998</v>
       </c>
       <c r="F35" s="4">
-        <v>-2871899.2386514298</v>
+        <v>-2542913.0227520699</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J35" s="5">
-        <v>-4.2700253799999999</v>
+        <v>-5.1859424799999996</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M35" s="4">
-        <v>128100.761348</v>
+        <v>139086.977247</v>
       </c>
       <c r="N35" s="4">
-        <v>128100.76134857</v>
+        <v>139086.97724792999</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
-        <v>60224</v>
+        <v>63174</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
-        <v>-500</v>
+        <v>-894</v>
       </c>
       <c r="Y35" s="4">
-        <v>-500</v>
+        <v>-894</v>
       </c>
       <c r="Z35" s="6">
-        <v>-2.2499999999999998E-3</v>
+        <v>-2.0660000000000001E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>105</v>
+        <v>91</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D36" s="4">
-        <v>-5000000</v>
+        <v>-2000000</v>
       </c>
       <c r="E36" s="5">
-        <v>-15.426667</v>
+        <v>-1.1670970000000001</v>
       </c>
       <c r="F36" s="4">
-        <v>-4228666.6666666605</v>
+        <v>-1976658.05147056</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J36" s="5">
-        <v>-15.426666669999999</v>
+        <v>-1.1670974300000001</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M36" s="4">
-        <v>771333.33333299996</v>
+        <v>23341.948529000001</v>
       </c>
       <c r="N36" s="4">
-        <v>771333.33333334001</v>
+        <v>23341.94852944</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
-        <v>60224</v>
+        <v>63174</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
-        <v>-1250</v>
+        <v>-500</v>
       </c>
       <c r="Y36" s="4">
-        <v>-1250</v>
+        <v>-500</v>
       </c>
       <c r="Z36" s="6">
-        <v>-3.313E-3</v>
+        <v>-1.606E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D37" s="4">
-        <v>-5000000</v>
+        <v>-5752000</v>
       </c>
       <c r="E37" s="5">
-        <v>-15.426667</v>
+        <v>-12.198333</v>
       </c>
       <c r="F37" s="4">
-        <v>-4228666.6666666605</v>
+        <v>-5050351.86666667</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J37" s="5">
-        <v>-15.426666669999999</v>
+        <v>-12.198333330000001</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M37" s="4">
-        <v>771333.33333299996</v>
+        <v>701648.13333300001</v>
       </c>
       <c r="N37" s="4">
-        <v>771333.33333334001</v>
+        <v>701648.13333333004</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
-        <v>60224</v>
+        <v>56571</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
-        <v>-1250</v>
+        <v>-2876</v>
       </c>
       <c r="Y37" s="4">
-        <v>-1250</v>
+        <v>-2876</v>
       </c>
       <c r="Z37" s="6">
-        <v>-3.313E-3</v>
+        <v>-4.104E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D38" s="4">
         <v>-5000000</v>
       </c>
       <c r="E38" s="5">
-        <v>-15.426667</v>
+        <v>-3.898333</v>
       </c>
       <c r="F38" s="4">
-        <v>-4228666.6666666605</v>
+        <v>-4805083.3333333395</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J38" s="5">
-        <v>-15.426666669999999</v>
+        <v>-3.8983333299999998</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M38" s="4">
-        <v>771333.33333299996</v>
+        <v>194916.666666</v>
       </c>
       <c r="N38" s="4">
-        <v>771333.33333334001</v>
+        <v>194916.66666665999</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
         <v>60224</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
-        <v>-1250</v>
+        <v>-1666.66666667</v>
       </c>
       <c r="Y38" s="4">
-        <v>-1250</v>
+        <v>-1666.6666660000001</v>
       </c>
       <c r="Z38" s="6">
-        <v>-3.313E-3</v>
+        <v>-3.9050000000000001E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D39" s="4">
-        <v>-4560000</v>
+        <v>9997449.3599999994</v>
       </c>
       <c r="E39" s="5">
-        <v>-4.2700250000000004</v>
+        <v>5.0307999999999999E-2</v>
       </c>
       <c r="F39" s="4">
-        <v>-4365286.8427501703</v>
+        <v>10002478.921032</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J39" s="5">
-        <v>-4.2700253799999999</v>
+        <v>5.0308440000000003E-2</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M39" s="4">
-        <v>194713.15724900001</v>
+        <v>5029.5610319999996</v>
       </c>
       <c r="N39" s="4">
-        <v>194713.15724982999</v>
+        <v>5029.5610320200003</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
         <v>60224</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
-        <v>-760</v>
+        <v>833.12077999999997</v>
       </c>
       <c r="Y39" s="4">
-        <v>-760</v>
+        <v>833.12077999999997</v>
       </c>
       <c r="Z39" s="6">
-        <v>-3.4199999999999999E-3</v>
+        <v>8.1290000000000008E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D40" s="4">
-        <v>9118118.7537600007</v>
+        <v>-3933500</v>
       </c>
       <c r="E40" s="5">
-        <v>-0.165987</v>
+        <v>-17.39</v>
       </c>
       <c r="F40" s="4">
-        <v>9102983.8923779204</v>
+        <v>-3249464.35</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J40" s="5">
-        <v>-0.16598667</v>
+        <v>-17.39</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M40" s="4">
-        <v>-15134.861381999999</v>
+        <v>684035.65</v>
       </c>
       <c r="N40" s="4">
-        <v>-15134.86138208</v>
+        <v>684035.65</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
-        <v>60224</v>
+        <v>63174</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
-        <v>379.92161474</v>
+        <v>-1966.75</v>
       </c>
       <c r="Y40" s="4">
-        <v>379.92161399999998</v>
+        <v>-1966.75</v>
       </c>
       <c r="Z40" s="6">
-        <v>7.1329999999999996E-3</v>
+        <v>-2.64E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D41" s="4">
-        <v>31118245.958799999</v>
+        <v>-2655977.15</v>
       </c>
       <c r="E41" s="5">
-        <v>21.090409000000001</v>
+        <v>-5.6749999999999998</v>
       </c>
       <c r="F41" s="4">
-        <v>42677245.600563198</v>
+        <v>-2505250.4467374999</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J41" s="5">
-        <v>18.172770409999998</v>
+        <v>-5.6749999999999998</v>
       </c>
       <c r="K41" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M41" s="4">
-        <v>5655047.3939749999</v>
+        <v>150726.703262</v>
       </c>
       <c r="N41" s="4">
-        <v>6562965.2530782605</v>
+        <v>150726.7032625</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
-        <v>47472</v>
+        <v>57635</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
-        <v>341079.31439292</v>
+        <v>-885.32571667000002</v>
       </c>
       <c r="Y41" s="4">
-        <v>293894.54516600003</v>
+        <v>-885.32571600000006</v>
       </c>
       <c r="Z41" s="6">
-        <v>3.3442E-2</v>
+        <v>-2.036E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D42" s="4">
-        <v>-9940000</v>
+        <v>-1360000</v>
       </c>
       <c r="E42" s="5">
-        <v>-12.941667000000001</v>
+        <v>-17.39</v>
       </c>
       <c r="F42" s="4">
-        <v>-8653598.3333333302</v>
+        <v>-1123496</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J42" s="5">
-        <v>-12.94166667</v>
+        <v>-17.39</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M42" s="4">
-        <v>1286401.6666659999</v>
+        <v>236504</v>
       </c>
       <c r="N42" s="4">
-        <v>1286401.66666667</v>
+        <v>236504</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
-        <v>56571</v>
+        <v>63174</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
-        <v>-2485</v>
+        <v>-680</v>
       </c>
       <c r="Y42" s="4">
-        <v>-2485</v>
+        <v>-680</v>
       </c>
       <c r="Z42" s="6">
-        <v>-6.7809999999999997E-3</v>
+        <v>-9.1299999999999997E-4</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>111</v>
+        <v>89</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D43" s="4">
-        <v>15559122.9794</v>
+        <v>-1062390.8600000001</v>
       </c>
       <c r="E43" s="5">
-        <v>21.090409000000001</v>
+        <v>-5.6749999999999998</v>
       </c>
       <c r="F43" s="4">
-        <v>21338622.800282098</v>
+        <v>-1002100.178695</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J43" s="5">
-        <v>18.172770409999998</v>
+        <v>-5.6749999999999998</v>
       </c>
       <c r="K43" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M43" s="4">
-        <v>2827523.6969869998</v>
+        <v>60290.681304999998</v>
       </c>
       <c r="N43" s="4">
-        <v>3281482.6265391302</v>
+        <v>60290.681304999998</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
-        <v>47472</v>
+        <v>57635</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
-        <v>170539.65719646</v>
+        <v>-354.13028666999998</v>
       </c>
       <c r="Y43" s="4">
-        <v>146947.27258300001</v>
+        <v>-354.13028600000001</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.6721E-2</v>
+        <v>-8.1400000000000005E-4</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>115</v>
+        <v>98</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D44" s="4">
-        <v>-26000000</v>
+        <v>-3000000</v>
       </c>
       <c r="E44" s="5">
-        <v>1.8218190000000001</v>
+        <v>-3.898333</v>
       </c>
       <c r="F44" s="4">
-        <v>-26473672.821975298</v>
+        <v>-2883050</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J44" s="5">
-        <v>1.8218185499999999</v>
+        <v>-3.8983333299999998</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M44" s="4">
-        <v>-473672.82197500003</v>
+        <v>116950</v>
       </c>
       <c r="N44" s="4">
-        <v>-473672.82197534002</v>
+        <v>116950</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
-        <v>47361</v>
+        <v>60224</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
-        <v>25127.89847244</v>
+        <v>-1000</v>
       </c>
       <c r="Y44" s="4">
-        <v>25127.898472000001</v>
+        <v>-1000</v>
       </c>
       <c r="Z44" s="6">
-        <v>-2.0745E-2</v>
+        <v>-2.343E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D45" s="4">
-        <v>-1572410.02104</v>
+        <v>-5000000</v>
       </c>
       <c r="E45" s="5">
-        <v>-11.347263</v>
+        <v>-14.488333000000001</v>
       </c>
       <c r="F45" s="4">
-        <v>-1393984.52823036</v>
+        <v>-4275583.3333333302</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J45" s="5">
-        <v>-11.34726251</v>
+        <v>-14.48833333</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M45" s="4">
-        <v>178425.49280899999</v>
+        <v>724416.66666600003</v>
       </c>
       <c r="N45" s="4">
-        <v>178425.49280964001</v>
+        <v>724416.66666667</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
-        <v>59667</v>
+        <v>60224</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
-        <v>-393.10250525999999</v>
+        <v>-2500</v>
       </c>
       <c r="Y45" s="4">
-        <v>-393.10250500000001</v>
+        <v>-2500</v>
       </c>
       <c r="Z45" s="6">
-        <v>-1.0920000000000001E-3</v>
+        <v>-3.4740000000000001E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D46" s="4">
-        <v>-5215000</v>
+        <v>-5000000</v>
       </c>
       <c r="E46" s="5">
-        <v>-12.941667000000001</v>
+        <v>-14.488333000000001</v>
       </c>
       <c r="F46" s="4">
-        <v>-4540092.0833333302</v>
+        <v>-4275583.3333333302</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J46" s="5">
-        <v>-12.94166667</v>
+        <v>-14.48833333</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M46" s="4">
-        <v>674907.91666600003</v>
+        <v>724416.66666600003</v>
       </c>
       <c r="N46" s="4">
-        <v>674907.91666667</v>
+        <v>724416.66666667</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>56571</v>
+        <v>60224</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
-        <v>-1303.75</v>
+        <v>-2500</v>
       </c>
       <c r="Y46" s="4">
-        <v>-1303.75</v>
+        <v>-2500</v>
       </c>
       <c r="Z46" s="6">
-        <v>-3.5569999999999998E-3</v>
+        <v>-3.4740000000000001E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="4">
-        <v>3060000</v>
+        <v>-5000000</v>
       </c>
       <c r="E47" s="5">
-        <v>16.281404999999999</v>
+        <v>-14.488333000000001</v>
       </c>
       <c r="F47" s="4">
-        <v>3558210.9806697601</v>
+        <v>-4275583.3333333302</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J47" s="5">
-        <v>16.281404599999998</v>
+        <v>-14.48833333</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M47" s="4">
-        <v>498210.98066900001</v>
+        <v>724416.66666600003</v>
       </c>
       <c r="N47" s="4">
-        <v>498210.98066976003</v>
+        <v>724416.66666667</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
-        <v>47472</v>
+        <v>60224</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
-        <v>28900</v>
+        <v>-2500</v>
       </c>
       <c r="Y47" s="4">
-        <v>28900</v>
+        <v>-2500</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.7880000000000001E-3</v>
+        <v>-3.4740000000000001E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="C48" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D48" s="4">
-        <v>3060000</v>
+        <v>-4560000</v>
       </c>
       <c r="E48" s="5">
-        <v>9.8130959999999998</v>
+        <v>-3.898333</v>
       </c>
       <c r="F48" s="4">
-        <v>3360280.7445074599</v>
+        <v>-4382236</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J48" s="5">
-        <v>9.8130962299999993</v>
+        <v>-3.8983333299999998</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M48" s="4">
-        <v>300280.74450700002</v>
+        <v>177764</v>
       </c>
       <c r="N48" s="4">
-        <v>300280.74450745998</v>
+        <v>177764</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
-        <v>47472</v>
+        <v>60224</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
-        <v>28900</v>
+        <v>-1520</v>
       </c>
       <c r="Y48" s="4">
-        <v>28900</v>
+        <v>-1520</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.6329999999999999E-3</v>
+        <v>-3.5609999999999999E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D49" s="4">
-        <v>78580000</v>
+        <v>9117673.8163200002</v>
       </c>
       <c r="E49" s="5">
-        <v>3.8472</v>
+        <v>5.0307999999999999E-2</v>
       </c>
       <c r="F49" s="4">
-        <v>94219148.556090295</v>
+        <v>9122260.7759812009</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J49" s="5">
-        <v>3.3149797400000001</v>
+        <v>5.0308440000000003E-2</v>
       </c>
       <c r="K49" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M49" s="4">
-        <v>2604911.081892</v>
+        <v>4586.9596609999999</v>
       </c>
       <c r="N49" s="4">
-        <v>3023129.5560903102</v>
+        <v>4586.9596611999996</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
-        <v>47472</v>
+        <v>60224</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
-        <v>172259.147</v>
+        <v>759.80615135999994</v>
       </c>
       <c r="Y49" s="4">
-        <v>148428.88888799999</v>
+        <v>759.806151</v>
       </c>
       <c r="Z49" s="6">
-        <v>7.3830999999999994E-2</v>
+        <v>7.4130000000000003E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D50" s="4">
-        <v>-8160000</v>
+        <v>-9940000</v>
       </c>
       <c r="E50" s="5">
-        <v>-9.4941669999999991</v>
+        <v>-12.198333</v>
       </c>
       <c r="F50" s="4">
-        <v>-7385276</v>
+        <v>-8727485.6666666698</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J50" s="5">
-        <v>-9.4941666700000003</v>
+        <v>-12.198333330000001</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M50" s="4">
-        <v>774724</v>
+        <v>1212514.3333330001</v>
       </c>
       <c r="N50" s="4">
-        <v>774724</v>
+        <v>1212514.33333333</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
-        <v>57696</v>
+        <v>56571</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
-        <v>-2040</v>
+        <v>-4970</v>
       </c>
       <c r="Y50" s="4">
-        <v>-2040</v>
+        <v>-4970</v>
       </c>
       <c r="Z50" s="6">
-        <v>-5.7869999999999996E-3</v>
+        <v>-7.0920000000000002E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D51" s="4">
-        <v>18250000</v>
+        <v>-26000000</v>
       </c>
       <c r="E51" s="5">
-        <v>16.281404999999999</v>
+        <v>1.3663259999999999</v>
       </c>
       <c r="F51" s="4">
-        <v>21221356.338961799</v>
+        <v>-26355244.6479345</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J51" s="5">
-        <v>16.281404599999998</v>
+        <v>1.3663255700000001</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M51" s="4">
-        <v>2971356.3389610001</v>
+        <v>-355244.64793400001</v>
       </c>
       <c r="N51" s="4">
-        <v>2971356.3389618099</v>
+        <v>-355244.64793456998</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
-        <v>47472</v>
+        <v>47361</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
-        <v>172361.11111110999</v>
+        <v>26284.928106669999</v>
       </c>
       <c r="Y51" s="4">
-        <v>172361.11111100001</v>
+        <v>26284.928105999999</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.6629000000000001E-2</v>
+        <v>-2.1419000000000001E-2</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D52" s="4">
-        <v>-11900000</v>
+        <v>-1568771.31384</v>
       </c>
       <c r="E52" s="5">
-        <v>9.8130959999999998</v>
+        <v>-10.930202</v>
       </c>
       <c r="F52" s="4">
-        <v>-13067758.4508623</v>
+        <v>-1397301.43580075</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J52" s="5">
-        <v>9.8130962299999993</v>
+        <v>-10.93020229</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M52" s="4">
-        <v>-1167758.450862</v>
+        <v>171469.878039</v>
       </c>
       <c r="N52" s="4">
-        <v>-1167758.45086236</v>
+        <v>171469.87803925</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
-        <v>47472</v>
+        <v>59667</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
-        <v>-112388.88888889</v>
+        <v>-784.38565691999997</v>
       </c>
       <c r="Y52" s="4">
-        <v>-112388.888888</v>
+        <v>-784.38565600000004</v>
       </c>
       <c r="Z52" s="6">
-        <v>-1.0240000000000001E-2</v>
+        <v>-1.1349999999999999E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="C53" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D53" s="4">
-        <v>-5156000</v>
+        <v>-5215000</v>
       </c>
       <c r="E53" s="5">
-        <v>-9.4941669999999991</v>
+        <v>-12.198333</v>
       </c>
       <c r="F53" s="4">
-        <v>-4666480.7666666601</v>
+        <v>-4578856.9166666698</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J53" s="5">
-        <v>-9.4941666700000003</v>
+        <v>-12.198333330000001</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M53" s="4">
-        <v>489519.23333299998</v>
+        <v>636143.08333299996</v>
       </c>
       <c r="N53" s="4">
-        <v>489519.23333333997</v>
+        <v>636143.08333333</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>57696</v>
+        <v>56571</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
-        <v>-1289</v>
+        <v>-2607.5</v>
       </c>
       <c r="Y53" s="4">
-        <v>-1289</v>
+        <v>-2607.5</v>
       </c>
       <c r="Z53" s="6">
-        <v>-3.656E-3</v>
+        <v>-3.7209999999999999E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D54" s="4">
-        <v>3966000</v>
+        <v>3060000</v>
       </c>
       <c r="E54" s="5">
-        <v>-14.183332999999999</v>
+        <v>15.468817</v>
       </c>
       <c r="F54" s="4">
-        <v>3403489</v>
+        <v>3533345.78726468</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J54" s="5">
-        <v>-14.18333333</v>
+        <v>15.46881658</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M54" s="4">
-        <v>-562511</v>
+        <v>473345.78726399998</v>
       </c>
       <c r="N54" s="4">
-        <v>-562511</v>
+        <v>473345.78726468002</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
-        <v>57329</v>
+        <v>47472</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
-        <v>991.5</v>
+        <v>4250</v>
       </c>
       <c r="Y54" s="4">
-        <v>991.5</v>
+        <v>4250</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.6670000000000001E-3</v>
+        <v>2.8709999999999999E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D55" s="4">
-        <v>3966000</v>
+        <v>3060000</v>
       </c>
       <c r="E55" s="5">
-        <v>-14.183332999999999</v>
+        <v>9.6162849999999995</v>
       </c>
       <c r="F55" s="4">
-        <v>3403489</v>
+        <v>3354258.33472262</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J55" s="5">
-        <v>-14.18333333</v>
+        <v>9.6162854499999995</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M55" s="4">
-        <v>-562511</v>
+        <v>294258.334722</v>
       </c>
       <c r="N55" s="4">
-        <v>-562511</v>
+        <v>294258.33472262003</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>57329</v>
+        <v>47472</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
-        <v>991.5</v>
+        <v>4250</v>
       </c>
       <c r="Y55" s="4">
-        <v>991.5</v>
+        <v>4250</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.6670000000000001E-3</v>
+        <v>2.7260000000000001E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="C56" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D56" s="4">
-        <v>-5156000</v>
+        <v>78580000</v>
       </c>
       <c r="E56" s="5">
-        <v>-9.4941669999999991</v>
+        <v>3.6876229999999999</v>
       </c>
       <c r="F56" s="4">
-        <v>-4666480.7666666601</v>
+        <v>95186015.092965305</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>-9.4941666700000003</v>
+        <v>3.13987222</v>
       </c>
       <c r="K56" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>489519.23333299998</v>
+        <v>2467311.5866700001</v>
       </c>
       <c r="N56" s="4">
-        <v>489519.23333333997</v>
+        <v>2897734.0929653798</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>57696</v>
+        <v>47472</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
-        <v>-1289</v>
+        <v>25635.633611109999</v>
       </c>
       <c r="Y56" s="4">
-        <v>-1289</v>
+        <v>21827.777776999999</v>
       </c>
       <c r="Z56" s="6">
-        <v>-3.656E-3</v>
+        <v>7.7358999999999997E-2</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D57" s="4">
-        <v>-9130000</v>
+        <v>-8160000</v>
       </c>
       <c r="E57" s="5">
-        <v>0.122506</v>
+        <v>-8.0333330000000007</v>
       </c>
       <c r="F57" s="4">
-        <v>-9141184.7916277498</v>
+        <v>-7504480</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J57" s="5">
-        <v>0.12250593</v>
+        <v>-8.0333333299999996</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M57" s="4">
-        <v>-11184.791627000001</v>
+        <v>655520</v>
       </c>
       <c r="N57" s="4">
-        <v>-11184.791627750001</v>
+        <v>655520</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
-        <v>46011</v>
+        <v>57696</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
-        <v>0</v>
+        <v>-4080</v>
       </c>
       <c r="Y57" s="4">
-        <v>0</v>
+        <v>-4080</v>
       </c>
       <c r="Z57" s="6">
-        <v>-7.1630000000000001E-3</v>
+        <v>-6.0990000000000003E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="C58" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D58" s="4">
-        <v>-9220000</v>
+        <v>18250000</v>
       </c>
       <c r="E58" s="5">
-        <v>0.10031</v>
+        <v>15.468817</v>
       </c>
       <c r="F58" s="4">
-        <v>-9229248.6056993809</v>
+        <v>21073059.025353</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J58" s="5">
-        <v>0.10031026</v>
+        <v>15.46881658</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M58" s="4">
-        <v>-9248.6056989999997</v>
+        <v>2823059.025353</v>
       </c>
       <c r="N58" s="4">
-        <v>-9248.6056993799994</v>
+        <v>2823059.0253530499</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>46011</v>
+        <v>47472</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
-        <v>0</v>
+        <v>25347.22222222</v>
       </c>
       <c r="Y58" s="4">
-        <v>0</v>
+        <v>25347.222222</v>
       </c>
       <c r="Z58" s="6">
-        <v>-7.2319999999999997E-3</v>
+        <v>1.7125999999999999E-2</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D59" s="4">
-        <v>11060000</v>
+        <v>-11900000</v>
       </c>
       <c r="E59" s="5">
-        <v>9.3313659999999992</v>
+        <v>9.6162849999999995</v>
       </c>
       <c r="F59" s="4">
-        <v>12092049.0908751</v>
+        <v>-13044337.968365701</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J59" s="5">
-        <v>9.3313661000000003</v>
+        <v>9.6162854499999995</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M59" s="4">
-        <v>1032049.090875</v>
+        <v>-1144337.9683650001</v>
       </c>
       <c r="N59" s="4">
-        <v>1032049.09087513</v>
+        <v>-1144337.96836575</v>
       </c>
       <c r="O59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
-        <v>46741</v>
+        <v>47472</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
-        <v>104455.55555556</v>
+        <v>-16527.77777778</v>
       </c>
       <c r="Y59" s="4">
-        <v>104455.555555</v>
+        <v>-16527.777776999999</v>
       </c>
       <c r="Z59" s="6">
-        <v>9.4750000000000008E-3</v>
+        <v>-1.0600999999999999E-2</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D60" s="4">
-        <v>39500000</v>
+        <v>-5156000</v>
       </c>
       <c r="E60" s="5">
-        <v>4.2479129999999996</v>
+        <v>-8.0333330000000007</v>
       </c>
       <c r="F60" s="4">
-        <v>47519650.704783298</v>
+        <v>-4741801.3333333395</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J60" s="5">
-        <v>3.6602586499999998</v>
+        <v>-8.0333333299999996</v>
       </c>
       <c r="K60" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M60" s="4">
-        <v>1445802.166889</v>
+        <v>414198.66666599998</v>
       </c>
       <c r="N60" s="4">
-        <v>1677925.7047833099</v>
+        <v>414198.66666665999</v>
       </c>
       <c r="O60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
-        <v>47837</v>
+        <v>57696</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
-        <v>86589.925000000003</v>
+        <v>-2578</v>
       </c>
       <c r="Y60" s="4">
-        <v>74611.111111000006</v>
+        <v>-2578</v>
       </c>
       <c r="Z60" s="6">
-        <v>3.7236999999999999E-2</v>
+        <v>-3.8530000000000001E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D61" s="4">
-        <v>3967000</v>
+        <v>3966000</v>
       </c>
       <c r="E61" s="5">
-        <v>16.281404999999999</v>
+        <v>-13.123333000000001</v>
       </c>
       <c r="F61" s="4">
-        <v>4612883.3203650098</v>
+        <v>3445528.6</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J61" s="5">
-        <v>16.281404599999998</v>
+        <v>-13.123333329999999</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M61" s="4">
-        <v>645883.32036500005</v>
+        <v>-520471.4</v>
       </c>
       <c r="N61" s="4">
-        <v>645883.32036500995</v>
+        <v>-520471.4</v>
       </c>
       <c r="O61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>47472</v>
+        <v>57329</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
-        <v>37466.111111110004</v>
+        <v>1983</v>
       </c>
       <c r="Y61" s="4">
-        <v>37466.111110999998</v>
+        <v>1983</v>
       </c>
       <c r="Z61" s="6">
-        <v>3.614E-3</v>
+        <v>2.8E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>142</v>
+        <v>131</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D62" s="4">
-        <v>-1647176.5759620001</v>
+        <v>3966000</v>
       </c>
       <c r="E62" s="5">
-        <v>-11.347263</v>
+        <v>-13.123333000000001</v>
       </c>
       <c r="F62" s="4">
-        <v>-1460267.1258962101</v>
+        <v>3445528.6</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J62" s="5">
-        <v>-11.34726251</v>
+        <v>-13.123333329999999</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M62" s="4">
-        <v>186909.45006500001</v>
+        <v>-520471.4</v>
       </c>
       <c r="N62" s="4">
-        <v>186909.45006579001</v>
+        <v>-520471.4</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
-        <v>59667</v>
+        <v>57329</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
-        <v>-411.79414399000001</v>
+        <v>1983</v>
       </c>
       <c r="Y62" s="4">
-        <v>-411.79414300000002</v>
+        <v>1983</v>
       </c>
       <c r="Z62" s="6">
-        <v>-1.1440000000000001E-3</v>
+        <v>2.8E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>143</v>
+        <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D63" s="4">
-        <v>-3048125.9951999998</v>
+        <v>-5156000</v>
       </c>
       <c r="E63" s="5">
-        <v>-23.681667000000001</v>
+        <v>-8.0333330000000007</v>
       </c>
       <c r="F63" s="4">
-        <v>-2326278.9574367199</v>
+        <v>-4741801.3333333395</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J63" s="5">
-        <v>-23.681666669999998</v>
+        <v>-8.0333333299999996</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M63" s="4">
-        <v>721847.037763</v>
+        <v>414198.66666599998</v>
       </c>
       <c r="N63" s="4">
-        <v>721847.03776327998</v>
+        <v>414198.66666665999</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
-        <v>57970</v>
+        <v>57696</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
-        <v>-762.03149880000001</v>
+        <v>-2578</v>
       </c>
       <c r="Y63" s="4">
-        <v>-762.03149800000006</v>
+        <v>-2578</v>
       </c>
       <c r="Z63" s="6">
-        <v>-1.8220000000000001E-3</v>
+        <v>-3.8530000000000001E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>81</v>
+        <v>134</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D64" s="4">
-        <v>-317170.84499999997</v>
+        <v>11060000</v>
       </c>
       <c r="E64" s="5">
-        <v>-27.093333000000001</v>
+        <v>8.2590620000000001</v>
       </c>
       <c r="F64" s="4">
-        <v>-231238.69072799999</v>
+        <v>11973452.2962282</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J64" s="5">
-        <v>-27.09333333</v>
+        <v>8.2590623500000007</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M64" s="4">
-        <v>85932.154272</v>
+        <v>913452.29622799996</v>
       </c>
       <c r="N64" s="4">
-        <v>85932.154272</v>
+        <v>913452.29622826003</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
-        <v>53709</v>
+        <v>46741</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
-        <v>-52.861807499999998</v>
+        <v>15361.11111111</v>
       </c>
       <c r="Y64" s="4">
-        <v>-52.861806999999999</v>
+        <v>15361.111111</v>
       </c>
       <c r="Z64" s="6">
-        <v>-1.8100000000000001E-4</v>
+        <v>9.7310000000000001E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>146</v>
+        <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D65" s="4">
-        <v>-489973.76000000001</v>
+        <v>39500000</v>
       </c>
       <c r="E65" s="5">
-        <v>-11.929167</v>
+        <v>4.1315179999999998</v>
       </c>
       <c r="F65" s="4">
-        <v>-431523.97354666999</v>
+        <v>48022724.478180803</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>-11.929166670000001</v>
+        <v>3.5178318900000001</v>
       </c>
       <c r="K65" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>58449.786453000001</v>
+        <v>1389543.5975820001</v>
       </c>
       <c r="N65" s="4">
-        <v>58449.786453330002</v>
+        <v>1631949.4781808499</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
-        <v>59667</v>
+        <v>47837</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
-        <v>-61.246720000000003</v>
+        <v>12886.32638889</v>
       </c>
       <c r="Y65" s="4">
-        <v>-61.246720000000003</v>
+        <v>10972.222222</v>
       </c>
       <c r="Z65" s="6">
-        <v>-3.3799999999999998E-4</v>
+        <v>3.9028E-2</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>149</v>
+        <v>119</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D66" s="4">
-        <v>-252950.38454500001</v>
+        <v>3967000</v>
       </c>
       <c r="E66" s="5">
-        <v>-1.7933000000000001E-2</v>
+        <v>15.468817</v>
       </c>
       <c r="F66" s="4">
-        <v>-252905.02210937001</v>
+        <v>4580647.95362058</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J66" s="5">
-        <v>-1.7933330000000001E-2</v>
+        <v>15.46881658</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M66" s="4">
-        <v>45.362434999999998</v>
+        <v>613647.95362000004</v>
       </c>
       <c r="N66" s="4">
-        <v>45.36243563</v>
+        <v>613647.95362058003</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
-        <v>53709</v>
+        <v>47472</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
-        <v>-21.07919871</v>
+        <v>5509.7222222199998</v>
       </c>
       <c r="Y66" s="4">
-        <v>-21.079198000000002</v>
+        <v>5509.7222220000003</v>
       </c>
       <c r="Z66" s="6">
-        <v>-1.9799999999999999E-4</v>
+        <v>3.722E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D67" s="4">
-        <v>-936438.26984700002</v>
+        <v>-18587000</v>
       </c>
       <c r="E67" s="5">
-        <v>-1.7933000000000001E-2</v>
+        <v>0.21324199999999999</v>
       </c>
       <c r="F67" s="4">
-        <v>-936270.33525061002</v>
+        <v>-18626635.307216302</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J67" s="5">
-        <v>-1.7933330000000001E-2</v>
+        <v>0.21324209</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M67" s="4">
-        <v>167.934596</v>
+        <v>-39635.307216000001</v>
       </c>
       <c r="N67" s="4">
-        <v>167.93459639</v>
+        <v>-39635.307216330002</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
-        <v>53709</v>
+        <v>46101</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
-        <v>-78.036522489999996</v>
+        <v>0</v>
       </c>
       <c r="Y67" s="4">
-        <v>-78.036522000000005</v>
+        <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>-7.3300000000000004E-4</v>
+        <v>-1.5138E-2</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D68" s="4">
-        <v>-745094.69542999996</v>
+        <v>-1643364.8518020001</v>
       </c>
       <c r="E68" s="5">
-        <v>-1.7933000000000001E-2</v>
+        <v>-10.930202</v>
       </c>
       <c r="F68" s="4">
-        <v>-744961.07511462003</v>
+        <v>-1463741.7491697001</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J68" s="5">
-        <v>-1.7933330000000001E-2</v>
+        <v>-10.93020229</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M68" s="4">
-        <v>133.62031500000001</v>
+        <v>179623.10263199999</v>
       </c>
       <c r="N68" s="4">
-        <v>133.62031537999999</v>
+        <v>179623.1026323</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
-        <v>53709</v>
+        <v>59667</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
-        <v>-62.091224619999998</v>
+        <v>-821.6824259</v>
       </c>
       <c r="Y68" s="4">
-        <v>-62.091223999999997</v>
+        <v>-821.68242499999997</v>
       </c>
       <c r="Z68" s="6">
-        <v>-5.8299999999999997E-4</v>
+        <v>-1.189E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D69" s="4">
-        <v>-247054.75959999999</v>
+        <v>-3003148.5529900002</v>
       </c>
       <c r="E69" s="5">
-        <v>-1.7933000000000001E-2</v>
+        <v>-24.826428</v>
       </c>
       <c r="F69" s="4">
-        <v>-247010.45444644999</v>
+        <v>-2257574.0313472399</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J69" s="5">
-        <v>-1.7933330000000001E-2</v>
+        <v>-24.826428279999998</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M69" s="4">
-        <v>44.305152999999997</v>
+        <v>745574.52164199995</v>
       </c>
       <c r="N69" s="4">
-        <v>44.30515355</v>
+        <v>745574.52164276002</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>53709</v>
+        <v>57970</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
-        <v>-20.587896629999999</v>
+        <v>-1501.5742765</v>
       </c>
       <c r="Y69" s="4">
-        <v>-20.587896000000001</v>
+        <v>-1501.5742760000001</v>
       </c>
       <c r="Z69" s="6">
-        <v>-1.93E-4</v>
+        <v>-1.8339999999999999E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>149</v>
+        <v>83</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D70" s="4">
-        <v>-427180.13887199998</v>
+        <v>-315793.41376000002</v>
       </c>
       <c r="E70" s="5">
-        <v>-1.7933000000000001E-2</v>
+        <v>-27.470932999999999</v>
       </c>
       <c r="F70" s="4">
-        <v>-427103.53123376</v>
+        <v>-229042.01691850999</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J70" s="5">
-        <v>-1.7933330000000001E-2</v>
+        <v>-27.470932909999998</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M70" s="4">
-        <v>76.607637999999994</v>
+        <v>86751.396840999994</v>
       </c>
       <c r="N70" s="4">
-        <v>76.60763824</v>
+        <v>86751.396841490001</v>
       </c>
       <c r="O70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
         <v>53709</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
-        <v>-35.598344910000002</v>
+        <v>-105.26447125</v>
       </c>
       <c r="Y70" s="4">
-        <v>-35.598343999999997</v>
+        <v>-105.264471</v>
       </c>
       <c r="Z70" s="6">
-        <v>-3.3399999999999999E-4</v>
+        <v>-1.8599999999999999E-4</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>76</v>
+        <v>145</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D71" s="4">
-        <v>-4624500</v>
+        <v>-489282.46500000003</v>
       </c>
       <c r="E71" s="5">
-        <v>-0.45391799999999999</v>
+        <v>-11.953333000000001</v>
       </c>
       <c r="F71" s="4">
-        <v>-4603508.5535329403</v>
+        <v>-430796.90101700003</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J71" s="5">
-        <v>-0.45391819</v>
+        <v>-11.95333333</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M71" s="4">
-        <v>20991.446467000002</v>
+        <v>58485.563983</v>
       </c>
       <c r="N71" s="4">
-        <v>20991.446467059999</v>
+        <v>58485.563983</v>
       </c>
       <c r="O71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>56571</v>
+        <v>59667</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
-        <v>-578.0625</v>
+        <v>-122.32061625</v>
       </c>
       <c r="Y71" s="4">
-        <v>-578.0625</v>
+        <v>-122.320616</v>
       </c>
       <c r="Z71" s="6">
-        <v>-3.607E-3</v>
+        <v>-3.5E-4</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>76</v>
+        <v>147</v>
       </c>
       <c r="C72" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D72" s="4">
-        <v>-4626000</v>
+        <v>-252025.4675</v>
       </c>
       <c r="E72" s="5">
-        <v>-0.45391799999999999</v>
+        <v>-3.0433000000000002E-2</v>
       </c>
       <c r="F72" s="4">
-        <v>-4605001.7447601603</v>
+        <v>-251948.76774939001</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H72" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J72" s="5">
-        <v>-0.45391819</v>
+        <v>-3.0433330000000001E-2</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M72" s="4">
-        <v>20998.255238999998</v>
+        <v>76.699749999999995</v>
       </c>
       <c r="N72" s="4">
-        <v>20998.25523984</v>
+        <v>76.699750609999995</v>
       </c>
       <c r="O72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
-        <v>56571</v>
+        <v>53709</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
-        <v>-578.25</v>
+        <v>-42.004244579999998</v>
       </c>
       <c r="Y72" s="4">
-        <v>-578.25</v>
+        <v>-42.004244</v>
       </c>
       <c r="Z72" s="6">
-        <v>-3.6080000000000001E-3</v>
+        <v>-2.04E-4</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>81</v>
+        <v>147</v>
       </c>
       <c r="C73" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D73" s="4">
-        <v>-634341.68999999994</v>
+        <v>-933014.16863900004</v>
       </c>
       <c r="E73" s="5">
-        <v>-27.093333000000001</v>
+        <v>-3.0433000000000002E-2</v>
       </c>
       <c r="F73" s="4">
-        <v>-462477.38145599997</v>
+        <v>-932730.22132700996</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J73" s="5">
-        <v>-27.09333333</v>
+        <v>-3.0433330000000001E-2</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M73" s="4">
-        <v>171864.308544</v>
+        <v>283.94731100000001</v>
       </c>
       <c r="N73" s="4">
-        <v>171864.308544</v>
+        <v>283.94731199</v>
       </c>
       <c r="O73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
         <v>53709</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
-        <v>-105.723615</v>
+        <v>-155.50236143999999</v>
       </c>
       <c r="Y73" s="4">
-        <v>-105.723615</v>
+        <v>-155.50236100000001</v>
       </c>
       <c r="Z73" s="6">
-        <v>-3.6200000000000002E-4</v>
+        <v>-7.5799999999999999E-4</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="C74" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D74" s="4">
-        <v>7540000</v>
+        <v>-742370.245</v>
       </c>
       <c r="E74" s="5">
-        <v>0.29436499999999999</v>
+        <v>-3.0433000000000002E-2</v>
       </c>
       <c r="F74" s="4">
-        <v>7562195.1384501504</v>
+        <v>-742144.31698877004</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J74" s="5">
-        <v>0.29436522999999998</v>
+        <v>-3.0433330000000001E-2</v>
       </c>
       <c r="K74" s="5">
         <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M74" s="4">
-        <v>22195.138449999999</v>
+        <v>225.928011</v>
       </c>
       <c r="N74" s="4">
-        <v>22195.13845015</v>
+        <v>225.92801123000001</v>
       </c>
       <c r="O74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
-        <v>58396</v>
+        <v>53709</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
-        <v>314.16666666999998</v>
+        <v>-123.72837417</v>
       </c>
       <c r="Y74" s="4">
-        <v>314.16666600000002</v>
+        <v>-123.728374</v>
       </c>
       <c r="Z74" s="6">
-        <v>5.9249999999999997E-3</v>
+        <v>-6.0300000000000002E-4</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D75" s="4">
-        <v>-6974000</v>
+        <v>-246151.4</v>
       </c>
       <c r="E75" s="5">
-        <v>-0.60485299999999997</v>
+        <v>-3.0433000000000002E-2</v>
       </c>
       <c r="F75" s="4">
-        <v>-6931817.5618013702</v>
+        <v>-246076.48792392999</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J75" s="5">
-        <v>-0.60485286000000005</v>
+        <v>-3.0433330000000001E-2</v>
       </c>
       <c r="K75" s="5">
         <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M75" s="4">
-        <v>42182.438198000003</v>
+        <v>74.912075999999999</v>
       </c>
       <c r="N75" s="4">
-        <v>42182.43819863</v>
+        <v>74.912076069999998</v>
       </c>
       <c r="O75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
-        <v>59035</v>
+        <v>53709</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
-        <v>-871.75</v>
+        <v>-41.025233329999999</v>
       </c>
       <c r="Y75" s="4">
-        <v>-871.75</v>
+        <v>-41.025233</v>
       </c>
       <c r="Z75" s="6">
-        <v>-5.4310000000000001E-3</v>
+        <v>-1.9900000000000001E-4</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>161</v>
+        <v>151</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>76</v>
+        <v>147</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D76" s="4">
-        <v>-4000000</v>
+        <v>-425618.14799999999</v>
       </c>
       <c r="E76" s="5">
-        <v>-0.45391799999999999</v>
+        <v>-3.0433000000000002E-2</v>
       </c>
       <c r="F76" s="4">
-        <v>-3981843.2725984999</v>
+        <v>-425488.61821028998</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J76" s="5">
-        <v>-0.45391819</v>
+        <v>-3.0433330000000001E-2</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M76" s="4">
-        <v>18156.727401</v>
+        <v>129.52978899999999</v>
       </c>
       <c r="N76" s="4">
-        <v>18156.7274015</v>
+        <v>129.52978970999999</v>
       </c>
       <c r="O76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
-        <v>56571</v>
+        <v>53709</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
-        <v>-500</v>
+        <v>-70.936357999999998</v>
       </c>
       <c r="Y76" s="4">
-        <v>-500</v>
+        <v>-70.936357999999998</v>
       </c>
       <c r="Z76" s="6">
-        <v>-3.1199999999999999E-3</v>
+        <v>-3.4499999999999998E-4</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>163</v>
+        <v>78</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D77" s="4">
-        <v>-47150000</v>
+        <v>-4624500</v>
       </c>
       <c r="E77" s="5">
-        <v>2.8395049999999999</v>
+        <v>-0.417738</v>
       </c>
       <c r="F77" s="4">
-        <v>-56058759.008545801</v>
+        <v>-4605181.6890470097</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J77" s="5">
-        <v>2.4466888899999999</v>
+        <v>-0.41773837000000003</v>
       </c>
       <c r="K77" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M77" s="4">
-        <v>-1153613.8111630001</v>
+        <v>19318.310952</v>
       </c>
       <c r="N77" s="4">
-        <v>-1338826.5085458001</v>
+        <v>19318.310952989999</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
-        <v>47472</v>
+        <v>56571</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
-        <v>-103359.8725</v>
+        <v>-1156.125</v>
       </c>
       <c r="Y77" s="4">
-        <v>-89061.111111000006</v>
+        <v>-1156.125</v>
       </c>
       <c r="Z77" s="6">
-        <v>-4.3928000000000002E-2</v>
+        <v>-3.7420000000000001E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>165</v>
+        <v>78</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D78" s="4">
-        <v>-21453166.530000001</v>
+        <v>-4626000</v>
       </c>
       <c r="E78" s="5">
-        <v>12.180488</v>
+        <v>-0.417738</v>
       </c>
       <c r="F78" s="4">
-        <v>-27510572.801814601</v>
+        <v>-4606675.4229714498</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J78" s="5">
-        <v>10.49544444</v>
+        <v>-0.41773837000000003</v>
       </c>
       <c r="K78" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M78" s="4">
-        <v>-2251605.1746339998</v>
+        <v>19324.577028</v>
       </c>
       <c r="N78" s="4">
-        <v>-2613100.3854226</v>
+        <v>19324.57702855</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
-        <v>47472</v>
+        <v>56571</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
-        <v>-235142.7950437</v>
+        <v>-1156.5</v>
       </c>
       <c r="Y78" s="4">
-        <v>-202613.23944999999</v>
+        <v>-1156.5</v>
       </c>
       <c r="Z78" s="6">
-        <v>-2.1557E-2</v>
+        <v>-3.7429999999999998E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>167</v>
+        <v>83</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D79" s="4">
-        <v>-20000000</v>
+        <v>-631586.82752000005</v>
       </c>
       <c r="E79" s="5">
-        <v>2.4273889999999998</v>
+        <v>-27.470932999999999</v>
       </c>
       <c r="F79" s="4">
-        <v>-20485477.777800001</v>
+        <v>-458084.03383703</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J79" s="5">
-        <v>2.42738889</v>
+        <v>-27.470932909999998</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M79" s="4">
-        <v>-485477.77779999998</v>
+        <v>173502.79368199999</v>
       </c>
       <c r="N79" s="4">
-        <v>-485477.77779999998</v>
+        <v>173502.79368296999</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
-        <v>47654</v>
+        <v>53709</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
-        <v>-37777.77777778</v>
+        <v>-210.52894251000001</v>
       </c>
       <c r="Y79" s="4">
-        <v>-37777.777777000003</v>
+        <v>-210.528942</v>
       </c>
       <c r="Z79" s="6">
-        <v>-1.6052E-2</v>
+        <v>-3.7199999999999999E-4</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D80" s="4">
-        <v>-23700000</v>
+        <v>7540000</v>
       </c>
       <c r="E80" s="5">
-        <v>2.8212839999999999</v>
+        <v>0.29760900000000001</v>
       </c>
       <c r="F80" s="4">
-        <v>-28173679.344765499</v>
+        <v>7562439.7120859502</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J80" s="5">
-        <v>2.4309888900000001</v>
+        <v>0.29760891</v>
       </c>
       <c r="K80" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M80" s="4">
-        <v>-576144.36669199995</v>
+        <v>22439.712084999999</v>
       </c>
       <c r="N80" s="4">
-        <v>-668644.34476556</v>
+        <v>22439.712085949999</v>
       </c>
       <c r="O80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
-        <v>47837</v>
+        <v>58396</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
-        <v>-51953.955000000002</v>
+        <v>628.33333332999996</v>
       </c>
       <c r="Y80" s="4">
-        <v>-44766.666665999997</v>
+        <v>628.33333300000004</v>
       </c>
       <c r="Z80" s="6">
-        <v>-2.2076999999999999E-2</v>
+        <v>6.1460000000000004E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D81" s="4">
-        <v>-104424000</v>
+        <v>-6974000</v>
       </c>
       <c r="E81" s="5">
-        <v>2.6042610000000002</v>
+        <v>-0.54286100000000004</v>
       </c>
       <c r="F81" s="4">
-        <v>-123908747.025267</v>
+        <v>-6936140.8413497303</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J81" s="5">
-        <v>2.2439888899999998</v>
+        <v>-0.54286146999999996</v>
       </c>
       <c r="K81" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M81" s="4">
-        <v>-2343262.9574489999</v>
+        <v>37859.158649999998</v>
       </c>
       <c r="N81" s="4">
-        <v>-2719473.8252678602</v>
+        <v>37859.158650270001</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
-        <v>47837</v>
+        <v>59035</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
-        <v>-228913.0716</v>
+        <v>-1743.5</v>
       </c>
       <c r="Y81" s="4">
-        <v>-197245.33333299999</v>
+        <v>-1743.5</v>
       </c>
       <c r="Z81" s="6">
-        <v>-9.7096000000000002E-2</v>
+        <v>-5.6369999999999996E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>172</v>
+        <v>159</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>173</v>
+        <v>78</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D82" s="4">
-        <v>-152730000</v>
+        <v>-4000000</v>
       </c>
       <c r="E82" s="5">
-        <v>2.4382890000000002</v>
+        <v>-0.417738</v>
       </c>
       <c r="F82" s="4">
-        <v>-156453998.62016901</v>
+        <v>-3983290.46517203</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J82" s="5">
-        <v>2.4382888899999999</v>
+        <v>-0.41773837000000003</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M82" s="4">
-        <v>-3723998.6201689998</v>
+        <v>16709.534826999999</v>
       </c>
       <c r="N82" s="4">
-        <v>-3723998.6201697001</v>
+        <v>16709.534827970001</v>
       </c>
       <c r="O82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
-        <v>47837</v>
+        <v>56571</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
-        <v>-288490</v>
+        <v>-1000</v>
       </c>
       <c r="Y82" s="4">
-        <v>-288490</v>
+        <v>-1000</v>
       </c>
       <c r="Z82" s="6">
-        <v>-0.122599</v>
+        <v>-3.2369999999999999E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>175</v>
+        <v>161</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D83" s="4">
-        <v>-52212000</v>
+        <v>-47150000</v>
       </c>
       <c r="E83" s="5">
-        <v>6.3339999999999994E-2</v>
+        <v>2.7288079999999999</v>
       </c>
       <c r="F83" s="4">
-        <v>-60627707.799434498</v>
+        <v>-56661950.6966094</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>176</v>
+        <v>79</v>
       </c>
       <c r="H83" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I83" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="5">
-        <v>5.4577769999999998E-2</v>
+        <v>2.3234777800000002</v>
       </c>
       <c r="K83" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L83" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M83" s="4">
-        <v>-28496.143582000001</v>
+        <v>-1095519.772326</v>
       </c>
       <c r="N83" s="4">
-        <v>-33071.199434560003</v>
+        <v>-1286633.19660944</v>
       </c>
       <c r="O83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>177</v>
+        <v>34</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
-        <v>46043</v>
+        <v>47472</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="4">
-        <v>0</v>
+        <v>-15382.032638889999</v>
       </c>
       <c r="Y83" s="4">
-        <v>0</v>
+        <v>-13097.222222</v>
       </c>
       <c r="Z83" s="6">
-        <v>-4.7508000000000002E-2</v>
+        <v>-4.6050000000000001E-2</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>178</v>
+        <v>162</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
       <c r="C84" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D84" s="4">
-        <v>-52212000</v>
+        <v>-20000000</v>
       </c>
       <c r="E84" s="5">
-        <v>6.3339999999999994E-2</v>
+        <v>2.2732779999999999</v>
       </c>
       <c r="F84" s="4">
-        <v>-60627707.799434498</v>
+        <v>-20454655.555599999</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>176</v>
+        <v>79</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J84" s="5">
-        <v>5.4577769999999998E-2</v>
+        <v>2.2732777799999999</v>
       </c>
       <c r="K84" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M84" s="4">
-        <v>-28496.143582000001</v>
+        <v>-454655.55560000002</v>
       </c>
       <c r="N84" s="4">
-        <v>-33071.199434560003</v>
+        <v>-454655.55560000002</v>
       </c>
       <c r="O84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>179</v>
+        <v>34</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
-        <v>46043</v>
+        <v>47654</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
-        <v>0</v>
+        <v>-5555.5555555600004</v>
       </c>
       <c r="Y84" s="4">
-        <v>0</v>
+        <v>-5555.5555549999999</v>
       </c>
       <c r="Z84" s="6">
-        <v>-4.7508000000000002E-2</v>
+        <v>-1.6622999999999999E-2</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>180</v>
+        <v>164</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>182</v>
+        <v>49</v>
       </c>
       <c r="D85" s="4">
-        <v>-20000000</v>
+        <v>-23700000</v>
       </c>
       <c r="E85" s="5">
-        <v>94.620238999999998</v>
+        <v>2.7427839999999999</v>
       </c>
       <c r="F85" s="4">
-        <v>-18924047.800000001</v>
+        <v>-28484504.910235099</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>183</v>
+        <v>79</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J85" s="5">
-        <v>94.620238999999998</v>
+        <v>2.33537778</v>
       </c>
       <c r="K85" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M85" s="4">
-        <v>-18924047.800000001</v>
+        <v>-553484.53338599997</v>
       </c>
       <c r="N85" s="4">
-        <v>-18924047.800000001</v>
+        <v>-650039.91023518995</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>185</v>
+        <v>34</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
-        <v>46007</v>
-[...2 lines deleted...]
-        <v>2.5</v>
+        <v>47837</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>186</v>
+        <v>34</v>
       </c>
       <c r="X85" s="4">
-        <v>0</v>
+        <v>-7731.7958333300003</v>
       </c>
       <c r="Y85" s="4">
-        <v>0</v>
+        <v>-6583.3333329999996</v>
       </c>
       <c r="Z85" s="6">
-        <v>-1.4829E-2</v>
+        <v>-2.3148999999999999E-2</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>187</v>
+        <v>166</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>182</v>
+        <v>49</v>
       </c>
       <c r="D86" s="4">
-        <v>-12880000</v>
+        <v>-104424000</v>
       </c>
       <c r="E86" s="5">
-        <v>95.280444000000003</v>
+        <v>2.5338500000000002</v>
       </c>
       <c r="F86" s="4">
-        <v>-12272121.187200001</v>
+        <v>-125286714.090478</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>183</v>
+        <v>79</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J86" s="5">
-        <v>95.280444000000003</v>
+        <v>2.1574777799999998</v>
       </c>
       <c r="K86" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M86" s="4">
-        <v>-12272121.187200001</v>
+        <v>-2252924.5948979999</v>
       </c>
       <c r="N86" s="4">
-        <v>-12272121.187200001</v>
+        <v>-2645947.2904788</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>189</v>
+        <v>34</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
-        <v>46002</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>47837</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>191</v>
+        <v>34</v>
       </c>
       <c r="X86" s="4">
-        <v>0</v>
+        <v>-34066.87966667</v>
       </c>
       <c r="Y86" s="4">
-        <v>0</v>
+        <v>-29006.666666000001</v>
       </c>
       <c r="Z86" s="6">
-        <v>-9.6159999999999995E-3</v>
+        <v>-0.101822</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>192</v>
+        <v>168</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>193</v>
+        <v>169</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>182</v>
+        <v>49</v>
       </c>
       <c r="D87" s="4">
-        <v>-5520000</v>
+        <v>-152730000</v>
       </c>
       <c r="E87" s="5">
-        <v>97.931843000000001</v>
+        <v>2.2942779999999998</v>
       </c>
       <c r="F87" s="4">
-        <v>-5405837.7335999999</v>
+        <v>-156234050.45033899</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>183</v>
+        <v>79</v>
       </c>
       <c r="H87" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J87" s="5">
-        <v>97.931843000000001</v>
+        <v>2.2942777799999998</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M87" s="4">
-        <v>-5405837.7335999999</v>
+        <v>-3504050.4503390002</v>
       </c>
       <c r="N87" s="4">
-        <v>-5405837.7335999999</v>
+        <v>-3504050.4503394002</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>189</v>
+        <v>34</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>194</v>
+        <v>34</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
-        <v>46002</v>
-[...2 lines deleted...]
-        <v>4.5</v>
+        <v>47837</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>195</v>
+        <v>34</v>
       </c>
       <c r="X87" s="4">
-        <v>0</v>
+        <v>-42425</v>
       </c>
       <c r="Y87" s="4">
-        <v>0</v>
+        <v>-42425</v>
       </c>
       <c r="Z87" s="6">
-        <v>-4.2360000000000002E-3</v>
+        <v>-0.126974</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>196</v>
+        <v>170</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>197</v>
+        <v>171</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>182</v>
+        <v>49</v>
       </c>
       <c r="D88" s="4">
-        <v>13800000</v>
+        <v>-52212000</v>
       </c>
       <c r="E88" s="5">
-        <v>102.33523599999999</v>
+        <v>8.914E-3</v>
       </c>
       <c r="F88" s="4">
-        <v>14122262.568</v>
+        <v>-61325037.686218001</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J88" s="5">
-        <v>102.33523599999999</v>
+        <v>7.5901099999999997E-3</v>
       </c>
       <c r="K88" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M88" s="4">
-        <v>14122262.568</v>
+        <v>-3962.9496509999999</v>
       </c>
       <c r="N88" s="4">
-        <v>14122262.568</v>
+        <v>-4654.2862180700004</v>
       </c>
       <c r="O88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>184</v>
+        <v>173</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>198</v>
+        <v>34</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>46007</v>
-[...2 lines deleted...]
-        <v>5.5</v>
+        <v>46043</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>199</v>
+        <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>1.1065999999999999E-2</v>
+        <v>-4.9840000000000002E-2</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>200</v>
+        <v>174</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>201</v>
+        <v>171</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>182</v>
+        <v>49</v>
       </c>
       <c r="D89" s="4">
-        <v>33263000</v>
+        <v>-52212000</v>
       </c>
       <c r="E89" s="5">
-        <v>101.260603</v>
+        <v>8.914E-3</v>
       </c>
       <c r="F89" s="4">
-        <v>33682314.375890002</v>
+        <v>-61325037.686218001</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>183</v>
+        <v>172</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J89" s="5">
-        <v>101.260603</v>
+        <v>7.5901099999999997E-3</v>
       </c>
       <c r="K89" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M89" s="4">
-        <v>33682314.375890002</v>
+        <v>-3962.9496509999999</v>
       </c>
       <c r="N89" s="4">
-        <v>33682314.375890002</v>
+        <v>-4654.2862180700004</v>
       </c>
       <c r="O89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>202</v>
+        <v>34</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T89" s="4">
         <v>0.01</v>
       </c>
       <c r="U89" s="2">
-        <v>46002</v>
-[...2 lines deleted...]
-        <v>5.5</v>
+        <v>46043</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>2.6393E-2</v>
+        <v>-4.9840000000000002E-2</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>204</v>
+        <v>176</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>205</v>
+        <v>177</v>
       </c>
       <c r="C90" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D90" s="4">
+        <v>-20000000</v>
+      </c>
+      <c r="E90" s="5">
+        <v>94.675781000000001</v>
+      </c>
+      <c r="F90" s="4">
+        <v>-18935156.199999999</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J90" s="5">
+        <v>94.675781000000001</v>
+      </c>
+      <c r="K90" s="5">
+        <v>1</v>
+      </c>
+      <c r="L90" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M90" s="4">
+        <v>-18935156.199999999</v>
+      </c>
+      <c r="N90" s="4">
+        <v>-18935156.199999999</v>
+      </c>
+      <c r="O90" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P90" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q90" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R90" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="S90" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T90" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U90" s="2">
+        <v>46042</v>
+      </c>
+      <c r="V90" s="4">
+        <v>2.5</v>
+      </c>
+      <c r="W90" s="3" t="s">
         <v>182</v>
-      </c>
-[...58 lines deleted...]
-        <v>207</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>3.0863999999999999E-2</v>
+        <v>-1.5388000000000001E-2</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>208</v>
+        <v>183</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>209</v>
+        <v>184</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D91" s="4">
-        <v>4600000</v>
+        <v>-12880000</v>
       </c>
       <c r="E91" s="5">
-        <v>103.59053900000001</v>
+        <v>94.889330999999999</v>
       </c>
       <c r="F91" s="4">
-        <v>4765164.7939999998</v>
+        <v>-12221745.832800001</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J91" s="5">
-        <v>103.59053900000001</v>
+        <v>94.889330999999999</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M91" s="4">
-        <v>4765164.7939999998</v>
+        <v>-12221745.832800001</v>
       </c>
       <c r="N91" s="4">
-        <v>4765164.7939999998</v>
+        <v>-12221745.832800001</v>
       </c>
       <c r="O91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>210</v>
+        <v>186</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>46002</v>
+        <v>46036</v>
       </c>
       <c r="V91" s="4">
-        <v>6.5</v>
+        <v>4</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>3.7339999999999999E-3</v>
+        <v>-9.9319999999999999E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>212</v>
+        <v>188</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>213</v>
+        <v>189</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D92" s="4">
-        <v>7350672.2400000002</v>
+        <v>-5520000</v>
       </c>
       <c r="E92" s="5">
-        <v>98.873270000000005</v>
+        <v>97.661091999999996</v>
       </c>
       <c r="F92" s="4">
-        <v>7300966.0999813303</v>
+        <v>-5390892.2784000002</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>214</v>
+        <v>179</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J92" s="5">
-        <v>98.873270000000005</v>
+        <v>97.661091999999996</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M92" s="4">
-        <v>7300966.0999809997</v>
+        <v>-5390892.2784000002</v>
       </c>
       <c r="N92" s="4">
-        <v>7300966.0999813303</v>
+        <v>-5390892.2784000002</v>
       </c>
       <c r="O92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>215</v>
+        <v>185</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>212</v>
+        <v>190</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>49699</v>
+        <v>46036</v>
       </c>
       <c r="V92" s="4">
-        <v>4.9147400000000001</v>
+        <v>4.5</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>216</v>
+        <v>191</v>
       </c>
       <c r="X92" s="4">
-        <v>33116.089311080003</v>
+        <v>0</v>
       </c>
       <c r="Y92" s="4">
-        <v>33116.089311000003</v>
+        <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>5.7210000000000004E-3</v>
+        <v>-4.3810000000000003E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>217</v>
+        <v>192</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>218</v>
+        <v>193</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D93" s="4">
-        <v>3095785.1006999998</v>
+        <v>13800000</v>
       </c>
       <c r="E93" s="5">
-        <v>91.326250000000002</v>
+        <v>102.516772</v>
       </c>
       <c r="F93" s="4">
-        <v>2842233.1135715898</v>
+        <v>14147314.536</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>214</v>
+        <v>179</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J93" s="5">
-        <v>91.326250000000002</v>
+        <v>102.516772</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M93" s="4">
-        <v>2842233.1135709998</v>
+        <v>14147314.536</v>
       </c>
       <c r="N93" s="4">
-        <v>2842233.1135715898</v>
+        <v>14147314.536</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>215</v>
+        <v>180</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>52256</v>
+        <v>46042</v>
       </c>
       <c r="V93" s="4">
-        <v>5.2747400000000004</v>
+        <v>5.5</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="X93" s="4">
-        <v>14968.67304356</v>
+        <v>0</v>
       </c>
       <c r="Y93" s="4">
-        <v>14968.673043000001</v>
+        <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>2.2269999999999998E-3</v>
+        <v>1.1497E-2</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>220</v>
+        <v>196</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>221</v>
+        <v>197</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D94" s="4">
-        <v>2040943.5560940001</v>
+        <v>28880000</v>
       </c>
       <c r="E94" s="5">
-        <v>91.254419999999996</v>
+        <v>101.398259</v>
       </c>
       <c r="F94" s="4">
-        <v>1863884.11936368</v>
+        <v>29283817.199200001</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>214</v>
+        <v>179</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J94" s="5">
-        <v>91.254419999999996</v>
+        <v>101.398259</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M94" s="4">
-        <v>1863884.1193629999</v>
+        <v>29283817.199200001</v>
       </c>
       <c r="N94" s="4">
-        <v>1863884.11936368</v>
+        <v>29283817.199200001</v>
       </c>
       <c r="O94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>222</v>
+        <v>185</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>220</v>
+        <v>198</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>53199</v>
+        <v>46036</v>
       </c>
       <c r="V94" s="4">
-        <v>6.3187600000000002</v>
+        <v>5.5</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>223</v>
+        <v>199</v>
       </c>
       <c r="X94" s="4">
-        <v>1432.9147227200001</v>
+        <v>0</v>
       </c>
       <c r="Y94" s="4">
-        <v>1432.914722</v>
+        <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>1.4599999999999999E-3</v>
+        <v>2.3799000000000001E-2</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>224</v>
+        <v>200</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>225</v>
+        <v>201</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D95" s="4">
-        <v>734335.57130399998</v>
+        <v>37170000</v>
       </c>
       <c r="E95" s="5">
-        <v>6.8465699999999998</v>
+        <v>102.672747</v>
       </c>
       <c r="F95" s="4">
-        <v>50631.626608569997</v>
+        <v>38163460.059900001</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>214</v>
+        <v>179</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J95" s="5">
-        <v>6.8465699999999998</v>
+        <v>102.672747</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M95" s="4">
-        <v>50631.626607999999</v>
+        <v>38163460.059900001</v>
       </c>
       <c r="N95" s="4">
-        <v>50631.626608569997</v>
+        <v>38163460.059900001</v>
       </c>
       <c r="O95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>222</v>
+        <v>185</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>224</v>
+        <v>202</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>51404</v>
+        <v>46036</v>
       </c>
       <c r="V95" s="4">
-        <v>4.3487600000000004</v>
+        <v>6</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="X95" s="4">
-        <v>354.82768434000002</v>
+        <v>0</v>
       </c>
       <c r="Y95" s="4">
-        <v>354.82768399999998</v>
+        <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>3.8999999999999999E-5</v>
+        <v>3.1015999999999998E-2</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>228</v>
+        <v>205</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D96" s="4">
-        <v>1912676.615</v>
+        <v>7350672.2400000002</v>
       </c>
       <c r="E96" s="5">
-        <v>90.794550000000001</v>
+        <v>99.138030000000001</v>
       </c>
       <c r="F96" s="4">
-        <v>1736832.45894392</v>
+        <v>7353543.8291150397</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J96" s="5">
-        <v>90.794550000000001</v>
+        <v>99.138030000000001</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M96" s="4">
-        <v>1736832.4589430001</v>
+        <v>7353543.8291149996</v>
       </c>
       <c r="N96" s="4">
-        <v>1736832.45894392</v>
+        <v>7353543.8291150397</v>
       </c>
       <c r="O96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>229</v>
+        <v>207</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>60535</v>
+        <v>49790</v>
       </c>
       <c r="V96" s="4">
-        <v>1.0649999999999999</v>
+        <v>4.9147400000000001</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>230</v>
+        <v>208</v>
       </c>
       <c r="X96" s="4">
-        <v>226.33339943999999</v>
+        <v>66232.178622170002</v>
       </c>
       <c r="Y96" s="4">
-        <v>226.33339900000001</v>
+        <v>66232.178622000007</v>
       </c>
       <c r="Z96" s="6">
-        <v>1.361E-3</v>
+        <v>5.9760000000000004E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>231</v>
+        <v>209</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>232</v>
+        <v>210</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D97" s="4">
-        <v>1535131.152</v>
+        <v>3095785.1006999998</v>
       </c>
       <c r="E97" s="5">
-        <v>35.575369999999999</v>
+        <v>91.477459999999994</v>
       </c>
       <c r="F97" s="4">
-        <v>546941.99531286</v>
+        <v>2861882.92326592</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J97" s="5">
-        <v>35.575369999999999</v>
+        <v>91.477459999999994</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M97" s="4">
-        <v>546941.99531200004</v>
+        <v>2861882.9232649999</v>
       </c>
       <c r="N97" s="4">
-        <v>546941.99531286</v>
+        <v>2861882.92326592</v>
       </c>
       <c r="O97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>233</v>
+        <v>207</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>231</v>
+        <v>209</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>49973</v>
+        <v>52256</v>
       </c>
       <c r="V97" s="4">
-        <v>4.7687600000000003</v>
+        <v>5.2747400000000004</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>234</v>
+        <v>211</v>
       </c>
       <c r="X97" s="4">
-        <v>813.40800360000003</v>
+        <v>29937.34608712</v>
       </c>
       <c r="Y97" s="4">
-        <v>813.40800300000001</v>
+        <v>29937.346087000002</v>
       </c>
       <c r="Z97" s="6">
-        <v>4.28E-4</v>
+        <v>2.3249999999999998E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>235</v>
+        <v>212</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D98" s="4">
-        <v>13695000</v>
+        <v>1994533.8147559999</v>
       </c>
       <c r="E98" s="5">
-        <v>101.33826000000001</v>
+        <v>91.037300000000002</v>
       </c>
       <c r="F98" s="4">
-        <v>13903039.832</v>
+        <v>1817796.2487053401</v>
       </c>
       <c r="G98" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J98" s="5">
+        <v>91.037300000000002</v>
+      </c>
+      <c r="K98" s="5">
+        <v>1</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M98" s="4">
+        <v>1817796.2487049999</v>
+      </c>
+      <c r="N98" s="4">
+        <v>1817796.2487053401</v>
+      </c>
+      <c r="O98" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P98" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="H98" s="3" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q98" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>235</v>
+        <v>212</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
-        <v>47314</v>
+        <v>53199</v>
       </c>
       <c r="V98" s="4">
-        <v>4.6500000000000004</v>
+        <v>6.0962100000000001</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>238</v>
+        <v>215</v>
       </c>
       <c r="X98" s="4">
-        <v>24765.125</v>
+        <v>2026.51616448</v>
       </c>
       <c r="Y98" s="4">
-        <v>24765.125</v>
+        <v>2026.5161639999999</v>
       </c>
       <c r="Z98" s="6">
-        <v>1.0893999999999999E-2</v>
+        <v>1.477E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>239</v>
+        <v>216</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>240</v>
+        <v>217</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D99" s="4">
-        <v>7238352.5868279999</v>
+        <v>734059.02249</v>
       </c>
       <c r="E99" s="5">
-        <v>50.472430000000003</v>
+        <v>6.7822199999999997</v>
       </c>
       <c r="F99" s="4">
-        <v>3656813.6840416202</v>
+        <v>50290.311448319997</v>
       </c>
       <c r="G99" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J99" s="5">
+        <v>6.7822199999999997</v>
+      </c>
+      <c r="K99" s="5">
+        <v>1</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M99" s="4">
+        <v>50290.311448</v>
+      </c>
+      <c r="N99" s="4">
+        <v>50290.311448319997</v>
+      </c>
+      <c r="O99" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P99" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="H99" s="3" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q99" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>239</v>
+        <v>216</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>53625</v>
+        <v>51434</v>
       </c>
       <c r="V99" s="4">
-        <v>4.2787600000000001</v>
+        <v>4.1262100000000004</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>243</v>
+        <v>218</v>
       </c>
       <c r="X99" s="4">
-        <v>3441.2415016</v>
+        <v>504.81361320000002</v>
       </c>
       <c r="Y99" s="4">
-        <v>3441.241501</v>
+        <v>504.81361299999998</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.8649999999999999E-3</v>
+        <v>4.0000000000000003E-5</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>244</v>
+        <v>219</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>245</v>
+        <v>220</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D100" s="4">
-        <v>17663707.111972999</v>
+        <v>1877671.6850000001</v>
       </c>
       <c r="E100" s="5">
-        <v>2.90435</v>
+        <v>91.10351</v>
       </c>
       <c r="F100" s="4">
-        <v>521707.91300761001</v>
+        <v>1710958.0980352301</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J100" s="5">
-        <v>2.90435</v>
+        <v>91.10351</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M100" s="4">
-        <v>521707.913007</v>
+        <v>1710958.098035</v>
       </c>
       <c r="N100" s="4">
-        <v>521707.91300761001</v>
+        <v>1710958.0980352301</v>
       </c>
       <c r="O100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>244</v>
+        <v>219</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>49730</v>
+        <v>60535</v>
       </c>
       <c r="V100" s="4">
-        <v>4.4287599999999996</v>
+        <v>1.0649999999999999</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>247</v>
+        <v>222</v>
       </c>
       <c r="X100" s="4">
-        <v>8692.0355010200001</v>
+        <v>333.28672409000001</v>
       </c>
       <c r="Y100" s="4">
-        <v>8692.0355010000003</v>
+        <v>333.28672399999999</v>
       </c>
       <c r="Z100" s="6">
-        <v>4.08E-4</v>
+        <v>1.39E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>248</v>
+        <v>223</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>249</v>
+        <v>224</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D101" s="4">
-        <v>8199585.634238</v>
+        <v>1530582.4439999999</v>
       </c>
       <c r="E101" s="5">
-        <v>100.75277</v>
+        <v>35.055410000000002</v>
       </c>
       <c r="F101" s="4">
-        <v>8296851.2144809896</v>
+        <v>537711.67600101</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J101" s="5">
-        <v>100.75277</v>
+        <v>35.055410000000002</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M101" s="4">
-        <v>8296851.2144799996</v>
+        <v>537711.67600099999</v>
       </c>
       <c r="N101" s="4">
-        <v>8296851.2144809896</v>
+        <v>537711.67600101</v>
       </c>
       <c r="O101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>250</v>
+        <v>225</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>248</v>
+        <v>223</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>62208</v>
+        <v>49973</v>
       </c>
       <c r="V101" s="4">
-        <v>5.5730000000000004</v>
+        <v>4.5462100000000003</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="X101" s="4">
-        <v>35541.559464140002</v>
+        <v>1159.7248687900001</v>
       </c>
       <c r="Y101" s="4">
-        <v>35541.559463999998</v>
+        <v>1159.724868</v>
       </c>
       <c r="Z101" s="6">
-        <v>6.5009999999999998E-3</v>
+        <v>4.37E-4</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>252</v>
+        <v>227</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>253</v>
+        <v>228</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D102" s="4">
-        <v>8586000</v>
+        <v>13695000</v>
       </c>
       <c r="E102" s="5">
-        <v>1E-4</v>
+        <v>101.36868</v>
       </c>
       <c r="F102" s="4">
-        <v>8.5860000000000003</v>
+        <v>13910743.726</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J102" s="5">
-        <v>1E-4</v>
+        <v>101.36868</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M102" s="4">
-        <v>8.5860000000000003</v>
+        <v>13910743.726</v>
       </c>
       <c r="N102" s="4">
-        <v>8.5860000000000003</v>
+        <v>13910743.726</v>
       </c>
       <c r="O102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>252</v>
+        <v>227</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>52221</v>
+        <v>47314</v>
       </c>
       <c r="V102" s="4">
-        <v>5.55</v>
+        <v>4.6500000000000004</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>255</v>
+        <v>230</v>
       </c>
       <c r="X102" s="4">
-        <v>0</v>
+        <v>28303</v>
       </c>
       <c r="Y102" s="4">
-        <v>0</v>
+        <v>28303</v>
       </c>
       <c r="Z102" s="6">
-        <v>0</v>
+        <v>1.1305000000000001E-2</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>256</v>
+        <v>231</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>257</v>
+        <v>232</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D103" s="4">
-        <v>668492.08536499995</v>
+        <v>7238352.5868279999</v>
       </c>
       <c r="E103" s="5">
-        <v>98.537689999999998</v>
+        <v>49.812579999999997</v>
       </c>
       <c r="F103" s="4">
-        <v>660897.63349187002</v>
+        <v>3610503.5526868701</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J103" s="5">
-        <v>98.537689999999998</v>
+        <v>49.812579999999997</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M103" s="4">
-        <v>660897.63349100004</v>
+        <v>3610503.5526859998</v>
       </c>
       <c r="N103" s="4">
-        <v>660897.63349187002</v>
+        <v>3610503.5526868701</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>34</v>
+        <v>233</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>258</v>
+        <v>234</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>256</v>
+        <v>231</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>49485</v>
+        <v>53625</v>
       </c>
       <c r="V103" s="4">
-        <v>4.112425</v>
+        <v>4.0562100000000001</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>259</v>
+        <v>235</v>
       </c>
       <c r="X103" s="4">
-        <v>2180.9747404999998</v>
+        <v>4893.3796910399997</v>
       </c>
       <c r="Y103" s="4">
-        <v>2180.9747400000001</v>
+        <v>4893.3796910000001</v>
       </c>
       <c r="Z103" s="6">
-        <v>5.1699999999999999E-4</v>
+        <v>2.934E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>261</v>
+        <v>237</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D104" s="4">
-        <v>1327992.628</v>
+        <v>17663707.111972999</v>
       </c>
       <c r="E104" s="5">
-        <v>100.1129</v>
+        <v>2.8738299999999999</v>
       </c>
       <c r="F104" s="4">
-        <v>1336425.25576627</v>
+        <v>520007.79101126001</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J104" s="5">
-        <v>100.1129</v>
+        <v>2.8738299999999999</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M104" s="4">
-        <v>1336425.2557659999</v>
+        <v>520007.79101099999</v>
       </c>
       <c r="N104" s="4">
-        <v>1336425.25576627</v>
+        <v>520007.79101126001</v>
       </c>
       <c r="O104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>262</v>
+        <v>238</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>260</v>
+        <v>236</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>48510</v>
+        <v>49730</v>
       </c>
       <c r="V104" s="4">
-        <v>5.0797999999999996</v>
+        <v>4.2062099999999996</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="X104" s="4">
-        <v>6933.3240892599997</v>
+        <v>12382.87691524</v>
       </c>
       <c r="Y104" s="4">
-        <v>6933.3240889999997</v>
+        <v>12382.876915000001</v>
       </c>
       <c r="Z104" s="6">
-        <v>1.047E-3</v>
+        <v>4.2200000000000001E-4</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>264</v>
+        <v>240</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>265</v>
+        <v>241</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D105" s="4">
-        <v>11037000</v>
+        <v>7909419.253602</v>
       </c>
       <c r="E105" s="5">
-        <v>85.943600000000004</v>
+        <v>100.90869000000001</v>
       </c>
       <c r="F105" s="4">
-        <v>9523440.9682100005</v>
+        <v>7981291.3554175599</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J105" s="5">
-        <v>85.943600000000004</v>
+        <v>100.90869000000001</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M105" s="4">
-        <v>9523440.9682100005</v>
+        <v>7981291.3554170001</v>
       </c>
       <c r="N105" s="4">
-        <v>9523440.9682100005</v>
+        <v>7981291.3554175599</v>
       </c>
       <c r="O105" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>266</v>
+        <v>242</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>264</v>
+        <v>240</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>50622</v>
+        <v>62208</v>
       </c>
       <c r="V105" s="4">
-        <v>4.4087170000000002</v>
+        <v>5.5730000000000004</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>267</v>
+        <v>243</v>
       </c>
       <c r="X105" s="4">
-        <v>37845.836210000001</v>
+        <v>0</v>
       </c>
       <c r="Y105" s="4">
-        <v>37845.836210000001</v>
+        <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>7.4619999999999999E-3</v>
+        <v>6.4859999999999996E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>268</v>
+        <v>244</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>269</v>
+        <v>245</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D106" s="4">
-        <v>527056.56357100001</v>
+        <v>8586000</v>
       </c>
       <c r="E106" s="5">
-        <v>98.03143</v>
+        <v>1E-4</v>
       </c>
       <c r="F106" s="4">
-        <v>516979.16653086001</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J106" s="5">
-        <v>98.03143</v>
+        <v>1E-4</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M106" s="4">
-        <v>516979.16652999999</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="N106" s="4">
-        <v>516979.16653086001</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="O106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>268</v>
+        <v>244</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>50186</v>
+        <v>52221</v>
       </c>
       <c r="V106" s="4">
-        <v>5.0900069999999999</v>
+        <v>5.55</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>271</v>
+        <v>247</v>
       </c>
       <c r="X106" s="4">
-        <v>298.08035324000002</v>
+        <v>0</v>
       </c>
       <c r="Y106" s="4">
-        <v>298.080353</v>
+        <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>4.0499999999999998E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>272</v>
+        <v>248</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>273</v>
+        <v>249</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D107" s="4">
-        <v>15387600</v>
+        <v>660292.66722900001</v>
       </c>
       <c r="E107" s="5">
-        <v>94.013159999999999</v>
+        <v>97.72175</v>
       </c>
       <c r="F107" s="4">
-        <v>14495559.105838001</v>
+        <v>645249.54953783005</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J107" s="5">
-        <v>94.013159999999999</v>
+        <v>97.72175</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M107" s="4">
-        <v>14495559.105838001</v>
+        <v>645249.54953700001</v>
       </c>
       <c r="N107" s="4">
-        <v>14495559.105838001</v>
+        <v>645249.54953783005</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>274</v>
+        <v>34</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>266</v>
+        <v>250</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>272</v>
+        <v>248</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>50114</v>
+        <v>49485</v>
       </c>
       <c r="V107" s="4">
-        <v>4.8780099999999997</v>
+        <v>4.1063869999999998</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>275</v>
+        <v>251</v>
       </c>
       <c r="X107" s="4">
-        <v>29190.097677999998</v>
+        <v>0</v>
       </c>
       <c r="Y107" s="4">
-        <v>29190.097677999998</v>
+        <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>1.1358E-2</v>
+        <v>5.2400000000000005E-4</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>276</v>
+        <v>252</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>277</v>
+        <v>253</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D108" s="4">
-        <v>13000000</v>
+        <v>1327992.628</v>
       </c>
       <c r="E108" s="5">
-        <v>95.132329999999996</v>
+        <v>100.0826</v>
       </c>
       <c r="F108" s="4">
-        <v>12399578.6777777</v>
+        <v>1342206.64953906</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J108" s="5">
-        <v>95.132329999999996</v>
+        <v>100.0826</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M108" s="4">
-        <v>12399578.677777</v>
+        <v>1342206.6495389999</v>
       </c>
       <c r="N108" s="4">
-        <v>12399578.6777777</v>
+        <v>1342206.64953906</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>278</v>
+        <v>34</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>279</v>
+        <v>254</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>276</v>
+        <v>252</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T108" s="4">
         <v>0.01</v>
       </c>
       <c r="U108" s="2">
-        <v>51844</v>
+        <v>48510</v>
       </c>
       <c r="V108" s="4">
-        <v>3.202</v>
+        <v>5.0797999999999996</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>280</v>
+        <v>255</v>
       </c>
       <c r="X108" s="4">
-        <v>32375.77777778</v>
+        <v>13117.099628329999</v>
       </c>
       <c r="Y108" s="4">
-        <v>32375.777776999999</v>
+        <v>13117.099628</v>
       </c>
       <c r="Z108" s="6">
-        <v>9.7160000000000007E-3</v>
+        <v>1.09E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>281</v>
+        <v>256</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>282</v>
+        <v>257</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D109" s="4">
-        <v>4570000</v>
+        <v>11037000</v>
       </c>
       <c r="E109" s="5">
-        <v>95.278199999999998</v>
+        <v>86.464070000000007</v>
       </c>
       <c r="F109" s="4">
-        <v>4368699.7361555602</v>
+        <v>9543039.4058999997</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J109" s="5">
-        <v>95.278199999999998</v>
+        <v>86.464070000000007</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M109" s="4">
-        <v>4368699.7361549996</v>
+        <v>9543039.4058999997</v>
       </c>
       <c r="N109" s="4">
-        <v>4368699.7361555602</v>
+        <v>9543039.4058999997</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>281</v>
+        <v>256</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T109" s="4">
         <v>0.01</v>
       </c>
       <c r="U109" s="2">
-        <v>51844</v>
+        <v>50622</v>
       </c>
       <c r="V109" s="4">
-        <v>4.0754570000000001</v>
+        <v>4.2664999999999997</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>283</v>
+        <v>259</v>
       </c>
       <c r="X109" s="4">
-        <v>14485.99615556</v>
+        <v>0</v>
       </c>
       <c r="Y109" s="4">
-        <v>14485.996155000001</v>
+        <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>3.4229999999999998E-3</v>
+        <v>7.7549999999999997E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>284</v>
+        <v>260</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>285</v>
+        <v>261</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D110" s="4">
-        <v>9000000</v>
+        <v>514448.822567</v>
       </c>
       <c r="E110" s="5">
-        <v>92.360820000000004</v>
+        <v>98.104119999999995</v>
       </c>
       <c r="F110" s="4">
-        <v>8341002.0199999996</v>
+        <v>505100.47563182999</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J110" s="5">
-        <v>92.360820000000004</v>
+        <v>98.104119999999995</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M110" s="4">
-        <v>8341002.0199999996</v>
+        <v>505100.47563100001</v>
       </c>
       <c r="N110" s="4">
-        <v>8341002.0199999996</v>
+        <v>505100.47563182999</v>
       </c>
       <c r="O110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>284</v>
+        <v>260</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>51844</v>
+        <v>50186</v>
       </c>
       <c r="V110" s="4">
-        <v>4.0754570000000001</v>
+        <v>4.0485720000000001</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
       <c r="X110" s="4">
-        <v>28528.22</v>
+        <v>404.98540242000001</v>
       </c>
       <c r="Y110" s="4">
-        <v>28528.22</v>
+        <v>404.98540200000002</v>
       </c>
       <c r="Z110" s="6">
-        <v>6.5360000000000001E-3</v>
+        <v>4.0999999999999999E-4</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>287</v>
+        <v>264</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>288</v>
+        <v>265</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D111" s="4">
-        <v>8000000</v>
+        <v>15387600</v>
       </c>
       <c r="E111" s="5">
-        <v>93.05744</v>
+        <v>94.659530000000004</v>
       </c>
       <c r="F111" s="4">
-        <v>7462284.97777778</v>
+        <v>14599757.4488743</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J111" s="5">
-        <v>93.05744</v>
+        <v>94.659530000000004</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M111" s="4">
-        <v>7462284.9777769996</v>
+        <v>14599757.448874</v>
       </c>
       <c r="N111" s="4">
-        <v>7462284.97777778</v>
+        <v>14599757.4488743</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>34</v>
+        <v>266</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>287</v>
+        <v>264</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>52665</v>
+        <v>50114</v>
       </c>
       <c r="V111" s="4">
-        <v>2.843</v>
+        <v>4.6700100000000004</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
       <c r="X111" s="4">
-        <v>17689.77777778</v>
+        <v>33927.610594329999</v>
       </c>
       <c r="Y111" s="4">
-        <v>17689.777776999999</v>
+        <v>33927.610593999998</v>
       </c>
       <c r="Z111" s="6">
-        <v>5.8469999999999998E-3</v>
+        <v>1.1865000000000001E-2</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>290</v>
+        <v>268</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>291</v>
+        <v>269</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D112" s="4">
-        <v>13743281</v>
+        <v>13000000</v>
       </c>
       <c r="E112" s="5">
-        <v>8.0619999999999994</v>
+        <v>94.936139999999995</v>
       </c>
       <c r="F112" s="4">
-        <v>1166010.50066444</v>
+        <v>12341698.199999999</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J112" s="5">
-        <v>8.0619999999999994</v>
+        <v>94.936139999999995</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M112" s="4">
-        <v>1166010.5006639999</v>
+        <v>12341698.199999999</v>
       </c>
       <c r="N112" s="4">
-        <v>1166010.50066444</v>
+        <v>12341698.199999999</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>34</v>
+        <v>270</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>292</v>
+        <v>271</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>290</v>
+        <v>268</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>46914</v>
+        <v>51844</v>
       </c>
       <c r="V112" s="4">
-        <v>8</v>
+        <v>3.202</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="X112" s="4">
-        <v>58027.186444439998</v>
+        <v>0</v>
       </c>
       <c r="Y112" s="4">
-        <v>58027.186443999999</v>
+        <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>9.1299999999999997E-4</v>
+        <v>1.0030000000000001E-2</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>295</v>
+        <v>274</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D113" s="4">
-        <v>3905957.7440519999</v>
+        <v>4570000</v>
       </c>
       <c r="E113" s="5">
-        <v>99.980099999999993</v>
+        <v>95.254220000000004</v>
       </c>
       <c r="F113" s="4">
-        <v>3927862.1478478899</v>
+        <v>4353117.8540000003</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J113" s="5">
-        <v>99.980099999999993</v>
+        <v>95.254220000000004</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M113" s="4">
-        <v>3927862.147847</v>
+        <v>4353117.8540000003</v>
       </c>
       <c r="N113" s="4">
-        <v>3927862.1478478899</v>
+        <v>4353117.8540000003</v>
       </c>
       <c r="O113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>296</v>
+        <v>271</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
-        <v>48596</v>
+        <v>51844</v>
       </c>
       <c r="V113" s="4">
-        <v>4.8616299999999999</v>
+        <v>3.9439899999999999</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>297</v>
+        <v>275</v>
       </c>
       <c r="X113" s="4">
-        <v>22681.689386950002</v>
+        <v>0</v>
       </c>
       <c r="Y113" s="4">
-        <v>22681.689385999998</v>
+        <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>3.0769999999999999E-3</v>
+        <v>3.5370000000000002E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>298</v>
+        <v>276</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>299</v>
+        <v>277</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D114" s="4">
-        <v>831384.85360599996</v>
+        <v>9000000</v>
       </c>
       <c r="E114" s="5">
-        <v>98.855969999999999</v>
+        <v>92.233080000000001</v>
       </c>
       <c r="F114" s="4">
-        <v>822387.98176682997</v>
+        <v>8300977.2000000002</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H114" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J114" s="5">
-        <v>98.855969999999999</v>
+        <v>92.233080000000001</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M114" s="4">
-        <v>822387.98176600004</v>
+        <v>8300977.2000000002</v>
       </c>
       <c r="N114" s="4">
-        <v>822387.98176682997</v>
+        <v>8300977.2000000002</v>
       </c>
       <c r="O114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>300</v>
+        <v>271</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>298</v>
+        <v>276</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T114" s="4">
         <v>0.01</v>
       </c>
       <c r="U114" s="2">
-        <v>50430</v>
+        <v>51844</v>
       </c>
       <c r="V114" s="4">
-        <v>6.3187600000000002</v>
+        <v>3.9439899999999999</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>301</v>
+        <v>278</v>
       </c>
       <c r="X114" s="4">
-        <v>514.42030193000005</v>
+        <v>0</v>
       </c>
       <c r="Y114" s="4">
-        <v>514.42030099999999</v>
+        <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>6.4400000000000004E-4</v>
+        <v>6.7460000000000003E-3</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>302</v>
+        <v>279</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>303</v>
+        <v>280</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D115" s="4">
-        <v>3239297.5899319998</v>
+        <v>8000000</v>
       </c>
       <c r="E115" s="5">
-        <v>96.73133</v>
+        <v>92.883759999999995</v>
       </c>
       <c r="F115" s="4">
-        <v>3135015.04818305</v>
+        <v>7430700.7999999998</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J115" s="5">
-        <v>96.73133</v>
+        <v>92.883759999999995</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M115" s="4">
-        <v>3135015.0481830002</v>
+        <v>7430700.7999999998</v>
       </c>
       <c r="N115" s="4">
-        <v>3135015.04818305</v>
+        <v>7430700.7999999998</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>304</v>
+        <v>34</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>300</v>
+        <v>271</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>302</v>
+        <v>279</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T115" s="4">
         <v>0.01</v>
       </c>
       <c r="U115" s="2">
-        <v>49973</v>
+        <v>52665</v>
       </c>
       <c r="V115" s="4">
-        <v>4.4437600000000002</v>
+        <v>2.843</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>305</v>
+        <v>281</v>
       </c>
       <c r="X115" s="4">
-        <v>1599.4067842500001</v>
+        <v>0</v>
       </c>
       <c r="Y115" s="4">
-        <v>1599.406784</v>
+        <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>2.4559999999999998E-3</v>
+        <v>6.0390000000000001E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>306</v>
+        <v>282</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>307</v>
+        <v>283</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D116" s="4">
-        <v>1976965.088554</v>
+        <v>13743281</v>
       </c>
       <c r="E116" s="5">
-        <v>97.734110000000001</v>
+        <v>7.5310100000000002</v>
       </c>
       <c r="F116" s="4">
-        <v>1933165.1326685599</v>
+        <v>1099143.17777143</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J116" s="5">
-        <v>97.734110000000001</v>
+        <v>7.5310100000000002</v>
       </c>
       <c r="K116" s="5">
         <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M116" s="4">
-        <v>1933165.1326679999</v>
+        <v>1099143.177771</v>
       </c>
       <c r="N116" s="4">
-        <v>1933165.1326685599</v>
+        <v>1099143.17777143</v>
       </c>
       <c r="O116" s="3" t="s">
-        <v>308</v>
+        <v>34</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>300</v>
+        <v>284</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>306</v>
+        <v>282</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T116" s="4">
         <v>0.01</v>
       </c>
       <c r="U116" s="2">
-        <v>49546</v>
+        <v>46914</v>
       </c>
       <c r="V116" s="4">
-        <v>4.53376</v>
+        <v>8</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>309</v>
+        <v>285</v>
       </c>
       <c r="X116" s="4">
-        <v>995.89835999000002</v>
+        <v>64135.311333329999</v>
       </c>
       <c r="Y116" s="4">
-        <v>995.89835900000003</v>
+        <v>64135.311332999998</v>
       </c>
       <c r="Z116" s="6">
-        <v>1.5139999999999999E-3</v>
+        <v>8.9300000000000002E-4</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>310</v>
+        <v>286</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D117" s="4">
-        <v>965294.73686099995</v>
+        <v>3905957.7440519999</v>
       </c>
       <c r="E117" s="5">
-        <v>95.727940000000004</v>
+        <v>99.934399999999997</v>
       </c>
       <c r="F117" s="4">
-        <v>924555.90541819006</v>
+        <v>3943484.0030604699</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I117" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J117" s="5">
-        <v>95.727940000000004</v>
+        <v>99.934399999999997</v>
       </c>
       <c r="K117" s="5">
         <v>1</v>
       </c>
       <c r="L117" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M117" s="4">
-        <v>924555.90541799995</v>
+        <v>3943484.00306</v>
       </c>
       <c r="N117" s="4">
-        <v>924555.90541819006</v>
+        <v>3943484.0030604699</v>
       </c>
       <c r="O117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>310</v>
+        <v>286</v>
       </c>
       <c r="S117" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T117" s="4">
         <v>0.01</v>
       </c>
       <c r="U117" s="2">
-        <v>49699</v>
+        <v>48596</v>
       </c>
       <c r="V117" s="4">
-        <v>4.6905099999999997</v>
+        <v>4.8616299999999999</v>
       </c>
       <c r="W117" s="3" t="s">
-        <v>312</v>
+        <v>289</v>
       </c>
       <c r="X117" s="4">
-        <v>499.13889273000001</v>
+        <v>40088.567288569997</v>
       </c>
       <c r="Y117" s="4">
-        <v>499.138892</v>
+        <v>40088.567287999998</v>
       </c>
       <c r="Z117" s="6">
-        <v>7.2400000000000003E-4</v>
+        <v>3.2039999999999998E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>313</v>
+        <v>290</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>314</v>
+        <v>291</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D118" s="4">
-        <v>1259119.6265819999</v>
+        <v>786584.04463300004</v>
       </c>
       <c r="E118" s="5">
-        <v>95.081739999999996</v>
+        <v>98.933930000000004</v>
       </c>
       <c r="F118" s="4">
-        <v>1197837.6252101399</v>
+        <v>778899.38202279003</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H118" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J118" s="5">
-        <v>95.081739999999996</v>
+        <v>98.933930000000004</v>
       </c>
       <c r="K118" s="5">
         <v>1</v>
       </c>
       <c r="L118" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M118" s="4">
-        <v>1197837.62521</v>
+        <v>778899.38202200003</v>
       </c>
       <c r="N118" s="4">
-        <v>1197837.6252101399</v>
+        <v>778899.38202279003</v>
       </c>
       <c r="O118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R118" s="3" t="s">
-        <v>313</v>
+        <v>290</v>
       </c>
       <c r="S118" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T118" s="4">
         <v>0.01</v>
       </c>
       <c r="U118" s="2">
-        <v>49790</v>
+        <v>50430</v>
       </c>
       <c r="V118" s="4">
-        <v>4.6087600000000002</v>
+        <v>6.0962100000000001</v>
       </c>
       <c r="W118" s="3" t="s">
-        <v>315</v>
+        <v>293</v>
       </c>
       <c r="X118" s="4">
-        <v>644.77557447000004</v>
+        <v>700.87391420999995</v>
       </c>
       <c r="Y118" s="4">
-        <v>644.77557400000001</v>
+        <v>700.87391400000001</v>
       </c>
       <c r="Z118" s="6">
-        <v>9.3800000000000003E-4</v>
+        <v>6.3299999999999999E-4</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>316</v>
+        <v>294</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>317</v>
+        <v>295</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D119" s="4">
-        <v>506138.11483999999</v>
+        <v>3188249.771284</v>
       </c>
       <c r="E119" s="5">
-        <v>93.948939999999993</v>
+        <v>96.647559999999999</v>
       </c>
       <c r="F119" s="4">
-        <v>475772.26641056</v>
+        <v>3083608.6559540299</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H119" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I119" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J119" s="5">
-        <v>93.948939999999993</v>
+        <v>96.647559999999999</v>
       </c>
       <c r="K119" s="5">
         <v>1</v>
       </c>
       <c r="L119" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M119" s="4">
-        <v>475772.26640999998</v>
+        <v>3083608.6559540001</v>
       </c>
       <c r="N119" s="4">
-        <v>475772.26641056</v>
+        <v>3083608.6559540299</v>
       </c>
       <c r="O119" s="3" t="s">
-        <v>34</v>
+        <v>296</v>
       </c>
       <c r="P119" s="3" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R119" s="3" t="s">
-        <v>316</v>
+        <v>294</v>
       </c>
       <c r="S119" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T119" s="4">
         <v>0.01</v>
       </c>
       <c r="U119" s="2">
-        <v>49790</v>
+        <v>49973</v>
       </c>
       <c r="V119" s="4">
-        <v>4.6387600000000004</v>
+        <v>4.2212100000000001</v>
       </c>
       <c r="W119" s="3" t="s">
-        <v>318</v>
+        <v>297</v>
       </c>
       <c r="X119" s="4">
-        <v>260.8725824</v>
+        <v>2243.0453028400002</v>
       </c>
       <c r="Y119" s="4">
-        <v>260.87258200000002</v>
+        <v>2243.045302</v>
       </c>
       <c r="Z119" s="6">
-        <v>3.7199999999999999E-4</v>
+        <v>2.506E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>319</v>
+        <v>298</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>320</v>
+        <v>299</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D120" s="4">
-        <v>684417.76260000002</v>
+        <v>1923618.852001</v>
       </c>
       <c r="E120" s="5">
-        <v>96.969449999999995</v>
+        <v>97.558139999999995</v>
       </c>
       <c r="F120" s="4">
-        <v>664003.04539564997</v>
+        <v>1878028.9601737801</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H120" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I120" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J120" s="5">
-        <v>96.969449999999995</v>
+        <v>97.558139999999995</v>
       </c>
       <c r="K120" s="5">
         <v>1</v>
       </c>
       <c r="L120" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M120" s="4">
-        <v>664003.04539500002</v>
+        <v>1878028.9601730001</v>
       </c>
       <c r="N120" s="4">
-        <v>664003.04539564997</v>
+        <v>1878028.9601737801</v>
       </c>
       <c r="O120" s="3" t="s">
-        <v>321</v>
+        <v>300</v>
       </c>
       <c r="P120" s="3" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R120" s="3" t="s">
-        <v>319</v>
+        <v>298</v>
       </c>
       <c r="S120" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T120" s="4">
         <v>0.01</v>
       </c>
       <c r="U120" s="2">
-        <v>49881</v>
+        <v>49546</v>
       </c>
       <c r="V120" s="4">
-        <v>4.4505100000000004</v>
+        <v>4.31121</v>
       </c>
       <c r="W120" s="3" t="s">
-        <v>322</v>
+        <v>301</v>
       </c>
       <c r="X120" s="4">
-        <v>326.90530013</v>
+        <v>1382.1874718199999</v>
       </c>
       <c r="Y120" s="4">
-        <v>326.90530000000001</v>
+        <v>1382.187471</v>
       </c>
       <c r="Z120" s="6">
-        <v>5.1999999999999995E-4</v>
+        <v>1.526E-3</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>324</v>
+        <v>303</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D121" s="4">
-        <v>1399985.3079850001</v>
+        <v>958840.283727</v>
       </c>
       <c r="E121" s="5">
-        <v>97.215670000000003</v>
+        <v>95.570070000000001</v>
       </c>
       <c r="F121" s="4">
-        <v>1361681.5637378399</v>
+        <v>917072.46745502995</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H121" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I121" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J121" s="5">
-        <v>97.215670000000003</v>
+        <v>95.570070000000001</v>
       </c>
       <c r="K121" s="5">
         <v>1</v>
       </c>
       <c r="L121" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M121" s="4">
-        <v>1361681.5637370001</v>
+        <v>917072.46745500003</v>
       </c>
       <c r="N121" s="4">
-        <v>1361681.5637378399</v>
+        <v>917072.46745502995</v>
       </c>
       <c r="O121" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P121" s="3" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R121" s="3" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
       <c r="S121" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T121" s="4">
         <v>0.01</v>
       </c>
       <c r="U121" s="2">
-        <v>49881</v>
+        <v>49699</v>
       </c>
       <c r="V121" s="4">
-        <v>4.5255099999999997</v>
+        <v>4.6537600000000001</v>
       </c>
       <c r="W121" s="3" t="s">
-        <v>325</v>
+        <v>304</v>
       </c>
       <c r="X121" s="4">
-        <v>676.46667865999996</v>
+        <v>708.13710893999996</v>
       </c>
       <c r="Y121" s="4">
-        <v>676.466678</v>
+        <v>708.13710800000001</v>
       </c>
       <c r="Z121" s="6">
-        <v>1.067E-3</v>
+        <v>7.45E-4</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>326</v>
+        <v>305</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>327</v>
+        <v>306</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D122" s="4">
-        <v>5434471.136314</v>
+        <v>1243928.632272</v>
       </c>
       <c r="E122" s="5">
-        <v>95.751570000000001</v>
+        <v>94.897329999999997</v>
       </c>
       <c r="F122" s="4">
-        <v>5206217.3465173598</v>
+        <v>1181364.4144993401</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H122" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I122" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J122" s="5">
-        <v>95.751570000000001</v>
+        <v>94.897329999999997</v>
       </c>
       <c r="K122" s="5">
         <v>1</v>
       </c>
       <c r="L122" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M122" s="4">
-        <v>5206217.3465170003</v>
+        <v>1181364.4144989999</v>
       </c>
       <c r="N122" s="4">
-        <v>5206217.3465173598</v>
+        <v>1181364.4144993401</v>
       </c>
       <c r="O122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P122" s="3" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q122" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R122" s="3" t="s">
-        <v>326</v>
+        <v>305</v>
       </c>
       <c r="S122" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T122" s="4">
         <v>0.01</v>
       </c>
       <c r="U122" s="2">
-        <v>50065</v>
+        <v>49790</v>
       </c>
       <c r="V122" s="4">
-        <v>4.5255099999999997</v>
+        <v>4.3862100000000002</v>
       </c>
       <c r="W122" s="3" t="s">
-        <v>328</v>
+        <v>307</v>
       </c>
       <c r="X122" s="4">
-        <v>2625.9122998600001</v>
+        <v>909.35536768999998</v>
       </c>
       <c r="Y122" s="4">
-        <v>2625.9122990000001</v>
+        <v>909.355367</v>
       </c>
       <c r="Z122" s="6">
-        <v>4.0790000000000002E-3</v>
+        <v>9.6000000000000002E-4</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>329</v>
+        <v>308</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>330</v>
+        <v>309</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D123" s="4">
-        <v>924539.14879999997</v>
+        <v>500031.73524000001</v>
       </c>
       <c r="E123" s="5">
-        <v>96.232979999999998</v>
+        <v>93.777169999999998</v>
       </c>
       <c r="F123" s="4">
-        <v>890163.44369312003</v>
+        <v>469283.65126820997</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H123" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I123" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J123" s="5">
-        <v>96.232979999999998</v>
+        <v>93.777169999999998</v>
       </c>
       <c r="K123" s="5">
         <v>1</v>
       </c>
       <c r="L123" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M123" s="4">
-        <v>890163.44369300001</v>
+        <v>469283.65126800002</v>
       </c>
       <c r="N123" s="4">
-        <v>890163.44369312003</v>
+        <v>469283.65126820997</v>
       </c>
       <c r="O123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P123" s="3" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R123" s="3" t="s">
-        <v>329</v>
+        <v>308</v>
       </c>
       <c r="S123" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T123" s="4">
         <v>0.01</v>
       </c>
       <c r="U123" s="2">
-        <v>50124</v>
+        <v>49790</v>
       </c>
       <c r="V123" s="4">
-        <v>4.3987600000000002</v>
+        <v>4.4162100000000004</v>
       </c>
       <c r="W123" s="3" t="s">
-        <v>331</v>
+        <v>310</v>
       </c>
       <c r="X123" s="4">
-        <v>451.86953624</v>
+        <v>368.04085824999999</v>
       </c>
       <c r="Y123" s="4">
-        <v>451.86953599999998</v>
+        <v>368.04085800000001</v>
       </c>
       <c r="Z123" s="6">
-        <v>6.9700000000000003E-4</v>
+        <v>3.8099999999999999E-4</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>333</v>
+        <v>312</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D124" s="4">
-        <v>4573615.6977340002</v>
+        <v>677180.94443999999</v>
       </c>
       <c r="E124" s="5">
-        <v>93.882589999999993</v>
+        <v>97.280699999999996</v>
       </c>
       <c r="F124" s="4">
-        <v>4296102.34689702</v>
+        <v>659226.41830742999</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H124" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J124" s="5">
-        <v>93.882589999999993</v>
+        <v>97.280699999999996</v>
       </c>
       <c r="K124" s="5">
         <v>1</v>
       </c>
       <c r="L124" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M124" s="4">
-        <v>4296102.3468970004</v>
+        <v>659226.41830699996</v>
       </c>
       <c r="N124" s="4">
-        <v>4296102.34689702</v>
+        <v>659226.41830742999</v>
       </c>
       <c r="O124" s="3" t="s">
-        <v>334</v>
+        <v>313</v>
       </c>
       <c r="P124" s="3" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R124" s="3" t="s">
-        <v>332</v>
+        <v>311</v>
       </c>
       <c r="S124" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T124" s="4">
         <v>0.01</v>
       </c>
       <c r="U124" s="2">
-        <v>50246</v>
+        <v>49881</v>
       </c>
       <c r="V124" s="4">
-        <v>4.4737600000000004</v>
+        <v>4.1912099999999999</v>
       </c>
       <c r="W124" s="3" t="s">
-        <v>335</v>
+        <v>314</v>
       </c>
       <c r="X124" s="4">
-        <v>2273.4732182100001</v>
+        <v>460.05528958999997</v>
       </c>
       <c r="Y124" s="4">
-        <v>2273.4732180000001</v>
+        <v>460.05528900000002</v>
       </c>
       <c r="Z124" s="6">
-        <v>3.3660000000000001E-3</v>
+        <v>5.3499999999999999E-4</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>336</v>
+        <v>315</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>337</v>
+        <v>316</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D125" s="4">
-        <v>1597653.763858</v>
+        <v>1385182.303659</v>
       </c>
       <c r="E125" s="5">
-        <v>96.350340000000003</v>
+        <v>97.526430000000005</v>
       </c>
       <c r="F125" s="4">
-        <v>1540131.0140643001</v>
+        <v>1351871.44192925</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H125" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I125" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J125" s="5">
-        <v>96.350340000000003</v>
+        <v>97.526430000000005</v>
       </c>
       <c r="K125" s="5">
         <v>1</v>
       </c>
       <c r="L125" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M125" s="4">
-        <v>1540131.014064</v>
+        <v>1351871.441929</v>
       </c>
       <c r="N125" s="4">
-        <v>1540131.0140643001</v>
+        <v>1351871.44192925</v>
       </c>
       <c r="O125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>336</v>
+        <v>315</v>
       </c>
       <c r="S125" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T125" s="4">
         <v>0.01</v>
       </c>
       <c r="U125" s="2">
-        <v>50246</v>
+        <v>49881</v>
       </c>
       <c r="V125" s="4">
-        <v>4.4287599999999996</v>
+        <v>4.2662100000000001</v>
       </c>
       <c r="W125" s="3" t="s">
-        <v>338</v>
+        <v>317</v>
       </c>
       <c r="X125" s="4">
-        <v>786.18056479999996</v>
+        <v>952.59217885999999</v>
       </c>
       <c r="Y125" s="4">
-        <v>786.180564</v>
+        <v>952.59217799999999</v>
       </c>
       <c r="Z125" s="6">
-        <v>1.206E-3</v>
+        <v>1.098E-3</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>339</v>
+        <v>318</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>340</v>
+        <v>319</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D126" s="4">
-        <v>5979582.0311599998</v>
+        <v>5423998.0958439996</v>
       </c>
       <c r="E126" s="5">
-        <v>95.117680000000007</v>
+        <v>95.744820000000004</v>
       </c>
       <c r="F126" s="4">
-        <v>5690641.95685839</v>
+        <v>5195060.3208552003</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H126" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I126" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J126" s="5">
-        <v>95.117679999999993</v>
+        <v>95.744820000000004</v>
       </c>
       <c r="K126" s="5">
         <v>1</v>
       </c>
       <c r="L126" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M126" s="4">
-        <v>5690641.9568579998</v>
+        <v>5195060.3208550001</v>
       </c>
       <c r="N126" s="4">
-        <v>5690641.95685839</v>
+        <v>5195060.3208552003</v>
       </c>
       <c r="O126" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P126" s="3" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>339</v>
+        <v>318</v>
       </c>
       <c r="S126" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T126" s="4">
         <v>0.01</v>
       </c>
       <c r="U126" s="2">
-        <v>50308</v>
+        <v>50065</v>
       </c>
       <c r="V126" s="4">
-        <v>4.74376</v>
+        <v>4.4887600000000001</v>
       </c>
       <c r="W126" s="3" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="X126" s="4">
-        <v>3002.2551221200001</v>
+        <v>1863.1071859399999</v>
       </c>
       <c r="Y126" s="4">
-        <v>3002.255122</v>
+        <v>1863.1071850000001</v>
       </c>
       <c r="Z126" s="6">
-        <v>4.4590000000000003E-3</v>
+        <v>4.2220000000000001E-3</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>342</v>
+        <v>321</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>343</v>
+        <v>322</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D127" s="4">
-        <v>790316.49014400004</v>
+        <v>908622.59219999996</v>
       </c>
       <c r="E127" s="5">
-        <v>100.29897</v>
+        <v>96.039180000000002</v>
       </c>
       <c r="F127" s="4">
-        <v>793115.62079485995</v>
+        <v>873266.11996958998</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H127" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I127" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J127" s="5">
-        <v>100.29897</v>
+        <v>96.039180000000002</v>
       </c>
       <c r="K127" s="5">
         <v>1</v>
       </c>
       <c r="L127" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M127" s="4">
-        <v>793115.62079399999</v>
+        <v>873266.11996899999</v>
       </c>
       <c r="N127" s="4">
-        <v>793115.62079485995</v>
+        <v>873266.11996958998</v>
       </c>
       <c r="O127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P127" s="3" t="s">
-        <v>344</v>
+        <v>292</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R127" s="3" t="s">
-        <v>342</v>
+        <v>321</v>
       </c>
       <c r="S127" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T127" s="4">
         <v>0.01</v>
       </c>
       <c r="U127" s="2">
-        <v>49273</v>
+        <v>50124</v>
       </c>
       <c r="V127" s="4">
-        <v>4.9687599999999996</v>
+        <v>4.3987600000000002</v>
       </c>
       <c r="W127" s="3" t="s">
-        <v>345</v>
+        <v>323</v>
       </c>
       <c r="X127" s="4">
-        <v>436.32144039999997</v>
+        <v>632.43312595999998</v>
       </c>
       <c r="Y127" s="4">
-        <v>436.32144</v>
+        <v>632.43312500000002</v>
       </c>
       <c r="Z127" s="6">
-        <v>6.2100000000000002E-4</v>
+        <v>7.0899999999999999E-4</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>346</v>
+        <v>324</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>347</v>
+        <v>325</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D128" s="4">
-        <v>1564594.771923</v>
+        <v>4430350.3307109997</v>
       </c>
       <c r="E128" s="5">
-        <v>87.56738</v>
+        <v>93.637090000000001</v>
       </c>
       <c r="F128" s="4">
-        <v>1370837.60838489</v>
+        <v>4151590.1847542902</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H128" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I128" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J128" s="5">
-        <v>87.56738</v>
+        <v>93.637090000000001</v>
       </c>
       <c r="K128" s="5">
         <v>1</v>
       </c>
       <c r="L128" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M128" s="4">
-        <v>1370837.6083839999</v>
+        <v>4151590.184754</v>
       </c>
       <c r="N128" s="4">
-        <v>1370837.60838489</v>
+        <v>4151590.1847542902</v>
       </c>
       <c r="O128" s="3" t="s">
-        <v>348</v>
+        <v>326</v>
       </c>
       <c r="P128" s="3" t="s">
-        <v>344</v>
+        <v>292</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>346</v>
+        <v>324</v>
       </c>
       <c r="S128" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T128" s="4">
         <v>0.01</v>
       </c>
       <c r="U128" s="2">
-        <v>53717</v>
+        <v>50246</v>
       </c>
       <c r="V128" s="4">
-        <v>4.3887600000000004</v>
+        <v>4.2512100000000004</v>
       </c>
       <c r="W128" s="3" t="s">
-        <v>349</v>
+        <v>327</v>
       </c>
       <c r="X128" s="4">
-        <v>762.95899457999997</v>
+        <v>3139.0582715700002</v>
       </c>
       <c r="Y128" s="4">
-        <v>762.95899399999996</v>
+        <v>3139.0582709999999</v>
       </c>
       <c r="Z128" s="6">
-        <v>1.0740000000000001E-3</v>
+        <v>3.3739999999999998E-3</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>350</v>
+        <v>328</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>351</v>
+        <v>329</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D129" s="4">
-        <v>1179451.062323</v>
+        <v>1586316.1322850001</v>
       </c>
       <c r="E129" s="5">
-        <v>97.451220000000006</v>
+        <v>96.133840000000006</v>
       </c>
       <c r="F129" s="4">
-        <v>1154664.2167879399</v>
+        <v>1526098.67563485</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H129" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I129" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J129" s="5">
-        <v>97.451220000000006</v>
+        <v>96.133840000000006</v>
       </c>
       <c r="K129" s="5">
         <v>1</v>
       </c>
       <c r="L129" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M129" s="4">
-        <v>1154664.216787</v>
+        <v>1526098.675634</v>
       </c>
       <c r="N129" s="4">
-        <v>1154664.2167879399</v>
+        <v>1526098.67563485</v>
       </c>
       <c r="O129" s="3" t="s">
-        <v>352</v>
+        <v>34</v>
       </c>
       <c r="P129" s="3" t="s">
-        <v>353</v>
+        <v>292</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>350</v>
+        <v>328</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T129" s="4">
         <v>0.01</v>
       </c>
       <c r="U129" s="2">
-        <v>49242</v>
+        <v>50246</v>
       </c>
       <c r="V129" s="4">
-        <v>5.75</v>
+        <v>4.2062099999999996</v>
       </c>
       <c r="W129" s="3" t="s">
-        <v>354</v>
+        <v>330</v>
       </c>
       <c r="X129" s="4">
-        <v>5274.7672509499998</v>
+        <v>1112.0631298000001</v>
       </c>
       <c r="Y129" s="4">
-        <v>5274.7672499999999</v>
+        <v>1112.0631289999999</v>
       </c>
       <c r="Z129" s="6">
-        <v>9.0399999999999996E-4</v>
+        <v>1.24E-3</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>356</v>
+        <v>332</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D130" s="4">
-        <v>341789.94078300003</v>
+        <v>5863280.1025200002</v>
       </c>
       <c r="E130" s="5">
-        <v>96.868759999999995</v>
+        <v>94.916880000000006</v>
       </c>
       <c r="F130" s="4">
-        <v>332722.57265834999</v>
+        <v>5569440.85274099</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H130" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I130" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J130" s="5">
-        <v>96.868759999999995</v>
+        <v>94.916880000000006</v>
       </c>
       <c r="K130" s="5">
         <v>1</v>
       </c>
       <c r="L130" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M130" s="4">
-        <v>332722.57265799999</v>
+        <v>5569440.85274</v>
       </c>
       <c r="N130" s="4">
-        <v>332722.57265834999</v>
+        <v>5569440.85274099</v>
       </c>
       <c r="O130" s="3" t="s">
-        <v>357</v>
+        <v>34</v>
       </c>
       <c r="P130" s="3" t="s">
-        <v>358</v>
+        <v>292</v>
       </c>
       <c r="Q130" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R130" s="3" t="s">
-        <v>355</v>
+        <v>331</v>
       </c>
       <c r="S130" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T130" s="4">
         <v>0.01</v>
       </c>
       <c r="U130" s="2">
-        <v>49607</v>
+        <v>50308</v>
       </c>
       <c r="V130" s="4">
-        <v>6.42</v>
+        <v>4.52121</v>
       </c>
       <c r="W130" s="3" t="s">
-        <v>359</v>
+        <v>333</v>
       </c>
       <c r="X130" s="4">
-        <v>1634.8952167499999</v>
+        <v>4198.3137682099996</v>
       </c>
       <c r="Y130" s="4">
-        <v>1634.8952159999999</v>
+        <v>4198.313768</v>
       </c>
       <c r="Z130" s="6">
-        <v>2.5999999999999998E-4</v>
+        <v>4.5259999999999996E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
-        <v>360</v>
+        <v>334</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>361</v>
+        <v>335</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D131" s="4">
-        <v>5056020.1508449996</v>
+        <v>716857.711977</v>
       </c>
       <c r="E131" s="5">
-        <v>93.662520000000001</v>
+        <v>100.21801000000001</v>
       </c>
       <c r="F131" s="4">
-        <v>4738117.5806573397</v>
+        <v>718987.59301505005</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H131" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I131" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J131" s="5">
-        <v>93.662520000000001</v>
+        <v>100.21801000000001</v>
       </c>
       <c r="K131" s="5">
         <v>1</v>
       </c>
       <c r="L131" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M131" s="4">
-        <v>4738117.5806569997</v>
+        <v>718987.59301499999</v>
       </c>
       <c r="N131" s="4">
-        <v>4738117.5806573397</v>
+        <v>718987.59301505005</v>
       </c>
       <c r="O131" s="3" t="s">
-        <v>362</v>
+        <v>34</v>
       </c>
       <c r="P131" s="3" t="s">
-        <v>363</v>
+        <v>336</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>360</v>
+        <v>334</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T131" s="4">
         <v>0.01</v>
       </c>
       <c r="U131" s="2">
-        <v>49881</v>
+        <v>49273</v>
       </c>
       <c r="V131" s="4">
-        <v>4.4887600000000001</v>
+        <v>4.7462099999999996</v>
       </c>
       <c r="W131" s="3" t="s">
-        <v>364</v>
+        <v>337</v>
       </c>
       <c r="X131" s="4">
-        <v>2521.69566803</v>
+        <v>567.05954019000001</v>
       </c>
       <c r="Y131" s="4">
-        <v>2521.6956679999998</v>
+        <v>567.05953999999997</v>
       </c>
       <c r="Z131" s="6">
-        <v>3.712E-3</v>
+        <v>5.8399999999999999E-4</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
-        <v>365</v>
+        <v>338</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>366</v>
+        <v>339</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D132" s="4">
-        <v>4478978.4843520001</v>
+        <v>1560774.8936699999</v>
       </c>
       <c r="E132" s="5">
-        <v>88.821079999999995</v>
+        <v>87.274299999999997</v>
       </c>
       <c r="F132" s="4">
-        <v>3980381.56555341</v>
+        <v>1363239.11568772</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H132" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I132" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J132" s="5">
-        <v>88.821079999999995</v>
+        <v>87.274299999999997</v>
       </c>
       <c r="K132" s="5">
         <v>1</v>
       </c>
       <c r="L132" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M132" s="4">
-        <v>3980381.5655530002</v>
+        <v>1363239.1156870001</v>
       </c>
       <c r="N132" s="4">
-        <v>3980381.56555341</v>
+        <v>1363239.11568772</v>
       </c>
       <c r="O132" s="3" t="s">
-        <v>34</v>
+        <v>340</v>
       </c>
       <c r="P132" s="3" t="s">
-        <v>363</v>
+        <v>336</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R132" s="3" t="s">
-        <v>365</v>
+        <v>338</v>
       </c>
       <c r="S132" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T132" s="4">
         <v>0.01</v>
       </c>
       <c r="U132" s="2">
-        <v>50065</v>
+        <v>53717</v>
       </c>
       <c r="V132" s="4">
-        <v>4.2287600000000003</v>
+        <v>4.1662100000000004</v>
       </c>
       <c r="W132" s="3" t="s">
-        <v>367</v>
+        <v>341</v>
       </c>
       <c r="X132" s="4">
-        <v>2104.50278394</v>
+        <v>1083.7526616299999</v>
       </c>
       <c r="Y132" s="4">
-        <v>2104.5027829999999</v>
+        <v>1083.752661</v>
       </c>
       <c r="Z132" s="6">
-        <v>3.1189999999999998E-3</v>
+        <v>1.1069999999999999E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>368</v>
+        <v>342</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>369</v>
+        <v>343</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D133" s="4">
-        <v>74152.812300000005</v>
+        <v>1171255.4692239999</v>
       </c>
       <c r="E133" s="5">
-        <v>128.87057999999999</v>
+        <v>96.631649999999993</v>
       </c>
       <c r="F133" s="4">
-        <v>95597.319174710006</v>
+        <v>1131803.48562601</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H133" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I133" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J133" s="5">
-        <v>128.87057999999999</v>
+        <v>96.631649999999993</v>
       </c>
       <c r="K133" s="5">
         <v>1</v>
       </c>
       <c r="L133" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M133" s="4">
-        <v>95597.319174000004</v>
+        <v>1131803.485626</v>
       </c>
       <c r="N133" s="4">
-        <v>95597.319174710006</v>
+        <v>1131803.48562601</v>
       </c>
       <c r="O133" s="3" t="s">
-        <v>370</v>
+        <v>344</v>
       </c>
       <c r="P133" s="3" t="s">
-        <v>363</v>
+        <v>345</v>
       </c>
       <c r="Q133" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R133" s="3" t="s">
-        <v>368</v>
+        <v>342</v>
       </c>
       <c r="S133" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T133" s="4">
         <v>0.01</v>
       </c>
       <c r="U133" s="2">
-        <v>50096</v>
+        <v>49242</v>
       </c>
       <c r="V133" s="4">
-        <v>4.3887600000000004</v>
+        <v>5.25</v>
       </c>
       <c r="W133" s="3" t="s">
-        <v>371</v>
+        <v>346</v>
       </c>
       <c r="X133" s="4">
-        <v>36.159877389999998</v>
+        <v>0</v>
       </c>
       <c r="Y133" s="4">
-        <v>36.159877000000002</v>
+        <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>7.3999999999999996E-5</v>
+        <v>9.19E-4</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>372</v>
+        <v>347</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>373</v>
+        <v>348</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D134" s="4">
-        <v>16000000</v>
+        <v>332029.85322300001</v>
       </c>
       <c r="E134" s="5">
-        <v>98.400040000000004</v>
+        <v>96.797780000000003</v>
       </c>
       <c r="F134" s="4">
-        <v>15793978.3111111</v>
+        <v>321397.52685667999</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H134" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I134" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J134" s="5">
-        <v>98.400040000000004</v>
+        <v>96.797780000000003</v>
       </c>
       <c r="K134" s="5">
         <v>1</v>
       </c>
       <c r="L134" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M134" s="4">
-        <v>15793978.311110999</v>
+        <v>321397.52685600001</v>
       </c>
       <c r="N134" s="4">
-        <v>15793978.3111111</v>
+        <v>321397.52685667999</v>
       </c>
       <c r="O134" s="3" t="s">
-        <v>34</v>
+        <v>349</v>
       </c>
       <c r="P134" s="3" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R134" s="3" t="s">
-        <v>372</v>
+        <v>347</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T134" s="4">
         <v>0.01</v>
       </c>
       <c r="U134" s="2">
-        <v>55593</v>
+        <v>49607</v>
       </c>
       <c r="V134" s="4">
-        <v>4.0156000000000001</v>
+        <v>6.42</v>
       </c>
       <c r="W134" s="3" t="s">
-        <v>375</v>
+        <v>351</v>
       </c>
       <c r="X134" s="4">
-        <v>49971.911111109999</v>
+        <v>0</v>
       </c>
       <c r="Y134" s="4">
-        <v>49971.911111000001</v>
+        <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>1.2376E-2</v>
+        <v>2.61E-4</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>376</v>
+        <v>352</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D135" s="4">
-        <v>10395000</v>
+        <v>5044676.7696270002</v>
       </c>
       <c r="E135" s="5">
-        <v>93.933310000000006</v>
+        <v>93.325980000000001</v>
       </c>
       <c r="F135" s="4">
-        <v>9788040.4545000009</v>
+        <v>4711580.9748336803</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H135" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I135" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J135" s="5">
-        <v>93.933310000000006</v>
+        <v>93.325980000000001</v>
       </c>
       <c r="K135" s="5">
         <v>1</v>
       </c>
       <c r="L135" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M135" s="4">
-        <v>9788040.4545000009</v>
+        <v>4711580.9748330005</v>
       </c>
       <c r="N135" s="4">
-        <v>9788040.4545000009</v>
+        <v>4711580.9748336803</v>
       </c>
       <c r="O135" s="3" t="s">
-        <v>34</v>
+        <v>354</v>
       </c>
       <c r="P135" s="3" t="s">
-        <v>374</v>
+        <v>355</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R135" s="3" t="s">
-        <v>376</v>
+        <v>352</v>
       </c>
       <c r="S135" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T135" s="4">
         <v>0.01</v>
       </c>
       <c r="U135" s="2">
-        <v>63173</v>
+        <v>49881</v>
       </c>
       <c r="V135" s="4">
-        <v>2.9279999999999999</v>
+        <v>4.2662100000000001</v>
       </c>
       <c r="W135" s="3" t="s">
-        <v>378</v>
+        <v>356</v>
       </c>
       <c r="X135" s="4">
-        <v>23672.880000000001</v>
+        <v>3586.9417468900001</v>
       </c>
       <c r="Y135" s="4">
-        <v>23672.880000000001</v>
+        <v>3586.941746</v>
       </c>
       <c r="Z135" s="6">
-        <v>7.6699999999999997E-3</v>
+        <v>3.8289999999999999E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>379</v>
+        <v>357</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>380</v>
+        <v>358</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D136" s="4">
-        <v>16535000</v>
+        <v>4469159.513766</v>
       </c>
       <c r="E136" s="5">
-        <v>93.966229999999996</v>
+        <v>88.541619999999995</v>
       </c>
       <c r="F136" s="4">
-        <v>15586006.193833301</v>
+        <v>3957066.2338721598</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H136" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I136" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J136" s="5">
-        <v>93.966229999999996</v>
+        <v>88.541619999999995</v>
       </c>
       <c r="K136" s="5">
         <v>1</v>
       </c>
       <c r="L136" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M136" s="4">
-        <v>15586006.193832999</v>
+        <v>3957066.2338720001</v>
       </c>
       <c r="N136" s="4">
-        <v>15586006.193833301</v>
+        <v>3957066.2338721598</v>
       </c>
       <c r="O136" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P136" s="3" t="s">
-        <v>374</v>
+        <v>355</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R136" s="3" t="s">
-        <v>379</v>
+        <v>357</v>
       </c>
       <c r="S136" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T136" s="4">
         <v>0.01</v>
       </c>
       <c r="U136" s="2">
-        <v>56719</v>
+        <v>50065</v>
       </c>
       <c r="V136" s="4">
-        <v>3.786</v>
+        <v>4.0062100000000003</v>
       </c>
       <c r="W136" s="3" t="s">
-        <v>381</v>
+        <v>359</v>
       </c>
       <c r="X136" s="4">
-        <v>48690.063333329999</v>
+        <v>0</v>
       </c>
       <c r="Y136" s="4">
-        <v>48690.063332999998</v>
+        <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>1.2213E-2</v>
+        <v>3.215E-3</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>382</v>
+        <v>360</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>383</v>
+        <v>361</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D137" s="4">
-        <v>6490722</v>
+        <v>73046.343299999993</v>
       </c>
       <c r="E137" s="5">
-        <v>96.951040000000006</v>
+        <v>129.79383999999999</v>
       </c>
       <c r="F137" s="4">
-        <v>6310704.2052614</v>
+        <v>94860.375016310005</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H137" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I137" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J137" s="5">
-        <v>96.951040000000006</v>
+        <v>129.79383999999999</v>
       </c>
       <c r="K137" s="5">
         <v>1</v>
       </c>
       <c r="L137" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M137" s="4">
-        <v>6310704.2052610004</v>
+        <v>94860.375016000005</v>
       </c>
       <c r="N137" s="4">
-        <v>6310704.2052614</v>
+        <v>94860.375016310005</v>
       </c>
       <c r="O137" s="3" t="s">
-        <v>34</v>
+        <v>362</v>
       </c>
       <c r="P137" s="3" t="s">
-        <v>374</v>
+        <v>355</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R137" s="3" t="s">
-        <v>382</v>
+        <v>360</v>
       </c>
       <c r="S137" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T137" s="4">
         <v>0.01</v>
       </c>
       <c r="U137" s="2">
-        <v>55654</v>
+        <v>50096</v>
       </c>
       <c r="V137" s="4">
-        <v>3.5421</v>
+        <v>4.1662100000000004</v>
       </c>
       <c r="W137" s="3" t="s">
-        <v>384</v>
+        <v>363</v>
       </c>
       <c r="X137" s="4">
-        <v>17881.722752599999</v>
+        <v>50.721067650000002</v>
       </c>
       <c r="Y137" s="4">
-        <v>17881.722752000001</v>
+        <v>50.721066999999998</v>
       </c>
       <c r="Z137" s="6">
-        <v>4.9449999999999997E-3</v>
+        <v>7.7000000000000001E-5</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>385</v>
+        <v>364</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>386</v>
+        <v>365</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D138" s="4">
-        <v>4825120</v>
+        <v>16000000</v>
       </c>
       <c r="E138" s="5">
-        <v>99.270799999999994</v>
+        <v>98.440619999999996</v>
       </c>
       <c r="F138" s="4">
-        <v>4805816.2496408904</v>
+        <v>15750499.199999999</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H138" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I138" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J138" s="5">
-        <v>99.270799999999994</v>
+        <v>98.440619999999996</v>
       </c>
       <c r="K138" s="5">
         <v>1</v>
       </c>
       <c r="L138" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M138" s="4">
-        <v>4805816.2496400001</v>
+        <v>15750499.199999999</v>
       </c>
       <c r="N138" s="4">
-        <v>4805816.2496408904</v>
+        <v>15750499.199999999</v>
       </c>
       <c r="O138" s="3" t="s">
-        <v>387</v>
+        <v>34</v>
       </c>
       <c r="P138" s="3" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R138" s="3" t="s">
-        <v>385</v>
+        <v>364</v>
       </c>
       <c r="S138" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T138" s="4">
         <v>0.01</v>
       </c>
       <c r="U138" s="2">
-        <v>55533</v>
+        <v>55593</v>
       </c>
       <c r="V138" s="4">
-        <v>4.2317</v>
+        <v>4.0156000000000001</v>
       </c>
       <c r="W138" s="3" t="s">
-        <v>388</v>
+        <v>367</v>
       </c>
       <c r="X138" s="4">
-        <v>15881.024680889999</v>
+        <v>0</v>
       </c>
       <c r="Y138" s="4">
-        <v>15881.02468</v>
+        <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>3.7650000000000001E-3</v>
+        <v>1.2800000000000001E-2</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>389</v>
+        <v>368</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>390</v>
+        <v>369</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D139" s="4">
-        <v>9635057</v>
+        <v>10395000</v>
       </c>
       <c r="E139" s="5">
-        <v>88.947860000000006</v>
+        <v>93.782480000000007</v>
       </c>
       <c r="F139" s="4">
-        <v>8584040.7877413109</v>
+        <v>9748688.7960000001</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H139" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I139" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J139" s="5">
-        <v>88.947860000000006</v>
+        <v>93.782480000000007</v>
       </c>
       <c r="K139" s="5">
         <v>1</v>
       </c>
       <c r="L139" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M139" s="4">
-        <v>8584040.7877409998</v>
+        <v>9748688.7960000001</v>
       </c>
       <c r="N139" s="4">
-        <v>8584040.7877413109</v>
+        <v>9748688.7960000001</v>
       </c>
       <c r="O139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P139" s="3" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>389</v>
+        <v>368</v>
       </c>
       <c r="S139" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T139" s="4">
         <v>0.01</v>
       </c>
       <c r="U139" s="2">
-        <v>56142</v>
+        <v>63173</v>
       </c>
       <c r="V139" s="4">
-        <v>1.85</v>
+        <v>2.9279999999999999</v>
       </c>
       <c r="W139" s="3" t="s">
-        <v>391</v>
+        <v>370</v>
       </c>
       <c r="X139" s="4">
-        <v>13863.776461109999</v>
+        <v>0</v>
       </c>
       <c r="Y139" s="4">
-        <v>13863.776460999999</v>
+        <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>6.7260000000000002E-3</v>
+        <v>7.9220000000000002E-3</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D140" s="4">
-        <v>9567000</v>
+        <v>16535000</v>
       </c>
       <c r="E140" s="5">
-        <v>88.947029999999998</v>
+        <v>93.356399999999994</v>
       </c>
       <c r="F140" s="4">
-        <v>8524698.0982000008</v>
+        <v>15436480.74</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H140" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I140" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J140" s="5">
-        <v>88.947029999999998</v>
+        <v>93.356399999999994</v>
       </c>
       <c r="K140" s="5">
         <v>1</v>
       </c>
       <c r="L140" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M140" s="4">
-        <v>8524698.0982000008</v>
+        <v>15436480.74</v>
       </c>
       <c r="N140" s="4">
-        <v>8524698.0982000008</v>
+        <v>15436480.74</v>
       </c>
       <c r="O140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P140" s="3" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="Q140" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
       <c r="S140" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T140" s="4">
         <v>0.01</v>
       </c>
       <c r="U140" s="2">
-        <v>56172</v>
+        <v>56719</v>
       </c>
       <c r="V140" s="4">
-        <v>2.0341</v>
+        <v>3.786</v>
       </c>
       <c r="W140" s="3" t="s">
-        <v>394</v>
+        <v>373</v>
       </c>
       <c r="X140" s="4">
-        <v>15135.7381</v>
+        <v>0</v>
       </c>
       <c r="Y140" s="4">
-        <v>15135.7381</v>
+        <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>6.6800000000000002E-3</v>
+        <v>1.2545000000000001E-2</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>395</v>
+        <v>374</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>396</v>
+        <v>375</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D141" s="4">
-        <v>10694000</v>
+        <v>6490722</v>
       </c>
       <c r="E141" s="5">
-        <v>89.880099999999999</v>
+        <v>97.050020000000004</v>
       </c>
       <c r="F141" s="4">
-        <v>9636746.3640222196</v>
+        <v>6299246.9991443995</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H141" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I141" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J141" s="5">
-        <v>89.880099999999999</v>
+        <v>97.050020000000004</v>
       </c>
       <c r="K141" s="5">
         <v>1</v>
       </c>
       <c r="L141" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M141" s="4">
-        <v>9636746.3640219998</v>
+        <v>6299246.999144</v>
       </c>
       <c r="N141" s="4">
-        <v>9636746.3640222196</v>
+        <v>6299246.9991443995</v>
       </c>
       <c r="O141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P141" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q141" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R141" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="Q141" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S141" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T141" s="4">
         <v>0.01</v>
       </c>
       <c r="U141" s="2">
-        <v>56629</v>
+        <v>55654</v>
       </c>
       <c r="V141" s="4">
-        <v>3.0019</v>
+        <v>3.5421</v>
       </c>
       <c r="W141" s="3" t="s">
-        <v>397</v>
+        <v>376</v>
       </c>
       <c r="X141" s="4">
-        <v>24968.470022220001</v>
+        <v>0</v>
       </c>
       <c r="Y141" s="4">
-        <v>24968.470022000001</v>
+        <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>7.5510000000000004E-3</v>
+        <v>5.1190000000000003E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>398</v>
+        <v>377</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>399</v>
+        <v>378</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D142" s="4">
-        <v>5295000</v>
+        <v>4825120</v>
       </c>
       <c r="E142" s="5">
-        <v>93.692830000000001</v>
+        <v>99.204480000000004</v>
       </c>
       <c r="F142" s="4">
-        <v>4975277.3688333305</v>
+        <v>4786735.2053760001</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H142" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J142" s="5">
-        <v>93.692830000000001</v>
+        <v>99.204480000000004</v>
       </c>
       <c r="K142" s="5">
         <v>1</v>
       </c>
       <c r="L142" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M142" s="4">
-        <v>4975277.3688329998</v>
+        <v>4786735.2053760001</v>
       </c>
       <c r="N142" s="4">
-        <v>4975277.3688333305</v>
+        <v>4786735.2053760001</v>
       </c>
       <c r="O142" s="3" t="s">
-        <v>34</v>
+        <v>379</v>
       </c>
       <c r="P142" s="3" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="Q142" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R142" s="3" t="s">
-        <v>398</v>
+        <v>377</v>
       </c>
       <c r="S142" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T142" s="4">
         <v>0.01</v>
       </c>
       <c r="U142" s="2">
-        <v>56688</v>
+        <v>55533</v>
       </c>
       <c r="V142" s="4">
-        <v>3.4582000000000002</v>
+        <v>4.2317</v>
       </c>
       <c r="W142" s="3" t="s">
-        <v>400</v>
+        <v>380</v>
       </c>
       <c r="X142" s="4">
-        <v>14242.02033333</v>
+        <v>0</v>
       </c>
       <c r="Y142" s="4">
-        <v>14242.020333</v>
+        <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>3.898E-3</v>
+        <v>3.8899999999999998E-3</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>401</v>
+        <v>381</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>402</v>
+        <v>382</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D143" s="4">
-        <v>3123210.4767300002</v>
+        <v>10225057</v>
       </c>
       <c r="E143" s="5">
-        <v>100.1635</v>
+        <v>88.669219999999996</v>
       </c>
       <c r="F143" s="4">
-        <v>3143059.90817841</v>
+        <v>9066478.2864554003</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H143" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I143" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J143" s="5">
-        <v>100.1635</v>
+        <v>88.669219999999996</v>
       </c>
       <c r="K143" s="5">
         <v>1</v>
       </c>
       <c r="L143" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M143" s="4">
-        <v>3143059.9081779998</v>
+        <v>9066478.2864549998</v>
       </c>
       <c r="N143" s="4">
-        <v>3143059.90817841</v>
+        <v>9066478.2864554003</v>
       </c>
       <c r="O143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P143" s="3" t="s">
-        <v>403</v>
+        <v>366</v>
       </c>
       <c r="Q143" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R143" s="3" t="s">
-        <v>401</v>
+        <v>381</v>
       </c>
       <c r="S143" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T143" s="4">
         <v>0.01</v>
       </c>
       <c r="U143" s="2">
-        <v>47964</v>
+        <v>56142</v>
       </c>
       <c r="V143" s="4">
-        <v>5.1495899999999999</v>
+        <v>1.85</v>
       </c>
       <c r="W143" s="3" t="s">
-        <v>404</v>
+        <v>383</v>
       </c>
       <c r="X143" s="4">
-        <v>14742.982318959999</v>
+        <v>0</v>
       </c>
       <c r="Y143" s="4">
-        <v>14742.982318</v>
+        <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>2.4620000000000002E-3</v>
+        <v>7.3680000000000004E-3</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>405</v>
+        <v>384</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>406</v>
+        <v>385</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D144" s="4">
-        <v>2571001.325375</v>
+        <v>18847000</v>
       </c>
       <c r="E144" s="5">
-        <v>100.05719999999999</v>
+        <v>88.480779999999996</v>
       </c>
       <c r="F144" s="4">
-        <v>2587992.2504139799</v>
+        <v>16675972.6066</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H144" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I144" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J144" s="5">
-        <v>100.05719999999999</v>
+        <v>88.480779999999996</v>
       </c>
       <c r="K144" s="5">
         <v>1</v>
       </c>
       <c r="L144" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M144" s="4">
-        <v>2587992.2504130001</v>
+        <v>16675972.6066</v>
       </c>
       <c r="N144" s="4">
-        <v>2587992.2504139799</v>
+        <v>16675972.6066</v>
       </c>
       <c r="O144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P144" s="3" t="s">
-        <v>407</v>
+        <v>366</v>
       </c>
       <c r="Q144" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R144" s="3" t="s">
-        <v>405</v>
+        <v>384</v>
       </c>
       <c r="S144" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T144" s="4">
         <v>0.01</v>
       </c>
       <c r="U144" s="2">
-        <v>47778</v>
+        <v>56172</v>
       </c>
       <c r="V144" s="4">
-        <v>5.71896</v>
+        <v>2.0341</v>
       </c>
       <c r="W144" s="3" t="s">
-        <v>408</v>
+        <v>386</v>
       </c>
       <c r="X144" s="4">
-        <v>15520.31228086</v>
+        <v>0</v>
       </c>
       <c r="Y144" s="4">
-        <v>15520.31228</v>
+        <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>2.0270000000000002E-3</v>
+        <v>1.3552E-2</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>409</v>
+        <v>387</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>410</v>
+        <v>388</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D145" s="4">
-        <v>1937569.3051179999</v>
+        <v>10694000</v>
       </c>
       <c r="E145" s="5">
-        <v>99.332509999999999</v>
+        <v>89.538820000000001</v>
       </c>
       <c r="F145" s="4">
-        <v>1934861.20755704</v>
+        <v>9575281.4108000007</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H145" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I145" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J145" s="5">
-        <v>99.332509999999999</v>
+        <v>89.538820000000001</v>
       </c>
       <c r="K145" s="5">
         <v>1</v>
       </c>
       <c r="L145" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M145" s="4">
-        <v>1934861.207557</v>
+        <v>9575281.4108000007</v>
       </c>
       <c r="N145" s="4">
-        <v>1934861.20755704</v>
+        <v>9575281.4108000007</v>
       </c>
       <c r="O145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P145" s="3" t="s">
-        <v>411</v>
+        <v>366</v>
       </c>
       <c r="Q145" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R145" s="3" t="s">
-        <v>409</v>
+        <v>387</v>
       </c>
       <c r="S145" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T145" s="4">
         <v>0.01</v>
       </c>
       <c r="U145" s="2">
-        <v>47192</v>
+        <v>56629</v>
       </c>
       <c r="V145" s="4">
-        <v>6.7850000000000001</v>
+        <v>3.0019</v>
       </c>
       <c r="W145" s="3" t="s">
-        <v>412</v>
+        <v>389</v>
       </c>
       <c r="X145" s="4">
-        <v>10224.983794059999</v>
+        <v>0</v>
       </c>
       <c r="Y145" s="4">
-        <v>10224.983794</v>
+        <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>1.516E-3</v>
+        <v>7.7819999999999999E-3</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>413</v>
+        <v>390</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>414</v>
+        <v>391</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D146" s="4">
-        <v>8834022.7534970008</v>
+        <v>5295000</v>
       </c>
       <c r="E146" s="5">
-        <v>6.0804499999999999</v>
+        <v>93.131680000000003</v>
       </c>
       <c r="F146" s="4">
-        <v>587305.95459322003</v>
+        <v>4931322.4560000002</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H146" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I146" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J146" s="5">
-        <v>6.0804499999999999</v>
+        <v>93.131680000000003</v>
       </c>
       <c r="K146" s="5">
         <v>1</v>
       </c>
       <c r="L146" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M146" s="4">
-        <v>587305.954593</v>
+        <v>4931322.4560000002</v>
       </c>
       <c r="N146" s="4">
-        <v>587305.95459322003</v>
+        <v>4931322.4560000002</v>
       </c>
       <c r="O146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>411</v>
+        <v>366</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>413</v>
+        <v>390</v>
       </c>
       <c r="S146" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T146" s="4">
         <v>0.01</v>
       </c>
       <c r="U146" s="2">
-        <v>46827</v>
+        <v>56688</v>
       </c>
       <c r="V146" s="4">
-        <v>7.3</v>
+        <v>3.4582000000000002</v>
       </c>
       <c r="W146" s="3" t="s">
-        <v>415</v>
+        <v>392</v>
       </c>
       <c r="X146" s="4">
-        <v>50157.618078189997</v>
+        <v>0</v>
       </c>
       <c r="Y146" s="4">
-        <v>50157.618078</v>
+        <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>4.6000000000000001E-4</v>
+        <v>4.0070000000000001E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>416</v>
+        <v>393</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>417</v>
+        <v>394</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D147" s="4">
-        <v>2928136.862983</v>
+        <v>3123210.4767300002</v>
       </c>
       <c r="E147" s="5">
-        <v>6.7453099999999999</v>
+        <v>100.0672</v>
       </c>
       <c r="F147" s="4">
-        <v>216391.88442794001</v>
+        <v>3154795.2388082799</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H147" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I147" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J147" s="5">
-        <v>6.7453099999999999</v>
+        <v>100.0672</v>
       </c>
       <c r="K147" s="5">
         <v>1</v>
       </c>
       <c r="L147" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M147" s="4">
-        <v>216391.88442700001</v>
+        <v>3154795.238808</v>
       </c>
       <c r="N147" s="4">
-        <v>216391.88442794001</v>
+        <v>3154795.2388082799</v>
       </c>
       <c r="O147" s="3" t="s">
-        <v>418</v>
+        <v>34</v>
       </c>
       <c r="P147" s="3" t="s">
-        <v>411</v>
+        <v>395</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R147" s="3" t="s">
-        <v>416</v>
+        <v>393</v>
       </c>
       <c r="S147" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T147" s="4">
         <v>0.01</v>
       </c>
       <c r="U147" s="2">
-        <v>49140</v>
+        <v>47964</v>
       </c>
       <c r="V147" s="4">
-        <v>8.2899999999999991</v>
+        <v>5.1495899999999999</v>
       </c>
       <c r="W147" s="3" t="s">
-        <v>419</v>
+        <v>396</v>
       </c>
       <c r="X147" s="4">
-        <v>18879.975795440001</v>
+        <v>29485.964637919998</v>
       </c>
       <c r="Y147" s="4">
-        <v>18879.975794999998</v>
+        <v>29485.964637000001</v>
       </c>
       <c r="Z147" s="6">
-        <v>1.6899999999999999E-4</v>
+        <v>2.5630000000000002E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>420</v>
+        <v>397</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>421</v>
+        <v>398</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D148" s="4">
-        <v>14473952.280162999</v>
+        <v>2571001.325375</v>
       </c>
       <c r="E148" s="5">
-        <v>91.301509999999993</v>
+        <v>100.032</v>
       </c>
       <c r="F148" s="4">
-        <v>13222445.3672956</v>
+        <v>2600822.5240080999</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H148" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I148" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J148" s="5">
-        <v>91.301509999999993</v>
+        <v>100.032</v>
       </c>
       <c r="K148" s="5">
         <v>1</v>
       </c>
       <c r="L148" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M148" s="4">
-        <v>13222445.367295001</v>
+        <v>2600822.5240079998</v>
       </c>
       <c r="N148" s="4">
-        <v>13222445.3672956</v>
+        <v>2600822.5240080999</v>
       </c>
       <c r="O148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P148" s="3" t="s">
-        <v>422</v>
+        <v>399</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R148" s="3" t="s">
-        <v>420</v>
+        <v>397</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T148" s="4">
         <v>0.01</v>
       </c>
       <c r="U148" s="2">
-        <v>60566</v>
+        <v>47778</v>
       </c>
       <c r="V148" s="4">
-        <v>4.6687599999999998</v>
+        <v>5.71896</v>
       </c>
       <c r="W148" s="3" t="s">
-        <v>423</v>
+        <v>400</v>
       </c>
       <c r="X148" s="4">
-        <v>7508.3788274999997</v>
+        <v>28998.478208979999</v>
       </c>
       <c r="Y148" s="4">
-        <v>7508.3788269999995</v>
+        <v>28998.478208</v>
       </c>
       <c r="Z148" s="6">
-        <v>1.0361E-2</v>
+        <v>2.1129999999999999E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>424</v>
+        <v>401</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>425</v>
+        <v>402</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D149" s="4">
-        <v>8000000</v>
+        <v>1870313.4331110001</v>
       </c>
       <c r="E149" s="5">
-        <v>93.401510000000002</v>
+        <v>99.404200000000003</v>
       </c>
       <c r="F149" s="4">
-        <v>7494201.9111111099</v>
+        <v>1859170.1056767099</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H149" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I149" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J149" s="5">
-        <v>93.401510000000002</v>
+        <v>99.404200000000003</v>
       </c>
       <c r="K149" s="5">
         <v>1</v>
       </c>
       <c r="L149" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M149" s="4">
-        <v>7494201.911111</v>
+        <v>1859170.105676</v>
       </c>
       <c r="N149" s="4">
-        <v>7494201.9111111099</v>
+        <v>1859170.1056767099</v>
       </c>
       <c r="O149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P149" s="3" t="s">
-        <v>279</v>
+        <v>403</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>424</v>
+        <v>401</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T149" s="4">
         <v>0.01</v>
       </c>
       <c r="U149" s="2">
-        <v>52667</v>
+        <v>47192</v>
       </c>
       <c r="V149" s="4">
-        <v>3.6670419999999999</v>
+        <v>6.7850000000000001</v>
       </c>
       <c r="W149" s="3" t="s">
-        <v>426</v>
+        <v>404</v>
       </c>
       <c r="X149" s="4">
-        <v>22081.11111111</v>
+        <v>0</v>
       </c>
       <c r="Y149" s="4">
-        <v>22081.111110999998</v>
+        <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>5.8719999999999996E-3</v>
+        <v>1.5100000000000001E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>427</v>
+        <v>405</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>428</v>
+        <v>406</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D150" s="4">
-        <v>26327712</v>
+        <v>8834022.7534970008</v>
       </c>
       <c r="E150" s="5">
-        <v>97.867789999999999</v>
+        <v>5.7485299999999997</v>
       </c>
       <c r="F150" s="4">
-        <v>25840558.936188798</v>
+        <v>507826.44819162</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H150" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I150" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J150" s="5">
-        <v>97.867789999999999</v>
+        <v>5.7485299999999997</v>
       </c>
       <c r="K150" s="5">
         <v>1</v>
       </c>
       <c r="L150" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M150" s="4">
-        <v>25840558.936188001</v>
+        <v>507826.44819099997</v>
       </c>
       <c r="N150" s="4">
-        <v>25840558.936188798</v>
+        <v>507826.44819162</v>
       </c>
       <c r="O150" s="3" t="s">
-        <v>429</v>
+        <v>34</v>
       </c>
       <c r="P150" s="3" t="s">
-        <v>430</v>
+        <v>403</v>
       </c>
       <c r="Q150" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R150" s="3" t="s">
-        <v>427</v>
+        <v>405</v>
       </c>
       <c r="S150" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T150" s="4">
         <v>0.01</v>
       </c>
       <c r="U150" s="2">
-        <v>55283</v>
+        <v>46827</v>
       </c>
       <c r="V150" s="4">
-        <v>4.2279999999999998</v>
+        <v>7.3</v>
       </c>
       <c r="W150" s="3" t="s">
-        <v>431</v>
+        <v>407</v>
       </c>
       <c r="X150" s="4">
-        <v>74209.044223999997</v>
+        <v>0</v>
       </c>
       <c r="Y150" s="4">
-        <v>74209.044223999997</v>
+        <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>2.0247999999999999E-2</v>
+        <v>4.1199999999999999E-4</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>432</v>
+        <v>408</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>433</v>
+        <v>409</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D151" s="4">
-        <v>3359188.8147999998</v>
+        <v>2928136.862983</v>
       </c>
       <c r="E151" s="5">
-        <v>92.672179999999997</v>
+        <v>6.4720199999999997</v>
       </c>
       <c r="F151" s="4">
-        <v>3113655.1042193398</v>
+        <v>189509.60339964999</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H151" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I151" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J151" s="5">
-        <v>92.672179999999997</v>
+        <v>6.4720199999999997</v>
       </c>
       <c r="K151" s="5">
         <v>1</v>
       </c>
       <c r="L151" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M151" s="4">
-        <v>3113655.1042189999</v>
+        <v>189509.60339900001</v>
       </c>
       <c r="N151" s="4">
-        <v>3113655.1042193398</v>
+        <v>189509.60339964999</v>
       </c>
       <c r="O151" s="3" t="s">
-        <v>34</v>
+        <v>410</v>
       </c>
       <c r="P151" s="3" t="s">
-        <v>434</v>
+        <v>403</v>
       </c>
       <c r="Q151" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R151" s="3" t="s">
-        <v>432</v>
+        <v>408</v>
       </c>
       <c r="S151" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T151" s="4">
         <v>0.01</v>
       </c>
       <c r="U151" s="2">
-        <v>59074</v>
+        <v>49140</v>
       </c>
       <c r="V151" s="4">
-        <v>1.6654</v>
+        <v>8.2899999999999991</v>
       </c>
       <c r="W151" s="3" t="s">
-        <v>435</v>
+        <v>411</v>
       </c>
       <c r="X151" s="4">
-        <v>621.59922802000006</v>
+        <v>0</v>
       </c>
       <c r="Y151" s="4">
-        <v>621.59922800000004</v>
+        <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>2.4390000000000002E-3</v>
+        <v>1.54E-4</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>436</v>
+        <v>412</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>437</v>
+        <v>413</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D152" s="4">
-        <v>3588209.6836990002</v>
+        <v>14423373.46397</v>
       </c>
       <c r="E152" s="5">
-        <v>52.11242</v>
+        <v>91.097819999999999</v>
       </c>
       <c r="F152" s="4">
-        <v>1886647.87937361</v>
+        <v>13150067.020689599</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H152" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I152" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J152" s="5">
-        <v>52.11242</v>
+        <v>91.097819999999999</v>
       </c>
       <c r="K152" s="5">
         <v>1</v>
       </c>
       <c r="L152" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M152" s="4">
-        <v>1886647.879373</v>
+        <v>13150067.020688999</v>
       </c>
       <c r="N152" s="4">
-        <v>1886647.87937361</v>
+        <v>13150067.020689599</v>
       </c>
       <c r="O152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P152" s="3" t="s">
-        <v>438</v>
+        <v>414</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R152" s="3" t="s">
-        <v>436</v>
+        <v>412</v>
       </c>
       <c r="S152" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T152" s="4">
         <v>0.01</v>
       </c>
       <c r="U152" s="2">
-        <v>50216</v>
+        <v>60596</v>
       </c>
       <c r="V152" s="4">
-        <v>6</v>
+        <v>4.4462099999999998</v>
       </c>
       <c r="W152" s="3" t="s">
-        <v>439</v>
+        <v>415</v>
       </c>
       <c r="X152" s="4">
-        <v>16744.97852393</v>
+        <v>10688.224554869999</v>
       </c>
       <c r="Y152" s="4">
-        <v>16744.978523000002</v>
+        <v>10688.224554</v>
       </c>
       <c r="Z152" s="6">
-        <v>1.4779999999999999E-3</v>
+        <v>1.0687E-2</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>441</v>
+        <v>417</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D153" s="4">
-        <v>15516000</v>
+        <v>8000000</v>
       </c>
       <c r="E153" s="5">
-        <v>105.51917</v>
+        <v>93.226070000000007</v>
       </c>
       <c r="F153" s="4">
-        <v>16448841.4012</v>
+        <v>7458085.5999999996</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H153" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I153" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J153" s="5">
-        <v>105.51917</v>
+        <v>93.226070000000007</v>
       </c>
       <c r="K153" s="5">
         <v>1</v>
       </c>
       <c r="L153" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M153" s="4">
-        <v>16448841.4012</v>
+        <v>7458085.5999999996</v>
       </c>
       <c r="N153" s="4">
-        <v>16448841.4012</v>
+        <v>7458085.5999999996</v>
       </c>
       <c r="O153" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P153" s="3" t="s">
-        <v>430</v>
+        <v>271</v>
       </c>
       <c r="Q153" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R153" s="3" t="s">
-        <v>440</v>
+        <v>416</v>
       </c>
       <c r="S153" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T153" s="4">
         <v>0.01</v>
       </c>
       <c r="U153" s="2">
-        <v>52819</v>
+        <v>52667</v>
       </c>
       <c r="V153" s="4">
-        <v>6.3380000000000001</v>
+        <v>3.5487500000000001</v>
       </c>
       <c r="W153" s="3" t="s">
-        <v>442</v>
+        <v>418</v>
       </c>
       <c r="X153" s="4">
-        <v>76486.983999999997</v>
+        <v>0</v>
       </c>
       <c r="Y153" s="4">
-        <v>76486.983999999997</v>
+        <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>1.2888999999999999E-2</v>
+        <v>6.0610000000000004E-3</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>443</v>
+        <v>419</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>444</v>
+        <v>420</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D154" s="4">
-        <v>3725481.3050500001</v>
+        <v>26327712</v>
       </c>
       <c r="E154" s="5">
-        <v>85.676439999999999</v>
+        <v>98.503</v>
       </c>
       <c r="F154" s="4">
-        <v>3195089.3002662701</v>
+        <v>25933586.151360001</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H154" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I154" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J154" s="5">
-        <v>85.676439999999999</v>
+        <v>98.503</v>
       </c>
       <c r="K154" s="5">
         <v>1</v>
       </c>
       <c r="L154" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M154" s="4">
-        <v>3195089.300266</v>
+        <v>25933586.151360001</v>
       </c>
       <c r="N154" s="4">
-        <v>3195089.3002662701</v>
+        <v>25933586.151360001</v>
       </c>
       <c r="O154" s="3" t="s">
-        <v>34</v>
+        <v>421</v>
       </c>
       <c r="P154" s="3" t="s">
-        <v>438</v>
+        <v>422</v>
       </c>
       <c r="Q154" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R154" s="3" t="s">
-        <v>443</v>
+        <v>419</v>
       </c>
       <c r="S154" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T154" s="4">
         <v>0.01</v>
       </c>
       <c r="U154" s="2">
-        <v>58465</v>
+        <v>55283</v>
       </c>
       <c r="V154" s="4">
-        <v>1.11456</v>
+        <v>4.2279999999999998</v>
       </c>
       <c r="W154" s="3" t="s">
-        <v>445</v>
+        <v>423</v>
       </c>
       <c r="X154" s="4">
-        <v>3229.5452337199999</v>
+        <v>0</v>
       </c>
       <c r="Y154" s="4">
-        <v>3229.5452329999998</v>
+        <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>2.503E-3</v>
+        <v>2.1076000000000001E-2</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>446</v>
+        <v>424</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>447</v>
+        <v>425</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D155" s="4">
-        <v>98390.950200000007</v>
+        <v>3319856.9720399999</v>
       </c>
       <c r="E155" s="5">
-        <v>100.32550000000001</v>
+        <v>92.578689999999995</v>
       </c>
       <c r="F155" s="4">
-        <v>99132.107363200004</v>
+        <v>3074401.57622184</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H155" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I155" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J155" s="5">
-        <v>100.32550000000001</v>
+        <v>92.578689999999995</v>
       </c>
       <c r="K155" s="5">
         <v>1</v>
       </c>
       <c r="L155" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M155" s="4">
-        <v>99132.107363000003</v>
+        <v>3074401.5762209999</v>
       </c>
       <c r="N155" s="4">
-        <v>99132.107363200004</v>
+        <v>3074401.57622184</v>
       </c>
       <c r="O155" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P155" s="3" t="s">
-        <v>233</v>
+        <v>426</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R155" s="3" t="s">
-        <v>446</v>
+        <v>424</v>
       </c>
       <c r="S155" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T155" s="4">
         <v>0.01</v>
       </c>
       <c r="U155" s="2">
-        <v>49273</v>
+        <v>59074</v>
       </c>
       <c r="V155" s="4">
-        <v>5.5</v>
+        <v>1.6654</v>
       </c>
       <c r="W155" s="3" t="s">
-        <v>448</v>
+        <v>427</v>
       </c>
       <c r="X155" s="4">
-        <v>420.89462029999999</v>
+        <v>921.48163353999996</v>
       </c>
       <c r="Y155" s="4">
-        <v>420.89461999999997</v>
+        <v>921.48163299999999</v>
       </c>
       <c r="Z155" s="6">
-        <v>7.7000000000000001E-5</v>
+        <v>2.4979999999999998E-3</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>449</v>
+        <v>428</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>450</v>
+        <v>429</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D156" s="4">
-        <v>2021739.630109</v>
+        <v>3588209.6836990002</v>
       </c>
       <c r="E156" s="5">
-        <v>75.266769999999994</v>
+        <v>51.426250000000003</v>
       </c>
       <c r="F156" s="4">
-        <v>1530346.67025522</v>
+        <v>1845281.6824630499</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H156" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I156" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J156" s="5">
-        <v>75.266769999999994</v>
+        <v>51.426250000000003</v>
       </c>
       <c r="K156" s="5">
         <v>1</v>
       </c>
       <c r="L156" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M156" s="4">
-        <v>1530346.670255</v>
+        <v>1845281.6824630001</v>
       </c>
       <c r="N156" s="4">
-        <v>1530346.67025522</v>
+        <v>1845281.6824630499</v>
       </c>
       <c r="O156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P156" s="3" t="s">
-        <v>233</v>
+        <v>430</v>
       </c>
       <c r="Q156" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R156" s="3" t="s">
-        <v>449</v>
+        <v>428</v>
       </c>
       <c r="S156" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T156" s="4">
         <v>0.01</v>
       </c>
       <c r="U156" s="2">
-        <v>49454</v>
+        <v>50216</v>
       </c>
       <c r="V156" s="4">
-        <v>5.5</v>
+        <v>6</v>
       </c>
       <c r="W156" s="3" t="s">
-        <v>451</v>
+        <v>431</v>
       </c>
       <c r="X156" s="4">
-        <v>8648.55286213</v>
+        <v>0</v>
       </c>
       <c r="Y156" s="4">
-        <v>8648.5528620000005</v>
+        <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>1.199E-3</v>
+        <v>1.4989999999999999E-3</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>452</v>
+        <v>432</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>453</v>
+        <v>433</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D157" s="4">
-        <v>1478104.8328</v>
+        <v>15516000</v>
       </c>
       <c r="E157" s="5">
-        <v>40.537579999999998</v>
+        <v>105.34432</v>
       </c>
       <c r="F157" s="4">
-        <v>599971.12099155004</v>
+        <v>16345224.691199999</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H157" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I157" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J157" s="5">
-        <v>40.537579999999998</v>
+        <v>105.34432</v>
       </c>
       <c r="K157" s="5">
         <v>1</v>
       </c>
       <c r="L157" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M157" s="4">
-        <v>599971.12099099997</v>
+        <v>16345224.691199999</v>
       </c>
       <c r="N157" s="4">
-        <v>599971.12099155004</v>
+        <v>16345224.691199999</v>
       </c>
       <c r="O157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P157" s="3" t="s">
-        <v>233</v>
+        <v>422</v>
       </c>
       <c r="Q157" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R157" s="3" t="s">
-        <v>452</v>
+        <v>432</v>
       </c>
       <c r="S157" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T157" s="4">
         <v>0.01</v>
       </c>
       <c r="U157" s="2">
-        <v>49820</v>
+        <v>52819</v>
       </c>
       <c r="V157" s="4">
-        <v>4.7687600000000003</v>
+        <v>6.3380000000000001</v>
       </c>
       <c r="W157" s="3" t="s">
-        <v>454</v>
+        <v>434</v>
       </c>
       <c r="X157" s="4">
-        <v>783.19191137999996</v>
+        <v>0</v>
       </c>
       <c r="Y157" s="4">
-        <v>783.191911</v>
+        <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>4.6999999999999999E-4</v>
+        <v>1.3284000000000001E-2</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>455</v>
+        <v>435</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>456</v>
+        <v>436</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D158" s="4">
-        <v>657972.37359099998</v>
+        <v>3678372.383353</v>
       </c>
       <c r="E158" s="5">
-        <v>96.248739999999998</v>
+        <v>85.418289999999999</v>
       </c>
       <c r="F158" s="4">
-        <v>635946.25655086001</v>
+        <v>3142002.78969255</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H158" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I158" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J158" s="5">
-        <v>96.248739999999998</v>
+        <v>85.418289999999999</v>
       </c>
       <c r="K158" s="5">
         <v>1</v>
       </c>
       <c r="L158" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M158" s="4">
-        <v>635946.25655000005</v>
+        <v>3142002.789692</v>
       </c>
       <c r="N158" s="4">
-        <v>635946.25655086001</v>
+        <v>3142002.78969255</v>
       </c>
       <c r="O158" s="3" t="s">
-        <v>457</v>
+        <v>34</v>
       </c>
       <c r="P158" s="3" t="s">
-        <v>458</v>
+        <v>430</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>455</v>
+        <v>435</v>
       </c>
       <c r="S158" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T158" s="4">
         <v>0.01</v>
       </c>
       <c r="U158" s="2">
-        <v>49268</v>
+        <v>58465</v>
       </c>
       <c r="V158" s="4">
-        <v>5.2795560000000004</v>
+        <v>1.11456</v>
       </c>
       <c r="W158" s="3" t="s">
-        <v>459</v>
+        <v>437</v>
       </c>
       <c r="X158" s="4">
-        <v>2656.1374212599999</v>
+        <v>0</v>
       </c>
       <c r="Y158" s="4">
-        <v>2656.1374209999999</v>
+        <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>4.9799999999999996E-4</v>
+        <v>2.5530000000000001E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>460</v>
+        <v>438</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>461</v>
+        <v>439</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D159" s="4">
-        <v>18683473.253699999</v>
+        <v>92618.548200000005</v>
       </c>
       <c r="E159" s="5">
-        <v>100.06529999999999</v>
+        <v>100.30293</v>
       </c>
       <c r="F159" s="4">
-        <v>18817960.397331301</v>
+        <v>92899.117568059999</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H159" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I159" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J159" s="5">
-        <v>100.06529999999999</v>
+        <v>100.30293</v>
       </c>
       <c r="K159" s="5">
         <v>1</v>
       </c>
       <c r="L159" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M159" s="4">
-        <v>18817960.397330999</v>
+        <v>92899.117568000001</v>
       </c>
       <c r="N159" s="4">
-        <v>18817960.397331301</v>
+        <v>92899.117568059999</v>
       </c>
       <c r="O159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P159" s="3" t="s">
-        <v>462</v>
+        <v>225</v>
       </c>
       <c r="Q159" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R159" s="3" t="s">
-        <v>460</v>
+        <v>438</v>
       </c>
       <c r="S159" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T159" s="4">
         <v>0.01</v>
       </c>
       <c r="U159" s="2">
-        <v>48044</v>
+        <v>49273</v>
       </c>
       <c r="V159" s="4">
-        <v>5.2361500000000003</v>
+        <v>5.5</v>
       </c>
       <c r="W159" s="3" t="s">
-        <v>463</v>
+        <v>440</v>
       </c>
       <c r="X159" s="4">
-        <v>122286.8355967</v>
+        <v>0</v>
       </c>
       <c r="Y159" s="4">
-        <v>122286.835596</v>
+        <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>1.4744999999999999E-2</v>
+        <v>7.4999999999999993E-5</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>464</v>
+        <v>441</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>465</v>
+        <v>442</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D160" s="4">
-        <v>301984.19527299999</v>
+        <v>2014757.9691890001</v>
       </c>
       <c r="E160" s="5">
-        <v>98.778580000000005</v>
+        <v>74.492919999999998</v>
       </c>
       <c r="F160" s="4">
-        <v>298436.91980436997</v>
+        <v>1500852.0421813801</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H160" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I160" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J160" s="5">
-        <v>98.778580000000005</v>
+        <v>74.492919999999998</v>
       </c>
       <c r="K160" s="5">
         <v>1</v>
       </c>
       <c r="L160" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M160" s="4">
-        <v>298436.919804</v>
+        <v>1500852.0421810001</v>
       </c>
       <c r="N160" s="4">
-        <v>298436.91980436997</v>
+        <v>1500852.0421813801</v>
       </c>
       <c r="O160" s="3" t="s">
-        <v>466</v>
+        <v>34</v>
       </c>
       <c r="P160" s="3" t="s">
-        <v>467</v>
+        <v>225</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R160" s="3" t="s">
-        <v>464</v>
+        <v>441</v>
       </c>
       <c r="S160" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T160" s="4">
         <v>0.01</v>
       </c>
       <c r="U160" s="2">
-        <v>50034</v>
+        <v>49454</v>
       </c>
       <c r="V160" s="4">
-        <v>4.2087599999999998</v>
+        <v>5.5</v>
       </c>
       <c r="W160" s="3" t="s">
-        <v>468</v>
+        <v>443</v>
       </c>
       <c r="X160" s="4">
-        <v>141.21988908</v>
+        <v>0</v>
       </c>
       <c r="Y160" s="4">
-        <v>141.21988899999999</v>
+        <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>2.33E-4</v>
+        <v>1.219E-3</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>469</v>
+        <v>444</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>470</v>
+        <v>445</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D161" s="4">
-        <v>6847000</v>
+        <v>1478104.8328</v>
       </c>
       <c r="E161" s="5">
-        <v>100.92552999999999</v>
+        <v>40.311309999999999</v>
       </c>
       <c r="F161" s="4">
-        <v>6914129.2813222203</v>
+        <v>596963.38377030997</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H161" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I161" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J161" s="5">
-        <v>100.92552999999999</v>
+        <v>40.311309999999999</v>
       </c>
       <c r="K161" s="5">
         <v>1</v>
       </c>
       <c r="L161" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M161" s="4">
-        <v>6914129.2813219996</v>
+        <v>596963.38376999996</v>
       </c>
       <c r="N161" s="4">
-        <v>6914129.2813222203</v>
+        <v>596963.38377030997</v>
       </c>
       <c r="O161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P161" s="3" t="s">
-        <v>471</v>
+        <v>225</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>469</v>
+        <v>444</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T161" s="4">
         <v>0.01</v>
       </c>
       <c r="U161" s="2">
-        <v>47324</v>
+        <v>49820</v>
       </c>
       <c r="V161" s="4">
-        <v>4.9400000000000004</v>
+        <v>4.5462100000000003</v>
       </c>
       <c r="W161" s="3" t="s">
-        <v>472</v>
+        <v>446</v>
       </c>
       <c r="X161" s="4">
-        <v>3758.2422222199998</v>
+        <v>1119.96249532</v>
       </c>
       <c r="Y161" s="4">
-        <v>3758.2422219999999</v>
+        <v>1119.962495</v>
       </c>
       <c r="Z161" s="6">
-        <v>5.4180000000000001E-3</v>
+        <v>4.8500000000000003E-4</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>473</v>
+        <v>447</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>474</v>
+        <v>448</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D162" s="4">
-        <v>3198939.1863159998</v>
+        <v>653770.24153999996</v>
       </c>
       <c r="E162" s="5">
-        <v>55.204230000000003</v>
+        <v>96.248080000000002</v>
       </c>
       <c r="F162" s="4">
-        <v>1777864.53619363</v>
+        <v>632073.50352000003</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H162" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I162" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J162" s="5">
-        <v>55.204230000000003</v>
+        <v>96.248080000000002</v>
       </c>
       <c r="K162" s="5">
         <v>1</v>
       </c>
       <c r="L162" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M162" s="4">
-        <v>1777864.5361929999</v>
+        <v>632073.50352000003</v>
       </c>
       <c r="N162" s="4">
-        <v>1777864.53619363</v>
+        <v>632073.50352000003</v>
       </c>
       <c r="O162" s="3" t="s">
-        <v>34</v>
+        <v>449</v>
       </c>
       <c r="P162" s="3" t="s">
-        <v>475</v>
+        <v>450</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>473</v>
+        <v>447</v>
       </c>
       <c r="S162" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T162" s="4">
         <v>0.01</v>
       </c>
       <c r="U162" s="2">
-        <v>49881</v>
+        <v>49268</v>
       </c>
       <c r="V162" s="4">
-        <v>4.7876859999999999</v>
+        <v>5.2760429999999996</v>
       </c>
       <c r="W162" s="3" t="s">
-        <v>476</v>
+        <v>451</v>
       </c>
       <c r="X162" s="4">
-        <v>11914.79021961</v>
+        <v>2832.1984265800002</v>
       </c>
       <c r="Y162" s="4">
-        <v>11914.790219</v>
+        <v>2832.1984259999999</v>
       </c>
       <c r="Z162" s="6">
-        <v>1.3929999999999999E-3</v>
+        <v>5.13E-4</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>477</v>
+        <v>452</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>478</v>
+        <v>453</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D163" s="4">
-        <v>2606983.7896799999</v>
+        <v>18683473.253699999</v>
       </c>
       <c r="E163" s="5">
-        <v>85.705659999999995</v>
+        <v>100.04040000000001</v>
       </c>
       <c r="F163" s="4">
-        <v>2234680.26087688</v>
+        <v>18902985.225262102</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H163" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I163" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J163" s="5">
-        <v>85.705659999999995</v>
+        <v>100.04040000000001</v>
       </c>
       <c r="K163" s="5">
         <v>1</v>
       </c>
       <c r="L163" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M163" s="4">
-        <v>2234680.2608759999</v>
+        <v>18902985.225262001</v>
       </c>
       <c r="N163" s="4">
-        <v>2234680.26087688</v>
+        <v>18902985.225262102</v>
       </c>
       <c r="O163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P163" s="3" t="s">
-        <v>479</v>
+        <v>454</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>477</v>
+        <v>452</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T163" s="4">
         <v>0.01</v>
       </c>
       <c r="U163" s="2">
-        <v>55603</v>
+        <v>48044</v>
       </c>
       <c r="V163" s="4">
-        <v>1.2</v>
+        <v>5.2361500000000003</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>480</v>
+        <v>455</v>
       </c>
       <c r="X163" s="4">
-        <v>347.59783862</v>
+        <v>211963.84836762</v>
       </c>
       <c r="Y163" s="4">
-        <v>347.59783800000002</v>
+        <v>211963.848367</v>
       </c>
       <c r="Z163" s="6">
-        <v>1.751E-3</v>
+        <v>1.5362000000000001E-2</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>481</v>
+        <v>456</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>482</v>
+        <v>457</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D164" s="4">
-        <v>4640578.8625210002</v>
+        <v>295741.24269400002</v>
       </c>
       <c r="E164" s="5">
-        <v>103.79573000000001</v>
+        <v>98.691149999999993</v>
       </c>
       <c r="F164" s="4">
-        <v>4842529.4812541399</v>
+        <v>291870.43343859998</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H164" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I164" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J164" s="5">
-        <v>103.79573000000001</v>
+        <v>98.691149999999993</v>
       </c>
       <c r="K164" s="5">
         <v>1</v>
       </c>
       <c r="L164" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M164" s="4">
-        <v>4842529.4812540002</v>
+        <v>291870.43343799998</v>
       </c>
       <c r="N164" s="4">
-        <v>4842529.4812541399</v>
+        <v>291870.43343859998</v>
       </c>
       <c r="O164" s="3" t="s">
-        <v>34</v>
+        <v>458</v>
       </c>
       <c r="P164" s="3" t="s">
-        <v>483</v>
+        <v>459</v>
       </c>
       <c r="Q164" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>481</v>
+        <v>456</v>
       </c>
       <c r="S164" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T164" s="4">
         <v>0.01</v>
       </c>
       <c r="U164" s="2">
-        <v>48700</v>
+        <v>50034</v>
       </c>
       <c r="V164" s="4">
-        <v>7.15</v>
+        <v>3.9862099999999998</v>
       </c>
       <c r="W164" s="3" t="s">
-        <v>484</v>
+        <v>460</v>
       </c>
       <c r="X164" s="4">
-        <v>25806.77467436</v>
+        <v>0</v>
       </c>
       <c r="Y164" s="4">
-        <v>25806.774674</v>
+        <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>3.7940000000000001E-3</v>
+        <v>2.3699999999999999E-4</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>485</v>
+        <v>461</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>486</v>
+        <v>462</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D165" s="4">
-        <v>3685703.2850000001</v>
+        <v>6847000</v>
       </c>
       <c r="E165" s="5">
-        <v>98.804559999999995</v>
+        <v>100.96702999999999</v>
       </c>
       <c r="F165" s="4">
-        <v>3669008.0319731599</v>
+        <v>6918849.9074333301</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H165" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I165" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J165" s="5">
-        <v>98.804559999999995</v>
+        <v>100.96702999999999</v>
       </c>
       <c r="K165" s="5">
         <v>1</v>
       </c>
       <c r="L165" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M165" s="4">
-        <v>3669008.0319730002</v>
+        <v>6918849.9074330004</v>
       </c>
       <c r="N165" s="4">
-        <v>3669008.0319731599</v>
+        <v>6918849.9074333301</v>
       </c>
       <c r="O165" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P165" s="3" t="s">
-        <v>483</v>
+        <v>463</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R165" s="3" t="s">
-        <v>485</v>
+        <v>461</v>
       </c>
       <c r="S165" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T165" s="4">
         <v>0.01</v>
       </c>
       <c r="U165" s="2">
-        <v>52475</v>
+        <v>47324</v>
       </c>
       <c r="V165" s="4">
-        <v>9.5459999999999994</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="W165" s="3" t="s">
-        <v>487</v>
+        <v>464</v>
       </c>
       <c r="X165" s="4">
-        <v>27365.118323359999</v>
+        <v>5637.3633333300004</v>
       </c>
       <c r="Y165" s="4">
-        <v>27365.118322999999</v>
+        <v>5637.3633330000002</v>
       </c>
       <c r="Z165" s="6">
-        <v>2.875E-3</v>
+        <v>5.6230000000000004E-3</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>488</v>
+        <v>465</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>489</v>
+        <v>466</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D166" s="4">
-        <v>4219125.8119999999</v>
+        <v>3198939.1863159998</v>
       </c>
       <c r="E166" s="5">
-        <v>101.28066</v>
+        <v>55.406289999999998</v>
       </c>
       <c r="F166" s="4">
-        <v>4303227.2407025704</v>
+        <v>1772413.52249388</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H166" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I166" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J166" s="5">
-        <v>101.28066</v>
+        <v>55.406289999999998</v>
       </c>
       <c r="K166" s="5">
         <v>1</v>
       </c>
       <c r="L166" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M166" s="4">
-        <v>4303227.2407020004</v>
+        <v>1772413.5224929999</v>
       </c>
       <c r="N166" s="4">
-        <v>4303227.2407025704</v>
+        <v>1772413.52249388</v>
       </c>
       <c r="O166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P166" s="3" t="s">
-        <v>483</v>
+        <v>467</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R166" s="3" t="s">
-        <v>488</v>
+        <v>465</v>
       </c>
       <c r="S166" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T166" s="4">
         <v>0.01</v>
       </c>
       <c r="U166" s="2">
-        <v>52657</v>
+        <v>49881</v>
       </c>
       <c r="V166" s="4">
-        <v>9.1630000000000003</v>
+        <v>4.7887839999999997</v>
       </c>
       <c r="W166" s="3" t="s">
-        <v>490</v>
+        <v>468</v>
       </c>
       <c r="X166" s="4">
-        <v>30068.77207861</v>
+        <v>0</v>
       </c>
       <c r="Y166" s="4">
-        <v>30068.772078000002</v>
+        <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>3.372E-3</v>
+        <v>1.4400000000000001E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
-        <v>491</v>
+        <v>469</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>492</v>
+        <v>470</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D167" s="4">
-        <v>515224.50124999997</v>
+        <v>2563697.0343599999</v>
       </c>
       <c r="E167" s="5">
-        <v>98.652379999999994</v>
+        <v>85.492980000000003</v>
       </c>
       <c r="F167" s="4">
-        <v>508909.97845927998</v>
+        <v>2192293.73225286</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H167" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I167" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J167" s="5">
-        <v>98.652379999999994</v>
+        <v>85.492980000000003</v>
       </c>
       <c r="K167" s="5">
         <v>1</v>
       </c>
       <c r="L167" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M167" s="4">
-        <v>508909.97845900001</v>
+        <v>2192293.7322519999</v>
       </c>
       <c r="N167" s="4">
-        <v>508909.97845927998</v>
+        <v>2192293.73225286</v>
       </c>
       <c r="O167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P167" s="3" t="s">
-        <v>493</v>
+        <v>471</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R167" s="3" t="s">
-        <v>491</v>
+        <v>469</v>
       </c>
       <c r="S167" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T167" s="4">
         <v>0.01</v>
       </c>
       <c r="U167" s="2">
-        <v>55989</v>
+        <v>55603</v>
       </c>
       <c r="V167" s="4">
-        <v>1.569</v>
+        <v>1.2</v>
       </c>
       <c r="W167" s="3" t="s">
-        <v>494</v>
+        <v>472</v>
       </c>
       <c r="X167" s="4">
-        <v>628.74563303000002</v>
+        <v>512.73940687000004</v>
       </c>
       <c r="Y167" s="4">
-        <v>628.745633</v>
+        <v>512.73940600000003</v>
       </c>
       <c r="Z167" s="6">
-        <v>3.9800000000000002E-4</v>
+        <v>1.781E-3</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>495</v>
+        <v>473</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>496</v>
+        <v>474</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D168" s="4">
-        <v>2125105.48061</v>
+        <v>4575825.5684059998</v>
       </c>
       <c r="E168" s="5">
-        <v>95.572190000000006</v>
+        <v>103.68397</v>
       </c>
       <c r="F168" s="4">
-        <v>2032112.2484583</v>
+        <v>4744397.6095986096</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H168" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I168" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J168" s="5">
-        <v>95.572190000000006</v>
+        <v>103.68397</v>
       </c>
       <c r="K168" s="5">
         <v>1</v>
       </c>
       <c r="L168" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M168" s="4">
-        <v>2032112.2484579999</v>
+        <v>4744397.6095979996</v>
       </c>
       <c r="N168" s="4">
-        <v>2032112.2484583</v>
+        <v>4744397.6095986096</v>
       </c>
       <c r="O168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P168" s="3" t="s">
-        <v>497</v>
+        <v>475</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R168" s="3" t="s">
-        <v>495</v>
+        <v>473</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T168" s="4">
         <v>0.01</v>
       </c>
       <c r="U168" s="2">
-        <v>49790</v>
+        <v>48700</v>
       </c>
       <c r="V168" s="4">
-        <v>4.6687599999999998</v>
+        <v>7.15</v>
       </c>
       <c r="W168" s="3" t="s">
-        <v>498</v>
+        <v>476</v>
       </c>
       <c r="X168" s="4">
-        <v>1102.40082929</v>
+        <v>0</v>
       </c>
       <c r="Y168" s="4">
-        <v>1102.4008289999999</v>
+        <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>1.5920000000000001E-3</v>
+        <v>3.8549999999999999E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
-        <v>499</v>
+        <v>477</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>500</v>
+        <v>478</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D169" s="4">
-        <v>7463830.7289699996</v>
+        <v>3630426.69</v>
       </c>
       <c r="E169" s="5">
-        <v>96.191069999999996</v>
+        <v>98.592969999999994</v>
       </c>
       <c r="F169" s="4">
-        <v>7183161.7173114903</v>
+        <v>3579345.4973436901</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H169" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I169" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J169" s="5">
-        <v>96.191069999999996</v>
+        <v>98.592969999999994</v>
       </c>
       <c r="K169" s="5">
         <v>1</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M169" s="4">
-        <v>7183161.7173110005</v>
+        <v>3579345.497343</v>
       </c>
       <c r="N169" s="4">
-        <v>7183161.7173114903</v>
+        <v>3579345.4973436901</v>
       </c>
       <c r="O169" s="3" t="s">
-        <v>501</v>
+        <v>34</v>
       </c>
       <c r="P169" s="3" t="s">
-        <v>497</v>
+        <v>475</v>
       </c>
       <c r="Q169" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R169" s="3" t="s">
-        <v>499</v>
+        <v>477</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T169" s="4">
         <v>0.01</v>
       </c>
       <c r="U169" s="2">
-        <v>50124</v>
+        <v>52475</v>
       </c>
       <c r="V169" s="4">
-        <v>4.36876</v>
+        <v>9.5459999999999994</v>
       </c>
       <c r="W169" s="3" t="s">
-        <v>502</v>
+        <v>479</v>
       </c>
       <c r="X169" s="4">
-        <v>3623.07612617</v>
+        <v>0</v>
       </c>
       <c r="Y169" s="4">
-        <v>3623.0761259999999</v>
+        <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>5.6280000000000002E-3</v>
+        <v>2.9090000000000001E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>503</v>
+        <v>480</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>504</v>
+        <v>481</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D170" s="4">
-        <v>1401475.3185000001</v>
+        <v>4140677.3110000002</v>
       </c>
       <c r="E170" s="5">
-        <v>100.05710000000001</v>
+        <v>101.16378</v>
       </c>
       <c r="F170" s="4">
-        <v>1404612.1986611399</v>
+        <v>4188865.6854099599</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H170" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I170" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J170" s="5">
-        <v>100.05710000000001</v>
+        <v>101.16378</v>
       </c>
       <c r="K170" s="5">
         <v>1</v>
       </c>
       <c r="L170" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M170" s="4">
-        <v>1404612.198661</v>
+        <v>4188865.6854090001</v>
       </c>
       <c r="N170" s="4">
-        <v>1404612.1986611399</v>
+        <v>4188865.6854099599</v>
       </c>
       <c r="O170" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P170" s="3" t="s">
-        <v>505</v>
+        <v>475</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R170" s="3" t="s">
-        <v>503</v>
+        <v>480</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T170" s="4">
         <v>0.01</v>
       </c>
       <c r="U170" s="2">
-        <v>48075</v>
+        <v>52657</v>
       </c>
       <c r="V170" s="4">
-        <v>5.0018099999999999</v>
+        <v>9.1630000000000003</v>
       </c>
       <c r="W170" s="3" t="s">
-        <v>506</v>
+        <v>482</v>
       </c>
       <c r="X170" s="4">
-        <v>2336.6377542800001</v>
+        <v>0</v>
       </c>
       <c r="Y170" s="4">
-        <v>2336.6377539999999</v>
+        <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>1.1000000000000001E-3</v>
+        <v>3.4039999999999999E-3</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>507</v>
+        <v>483</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>508</v>
+        <v>484</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D171" s="4">
-        <v>4697099.4895649999</v>
+        <v>496626.77750000003</v>
       </c>
       <c r="E171" s="5">
-        <v>100.07089999999999</v>
+        <v>98.849630000000005</v>
       </c>
       <c r="F171" s="4">
-        <v>4727130.3951515304</v>
+        <v>490913.73203966999</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H171" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I171" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J171" s="5">
-        <v>100.07089999999999</v>
+        <v>98.849630000000005</v>
       </c>
       <c r="K171" s="5">
         <v>1</v>
       </c>
       <c r="L171" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M171" s="4">
-        <v>4727130.3951509995</v>
+        <v>490913.73203900002</v>
       </c>
       <c r="N171" s="4">
-        <v>4727130.3951515304</v>
+        <v>490913.73203966999</v>
       </c>
       <c r="O171" s="3" t="s">
-        <v>509</v>
+        <v>34</v>
       </c>
       <c r="P171" s="3" t="s">
-        <v>505</v>
+        <v>485</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>507</v>
+        <v>483</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T171" s="4">
         <v>0.01</v>
       </c>
       <c r="U171" s="2">
-        <v>47956</v>
+        <v>55989</v>
       </c>
       <c r="V171" s="4">
-        <v>5.1160500000000004</v>
+        <v>1.569</v>
       </c>
       <c r="W171" s="3" t="s">
-        <v>510</v>
+        <v>486</v>
       </c>
       <c r="X171" s="4">
-        <v>26700.66204843</v>
+        <v>0</v>
       </c>
       <c r="Y171" s="4">
-        <v>26700.662047999998</v>
+        <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>3.7039999999999998E-3</v>
+        <v>3.9800000000000002E-4</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>511</v>
+        <v>487</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>512</v>
+        <v>488</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D172" s="4">
-        <v>4945734.84</v>
+        <v>2110438.0532200001</v>
       </c>
       <c r="E172" s="5">
-        <v>99.943100000000001</v>
+        <v>95.224779999999996</v>
       </c>
       <c r="F172" s="4">
-        <v>4969322.3683145801</v>
+        <v>2011223.9016778001</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H172" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I172" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J172" s="5">
-        <v>99.943100000000001</v>
+        <v>95.224779999999996</v>
       </c>
       <c r="K172" s="5">
         <v>1</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M172" s="4">
-        <v>4969322.3683139998</v>
+        <v>2011223.9016770001</v>
       </c>
       <c r="N172" s="4">
-        <v>4969322.3683145801</v>
+        <v>2011223.9016778001</v>
       </c>
       <c r="O172" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>513</v>
+        <v>489</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>511</v>
+        <v>487</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T172" s="4">
         <v>0.01</v>
       </c>
       <c r="U172" s="2">
-        <v>48141</v>
+        <v>49790</v>
       </c>
       <c r="V172" s="4">
-        <v>4.8044399999999996</v>
+        <v>4.4462099999999998</v>
       </c>
       <c r="W172" s="3" t="s">
-        <v>514</v>
+        <v>490</v>
       </c>
       <c r="X172" s="4">
-        <v>26401.651438540001</v>
+        <v>1563.9084627699999</v>
       </c>
       <c r="Y172" s="4">
-        <v>26401.651438000001</v>
+        <v>1563.9084620000001</v>
       </c>
       <c r="Z172" s="6">
-        <v>3.8939999999999999E-3</v>
+        <v>1.634E-3</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>515</v>
+        <v>491</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>516</v>
+        <v>492</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D173" s="4">
-        <v>1147667.2749999999</v>
+        <v>7447100.1475139996</v>
       </c>
       <c r="E173" s="5">
-        <v>90.052719999999994</v>
+        <v>95.825199999999995</v>
       </c>
       <c r="F173" s="4">
-        <v>1033700.70112413</v>
+        <v>7141344.8174060201</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H173" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I173" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J173" s="5">
-        <v>90.052719999999994</v>
+        <v>95.825199999999995</v>
       </c>
       <c r="K173" s="5">
         <v>1</v>
       </c>
       <c r="L173" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M173" s="4">
-        <v>1033700.701124</v>
+        <v>7141344.8174059996</v>
       </c>
       <c r="N173" s="4">
-        <v>1033700.70112413</v>
+        <v>7141344.8174060201</v>
       </c>
       <c r="O173" s="3" t="s">
-        <v>34</v>
+        <v>493</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>517</v>
+        <v>489</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>515</v>
+        <v>491</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T173" s="4">
         <v>0.01</v>
       </c>
       <c r="U173" s="2">
-        <v>53687</v>
+        <v>50124</v>
       </c>
       <c r="V173" s="4">
-        <v>1.53</v>
+        <v>4.14621</v>
       </c>
       <c r="W173" s="3" t="s">
-        <v>518</v>
+        <v>494</v>
       </c>
       <c r="X173" s="4">
-        <v>195.10343674999999</v>
+        <v>5146.2068504400004</v>
       </c>
       <c r="Y173" s="4">
-        <v>195.10343599999999</v>
+        <v>5146.2068499999996</v>
       </c>
       <c r="Z173" s="6">
-        <v>8.0999999999999996E-4</v>
+        <v>5.803E-3</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>519</v>
+        <v>495</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>520</v>
+        <v>496</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D174" s="4">
-        <v>35071519.534999996</v>
+        <v>1401475.3185000001</v>
       </c>
       <c r="E174" s="5">
-        <v>3.7590699999999999</v>
+        <v>100.0407</v>
       </c>
       <c r="F174" s="4">
-        <v>1318362.9693843201</v>
+        <v>1410808.1105331599</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H174" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I174" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J174" s="5">
-        <v>3.7590699999999999</v>
+        <v>100.0407</v>
       </c>
       <c r="K174" s="5">
         <v>1</v>
       </c>
       <c r="L174" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M174" s="4">
-        <v>1318362.9693839999</v>
+        <v>1410808.110533</v>
       </c>
       <c r="N174" s="4">
-        <v>1318362.9693843201</v>
+        <v>1410808.1105331599</v>
       </c>
       <c r="O174" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>519</v>
+        <v>495</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T174" s="4">
         <v>0.01</v>
       </c>
       <c r="U174" s="2">
-        <v>51220</v>
+        <v>48075</v>
       </c>
       <c r="V174" s="4">
-        <v>0</v>
+        <v>5.0018099999999999</v>
       </c>
       <c r="W174" s="3" t="s">
-        <v>522</v>
+        <v>498</v>
       </c>
       <c r="X174" s="4">
-        <v>0</v>
+        <v>8762.3915785299996</v>
       </c>
       <c r="Y174" s="4">
-        <v>0</v>
+        <v>8762.3915780000007</v>
       </c>
       <c r="Z174" s="6">
-        <v>1.0330000000000001E-3</v>
+        <v>1.1460000000000001E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>523</v>
+        <v>499</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>524</v>
+        <v>500</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D175" s="4">
-        <v>92887195.807999998</v>
+        <v>4697099.4895649999</v>
       </c>
       <c r="E175" s="5">
-        <v>3.4485899999999998</v>
+        <v>100.03740000000001</v>
       </c>
       <c r="F175" s="4">
-        <v>3294063.5789228799</v>
+        <v>4747584.9130124897</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H175" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I175" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J175" s="5">
-        <v>3.4485899999999998</v>
+        <v>100.03740000000001</v>
       </c>
       <c r="K175" s="5">
         <v>1</v>
       </c>
       <c r="L175" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M175" s="4">
-        <v>3294063.5789219998</v>
+        <v>4747584.9130119998</v>
       </c>
       <c r="N175" s="4">
-        <v>3294063.5789228799</v>
+        <v>4747584.9130124897</v>
       </c>
       <c r="O175" s="3" t="s">
-        <v>34</v>
+        <v>501</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>521</v>
+        <v>497</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>523</v>
+        <v>499</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T175" s="4">
         <v>0.01</v>
       </c>
       <c r="U175" s="2">
-        <v>50885</v>
+        <v>47956</v>
       </c>
       <c r="V175" s="4">
-        <v>1.8087690000000001</v>
+        <v>5.1160500000000004</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>525</v>
+        <v>502</v>
       </c>
       <c r="X175" s="4">
-        <v>90765.033007770005</v>
+        <v>48728.708238389998</v>
       </c>
       <c r="Y175" s="4">
-        <v>90765.033007000005</v>
+        <v>48728.708237999999</v>
       </c>
       <c r="Z175" s="6">
-        <v>2.581E-3</v>
+        <v>3.8579999999999999E-3</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>526</v>
+        <v>503</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>527</v>
+        <v>504</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D176" s="4">
-        <v>75691547.081522003</v>
+        <v>4945734.84</v>
       </c>
       <c r="E176" s="5">
-        <v>3.7821099999999999</v>
+        <v>99.981200000000001</v>
       </c>
       <c r="F176" s="4">
-        <v>2862737.5713249501</v>
+        <v>4992988.0557254199</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H176" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I176" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J176" s="5">
-        <v>3.7821099999999999</v>
+        <v>99.981200000000001</v>
       </c>
       <c r="K176" s="5">
         <v>1</v>
       </c>
       <c r="L176" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M176" s="4">
-        <v>2862737.5713240001</v>
+        <v>4992988.0557249999</v>
       </c>
       <c r="N176" s="4">
-        <v>2862737.5713249501</v>
+        <v>4992988.0557254199</v>
       </c>
       <c r="O176" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>521</v>
+        <v>505</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>526</v>
+        <v>503</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T176" s="4">
         <v>0.01</v>
       </c>
       <c r="U176" s="2">
-        <v>47628</v>
+        <v>48141</v>
       </c>
       <c r="V176" s="4">
-        <v>0</v>
+        <v>4.8044399999999996</v>
       </c>
       <c r="W176" s="3" t="s">
-        <v>528</v>
+        <v>506</v>
       </c>
       <c r="X176" s="4">
-        <v>0</v>
+        <v>48183.013875340002</v>
       </c>
       <c r="Y176" s="4">
-        <v>0</v>
+        <v>48183.013874999997</v>
       </c>
       <c r="Z176" s="6">
-        <v>2.2430000000000002E-3</v>
+        <v>4.0569999999999998E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>529</v>
+        <v>507</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>530</v>
+        <v>508</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D177" s="4">
-        <v>132093043.088295</v>
+        <v>1130158.98</v>
       </c>
       <c r="E177" s="5">
-        <v>3.8686699999999998</v>
+        <v>89.941059999999993</v>
       </c>
       <c r="F177" s="4">
-        <v>5127678.7440310996</v>
+        <v>1016765.15683709</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H177" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I177" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J177" s="5">
-        <v>3.8686699999999998</v>
+        <v>89.941059999999993</v>
       </c>
       <c r="K177" s="5">
         <v>1</v>
       </c>
       <c r="L177" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M177" s="4">
-        <v>5127678.744031</v>
+        <v>1016765.156837</v>
       </c>
       <c r="N177" s="4">
-        <v>5127678.7440310996</v>
+        <v>1016765.15683709</v>
       </c>
       <c r="O177" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>529</v>
+        <v>507</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T177" s="4">
         <v>0.01</v>
       </c>
       <c r="U177" s="2">
-        <v>51312</v>
+        <v>53687</v>
       </c>
       <c r="V177" s="4">
-        <v>0.16969899999999999</v>
+        <v>1.53</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>531</v>
+        <v>510</v>
       </c>
       <c r="X177" s="4">
-        <v>17434.813987180001</v>
+        <v>288.19053989999998</v>
       </c>
       <c r="Y177" s="4">
-        <v>17434.813987000001</v>
+        <v>288.190539</v>
       </c>
       <c r="Z177" s="6">
-        <v>4.0179999999999999E-3</v>
+        <v>8.2600000000000002E-4</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>532</v>
+        <v>511</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>533</v>
+        <v>512</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D178" s="4">
-        <v>4004147.9937499999</v>
+        <v>35017506.094999999</v>
       </c>
       <c r="E178" s="5">
-        <v>64.273229999999998</v>
+        <v>3.7484199999999999</v>
       </c>
       <c r="F178" s="4">
-        <v>2576539.9711827799</v>
+        <v>1312603.2019662</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H178" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I178" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J178" s="5">
-        <v>64.273229999999998</v>
+        <v>3.7484199999999999</v>
       </c>
       <c r="K178" s="5">
         <v>1</v>
       </c>
       <c r="L178" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M178" s="4">
-        <v>2576539.9711819999</v>
+        <v>1312603.201966</v>
       </c>
       <c r="N178" s="4">
-        <v>2576539.9711827799</v>
+        <v>1312603.2019662</v>
       </c>
       <c r="O178" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>534</v>
+        <v>513</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>532</v>
+        <v>511</v>
       </c>
       <c r="S178" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T178" s="4">
         <v>0.01</v>
       </c>
       <c r="U178" s="2">
-        <v>57584</v>
+        <v>51220</v>
       </c>
       <c r="V178" s="4">
-        <v>6.61876</v>
+        <v>0</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>535</v>
+        <v>514</v>
       </c>
       <c r="X178" s="4">
-        <v>2944.7216194600001</v>
+        <v>0</v>
       </c>
       <c r="Y178" s="4">
-        <v>2944.7216189999999</v>
+        <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>2.019E-3</v>
+        <v>1.0660000000000001E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>536</v>
+        <v>515</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>537</v>
+        <v>516</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D179" s="4">
-        <v>1842975.5486870001</v>
+        <v>92778699.151999995</v>
       </c>
       <c r="E179" s="5">
-        <v>96.698509999999999</v>
+        <v>3.4276200000000001</v>
       </c>
       <c r="F179" s="4">
-        <v>1782984.5772033001</v>
+        <v>3180101.2478737799</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H179" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I179" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J179" s="5">
-        <v>96.698509999999999</v>
+        <v>3.4276200000000001</v>
       </c>
       <c r="K179" s="5">
         <v>1</v>
       </c>
       <c r="L179" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M179" s="4">
-        <v>1782984.577203</v>
+        <v>3180101.2478729999</v>
       </c>
       <c r="N179" s="4">
-        <v>1782984.5772033001</v>
+        <v>3180101.2478737799</v>
       </c>
       <c r="O179" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P179" s="3" t="s">
-        <v>538</v>
+        <v>513</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R179" s="3" t="s">
-        <v>536</v>
+        <v>515</v>
       </c>
       <c r="S179" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T179" s="4">
         <v>0.01</v>
       </c>
       <c r="U179" s="2">
-        <v>49943</v>
+        <v>50885</v>
       </c>
       <c r="V179" s="4">
-        <v>4.1737599999999997</v>
+        <v>1.6661060000000001</v>
       </c>
       <c r="W179" s="3" t="s">
-        <v>539</v>
+        <v>517</v>
       </c>
       <c r="X179" s="4">
-        <v>854.68195845000002</v>
+        <v>0</v>
       </c>
       <c r="Y179" s="4">
-        <v>854.68195800000001</v>
+        <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>1.397E-3</v>
+        <v>2.5839999999999999E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>540</v>
+        <v>518</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>541</v>
+        <v>519</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D180" s="4">
-        <v>6188117.7358250003</v>
+        <v>75561677.747883007</v>
       </c>
       <c r="E180" s="5">
-        <v>97.724140000000006</v>
+        <v>3.9481799999999998</v>
       </c>
       <c r="F180" s="4">
-        <v>6057560.5528071104</v>
+        <v>2983311.0485063801</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H180" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I180" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J180" s="5">
-        <v>97.724140000000006</v>
+        <v>3.9481799999999998</v>
       </c>
       <c r="K180" s="5">
         <v>1</v>
       </c>
       <c r="L180" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M180" s="4">
-        <v>6057560.5528069995</v>
+        <v>2983311.0485060001</v>
       </c>
       <c r="N180" s="4">
-        <v>6057560.5528071104</v>
+        <v>2983311.0485063801</v>
       </c>
       <c r="O180" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P180" s="3" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R180" s="3" t="s">
-        <v>540</v>
+        <v>518</v>
       </c>
       <c r="S180" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T180" s="4">
         <v>0.01</v>
       </c>
       <c r="U180" s="2">
-        <v>50756</v>
+        <v>47628</v>
       </c>
       <c r="V180" s="4">
-        <v>2.1349999999999998</v>
+        <v>0</v>
       </c>
       <c r="W180" s="3" t="s">
-        <v>543</v>
+        <v>520</v>
       </c>
       <c r="X180" s="4">
-        <v>10275.71328466</v>
+        <v>0</v>
       </c>
       <c r="Y180" s="4">
-        <v>10275.713283999999</v>
+        <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>4.7460000000000002E-3</v>
+        <v>2.4239999999999999E-3</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>544</v>
+        <v>521</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>545</v>
+        <v>522</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D181" s="4">
-        <v>2065675.7999799999</v>
+        <v>201682413.40615201</v>
       </c>
       <c r="E181" s="5">
-        <v>99.030529999999999</v>
+        <v>3.1933600000000002</v>
       </c>
       <c r="F181" s="4">
-        <v>2046698.31246504</v>
+        <v>6440445.5167467101</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H181" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I181" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J181" s="5">
-        <v>99.030529999999999</v>
+        <v>3.1933600000000002</v>
       </c>
       <c r="K181" s="5">
         <v>1</v>
       </c>
       <c r="L181" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M181" s="4">
-        <v>2046698.312465</v>
+        <v>6440445.5167460004</v>
       </c>
       <c r="N181" s="4">
-        <v>2046698.31246504</v>
+        <v>6440445.5167467101</v>
       </c>
       <c r="O181" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P181" s="3" t="s">
-        <v>546</v>
+        <v>513</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R181" s="3" t="s">
-        <v>544</v>
+        <v>521</v>
       </c>
       <c r="S181" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T181" s="4">
         <v>0.01</v>
       </c>
       <c r="U181" s="2">
-        <v>49242</v>
+        <v>51312</v>
       </c>
       <c r="V181" s="4">
-        <v>4.5687600000000002</v>
+        <v>0.123059</v>
       </c>
       <c r="W181" s="3" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="X181" s="4">
-        <v>1048.6196631</v>
+        <v>0</v>
       </c>
       <c r="Y181" s="4">
-        <v>1048.6196629999999</v>
+        <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>1.603E-3</v>
+        <v>5.2339999999999999E-3</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>549</v>
+        <v>525</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D182" s="4">
-        <v>1079209.15958</v>
+        <v>3994550.8705000002</v>
       </c>
       <c r="E182" s="5">
-        <v>99.080590000000001</v>
+        <v>64.026560000000003</v>
       </c>
       <c r="F182" s="4">
-        <v>1070126.1875482399</v>
+        <v>2557573.5098312101</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H182" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I182" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J182" s="5">
-        <v>99.080590000000001</v>
+        <v>64.026560000000003</v>
       </c>
       <c r="K182" s="5">
         <v>1</v>
       </c>
       <c r="L182" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M182" s="4">
-        <v>1070126.1875479999</v>
+        <v>2557573.5098310001</v>
       </c>
       <c r="N182" s="4">
-        <v>1070126.1875482399</v>
+        <v>2557573.5098312101</v>
       </c>
       <c r="O182" s="3" t="s">
-        <v>550</v>
+        <v>34</v>
       </c>
       <c r="P182" s="3" t="s">
-        <v>546</v>
+        <v>526</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R182" s="3" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="S182" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T182" s="4">
         <v>0.01</v>
       </c>
       <c r="U182" s="2">
-        <v>50308</v>
+        <v>57643</v>
       </c>
       <c r="V182" s="4">
-        <v>7</v>
+        <v>6.39621</v>
       </c>
       <c r="W182" s="3" t="s">
-        <v>551</v>
+        <v>527</v>
       </c>
       <c r="X182" s="4">
-        <v>839.38490190000005</v>
+        <v>0</v>
       </c>
       <c r="Y182" s="4">
-        <v>839.38490100000001</v>
+        <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>8.3799999999999999E-4</v>
+        <v>2.078E-3</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>552</v>
+        <v>528</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>553</v>
+        <v>529</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D183" s="4">
-        <v>10206548.192878</v>
+        <v>1829622.2797399999</v>
       </c>
       <c r="E183" s="5">
-        <v>57.383450000000003</v>
+        <v>96.355800000000002</v>
       </c>
       <c r="F183" s="4">
-        <v>5882922.2829601597</v>
+        <v>1764152.0549297</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H183" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I183" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J183" s="5">
-        <v>57.383450000000003</v>
+        <v>96.355800000000002</v>
       </c>
       <c r="K183" s="5">
         <v>1</v>
       </c>
       <c r="L183" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M183" s="4">
-        <v>5882922.2829600004</v>
+        <v>1764152.0549290001</v>
       </c>
       <c r="N183" s="4">
-        <v>5882922.2829601597</v>
+        <v>1764152.0549297</v>
       </c>
       <c r="O183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>554</v>
+        <v>530</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>552</v>
+        <v>528</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T183" s="4">
         <v>0.01</v>
       </c>
       <c r="U183" s="2">
-        <v>53868</v>
+        <v>49943</v>
       </c>
       <c r="V183" s="4">
-        <v>3.28186</v>
+        <v>3.9512100000000001</v>
       </c>
       <c r="W183" s="3" t="s">
-        <v>555</v>
+        <v>531</v>
       </c>
       <c r="X183" s="4">
-        <v>26052.803973990001</v>
+        <v>1204.8703079899999</v>
       </c>
       <c r="Y183" s="4">
-        <v>26052.803972999998</v>
+        <v>1204.8703069999999</v>
       </c>
       <c r="Z183" s="6">
-        <v>4.6090000000000002E-3</v>
+        <v>1.433E-3</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>556</v>
+        <v>532</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>557</v>
+        <v>533</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D184" s="4">
-        <v>10241138.436174</v>
+        <v>6162348.3448999999</v>
       </c>
       <c r="E184" s="5">
-        <v>18.615320000000001</v>
+        <v>98.042079999999999</v>
       </c>
       <c r="F184" s="4">
-        <v>1911414.6802838701</v>
+        <v>6041694.4941855296</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H184" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I184" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J184" s="5">
-        <v>18.615320000000001</v>
+        <v>98.042079999999999</v>
       </c>
       <c r="K184" s="5">
         <v>1</v>
       </c>
       <c r="L184" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M184" s="4">
-        <v>1911414.680283</v>
+        <v>6041694.4941849997</v>
       </c>
       <c r="N184" s="4">
-        <v>1911414.6802838701</v>
+        <v>6041694.4941855296</v>
       </c>
       <c r="O184" s="3" t="s">
-        <v>558</v>
+        <v>34</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>559</v>
+        <v>534</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>556</v>
+        <v>532</v>
       </c>
       <c r="S184" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T184" s="4">
         <v>0.01</v>
       </c>
       <c r="U184" s="2">
-        <v>60413</v>
+        <v>50756</v>
       </c>
       <c r="V184" s="4">
-        <v>4.3887600000000004</v>
+        <v>2.1349999999999998</v>
       </c>
       <c r="W184" s="3" t="s">
-        <v>560</v>
+        <v>535</v>
       </c>
       <c r="X184" s="4">
-        <v>4993.9887470200001</v>
+        <v>0</v>
       </c>
       <c r="Y184" s="4">
-        <v>4993.9887470000003</v>
+        <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>1.4970000000000001E-3</v>
+        <v>4.9100000000000003E-3</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>561</v>
+        <v>536</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>562</v>
+        <v>537</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D185" s="4">
-        <v>5856151.1808399996</v>
+        <v>1973666.3496000001</v>
       </c>
       <c r="E185" s="5">
-        <v>100.54953</v>
+        <v>98.911709999999999</v>
       </c>
       <c r="F185" s="4">
-        <v>5898588.8865338499</v>
+        <v>1953616.79748815</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H185" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I185" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J185" s="5">
-        <v>100.54953</v>
+        <v>98.911709999999999</v>
       </c>
       <c r="K185" s="5">
         <v>1</v>
       </c>
       <c r="L185" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M185" s="4">
-        <v>5898588.8865329996</v>
+        <v>1953616.797488</v>
       </c>
       <c r="N185" s="4">
-        <v>5898588.8865338499</v>
+        <v>1953616.79748815</v>
       </c>
       <c r="O185" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>563</v>
+        <v>538</v>
       </c>
       <c r="Q185" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>561</v>
+        <v>536</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T185" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U185" s="2">
-        <v>47105</v>
+        <v>49242</v>
       </c>
       <c r="V185" s="4">
-        <v>4.8499999999999996</v>
+        <v>4.3462100000000001</v>
       </c>
       <c r="W185" s="3" t="s">
-        <v>564</v>
+        <v>539</v>
       </c>
       <c r="X185" s="4">
-        <v>10256.398109780001</v>
+        <v>1429.6614042199999</v>
       </c>
       <c r="Y185" s="4">
-        <v>10256.398109</v>
+        <v>1429.6614039999999</v>
       </c>
       <c r="Z185" s="6">
-        <v>4.6220000000000002E-3</v>
+        <v>1.5870000000000001E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>565</v>
+        <v>540</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>566</v>
+        <v>541</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D186" s="4">
-        <v>10035294.568840001</v>
+        <v>1062708.206734</v>
       </c>
       <c r="E186" s="5">
-        <v>100.0814</v>
+        <v>99.112020000000001</v>
       </c>
       <c r="F186" s="4">
-        <v>10109397.065554</v>
+        <v>1054511.3966409899</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H186" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I186" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J186" s="5">
-        <v>100.0814</v>
+        <v>99.112020000000001</v>
       </c>
       <c r="K186" s="5">
         <v>1</v>
       </c>
       <c r="L186" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M186" s="4">
-        <v>10109397.065554</v>
+        <v>1054511.3966399999</v>
       </c>
       <c r="N186" s="4">
-        <v>10109397.065554</v>
+        <v>1054511.3966409899</v>
       </c>
       <c r="O186" s="3" t="s">
-        <v>34</v>
+        <v>542</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>567</v>
+        <v>538</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>565</v>
+        <v>540</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T186" s="4">
         <v>0.01</v>
       </c>
       <c r="U186" s="2">
-        <v>48044</v>
+        <v>50308</v>
       </c>
       <c r="V186" s="4">
-        <v>5.2561499999999999</v>
+        <v>7</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>568</v>
+        <v>543</v>
       </c>
       <c r="X186" s="4">
-        <v>65933.766935010004</v>
+        <v>1239.82624119</v>
       </c>
       <c r="Y186" s="4">
-        <v>65933.766935000007</v>
+        <v>1239.826241</v>
       </c>
       <c r="Z186" s="6">
-        <v>7.9209999999999992E-3</v>
+        <v>8.5700000000000001E-4</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>569</v>
+        <v>544</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>570</v>
+        <v>545</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D187" s="4">
-        <v>8625000</v>
+        <v>10153205.347402999</v>
       </c>
       <c r="E187" s="5">
-        <v>89.875349999999997</v>
+        <v>57.107790000000001</v>
       </c>
       <c r="F187" s="4">
-        <v>7767493.3958333302</v>
+        <v>5798271.1880638497</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H187" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I187" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J187" s="5">
-        <v>89.875349999999997</v>
+        <v>57.107790000000001</v>
       </c>
       <c r="K187" s="5">
         <v>1</v>
       </c>
       <c r="L187" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M187" s="4">
-        <v>7767493.3958329996</v>
+        <v>5798271.1880630003</v>
       </c>
       <c r="N187" s="4">
-        <v>7767493.3958333302</v>
+        <v>5798271.1880638497</v>
       </c>
       <c r="O187" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>571</v>
+        <v>546</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>569</v>
+        <v>544</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T187" s="4">
         <v>0.01</v>
       </c>
       <c r="U187" s="2">
-        <v>51480</v>
+        <v>53868</v>
       </c>
       <c r="V187" s="4">
-        <v>2.347</v>
+        <v>3.2718400000000001</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>572</v>
+        <v>547</v>
       </c>
       <c r="X187" s="4">
-        <v>15744.45833333</v>
+        <v>0</v>
       </c>
       <c r="Y187" s="4">
-        <v>15744.458333</v>
+        <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>6.0860000000000003E-3</v>
+        <v>4.712E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>573</v>
+        <v>548</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>574</v>
+        <v>549</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D188" s="4">
-        <v>916718.16851999995</v>
+        <v>10241138.436174</v>
       </c>
       <c r="E188" s="5">
-        <v>101.50702</v>
+        <v>18.358219999999999</v>
       </c>
       <c r="F188" s="4">
-        <v>935260.50468557002</v>
+        <v>1887201.8468448101</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H188" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I188" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J188" s="5">
-        <v>101.50702</v>
+        <v>18.358219999999999</v>
       </c>
       <c r="K188" s="5">
         <v>1</v>
       </c>
       <c r="L188" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M188" s="4">
-        <v>935260.50468500005</v>
+        <v>1887201.846844</v>
       </c>
       <c r="N188" s="4">
-        <v>935260.50468557002</v>
+        <v>1887201.8468448101</v>
       </c>
       <c r="O188" s="3" t="s">
-        <v>34</v>
+        <v>550</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>575</v>
+        <v>551</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>573</v>
+        <v>548</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T188" s="4">
         <v>0.01</v>
       </c>
       <c r="U188" s="2">
-        <v>47635</v>
+        <v>60323</v>
       </c>
       <c r="V188" s="4">
-        <v>6.63</v>
+        <v>4.1662100000000004</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>576</v>
+        <v>552</v>
       </c>
       <c r="X188" s="4">
-        <v>4727.2100223300004</v>
+        <v>7111.1222273599997</v>
       </c>
       <c r="Y188" s="4">
-        <v>4727.2100220000002</v>
+        <v>7111.1222269999998</v>
       </c>
       <c r="Z188" s="6">
-        <v>7.3200000000000001E-4</v>
+        <v>1.5330000000000001E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>577</v>
+        <v>553</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>578</v>
+        <v>554</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D189" s="4">
-        <v>944903.82499400002</v>
+        <v>5487827.2170200003</v>
       </c>
       <c r="E189" s="5">
-        <v>101.61462</v>
+        <v>100.61018</v>
       </c>
       <c r="F189" s="4">
-        <v>962809.83646949998</v>
+        <v>5532402.8253005398</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H189" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I189" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J189" s="5">
-        <v>101.61462</v>
+        <v>100.61018</v>
       </c>
       <c r="K189" s="5">
         <v>1</v>
       </c>
       <c r="L189" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M189" s="4">
-        <v>962809.83646899997</v>
+        <v>5532402.8252999997</v>
       </c>
       <c r="N189" s="4">
-        <v>962809.83646949998</v>
+        <v>5532402.8253005398</v>
       </c>
       <c r="O189" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>575</v>
+        <v>555</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>577</v>
+        <v>553</v>
       </c>
       <c r="S189" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T189" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U189" s="2">
-        <v>47133</v>
+        <v>47105</v>
       </c>
       <c r="V189" s="4">
-        <v>7.21</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>579</v>
+        <v>556</v>
       </c>
       <c r="X189" s="4">
-        <v>2649.4053359700001</v>
+        <v>11089.984167729999</v>
       </c>
       <c r="Y189" s="4">
-        <v>2649.4053349999999</v>
+        <v>11089.984167000001</v>
       </c>
       <c r="Z189" s="6">
-        <v>7.54E-4</v>
+        <v>4.496E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>580</v>
+        <v>557</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>581</v>
+        <v>558</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D190" s="4">
-        <v>5292189.496638</v>
+        <v>10035294.568840001</v>
       </c>
       <c r="E190" s="5">
-        <v>97.419070000000005</v>
+        <v>100.05800000000001</v>
       </c>
       <c r="F190" s="4">
-        <v>5162236.5788333695</v>
+        <v>10155400.2357106</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H190" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I190" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J190" s="5">
-        <v>97.419070000000005</v>
+        <v>100.05800000000001</v>
       </c>
       <c r="K190" s="5">
         <v>1</v>
       </c>
       <c r="L190" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M190" s="4">
-        <v>5162236.5788329998</v>
+        <v>10155400.235710001</v>
       </c>
       <c r="N190" s="4">
-        <v>5162236.5788333695</v>
+        <v>10155400.2357106</v>
       </c>
       <c r="O190" s="3" t="s">
-        <v>582</v>
+        <v>34</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>583</v>
+        <v>559</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>580</v>
+        <v>557</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T190" s="4">
         <v>0.01</v>
       </c>
       <c r="U190" s="2">
-        <v>50240</v>
+        <v>48044</v>
       </c>
       <c r="V190" s="4">
-        <v>4.2933000000000003</v>
+        <v>5.2561499999999999</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>584</v>
+        <v>560</v>
       </c>
       <c r="X190" s="4">
-        <v>6634.7885708800004</v>
+        <v>114285.19602068</v>
       </c>
       <c r="Y190" s="4">
-        <v>6634.7885699999997</v>
+        <v>114285.19602</v>
       </c>
       <c r="Z190" s="6">
-        <v>4.045E-3</v>
+        <v>8.2529999999999999E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>585</v>
+        <v>561</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>586</v>
+        <v>562</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D191" s="4">
-        <v>1295000</v>
+        <v>8625000</v>
       </c>
       <c r="E191" s="5">
-        <v>98.060559999999995</v>
+        <v>89.738929999999996</v>
       </c>
       <c r="F191" s="4">
-        <v>1274557.7631111101</v>
+        <v>7739982.7125000004</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H191" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I191" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J191" s="5">
-        <v>98.060559999999995</v>
+        <v>89.738929999999996</v>
       </c>
       <c r="K191" s="5">
         <v>1</v>
       </c>
       <c r="L191" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M191" s="4">
-        <v>1274557.7631109999</v>
+        <v>7739982.7125000004</v>
       </c>
       <c r="N191" s="4">
-        <v>1274557.7631111101</v>
+        <v>7739982.7125000004</v>
       </c>
       <c r="O191" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>587</v>
+        <v>563</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>585</v>
+        <v>561</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T191" s="4">
         <v>0.01</v>
       </c>
       <c r="U191" s="2">
-        <v>53595</v>
+        <v>51480</v>
       </c>
       <c r="V191" s="4">
-        <v>4.6399999999999997</v>
+        <v>2.347</v>
       </c>
       <c r="W191" s="3" t="s">
-        <v>588</v>
+        <v>564</v>
       </c>
       <c r="X191" s="4">
-        <v>4673.5111111099995</v>
+        <v>0</v>
       </c>
       <c r="Y191" s="4">
-        <v>4673.5111109999998</v>
+        <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>9.9799999999999997E-4</v>
+        <v>6.2899999999999996E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>589</v>
+        <v>565</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>590</v>
+        <v>566</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D192" s="4">
-        <v>3500000</v>
+        <v>889758.21149599995</v>
       </c>
       <c r="E192" s="5">
-        <v>97.806780000000003</v>
+        <v>101.52546</v>
       </c>
       <c r="F192" s="4">
-        <v>3438835.63333333</v>
+        <v>903331.11710908997</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H192" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I192" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J192" s="5">
-        <v>97.806780000000003</v>
+        <v>101.52546</v>
       </c>
       <c r="K192" s="5">
         <v>1</v>
       </c>
       <c r="L192" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M192" s="4">
-        <v>3438835.6333329999</v>
+        <v>903331.11710899998</v>
       </c>
       <c r="N192" s="4">
-        <v>3438835.63333333</v>
+        <v>903331.11710908997</v>
       </c>
       <c r="O192" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>589</v>
+        <v>565</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T192" s="4">
         <v>0.01</v>
       </c>
       <c r="U192" s="2">
-        <v>53595</v>
+        <v>47635</v>
       </c>
       <c r="V192" s="4">
-        <v>5.73</v>
+        <v>6.63</v>
       </c>
       <c r="W192" s="3" t="s">
-        <v>591</v>
+        <v>568</v>
       </c>
       <c r="X192" s="4">
-        <v>15598.33333333</v>
+        <v>0</v>
       </c>
       <c r="Y192" s="4">
-        <v>15598.333333</v>
+        <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>2.6940000000000002E-3</v>
+        <v>7.3399999999999995E-4</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>592</v>
+        <v>569</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>593</v>
+        <v>570</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D193" s="4">
-        <v>3230000</v>
+        <v>907948.19575099996</v>
       </c>
       <c r="E193" s="5">
-        <v>99.710710000000006</v>
+        <v>101.58638999999999</v>
       </c>
       <c r="F193" s="4">
-        <v>3220655.9330000002</v>
+        <v>925261.26468529005</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H193" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I193" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J193" s="5">
-        <v>99.710710000000006</v>
+        <v>101.58638999999999</v>
       </c>
       <c r="K193" s="5">
         <v>1</v>
       </c>
       <c r="L193" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M193" s="4">
-        <v>3220655.9330000002</v>
+        <v>925261.26468499994</v>
       </c>
       <c r="N193" s="4">
-        <v>3220655.9330000002</v>
+        <v>925261.26468529005</v>
       </c>
       <c r="O193" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>592</v>
+        <v>569</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T193" s="4">
         <v>0.01</v>
       </c>
       <c r="U193" s="2">
-        <v>55634</v>
+        <v>47133</v>
       </c>
       <c r="V193" s="4">
-        <v>5.9640000000000004</v>
+        <v>7.21</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>594</v>
+        <v>571</v>
       </c>
       <c r="X193" s="4">
-        <v>0</v>
+        <v>2909.4695517199998</v>
       </c>
       <c r="Y193" s="4">
-        <v>0</v>
+        <v>2909.4695510000001</v>
       </c>
       <c r="Z193" s="6">
-        <v>2.5230000000000001E-3</v>
+        <v>7.5100000000000004E-4</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>595</v>
+        <v>572</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>596</v>
+        <v>573</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D194" s="4">
-        <v>1747263.0120000001</v>
+        <v>5255428.8584390003</v>
       </c>
       <c r="E194" s="5">
-        <v>103.08599</v>
+        <v>97.010350000000003</v>
       </c>
       <c r="F194" s="4">
-        <v>1810174.8766469201</v>
+        <v>5106442.9626634503</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H194" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I194" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J194" s="5">
-        <v>103.08599</v>
+        <v>97.010350000000003</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M194" s="4">
-        <v>1810174.876646</v>
+        <v>5106442.9626630004</v>
       </c>
       <c r="N194" s="4">
-        <v>1810174.8766469201</v>
+        <v>5106442.9626634503</v>
       </c>
       <c r="O194" s="3" t="s">
-        <v>34</v>
+        <v>574</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>587</v>
+        <v>575</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>595</v>
+        <v>572</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T194" s="4">
         <v>0.01</v>
       </c>
       <c r="U194" s="2">
-        <v>57278</v>
+        <v>50240</v>
       </c>
       <c r="V194" s="4">
-        <v>6.5807000000000002</v>
+        <v>4.0655200000000002</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>597</v>
+        <v>576</v>
       </c>
       <c r="X194" s="4">
-        <v>8991.5028229</v>
+        <v>8133.03309051</v>
       </c>
       <c r="Y194" s="4">
-        <v>8991.5028220000004</v>
+        <v>8133.0330899999999</v>
       </c>
       <c r="Z194" s="6">
-        <v>1.418E-3</v>
+        <v>4.15E-3</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>598</v>
+        <v>577</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>599</v>
+        <v>578</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D195" s="4">
-        <v>1759131.5091649999</v>
+        <v>1295000</v>
       </c>
       <c r="E195" s="5">
-        <v>103.28639</v>
+        <v>97.922830000000005</v>
       </c>
       <c r="F195" s="4">
-        <v>1817850.1188223199</v>
+        <v>1268100.6484999999</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H195" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I195" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J195" s="5">
-        <v>103.28639</v>
+        <v>97.922830000000005</v>
       </c>
       <c r="K195" s="5">
         <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M195" s="4">
-        <v>1817850.118822</v>
+        <v>1268100.6484999999</v>
       </c>
       <c r="N195" s="4">
-        <v>1817850.1188223199</v>
+        <v>1268100.6484999999</v>
       </c>
       <c r="O195" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P195" s="3" t="s">
-        <v>600</v>
+        <v>579</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R195" s="3" t="s">
-        <v>598</v>
+        <v>577</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T195" s="4">
         <v>0.01</v>
       </c>
       <c r="U195" s="2">
-        <v>49820</v>
+        <v>53595</v>
       </c>
       <c r="V195" s="4">
-        <v>4.6387600000000004</v>
+        <v>4.6399999999999997</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>601</v>
+        <v>580</v>
       </c>
       <c r="X195" s="4">
-        <v>906.68765327000006</v>
+        <v>0</v>
       </c>
       <c r="Y195" s="4">
-        <v>906.68765299999995</v>
+        <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>1.4239999999999999E-3</v>
+        <v>1.0300000000000001E-3</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>602</v>
+        <v>581</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>603</v>
+        <v>582</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D196" s="4">
-        <v>7633490.8441509996</v>
+        <v>3500000</v>
       </c>
       <c r="E196" s="5">
-        <v>18.059629999999999</v>
+        <v>97.646519999999995</v>
       </c>
       <c r="F196" s="4">
-        <v>1415509.3349101599</v>
+        <v>3417628.2</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H196" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I196" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J196" s="5">
-        <v>18.059629999999999</v>
+        <v>97.646519999999995</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M196" s="4">
-        <v>1415509.33491</v>
+        <v>3417628.2</v>
       </c>
       <c r="N196" s="4">
-        <v>1415509.3349101599</v>
+        <v>3417628.2</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>604</v>
+        <v>34</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>605</v>
+        <v>579</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>602</v>
+        <v>581</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T196" s="4">
         <v>0.01</v>
       </c>
       <c r="U196" s="2">
-        <v>49943</v>
+        <v>53595</v>
       </c>
       <c r="V196" s="4">
-        <v>6.22</v>
+        <v>5.73</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>606</v>
+        <v>583</v>
       </c>
       <c r="X196" s="4">
-        <v>36929.132372699998</v>
+        <v>0</v>
       </c>
       <c r="Y196" s="4">
-        <v>36929.132372</v>
+        <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>1.109E-3</v>
+        <v>2.777E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>607</v>
+        <v>584</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>608</v>
+        <v>585</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D197" s="4">
-        <v>8346802.5386469997</v>
+        <v>3230000</v>
       </c>
       <c r="E197" s="5">
-        <v>9.3789300000000004</v>
+        <v>99.731449999999995</v>
       </c>
       <c r="F197" s="4">
-        <v>824584.05425617006</v>
+        <v>3221325.835</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H197" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I197" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J197" s="5">
-        <v>9.3789300000000004</v>
+        <v>99.731449999999995</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M197" s="4">
-        <v>824584.05425599997</v>
+        <v>3221325.835</v>
       </c>
       <c r="N197" s="4">
-        <v>824584.05425617006</v>
+        <v>3221325.835</v>
       </c>
       <c r="O197" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>605</v>
+        <v>579</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>607</v>
+        <v>584</v>
       </c>
       <c r="S197" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T197" s="4">
         <v>0.01</v>
       </c>
       <c r="U197" s="2">
-        <v>50124</v>
+        <v>55634</v>
       </c>
       <c r="V197" s="4">
-        <v>6.43</v>
+        <v>5.9640000000000004</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>609</v>
+        <v>586</v>
       </c>
       <c r="X197" s="4">
-        <v>41743.286918279999</v>
+        <v>0</v>
       </c>
       <c r="Y197" s="4">
-        <v>41743.286917999998</v>
+        <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>6.4599999999999998E-4</v>
+        <v>2.6180000000000001E-3</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>610</v>
+        <v>587</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>611</v>
+        <v>588</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D198" s="4">
-        <v>13916000</v>
+        <v>1747263.0120000001</v>
       </c>
       <c r="E198" s="5">
-        <v>104.81146</v>
+        <v>102.47168000000001</v>
       </c>
       <c r="F198" s="4">
-        <v>14644679.410511101</v>
+        <v>1790449.762415</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H198" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I198" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J198" s="5">
-        <v>104.81146</v>
+        <v>102.47168000000001</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M198" s="4">
-        <v>14644679.410511</v>
+        <v>1790449.762415</v>
       </c>
       <c r="N198" s="4">
-        <v>14644679.410511101</v>
+        <v>1790449.762415</v>
       </c>
       <c r="O198" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>612</v>
+        <v>579</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>610</v>
+        <v>587</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T198" s="4">
         <v>0.01</v>
       </c>
       <c r="U198" s="2">
-        <v>52998</v>
+        <v>57278</v>
       </c>
       <c r="V198" s="4">
-        <v>5.6439120000000003</v>
+        <v>6.5807000000000002</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>613</v>
+        <v>589</v>
       </c>
       <c r="X198" s="4">
-        <v>59116.636911109999</v>
+        <v>0</v>
       </c>
       <c r="Y198" s="4">
-        <v>59116.636911000001</v>
+        <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>1.1475000000000001E-2</v>
+        <v>1.4549999999999999E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>614</v>
+        <v>590</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>615</v>
+        <v>591</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D199" s="4">
-        <v>7000000</v>
+        <v>1752308.473552</v>
       </c>
       <c r="E199" s="5">
-        <v>100.80139</v>
+        <v>102.78165</v>
       </c>
       <c r="F199" s="4">
-        <v>7069681.1888888897</v>
+        <v>1802341.32257389</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H199" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I199" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J199" s="5">
-        <v>100.80139</v>
+        <v>102.78165</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M199" s="4">
-        <v>7069681.1888880003</v>
+        <v>1802341.3225730001</v>
       </c>
       <c r="N199" s="4">
-        <v>7069681.1888888897</v>
+        <v>1802341.32257389</v>
       </c>
       <c r="O199" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P199" s="3" t="s">
-        <v>616</v>
+        <v>592</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>614</v>
+        <v>590</v>
       </c>
       <c r="S199" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T199" s="4">
         <v>0.01</v>
       </c>
       <c r="U199" s="2">
-        <v>47164</v>
+        <v>49820</v>
       </c>
       <c r="V199" s="4">
-        <v>4.99</v>
+        <v>4.4162100000000004</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>617</v>
+        <v>593</v>
       </c>
       <c r="X199" s="4">
-        <v>13583.88888889</v>
+        <v>1289.76036733</v>
       </c>
       <c r="Y199" s="4">
-        <v>13583.888887999999</v>
+        <v>1289.7603670000001</v>
       </c>
       <c r="Z199" s="6">
-        <v>5.5389999999999997E-3</v>
+        <v>1.464E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>618</v>
+        <v>594</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>619</v>
+        <v>595</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D200" s="4">
-        <v>2475199.1639999999</v>
+        <v>7586116.3239310002</v>
       </c>
       <c r="E200" s="5">
-        <v>49.221690000000002</v>
+        <v>17.622800000000002</v>
       </c>
       <c r="F200" s="4">
-        <v>1227960.63391334</v>
+        <v>1336886.1075337101</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H200" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I200" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J200" s="5">
-        <v>49.221690000000002</v>
+        <v>17.622800000000002</v>
       </c>
       <c r="K200" s="5">
         <v>1</v>
       </c>
       <c r="L200" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M200" s="4">
-        <v>1227960.6339130001</v>
+        <v>1336886.1075329999</v>
       </c>
       <c r="N200" s="4">
-        <v>1227960.63391334</v>
+        <v>1336886.1075337101</v>
       </c>
       <c r="O200" s="3" t="s">
-        <v>34</v>
+        <v>596</v>
       </c>
       <c r="P200" s="3" t="s">
-        <v>620</v>
+        <v>597</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R200" s="3" t="s">
-        <v>618</v>
+        <v>594</v>
       </c>
       <c r="S200" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T200" s="4">
         <v>0.01</v>
       </c>
       <c r="U200" s="2">
-        <v>49515</v>
+        <v>49943</v>
       </c>
       <c r="V200" s="4">
-        <v>5</v>
+        <v>5.72</v>
       </c>
       <c r="W200" s="3" t="s">
-        <v>621</v>
+        <v>598</v>
       </c>
       <c r="X200" s="4">
-        <v>9625.7745266700003</v>
+        <v>0</v>
       </c>
       <c r="Y200" s="4">
-        <v>9625.7745259999992</v>
+        <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>9.6199999999999996E-4</v>
+        <v>1.0859999999999999E-3</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>622</v>
+        <v>599</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>623</v>
+        <v>600</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D201" s="4">
-        <v>6267351.2372909999</v>
+        <v>8321250.1795309996</v>
       </c>
       <c r="E201" s="5">
-        <v>93.855320000000006</v>
+        <v>8.9994700000000005</v>
       </c>
       <c r="F201" s="4">
-        <v>5885382.3351240801</v>
+        <v>748868.41353182995</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H201" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I201" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J201" s="5">
-        <v>93.855320000000006</v>
+        <v>8.9994700000000005</v>
       </c>
       <c r="K201" s="5">
         <v>1</v>
       </c>
       <c r="L201" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M201" s="4">
-        <v>5885382.335124</v>
+        <v>748868.41353100003</v>
       </c>
       <c r="N201" s="4">
-        <v>5885382.3351240801</v>
+        <v>748868.41353182995</v>
       </c>
       <c r="O201" s="3" t="s">
-        <v>624</v>
+        <v>34</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>625</v>
+        <v>597</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>622</v>
+        <v>599</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T201" s="4">
         <v>0.01</v>
       </c>
       <c r="U201" s="2">
-        <v>53442</v>
+        <v>50124</v>
       </c>
       <c r="V201" s="4">
-        <v>4.5087599999999997</v>
+        <v>6.43</v>
       </c>
       <c r="W201" s="3" t="s">
-        <v>626</v>
+        <v>601</v>
       </c>
       <c r="X201" s="4">
-        <v>3139.7758405200002</v>
+        <v>0</v>
       </c>
       <c r="Y201" s="4">
-        <v>3139.7758399999998</v>
+        <v>0</v>
       </c>
       <c r="Z201" s="6">
-        <v>4.6109999999999996E-3</v>
+        <v>6.0800000000000003E-4</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>627</v>
+        <v>602</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>628</v>
+        <v>603</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D202" s="4">
-        <v>1005933.316356</v>
+        <v>4636000</v>
       </c>
       <c r="E202" s="5">
-        <v>76.004279999999994</v>
+        <v>103.61882</v>
       </c>
       <c r="F202" s="4">
-        <v>767640.74390055996</v>
+        <v>4803768.4951999998</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H202" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I202" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J202" s="5">
-        <v>76.004279999999994</v>
+        <v>103.61882</v>
       </c>
       <c r="K202" s="5">
         <v>1</v>
       </c>
       <c r="L202" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M202" s="4">
-        <v>767640.7439</v>
+        <v>4803768.4951999998</v>
       </c>
       <c r="N202" s="4">
-        <v>767640.74390055996</v>
+        <v>4803768.4951999998</v>
       </c>
       <c r="O202" s="3" t="s">
-        <v>629</v>
+        <v>34</v>
       </c>
       <c r="P202" s="3" t="s">
-        <v>630</v>
+        <v>604</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>627</v>
+        <v>602</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T202" s="4">
         <v>0.01</v>
       </c>
       <c r="U202" s="2">
-        <v>50034</v>
+        <v>52998</v>
       </c>
       <c r="V202" s="4">
-        <v>3.9473410000000002</v>
+        <v>5.4618500000000001</v>
       </c>
       <c r="W202" s="3" t="s">
-        <v>631</v>
+        <v>605</v>
       </c>
       <c r="X202" s="4">
-        <v>3088.36952432</v>
+        <v>0</v>
       </c>
       <c r="Y202" s="4">
-        <v>3088.3695240000002</v>
+        <v>0</v>
       </c>
       <c r="Z202" s="6">
-        <v>6.0099999999999997E-4</v>
+        <v>3.9039999999999999E-3</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>632</v>
+        <v>606</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>633</v>
+        <v>607</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D203" s="4">
-        <v>770958.13425999996</v>
+        <v>6981889.0750000002</v>
       </c>
       <c r="E203" s="5">
-        <v>77.14434</v>
+        <v>100.85592</v>
       </c>
       <c r="F203" s="4">
-        <v>597176.57600392005</v>
+        <v>7057132.7384081902</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H203" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I203" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J203" s="5">
-        <v>77.14434</v>
+        <v>100.85592</v>
       </c>
       <c r="K203" s="5">
         <v>1</v>
       </c>
       <c r="L203" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M203" s="4">
-        <v>597176.57600300002</v>
+        <v>7057132.7384080002</v>
       </c>
       <c r="N203" s="4">
-        <v>597176.57600392005</v>
+        <v>7057132.7384081902</v>
       </c>
       <c r="O203" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>630</v>
+        <v>608</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>632</v>
+        <v>606</v>
       </c>
       <c r="S203" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T203" s="4">
         <v>0.01</v>
       </c>
       <c r="U203" s="2">
-        <v>50124</v>
+        <v>47164</v>
       </c>
       <c r="V203" s="4">
-        <v>4.04582</v>
+        <v>4.99</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>634</v>
+        <v>609</v>
       </c>
       <c r="X203" s="4">
-        <v>2426.01165236</v>
+        <v>15484.27843744</v>
       </c>
       <c r="Y203" s="4">
-        <v>2426.0116520000001</v>
+        <v>15484.278437000001</v>
       </c>
       <c r="Z203" s="6">
-        <v>4.6700000000000002E-4</v>
+        <v>5.7349999999999996E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>635</v>
+        <v>610</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>636</v>
+        <v>611</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D204" s="4">
-        <v>8485464.3709999993</v>
+        <v>2467823.0592</v>
       </c>
       <c r="E204" s="5">
-        <v>98.509150000000005</v>
+        <v>48.603119999999997</v>
       </c>
       <c r="F204" s="4">
-        <v>8374044.0954178404</v>
+        <v>1199439.0028506501</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H204" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I204" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J204" s="5">
-        <v>98.509150000000005</v>
+        <v>48.603119999999997</v>
       </c>
       <c r="K204" s="5">
         <v>1</v>
       </c>
       <c r="L204" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M204" s="4">
-        <v>8374044.0954170004</v>
+        <v>1199439.00285</v>
       </c>
       <c r="N204" s="4">
-        <v>8374044.0954178404</v>
+        <v>1199439.0028506501</v>
       </c>
       <c r="O204" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>637</v>
+        <v>612</v>
       </c>
       <c r="Q204" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>635</v>
+        <v>610</v>
       </c>
       <c r="S204" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T204" s="4">
         <v>0.01</v>
       </c>
       <c r="U204" s="2">
-        <v>51761</v>
+        <v>49515</v>
       </c>
       <c r="V204" s="4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>638</v>
+        <v>613</v>
       </c>
       <c r="X204" s="4">
-        <v>15085.26999289</v>
+        <v>0</v>
       </c>
       <c r="Y204" s="4">
-        <v>15085.269992</v>
+        <v>0</v>
       </c>
       <c r="Z204" s="6">
-        <v>6.5620000000000001E-3</v>
+        <v>9.7400000000000004E-4</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>639</v>
+        <v>614</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>640</v>
+        <v>615</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D205" s="4">
-        <v>11393000</v>
+        <v>6175365.0917389998</v>
       </c>
       <c r="E205" s="5">
-        <v>101.81976</v>
+        <v>93.536670000000001</v>
       </c>
       <c r="F205" s="4">
-        <v>11652337.5298166</v>
+        <v>5780642.3524233401</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H205" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I205" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J205" s="5">
-        <v>101.81976</v>
+        <v>93.536670000000001</v>
       </c>
       <c r="K205" s="5">
         <v>1</v>
       </c>
       <c r="L205" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M205" s="4">
-        <v>11652337.529816</v>
+        <v>5780642.3524230001</v>
       </c>
       <c r="N205" s="4">
-        <v>11652337.5298166</v>
+        <v>5780642.3524233401</v>
       </c>
       <c r="O205" s="3" t="s">
-        <v>34</v>
+        <v>616</v>
       </c>
       <c r="P205" s="3" t="s">
-        <v>641</v>
+        <v>617</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R205" s="3" t="s">
-        <v>639</v>
+        <v>614</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T205" s="4">
         <v>0.01</v>
       </c>
       <c r="U205" s="2">
-        <v>51048</v>
+        <v>53442</v>
       </c>
       <c r="V205" s="4">
-        <v>5.9903880000000003</v>
+        <v>4.2862099999999996</v>
       </c>
       <c r="W205" s="3" t="s">
-        <v>642</v>
+        <v>618</v>
       </c>
       <c r="X205" s="4">
-        <v>52012.273016669998</v>
+        <v>4411.4852683099998</v>
       </c>
       <c r="Y205" s="4">
-        <v>52012.273015999999</v>
+        <v>4411.4852680000004</v>
       </c>
       <c r="Z205" s="6">
-        <v>9.1299999999999992E-3</v>
+        <v>4.6979999999999999E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>643</v>
+        <v>619</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>644</v>
+        <v>620</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D206" s="4">
-        <v>26996.309964</v>
+        <v>1004161.597493</v>
       </c>
       <c r="E206" s="5">
-        <v>99.537030000000001</v>
+        <v>75.947620000000001</v>
       </c>
       <c r="F206" s="4">
-        <v>26993.895819090001</v>
+        <v>762636.83424984</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H206" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I206" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J206" s="5">
-        <v>99.537030000000001</v>
+        <v>75.947620000000001</v>
       </c>
       <c r="K206" s="5">
         <v>1</v>
       </c>
       <c r="L206" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M206" s="4">
-        <v>26993.895819000001</v>
+        <v>762636.83424899995</v>
       </c>
       <c r="N206" s="4">
-        <v>26993.895819090001</v>
+        <v>762636.83424984</v>
       </c>
       <c r="O206" s="3" t="s">
-        <v>34</v>
+        <v>621</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>645</v>
+        <v>622</v>
       </c>
       <c r="Q206" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R206" s="3" t="s">
-        <v>643</v>
+        <v>619</v>
       </c>
       <c r="S206" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T206" s="4">
         <v>0.01</v>
       </c>
       <c r="U206" s="2">
-        <v>50097</v>
+        <v>50034</v>
       </c>
       <c r="V206" s="4">
-        <v>6.0537000000000001</v>
+        <v>3.9407290000000001</v>
       </c>
       <c r="W206" s="3" t="s">
-        <v>646</v>
+        <v>623</v>
       </c>
       <c r="X206" s="4">
-        <v>122.57067121999999</v>
+        <v>0</v>
       </c>
       <c r="Y206" s="4">
-        <v>122.570671</v>
+        <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>2.0999999999999999E-5</v>
+        <v>6.1899999999999998E-4</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>647</v>
+        <v>624</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>648</v>
+        <v>625</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D207" s="4">
-        <v>2909988.0935940002</v>
+        <v>769430.51646900002</v>
       </c>
       <c r="E207" s="5">
-        <v>100.0352</v>
+        <v>77.088710000000006</v>
       </c>
       <c r="F207" s="4">
-        <v>2927549.0310756098</v>
+        <v>593144.05949263996</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H207" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I207" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J207" s="5">
-        <v>100.0352</v>
+        <v>77.088710000000006</v>
       </c>
       <c r="K207" s="5">
         <v>1</v>
       </c>
       <c r="L207" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M207" s="4">
-        <v>2927549.0310749998</v>
+        <v>593144.05949200003</v>
       </c>
       <c r="N207" s="4">
-        <v>2927549.0310756098</v>
+        <v>593144.05949263996</v>
       </c>
       <c r="O207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>649</v>
+        <v>622</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>647</v>
+        <v>624</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T207" s="4">
         <v>0.01</v>
       </c>
       <c r="U207" s="2">
-        <v>48141</v>
+        <v>50124</v>
       </c>
       <c r="V207" s="4">
-        <v>5.1144400000000001</v>
+        <v>4.0400869999999998</v>
       </c>
       <c r="W207" s="3" t="s">
-        <v>650</v>
+        <v>626</v>
       </c>
       <c r="X207" s="4">
-        <v>16536.62167267</v>
+        <v>0</v>
       </c>
       <c r="Y207" s="4">
-        <v>16536.621672000001</v>
+        <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>2.294E-3</v>
+        <v>4.8200000000000001E-4</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>651</v>
+        <v>627</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>652</v>
+        <v>628</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D208" s="4">
-        <v>3645301.6418940001</v>
+        <v>8485464.3709999993</v>
       </c>
       <c r="E208" s="5">
-        <v>96.467280000000002</v>
+        <v>98.472009999999997</v>
       </c>
       <c r="F208" s="4">
-        <v>3534465.9690368399</v>
+        <v>8372778.2526995596</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H208" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I208" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J208" s="5">
-        <v>96.467280000000002</v>
+        <v>98.472009999999997</v>
       </c>
       <c r="K208" s="5">
         <v>1</v>
       </c>
       <c r="L208" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M208" s="4">
-        <v>3534465.9690359998</v>
+        <v>8372778.2526989998</v>
       </c>
       <c r="N208" s="4">
-        <v>3534465.9690368399</v>
+        <v>8372778.2526995596</v>
       </c>
       <c r="O208" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P208" s="3" t="s">
-        <v>653</v>
+        <v>629</v>
       </c>
       <c r="Q208" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R208" s="3" t="s">
-        <v>651</v>
+        <v>627</v>
       </c>
       <c r="S208" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T208" s="4">
         <v>0.01</v>
       </c>
       <c r="U208" s="2">
-        <v>52075</v>
+        <v>51761</v>
       </c>
       <c r="V208" s="4">
-        <v>5.3695899999999996</v>
+        <v>4</v>
       </c>
       <c r="W208" s="3" t="s">
-        <v>654</v>
+        <v>630</v>
       </c>
       <c r="X208" s="4">
-        <v>17942.627306359998</v>
+        <v>16970.928742</v>
       </c>
       <c r="Y208" s="4">
-        <v>17942.627305999998</v>
+        <v>16970.928742</v>
       </c>
       <c r="Z208" s="6">
-        <v>2.7690000000000002E-3</v>
+        <v>6.8040000000000002E-3</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>655</v>
+        <v>631</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>656</v>
+        <v>632</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D209" s="4">
-        <v>4584282.4190800004</v>
+        <v>11393000</v>
       </c>
       <c r="E209" s="5">
-        <v>98.123459999999994</v>
+        <v>101.95985</v>
       </c>
       <c r="F209" s="4">
-        <v>4541381.0869692899</v>
+        <v>11616285.7105</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H209" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I209" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J209" s="5">
-        <v>98.123459999999994</v>
+        <v>101.95985</v>
       </c>
       <c r="K209" s="5">
         <v>1</v>
       </c>
       <c r="L209" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M209" s="4">
-        <v>4541381.0869690003</v>
+        <v>11616285.7105</v>
       </c>
       <c r="N209" s="4">
-        <v>4541381.0869692899</v>
+        <v>11616285.7105</v>
       </c>
       <c r="O209" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P209" s="3" t="s">
-        <v>653</v>
+        <v>633</v>
       </c>
       <c r="Q209" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R209" s="3" t="s">
-        <v>655</v>
+        <v>631</v>
       </c>
       <c r="S209" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T209" s="4">
         <v>0.01</v>
       </c>
       <c r="U209" s="2">
-        <v>50766</v>
+        <v>51048</v>
       </c>
       <c r="V209" s="4">
-        <v>5.5517000000000003</v>
+        <v>5.7971500000000002</v>
       </c>
       <c r="W209" s="3" t="s">
-        <v>657</v>
+        <v>634</v>
       </c>
       <c r="X209" s="4">
-        <v>43124.56119629</v>
+        <v>0</v>
       </c>
       <c r="Y209" s="4">
-        <v>43124.561196000002</v>
+        <v>0</v>
       </c>
       <c r="Z209" s="6">
-        <v>3.558E-3</v>
+        <v>9.4400000000000005E-3</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>658</v>
+        <v>635</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>659</v>
+        <v>636</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D210" s="4">
-        <v>11586833.4099</v>
+        <v>26996.309964</v>
       </c>
       <c r="E210" s="5">
-        <v>83.354399999999998</v>
+        <v>95.581630000000004</v>
       </c>
       <c r="F210" s="4">
-        <v>9764188.3700396195</v>
+        <v>25935.163083750002</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H210" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I210" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J210" s="5">
-        <v>83.354399999999998</v>
+        <v>95.581630000000004</v>
       </c>
       <c r="K210" s="5">
         <v>1</v>
       </c>
       <c r="L210" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M210" s="4">
-        <v>9764188.3700389992</v>
+        <v>25935.163082999999</v>
       </c>
       <c r="N210" s="4">
-        <v>9764188.3700396195</v>
+        <v>25935.163083750002</v>
       </c>
       <c r="O210" s="3" t="s">
-        <v>660</v>
+        <v>34</v>
       </c>
       <c r="P210" s="3" t="s">
-        <v>653</v>
+        <v>637</v>
       </c>
       <c r="Q210" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R210" s="3" t="s">
-        <v>658</v>
+        <v>635</v>
       </c>
       <c r="S210" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T210" s="4">
         <v>0.01</v>
       </c>
       <c r="U210" s="2">
-        <v>51952</v>
+        <v>50097</v>
       </c>
       <c r="V210" s="4">
-        <v>5.4016999999999999</v>
+        <v>6.0537000000000001</v>
       </c>
       <c r="W210" s="3" t="s">
-        <v>661</v>
+        <v>638</v>
       </c>
       <c r="X210" s="4">
-        <v>106052.90221794001</v>
+        <v>131.64998019999999</v>
       </c>
       <c r="Y210" s="4">
-        <v>106052.902217</v>
+        <v>131.64998</v>
       </c>
       <c r="Z210" s="6">
-        <v>7.6509999999999998E-3</v>
+        <v>2.0999999999999999E-5</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>662</v>
+        <v>639</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>663</v>
+        <v>640</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D211" s="4">
-        <v>3325063.5989999999</v>
+        <v>2909988.0935940002</v>
       </c>
       <c r="E211" s="5">
-        <v>95.231589999999997</v>
+        <v>100.0234</v>
       </c>
       <c r="F211" s="4">
-        <v>3175782.3195074699</v>
+        <v>2940848.3653605198</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H211" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I211" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J211" s="5">
-        <v>95.231589999999997</v>
+        <v>100.0234</v>
       </c>
       <c r="K211" s="5">
         <v>1</v>
       </c>
       <c r="L211" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M211" s="4">
-        <v>3175782.319507</v>
+        <v>2940848.3653600002</v>
       </c>
       <c r="N211" s="4">
-        <v>3175782.3195074699</v>
+        <v>2940848.3653605198</v>
       </c>
       <c r="O211" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P211" s="3" t="s">
-        <v>664</v>
+        <v>641</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R211" s="3" t="s">
-        <v>662</v>
+        <v>639</v>
       </c>
       <c r="S211" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T211" s="4">
         <v>0.01</v>
       </c>
       <c r="U211" s="2">
-        <v>51241</v>
+        <v>48141</v>
       </c>
       <c r="V211" s="4">
-        <v>7.17</v>
+        <v>5.1144400000000001</v>
       </c>
       <c r="W211" s="3" t="s">
-        <v>665</v>
+        <v>642</v>
       </c>
       <c r="X211" s="4">
-        <v>9271.3856685400006</v>
+        <v>30179.334552619999</v>
       </c>
       <c r="Y211" s="4">
-        <v>9271.3856680000008</v>
+        <v>30179.334552</v>
       </c>
       <c r="Z211" s="6">
-        <v>2.4880000000000002E-3</v>
+        <v>2.3900000000000002E-3</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>666</v>
+        <v>643</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>667</v>
+        <v>644</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D212" s="4">
-        <v>2111575.5517500001</v>
+        <v>3645301.6418940001</v>
       </c>
       <c r="E212" s="5">
-        <v>92.232479999999995</v>
+        <v>96.585909999999998</v>
       </c>
       <c r="F212" s="4">
-        <v>1948630.4186658</v>
+        <v>3556733.01768097</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H212" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I212" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J212" s="5">
-        <v>92.232479999999995</v>
+        <v>96.585909999999998</v>
       </c>
       <c r="K212" s="5">
         <v>1</v>
       </c>
       <c r="L212" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M212" s="4">
-        <v>1948630.418665</v>
+        <v>3556733.01768</v>
       </c>
       <c r="N212" s="4">
-        <v>1948630.4186658</v>
+        <v>3556733.01768097</v>
       </c>
       <c r="O212" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P212" s="3" t="s">
-        <v>668</v>
+        <v>645</v>
       </c>
       <c r="Q212" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R212" s="3" t="s">
-        <v>666</v>
+        <v>643</v>
       </c>
       <c r="S212" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T212" s="4">
         <v>0.01</v>
       </c>
       <c r="U212" s="2">
-        <v>50124</v>
+        <v>52075</v>
       </c>
       <c r="V212" s="4">
-        <v>4.5687600000000002</v>
+        <v>5.3695899999999996</v>
       </c>
       <c r="W212" s="3" t="s">
-        <v>669</v>
+        <v>646</v>
       </c>
       <c r="X212" s="4">
-        <v>1071.9202130900001</v>
+        <v>35885.254612709999</v>
       </c>
       <c r="Y212" s="4">
-        <v>1071.9202130000001</v>
+        <v>35885.254611999997</v>
       </c>
       <c r="Z212" s="6">
-        <v>1.526E-3</v>
+        <v>2.8900000000000002E-3</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>670</v>
+        <v>647</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>671</v>
+        <v>648</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D213" s="4">
-        <v>3731451.0801749998</v>
+        <v>4222600.866068</v>
       </c>
       <c r="E213" s="5">
-        <v>100.08682</v>
+        <v>98.005750000000006</v>
       </c>
       <c r="F213" s="4">
-        <v>3751038.62779073</v>
+        <v>4140239.5217744401</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H213" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I213" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J213" s="5">
-        <v>100.08682</v>
+        <v>98.005750000000006</v>
       </c>
       <c r="K213" s="5">
         <v>1</v>
       </c>
       <c r="L213" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M213" s="4">
-        <v>3751038.6277899998</v>
+        <v>4140239.521774</v>
       </c>
       <c r="N213" s="4">
-        <v>3751038.62779073</v>
+        <v>4140239.5217744401</v>
       </c>
       <c r="O213" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>668</v>
+        <v>645</v>
       </c>
       <c r="Q213" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>670</v>
+        <v>647</v>
       </c>
       <c r="S213" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T213" s="4">
         <v>0.01</v>
       </c>
       <c r="U213" s="2">
-        <v>50338</v>
+        <v>50766</v>
       </c>
       <c r="V213" s="4">
-        <v>5.4950400000000004</v>
+        <v>5.2513800000000002</v>
       </c>
       <c r="W213" s="3" t="s">
-        <v>672</v>
+        <v>649</v>
       </c>
       <c r="X213" s="4">
-        <v>16347.90178792</v>
+        <v>1847.873478</v>
       </c>
       <c r="Y213" s="4">
-        <v>16347.901787000001</v>
+        <v>1847.873478</v>
       </c>
       <c r="Z213" s="6">
-        <v>2.9390000000000002E-3</v>
+        <v>3.3639999999999998E-3</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>673</v>
+        <v>650</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>674</v>
+        <v>651</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D214" s="4">
-        <v>662327.45844199997</v>
+        <v>11024862.5856</v>
       </c>
       <c r="E214" s="5">
-        <v>99.212969999999999</v>
+        <v>81.550809999999998</v>
       </c>
       <c r="F214" s="4">
-        <v>657450.96655708004</v>
+        <v>8995551.5744018201</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H214" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I214" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J214" s="5">
-        <v>99.212969999999999</v>
+        <v>81.550809999999998</v>
       </c>
       <c r="K214" s="5">
         <v>1</v>
       </c>
       <c r="L214" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M214" s="4">
-        <v>657450.96655699995</v>
+        <v>8995551.5744010005</v>
       </c>
       <c r="N214" s="4">
-        <v>657450.96655708004</v>
+        <v>8995551.5744018201</v>
       </c>
       <c r="O214" s="3" t="s">
-        <v>34</v>
+        <v>652</v>
       </c>
       <c r="P214" s="3" t="s">
-        <v>675</v>
+        <v>645</v>
       </c>
       <c r="Q214" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R214" s="3" t="s">
-        <v>673</v>
+        <v>650</v>
       </c>
       <c r="S214" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T214" s="4">
         <v>0.01</v>
       </c>
       <c r="U214" s="2">
-        <v>50277</v>
+        <v>51952</v>
       </c>
       <c r="V214" s="4">
-        <v>4.5687600000000002</v>
+        <v>5.1013799999999998</v>
       </c>
       <c r="W214" s="3" t="s">
-        <v>676</v>
+        <v>653</v>
       </c>
       <c r="X214" s="4">
-        <v>336.22391099999999</v>
+        <v>4686.8344580800003</v>
       </c>
       <c r="Y214" s="4">
-        <v>336.22391099999999</v>
+        <v>4686.8344580000003</v>
       </c>
       <c r="Z214" s="6">
-        <v>5.1500000000000005E-4</v>
+        <v>7.3099999999999997E-3</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>677</v>
+        <v>654</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>678</v>
+        <v>655</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D215" s="4">
-        <v>14600000</v>
+        <v>3330602.7370000002</v>
       </c>
       <c r="E215" s="5">
-        <v>90.291049999999998</v>
+        <v>95.380009999999999</v>
       </c>
       <c r="F215" s="4">
-        <v>13213085.166666601</v>
+        <v>3187342.7443327801</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H215" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I215" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J215" s="5">
-        <v>90.291049999999998</v>
+        <v>95.380009999999999</v>
       </c>
       <c r="K215" s="5">
         <v>1</v>
       </c>
       <c r="L215" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M215" s="4">
-        <v>13213085.166665999</v>
+        <v>3187342.7443320001</v>
       </c>
       <c r="N215" s="4">
-        <v>13213085.166666601</v>
+        <v>3187342.7443327801</v>
       </c>
       <c r="O215" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P215" s="3" t="s">
-        <v>679</v>
+        <v>656</v>
       </c>
       <c r="Q215" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R215" s="3" t="s">
-        <v>677</v>
+        <v>654</v>
       </c>
       <c r="S215" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T215" s="4">
         <v>0.01</v>
       </c>
       <c r="U215" s="2">
-        <v>51178</v>
+        <v>51241</v>
       </c>
       <c r="V215" s="4">
-        <v>2.694</v>
+        <v>7.17</v>
       </c>
       <c r="W215" s="3" t="s">
-        <v>680</v>
+        <v>657</v>
       </c>
       <c r="X215" s="4">
-        <v>30591.866666670001</v>
+        <v>10613.520721909999</v>
       </c>
       <c r="Y215" s="4">
-        <v>30591.866666000002</v>
+        <v>10613.520721000001</v>
       </c>
       <c r="Z215" s="6">
-        <v>1.0352999999999999E-2</v>
+        <v>2.5899999999999999E-3</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>681</v>
+        <v>658</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>682</v>
+        <v>659</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D216" s="4">
-        <v>3481919.2364719999</v>
+        <v>2101845.0253499998</v>
       </c>
       <c r="E216" s="5">
-        <v>5.3710800000000001</v>
+        <v>92.391720000000007</v>
       </c>
       <c r="F216" s="4">
-        <v>188714.59082277</v>
+        <v>1943453.28063324</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H216" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I216" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J216" s="5">
-        <v>5.3710800000000001</v>
+        <v>92.391720000000007</v>
       </c>
       <c r="K216" s="5">
         <v>1</v>
       </c>
       <c r="L216" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M216" s="4">
-        <v>188714.590822</v>
+        <v>1943453.280633</v>
       </c>
       <c r="N216" s="4">
-        <v>188714.59082277</v>
+        <v>1943453.28063324</v>
       </c>
       <c r="O216" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P216" s="3" t="s">
-        <v>683</v>
+        <v>660</v>
       </c>
       <c r="Q216" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R216" s="3" t="s">
-        <v>681</v>
+        <v>658</v>
       </c>
       <c r="S216" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T216" s="4">
         <v>0.01</v>
       </c>
       <c r="U216" s="2">
-        <v>49759</v>
+        <v>50124</v>
       </c>
       <c r="V216" s="4">
-        <v>4.3887600000000004</v>
+        <v>4.3462100000000001</v>
       </c>
       <c r="W216" s="3" t="s">
-        <v>684</v>
+        <v>661</v>
       </c>
       <c r="X216" s="4">
-        <v>1697.92309647</v>
+        <v>1522.50997794</v>
       </c>
       <c r="Y216" s="4">
-        <v>1697.923096</v>
+        <v>1522.5099769999999</v>
       </c>
       <c r="Z216" s="6">
-        <v>1.47E-4</v>
+        <v>1.5790000000000001E-3</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>685</v>
+        <v>662</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>686</v>
+        <v>663</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D217" s="4">
-        <v>84047.449200000003</v>
+        <v>3145969.2224610001</v>
       </c>
       <c r="E217" s="5">
-        <v>93.412790000000001</v>
+        <v>100.08</v>
       </c>
       <c r="F217" s="4">
-        <v>78511.067221549994</v>
+        <v>3148485.9978389698</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H217" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I217" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J217" s="5">
-        <v>93.412790000000001</v>
+        <v>100.08</v>
       </c>
       <c r="K217" s="5">
         <v>1</v>
       </c>
       <c r="L217" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M217" s="4">
-        <v>78511.067221000005</v>
+        <v>3148485.9978379998</v>
       </c>
       <c r="N217" s="4">
-        <v>78511.067221549994</v>
+        <v>3148485.9978389698</v>
       </c>
       <c r="O217" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P217" s="3" t="s">
-        <v>687</v>
+        <v>660</v>
       </c>
       <c r="Q217" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R217" s="3" t="s">
-        <v>685</v>
+        <v>662</v>
       </c>
       <c r="S217" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T217" s="4">
         <v>0.01</v>
       </c>
       <c r="U217" s="2">
-        <v>49001</v>
+        <v>50338</v>
       </c>
       <c r="V217" s="4">
-        <v>4.2978399999999999</v>
+        <v>6.46</v>
       </c>
       <c r="W217" s="3" t="s">
-        <v>688</v>
+        <v>664</v>
       </c>
       <c r="X217" s="4">
         <v>0</v>
       </c>
       <c r="Y217" s="4">
         <v>0</v>
       </c>
       <c r="Z217" s="6">
-        <v>6.0999999999999999E-5</v>
+        <v>2.5579999999999999E-3</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>689</v>
+        <v>665</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>690</v>
+        <v>666</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D218" s="4">
-        <v>1019284.6608</v>
+        <v>659265.60523999995</v>
       </c>
       <c r="E218" s="5">
-        <v>98.476569999999995</v>
+        <v>99.00779</v>
       </c>
       <c r="F218" s="4">
-        <v>1004387.25600838</v>
+        <v>653201.85710589006</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H218" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I218" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J218" s="5">
-        <v>98.476569999999995</v>
+        <v>99.00779</v>
       </c>
       <c r="K218" s="5">
         <v>1</v>
       </c>
       <c r="L218" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M218" s="4">
-        <v>1004387.256008</v>
+        <v>653201.85710499994</v>
       </c>
       <c r="N218" s="4">
-        <v>1004387.25600838</v>
+        <v>653201.85710589006</v>
       </c>
       <c r="O218" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>691</v>
+        <v>667</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>689</v>
+        <v>665</v>
       </c>
       <c r="S218" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T218" s="4">
         <v>0.01</v>
       </c>
       <c r="U218" s="2">
-        <v>58039</v>
+        <v>50277</v>
       </c>
       <c r="V218" s="4">
-        <v>7.0687600000000002</v>
+        <v>4.3462100000000001</v>
       </c>
       <c r="W218" s="3" t="s">
-        <v>692</v>
+        <v>668</v>
       </c>
       <c r="X218" s="4">
-        <v>630.68351641000004</v>
+        <v>477.55112768999999</v>
       </c>
       <c r="Y218" s="4">
-        <v>630.68351600000005</v>
+        <v>477.55112700000001</v>
       </c>
       <c r="Z218" s="6">
-        <v>7.8700000000000005E-4</v>
+        <v>5.2999999999999998E-4</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>693</v>
+        <v>669</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>694</v>
+        <v>670</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D219" s="4">
-        <v>1135765.091331</v>
+        <v>14600000</v>
       </c>
       <c r="E219" s="5">
-        <v>100.0839</v>
+        <v>90.536739999999995</v>
       </c>
       <c r="F219" s="4">
-        <v>1144730.4423736001</v>
+        <v>13218364.039999999</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H219" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I219" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J219" s="5">
-        <v>100.0839</v>
+        <v>90.536739999999995</v>
       </c>
       <c r="K219" s="5">
         <v>1</v>
       </c>
       <c r="L219" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M219" s="4">
-        <v>1144730.4423730001</v>
+        <v>13218364.039999999</v>
       </c>
       <c r="N219" s="4">
-        <v>1144730.4423736001</v>
+        <v>13218364.039999999</v>
       </c>
       <c r="O219" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P219" s="3" t="s">
-        <v>695</v>
+        <v>671</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>693</v>
+        <v>669</v>
       </c>
       <c r="S219" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T219" s="4">
         <v>0.01</v>
       </c>
       <c r="U219" s="2">
-        <v>48689</v>
+        <v>51178</v>
       </c>
       <c r="V219" s="4">
-        <v>5.0999600000000003</v>
+        <v>2.694</v>
       </c>
       <c r="W219" s="3" t="s">
-        <v>696</v>
+        <v>672</v>
       </c>
       <c r="X219" s="4">
-        <v>8012.4441309800004</v>
+        <v>0</v>
       </c>
       <c r="Y219" s="4">
-        <v>8012.4441299999999</v>
+        <v>0</v>
       </c>
       <c r="Z219" s="6">
-        <v>8.9700000000000001E-4</v>
+        <v>1.0742E-2</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>697</v>
+        <v>673</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>698</v>
+        <v>674</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D220" s="4">
-        <v>1599489.7404430001</v>
+        <v>3480243.25722</v>
       </c>
       <c r="E220" s="5">
-        <v>39.927190000000003</v>
+        <v>5.2892900000000003</v>
       </c>
       <c r="F220" s="4">
-        <v>646717.61694058997</v>
+        <v>186496.72928992001</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H220" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I220" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J220" s="5">
-        <v>39.927190000000003</v>
+        <v>5.2892900000000003</v>
       </c>
       <c r="K220" s="5">
         <v>1</v>
       </c>
       <c r="L220" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M220" s="4">
-        <v>646717.61693999998</v>
+        <v>186496.72928900001</v>
       </c>
       <c r="N220" s="4">
-        <v>646717.61694058997</v>
+        <v>186496.72928992001</v>
       </c>
       <c r="O220" s="3" t="s">
-        <v>699</v>
+        <v>34</v>
       </c>
       <c r="P220" s="3" t="s">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>697</v>
+        <v>673</v>
       </c>
       <c r="S220" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T220" s="4">
         <v>0.01</v>
       </c>
       <c r="U220" s="2">
-        <v>49730</v>
+        <v>49759</v>
       </c>
       <c r="V220" s="4">
-        <v>6.5</v>
+        <v>4.1662100000000004</v>
       </c>
       <c r="W220" s="3" t="s">
-        <v>701</v>
+        <v>676</v>
       </c>
       <c r="X220" s="4">
-        <v>8086.3092433499996</v>
+        <v>2416.5707101100002</v>
       </c>
       <c r="Y220" s="4">
-        <v>8086.3092429999997</v>
+        <v>2416.57071</v>
       </c>
       <c r="Z220" s="6">
-        <v>5.0600000000000005E-4</v>
+        <v>1.5100000000000001E-4</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>702</v>
+        <v>677</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>703</v>
+        <v>678</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D221" s="4">
-        <v>4000000</v>
+        <v>82389.683999999994</v>
       </c>
       <c r="E221" s="5">
-        <v>100.0959</v>
+        <v>93.688079999999999</v>
       </c>
       <c r="F221" s="4">
-        <v>4033700.7844444402</v>
+        <v>77189.313057670006</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H221" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I221" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J221" s="5">
-        <v>100.0959</v>
+        <v>93.688079999999999</v>
       </c>
       <c r="K221" s="5">
         <v>1</v>
       </c>
       <c r="L221" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M221" s="4">
-        <v>4033700.7844440001</v>
+        <v>77189.313057000007</v>
       </c>
       <c r="N221" s="4">
-        <v>4033700.7844444402</v>
+        <v>77189.313057670006</v>
       </c>
       <c r="O221" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P221" s="3" t="s">
-        <v>704</v>
+        <v>679</v>
       </c>
       <c r="Q221" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R221" s="3" t="s">
-        <v>702</v>
+        <v>677</v>
       </c>
       <c r="S221" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T221" s="4">
         <v>0.01</v>
       </c>
       <c r="U221" s="2">
-        <v>47768</v>
+        <v>49001</v>
       </c>
       <c r="V221" s="4">
-        <v>5.8431100000000002</v>
+        <v>4.0962100000000001</v>
       </c>
       <c r="W221" s="3" t="s">
-        <v>705</v>
+        <v>680</v>
       </c>
       <c r="X221" s="4">
-        <v>29864.78444444</v>
+        <v>0</v>
       </c>
       <c r="Y221" s="4">
-        <v>29864.784444000001</v>
+        <v>0</v>
       </c>
       <c r="Z221" s="6">
-        <v>3.16E-3</v>
+        <v>6.2000000000000003E-5</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>706</v>
+        <v>681</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>707</v>
+        <v>682</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D222" s="4">
-        <v>493619.65744099999</v>
+        <v>1012832.0727</v>
       </c>
       <c r="E222" s="5">
-        <v>100.017</v>
+        <v>98.220060000000004</v>
       </c>
       <c r="F222" s="4">
-        <v>496965.25722298998</v>
+        <v>995706.73833107995</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H222" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I222" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J222" s="5">
-        <v>100.017</v>
+        <v>98.220060000000004</v>
       </c>
       <c r="K222" s="5">
         <v>1</v>
       </c>
       <c r="L222" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M222" s="4">
-        <v>496965.25722199999</v>
+        <v>995706.73833099997</v>
       </c>
       <c r="N222" s="4">
-        <v>496965.25722298998</v>
+        <v>995706.73833107995</v>
       </c>
       <c r="O222" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P222" s="3" t="s">
-        <v>704</v>
+        <v>683</v>
       </c>
       <c r="Q222" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R222" s="3" t="s">
-        <v>706</v>
+        <v>681</v>
       </c>
       <c r="S222" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T222" s="4">
         <v>0.01</v>
       </c>
       <c r="U222" s="2">
-        <v>48044</v>
+        <v>58039</v>
       </c>
       <c r="V222" s="4">
-        <v>5.2861500000000001</v>
+        <v>6.8462100000000001</v>
       </c>
       <c r="W222" s="3" t="s">
-        <v>708</v>
+        <v>684</v>
       </c>
       <c r="X222" s="4">
-        <v>3261.6844402299998</v>
+        <v>902.46882589999996</v>
       </c>
       <c r="Y222" s="4">
-        <v>3261.68444</v>
+        <v>902.46882500000004</v>
       </c>
       <c r="Z222" s="6">
-        <v>3.8900000000000002E-4</v>
+        <v>8.0900000000000004E-4</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>709</v>
+        <v>685</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>710</v>
+        <v>686</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D223" s="4">
-        <v>1441858.77308</v>
+        <v>1599335.5553619999</v>
       </c>
       <c r="E223" s="5">
-        <v>99.997500000000002</v>
+        <v>39.089190000000002</v>
       </c>
       <c r="F223" s="4">
-        <v>1451350.56943482</v>
+        <v>625167.31397284998</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H223" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I223" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J223" s="5">
-        <v>99.997500000000002</v>
+        <v>39.089190000000002</v>
       </c>
       <c r="K223" s="5">
         <v>1</v>
       </c>
       <c r="L223" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M223" s="4">
-        <v>1451350.5694339999</v>
+        <v>625167.31397200003</v>
       </c>
       <c r="N223" s="4">
-        <v>1451350.56943482</v>
+        <v>625167.31397284998</v>
       </c>
       <c r="O223" s="3" t="s">
-        <v>34</v>
+        <v>687</v>
       </c>
       <c r="P223" s="3" t="s">
-        <v>711</v>
+        <v>688</v>
       </c>
       <c r="Q223" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R223" s="3" t="s">
-        <v>709</v>
+        <v>685</v>
       </c>
       <c r="S223" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T223" s="4">
         <v>0.01</v>
       </c>
       <c r="U223" s="2">
-        <v>48683</v>
+        <v>49730</v>
       </c>
       <c r="V223" s="4">
-        <v>5.1715</v>
+        <v>6.5</v>
       </c>
       <c r="W223" s="3" t="s">
-        <v>712</v>
+        <v>689</v>
       </c>
       <c r="X223" s="4">
-        <v>9527.8428241500005</v>
+        <v>0</v>
       </c>
       <c r="Y223" s="4">
-        <v>9527.8428239999994</v>
+        <v>0</v>
       </c>
       <c r="Z223" s="6">
-        <v>1.137E-3</v>
+        <v>5.0799999999999999E-4</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>713</v>
+        <v>690</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>714</v>
+        <v>691</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D224" s="4">
-        <v>7625000</v>
+        <v>4000000</v>
       </c>
       <c r="E224" s="5">
-        <v>13.125</v>
+        <v>100.07429999999999</v>
       </c>
       <c r="F224" s="4">
-        <v>1002983.53638889</v>
+        <v>4054261.5211111102</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H224" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I224" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J224" s="5">
-        <v>13.125</v>
+        <v>100.07429999999999</v>
       </c>
       <c r="K224" s="5">
         <v>1</v>
       </c>
       <c r="L224" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M224" s="4">
-        <v>1002983.536388</v>
+        <v>4054261.5211109999</v>
       </c>
       <c r="N224" s="4">
-        <v>1002983.53638889</v>
+        <v>4054261.5211111102</v>
       </c>
       <c r="O224" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P224" s="3" t="s">
-        <v>715</v>
+        <v>692</v>
       </c>
       <c r="Q224" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R224" s="3" t="s">
-        <v>713</v>
+        <v>690</v>
       </c>
       <c r="S224" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T224" s="4">
         <v>0.01</v>
       </c>
       <c r="U224" s="2">
-        <v>50489</v>
+        <v>47768</v>
       </c>
       <c r="V224" s="4">
-        <v>5.33467</v>
+        <v>5.8431100000000002</v>
       </c>
       <c r="W224" s="3" t="s">
-        <v>716</v>
+        <v>693</v>
       </c>
       <c r="X224" s="4">
-        <v>2202.2863888900001</v>
+        <v>51289.52111111</v>
       </c>
       <c r="Y224" s="4">
-        <v>2202.286388</v>
+        <v>51289.521111000002</v>
       </c>
       <c r="Z224" s="6">
-        <v>7.85E-4</v>
+        <v>3.2940000000000001E-3</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>717</v>
+        <v>694</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>718</v>
+        <v>695</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D225" s="4">
-        <v>2728431.34179</v>
+        <v>493619.65744099999</v>
       </c>
       <c r="E225" s="5">
-        <v>98.363190000000003</v>
+        <v>100.0043</v>
       </c>
       <c r="F225" s="4">
-        <v>2685093.5022328198</v>
+        <v>499294.46944933</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H225" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I225" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J225" s="5">
-        <v>98.363190000000003</v>
+        <v>100.0043</v>
       </c>
       <c r="K225" s="5">
         <v>1</v>
       </c>
       <c r="L225" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M225" s="4">
-        <v>2685093.5022320002</v>
+        <v>499294.46944900003</v>
       </c>
       <c r="N225" s="4">
-        <v>2685093.5022328198</v>
+        <v>499294.46944933</v>
       </c>
       <c r="O225" s="3" t="s">
-        <v>719</v>
+        <v>34</v>
       </c>
       <c r="P225" s="3" t="s">
-        <v>720</v>
+        <v>692</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R225" s="3" t="s">
-        <v>717</v>
+        <v>694</v>
       </c>
       <c r="S225" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T225" s="4">
         <v>0.01</v>
       </c>
       <c r="U225" s="2">
-        <v>48604</v>
+        <v>48044</v>
       </c>
       <c r="V225" s="4">
-        <v>4.3587600000000002</v>
+        <v>5.2861500000000001</v>
       </c>
       <c r="W225" s="3" t="s">
-        <v>721</v>
+        <v>696</v>
       </c>
       <c r="X225" s="4">
-        <v>1321.39748837</v>
+        <v>5653.5863630599997</v>
       </c>
       <c r="Y225" s="4">
-        <v>1321.3974880000001</v>
+        <v>5653.5863630000003</v>
       </c>
       <c r="Z225" s="6">
-        <v>2.104E-3</v>
+        <v>4.0499999999999998E-4</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>722</v>
+        <v>697</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>723</v>
+        <v>698</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D226" s="4">
-        <v>901406.37352400005</v>
+        <v>1441858.77308</v>
       </c>
       <c r="E226" s="5">
-        <v>99.255240000000001</v>
+        <v>100.001</v>
       </c>
       <c r="F226" s="4">
-        <v>895137.62903322</v>
+        <v>1458236.2260831101</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H226" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I226" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J226" s="5">
-        <v>99.255240000000001</v>
+        <v>100.001</v>
       </c>
       <c r="K226" s="5">
         <v>1</v>
       </c>
       <c r="L226" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M226" s="4">
-        <v>895137.62903299998</v>
+        <v>1458236.226083</v>
       </c>
       <c r="N226" s="4">
-        <v>895137.62903322</v>
+        <v>1458236.2260831101</v>
       </c>
       <c r="O226" s="3" t="s">
-        <v>724</v>
+        <v>34</v>
       </c>
       <c r="P226" s="3" t="s">
-        <v>720</v>
+        <v>699</v>
       </c>
       <c r="Q226" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R226" s="3" t="s">
-        <v>722</v>
+        <v>697</v>
       </c>
       <c r="S226" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T226" s="4">
         <v>0.01</v>
       </c>
       <c r="U226" s="2">
-        <v>48755</v>
+        <v>48683</v>
       </c>
       <c r="V226" s="4">
-        <v>4.4387600000000003</v>
+        <v>5.1715</v>
       </c>
       <c r="W226" s="3" t="s">
-        <v>725</v>
+        <v>700</v>
       </c>
       <c r="X226" s="4">
-        <v>444.56961717000001</v>
+        <v>16363.03441538</v>
       </c>
       <c r="Y226" s="4">
-        <v>444.56961699999999</v>
+        <v>16363.034415</v>
       </c>
       <c r="Z226" s="6">
-        <v>7.0100000000000002E-4</v>
+        <v>1.1850000000000001E-3</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
-        <v>726</v>
+        <v>701</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>727</v>
+        <v>702</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D227" s="4">
-        <v>3059663.8361999998</v>
+        <v>7625000</v>
       </c>
       <c r="E227" s="5">
-        <v>98.995490000000004</v>
+        <v>12.6875</v>
       </c>
       <c r="F227" s="4">
-        <v>3030431.42035153</v>
+        <v>972666.34364583006</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H227" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I227" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J227" s="5">
-        <v>98.995490000000004</v>
+        <v>12.6875</v>
       </c>
       <c r="K227" s="5">
         <v>1</v>
       </c>
       <c r="L227" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M227" s="4">
-        <v>3030431.420351</v>
+        <v>972666.34364500002</v>
       </c>
       <c r="N227" s="4">
-        <v>3030431.42035153</v>
+        <v>972666.34364583006</v>
       </c>
       <c r="O227" s="3" t="s">
-        <v>728</v>
+        <v>34</v>
       </c>
       <c r="P227" s="3" t="s">
-        <v>720</v>
+        <v>703</v>
       </c>
       <c r="Q227" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R227" s="3" t="s">
-        <v>726</v>
+        <v>701</v>
       </c>
       <c r="S227" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T227" s="4">
         <v>0.01</v>
       </c>
       <c r="U227" s="2">
-        <v>48663</v>
+        <v>50489</v>
       </c>
       <c r="V227" s="4">
-        <v>4.4187599999999998</v>
+        <v>5.33467</v>
       </c>
       <c r="W227" s="3" t="s">
-        <v>729</v>
+        <v>704</v>
       </c>
       <c r="X227" s="4">
-        <v>1502.21335254</v>
+        <v>5244.4686458300002</v>
       </c>
       <c r="Y227" s="4">
-        <v>1502.213352</v>
+        <v>5244.4686449999999</v>
       </c>
       <c r="Z227" s="6">
-        <v>2.3739999999999998E-3</v>
+        <v>7.9000000000000001E-4</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
-        <v>730</v>
+        <v>705</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>731</v>
+        <v>706</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D228" s="4">
-        <v>898576.91922599997</v>
+        <v>2634754.3674380002</v>
       </c>
       <c r="E228" s="5">
-        <v>99.520930000000007</v>
+        <v>98.412850000000006</v>
       </c>
       <c r="F228" s="4">
-        <v>894709.29040915996</v>
+        <v>2594753.1797217401</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H228" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I228" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J228" s="5">
-        <v>99.520930000000007</v>
+        <v>98.412850000000006</v>
       </c>
       <c r="K228" s="5">
         <v>1</v>
       </c>
       <c r="L228" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M228" s="4">
-        <v>894709.29040900001</v>
+        <v>2594753.1797210001</v>
       </c>
       <c r="N228" s="4">
-        <v>894709.29040915996</v>
+        <v>2594753.1797217401</v>
       </c>
       <c r="O228" s="3" t="s">
-        <v>732</v>
+        <v>707</v>
       </c>
       <c r="P228" s="3" t="s">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="Q228" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R228" s="3" t="s">
-        <v>730</v>
+        <v>705</v>
       </c>
       <c r="S228" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T228" s="4">
         <v>0.01</v>
       </c>
       <c r="U228" s="2">
-        <v>48359</v>
+        <v>48604</v>
       </c>
       <c r="V228" s="4">
-        <v>4.3787599999999998</v>
+        <v>4.1362100000000002</v>
       </c>
       <c r="W228" s="3" t="s">
-        <v>733</v>
+        <v>709</v>
       </c>
       <c r="X228" s="4">
-        <v>437.18363009000001</v>
+        <v>1816.31622702</v>
       </c>
       <c r="Y228" s="4">
-        <v>437.18362999999999</v>
+        <v>1816.316227</v>
       </c>
       <c r="Z228" s="6">
-        <v>7.0100000000000002E-4</v>
+        <v>2.1080000000000001E-3</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
-        <v>734</v>
+        <v>710</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>735</v>
+        <v>711</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D229" s="4">
-        <v>7177456.3672139999</v>
+        <v>853318.53434300004</v>
       </c>
       <c r="E229" s="5">
-        <v>98.875129999999999</v>
+        <v>99.290660000000003</v>
       </c>
       <c r="F229" s="4">
-        <v>7100207.3661717502</v>
+        <v>847865.23300728004</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H229" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I229" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J229" s="5">
-        <v>98.875129999999999</v>
+        <v>99.290660000000003</v>
       </c>
       <c r="K229" s="5">
         <v>1</v>
       </c>
       <c r="L229" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M229" s="4">
-        <v>7100207.3661709996</v>
+        <v>847865.23300699994</v>
       </c>
       <c r="N229" s="4">
-        <v>7100207.3661717502</v>
+        <v>847865.23300728004</v>
       </c>
       <c r="O229" s="3" t="s">
-        <v>736</v>
+        <v>712</v>
       </c>
       <c r="P229" s="3" t="s">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="Q229" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R229" s="3" t="s">
-        <v>734</v>
+        <v>710</v>
       </c>
       <c r="S229" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T229" s="4">
         <v>0.01</v>
       </c>
       <c r="U229" s="2">
-        <v>48877</v>
+        <v>48755</v>
       </c>
       <c r="V229" s="4">
-        <v>4.3737599999999999</v>
+        <v>4.2162100000000002</v>
       </c>
       <c r="W229" s="3" t="s">
-        <v>737</v>
+        <v>713</v>
       </c>
       <c r="X229" s="4">
-        <v>3488.0523956299999</v>
+        <v>599.62835628000005</v>
       </c>
       <c r="Y229" s="4">
-        <v>3488.0523950000002</v>
+        <v>599.62835600000005</v>
       </c>
       <c r="Z229" s="6">
-        <v>5.5630000000000002E-3</v>
+        <v>6.8900000000000005E-4</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
-        <v>738</v>
+        <v>714</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>739</v>
+        <v>715</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D230" s="4">
-        <v>24944.444449999999</v>
+        <v>2918643.6579</v>
       </c>
       <c r="E230" s="5">
-        <v>77.94</v>
+        <v>99.035039999999995</v>
       </c>
       <c r="F230" s="4">
-        <v>19450.1863122</v>
+        <v>2892521.1210093498</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H230" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I230" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J230" s="5">
-        <v>77.94</v>
+        <v>99.035039999999995</v>
       </c>
       <c r="K230" s="5">
         <v>1</v>
       </c>
       <c r="L230" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M230" s="4">
-        <v>19450.186312000002</v>
+        <v>2892521.1210090001</v>
       </c>
       <c r="N230" s="4">
-        <v>19450.1863122</v>
+        <v>2892521.1210093498</v>
       </c>
       <c r="O230" s="3" t="s">
-        <v>740</v>
+        <v>716</v>
       </c>
       <c r="P230" s="3" t="s">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="Q230" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R230" s="3" t="s">
-        <v>738</v>
+        <v>714</v>
       </c>
       <c r="S230" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T230" s="4">
         <v>0.01</v>
       </c>
       <c r="U230" s="2">
-        <v>50489</v>
+        <v>48663</v>
       </c>
       <c r="V230" s="4">
-        <v>7.6159999999999997</v>
+        <v>4.1962099999999998</v>
       </c>
       <c r="W230" s="3" t="s">
-        <v>741</v>
+        <v>717</v>
       </c>
       <c r="X230" s="4">
-        <v>8.4863078699999992</v>
+        <v>2041.20695062</v>
       </c>
       <c r="Y230" s="4">
-        <v>8.486307</v>
+        <v>2041.20695</v>
       </c>
       <c r="Z230" s="6">
-        <v>1.5E-5</v>
+        <v>2.3500000000000001E-3</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
-        <v>742</v>
+        <v>718</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>743</v>
+        <v>719</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D231" s="4">
-        <v>75000</v>
+        <v>831750.304734</v>
       </c>
       <c r="E231" s="5">
-        <v>77.94</v>
+        <v>99.556420000000003</v>
       </c>
       <c r="F231" s="4">
-        <v>58502.331250000003</v>
+        <v>828636.98155459994</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H231" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I231" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J231" s="5">
-        <v>77.94</v>
+        <v>99.556420000000003</v>
       </c>
       <c r="K231" s="5">
         <v>1</v>
       </c>
       <c r="L231" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M231" s="4">
-        <v>58502.331250000003</v>
+        <v>828636.98155400006</v>
       </c>
       <c r="N231" s="4">
-        <v>58502.331250000003</v>
+        <v>828636.98155459994</v>
       </c>
       <c r="O231" s="3" t="s">
-        <v>744</v>
+        <v>720</v>
       </c>
       <c r="P231" s="3" t="s">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R231" s="3" t="s">
-        <v>742</v>
+        <v>718</v>
       </c>
       <c r="S231" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T231" s="4">
         <v>0.01</v>
       </c>
       <c r="U231" s="2">
-        <v>50489</v>
+        <v>48359</v>
       </c>
       <c r="V231" s="4">
-        <v>7.6131099999999998</v>
+        <v>4.1562099999999997</v>
       </c>
       <c r="W231" s="3" t="s">
-        <v>745</v>
+        <v>721</v>
       </c>
       <c r="X231" s="4">
-        <v>47.331249999999997</v>
+        <v>576.15482234000001</v>
       </c>
       <c r="Y231" s="4">
-        <v>47.331249999999997</v>
+        <v>576.15482199999997</v>
       </c>
       <c r="Z231" s="6">
-        <v>4.5000000000000003E-5</v>
+        <v>6.7299999999999999E-4</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
-        <v>746</v>
+        <v>722</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>747</v>
+        <v>723</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D232" s="4">
-        <v>8758010.6523000002</v>
+        <v>6905340.6714460002</v>
       </c>
       <c r="E232" s="5">
-        <v>13.125</v>
+        <v>98.907749999999993</v>
       </c>
       <c r="F232" s="4">
-        <v>1154424.3290506301</v>
+        <v>6834694.6745035797</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H232" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I232" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J232" s="5">
-        <v>13.125</v>
+        <v>98.907749999999993</v>
       </c>
       <c r="K232" s="5">
         <v>1</v>
       </c>
       <c r="L232" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M232" s="4">
-        <v>1154424.3290500001</v>
+        <v>6834694.6745030005</v>
       </c>
       <c r="N232" s="4">
-        <v>1154424.3290506301</v>
+        <v>6834694.6745035797</v>
       </c>
       <c r="O232" s="3" t="s">
-        <v>34</v>
+        <v>724</v>
       </c>
       <c r="P232" s="3" t="s">
-        <v>748</v>
+        <v>708</v>
       </c>
       <c r="Q232" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R232" s="3" t="s">
-        <v>746</v>
+        <v>722</v>
       </c>
       <c r="S232" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T232" s="4">
         <v>0.01</v>
       </c>
       <c r="U232" s="2">
-        <v>50495</v>
+        <v>48877</v>
       </c>
       <c r="V232" s="4">
-        <v>5.2919999999999998</v>
+        <v>4.1512099999999998</v>
       </c>
       <c r="W232" s="3" t="s">
-        <v>749</v>
+        <v>725</v>
       </c>
       <c r="X232" s="4">
-        <v>4935.4309362599997</v>
+        <v>4777.5865414500004</v>
       </c>
       <c r="Y232" s="4">
-        <v>4935.4309359999997</v>
+        <v>4777.5865409999997</v>
       </c>
       <c r="Z232" s="6">
-        <v>9.0399999999999996E-4</v>
+        <v>5.5539999999999999E-3</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>750</v>
+        <v>726</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>751</v>
+        <v>727</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D233" s="4">
-        <v>3637760.1276420001</v>
+        <v>24944.444449999999</v>
       </c>
       <c r="E233" s="5">
-        <v>91.838260000000005</v>
+        <v>77.94</v>
       </c>
       <c r="F233" s="4">
-        <v>3344010.3506220002</v>
+        <v>19444.37817847</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H233" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I233" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J233" s="5">
-        <v>91.838260000000005</v>
+        <v>77.94</v>
       </c>
       <c r="K233" s="5">
         <v>1</v>
       </c>
       <c r="L233" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M233" s="4">
-        <v>3344010.3506220002</v>
+        <v>19444.378177999999</v>
       </c>
       <c r="N233" s="4">
-        <v>3344010.3506220002</v>
+        <v>19444.37817847</v>
       </c>
       <c r="O233" s="3" t="s">
-        <v>34</v>
+        <v>728</v>
       </c>
       <c r="P233" s="3" t="s">
-        <v>752</v>
+        <v>708</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R233" s="3" t="s">
-        <v>750</v>
+        <v>726</v>
       </c>
       <c r="S233" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T233" s="4">
         <v>0.01</v>
       </c>
       <c r="U233" s="2">
-        <v>62289</v>
+        <v>50489</v>
       </c>
       <c r="V233" s="4">
-        <v>2.23</v>
+        <v>7.6159999999999997</v>
       </c>
       <c r="W233" s="3" t="s">
-        <v>753</v>
+        <v>729</v>
       </c>
       <c r="X233" s="4">
-        <v>3154.7464218099999</v>
+        <v>2.6781741399999999</v>
       </c>
       <c r="Y233" s="4">
-        <v>3154.7464209999998</v>
+        <v>2.6781739999999998</v>
       </c>
       <c r="Z233" s="6">
-        <v>2.6199999999999999E-3</v>
+        <v>1.5E-5</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>754</v>
+        <v>730</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>755</v>
+        <v>731</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D234" s="4">
-        <v>1083198.9624999999</v>
+        <v>75000</v>
       </c>
       <c r="E234" s="5">
-        <v>100.87921</v>
+        <v>77.94</v>
       </c>
       <c r="F234" s="4">
-        <v>1094831.9127658301</v>
+        <v>58546.775000000001</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H234" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I234" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J234" s="5">
-        <v>100.87921</v>
+        <v>77.94</v>
       </c>
       <c r="K234" s="5">
         <v>1</v>
       </c>
       <c r="L234" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M234" s="4">
-        <v>1094831.912765</v>
+        <v>58546.775000000001</v>
       </c>
       <c r="N234" s="4">
-        <v>1094831.9127658301</v>
+        <v>58546.775000000001</v>
       </c>
       <c r="O234" s="3" t="s">
-        <v>34</v>
+        <v>732</v>
       </c>
       <c r="P234" s="3" t="s">
-        <v>752</v>
+        <v>708</v>
       </c>
       <c r="Q234" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R234" s="3" t="s">
-        <v>754</v>
+        <v>730</v>
       </c>
       <c r="S234" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T234" s="4">
         <v>0.01</v>
       </c>
       <c r="U234" s="2">
-        <v>62898</v>
+        <v>50489</v>
       </c>
       <c r="V234" s="4">
-        <v>5.8420199999999998</v>
+        <v>7.6131099999999998</v>
       </c>
       <c r="W234" s="3" t="s">
-        <v>756</v>
+        <v>733</v>
       </c>
       <c r="X234" s="4">
-        <v>2109.3566676300002</v>
+        <v>91.775000000000006</v>
       </c>
       <c r="Y234" s="4">
-        <v>2109.356667</v>
+        <v>91.775000000000006</v>
       </c>
       <c r="Z234" s="6">
-        <v>8.5700000000000001E-4</v>
+        <v>4.6999999999999997E-5</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>757</v>
+        <v>734</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>758</v>
+        <v>735</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D235" s="4">
-        <v>3041723.2557999999</v>
+        <v>8758010.6523000002</v>
       </c>
       <c r="E235" s="5">
-        <v>99.551910000000007</v>
+        <v>12.6875</v>
       </c>
       <c r="F235" s="4">
-        <v>3031716.5337986001</v>
+        <v>1119473.0863880401</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H235" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I235" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J235" s="5">
-        <v>99.551910000000007</v>
+        <v>12.6875</v>
       </c>
       <c r="K235" s="5">
         <v>1</v>
       </c>
       <c r="L235" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M235" s="4">
-        <v>3031716.5337979998</v>
+        <v>1119473.0863880001</v>
       </c>
       <c r="N235" s="4">
-        <v>3031716.5337986001</v>
+        <v>1119473.0863880401</v>
       </c>
       <c r="O235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P235" s="3" t="s">
-        <v>759</v>
+        <v>736</v>
       </c>
       <c r="Q235" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R235" s="3" t="s">
-        <v>757</v>
+        <v>734</v>
       </c>
       <c r="S235" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T235" s="4">
         <v>0.01</v>
       </c>
       <c r="U235" s="2">
-        <v>59281</v>
+        <v>50495</v>
       </c>
       <c r="V235" s="4">
-        <v>4.7643199999999997</v>
+        <v>5.2919999999999998</v>
       </c>
       <c r="W235" s="3" t="s">
-        <v>760</v>
+        <v>737</v>
       </c>
       <c r="X235" s="4">
-        <v>3622.93573552</v>
+        <v>8300.4848774799993</v>
       </c>
       <c r="Y235" s="4">
-        <v>3622.935735</v>
+        <v>8300.4848770000008</v>
       </c>
       <c r="Z235" s="6">
-        <v>2.3749999999999999E-3</v>
+        <v>9.0899999999999998E-4</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>761</v>
+        <v>738</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>762</v>
+        <v>739</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D236" s="4">
-        <v>2012090.96744</v>
+        <v>3586124.4183990001</v>
       </c>
       <c r="E236" s="5">
-        <v>94.425610000000006</v>
+        <v>91.607560000000007</v>
       </c>
       <c r="F236" s="4">
-        <v>1900613.28068905</v>
+        <v>3288715.32601642</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H236" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I236" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J236" s="5">
-        <v>94.425610000000006</v>
+        <v>91.607560000000007</v>
       </c>
       <c r="K236" s="5">
         <v>1</v>
       </c>
       <c r="L236" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M236" s="4">
-        <v>1900613.2806889999</v>
+        <v>3288715.326016</v>
       </c>
       <c r="N236" s="4">
-        <v>1900613.28068905</v>
+        <v>3288715.32601642</v>
       </c>
       <c r="O236" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P236" s="3" t="s">
-        <v>759</v>
+        <v>740</v>
       </c>
       <c r="Q236" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R236" s="3" t="s">
-        <v>761</v>
+        <v>738</v>
       </c>
       <c r="S236" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T236" s="4">
         <v>0.01</v>
       </c>
       <c r="U236" s="2">
-        <v>59281</v>
+        <v>62289</v>
       </c>
       <c r="V236" s="4">
-        <v>1.36</v>
+        <v>2.23</v>
       </c>
       <c r="W236" s="3" t="s">
-        <v>763</v>
+        <v>741</v>
       </c>
       <c r="X236" s="4">
-        <v>684.11092893</v>
+        <v>3554.2477568999998</v>
       </c>
       <c r="Y236" s="4">
-        <v>684.11092799999994</v>
+        <v>3554.2477560000002</v>
       </c>
       <c r="Z236" s="6">
-        <v>1.4890000000000001E-3</v>
+        <v>2.6719999999999999E-3</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>764</v>
+        <v>742</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>765</v>
+        <v>743</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D237" s="4">
-        <v>741412.73335500003</v>
+        <v>1040450.2025</v>
       </c>
       <c r="E237" s="5">
-        <v>100.81488</v>
+        <v>100.88612999999999</v>
       </c>
       <c r="F237" s="4">
-        <v>747869.85831339005</v>
+        <v>1052540.2668006399</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H237" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I237" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J237" s="5">
-        <v>100.81488</v>
+        <v>100.88612999999999</v>
       </c>
       <c r="K237" s="5">
         <v>1</v>
       </c>
       <c r="L237" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M237" s="4">
-        <v>747869.85831299995</v>
+        <v>1052540.2668000001</v>
       </c>
       <c r="N237" s="4">
-        <v>747869.85831339005</v>
+        <v>1052540.2668006399</v>
       </c>
       <c r="O237" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P237" s="3" t="s">
-        <v>766</v>
+        <v>740</v>
       </c>
       <c r="Q237" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R237" s="3" t="s">
-        <v>764</v>
+        <v>742</v>
       </c>
       <c r="S237" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T237" s="4">
         <v>0.01</v>
       </c>
       <c r="U237" s="2">
-        <v>50216</v>
+        <v>62898</v>
       </c>
       <c r="V237" s="4">
-        <v>5.0437599999999998</v>
+        <v>5.6838499999999996</v>
       </c>
       <c r="W237" s="3" t="s">
-        <v>767</v>
+        <v>744</v>
       </c>
       <c r="X237" s="4">
-        <v>415.50087644000001</v>
+        <v>2870.3229212299998</v>
       </c>
       <c r="Y237" s="4">
-        <v>415.50087600000001</v>
+        <v>2870.322921</v>
       </c>
       <c r="Z237" s="6">
-        <v>5.8600000000000004E-4</v>
+        <v>8.5499999999999997E-4</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>769</v>
+        <v>746</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D238" s="4">
-        <v>7678087.6508790003</v>
+        <v>2962830.4852800001</v>
       </c>
       <c r="E238" s="5">
-        <v>2.1218499999999998</v>
+        <v>99.561350000000004</v>
       </c>
       <c r="F238" s="4">
-        <v>166678.70789925</v>
+        <v>2953569.1545279301</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H238" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I238" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J238" s="5">
-        <v>2.1218499999999998</v>
+        <v>99.561350000000004</v>
       </c>
       <c r="K238" s="5">
         <v>1</v>
       </c>
       <c r="L238" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M238" s="4">
-        <v>166678.707899</v>
+        <v>2953569.1545270002</v>
       </c>
       <c r="N238" s="4">
-        <v>166678.70789925</v>
+        <v>2953569.1545279301</v>
       </c>
       <c r="O238" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P238" s="3" t="s">
-        <v>766</v>
+        <v>747</v>
       </c>
       <c r="Q238" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R238" s="3" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="S238" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T238" s="4">
         <v>0.01</v>
       </c>
       <c r="U238" s="2">
-        <v>53107</v>
+        <v>59281</v>
       </c>
       <c r="V238" s="4">
-        <v>4.40876</v>
+        <v>4.5383800000000001</v>
       </c>
       <c r="W238" s="3" t="s">
-        <v>770</v>
+        <v>748</v>
       </c>
       <c r="X238" s="4">
-        <v>3761.2050790799999</v>
+        <v>3735.1251716100001</v>
       </c>
       <c r="Y238" s="4">
-        <v>3761.2050789999998</v>
+        <v>3735.1251710000001</v>
       </c>
       <c r="Z238" s="6">
-        <v>1.2999999999999999E-4</v>
+        <v>2.3999999999999998E-3</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>771</v>
+        <v>749</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>772</v>
+        <v>750</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D239" s="4">
-        <v>13460399.160886999</v>
+        <v>1960942.348366</v>
       </c>
       <c r="E239" s="5">
-        <v>2.12297</v>
+        <v>94.611329999999995</v>
       </c>
       <c r="F239" s="4">
-        <v>292144.59312388999</v>
+        <v>1856088.51680929</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H239" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I239" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J239" s="5">
-        <v>2.12297</v>
+        <v>94.611329999999995</v>
       </c>
       <c r="K239" s="5">
         <v>1</v>
       </c>
       <c r="L239" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M239" s="4">
-        <v>292144.593123</v>
+        <v>1856088.5168089999</v>
       </c>
       <c r="N239" s="4">
-        <v>292144.59312388999</v>
+        <v>1856088.51680929</v>
       </c>
       <c r="O239" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P239" s="3" t="s">
-        <v>766</v>
+        <v>747</v>
       </c>
       <c r="Q239" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R239" s="3" t="s">
-        <v>771</v>
+        <v>749</v>
       </c>
       <c r="S239" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T239" s="4">
         <v>0.01</v>
       </c>
       <c r="U239" s="2">
-        <v>53018</v>
+        <v>59281</v>
       </c>
       <c r="V239" s="4">
-        <v>4.2687600000000003</v>
+        <v>1.36</v>
       </c>
       <c r="W239" s="3" t="s">
-        <v>773</v>
+        <v>751</v>
       </c>
       <c r="X239" s="4">
-        <v>6384.3570579999996</v>
+        <v>814.88048699000001</v>
       </c>
       <c r="Y239" s="4">
-        <v>6384.3570579999996</v>
+        <v>814.88048600000002</v>
       </c>
       <c r="Z239" s="6">
-        <v>2.2800000000000001E-4</v>
+        <v>1.508E-3</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>774</v>
+        <v>752</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>775</v>
+        <v>753</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D240" s="4">
-        <v>20470626.833563</v>
+        <v>735367.73927699996</v>
       </c>
       <c r="E240" s="5">
-        <v>2.1213099999999998</v>
+        <v>99.792469999999994</v>
       </c>
       <c r="F240" s="4">
-        <v>444409.71167957998</v>
+        <v>734432.52432451001</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H240" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I240" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J240" s="5">
-        <v>2.1213099999999998</v>
+        <v>99.792469999999994</v>
       </c>
       <c r="K240" s="5">
         <v>1</v>
       </c>
       <c r="L240" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M240" s="4">
-        <v>444409.711679</v>
+        <v>734432.524324</v>
       </c>
       <c r="N240" s="4">
-        <v>444409.71167957998</v>
+        <v>734432.52432451001</v>
       </c>
       <c r="O240" s="3" t="s">
-        <v>776</v>
+        <v>34</v>
       </c>
       <c r="P240" s="3" t="s">
-        <v>766</v>
+        <v>754</v>
       </c>
       <c r="Q240" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R240" s="3" t="s">
-        <v>774</v>
+        <v>752</v>
       </c>
       <c r="S240" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T240" s="4">
         <v>0.01</v>
       </c>
       <c r="U240" s="2">
-        <v>53107</v>
+        <v>50157</v>
       </c>
       <c r="V240" s="4">
-        <v>4.4687599999999996</v>
+        <v>4.8212099999999998</v>
       </c>
       <c r="W240" s="3" t="s">
-        <v>777</v>
+        <v>755</v>
       </c>
       <c r="X240" s="4">
-        <v>10164.25759653</v>
+        <v>590.89371638</v>
       </c>
       <c r="Y240" s="4">
-        <v>10164.257595999999</v>
+        <v>590.89371600000004</v>
       </c>
       <c r="Z240" s="6">
-        <v>3.48E-4</v>
+        <v>5.9599999999999996E-4</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>778</v>
+        <v>756</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>779</v>
+        <v>757</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D241" s="4">
-        <v>10725</v>
+        <v>7677006.8471999997</v>
       </c>
       <c r="E241" s="5">
-        <v>2062.0964399999998</v>
+        <v>2.0725500000000001</v>
       </c>
       <c r="F241" s="4">
-        <v>221165.80808942</v>
+        <v>164466.06588394</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H241" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I241" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J241" s="5">
-        <v>2062.0964399999998</v>
+        <v>2.0725500000000001</v>
       </c>
       <c r="K241" s="5">
         <v>1</v>
       </c>
       <c r="L241" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M241" s="4">
-        <v>221165.808089</v>
+        <v>164466.065883</v>
       </c>
       <c r="N241" s="4">
-        <v>221165.80808942</v>
+        <v>164466.06588394</v>
       </c>
       <c r="O241" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P241" s="3" t="s">
-        <v>780</v>
+        <v>754</v>
       </c>
       <c r="Q241" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R241" s="3" t="s">
-        <v>778</v>
+        <v>756</v>
       </c>
       <c r="S241" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T241" s="4">
         <v>0.01</v>
       </c>
       <c r="U241" s="2">
-        <v>49546</v>
+        <v>53139</v>
       </c>
       <c r="V241" s="4">
-        <v>5.0055100000000001</v>
+        <v>4.18621</v>
       </c>
       <c r="W241" s="3" t="s">
-        <v>781</v>
+        <v>758</v>
       </c>
       <c r="X241" s="4">
-        <v>5.9648994200000001</v>
+        <v>5356.2604723000004</v>
       </c>
       <c r="Y241" s="4">
-        <v>5.964899</v>
+        <v>5356.2604719999999</v>
       </c>
       <c r="Z241" s="6">
-        <v>1.73E-4</v>
+        <v>1.3300000000000001E-4</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>782</v>
+        <v>759</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>783</v>
+        <v>760</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D242" s="4">
-        <v>2878008.2170000002</v>
+        <v>13458504.374394</v>
       </c>
       <c r="E242" s="5">
-        <v>100.2103</v>
+        <v>2.0744500000000001</v>
       </c>
       <c r="F242" s="4">
-        <v>2899793.81824006</v>
+        <v>288265.93315873999</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H242" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I242" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J242" s="5">
-        <v>100.2103</v>
+        <v>2.0744500000000001</v>
       </c>
       <c r="K242" s="5">
         <v>1</v>
       </c>
       <c r="L242" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M242" s="4">
-        <v>2899793.8182399999</v>
+        <v>288265.933158</v>
       </c>
       <c r="N242" s="4">
-        <v>2899793.81824006</v>
+        <v>288265.93315873999</v>
       </c>
       <c r="O242" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P242" s="3" t="s">
-        <v>784</v>
+        <v>754</v>
       </c>
       <c r="Q242" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R242" s="3" t="s">
-        <v>782</v>
+        <v>759</v>
       </c>
       <c r="S242" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T242" s="4">
         <v>0.01</v>
       </c>
       <c r="U242" s="2">
-        <v>47960</v>
+        <v>53018</v>
       </c>
       <c r="V242" s="4">
-        <v>5.17896</v>
+        <v>4.0462100000000003</v>
       </c>
       <c r="W242" s="3" t="s">
-        <v>785</v>
+        <v>761</v>
       </c>
       <c r="X242" s="4">
-        <v>15733.149959709999</v>
+        <v>9075.9891641199993</v>
       </c>
       <c r="Y242" s="4">
-        <v>15733.149959</v>
+        <v>9075.9891640000005</v>
       </c>
       <c r="Z242" s="6">
-        <v>2.2720000000000001E-3</v>
+        <v>2.34E-4</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
-        <v>786</v>
+        <v>762</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>787</v>
+        <v>763</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D243" s="4">
-        <v>5702989.9479409996</v>
+        <v>20467745.332198001</v>
       </c>
       <c r="E243" s="5">
-        <v>39.879629999999999</v>
+        <v>2.0716800000000002</v>
       </c>
       <c r="F243" s="4">
-        <v>2308077.7826946802</v>
+        <v>438511.24398258998</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H243" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I243" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J243" s="5">
-        <v>39.879629999999999</v>
+        <v>2.0716800000000002</v>
       </c>
       <c r="K243" s="5">
         <v>1</v>
       </c>
       <c r="L243" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M243" s="4">
-        <v>2308077.7826939998</v>
+        <v>438511.24398199999</v>
       </c>
       <c r="N243" s="4">
-        <v>2308077.7826946802</v>
+        <v>438511.24398258998</v>
       </c>
       <c r="O243" s="3" t="s">
-        <v>34</v>
+        <v>764</v>
       </c>
       <c r="P243" s="3" t="s">
-        <v>788</v>
+        <v>754</v>
       </c>
       <c r="Q243" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R243" s="3" t="s">
-        <v>786</v>
+        <v>762</v>
       </c>
       <c r="S243" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T243" s="4">
         <v>0.01</v>
       </c>
       <c r="U243" s="2">
-        <v>54132</v>
+        <v>53139</v>
       </c>
       <c r="V243" s="4">
-        <v>7.6079999999999997</v>
+        <v>4.2462099999999996</v>
       </c>
       <c r="W243" s="3" t="s">
-        <v>789</v>
+        <v>765</v>
       </c>
       <c r="X243" s="4">
-        <v>33746.492518619998</v>
+        <v>14485.05748451</v>
       </c>
       <c r="Y243" s="4">
-        <v>33746.492517999999</v>
+        <v>14485.057484000001</v>
       </c>
       <c r="Z243" s="6">
-        <v>1.8079999999999999E-3</v>
+        <v>3.5599999999999998E-4</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
-        <v>790</v>
+        <v>766</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>791</v>
+        <v>767</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D244" s="4">
-        <v>11752083.851600001</v>
+        <v>10725</v>
       </c>
       <c r="E244" s="5">
-        <v>12.359629999999999</v>
+        <v>2062.0964399999998</v>
       </c>
       <c r="F244" s="4">
-        <v>1520153.8528489801</v>
+        <v>221168.72484849999</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H244" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I244" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J244" s="5">
-        <v>12.359629999999999</v>
+        <v>2062.0964399999998</v>
       </c>
       <c r="K244" s="5">
         <v>1</v>
       </c>
       <c r="L244" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M244" s="4">
-        <v>1520153.8528479999</v>
+        <v>221168.72484800001</v>
       </c>
       <c r="N244" s="4">
-        <v>1520153.8528489801</v>
+        <v>221168.72484849999</v>
       </c>
       <c r="O244" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P244" s="3" t="s">
-        <v>788</v>
+        <v>768</v>
       </c>
       <c r="Q244" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R244" s="3" t="s">
-        <v>790</v>
+        <v>766</v>
       </c>
       <c r="S244" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T244" s="4">
         <v>0.01</v>
       </c>
       <c r="U244" s="2">
-        <v>50086</v>
+        <v>49546</v>
       </c>
       <c r="V244" s="4">
-        <v>7.4</v>
+        <v>4.9687599999999996</v>
       </c>
       <c r="W244" s="3" t="s">
-        <v>792</v>
+        <v>769</v>
       </c>
       <c r="X244" s="4">
-        <v>67639.771501430005</v>
+        <v>8.8816585000000003</v>
       </c>
       <c r="Y244" s="4">
-        <v>67639.771500999996</v>
+        <v>8.8816579999999998</v>
       </c>
       <c r="Z244" s="6">
-        <v>1.191E-3</v>
+        <v>1.7899999999999999E-4</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>793</v>
+        <v>770</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>794</v>
+        <v>771</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D245" s="4">
-        <v>3279241.3164300001</v>
+        <v>2878008.2170000002</v>
       </c>
       <c r="E245" s="5">
-        <v>98.540509999999998</v>
+        <v>100.1588</v>
       </c>
       <c r="F245" s="4">
-        <v>3231381.1173408399</v>
+        <v>2911974.64265753</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H245" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I245" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J245" s="5">
-        <v>98.540509999999998</v>
+        <v>100.1588</v>
       </c>
       <c r="K245" s="5">
         <v>1</v>
       </c>
       <c r="L245" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M245" s="4">
-        <v>3231381.1173399999</v>
+        <v>2911974.6426570001</v>
       </c>
       <c r="N245" s="4">
-        <v>3231381.1173408399</v>
+        <v>2911974.64265753</v>
       </c>
       <c r="O245" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>788</v>
+        <v>772</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>793</v>
+        <v>770</v>
       </c>
       <c r="S245" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T245" s="4">
         <v>0.01</v>
       </c>
       <c r="U245" s="2">
-        <v>49140</v>
+        <v>47960</v>
       </c>
       <c r="V245" s="4">
-        <v>7.92</v>
+        <v>5.17896</v>
       </c>
       <c r="W245" s="3" t="s">
-        <v>795</v>
+        <v>773</v>
       </c>
       <c r="X245" s="4">
-        <v>0</v>
+        <v>29396.148608930002</v>
       </c>
       <c r="Y245" s="4">
-        <v>0</v>
+        <v>29396.148608</v>
       </c>
       <c r="Z245" s="6">
-        <v>2.532E-3</v>
+        <v>2.366E-3</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>796</v>
+        <v>774</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>797</v>
+        <v>775</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D246" s="4">
-        <v>2460710.1577289999</v>
+        <v>5671608.0290480005</v>
       </c>
       <c r="E246" s="5">
-        <v>39.454979999999999</v>
+        <v>38.939830000000001</v>
       </c>
       <c r="F246" s="4">
-        <v>984135.92834018997</v>
+        <v>2208514.5247776401</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H246" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I246" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J246" s="5">
-        <v>39.454979999999999</v>
+        <v>38.939830000000001</v>
       </c>
       <c r="K246" s="5">
         <v>1</v>
       </c>
       <c r="L246" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M246" s="4">
-        <v>984135.92833999998</v>
+        <v>2208514.5247769998</v>
       </c>
       <c r="N246" s="4">
-        <v>984135.92834018997</v>
+        <v>2208514.5247776401</v>
       </c>
       <c r="O246" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P246" s="3" t="s">
-        <v>788</v>
+        <v>776</v>
       </c>
       <c r="Q246" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R246" s="3" t="s">
-        <v>796</v>
+        <v>774</v>
       </c>
       <c r="S246" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T246" s="4">
         <v>0.01</v>
       </c>
       <c r="U246" s="2">
-        <v>49324</v>
+        <v>54132</v>
       </c>
       <c r="V246" s="4">
-        <v>6.93</v>
+        <v>7.6079999999999997</v>
       </c>
       <c r="W246" s="3" t="s">
-        <v>798</v>
+        <v>777</v>
       </c>
       <c r="X246" s="4">
-        <v>13263.22775016</v>
+        <v>0</v>
       </c>
       <c r="Y246" s="4">
-        <v>13263.22775</v>
+        <v>0</v>
       </c>
       <c r="Z246" s="6">
-        <v>7.7099999999999998E-4</v>
+        <v>1.794E-3</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>799</v>
+        <v>778</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>800</v>
+        <v>779</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D247" s="4">
-        <v>1863336.65445</v>
+        <v>11752083.851600001</v>
       </c>
       <c r="E247" s="5">
-        <v>101.09994</v>
+        <v>11.80414</v>
       </c>
       <c r="F247" s="4">
-        <v>1893817.6537407499</v>
+        <v>1387232.43076029</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H247" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I247" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J247" s="5">
-        <v>101.09994</v>
+        <v>11.80414</v>
       </c>
       <c r="K247" s="5">
         <v>1</v>
       </c>
       <c r="L247" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M247" s="4">
-        <v>1893817.65374</v>
+        <v>1387232.4307599999</v>
       </c>
       <c r="N247" s="4">
-        <v>1893817.6537407499</v>
+        <v>1387232.43076029</v>
       </c>
       <c r="O247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>788</v>
+        <v>776</v>
       </c>
       <c r="Q247" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>799</v>
+        <v>778</v>
       </c>
       <c r="S247" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T247" s="4">
         <v>0.01</v>
       </c>
       <c r="U247" s="2">
-        <v>50236</v>
+        <v>50086</v>
       </c>
       <c r="V247" s="4">
-        <v>6.89</v>
+        <v>7.4</v>
       </c>
       <c r="W247" s="3" t="s">
-        <v>801</v>
+        <v>780</v>
       </c>
       <c r="X247" s="4">
-        <v>9985.4140937899992</v>
+        <v>0</v>
       </c>
       <c r="Y247" s="4">
-        <v>9985.4140929999994</v>
+        <v>0</v>
       </c>
       <c r="Z247" s="6">
-        <v>1.4840000000000001E-3</v>
+        <v>1.127E-3</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
-        <v>802</v>
+        <v>781</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>803</v>
+        <v>782</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D248" s="4">
-        <v>1083456</v>
+        <v>3126487.7542090002</v>
       </c>
       <c r="E248" s="5">
-        <v>0.01</v>
+        <v>98.537019999999998</v>
       </c>
       <c r="F248" s="4">
-        <v>108.3456</v>
+        <v>3080747.8636624701</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H248" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I248" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J248" s="5">
-        <v>0.01</v>
+        <v>98.537019999999998</v>
       </c>
       <c r="K248" s="5">
         <v>1</v>
       </c>
       <c r="L248" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M248" s="4">
-        <v>108.3456</v>
+        <v>3080747.8636619998</v>
       </c>
       <c r="N248" s="4">
-        <v>108.3456</v>
+        <v>3080747.8636624701</v>
       </c>
       <c r="O248" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P248" s="3" t="s">
-        <v>804</v>
+        <v>776</v>
       </c>
       <c r="Q248" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R248" s="3" t="s">
-        <v>802</v>
+        <v>781</v>
       </c>
       <c r="S248" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T248" s="4">
         <v>0.01</v>
       </c>
       <c r="U248" s="2">
-        <v>46220</v>
+        <v>48745</v>
       </c>
       <c r="V248" s="4">
-        <v>0</v>
+        <v>7.92</v>
       </c>
       <c r="W248" s="3" t="s">
-        <v>805</v>
+        <v>783</v>
       </c>
       <c r="X248" s="4">
         <v>0</v>
       </c>
       <c r="Y248" s="4">
         <v>0</v>
       </c>
       <c r="Z248" s="6">
-        <v>0</v>
+        <v>2.503E-3</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
-        <v>806</v>
+        <v>784</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>807</v>
+        <v>785</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D249" s="4">
-        <v>1572516.9491099999</v>
+        <v>2453202.5565550001</v>
       </c>
       <c r="E249" s="5">
-        <v>100.1756</v>
+        <v>38.72213</v>
       </c>
       <c r="F249" s="4">
-        <v>1585877.8970270699</v>
+        <v>949932.28311248997</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H249" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I249" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J249" s="5">
-        <v>100.1756</v>
+        <v>38.72213</v>
       </c>
       <c r="K249" s="5">
         <v>1</v>
       </c>
       <c r="L249" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M249" s="4">
-        <v>1585877.8970270001</v>
+        <v>949932.28311199998</v>
       </c>
       <c r="N249" s="4">
-        <v>1585877.8970270699</v>
+        <v>949932.28311248997</v>
       </c>
       <c r="O249" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P249" s="3" t="s">
-        <v>804</v>
+        <v>776</v>
       </c>
       <c r="Q249" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R249" s="3" t="s">
-        <v>806</v>
+        <v>784</v>
       </c>
       <c r="S249" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T249" s="4">
         <v>0.01</v>
       </c>
       <c r="U249" s="2">
-        <v>47865</v>
+        <v>49324</v>
       </c>
       <c r="V249" s="4">
-        <v>5.6432399999999996</v>
+        <v>6.93</v>
       </c>
       <c r="W249" s="3" t="s">
-        <v>808</v>
+        <v>786</v>
       </c>
       <c r="X249" s="4">
-        <v>10599.60815443</v>
+        <v>0</v>
       </c>
       <c r="Y249" s="4">
-        <v>10599.608154</v>
+        <v>0</v>
       </c>
       <c r="Z249" s="6">
-        <v>1.242E-3</v>
+        <v>7.7200000000000001E-4</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
-        <v>809</v>
+        <v>787</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>810</v>
+        <v>788</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D250" s="4">
-        <v>1673975.3169</v>
+        <v>1822203.7752149999</v>
       </c>
       <c r="E250" s="5">
-        <v>100.0425</v>
+        <v>100.91289</v>
       </c>
       <c r="F250" s="4">
-        <v>1685538.61527186</v>
+        <v>1838838.49125856</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H250" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I250" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J250" s="5">
-        <v>100.0425</v>
+        <v>100.91289</v>
       </c>
       <c r="K250" s="5">
         <v>1</v>
       </c>
       <c r="L250" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M250" s="4">
-        <v>1685538.615271</v>
+        <v>1838838.491258</v>
       </c>
       <c r="N250" s="4">
-        <v>1685538.61527186</v>
+        <v>1838838.49125856</v>
       </c>
       <c r="O250" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P250" s="3" t="s">
-        <v>804</v>
+        <v>776</v>
       </c>
       <c r="Q250" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R250" s="3" t="s">
-        <v>809</v>
+        <v>787</v>
       </c>
       <c r="S250" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T250" s="4">
         <v>0.01</v>
       </c>
       <c r="U250" s="2">
-        <v>47953</v>
+        <v>50206</v>
       </c>
       <c r="V250" s="4">
-        <v>5.1861499999999996</v>
+        <v>6.89</v>
       </c>
       <c r="W250" s="3" t="s">
-        <v>811</v>
+        <v>789</v>
       </c>
       <c r="X250" s="4">
-        <v>10851.858862180001</v>
+        <v>0</v>
       </c>
       <c r="Y250" s="4">
-        <v>10851.858861999999</v>
+        <v>0</v>
       </c>
       <c r="Z250" s="6">
-        <v>1.32E-3</v>
+        <v>1.4940000000000001E-3</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
-        <v>812</v>
+        <v>790</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>813</v>
+        <v>791</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D251" s="4">
-        <v>538518.11268699996</v>
+        <v>1083456</v>
       </c>
       <c r="E251" s="5">
-        <v>100.4131</v>
+        <v>0.01</v>
       </c>
       <c r="F251" s="4">
-        <v>543884.08666828997</v>
+        <v>108.3456</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H251" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I251" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J251" s="5">
-        <v>100.4131</v>
+        <v>0.01</v>
       </c>
       <c r="K251" s="5">
         <v>1</v>
       </c>
       <c r="L251" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M251" s="4">
-        <v>543884.08666799997</v>
+        <v>108.3456</v>
       </c>
       <c r="N251" s="4">
-        <v>543884.08666828997</v>
+        <v>108.3456</v>
       </c>
       <c r="O251" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P251" s="3" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R251" s="3" t="s">
-        <v>812</v>
+        <v>790</v>
       </c>
       <c r="S251" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T251" s="4">
         <v>0.01</v>
       </c>
       <c r="U251" s="2">
-        <v>47863</v>
+        <v>46220</v>
       </c>
       <c r="V251" s="4">
-        <v>7.5</v>
+        <v>0</v>
       </c>
       <c r="W251" s="3" t="s">
-        <v>814</v>
+        <v>793</v>
       </c>
       <c r="X251" s="4">
-        <v>3141.3556573400001</v>
+        <v>0</v>
       </c>
       <c r="Y251" s="4">
-        <v>3141.3556570000001</v>
+        <v>0</v>
       </c>
       <c r="Z251" s="6">
-        <v>4.26E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>815</v>
+        <v>794</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>816</v>
+        <v>795</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D252" s="4">
-        <v>1927470.436342</v>
+        <v>1572516.9491099999</v>
       </c>
       <c r="E252" s="5">
-        <v>100.68302</v>
+        <v>100.09139999999999</v>
       </c>
       <c r="F252" s="4">
-        <v>1951751.5952494501</v>
+        <v>1592688.4207581501</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H252" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I252" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J252" s="5">
-        <v>100.68302</v>
+        <v>100.09139999999999</v>
       </c>
       <c r="K252" s="5">
         <v>1</v>
       </c>
       <c r="L252" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M252" s="4">
-        <v>1951751.595249</v>
+        <v>1592688.4207580001</v>
       </c>
       <c r="N252" s="4">
-        <v>1951751.5952494501</v>
+        <v>1592688.4207581501</v>
       </c>
       <c r="O252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>815</v>
+        <v>794</v>
       </c>
       <c r="S252" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T252" s="4">
         <v>0.01</v>
       </c>
       <c r="U252" s="2">
-        <v>47741</v>
+        <v>47865</v>
       </c>
       <c r="V252" s="4">
-        <v>7.415</v>
+        <v>5.6432399999999996</v>
       </c>
       <c r="W252" s="3" t="s">
-        <v>817</v>
+        <v>796</v>
       </c>
       <c r="X252" s="4">
-        <v>11116.150333150001</v>
+        <v>18734.19115667</v>
       </c>
       <c r="Y252" s="4">
-        <v>11116.150333</v>
+        <v>18734.191156000001</v>
       </c>
       <c r="Z252" s="6">
-        <v>1.529E-3</v>
+        <v>1.294E-3</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>818</v>
+        <v>797</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>819</v>
+        <v>798</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D253" s="4">
-        <v>7008748.6562550003</v>
+        <v>1673975.3169</v>
       </c>
       <c r="E253" s="5">
-        <v>100.65243</v>
+        <v>99.999700000000004</v>
       </c>
       <c r="F253" s="4">
-        <v>7085220.8792184396</v>
+        <v>1692780.18366849</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H253" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I253" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J253" s="5">
-        <v>100.65243</v>
+        <v>99.999700000000004</v>
       </c>
       <c r="K253" s="5">
         <v>1</v>
       </c>
       <c r="L253" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M253" s="4">
-        <v>7085220.879218</v>
+        <v>1692780.1836679999</v>
       </c>
       <c r="N253" s="4">
-        <v>7085220.8792184396</v>
+        <v>1692780.18366849</v>
       </c>
       <c r="O253" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>820</v>
+        <v>792</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>818</v>
+        <v>797</v>
       </c>
       <c r="S253" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T253" s="4">
         <v>0.01</v>
       </c>
       <c r="U253" s="2">
-        <v>60351</v>
+        <v>47953</v>
       </c>
       <c r="V253" s="4">
-        <v>5.4720000000000004</v>
+        <v>5.1861499999999996</v>
       </c>
       <c r="W253" s="3" t="s">
-        <v>821</v>
+        <v>799</v>
       </c>
       <c r="X253" s="4">
-        <v>30745.04410544</v>
+        <v>18809.88869444</v>
       </c>
       <c r="Y253" s="4">
-        <v>30745.044105000001</v>
+        <v>18809.888694000001</v>
       </c>
       <c r="Z253" s="6">
-        <v>5.5519999999999996E-3</v>
+        <v>1.3749999999999999E-3</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
-        <v>822</v>
+        <v>800</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>823</v>
+        <v>801</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D254" s="4">
-        <v>1297409.28525</v>
+        <v>498817.84210900002</v>
       </c>
       <c r="E254" s="5">
-        <v>97.084720000000004</v>
+        <v>100.4421</v>
       </c>
       <c r="F254" s="4">
-        <v>1264682.10719825</v>
+        <v>501023.1157888</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H254" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I254" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J254" s="5">
-        <v>97.084720000000004</v>
+        <v>100.4421</v>
       </c>
       <c r="K254" s="5">
         <v>1</v>
       </c>
       <c r="L254" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M254" s="4">
-        <v>1264682.107198</v>
+        <v>501023.115788</v>
       </c>
       <c r="N254" s="4">
-        <v>1264682.10719825</v>
+        <v>501023.1157888</v>
       </c>
       <c r="O254" s="3" t="s">
-        <v>824</v>
+        <v>34</v>
       </c>
       <c r="P254" s="3" t="s">
-        <v>788</v>
+        <v>776</v>
       </c>
       <c r="Q254" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R254" s="3" t="s">
-        <v>822</v>
+        <v>800</v>
       </c>
       <c r="S254" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T254" s="4">
         <v>0.01</v>
       </c>
       <c r="U254" s="2">
         <v>47863</v>
       </c>
       <c r="V254" s="4">
-        <v>5.05</v>
+        <v>7.5</v>
       </c>
       <c r="W254" s="3" t="s">
-        <v>825</v>
+        <v>802</v>
       </c>
       <c r="X254" s="4">
-        <v>5095.9353592899997</v>
+        <v>0</v>
       </c>
       <c r="Y254" s="4">
-        <v>5095.9353590000001</v>
+        <v>0</v>
       </c>
       <c r="Z254" s="6">
-        <v>9.9099999999999991E-4</v>
+        <v>4.0700000000000003E-4</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
-        <v>826</v>
+        <v>803</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>827</v>
+        <v>804</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D255" s="4">
-        <v>267963.31122899998</v>
+        <v>1861389.4268370001</v>
       </c>
       <c r="E255" s="5">
-        <v>98.33278</v>
+        <v>100.70610000000001</v>
       </c>
       <c r="F255" s="4">
-        <v>264681.65983178001</v>
+        <v>1874532.6975793899</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H255" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I255" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J255" s="5">
-        <v>98.33278</v>
+        <v>100.70610000000001</v>
       </c>
       <c r="K255" s="5">
         <v>1</v>
       </c>
       <c r="L255" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M255" s="4">
-        <v>264681.65983100003</v>
+        <v>1874532.6975789999</v>
       </c>
       <c r="N255" s="4">
-        <v>264681.65983178001</v>
+        <v>1874532.6975793899</v>
       </c>
       <c r="O255" s="3" t="s">
-        <v>828</v>
+        <v>34</v>
       </c>
       <c r="P255" s="3" t="s">
-        <v>788</v>
+        <v>776</v>
       </c>
       <c r="Q255" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R255" s="3" t="s">
-        <v>826</v>
+        <v>803</v>
       </c>
       <c r="S255" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T255" s="4">
         <v>0.01</v>
       </c>
       <c r="U255" s="2">
-        <v>48197</v>
+        <v>47741</v>
       </c>
       <c r="V255" s="4">
-        <v>5.69</v>
+        <v>7.415</v>
       </c>
       <c r="W255" s="3" t="s">
-        <v>829</v>
+        <v>805</v>
       </c>
       <c r="X255" s="4">
-        <v>1185.88652069</v>
+        <v>0</v>
       </c>
       <c r="Y255" s="4">
-        <v>1185.88652</v>
+        <v>0</v>
       </c>
       <c r="Z255" s="6">
-        <v>2.0699999999999999E-4</v>
+        <v>1.523E-3</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
-        <v>830</v>
+        <v>806</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>831</v>
+        <v>807</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D256" s="4">
-        <v>1278902.4362999999</v>
+        <v>6748853.6373749999</v>
       </c>
       <c r="E256" s="5">
-        <v>95.116100000000003</v>
+        <v>100.83958</v>
       </c>
       <c r="F256" s="4">
-        <v>1218822.4418480401</v>
+        <v>6805515.6627436699</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H256" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I256" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J256" s="5">
-        <v>95.116100000000003</v>
+        <v>100.83958</v>
       </c>
       <c r="K256" s="5">
         <v>1</v>
       </c>
       <c r="L256" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M256" s="4">
-        <v>1218822.441848</v>
+        <v>6805515.6627430003</v>
       </c>
       <c r="N256" s="4">
-        <v>1218822.4418480401</v>
+        <v>6805515.6627436699</v>
       </c>
       <c r="O256" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P256" s="3" t="s">
-        <v>832</v>
+        <v>808</v>
       </c>
       <c r="Q256" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R256" s="3" t="s">
-        <v>830</v>
+        <v>806</v>
       </c>
       <c r="S256" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T256" s="4">
         <v>0.01</v>
       </c>
       <c r="U256" s="2">
-        <v>51487</v>
+        <v>60351</v>
       </c>
       <c r="V256" s="4">
-        <v>2.3929999999999998</v>
+        <v>5.4720000000000004</v>
       </c>
       <c r="W256" s="3" t="s">
-        <v>833</v>
+        <v>809</v>
       </c>
       <c r="X256" s="4">
-        <v>2380.3216345000001</v>
+        <v>0</v>
       </c>
       <c r="Y256" s="4">
-        <v>2380.3216339999999</v>
+        <v>0</v>
       </c>
       <c r="Z256" s="6">
-        <v>9.5500000000000001E-4</v>
+        <v>5.5300000000000002E-3</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
-        <v>834</v>
+        <v>810</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>835</v>
+        <v>811</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D257" s="4">
-        <v>4000000</v>
+        <v>1267888.343625</v>
       </c>
       <c r="E257" s="5">
-        <v>103.13809000000001</v>
+        <v>97.062389999999994</v>
       </c>
       <c r="F257" s="4">
-        <v>4142287.3244444402</v>
+        <v>1230642.7288538399</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H257" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I257" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J257" s="5">
-        <v>103.13809000000001</v>
+        <v>97.062389999999994</v>
       </c>
       <c r="K257" s="5">
         <v>1</v>
       </c>
       <c r="L257" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M257" s="4">
-        <v>4142287.3244440001</v>
+        <v>1230642.7288530001</v>
       </c>
       <c r="N257" s="4">
-        <v>4142287.3244444402</v>
+        <v>1230642.7288538399</v>
       </c>
       <c r="O257" s="3" t="s">
-        <v>34</v>
+        <v>812</v>
       </c>
       <c r="P257" s="3" t="s">
-        <v>836</v>
+        <v>776</v>
       </c>
       <c r="Q257" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R257" s="3" t="s">
-        <v>834</v>
+        <v>810</v>
       </c>
       <c r="S257" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T257" s="4">
         <v>0.01</v>
       </c>
       <c r="U257" s="2">
-        <v>51818</v>
+        <v>47953</v>
       </c>
       <c r="V257" s="4">
-        <v>5.3883400000000004</v>
+        <v>5.05</v>
       </c>
       <c r="W257" s="3" t="s">
-        <v>837</v>
+        <v>813</v>
       </c>
       <c r="X257" s="4">
-        <v>16763.724444439998</v>
+        <v>0</v>
       </c>
       <c r="Y257" s="4">
-        <v>16763.724443999999</v>
+        <v>0</v>
       </c>
       <c r="Z257" s="6">
-        <v>3.2450000000000001E-3</v>
+        <v>1E-3</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
-        <v>838</v>
+        <v>814</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>839</v>
+        <v>815</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D258" s="4">
-        <v>4000000</v>
+        <v>261866.13521099999</v>
       </c>
       <c r="E258" s="5">
-        <v>105.55952000000001</v>
+        <v>98.287360000000007</v>
       </c>
       <c r="F258" s="4">
-        <v>4249817.87555556</v>
+        <v>257381.31103335999</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H258" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I258" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J258" s="5">
-        <v>105.55952000000001</v>
+        <v>98.287360000000007</v>
       </c>
       <c r="K258" s="5">
         <v>1</v>
       </c>
       <c r="L258" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M258" s="4">
-        <v>4249817.8755550003</v>
+        <v>257381.31103300001</v>
       </c>
       <c r="N258" s="4">
-        <v>4249817.87555556</v>
+        <v>257381.31103335999</v>
       </c>
       <c r="O258" s="3" t="s">
-        <v>34</v>
+        <v>816</v>
       </c>
       <c r="P258" s="3" t="s">
-        <v>836</v>
+        <v>776</v>
       </c>
       <c r="Q258" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R258" s="3" t="s">
-        <v>838</v>
+        <v>814</v>
       </c>
       <c r="S258" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T258" s="4">
         <v>0.01</v>
       </c>
       <c r="U258" s="2">
-        <v>51818</v>
+        <v>48197</v>
       </c>
       <c r="V258" s="4">
-        <v>8.8190600000000003</v>
+        <v>5.69</v>
       </c>
       <c r="W258" s="3" t="s">
-        <v>840</v>
+        <v>817</v>
       </c>
       <c r="X258" s="4">
-        <v>27437.075555560001</v>
+        <v>0</v>
       </c>
       <c r="Y258" s="4">
-        <v>27437.075554999999</v>
+        <v>0</v>
       </c>
       <c r="Z258" s="6">
-        <v>3.3300000000000001E-3</v>
+        <v>2.0900000000000001E-4</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
-        <v>841</v>
+        <v>818</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>842</v>
+        <v>819</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D259" s="4">
-        <v>4328989.1145900004</v>
+        <v>1277292.8682500001</v>
       </c>
       <c r="E259" s="5">
-        <v>1.0979399999999999</v>
+        <v>95.119370000000004</v>
       </c>
       <c r="F259" s="4">
-        <v>64735.02982127</v>
+        <v>1214952.9293343299</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H259" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I259" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J259" s="5">
-        <v>1.0979399999999999</v>
+        <v>95.119370000000004</v>
       </c>
       <c r="K259" s="5">
         <v>1</v>
       </c>
       <c r="L259" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M259" s="4">
-        <v>64735.029820999996</v>
+        <v>1214952.929334</v>
       </c>
       <c r="N259" s="4">
-        <v>64735.02982127</v>
+        <v>1214952.9293343299</v>
       </c>
       <c r="O259" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P259" s="3" t="s">
-        <v>605</v>
+        <v>820</v>
       </c>
       <c r="Q259" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R259" s="3" t="s">
-        <v>841</v>
+        <v>818</v>
       </c>
       <c r="S259" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T259" s="4">
         <v>0.01</v>
       </c>
       <c r="U259" s="2">
-        <v>49577</v>
+        <v>51487</v>
       </c>
       <c r="V259" s="4">
-        <v>5.4060300000000003</v>
+        <v>2.3929999999999998</v>
       </c>
       <c r="W259" s="3" t="s">
-        <v>843</v>
+        <v>821</v>
       </c>
       <c r="X259" s="4">
-        <v>17205.326736539999</v>
+        <v>0</v>
       </c>
       <c r="Y259" s="4">
-        <v>17205.326735999999</v>
+        <v>0</v>
       </c>
       <c r="Z259" s="6">
-        <v>5.0000000000000002E-5</v>
+        <v>9.8700000000000003E-4</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
-        <v>844</v>
+        <v>822</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>845</v>
+        <v>823</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D260" s="4">
-        <v>3391927.2908919998</v>
+        <v>4000000</v>
       </c>
       <c r="E260" s="5">
-        <v>85.578230000000005</v>
+        <v>102.73779</v>
       </c>
       <c r="F260" s="4">
-        <v>2917261.2496213098</v>
+        <v>4109511.6</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H260" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I260" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J260" s="5">
-        <v>85.578230000000005</v>
+        <v>102.73779</v>
       </c>
       <c r="K260" s="5">
         <v>1</v>
       </c>
       <c r="L260" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M260" s="4">
-        <v>2917261.2496210001</v>
+        <v>4109511.6</v>
       </c>
       <c r="N260" s="4">
-        <v>2917261.2496213098</v>
+        <v>4109511.6</v>
       </c>
       <c r="O260" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P260" s="3" t="s">
-        <v>846</v>
+        <v>824</v>
       </c>
       <c r="Q260" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R260" s="3" t="s">
-        <v>844</v>
+        <v>822</v>
       </c>
       <c r="S260" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T260" s="4">
         <v>0.01</v>
       </c>
       <c r="U260" s="2">
-        <v>49515</v>
+        <v>51818</v>
       </c>
       <c r="V260" s="4">
-        <v>5.5</v>
+        <v>5.3883400000000004</v>
       </c>
       <c r="W260" s="3" t="s">
-        <v>847</v>
+        <v>825</v>
       </c>
       <c r="X260" s="4">
-        <v>14509.91118882</v>
+        <v>0</v>
       </c>
       <c r="Y260" s="4">
-        <v>14509.911188</v>
+        <v>0</v>
       </c>
       <c r="Z260" s="6">
-        <v>2.2859999999999998E-3</v>
+        <v>3.339E-3</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
-        <v>848</v>
+        <v>826</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>849</v>
+        <v>827</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D261" s="4">
-        <v>507.89310599999999</v>
+        <v>4000000</v>
       </c>
       <c r="E261" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>106.40788999999999</v>
       </c>
       <c r="F261" s="4">
-        <v>2.4605711100000001</v>
+        <v>4256315.5999999996</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H261" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I261" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J261" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>106.40788999999999</v>
       </c>
       <c r="K261" s="5">
         <v>1</v>
       </c>
       <c r="L261" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M261" s="4">
-        <v>2.4605709999999998</v>
+        <v>4256315.5999999996</v>
       </c>
       <c r="N261" s="4">
-        <v>2.4605711100000001</v>
+        <v>4256315.5999999996</v>
       </c>
       <c r="O261" s="3" t="s">
-        <v>850</v>
+        <v>34</v>
       </c>
       <c r="P261" s="3" t="s">
-        <v>851</v>
+        <v>824</v>
       </c>
       <c r="Q261" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R261" s="3" t="s">
-        <v>848</v>
+        <v>826</v>
       </c>
       <c r="S261" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T261" s="4">
         <v>0.01</v>
       </c>
       <c r="U261" s="2">
-        <v>49577</v>
+        <v>51818</v>
       </c>
       <c r="V261" s="4">
-        <v>6.2288360000000003</v>
+        <v>8.8190600000000003</v>
       </c>
       <c r="W261" s="3" t="s">
-        <v>852</v>
+        <v>828</v>
       </c>
       <c r="X261" s="4">
-        <v>2.4605660299999998</v>
+        <v>0</v>
       </c>
       <c r="Y261" s="4">
-        <v>2.460566</v>
+        <v>0</v>
       </c>
       <c r="Z261" s="6">
-        <v>0</v>
+        <v>3.4589999999999998E-3</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
-        <v>853</v>
+        <v>829</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>854</v>
+        <v>830</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D262" s="4">
-        <v>2314760.2733519999</v>
+        <v>4328989.1145900004</v>
       </c>
       <c r="E262" s="5">
-        <v>97.747820000000004</v>
+        <v>1.0683199999999999</v>
       </c>
       <c r="F262" s="4">
-        <v>2263982.8072429402</v>
+        <v>46247.456508989999</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H262" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I262" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J262" s="5">
-        <v>97.747820000000004</v>
+        <v>1.0683199999999999</v>
       </c>
       <c r="K262" s="5">
         <v>1</v>
       </c>
       <c r="L262" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M262" s="4">
-        <v>2263982.807242</v>
+        <v>46247.456508000003</v>
       </c>
       <c r="N262" s="4">
-        <v>2263982.8072429402</v>
+        <v>46247.456508989999</v>
       </c>
       <c r="O262" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P262" s="3" t="s">
-        <v>855</v>
+        <v>597</v>
       </c>
       <c r="Q262" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R262" s="3" t="s">
-        <v>853</v>
+        <v>829</v>
       </c>
       <c r="S262" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T262" s="4">
         <v>0.01</v>
       </c>
       <c r="U262" s="2">
-        <v>49424</v>
+        <v>49577</v>
       </c>
       <c r="V262" s="4">
-        <v>5.2687600000000003</v>
+        <v>5.4084000000000003</v>
       </c>
       <c r="W262" s="3" t="s">
-        <v>856</v>
+        <v>831</v>
       </c>
       <c r="X262" s="4">
-        <v>1355.1018153099999</v>
+        <v>0</v>
       </c>
       <c r="Y262" s="4">
-        <v>1355.101815</v>
+        <v>0</v>
       </c>
       <c r="Z262" s="6">
-        <v>1.774E-3</v>
+        <v>3.6999999999999998E-5</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
-        <v>857</v>
+        <v>832</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>858</v>
+        <v>833</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D263" s="4">
-        <v>15303443.983077001</v>
+        <v>3375013.2077589999</v>
       </c>
       <c r="E263" s="5">
-        <v>24.217780000000001</v>
+        <v>84.996039999999994</v>
       </c>
       <c r="F263" s="4">
-        <v>3783521.8074925998</v>
+        <v>2868627.5760722901</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H263" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I263" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J263" s="5">
-        <v>24.217780000000001</v>
+        <v>84.996039999999994</v>
       </c>
       <c r="K263" s="5">
         <v>1</v>
       </c>
       <c r="L263" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M263" s="4">
-        <v>3783521.8074920001</v>
+        <v>2868627.576072</v>
       </c>
       <c r="N263" s="4">
-        <v>3783521.8074925998</v>
+        <v>2868627.5760722901</v>
       </c>
       <c r="O263" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P263" s="3" t="s">
-        <v>620</v>
+        <v>834</v>
       </c>
       <c r="Q263" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R263" s="3" t="s">
-        <v>857</v>
+        <v>832</v>
       </c>
       <c r="S263" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T263" s="4">
         <v>0.01</v>
       </c>
       <c r="U263" s="2">
-        <v>49881</v>
+        <v>49515</v>
       </c>
       <c r="V263" s="4">
-        <v>6.5</v>
+        <v>5.5</v>
       </c>
       <c r="W263" s="3" t="s">
-        <v>859</v>
+        <v>835</v>
       </c>
       <c r="X263" s="4">
-        <v>77367.411247779994</v>
+        <v>0</v>
       </c>
       <c r="Y263" s="4">
-        <v>77367.411246999996</v>
+        <v>0</v>
       </c>
       <c r="Z263" s="6">
-        <v>2.9640000000000001E-3</v>
+        <v>2.3310000000000002E-3</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
-        <v>860</v>
+        <v>836</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>861</v>
+        <v>837</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D264" s="4">
-        <v>6000000</v>
+        <v>507.89310599999999</v>
       </c>
       <c r="E264" s="5">
-        <v>100.21129999999999</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="F264" s="4">
-        <v>6021483.8550000004</v>
+        <v>5.0799999999999996E-6</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H264" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I264" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J264" s="5">
-        <v>100.21129999999999</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K264" s="5">
         <v>1</v>
       </c>
       <c r="L264" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M264" s="4">
-        <v>6021483.8550000004</v>
+        <v>5.0000000000000004E-6</v>
       </c>
       <c r="N264" s="4">
-        <v>6021483.8550000004</v>
+        <v>5.0799999999999996E-6</v>
       </c>
       <c r="O264" s="3" t="s">
-        <v>34</v>
+        <v>838</v>
       </c>
       <c r="P264" s="3" t="s">
-        <v>862</v>
+        <v>839</v>
       </c>
       <c r="Q264" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R264" s="3" t="s">
-        <v>860</v>
+        <v>836</v>
       </c>
       <c r="S264" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T264" s="4">
         <v>0.01</v>
       </c>
       <c r="U264" s="2">
-        <v>47988</v>
+        <v>49577</v>
       </c>
       <c r="V264" s="4">
-        <v>5.8705699999999998</v>
+        <v>6.2288360000000003</v>
       </c>
       <c r="W264" s="3" t="s">
-        <v>863</v>
+        <v>840</v>
       </c>
       <c r="X264" s="4">
-        <v>8805.8549999999996</v>
+        <v>0</v>
       </c>
       <c r="Y264" s="4">
-        <v>8805.8549999999996</v>
+        <v>0</v>
       </c>
       <c r="Z264" s="6">
-        <v>4.718E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
-        <v>864</v>
+        <v>841</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>865</v>
+        <v>842</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D265" s="4">
-        <v>1939288.7339999999</v>
+        <v>2287562.4358740002</v>
       </c>
       <c r="E265" s="5">
-        <v>48.367040000000003</v>
+        <v>97.3446</v>
       </c>
       <c r="F265" s="4">
-        <v>961811.30507080001</v>
+        <v>2228742.42302506</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H265" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I265" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J265" s="5">
-        <v>48.367040000000003</v>
+        <v>97.3446</v>
       </c>
       <c r="K265" s="5">
         <v>1</v>
       </c>
       <c r="L265" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M265" s="4">
-        <v>961811.30507</v>
+        <v>2228742.4230249999</v>
       </c>
       <c r="N265" s="4">
-        <v>961811.30507080001</v>
+        <v>2228742.42302506</v>
       </c>
       <c r="O265" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P265" s="3" t="s">
-        <v>866</v>
+        <v>843</v>
       </c>
       <c r="Q265" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R265" s="3" t="s">
-        <v>864</v>
+        <v>841</v>
       </c>
       <c r="S265" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T265" s="4">
         <v>0.01</v>
       </c>
       <c r="U265" s="2">
-        <v>50115</v>
+        <v>51160</v>
       </c>
       <c r="V265" s="4">
-        <v>5.8994200000000001</v>
+        <v>5.0462100000000003</v>
       </c>
       <c r="W265" s="3" t="s">
-        <v>867</v>
+        <v>844</v>
       </c>
       <c r="X265" s="4">
-        <v>23834.74738153</v>
+        <v>1923.92007326</v>
       </c>
       <c r="Y265" s="4">
-        <v>23834.747381000001</v>
+        <v>1923.920073</v>
       </c>
       <c r="Z265" s="6">
-        <v>7.5299999999999998E-4</v>
+        <v>1.8109999999999999E-3</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
-        <v>868</v>
+        <v>845</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>869</v>
+        <v>846</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D266" s="4">
-        <v>1797000</v>
+        <v>15303443.983077001</v>
       </c>
       <c r="E266" s="5">
-        <v>99.68</v>
+        <v>23.925450000000001</v>
       </c>
       <c r="F266" s="4">
-        <v>1793730.66998</v>
+        <v>3661417.8384491</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H266" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I266" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J266" s="5">
-        <v>99.68</v>
+        <v>23.925450000000001</v>
       </c>
       <c r="K266" s="5">
         <v>1</v>
       </c>
       <c r="L266" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M266" s="4">
-        <v>1793730.66998</v>
+        <v>3661417.8384489999</v>
       </c>
       <c r="N266" s="4">
-        <v>1793730.66998</v>
+        <v>3661417.8384491</v>
       </c>
       <c r="O266" s="3" t="s">
-        <v>870</v>
+        <v>34</v>
       </c>
       <c r="P266" s="3" t="s">
-        <v>866</v>
+        <v>612</v>
       </c>
       <c r="Q266" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R266" s="3" t="s">
-        <v>868</v>
+        <v>845</v>
       </c>
       <c r="S266" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T266" s="4">
         <v>0.01</v>
       </c>
       <c r="U266" s="2">
-        <v>48382</v>
+        <v>49881</v>
       </c>
       <c r="V266" s="4">
-        <v>4.75</v>
+        <v>6.5</v>
       </c>
       <c r="W266" s="3" t="s">
-        <v>871</v>
+        <v>847</v>
       </c>
       <c r="X266" s="4">
-        <v>2481.0699800000002</v>
+        <v>0</v>
       </c>
       <c r="Y266" s="4">
-        <v>2481.0699800000002</v>
+        <v>0</v>
       </c>
       <c r="Z266" s="6">
-        <v>1.405E-3</v>
+        <v>2.9750000000000002E-3</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
-        <v>872</v>
+        <v>848</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>873</v>
+        <v>849</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D267" s="4">
-        <v>850000</v>
+        <v>6000000</v>
       </c>
       <c r="E267" s="5">
-        <v>99.68</v>
+        <v>100.1678</v>
       </c>
       <c r="F267" s="4">
-        <v>848946</v>
+        <v>6051161.9900000002</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H267" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I267" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J267" s="5">
-        <v>99.68</v>
+        <v>100.1678</v>
       </c>
       <c r="K267" s="5">
         <v>1</v>
       </c>
       <c r="L267" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M267" s="4">
-        <v>848946</v>
+        <v>6051161.9900000002</v>
       </c>
       <c r="N267" s="4">
-        <v>848946</v>
+        <v>6051161.9900000002</v>
       </c>
       <c r="O267" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P267" s="3" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R267" s="3" t="s">
-        <v>872</v>
+        <v>848</v>
       </c>
       <c r="S267" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T267" s="4">
         <v>0.01</v>
       </c>
       <c r="U267" s="2">
-        <v>49751</v>
+        <v>47988</v>
       </c>
       <c r="V267" s="4">
-        <v>4.75</v>
+        <v>5.8705699999999998</v>
       </c>
       <c r="W267" s="3" t="s">
-        <v>874</v>
+        <v>851</v>
       </c>
       <c r="X267" s="4">
-        <v>1666</v>
+        <v>41093.99</v>
       </c>
       <c r="Y267" s="4">
-        <v>1666</v>
+        <v>41093.99</v>
       </c>
       <c r="Z267" s="6">
-        <v>6.6500000000000001E-4</v>
+        <v>4.9170000000000004E-3</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
-        <v>875</v>
+        <v>852</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>876</v>
+        <v>853</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D268" s="4">
-        <v>5400349.5891279997</v>
+        <v>1939288.7339999999</v>
       </c>
       <c r="E268" s="5">
-        <v>26.716380000000001</v>
+        <v>40.84196</v>
       </c>
       <c r="F268" s="4">
-        <v>1509150.6891703899</v>
+        <v>797157.95971775998</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H268" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I268" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J268" s="5">
-        <v>26.716380000000001</v>
+        <v>40.84196</v>
       </c>
       <c r="K268" s="5">
         <v>1</v>
       </c>
       <c r="L268" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M268" s="4">
-        <v>1509150.6891699999</v>
+        <v>797157.95971700002</v>
       </c>
       <c r="N268" s="4">
-        <v>1509150.6891703899</v>
+        <v>797157.95971775998</v>
       </c>
       <c r="O268" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P268" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q268" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R268" s="3" t="s">
-        <v>875</v>
+        <v>852</v>
       </c>
       <c r="S268" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T268" s="4">
         <v>0.01</v>
       </c>
       <c r="U268" s="2">
         <v>50206</v>
       </c>
       <c r="V268" s="4">
-        <v>5.8990710000000002</v>
+        <v>5.5848100000000001</v>
       </c>
       <c r="W268" s="3" t="s">
-        <v>877</v>
+        <v>855</v>
       </c>
       <c r="X268" s="4">
-        <v>66372.771610609998</v>
+        <v>5114.4306929699997</v>
       </c>
       <c r="Y268" s="4">
-        <v>66372.771609999996</v>
+        <v>5114.4306919999999</v>
       </c>
       <c r="Z268" s="6">
-        <v>1.1820000000000001E-3</v>
+        <v>6.4700000000000001E-4</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
-        <v>878</v>
+        <v>856</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>879</v>
+        <v>857</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D269" s="4">
-        <v>2306006.9063599999</v>
+        <v>1709000</v>
       </c>
       <c r="E269" s="5">
-        <v>99.739699999999999</v>
+        <v>99.68</v>
       </c>
       <c r="F269" s="4">
-        <v>2322581.23491584</v>
+        <v>1706339.215175</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H269" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I269" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J269" s="5">
-        <v>99.739699999999999</v>
+        <v>99.68</v>
       </c>
       <c r="K269" s="5">
         <v>1</v>
       </c>
       <c r="L269" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M269" s="4">
-        <v>2322581.2349149999</v>
+        <v>1706339.215175</v>
       </c>
       <c r="N269" s="4">
-        <v>2322581.23491584</v>
+        <v>1706339.215175</v>
       </c>
       <c r="O269" s="3" t="s">
-        <v>880</v>
+        <v>858</v>
       </c>
       <c r="P269" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q269" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R269" s="3" t="s">
-        <v>878</v>
+        <v>856</v>
       </c>
       <c r="S269" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T269" s="4">
         <v>0.01</v>
       </c>
       <c r="U269" s="2">
-        <v>48745</v>
+        <v>48382</v>
       </c>
       <c r="V269" s="4">
-        <v>4.6994199999999999</v>
+        <v>4.75</v>
       </c>
       <c r="W269" s="3" t="s">
-        <v>881</v>
+        <v>859</v>
       </c>
       <c r="X269" s="4">
-        <v>22576.864533100001</v>
+        <v>2808.015175</v>
       </c>
       <c r="Y269" s="4">
-        <v>22576.864533</v>
+        <v>2808.015175</v>
       </c>
       <c r="Z269" s="6">
-        <v>1.82E-3</v>
+        <v>1.3860000000000001E-3</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
-        <v>882</v>
+        <v>860</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>883</v>
+        <v>861</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D270" s="4">
-        <v>5308318.3808000004</v>
+        <v>7367782.2336360002</v>
       </c>
       <c r="E270" s="5">
-        <v>98.880560000000003</v>
+        <v>27.555140000000002</v>
       </c>
       <c r="F270" s="4">
-        <v>5301197.5813440597</v>
+        <v>2049632.33292718</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H270" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I270" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J270" s="5">
-        <v>98.880560000000003</v>
+        <v>27.555140000000002</v>
       </c>
       <c r="K270" s="5">
         <v>1</v>
       </c>
       <c r="L270" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M270" s="4">
-        <v>5301197.5813440001</v>
+        <v>2049632.332927</v>
       </c>
       <c r="N270" s="4">
-        <v>5301197.5813440597</v>
+        <v>2049632.33292718</v>
       </c>
       <c r="O270" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P270" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q270" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R270" s="3" t="s">
-        <v>882</v>
+        <v>860</v>
       </c>
       <c r="S270" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T270" s="4">
         <v>0.01</v>
       </c>
       <c r="U270" s="2">
-        <v>48837</v>
+        <v>50571</v>
       </c>
       <c r="V270" s="4">
-        <v>4.7294200000000002</v>
+        <v>5.5844610000000001</v>
       </c>
       <c r="W270" s="3" t="s">
-        <v>884</v>
+        <v>862</v>
       </c>
       <c r="X270" s="4">
-        <v>52302.639826090002</v>
+        <v>19429.62355366</v>
       </c>
       <c r="Y270" s="4">
-        <v>52302.639825999999</v>
+        <v>19429.623553000001</v>
       </c>
       <c r="Z270" s="6">
-        <v>4.1539999999999997E-3</v>
+        <v>1.665E-3</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
-        <v>885</v>
+        <v>863</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>886</v>
+        <v>864</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D271" s="4">
-        <v>12317502.920201</v>
+        <v>800000</v>
       </c>
       <c r="E271" s="5">
-        <v>98.711129999999997</v>
+        <v>99.68</v>
       </c>
       <c r="F271" s="4">
-        <v>12277030.787626799</v>
+        <v>799661.33333333</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H271" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I271" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J271" s="5">
-        <v>98.711129999999997</v>
+        <v>99.68</v>
       </c>
       <c r="K271" s="5">
         <v>1</v>
       </c>
       <c r="L271" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M271" s="4">
-        <v>12277030.787626</v>
+        <v>799661.33333299996</v>
       </c>
       <c r="N271" s="4">
-        <v>12277030.787626799</v>
+        <v>799661.33333333</v>
       </c>
       <c r="O271" s="3" t="s">
-        <v>887</v>
+        <v>34</v>
       </c>
       <c r="P271" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q271" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R271" s="3" t="s">
-        <v>885</v>
+        <v>863</v>
       </c>
       <c r="S271" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T271" s="4">
         <v>0.01</v>
       </c>
       <c r="U271" s="2">
-        <v>50754</v>
+        <v>49842</v>
       </c>
       <c r="V271" s="4">
-        <v>4.6094200000000001</v>
+        <v>4.75</v>
       </c>
       <c r="W271" s="3" t="s">
-        <v>888</v>
+        <v>865</v>
       </c>
       <c r="X271" s="4">
-        <v>118284.4673134</v>
+        <v>2221.3333333300002</v>
       </c>
       <c r="Y271" s="4">
-        <v>118284.467313</v>
+        <v>2221.333333</v>
       </c>
       <c r="Z271" s="6">
-        <v>9.6200000000000001E-3</v>
+        <v>6.4899999999999995E-4</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
-        <v>889</v>
+        <v>866</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>890</v>
+        <v>867</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D272" s="4">
-        <v>8763447.5512290001</v>
+        <v>11085730.457268</v>
       </c>
       <c r="E272" s="5">
-        <v>97.686189999999996</v>
+        <v>22.205349999999999</v>
       </c>
       <c r="F272" s="4">
-        <v>8645198.1907823794</v>
+        <v>2490859.4956278699</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H272" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I272" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J272" s="5">
-        <v>97.686189999999996</v>
+        <v>22.205349999999999</v>
       </c>
       <c r="K272" s="5">
         <v>1</v>
       </c>
       <c r="L272" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M272" s="4">
-        <v>8645198.1907819994</v>
+        <v>2490859.495627</v>
       </c>
       <c r="N272" s="4">
-        <v>8645198.1907823794</v>
+        <v>2490859.4956278699</v>
       </c>
       <c r="O272" s="3" t="s">
-        <v>891</v>
+        <v>34</v>
       </c>
       <c r="P272" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="Q272" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R272" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="Q272" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S272" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T272" s="4">
         <v>0.01</v>
       </c>
       <c r="U272" s="2">
-        <v>50936</v>
+        <v>50298</v>
       </c>
       <c r="V272" s="4">
-        <v>4.6294199999999996</v>
+        <v>5.5844610000000001</v>
       </c>
       <c r="W272" s="3" t="s">
-        <v>892</v>
+        <v>868</v>
       </c>
       <c r="X272" s="4">
-        <v>84520.165338770006</v>
+        <v>29234.247534990001</v>
       </c>
       <c r="Y272" s="4">
-        <v>84520.165338000006</v>
+        <v>29234.247533999998</v>
       </c>
       <c r="Z272" s="6">
-        <v>6.7739999999999996E-3</v>
+        <v>2.0240000000000002E-3</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
-        <v>893</v>
+        <v>869</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>894</v>
+        <v>870</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D273" s="4">
-        <v>14192035.386258001</v>
+        <v>1853796.06858</v>
       </c>
       <c r="E273" s="5">
-        <v>96.251410000000007</v>
+        <v>99.711690000000004</v>
       </c>
       <c r="F273" s="4">
-        <v>13795728.3566435</v>
+        <v>1852289.8680283199</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H273" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I273" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J273" s="5">
-        <v>96.251410000000007</v>
+        <v>99.711690000000004</v>
       </c>
       <c r="K273" s="5">
         <v>1</v>
       </c>
       <c r="L273" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M273" s="4">
-        <v>13795728.356643001</v>
+        <v>1852289.868028</v>
       </c>
       <c r="N273" s="4">
-        <v>13795728.3566435</v>
+        <v>1852289.8680283199</v>
       </c>
       <c r="O273" s="3" t="s">
-        <v>34</v>
+        <v>871</v>
       </c>
       <c r="P273" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q273" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R273" s="3" t="s">
-        <v>893</v>
+        <v>869</v>
       </c>
       <c r="S273" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T273" s="4">
         <v>0.01</v>
       </c>
       <c r="U273" s="2">
-        <v>50936</v>
+        <v>48745</v>
       </c>
       <c r="V273" s="4">
-        <v>4.5894199999999996</v>
+        <v>4.3848099999999999</v>
       </c>
       <c r="W273" s="3" t="s">
-        <v>895</v>
+        <v>872</v>
       </c>
       <c r="X273" s="4">
-        <v>135694.18967165999</v>
+        <v>3838.47889364</v>
       </c>
       <c r="Y273" s="4">
-        <v>135694.189671</v>
+        <v>3838.478893</v>
       </c>
       <c r="Z273" s="6">
-        <v>1.081E-2</v>
+        <v>1.505E-3</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
-        <v>896</v>
+        <v>873</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>897</v>
+        <v>874</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D274" s="4">
-        <v>6783111.9987120004</v>
+        <v>4861737.9273199998</v>
       </c>
       <c r="E274" s="5">
-        <v>97.753330000000005</v>
+        <v>98.759069999999994</v>
       </c>
       <c r="F274" s="4">
-        <v>6695290.5389312804</v>
+        <v>4811542.7749896599</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H274" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I274" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J274" s="5">
-        <v>97.753330000000005</v>
+        <v>98.759069999999994</v>
       </c>
       <c r="K274" s="5">
         <v>1</v>
       </c>
       <c r="L274" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M274" s="4">
-        <v>6695290.538931</v>
+        <v>4811542.7749889996</v>
       </c>
       <c r="N274" s="4">
-        <v>6695290.5389312804</v>
+        <v>4811542.7749896599</v>
       </c>
       <c r="O274" s="3" t="s">
-        <v>898</v>
+        <v>34</v>
       </c>
       <c r="P274" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q274" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R274" s="3" t="s">
-        <v>896</v>
+        <v>873</v>
       </c>
       <c r="S274" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T274" s="4">
         <v>0.01</v>
       </c>
       <c r="U274" s="2">
-        <v>51119</v>
+        <v>48837</v>
       </c>
       <c r="V274" s="4">
-        <v>4.56942</v>
+        <v>4.4148100000000001</v>
       </c>
       <c r="W274" s="3" t="s">
-        <v>899</v>
+        <v>875</v>
       </c>
       <c r="X274" s="4">
-        <v>64572.682560740002</v>
+        <v>10135.612131149999</v>
       </c>
       <c r="Y274" s="4">
-        <v>64572.682560000001</v>
+        <v>10135.612131</v>
       </c>
       <c r="Z274" s="6">
-        <v>5.2459999999999998E-3</v>
+        <v>3.9100000000000003E-3</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
-        <v>900</v>
+        <v>876</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>901</v>
+        <v>877</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D275" s="4">
-        <v>1334103.8801579999</v>
+        <v>11376427.522898</v>
       </c>
       <c r="E275" s="5">
-        <v>97.350759999999994</v>
+        <v>98.742509999999996</v>
       </c>
       <c r="F275" s="4">
-        <v>1311460.43517345</v>
+        <v>11256442.670821499</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H275" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I275" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J275" s="5">
-        <v>97.350759999999994</v>
+        <v>98.742509999999996</v>
       </c>
       <c r="K275" s="5">
         <v>1</v>
       </c>
       <c r="L275" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M275" s="4">
-        <v>1311460.435173</v>
+        <v>11256442.670821</v>
       </c>
       <c r="N275" s="4">
-        <v>1311460.43517345</v>
+        <v>11256442.670821499</v>
       </c>
       <c r="O275" s="3" t="s">
-        <v>34</v>
+        <v>878</v>
       </c>
       <c r="P275" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q275" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R275" s="3" t="s">
-        <v>900</v>
+        <v>876</v>
       </c>
       <c r="S275" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T275" s="4">
         <v>0.01</v>
       </c>
       <c r="U275" s="2">
-        <v>51119</v>
+        <v>50754</v>
       </c>
       <c r="V275" s="4">
-        <v>4.4994199999999998</v>
+        <v>4.29481</v>
       </c>
       <c r="W275" s="3" t="s">
-        <v>902</v>
+        <v>879</v>
       </c>
       <c r="X275" s="4">
-        <v>12700.168650150001</v>
+        <v>23072.58638121</v>
       </c>
       <c r="Y275" s="4">
-        <v>12700.16865</v>
+        <v>23072.586381000001</v>
       </c>
       <c r="Z275" s="6">
-        <v>1.0269999999999999E-3</v>
+        <v>9.1479999999999999E-3</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
-        <v>903</v>
+        <v>880</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>904</v>
+        <v>881</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D276" s="4">
-        <v>8973423.2398400009</v>
+        <v>8186124.3365190001</v>
       </c>
       <c r="E276" s="5">
-        <v>98.331339999999997</v>
+        <v>97.569730000000007</v>
       </c>
       <c r="F276" s="4">
-        <v>8908550.1008631606</v>
+        <v>8003859.0434256904</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H276" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I276" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J276" s="5">
-        <v>98.331339999999997</v>
+        <v>97.569730000000007</v>
       </c>
       <c r="K276" s="5">
         <v>1</v>
       </c>
       <c r="L276" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M276" s="4">
-        <v>8908550.1008630004</v>
+        <v>8003859.0434250003</v>
       </c>
       <c r="N276" s="4">
-        <v>8908550.1008631606</v>
+        <v>8003859.0434256904</v>
       </c>
       <c r="O276" s="3" t="s">
-        <v>905</v>
+        <v>882</v>
       </c>
       <c r="P276" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q276" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R276" s="3" t="s">
-        <v>903</v>
+        <v>880</v>
       </c>
       <c r="S276" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T276" s="4">
         <v>0.01</v>
       </c>
       <c r="U276" s="2">
-        <v>51851</v>
+        <v>50936</v>
       </c>
       <c r="V276" s="4">
-        <v>4.5394199999999998</v>
+        <v>4.3148099999999996</v>
       </c>
       <c r="W276" s="3" t="s">
-        <v>906</v>
+        <v>883</v>
       </c>
       <c r="X276" s="4">
-        <v>84862.785257070005</v>
+        <v>16679.630820099999</v>
       </c>
       <c r="Y276" s="4">
-        <v>84862.785256999996</v>
+        <v>16679.630819999998</v>
       </c>
       <c r="Z276" s="6">
-        <v>6.9800000000000001E-3</v>
+        <v>6.5040000000000002E-3</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
-        <v>907</v>
+        <v>884</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>908</v>
+        <v>885</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D277" s="4">
-        <v>2672290.9504</v>
+        <v>13569464.0144</v>
       </c>
       <c r="E277" s="5">
-        <v>94.571789999999993</v>
+        <v>96.389939999999996</v>
       </c>
       <c r="F277" s="4">
-        <v>2553340.6662775902</v>
+        <v>13106990.359798299</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H277" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I277" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J277" s="5">
-        <v>94.571789999999993</v>
+        <v>96.389939999999996</v>
       </c>
       <c r="K277" s="5">
         <v>1</v>
       </c>
       <c r="L277" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M277" s="4">
-        <v>2553340.6662770002</v>
+        <v>13106990.359797999</v>
       </c>
       <c r="N277" s="4">
-        <v>2553340.6662775902</v>
+        <v>13106990.359798299</v>
       </c>
       <c r="O277" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P277" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q277" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R277" s="3" t="s">
-        <v>907</v>
+        <v>884</v>
       </c>
       <c r="S277" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T277" s="4">
         <v>0.01</v>
       </c>
       <c r="U277" s="2">
-        <v>51119</v>
+        <v>50936</v>
       </c>
       <c r="V277" s="4">
-        <v>4.6894200000000001</v>
+        <v>4.2748100000000004</v>
       </c>
       <c r="W277" s="3" t="s">
-        <v>909</v>
+        <v>886</v>
       </c>
       <c r="X277" s="4">
-        <v>26107.280476299999</v>
+        <v>27392.137996599999</v>
       </c>
       <c r="Y277" s="4">
-        <v>26107.280476</v>
+        <v>27392.137996000001</v>
       </c>
       <c r="Z277" s="6">
-        <v>2E-3</v>
+        <v>1.0652E-2</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
-        <v>910</v>
+        <v>887</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>911</v>
+        <v>888</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D278" s="4">
-        <v>4014845.9865000001</v>
+        <v>6385678.4678400001</v>
       </c>
       <c r="E278" s="5">
-        <v>99.997309999999999</v>
+        <v>97.614720000000005</v>
       </c>
       <c r="F278" s="4">
-        <v>4034334.4972429401</v>
+        <v>6246192.3627664698</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H278" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I278" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J278" s="5">
-        <v>99.997309999999999</v>
+        <v>97.614720000000005</v>
       </c>
       <c r="K278" s="5">
         <v>1</v>
       </c>
       <c r="L278" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M278" s="4">
-        <v>4034334.497242</v>
+        <v>6246192.3627660004</v>
       </c>
       <c r="N278" s="4">
-        <v>4034334.4972429401</v>
+        <v>6246192.3627664698</v>
       </c>
       <c r="O278" s="3" t="s">
-        <v>912</v>
+        <v>889</v>
       </c>
       <c r="P278" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q278" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R278" s="3" t="s">
-        <v>910</v>
+        <v>887</v>
       </c>
       <c r="S278" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T278" s="4">
         <v>0.01</v>
       </c>
       <c r="U278" s="2">
-        <v>46230</v>
+        <v>51119</v>
       </c>
       <c r="V278" s="4">
-        <v>5.3247400000000003</v>
+        <v>4.25481</v>
       </c>
       <c r="W278" s="3" t="s">
-        <v>913</v>
+        <v>890</v>
       </c>
       <c r="X278" s="4">
-        <v>19596.510099980002</v>
+        <v>12830.20628416</v>
       </c>
       <c r="Y278" s="4">
-        <v>19596.510098999999</v>
+        <v>12830.206284</v>
       </c>
       <c r="Z278" s="6">
-        <v>3.1610000000000002E-3</v>
+        <v>5.0759999999999998E-3</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
-        <v>914</v>
+        <v>891</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>915</v>
+        <v>892</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D279" s="4">
-        <v>3983896.0611999999</v>
+        <v>1255936.5705599999</v>
       </c>
       <c r="E279" s="5">
-        <v>98.644819999999996</v>
+        <v>97.169929999999994</v>
       </c>
       <c r="F279" s="4">
-        <v>3947818.7417277698</v>
+        <v>1222916.1341007799</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H279" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I279" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J279" s="5">
-        <v>98.644819999999996</v>
+        <v>97.169929999999994</v>
       </c>
       <c r="K279" s="5">
         <v>1</v>
       </c>
       <c r="L279" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M279" s="4">
-        <v>3947818.7417270001</v>
+        <v>1222916.1340999999</v>
       </c>
       <c r="N279" s="4">
-        <v>3947818.7417277698</v>
+        <v>1222916.1341007799</v>
       </c>
       <c r="O279" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P279" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q279" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R279" s="3" t="s">
-        <v>914</v>
+        <v>891</v>
       </c>
       <c r="S279" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T279" s="4">
         <v>0.01</v>
       </c>
       <c r="U279" s="2">
-        <v>46959</v>
+        <v>51119</v>
       </c>
       <c r="V279" s="4">
-        <v>4.9047400000000003</v>
+        <v>4.1848099999999997</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>916</v>
+        <v>893</v>
       </c>
       <c r="X279" s="4">
-        <v>17911.643169939998</v>
+        <v>2523.4476432299998</v>
       </c>
       <c r="Y279" s="4">
-        <v>17911.643168999999</v>
+        <v>2523.447643</v>
       </c>
       <c r="Z279" s="6">
-        <v>3.0929999999999998E-3</v>
+        <v>9.9299999999999996E-4</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
-        <v>917</v>
+        <v>894</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>918</v>
+        <v>895</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D280" s="4">
-        <v>9761242.0587200001</v>
+        <v>8274772.6295999996</v>
       </c>
       <c r="E280" s="5">
-        <v>99.130629999999996</v>
+        <v>99.072959999999995</v>
       </c>
       <c r="F280" s="4">
-        <v>9788817.44552036</v>
+        <v>8214570.7556536002</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H280" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I280" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J280" s="5">
-        <v>99.130629999999996</v>
+        <v>99.072959999999995</v>
       </c>
       <c r="K280" s="5">
         <v>1</v>
       </c>
       <c r="L280" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M280" s="4">
-        <v>9788817.4455200005</v>
+        <v>8214570.7556530004</v>
       </c>
       <c r="N280" s="4">
-        <v>9788817.44552036</v>
+        <v>8214570.7556536002</v>
       </c>
       <c r="O280" s="3" t="s">
-        <v>34</v>
+        <v>896</v>
       </c>
       <c r="P280" s="3" t="s">
-        <v>919</v>
+        <v>854</v>
       </c>
       <c r="Q280" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R280" s="3" t="s">
-        <v>917</v>
+        <v>894</v>
       </c>
       <c r="S280" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T280" s="4">
         <v>0.01</v>
       </c>
       <c r="U280" s="2">
-        <v>51302</v>
+        <v>51851</v>
       </c>
       <c r="V280" s="4">
-        <v>5.5289700000000002</v>
+        <v>4.2248099999999997</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>920</v>
+        <v>897</v>
       </c>
       <c r="X280" s="4">
-        <v>112436.69688625001</v>
+        <v>16508.578239040002</v>
       </c>
       <c r="Y280" s="4">
-        <v>112436.69688600001</v>
+        <v>16508.578238999999</v>
       </c>
       <c r="Z280" s="6">
-        <v>7.6699999999999997E-3</v>
+        <v>6.6759999999999996E-3</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
-        <v>921</v>
+        <v>898</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>922</v>
+        <v>899</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D281" s="4">
-        <v>7653884.0634000003</v>
+        <v>2672290.9504</v>
       </c>
       <c r="E281" s="5">
-        <v>100.48576</v>
+        <v>94.569649999999996</v>
       </c>
       <c r="F281" s="4">
-        <v>7740289.2325812401</v>
+        <v>2532696.8378842901</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H281" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I281" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J281" s="5">
-        <v>100.48576</v>
+        <v>94.569649999999996</v>
       </c>
       <c r="K281" s="5">
         <v>1</v>
       </c>
       <c r="L281" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M281" s="4">
-        <v>7740289.2325809998</v>
+        <v>2532696.837884</v>
       </c>
       <c r="N281" s="4">
-        <v>7740289.2325812401</v>
+        <v>2532696.8378842901</v>
       </c>
       <c r="O281" s="3" t="s">
-        <v>923</v>
+        <v>34</v>
       </c>
       <c r="P281" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q281" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R281" s="3" t="s">
-        <v>921</v>
+        <v>898</v>
       </c>
       <c r="S281" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T281" s="4">
         <v>0.01</v>
       </c>
       <c r="U281" s="2">
-        <v>46868</v>
+        <v>51119</v>
       </c>
       <c r="V281" s="4">
-        <v>6.2747400000000004</v>
+        <v>4.3748100000000001</v>
       </c>
       <c r="W281" s="3" t="s">
-        <v>924</v>
+        <v>900</v>
       </c>
       <c r="X281" s="4">
-        <v>49225.661954869996</v>
+        <v>5520.6391093399998</v>
       </c>
       <c r="Y281" s="4">
-        <v>49225.661954000003</v>
+        <v>5520.6391089999997</v>
       </c>
       <c r="Z281" s="6">
-        <v>6.0650000000000001E-3</v>
+        <v>2.0579999999999999E-3</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
-        <v>925</v>
+        <v>901</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>926</v>
+        <v>902</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D282" s="4">
-        <v>1150000</v>
+        <v>4014845.9865000001</v>
       </c>
       <c r="E282" s="5">
-        <v>87.248810000000006</v>
+        <v>99.99727</v>
       </c>
       <c r="F282" s="4">
-        <v>1005373.8149999999</v>
+        <v>4053929.40140452</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H282" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I282" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J282" s="5">
-        <v>87.248810000000006</v>
+        <v>99.99727</v>
       </c>
       <c r="K282" s="5">
         <v>1</v>
       </c>
       <c r="L282" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M282" s="4">
-        <v>1005373.8149999999</v>
+        <v>4053929.4014039999</v>
       </c>
       <c r="N282" s="4">
-        <v>1005373.8149999999</v>
+        <v>4053929.40140452</v>
       </c>
       <c r="O282" s="3" t="s">
-        <v>34</v>
+        <v>903</v>
       </c>
       <c r="P282" s="3" t="s">
-        <v>927</v>
+        <v>854</v>
       </c>
       <c r="Q282" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R282" s="3" t="s">
-        <v>925</v>
+        <v>901</v>
       </c>
       <c r="S282" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T282" s="4">
         <v>0.01</v>
       </c>
       <c r="U282" s="2">
-        <v>53220</v>
+        <v>46230</v>
       </c>
       <c r="V282" s="4">
-        <v>4.5</v>
+        <v>5.3247400000000003</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>928</v>
+        <v>904</v>
       </c>
       <c r="X282" s="4">
-        <v>2012.5</v>
+        <v>39193.020199949999</v>
       </c>
       <c r="Y282" s="4">
-        <v>2012.5</v>
+        <v>39193.020198999999</v>
       </c>
       <c r="Z282" s="6">
-        <v>7.8700000000000005E-4</v>
+        <v>3.2940000000000001E-3</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>929</v>
+        <v>905</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>930</v>
+        <v>906</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D283" s="4">
-        <v>7482197.9872770002</v>
+        <v>3983896.0611999999</v>
       </c>
       <c r="E283" s="5">
-        <v>100.22635</v>
+        <v>99.001040000000003</v>
       </c>
       <c r="F283" s="4">
-        <v>7546912.4778843699</v>
+        <v>3979921.81944692</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H283" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I283" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J283" s="5">
-        <v>100.22635</v>
+        <v>99.001040000000003</v>
       </c>
       <c r="K283" s="5">
         <v>1</v>
       </c>
       <c r="L283" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M283" s="4">
-        <v>7546912.4778840002</v>
+        <v>3979921.8194459998</v>
       </c>
       <c r="N283" s="4">
-        <v>7546912.4778843699</v>
+        <v>3979921.81944692</v>
       </c>
       <c r="O283" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R283" s="3" t="s">
-        <v>929</v>
+        <v>905</v>
       </c>
       <c r="S283" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T283" s="4">
         <v>0.01</v>
       </c>
       <c r="U283" s="2">
         <v>46959</v>
       </c>
       <c r="V283" s="4">
-        <v>6.2247399999999997</v>
+        <v>4.9047400000000003</v>
       </c>
       <c r="W283" s="3" t="s">
-        <v>931</v>
+        <v>907</v>
       </c>
       <c r="X283" s="4">
-        <v>47778.535463170003</v>
+        <v>35823.286339890001</v>
       </c>
       <c r="Y283" s="4">
-        <v>47778.535463</v>
+        <v>35823.286338999998</v>
       </c>
       <c r="Z283" s="6">
-        <v>5.9129999999999999E-3</v>
+        <v>3.2339999999999999E-3</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
-        <v>932</v>
+        <v>908</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>933</v>
+        <v>909</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D284" s="4">
-        <v>15494047.442468001</v>
+        <v>9423594.7557599992</v>
       </c>
       <c r="E284" s="5">
-        <v>99.444929999999999</v>
+        <v>99.068690000000004</v>
       </c>
       <c r="F284" s="4">
-        <v>15488642.266547401</v>
+        <v>9360435.9625469297</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H284" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I284" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J284" s="5">
-        <v>99.444929999999999</v>
+        <v>99.068690000000004</v>
       </c>
       <c r="K284" s="5">
         <v>1</v>
       </c>
       <c r="L284" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M284" s="4">
-        <v>15488642.266547</v>
+        <v>9360435.9625460003</v>
       </c>
       <c r="N284" s="4">
-        <v>15488642.266547401</v>
+        <v>9360435.9625469297</v>
       </c>
       <c r="O284" s="3" t="s">
-        <v>934</v>
+        <v>34</v>
       </c>
       <c r="P284" s="3" t="s">
-        <v>866</v>
+        <v>910</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R284" s="3" t="s">
-        <v>932</v>
+        <v>908</v>
       </c>
       <c r="S284" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T284" s="4">
         <v>0.01</v>
       </c>
       <c r="U284" s="2">
-        <v>47416</v>
+        <v>51302</v>
       </c>
       <c r="V284" s="4">
-        <v>5.6747399999999999</v>
+        <v>5.2941200000000004</v>
       </c>
       <c r="W284" s="3" t="s">
-        <v>935</v>
+        <v>911</v>
       </c>
       <c r="X284" s="4">
-        <v>80597.633218360003</v>
+        <v>24604.087106800001</v>
       </c>
       <c r="Y284" s="4">
-        <v>80597.633218000003</v>
+        <v>24604.087105999999</v>
       </c>
       <c r="Z284" s="6">
-        <v>1.2137E-2</v>
+        <v>7.607E-3</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
-        <v>936</v>
+        <v>912</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>937</v>
+        <v>913</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D285" s="4">
-        <v>3291261.1625000001</v>
+        <v>7653884.0634000003</v>
       </c>
       <c r="E285" s="5">
-        <v>105.11696000000001</v>
+        <v>100.62463</v>
       </c>
       <c r="F285" s="4">
-        <v>3469353.7614778802</v>
+        <v>7800143.8433349496</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H285" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I285" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J285" s="5">
-        <v>105.11696000000001</v>
+        <v>100.62463</v>
       </c>
       <c r="K285" s="5">
         <v>1</v>
       </c>
       <c r="L285" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M285" s="4">
-        <v>3469353.7614770001</v>
+        <v>7800143.8433339996</v>
       </c>
       <c r="N285" s="4">
-        <v>3469353.7614778802</v>
+        <v>7800143.8433349496</v>
       </c>
       <c r="O285" s="3" t="s">
-        <v>34</v>
+        <v>914</v>
       </c>
       <c r="P285" s="3" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="Q285" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R285" s="3" t="s">
-        <v>936</v>
+        <v>912</v>
       </c>
       <c r="S285" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T285" s="4">
         <v>0.01</v>
       </c>
       <c r="U285" s="2">
-        <v>51789</v>
+        <v>46868</v>
       </c>
       <c r="V285" s="4">
-        <v>8.8234399999999997</v>
+        <v>6.2747400000000004</v>
       </c>
       <c r="W285" s="3" t="s">
-        <v>938</v>
+        <v>915</v>
       </c>
       <c r="X285" s="4">
-        <v>9680.0817972200002</v>
+        <v>98451.323909739993</v>
       </c>
       <c r="Y285" s="4">
-        <v>9680.0817970000007</v>
+        <v>98451.323908999999</v>
       </c>
       <c r="Z285" s="6">
-        <v>2.7179999999999999E-3</v>
+        <v>6.339E-3</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
-        <v>939</v>
+        <v>916</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>940</v>
+        <v>917</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D286" s="4">
-        <v>1274405.7535999999</v>
+        <v>1150000</v>
       </c>
       <c r="E286" s="5">
-        <v>99.742779999999996</v>
+        <v>86.842609999999993</v>
       </c>
       <c r="F286" s="4">
-        <v>1272862.3349518799</v>
+        <v>1000990.015</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H286" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I286" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J286" s="5">
-        <v>99.742779999999996</v>
+        <v>86.842609999999993</v>
       </c>
       <c r="K286" s="5">
         <v>1</v>
       </c>
       <c r="L286" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M286" s="4">
-        <v>1272862.3349510001</v>
+        <v>1000990.015</v>
       </c>
       <c r="N286" s="4">
-        <v>1272862.3349518799</v>
+        <v>1000990.015</v>
       </c>
       <c r="O286" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P286" s="3" t="s">
-        <v>927</v>
+        <v>918</v>
       </c>
       <c r="Q286" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R286" s="3" t="s">
-        <v>939</v>
+        <v>916</v>
       </c>
       <c r="S286" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T286" s="4">
         <v>0.01</v>
       </c>
       <c r="U286" s="2">
-        <v>51487</v>
+        <v>53220</v>
       </c>
       <c r="V286" s="4">
-        <v>3.5</v>
+        <v>4.5</v>
       </c>
       <c r="W286" s="3" t="s">
-        <v>941</v>
+        <v>919</v>
       </c>
       <c r="X286" s="4">
-        <v>1734.6078312899999</v>
+        <v>2300</v>
       </c>
       <c r="Y286" s="4">
-        <v>1734.607831</v>
+        <v>2300</v>
       </c>
       <c r="Z286" s="6">
-        <v>9.9700000000000006E-4</v>
+        <v>8.1300000000000003E-4</v>
       </c>
     </row>
     <row r="287" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
-        <v>942</v>
+        <v>920</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>943</v>
+        <v>921</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D287" s="4">
-        <v>13296096.988669001</v>
+        <v>7482197.9872770002</v>
       </c>
       <c r="E287" s="5">
-        <v>97.771289999999993</v>
+        <v>100.303</v>
       </c>
       <c r="F287" s="4">
-        <v>13011709.8726009</v>
+        <v>7600426.1181047801</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H287" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I287" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J287" s="5">
-        <v>97.771289999999993</v>
+        <v>100.303</v>
       </c>
       <c r="K287" s="5">
         <v>1</v>
       </c>
       <c r="L287" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M287" s="4">
-        <v>13011709.8726</v>
+        <v>7600426.1181039996</v>
       </c>
       <c r="N287" s="4">
-        <v>13011709.8726009</v>
+        <v>7600426.1181047801</v>
       </c>
       <c r="O287" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P287" s="3" t="s">
-        <v>927</v>
+        <v>854</v>
       </c>
       <c r="Q287" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R287" s="3" t="s">
-        <v>942</v>
+        <v>920</v>
       </c>
       <c r="S287" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T287" s="4">
         <v>0.01</v>
       </c>
       <c r="U287" s="2">
-        <v>55899</v>
+        <v>46959</v>
       </c>
       <c r="V287" s="4">
-        <v>2.31</v>
+        <v>6.2247399999999997</v>
       </c>
       <c r="W287" s="3" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="X287" s="4">
-        <v>11944.32712815</v>
+        <v>95557.070926329994</v>
       </c>
       <c r="Y287" s="4">
-        <v>11944.327128000001</v>
+        <v>95557.070926</v>
       </c>
       <c r="Z287" s="6">
-        <v>1.0196E-2</v>
+        <v>6.1770000000000002E-3</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
-        <v>945</v>
+        <v>923</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>946</v>
+        <v>924</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D288" s="4">
-        <v>1000</v>
+        <v>15494047.442468001</v>
       </c>
       <c r="E288" s="5">
-        <v>47320.887909999998</v>
+        <v>100.12477</v>
       </c>
       <c r="F288" s="4">
-        <v>473208.87910000002</v>
+        <v>15674574.631898699</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H288" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I288" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J288" s="5">
-        <v>47320.887909999998</v>
+        <v>100.12477</v>
       </c>
       <c r="K288" s="5">
         <v>1</v>
       </c>
       <c r="L288" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M288" s="4">
-        <v>473208.87910000002</v>
+        <v>15674574.631898001</v>
       </c>
       <c r="N288" s="4">
-        <v>473208.87910000002</v>
+        <v>15674574.631898699</v>
       </c>
       <c r="O288" s="3" t="s">
-        <v>34</v>
+        <v>925</v>
       </c>
       <c r="P288" s="3" t="s">
-        <v>927</v>
+        <v>854</v>
       </c>
       <c r="Q288" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R288" s="3" t="s">
-        <v>945</v>
+        <v>923</v>
       </c>
       <c r="S288" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T288" s="4">
         <v>0.01</v>
       </c>
       <c r="U288" s="2">
-        <v>57269</v>
+        <v>47508</v>
       </c>
       <c r="V288" s="4">
-        <v>0</v>
+        <v>5.6747399999999999</v>
       </c>
       <c r="W288" s="3" t="s">
-        <v>947</v>
+        <v>926</v>
       </c>
       <c r="X288" s="4">
-        <v>0</v>
+        <v>161195.26643672999</v>
       </c>
       <c r="Y288" s="4">
-        <v>0</v>
+        <v>161195.26643600001</v>
       </c>
       <c r="Z288" s="6">
-        <v>3.6999999999999999E-4</v>
+        <v>1.2739E-2</v>
       </c>
     </row>
     <row r="289" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
-        <v>948</v>
+        <v>927</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>949</v>
+        <v>928</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D289" s="4">
-        <v>1080569.8300409999</v>
+        <v>3251607.84375</v>
       </c>
       <c r="E289" s="5">
-        <v>97.693119999999993</v>
+        <v>105.12421999999999</v>
       </c>
       <c r="F289" s="4">
-        <v>1056238.94654005</v>
+        <v>3431454.9419738702</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H289" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I289" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J289" s="5">
-        <v>97.693119999999993</v>
+        <v>105.12421999999999</v>
       </c>
       <c r="K289" s="5">
         <v>1</v>
       </c>
       <c r="L289" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M289" s="4">
-        <v>1056238.9465399999</v>
+        <v>3431454.9419729998</v>
       </c>
       <c r="N289" s="4">
-        <v>1056238.94654005</v>
+        <v>3431454.9419738702</v>
       </c>
       <c r="O289" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P289" s="3" t="s">
-        <v>950</v>
+        <v>854</v>
       </c>
       <c r="Q289" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R289" s="3" t="s">
-        <v>948</v>
+        <v>927</v>
       </c>
       <c r="S289" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T289" s="4">
         <v>0.01</v>
       </c>
       <c r="U289" s="2">
-        <v>49304</v>
+        <v>51789</v>
       </c>
       <c r="V289" s="4">
-        <v>4.9687599999999996</v>
+        <v>8.6145999999999994</v>
       </c>
       <c r="W289" s="3" t="s">
-        <v>951</v>
+        <v>929</v>
       </c>
       <c r="X289" s="4">
-        <v>596.56579429999999</v>
+        <v>13227.55877286</v>
       </c>
       <c r="Y289" s="4">
-        <v>596.56579399999998</v>
+        <v>13227.558772</v>
       </c>
       <c r="Z289" s="6">
-        <v>8.2700000000000004E-4</v>
+        <v>2.7880000000000001E-3</v>
       </c>
     </row>
     <row r="290" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A290" s="3" t="s">
-        <v>952</v>
+        <v>930</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>953</v>
+        <v>931</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D290" s="4">
-        <v>103439.59600000001</v>
+        <v>1006519.2368</v>
       </c>
       <c r="E290" s="5">
-        <v>100.0334</v>
+        <v>99.823509999999999</v>
       </c>
       <c r="F290" s="4">
-        <v>103804.82322648</v>
+        <v>1006308.52758955</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H290" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I290" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J290" s="5">
-        <v>100.0334</v>
+        <v>99.823509999999999</v>
       </c>
       <c r="K290" s="5">
         <v>1</v>
       </c>
       <c r="L290" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M290" s="4">
-        <v>103804.82322599999</v>
+        <v>1006308.5275889999</v>
       </c>
       <c r="N290" s="4">
-        <v>103804.82322648</v>
+        <v>1006308.52758955</v>
       </c>
       <c r="O290" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P290" s="3" t="s">
-        <v>954</v>
+        <v>918</v>
       </c>
       <c r="Q290" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R290" s="3" t="s">
-        <v>952</v>
+        <v>930</v>
       </c>
       <c r="S290" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T290" s="4">
         <v>0.01</v>
       </c>
       <c r="U290" s="2">
-        <v>47975</v>
+        <v>51487</v>
       </c>
       <c r="V290" s="4">
-        <v>5.2311699999999997</v>
+        <v>3.5</v>
       </c>
       <c r="W290" s="3" t="s">
-        <v>955</v>
+        <v>932</v>
       </c>
       <c r="X290" s="4">
-        <v>330.67840142</v>
+        <v>1565.69659058</v>
       </c>
       <c r="Y290" s="4">
-        <v>330.67840100000001</v>
+        <v>1565.69659</v>
       </c>
       <c r="Z290" s="6">
-        <v>8.1000000000000004E-5</v>
+        <v>8.1700000000000002E-4</v>
       </c>
     </row>
     <row r="291" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
-        <v>956</v>
+        <v>933</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>957</v>
+        <v>934</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D291" s="4">
-        <v>755452.01613</v>
+        <v>12344136.124430001</v>
       </c>
       <c r="E291" s="5">
-        <v>100.1229</v>
+        <v>97.897800000000004</v>
       </c>
       <c r="F291" s="4">
-        <v>760825.92404674005</v>
+        <v>12097311.0079099</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H291" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I291" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J291" s="5">
-        <v>100.1229</v>
+        <v>97.897800000000004</v>
       </c>
       <c r="K291" s="5">
         <v>1</v>
       </c>
       <c r="L291" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M291" s="4">
-        <v>760825.924046</v>
+        <v>12097311.007909</v>
       </c>
       <c r="N291" s="4">
-        <v>760825.92404674005</v>
+        <v>12097311.0079099</v>
       </c>
       <c r="O291" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P291" s="3" t="s">
-        <v>958</v>
+        <v>918</v>
       </c>
       <c r="Q291" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R291" s="3" t="s">
-        <v>956</v>
+        <v>933</v>
       </c>
       <c r="S291" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T291" s="4">
         <v>0.01</v>
       </c>
       <c r="U291" s="2">
-        <v>47956</v>
+        <v>55899</v>
       </c>
       <c r="V291" s="4">
-        <v>5.2960500000000001</v>
+        <v>2.31</v>
       </c>
       <c r="W291" s="3" t="s">
-        <v>959</v>
+        <v>935</v>
       </c>
       <c r="X291" s="4">
-        <v>4445.4573889200001</v>
+        <v>12673.313087750001</v>
       </c>
       <c r="Y291" s="4">
-        <v>4445.4573879999998</v>
+        <v>12673.313087</v>
       </c>
       <c r="Z291" s="6">
-        <v>5.9599999999999996E-4</v>
+        <v>9.8309999999999995E-3</v>
       </c>
     </row>
     <row r="292" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
-        <v>960</v>
+        <v>936</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>961</v>
+        <v>937</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D292" s="4">
-        <v>311222.52979499998</v>
+        <v>1000</v>
       </c>
       <c r="E292" s="5">
-        <v>100.045</v>
+        <v>46745.587339999998</v>
       </c>
       <c r="F292" s="4">
-        <v>313372.35777378001</v>
+        <v>467455.87339999998</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H292" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I292" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J292" s="5">
-        <v>100.045</v>
+        <v>46745.587339999998</v>
       </c>
       <c r="K292" s="5">
         <v>1</v>
       </c>
       <c r="L292" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M292" s="4">
-        <v>313372.35777300003</v>
+        <v>467455.87339999998</v>
       </c>
       <c r="N292" s="4">
-        <v>313372.35777378001</v>
+        <v>467455.87339999998</v>
       </c>
       <c r="O292" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P292" s="3" t="s">
-        <v>958</v>
+        <v>918</v>
       </c>
       <c r="Q292" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R292" s="3" t="s">
-        <v>960</v>
+        <v>936</v>
       </c>
       <c r="S292" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T292" s="4">
         <v>0.01</v>
       </c>
       <c r="U292" s="2">
-        <v>47953</v>
+        <v>57269</v>
       </c>
       <c r="V292" s="4">
-        <v>5.16615</v>
+        <v>0</v>
       </c>
       <c r="W292" s="3" t="s">
-        <v>962</v>
+        <v>938</v>
       </c>
       <c r="X292" s="4">
-        <v>2009.77784038</v>
+        <v>0</v>
       </c>
       <c r="Y292" s="4">
-        <v>2009.77784</v>
+        <v>0</v>
       </c>
       <c r="Z292" s="6">
-        <v>2.4499999999999999E-4</v>
+        <v>3.79E-4</v>
       </c>
     </row>
     <row r="293" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A293" s="3" t="s">
-        <v>963</v>
+        <v>939</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>964</v>
+        <v>940</v>
       </c>
       <c r="C293" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D293" s="4">
-        <v>263442.70141199999</v>
+        <v>1046367.012639</v>
       </c>
       <c r="E293" s="5">
-        <v>100.01808</v>
+        <v>97.701629999999994</v>
       </c>
       <c r="F293" s="4">
-        <v>263653.33731663</v>
+        <v>1023145.34006045</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H293" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I293" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J293" s="5">
-        <v>100.01808</v>
+        <v>97.701629999999994</v>
       </c>
       <c r="K293" s="5">
         <v>1</v>
       </c>
       <c r="L293" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M293" s="4">
-        <v>263653.33731600002</v>
+        <v>1023145.34006</v>
       </c>
       <c r="N293" s="4">
-        <v>263653.33731663</v>
+        <v>1023145.34006045</v>
       </c>
       <c r="O293" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P293" s="3" t="s">
-        <v>965</v>
+        <v>941</v>
       </c>
       <c r="Q293" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R293" s="3" t="s">
-        <v>963</v>
+        <v>939</v>
       </c>
       <c r="S293" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T293" s="4">
         <v>0.01</v>
       </c>
       <c r="U293" s="2">
-        <v>49699</v>
+        <v>49304</v>
       </c>
       <c r="V293" s="4">
-        <v>5.5687600000000002</v>
+        <v>4.7462099999999996</v>
       </c>
       <c r="W293" s="3" t="s">
-        <v>966</v>
+        <v>942</v>
       </c>
       <c r="X293" s="4">
-        <v>163.00546421000001</v>
+        <v>827.71292984000002</v>
       </c>
       <c r="Y293" s="4">
-        <v>163.00546399999999</v>
+        <v>827.71292900000003</v>
       </c>
       <c r="Z293" s="6">
-        <v>2.0599999999999999E-4</v>
+        <v>8.3100000000000003E-4</v>
       </c>
     </row>
     <row r="294" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
-        <v>967</v>
+        <v>943</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>968</v>
+        <v>944</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D294" s="4">
-        <v>1306188.2984160001</v>
+        <v>103439.59600000001</v>
       </c>
       <c r="E294" s="5">
-        <v>100.01519999999999</v>
+        <v>100.0157</v>
       </c>
       <c r="F294" s="4">
-        <v>1321134.3035961101</v>
+        <v>104282.53202011</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H294" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I294" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J294" s="5">
-        <v>100.01519999999999</v>
+        <v>100.0157</v>
       </c>
       <c r="K294" s="5">
         <v>1</v>
       </c>
       <c r="L294" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M294" s="4">
-        <v>1321134.303596</v>
+        <v>104282.53202</v>
       </c>
       <c r="N294" s="4">
-        <v>1321134.3035961101</v>
+        <v>104282.53202011</v>
       </c>
       <c r="O294" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P294" s="3" t="s">
-        <v>969</v>
+        <v>945</v>
       </c>
       <c r="Q294" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R294" s="3" t="s">
-        <v>967</v>
+        <v>943</v>
       </c>
       <c r="S294" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T294" s="4">
         <v>0.01</v>
       </c>
       <c r="U294" s="2">
-        <v>48014</v>
+        <v>47975</v>
       </c>
       <c r="V294" s="4">
-        <v>5.4194199999999997</v>
+        <v>5.2311699999999997</v>
       </c>
       <c r="W294" s="3" t="s">
-        <v>970</v>
+        <v>946</v>
       </c>
       <c r="X294" s="4">
-        <v>14747.46455875</v>
+        <v>826.69600353999999</v>
       </c>
       <c r="Y294" s="4">
-        <v>14747.464558</v>
+        <v>826.69600300000002</v>
       </c>
       <c r="Z294" s="6">
-        <v>1.0349999999999999E-3</v>
+        <v>8.3999999999999995E-5</v>
       </c>
     </row>
     <row r="295" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
-        <v>971</v>
+        <v>947</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>972</v>
+        <v>948</v>
       </c>
       <c r="C295" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D295" s="4">
-        <v>3751610.3667839998</v>
+        <v>755452.01613</v>
       </c>
       <c r="E295" s="5">
-        <v>81.702830000000006</v>
+        <v>100.0907</v>
       </c>
       <c r="F295" s="4">
-        <v>3081152.3206394799</v>
+        <v>764250.17084339994</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H295" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I295" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J295" s="5">
-        <v>81.702830000000006</v>
+        <v>100.0907</v>
       </c>
       <c r="K295" s="5">
         <v>1</v>
       </c>
       <c r="L295" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M295" s="4">
-        <v>3081152.3206389998</v>
+        <v>764250.17084300006</v>
       </c>
       <c r="N295" s="4">
-        <v>3081152.3206394799</v>
+        <v>764250.17084339994</v>
       </c>
       <c r="O295" s="3" t="s">
-        <v>973</v>
+        <v>34</v>
       </c>
       <c r="P295" s="3" t="s">
-        <v>974</v>
+        <v>949</v>
       </c>
       <c r="Q295" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R295" s="3" t="s">
-        <v>971</v>
+        <v>947</v>
       </c>
       <c r="S295" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T295" s="4">
         <v>0.01</v>
       </c>
       <c r="U295" s="2">
-        <v>49454</v>
+        <v>47956</v>
       </c>
       <c r="V295" s="4">
-        <v>5.4781000000000004</v>
+        <v>5.2960500000000001</v>
       </c>
       <c r="W295" s="3" t="s">
-        <v>975</v>
+        <v>950</v>
       </c>
       <c r="X295" s="4">
-        <v>15980.480403580001</v>
+        <v>8112.9597347700001</v>
       </c>
       <c r="Y295" s="4">
-        <v>15980.480403</v>
+        <v>8112.959734</v>
       </c>
       <c r="Z295" s="6">
-        <v>2.4139999999999999E-3</v>
+        <v>6.2100000000000002E-4</v>
       </c>
     </row>
     <row r="296" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
-        <v>976</v>
+        <v>951</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>977</v>
+        <v>952</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D296" s="4">
-        <v>2986663.96912</v>
+        <v>311222.52979499998</v>
       </c>
       <c r="E296" s="5">
-        <v>91.685119999999998</v>
+        <v>100.0273</v>
       </c>
       <c r="F296" s="4">
-        <v>2739782.8609023402</v>
+        <v>314791.10846895003</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H296" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I296" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J296" s="5">
-        <v>91.685119999999998</v>
+        <v>100.0273</v>
       </c>
       <c r="K296" s="5">
         <v>1</v>
       </c>
       <c r="L296" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M296" s="4">
-        <v>2739782.8609020002</v>
+        <v>314791.10846800002</v>
       </c>
       <c r="N296" s="4">
-        <v>2739782.8609023402</v>
+        <v>314791.10846895003</v>
       </c>
       <c r="O296" s="3" t="s">
-        <v>978</v>
+        <v>34</v>
       </c>
       <c r="P296" s="3" t="s">
-        <v>979</v>
+        <v>949</v>
       </c>
       <c r="Q296" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R296" s="3" t="s">
-        <v>976</v>
+        <v>951</v>
       </c>
       <c r="S296" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T296" s="4">
         <v>0.01</v>
       </c>
       <c r="U296" s="2">
-        <v>50065</v>
+        <v>47953</v>
       </c>
       <c r="V296" s="4">
-        <v>4.3887600000000004</v>
+        <v>5.16615</v>
       </c>
       <c r="W296" s="3" t="s">
-        <v>980</v>
+        <v>953</v>
       </c>
       <c r="X296" s="4">
-        <v>1456.4168179000001</v>
+        <v>3483.6149233199999</v>
       </c>
       <c r="Y296" s="4">
-        <v>1456.416817</v>
+        <v>3483.6149230000001</v>
       </c>
       <c r="Z296" s="6">
-        <v>2.1459999999999999E-3</v>
+        <v>2.5500000000000002E-4</v>
       </c>
     </row>
     <row r="297" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A297" s="3" t="s">
-        <v>981</v>
+        <v>954</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>982</v>
+        <v>955</v>
       </c>
       <c r="C297" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D297" s="4">
-        <v>255891.714175</v>
+        <v>225037.890288</v>
       </c>
       <c r="E297" s="5">
-        <v>100.0568</v>
+        <v>100.01521</v>
       </c>
       <c r="F297" s="4">
-        <v>257633.53580747001</v>
+        <v>225272.63518769</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H297" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I297" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J297" s="5">
-        <v>100.0568</v>
+        <v>100.01521</v>
       </c>
       <c r="K297" s="5">
         <v>1</v>
       </c>
       <c r="L297" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M297" s="4">
-        <v>257633.53580700001</v>
+        <v>225272.63518700001</v>
       </c>
       <c r="N297" s="4">
-        <v>257633.53580747001</v>
+        <v>225272.63518769</v>
       </c>
       <c r="O297" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P297" s="3" t="s">
-        <v>983</v>
+        <v>956</v>
       </c>
       <c r="Q297" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R297" s="3" t="s">
-        <v>981</v>
+        <v>954</v>
       </c>
       <c r="S297" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T297" s="4">
         <v>0.01</v>
       </c>
       <c r="U297" s="2">
-        <v>48230</v>
+        <v>49699</v>
       </c>
       <c r="V297" s="4">
-        <v>5.2232399999999997</v>
+        <v>5.3462100000000001</v>
       </c>
       <c r="W297" s="3" t="s">
-        <v>984</v>
+        <v>957</v>
       </c>
       <c r="X297" s="4">
-        <v>1596.4751388100001</v>
+        <v>200.51663657</v>
       </c>
       <c r="Y297" s="4">
-        <v>1596.475138</v>
+        <v>200.51663600000001</v>
       </c>
       <c r="Z297" s="6">
-        <v>2.0100000000000001E-4</v>
+        <v>1.83E-4</v>
       </c>
     </row>
     <row r="298" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
-        <v>985</v>
+        <v>958</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>986</v>
+        <v>959</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D298" s="4">
-        <v>7574330.2182449996</v>
+        <v>337525.05547199998</v>
       </c>
       <c r="E298" s="5">
-        <v>43.56467</v>
+        <v>100.0416</v>
       </c>
       <c r="F298" s="4">
-        <v>3303383.4310640199</v>
+        <v>338479.10538766999</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H298" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I298" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J298" s="5">
-        <v>43.56467</v>
+        <v>100.0416</v>
       </c>
       <c r="K298" s="5">
         <v>1</v>
       </c>
       <c r="L298" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M298" s="4">
-        <v>3303383.4310639999</v>
+        <v>338479.10538700002</v>
       </c>
       <c r="N298" s="4">
-        <v>3303383.4310640199</v>
+        <v>338479.10538766999</v>
       </c>
       <c r="O298" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P298" s="3" t="s">
-        <v>987</v>
+        <v>960</v>
       </c>
       <c r="Q298" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R298" s="3" t="s">
-        <v>985</v>
+        <v>958</v>
       </c>
       <c r="S298" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T298" s="4">
         <v>0.01</v>
       </c>
       <c r="U298" s="2">
-        <v>57978</v>
+        <v>48014</v>
       </c>
       <c r="V298" s="4">
-        <v>4.6087600000000002</v>
+        <v>5.1048099999999996</v>
       </c>
       <c r="W298" s="3" t="s">
-        <v>988</v>
+        <v>961</v>
       </c>
       <c r="X298" s="4">
-        <v>3651.4667752999999</v>
+        <v>813.63949259000003</v>
       </c>
       <c r="Y298" s="4">
-        <v>3651.4667749999999</v>
+        <v>813.63949200000002</v>
       </c>
       <c r="Z298" s="6">
-        <v>2.588E-3</v>
+        <v>2.7500000000000002E-4</v>
       </c>
     </row>
     <row r="299" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
-        <v>989</v>
+        <v>962</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>990</v>
+        <v>963</v>
       </c>
       <c r="C299" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D299" s="4">
-        <v>2258821.8661090001</v>
+        <v>3727839.7939200001</v>
       </c>
       <c r="E299" s="5">
-        <v>99.988590000000002</v>
+        <v>81.43862</v>
       </c>
       <c r="F299" s="4">
-        <v>2259848.8419800298</v>
+        <v>3035901.2839792902</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H299" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I299" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J299" s="5">
-        <v>99.988590000000002</v>
+        <v>81.43862</v>
       </c>
       <c r="K299" s="5">
         <v>1</v>
       </c>
       <c r="L299" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M299" s="4">
-        <v>2259848.84198</v>
+        <v>3035901.2839790001</v>
       </c>
       <c r="N299" s="4">
-        <v>2259848.8419800298</v>
+        <v>3035901.2839792902</v>
       </c>
       <c r="O299" s="3" t="s">
-        <v>34</v>
+        <v>964</v>
       </c>
       <c r="P299" s="3" t="s">
-        <v>991</v>
+        <v>965</v>
       </c>
       <c r="Q299" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R299" s="3" t="s">
-        <v>989</v>
+        <v>962</v>
       </c>
       <c r="S299" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T299" s="4">
         <v>0.01</v>
       </c>
       <c r="U299" s="2">
-        <v>53352</v>
+        <v>49454</v>
       </c>
       <c r="V299" s="4">
-        <v>5.11876</v>
+        <v>5.4292699999999998</v>
       </c>
       <c r="W299" s="3" t="s">
-        <v>992</v>
+        <v>966</v>
       </c>
       <c r="X299" s="4">
-        <v>1284.7074461499999</v>
+        <v>0</v>
       </c>
       <c r="Y299" s="4">
-        <v>1284.7074459999999</v>
+        <v>0</v>
       </c>
       <c r="Z299" s="6">
-        <v>1.7700000000000001E-3</v>
+        <v>2.467E-3</v>
       </c>
     </row>
     <row r="300" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A300" s="3" t="s">
-        <v>993</v>
+        <v>967</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>994</v>
+        <v>968</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D300" s="4">
-        <v>17741000</v>
+        <v>2955326.3084800001</v>
       </c>
       <c r="E300" s="5">
-        <v>98.768039999999999</v>
+        <v>91.185550000000006</v>
       </c>
       <c r="F300" s="4">
-        <v>17546717.954179998</v>
+        <v>2696882.6336854598</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H300" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I300" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J300" s="5">
-        <v>98.768039999999999</v>
+        <v>91.185550000000006</v>
       </c>
       <c r="K300" s="5">
         <v>1</v>
       </c>
       <c r="L300" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M300" s="4">
-        <v>17546717.954179998</v>
+        <v>2696882.6336849998</v>
       </c>
       <c r="N300" s="4">
-        <v>17546717.954179998</v>
+        <v>2696882.6336854598</v>
       </c>
       <c r="O300" s="3" t="s">
-        <v>34</v>
+        <v>969</v>
       </c>
       <c r="P300" s="3" t="s">
-        <v>991</v>
+        <v>970</v>
       </c>
       <c r="Q300" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R300" s="3" t="s">
-        <v>993</v>
+        <v>967</v>
       </c>
       <c r="S300" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T300" s="4">
         <v>0.01</v>
       </c>
       <c r="U300" s="2">
-        <v>59130</v>
+        <v>50065</v>
       </c>
       <c r="V300" s="4">
-        <v>5.4743199999999996</v>
+        <v>4.1662100000000004</v>
       </c>
       <c r="W300" s="3" t="s">
-        <v>995</v>
+        <v>971</v>
       </c>
       <c r="X300" s="4">
-        <v>24279.977780000001</v>
+        <v>2052.0850032799999</v>
       </c>
       <c r="Y300" s="4">
-        <v>24279.977780000001</v>
+        <v>2052.0850030000001</v>
       </c>
       <c r="Z300" s="6">
-        <v>1.3749000000000001E-2</v>
+        <v>2.1909999999999998E-3</v>
       </c>
     </row>
     <row r="301" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A301" s="3" t="s">
-        <v>996</v>
+        <v>972</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>997</v>
+        <v>973</v>
       </c>
       <c r="C301" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D301" s="4">
-        <v>9936339.2899999991</v>
+        <v>255891.714175</v>
       </c>
       <c r="E301" s="5">
-        <v>99.686449999999994</v>
+        <v>100.0282</v>
       </c>
       <c r="F301" s="4">
-        <v>9938415.4328927603</v>
+        <v>258785.55262793001</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H301" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I301" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J301" s="5">
-        <v>99.686449999999994</v>
+        <v>100.0282</v>
       </c>
       <c r="K301" s="5">
         <v>1</v>
       </c>
       <c r="L301" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M301" s="4">
-        <v>9938415.4328920003</v>
+        <v>258785.552627</v>
       </c>
       <c r="N301" s="4">
-        <v>9938415.4328927603</v>
+        <v>258785.55262793001</v>
       </c>
       <c r="O301" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P301" s="3" t="s">
-        <v>998</v>
+        <v>974</v>
       </c>
       <c r="Q301" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R301" s="3" t="s">
-        <v>996</v>
+        <v>972</v>
       </c>
       <c r="S301" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T301" s="4">
         <v>0.01</v>
       </c>
       <c r="U301" s="2">
-        <v>51822</v>
+        <v>48230</v>
       </c>
       <c r="V301" s="4">
-        <v>4.3</v>
+        <v>5.2232399999999997</v>
       </c>
       <c r="W301" s="3" t="s">
-        <v>999</v>
+        <v>975</v>
       </c>
       <c r="X301" s="4">
-        <v>33231.534736560003</v>
+        <v>2821.6769895299999</v>
       </c>
       <c r="Y301" s="4">
-        <v>33231.534736000001</v>
+        <v>2821.676989</v>
       </c>
       <c r="Z301" s="6">
-        <v>7.7869999999999997E-3</v>
+        <v>2.1000000000000001E-4</v>
       </c>
     </row>
     <row r="302" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A302" s="3" t="s">
-        <v>1000</v>
+        <v>976</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>1001</v>
+        <v>977</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D302" s="4">
-        <v>11107536.304262999</v>
+        <v>7563331.3055999996</v>
       </c>
       <c r="E302" s="5">
-        <v>99.445070000000001</v>
+        <v>43.336590000000001</v>
       </c>
       <c r="F302" s="4">
-        <v>11069655.039033299</v>
+        <v>3282878.5882417602</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H302" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I302" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J302" s="5">
-        <v>99.445070000000001</v>
+        <v>43.336590000000001</v>
       </c>
       <c r="K302" s="5">
         <v>1</v>
       </c>
       <c r="L302" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M302" s="4">
-        <v>11069655.039032999</v>
+        <v>3282878.5882410002</v>
       </c>
       <c r="N302" s="4">
-        <v>11069655.039033299</v>
+        <v>3282878.5882417602</v>
       </c>
       <c r="O302" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P302" s="3" t="s">
-        <v>1002</v>
+        <v>978</v>
       </c>
       <c r="Q302" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R302" s="3" t="s">
-        <v>1000</v>
+        <v>976</v>
       </c>
       <c r="S302" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T302" s="4">
         <v>0.01</v>
       </c>
       <c r="U302" s="2">
-        <v>50481</v>
+        <v>57916</v>
       </c>
       <c r="V302" s="4">
-        <v>2.75</v>
+        <v>4.3862100000000002</v>
       </c>
       <c r="W302" s="3" t="s">
-        <v>1003</v>
+        <v>979</v>
       </c>
       <c r="X302" s="4">
-        <v>23757.785984120001</v>
+        <v>5188.7099922400002</v>
       </c>
       <c r="Y302" s="4">
-        <v>23757.785983999998</v>
+        <v>5188.7099920000001</v>
       </c>
       <c r="Z302" s="6">
-        <v>8.6739999999999994E-3</v>
+        <v>2.6679999999999998E-3</v>
       </c>
     </row>
     <row r="303" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A303" s="3" t="s">
-        <v>1004</v>
+        <v>980</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>1005</v>
+        <v>981</v>
       </c>
       <c r="C303" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D303" s="4">
-        <v>12773299.704825001</v>
+        <v>1978114.711562</v>
       </c>
       <c r="E303" s="5">
-        <v>98.1858</v>
+        <v>99.989900000000006</v>
       </c>
       <c r="F303" s="4">
-        <v>12556458.749780299</v>
+        <v>1979529.1328143801</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H303" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I303" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J303" s="5">
-        <v>98.1858</v>
+        <v>99.989900000000006</v>
       </c>
       <c r="K303" s="5">
         <v>1</v>
       </c>
       <c r="L303" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M303" s="4">
-        <v>12556458.749779999</v>
+        <v>1979529.1328139999</v>
       </c>
       <c r="N303" s="4">
-        <v>12556458.749780299</v>
+        <v>1979529.1328143801</v>
       </c>
       <c r="O303" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P303" s="3" t="s">
-        <v>1002</v>
+        <v>982</v>
       </c>
       <c r="Q303" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R303" s="3" t="s">
-        <v>1004</v>
+        <v>980</v>
       </c>
       <c r="S303" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T303" s="4">
         <v>0.01</v>
       </c>
       <c r="U303" s="2">
-        <v>50603</v>
+        <v>53352</v>
       </c>
       <c r="V303" s="4">
-        <v>1.4990000000000001</v>
+        <v>4.89621</v>
       </c>
       <c r="W303" s="3" t="s">
-        <v>1006</v>
+        <v>983</v>
       </c>
       <c r="X303" s="4">
-        <v>14892.2482003</v>
+        <v>1614.2108386499999</v>
       </c>
       <c r="Y303" s="4">
-        <v>14892.2482</v>
+        <v>1614.210838</v>
       </c>
       <c r="Z303" s="6">
-        <v>9.8390000000000005E-3</v>
+        <v>1.6080000000000001E-3</v>
       </c>
     </row>
     <row r="304" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A304" s="3" t="s">
-        <v>1007</v>
+        <v>984</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>1008</v>
+        <v>985</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D304" s="4">
-        <v>5708156.5467839995</v>
+        <v>6900000</v>
       </c>
       <c r="E304" s="5">
-        <v>95.149360000000001</v>
+        <v>99.221270000000004</v>
       </c>
       <c r="F304" s="4">
-        <v>5437854.02384267</v>
+        <v>6855656.1916666701</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H304" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I304" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J304" s="5">
-        <v>95.149360000000001</v>
+        <v>99.221270000000004</v>
       </c>
       <c r="K304" s="5">
         <v>1</v>
       </c>
       <c r="L304" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M304" s="4">
-        <v>5437854.0238420004</v>
+        <v>6855656.1916659996</v>
       </c>
       <c r="N304" s="4">
-        <v>5437854.02384267</v>
+        <v>6855656.1916666701</v>
       </c>
       <c r="O304" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P304" s="3" t="s">
-        <v>1002</v>
+        <v>982</v>
       </c>
       <c r="Q304" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R304" s="3" t="s">
-        <v>1007</v>
+        <v>984</v>
       </c>
       <c r="S304" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T304" s="4">
         <v>0.01</v>
       </c>
       <c r="U304" s="2">
-        <v>51091</v>
+        <v>59130</v>
       </c>
       <c r="V304" s="4">
-        <v>1.482</v>
+        <v>4.8983800000000004</v>
       </c>
       <c r="W304" s="3" t="s">
-        <v>1009</v>
+        <v>986</v>
       </c>
       <c r="X304" s="4">
-        <v>6579.6017795899998</v>
+        <v>9388.5616666700007</v>
       </c>
       <c r="Y304" s="4">
-        <v>6579.6017789999996</v>
+        <v>9388.5616659999996</v>
       </c>
       <c r="Z304" s="6">
-        <v>4.261E-3</v>
+        <v>5.5710000000000004E-3</v>
       </c>
     </row>
     <row r="305" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A305" s="3" t="s">
-        <v>1010</v>
+        <v>987</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>1011</v>
+        <v>988</v>
       </c>
       <c r="C305" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D305" s="4">
-        <v>1314637.2889650001</v>
+        <v>17741000</v>
       </c>
       <c r="E305" s="5">
-        <v>97.029169999999993</v>
+        <v>98.790099999999995</v>
       </c>
       <c r="F305" s="4">
-        <v>1282458.95586425</v>
+        <v>17552215.949216601</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H305" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I305" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J305" s="5">
-        <v>97.029169999999993</v>
+        <v>98.790099999999995</v>
       </c>
       <c r="K305" s="5">
         <v>1</v>
       </c>
       <c r="L305" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M305" s="4">
-        <v>1282458.9558639999</v>
+        <v>17552215.949216001</v>
       </c>
       <c r="N305" s="4">
-        <v>1282458.95586425</v>
+        <v>17552215.949216601</v>
       </c>
       <c r="O305" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P305" s="3" t="s">
-        <v>1012</v>
+        <v>982</v>
       </c>
       <c r="Q305" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R305" s="3" t="s">
-        <v>1010</v>
+        <v>987</v>
       </c>
       <c r="S305" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T305" s="4">
         <v>0.01</v>
       </c>
       <c r="U305" s="2">
-        <v>60586</v>
+        <v>59130</v>
       </c>
       <c r="V305" s="4">
-        <v>6.726</v>
+        <v>5.24838</v>
       </c>
       <c r="W305" s="3" t="s">
-        <v>1013</v>
+        <v>989</v>
       </c>
       <c r="X305" s="4">
-        <v>6877.3058710100004</v>
+        <v>25864.308216670001</v>
       </c>
       <c r="Y305" s="4">
-        <v>6877.3058709999996</v>
+        <v>25864.308216000001</v>
       </c>
       <c r="Z305" s="6">
-        <v>1.0039999999999999E-3</v>
+        <v>1.4265E-2</v>
       </c>
     </row>
     <row r="306" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A306" s="3" t="s">
-        <v>1014</v>
+        <v>990</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>1015</v>
+        <v>991</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D306" s="4">
-        <v>3562932.7783900001</v>
+        <v>9921693.5999999996</v>
       </c>
       <c r="E306" s="5">
-        <v>90.810550000000006</v>
+        <v>99.376369999999994</v>
       </c>
       <c r="F306" s="4">
-        <v>3242502.2004318801</v>
+        <v>9859818.9422023203</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H306" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I306" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J306" s="5">
-        <v>90.810550000000006</v>
+        <v>99.376369999999994</v>
       </c>
       <c r="K306" s="5">
         <v>1</v>
       </c>
       <c r="L306" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M306" s="4">
-        <v>3242502.200431</v>
+        <v>9859818.9422019999</v>
       </c>
       <c r="N306" s="4">
-        <v>3242502.2004318801</v>
+        <v>9859818.9422023203</v>
       </c>
       <c r="O306" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P306" s="3" t="s">
-        <v>1016</v>
+        <v>992</v>
       </c>
       <c r="Q306" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R306" s="3" t="s">
-        <v>1014</v>
+        <v>990</v>
       </c>
       <c r="S306" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T306" s="4">
         <v>0.01</v>
       </c>
       <c r="U306" s="2">
-        <v>55513</v>
+        <v>51822</v>
       </c>
       <c r="V306" s="4">
-        <v>2.52</v>
+        <v>4.3</v>
       </c>
       <c r="W306" s="3" t="s">
-        <v>1017</v>
+        <v>993</v>
       </c>
       <c r="X306" s="4">
-        <v>6983.3482456399997</v>
+        <v>0</v>
       </c>
       <c r="Y306" s="4">
-        <v>6983.3482450000001</v>
+        <v>0</v>
       </c>
       <c r="Z306" s="6">
-        <v>2.5400000000000002E-3</v>
+        <v>8.0129999999999993E-3</v>
       </c>
     </row>
     <row r="307" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A307" s="3" t="s">
-        <v>1018</v>
+        <v>994</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>1019</v>
+        <v>995</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D307" s="4">
-        <v>1243761.1100000001</v>
+        <v>11107536.304262999</v>
       </c>
       <c r="E307" s="5">
-        <v>83.708960000000005</v>
+        <v>99.595640000000003</v>
       </c>
       <c r="F307" s="4">
-        <v>1044825.1688214201</v>
+        <v>11062621.8704625</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H307" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I307" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J307" s="5">
-        <v>83.708960000000005</v>
+        <v>99.595640000000003</v>
       </c>
       <c r="K307" s="5">
         <v>1</v>
       </c>
       <c r="L307" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M307" s="4">
-        <v>1044825.168821</v>
+        <v>11062621.870462</v>
       </c>
       <c r="N307" s="4">
-        <v>1044825.1688214201</v>
+        <v>11062621.8704625</v>
       </c>
       <c r="O307" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P307" s="3" t="s">
-        <v>1016</v>
+        <v>996</v>
       </c>
       <c r="Q307" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R307" s="3" t="s">
-        <v>1018</v>
+        <v>994</v>
       </c>
       <c r="S307" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T307" s="4">
         <v>0.01</v>
       </c>
       <c r="U307" s="2">
-        <v>55513</v>
+        <v>50481</v>
       </c>
       <c r="V307" s="4">
-        <v>3.81</v>
+        <v>2.75</v>
       </c>
       <c r="W307" s="3" t="s">
-        <v>1020</v>
+        <v>997</v>
       </c>
       <c r="X307" s="4">
-        <v>3685.6787559700001</v>
+        <v>0</v>
       </c>
       <c r="Y307" s="4">
-        <v>3685.6787549999999</v>
+        <v>0</v>
       </c>
       <c r="Z307" s="6">
-        <v>8.1800000000000004E-4</v>
+        <v>8.9899999999999997E-3</v>
       </c>
     </row>
     <row r="308" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A308" s="3" t="s">
-        <v>1021</v>
+        <v>998</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>1022</v>
+        <v>999</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D308" s="4">
-        <v>1362978.922</v>
+        <v>12761770.655942</v>
       </c>
       <c r="E308" s="5">
-        <v>91.132490000000004</v>
+        <v>98.482290000000006</v>
       </c>
       <c r="F308" s="4">
-        <v>1245699.74993759</v>
+        <v>12568083.9865197</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H308" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I308" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J308" s="5">
-        <v>91.132490000000004</v>
+        <v>98.482290000000006</v>
       </c>
       <c r="K308" s="5">
         <v>1</v>
       </c>
       <c r="L308" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M308" s="4">
-        <v>1245699.749937</v>
+        <v>12568083.986519</v>
       </c>
       <c r="N308" s="4">
-        <v>1245699.74993759</v>
+        <v>12568083.9865197</v>
       </c>
       <c r="O308" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P308" s="3" t="s">
-        <v>1016</v>
+        <v>996</v>
       </c>
       <c r="Q308" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R308" s="3" t="s">
-        <v>1021</v>
+        <v>998</v>
       </c>
       <c r="S308" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T308" s="4">
         <v>0.01</v>
       </c>
       <c r="U308" s="2">
-        <v>55574</v>
+        <v>50603</v>
       </c>
       <c r="V308" s="4">
-        <v>3.38</v>
+        <v>1.4990000000000001</v>
       </c>
       <c r="W308" s="3" t="s">
-        <v>1023</v>
+        <v>1000</v>
       </c>
       <c r="X308" s="4">
-        <v>3583.1201438399999</v>
+        <v>0</v>
       </c>
       <c r="Y308" s="4">
-        <v>3583.1201430000001</v>
+        <v>0</v>
       </c>
       <c r="Z308" s="6">
-        <v>9.7599999999999998E-4</v>
+        <v>1.0214000000000001E-2</v>
       </c>
     </row>
     <row r="309" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A309" s="3" t="s">
-        <v>1024</v>
+        <v>1001</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>1025</v>
+        <v>1002</v>
       </c>
       <c r="C309" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D309" s="4">
-        <v>1531843.307606</v>
+        <v>5691868.3294839999</v>
       </c>
       <c r="E309" s="5">
-        <v>100.1931</v>
+        <v>95.386510000000001</v>
       </c>
       <c r="F309" s="4">
-        <v>1543730.3265706201</v>
+        <v>5429274.5532900896</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H309" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I309" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J309" s="5">
-        <v>100.1931</v>
+        <v>95.386510000000001</v>
       </c>
       <c r="K309" s="5">
         <v>1</v>
       </c>
       <c r="L309" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M309" s="4">
-        <v>1543730.32657</v>
+        <v>5429274.5532900002</v>
       </c>
       <c r="N309" s="4">
-        <v>1543730.3265706201</v>
+        <v>5429274.5532900896</v>
       </c>
       <c r="O309" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P309" s="3" t="s">
-        <v>1026</v>
+        <v>996</v>
       </c>
       <c r="Q309" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R309" s="3" t="s">
-        <v>1024</v>
+        <v>1001</v>
       </c>
       <c r="S309" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T309" s="4">
         <v>0.01</v>
       </c>
       <c r="U309" s="2">
-        <v>48047</v>
+        <v>51091</v>
       </c>
       <c r="V309" s="4">
-        <v>5.2460500000000003</v>
+        <v>1.482</v>
       </c>
       <c r="W309" s="3" t="s">
-        <v>1027</v>
+        <v>1003</v>
       </c>
       <c r="X309" s="4">
-        <v>8929.02953763</v>
+        <v>0</v>
       </c>
       <c r="Y309" s="4">
-        <v>8929.0295370000003</v>
+        <v>0</v>
       </c>
       <c r="Z309" s="6">
-        <v>1.209E-3</v>
+        <v>4.4120000000000001E-3</v>
       </c>
     </row>
     <row r="310" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A310" s="3" t="s">
-        <v>1028</v>
+        <v>1004</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1029</v>
+        <v>1005</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D310" s="4">
-        <v>1667909.13</v>
+        <v>1249179.9490169999</v>
       </c>
       <c r="E310" s="5">
-        <v>100.02</v>
+        <v>97.144769999999994</v>
       </c>
       <c r="F310" s="4">
-        <v>1674967.6241434601</v>
+        <v>1213512.9883586799</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H310" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I310" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J310" s="5">
-        <v>100.02</v>
+        <v>97.144769999999994</v>
       </c>
       <c r="K310" s="5">
         <v>1</v>
       </c>
       <c r="L310" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M310" s="4">
-        <v>1674967.624143</v>
+        <v>1213512.9883580001</v>
       </c>
       <c r="N310" s="4">
-        <v>1674967.6241434601</v>
+        <v>1213512.9883586799</v>
       </c>
       <c r="O310" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P310" s="3" t="s">
-        <v>1026</v>
+        <v>1006</v>
       </c>
       <c r="Q310" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R310" s="3" t="s">
-        <v>1028</v>
+        <v>1004</v>
       </c>
       <c r="S310" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T310" s="4">
         <v>0.01</v>
       </c>
       <c r="U310" s="2">
-        <v>48425</v>
+        <v>60221</v>
       </c>
       <c r="V310" s="4">
-        <v>4.83833</v>
+        <v>6.726</v>
       </c>
       <c r="W310" s="3" t="s">
-        <v>1030</v>
+        <v>1007</v>
       </c>
       <c r="X310" s="4">
-        <v>6724.9123174599999</v>
+        <v>0</v>
       </c>
       <c r="Y310" s="4">
-        <v>6724.9123170000003</v>
+        <v>0</v>
       </c>
       <c r="Z310" s="6">
-        <v>1.312E-3</v>
+        <v>9.859999999999999E-4</v>
       </c>
     </row>
     <row r="311" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A311" s="3" t="s">
-        <v>1031</v>
+        <v>1008</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>1032</v>
+        <v>1009</v>
       </c>
       <c r="C311" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D311" s="4">
-        <v>4626406.9680000003</v>
+        <v>3551664.2269449998</v>
       </c>
       <c r="E311" s="5">
-        <v>99.283330000000007</v>
+        <v>90.754249999999999</v>
       </c>
       <c r="F311" s="4">
-        <v>4606924.49999897</v>
+        <v>3223286.2316822298</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H311" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I311" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J311" s="5">
-        <v>99.283330000000007</v>
+        <v>90.754249999999999</v>
       </c>
       <c r="K311" s="5">
         <v>1</v>
       </c>
       <c r="L311" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M311" s="4">
-        <v>4606924.4999980005</v>
+        <v>3223286.2316820002</v>
       </c>
       <c r="N311" s="4">
-        <v>4606924.49999897</v>
+        <v>3223286.2316822298</v>
       </c>
       <c r="O311" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P311" s="3" t="s">
-        <v>1033</v>
+        <v>1010</v>
       </c>
       <c r="Q311" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R311" s="3" t="s">
-        <v>1031</v>
+        <v>1008</v>
       </c>
       <c r="S311" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T311" s="4">
         <v>0.01</v>
       </c>
       <c r="U311" s="2">
-        <v>61112</v>
+        <v>55513</v>
       </c>
       <c r="V311" s="4">
-        <v>3.8</v>
+        <v>2.52</v>
       </c>
       <c r="W311" s="3" t="s">
-        <v>1034</v>
+        <v>1011</v>
       </c>
       <c r="X311" s="4">
-        <v>13673.602816529999</v>
+        <v>0</v>
       </c>
       <c r="Y311" s="4">
-        <v>13673.602816000001</v>
+        <v>0</v>
       </c>
       <c r="Z311" s="6">
-        <v>3.6099999999999999E-3</v>
+        <v>2.6189999999999998E-3</v>
       </c>
     </row>
     <row r="312" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A312" s="3" t="s">
-        <v>1035</v>
+        <v>1012</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1036</v>
+        <v>1013</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D312" s="4">
-        <v>3621000</v>
+        <v>1235774.0020000001</v>
       </c>
       <c r="E312" s="5">
-        <v>101.16446000000001</v>
+        <v>83.550489999999996</v>
       </c>
       <c r="F312" s="4">
-        <v>3667356.4040999999</v>
+        <v>1032495.23396361</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H312" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I312" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J312" s="5">
-        <v>101.16446000000001</v>
+        <v>83.550489999999996</v>
       </c>
       <c r="K312" s="5">
         <v>1</v>
       </c>
       <c r="L312" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M312" s="4">
-        <v>3667356.4040999999</v>
+        <v>1032495.233963</v>
       </c>
       <c r="N312" s="4">
-        <v>3667356.4040999999</v>
+        <v>1032495.23396361</v>
       </c>
       <c r="O312" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P312" s="3" t="s">
-        <v>1037</v>
+        <v>1010</v>
       </c>
       <c r="Q312" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R312" s="3" t="s">
-        <v>1035</v>
+        <v>1012</v>
       </c>
       <c r="S312" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T312" s="4">
         <v>0.01</v>
       </c>
       <c r="U312" s="2">
-        <v>47319</v>
+        <v>55513</v>
       </c>
       <c r="V312" s="4">
-        <v>4.63</v>
+        <v>3.81</v>
       </c>
       <c r="W312" s="3" t="s">
-        <v>1038</v>
+        <v>1014</v>
       </c>
       <c r="X312" s="4">
-        <v>4191.3074999999999</v>
+        <v>0</v>
       </c>
       <c r="Y312" s="4">
-        <v>4191.3074999999999</v>
+        <v>0</v>
       </c>
       <c r="Z312" s="6">
-        <v>2.8730000000000001E-3</v>
+        <v>8.3900000000000001E-4</v>
       </c>
     </row>
     <row r="313" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A313" s="3" t="s">
-        <v>1039</v>
+        <v>1015</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>1040</v>
+        <v>1016</v>
       </c>
       <c r="C313" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D313" s="4">
-        <v>595707.81353599997</v>
+        <v>1339675.5160000001</v>
       </c>
       <c r="E313" s="5">
-        <v>95.108689999999996</v>
+        <v>90.504589999999993</v>
       </c>
       <c r="F313" s="4">
-        <v>568817.09090001998</v>
+        <v>1212467.83308618</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H313" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I313" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J313" s="5">
-        <v>95.108689999999996</v>
+        <v>90.504589999999993</v>
       </c>
       <c r="K313" s="5">
         <v>1</v>
       </c>
       <c r="L313" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M313" s="4">
-        <v>568817.09089999995</v>
+        <v>1212467.8330860001</v>
       </c>
       <c r="N313" s="4">
-        <v>568817.09090001998</v>
+        <v>1212467.83308618</v>
       </c>
       <c r="O313" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P313" s="3" t="s">
-        <v>1041</v>
+        <v>1010</v>
       </c>
       <c r="Q313" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R313" s="3" t="s">
-        <v>1039</v>
+        <v>1015</v>
       </c>
       <c r="S313" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T313" s="4">
         <v>0.01</v>
       </c>
       <c r="U313" s="2">
-        <v>49577</v>
+        <v>55574</v>
       </c>
       <c r="V313" s="4">
-        <v>4.6736430000000002</v>
+        <v>3.38</v>
       </c>
       <c r="W313" s="3" t="s">
-        <v>1042</v>
+        <v>1017</v>
       </c>
       <c r="X313" s="4">
-        <v>2247.1932182800001</v>
+        <v>0</v>
       </c>
       <c r="Y313" s="4">
-        <v>2247.1932179999999</v>
+        <v>0</v>
       </c>
       <c r="Z313" s="6">
-        <v>4.4499999999999997E-4</v>
+        <v>9.8499999999999998E-4</v>
       </c>
     </row>
     <row r="314" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A314" s="3" t="s">
-        <v>1043</v>
+        <v>1018</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1044</v>
+        <v>1019</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D314" s="4">
-        <v>2442804.3551599998</v>
+        <v>1531843.307606</v>
       </c>
       <c r="E314" s="5">
-        <v>97.588999999999999</v>
+        <v>100.1349</v>
       </c>
       <c r="F314" s="4">
-        <v>2391912.8691835399</v>
+        <v>1550205.24313413</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H314" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I314" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J314" s="5">
-        <v>97.588999999999999</v>
+        <v>100.1349</v>
       </c>
       <c r="K314" s="5">
         <v>1</v>
       </c>
       <c r="L314" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M314" s="4">
-        <v>2391912.8691830002</v>
+        <v>1550205.2431340001</v>
       </c>
       <c r="N314" s="4">
-        <v>2391912.8691835399</v>
+        <v>1550205.24313413</v>
       </c>
       <c r="O314" s="3" t="s">
-        <v>1045</v>
+        <v>34</v>
       </c>
       <c r="P314" s="3" t="s">
-        <v>1046</v>
+        <v>1020</v>
       </c>
       <c r="Q314" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R314" s="3" t="s">
-        <v>1043</v>
+        <v>1018</v>
       </c>
       <c r="S314" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T314" s="4">
         <v>0.01</v>
       </c>
       <c r="U314" s="2">
-        <v>53919</v>
+        <v>48047</v>
       </c>
       <c r="V314" s="4">
-        <v>4.2130000000000001</v>
+        <v>5.2460500000000003</v>
       </c>
       <c r="W314" s="3" t="s">
-        <v>1047</v>
+        <v>1021</v>
       </c>
       <c r="X314" s="4">
-        <v>8004.5270264500004</v>
+        <v>16295.478906169999</v>
       </c>
       <c r="Y314" s="4">
-        <v>8004.5270259999998</v>
+        <v>16295.478906</v>
       </c>
       <c r="Z314" s="6">
-        <v>1.874E-3</v>
+        <v>1.2589999999999999E-3</v>
       </c>
     </row>
     <row r="315" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A315" s="3" t="s">
-        <v>1048</v>
+        <v>1022</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>1049</v>
+        <v>1023</v>
       </c>
       <c r="C315" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D315" s="4">
-        <v>9814966</v>
+        <v>1667909.13</v>
       </c>
       <c r="E315" s="5">
-        <v>93.998999999999995</v>
+        <v>100.0147</v>
       </c>
       <c r="F315" s="4">
-        <v>9258291.6639297791</v>
+        <v>1682276.6285087799</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H315" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I315" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J315" s="5">
-        <v>93.998999999999995</v>
+        <v>100.0147</v>
       </c>
       <c r="K315" s="5">
         <v>1</v>
       </c>
       <c r="L315" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M315" s="4">
-        <v>9258291.6639290005</v>
+        <v>1682276.6285079999</v>
       </c>
       <c r="N315" s="4">
-        <v>9258291.6639297791</v>
+        <v>1682276.6285087799</v>
       </c>
       <c r="O315" s="3" t="s">
-        <v>1050</v>
+        <v>34</v>
       </c>
       <c r="P315" s="3" t="s">
-        <v>1046</v>
+        <v>1020</v>
       </c>
       <c r="Q315" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R315" s="3" t="s">
-        <v>1048</v>
+        <v>1022</v>
       </c>
       <c r="S315" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T315" s="4">
         <v>0.01</v>
       </c>
       <c r="U315" s="2">
-        <v>53919</v>
+        <v>48425</v>
       </c>
       <c r="V315" s="4">
-        <v>4.234</v>
+        <v>4.83833</v>
       </c>
       <c r="W315" s="3" t="s">
-        <v>1051</v>
+        <v>1024</v>
       </c>
       <c r="X315" s="4">
-        <v>32321.773589780001</v>
+        <v>14122.31586667</v>
       </c>
       <c r="Y315" s="4">
-        <v>32321.773589</v>
+        <v>14122.315866000001</v>
       </c>
       <c r="Z315" s="6">
-        <v>7.254E-3</v>
+        <v>1.3669999999999999E-3</v>
       </c>
     </row>
     <row r="316" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A316" s="3" t="s">
-        <v>1052</v>
+        <v>1025</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>1053</v>
+        <v>1026</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D316" s="4">
-        <v>2070000</v>
+        <v>4563123.8820000002</v>
       </c>
       <c r="E316" s="5">
-        <v>99.998500000000007</v>
+        <v>98.645899999999997</v>
       </c>
       <c r="F316" s="4">
-        <v>2080973.162</v>
+        <v>4501334.6215138398</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H316" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I316" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J316" s="5">
-        <v>99.998500000000007</v>
+        <v>98.645899999999997</v>
       </c>
       <c r="K316" s="5">
         <v>1</v>
       </c>
       <c r="L316" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M316" s="4">
-        <v>2080973.162</v>
+        <v>4501334.6215129998</v>
       </c>
       <c r="N316" s="4">
-        <v>2080973.162</v>
+        <v>4501334.6215138398</v>
       </c>
       <c r="O316" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P316" s="3" t="s">
-        <v>1054</v>
+        <v>1027</v>
       </c>
       <c r="Q316" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R316" s="3" t="s">
-        <v>1052</v>
+        <v>1025</v>
       </c>
       <c r="S316" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T316" s="4">
         <v>0.01</v>
       </c>
       <c r="U316" s="2">
-        <v>50515</v>
+        <v>61112</v>
       </c>
       <c r="V316" s="4">
-        <v>4.78444</v>
+        <v>3.8</v>
       </c>
       <c r="W316" s="3" t="s">
-        <v>1055</v>
+        <v>1028</v>
       </c>
       <c r="X316" s="4">
-        <v>11004.212</v>
+        <v>0</v>
       </c>
       <c r="Y316" s="4">
-        <v>11004.212</v>
+        <v>0</v>
       </c>
       <c r="Z316" s="6">
-        <v>1.6299999999999999E-3</v>
+        <v>3.6579999999999998E-3</v>
       </c>
     </row>
     <row r="317" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A317" s="3" t="s">
-        <v>1056</v>
+        <v>1029</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>1057</v>
+        <v>1030</v>
       </c>
       <c r="C317" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D317" s="4">
-        <v>3715389.9145999998</v>
+        <v>3621000</v>
       </c>
       <c r="E317" s="5">
-        <v>99.470969999999994</v>
+        <v>101.23927</v>
       </c>
       <c r="F317" s="4">
-        <v>3712051.2032995699</v>
+        <v>3670996.67586667</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H317" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I317" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J317" s="5">
-        <v>99.470969999999994</v>
+        <v>101.23927</v>
       </c>
       <c r="K317" s="5">
         <v>1</v>
       </c>
       <c r="L317" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M317" s="4">
-        <v>3712051.2032989999</v>
+        <v>3670996.6758659999</v>
       </c>
       <c r="N317" s="4">
-        <v>3712051.2032995699</v>
+        <v>3670996.67586667</v>
       </c>
       <c r="O317" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P317" s="3" t="s">
-        <v>1058</v>
+        <v>1031</v>
       </c>
       <c r="Q317" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R317" s="3" t="s">
-        <v>1056</v>
+        <v>1029</v>
       </c>
       <c r="S317" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T317" s="4">
         <v>0.01</v>
       </c>
       <c r="U317" s="2">
-        <v>52558</v>
+        <v>47319</v>
       </c>
       <c r="V317" s="4">
-        <v>5.8099550000000004</v>
+        <v>4.63</v>
       </c>
       <c r="W317" s="3" t="s">
-        <v>1059</v>
+        <v>1032</v>
       </c>
       <c r="X317" s="4">
-        <v>16316.81596478</v>
+        <v>5122.7091666699998</v>
       </c>
       <c r="Y317" s="4">
-        <v>16316.815963999999</v>
+        <v>5122.7091659999996</v>
       </c>
       <c r="Z317" s="6">
-        <v>2.908E-3</v>
+        <v>2.983E-3</v>
       </c>
     </row>
     <row r="318" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A318" s="3" t="s">
-        <v>1060</v>
+        <v>1033</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>1061</v>
+        <v>1034</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D318" s="4">
-        <v>760078.93047899997</v>
+        <v>594325.18111999996</v>
       </c>
       <c r="E318" s="5">
-        <v>94.359909999999999</v>
+        <v>94.928989999999999</v>
       </c>
       <c r="F318" s="4">
-        <v>720358.77555695002</v>
+        <v>564186.89175288996</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H318" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I318" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J318" s="5">
-        <v>94.359909999999999</v>
+        <v>94.928989999999999</v>
       </c>
       <c r="K318" s="5">
         <v>1</v>
       </c>
       <c r="L318" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M318" s="4">
-        <v>720358.77555599995</v>
+        <v>564186.89175199997</v>
       </c>
       <c r="N318" s="4">
-        <v>720358.77555695002</v>
+        <v>564186.89175288996</v>
       </c>
       <c r="O318" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P318" s="3" t="s">
-        <v>1041</v>
+        <v>1035</v>
       </c>
       <c r="Q318" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R318" s="3" t="s">
-        <v>1060</v>
+        <v>1033</v>
       </c>
       <c r="S318" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T318" s="4">
         <v>0.01</v>
       </c>
       <c r="U318" s="2">
-        <v>53717</v>
+        <v>49577</v>
       </c>
       <c r="V318" s="4">
-        <v>5.3281000000000001</v>
+        <v>4.6417520000000003</v>
       </c>
       <c r="W318" s="3" t="s">
-        <v>1062</v>
+        <v>1036</v>
       </c>
       <c r="X318" s="4">
-        <v>3148.9808284800001</v>
+        <v>0</v>
       </c>
       <c r="Y318" s="4">
-        <v>3148.9808280000002</v>
+        <v>0</v>
       </c>
       <c r="Z318" s="6">
-        <v>5.6400000000000005E-4</v>
+        <v>4.5800000000000002E-4</v>
       </c>
     </row>
     <row r="319" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A319" s="3" t="s">
-        <v>1063</v>
+        <v>1037</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>1064</v>
+        <v>1038</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D319" s="4">
-        <v>11594960</v>
+        <v>2440578.4223600002</v>
       </c>
       <c r="E319" s="5">
-        <v>92.134299999999996</v>
+        <v>97.59</v>
       </c>
       <c r="F319" s="4">
-        <v>10740367.477335</v>
+        <v>2381760.4823811199</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H319" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I319" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J319" s="5">
-        <v>92.134299999999996</v>
+        <v>97.59</v>
       </c>
       <c r="K319" s="5">
         <v>1</v>
       </c>
       <c r="L319" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M319" s="4">
-        <v>10740367.477335</v>
+        <v>2381760.4823810002</v>
       </c>
       <c r="N319" s="4">
-        <v>10740367.477335</v>
+        <v>2381760.4823811199</v>
       </c>
       <c r="O319" s="3" t="s">
-        <v>34</v>
+        <v>1039</v>
       </c>
       <c r="P319" s="3" t="s">
-        <v>1058</v>
+        <v>1040</v>
       </c>
       <c r="Q319" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R319" s="3" t="s">
-        <v>1063</v>
+        <v>1037</v>
       </c>
       <c r="S319" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T319" s="4">
         <v>0.01</v>
       </c>
       <c r="U319" s="2">
-        <v>53044</v>
+        <v>53919</v>
       </c>
       <c r="V319" s="4">
-        <v>6.5283769999999999</v>
+        <v>4.2130000000000001</v>
       </c>
       <c r="W319" s="3" t="s">
-        <v>1065</v>
+        <v>1041</v>
       </c>
       <c r="X319" s="4">
-        <v>57432.246055019998</v>
+        <v>0</v>
       </c>
       <c r="Y319" s="4">
-        <v>57432.246055000003</v>
+        <v>0</v>
       </c>
       <c r="Z319" s="6">
-        <v>8.4159999999999999E-3</v>
+        <v>1.9350000000000001E-3</v>
       </c>
     </row>
     <row r="320" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A320" s="3" t="s">
-        <v>1066</v>
+        <v>1042</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1067</v>
+        <v>1043</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D320" s="4">
-        <v>1516477.3075939999</v>
+        <v>9814966</v>
       </c>
       <c r="E320" s="5">
-        <v>87.221699999999998</v>
+        <v>94</v>
       </c>
       <c r="F320" s="4">
-        <v>1323458.68746444</v>
+        <v>9226068.0399999991</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H320" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I320" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J320" s="5">
-        <v>87.221699999999998</v>
+        <v>94</v>
       </c>
       <c r="K320" s="5">
         <v>1</v>
       </c>
       <c r="L320" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M320" s="4">
-        <v>1323458.687464</v>
+        <v>9226068.0399999991</v>
       </c>
       <c r="N320" s="4">
-        <v>1323458.68746444</v>
+        <v>9226068.0399999991</v>
       </c>
       <c r="O320" s="3" t="s">
-        <v>34</v>
+        <v>1044</v>
       </c>
       <c r="P320" s="3" t="s">
-        <v>1068</v>
+        <v>1040</v>
       </c>
       <c r="Q320" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R320" s="3" t="s">
-        <v>1066</v>
+        <v>1042</v>
       </c>
       <c r="S320" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T320" s="4">
         <v>0.01</v>
       </c>
       <c r="U320" s="2">
-        <v>49485</v>
+        <v>53919</v>
       </c>
       <c r="V320" s="4">
-        <v>4.5187600000000003</v>
+        <v>4.234</v>
       </c>
       <c r="W320" s="3" t="s">
-        <v>1069</v>
+        <v>1045</v>
       </c>
       <c r="X320" s="4">
-        <v>761.39966649999997</v>
+        <v>0</v>
       </c>
       <c r="Y320" s="4">
-        <v>761.39966600000002</v>
+        <v>0</v>
       </c>
       <c r="Z320" s="6">
-        <v>1.0369999999999999E-3</v>
+        <v>7.4980000000000003E-3</v>
       </c>
     </row>
     <row r="321" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A321" s="3" t="s">
-        <v>1070</v>
+        <v>1046</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>1071</v>
+        <v>1047</v>
       </c>
       <c r="C321" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D321" s="4">
-        <v>1470334.0698500001</v>
+        <v>1897500.0027600001</v>
       </c>
       <c r="E321" s="5">
-        <v>87.674239999999998</v>
+        <v>99.999499999999998</v>
       </c>
       <c r="F321" s="4">
-        <v>1294726.8914111101</v>
+        <v>1915899.6449450999</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H321" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I321" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J321" s="5">
-        <v>87.674239999999998</v>
+        <v>99.999499999999998</v>
       </c>
       <c r="K321" s="5">
         <v>1</v>
       </c>
       <c r="L321" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M321" s="4">
-        <v>1294726.8914109999</v>
+        <v>1915899.6449450001</v>
       </c>
       <c r="N321" s="4">
-        <v>1294726.8914111101</v>
+        <v>1915899.6449450999</v>
       </c>
       <c r="O321" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P321" s="3" t="s">
-        <v>1068</v>
+        <v>1048</v>
       </c>
       <c r="Q321" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R321" s="3" t="s">
-        <v>1070</v>
+        <v>1046</v>
       </c>
       <c r="S321" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T321" s="4">
         <v>0.01</v>
       </c>
       <c r="U321" s="2">
-        <v>53656</v>
+        <v>50515</v>
       </c>
       <c r="V321" s="4">
-        <v>4.9180999999999999</v>
+        <v>4.78444</v>
       </c>
       <c r="W321" s="3" t="s">
-        <v>1072</v>
+        <v>1049</v>
       </c>
       <c r="X321" s="4">
-        <v>5622.6702087200001</v>
+        <v>18409.129685110001</v>
       </c>
       <c r="Y321" s="4">
-        <v>5622.6702079999995</v>
+        <v>18409.129685</v>
       </c>
       <c r="Z321" s="6">
-        <v>1.0139999999999999E-3</v>
+        <v>1.557E-3</v>
       </c>
     </row>
     <row r="322" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A322" s="3" t="s">
-        <v>1073</v>
+        <v>1050</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>1074</v>
+        <v>1051</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D322" s="4">
-        <v>1616614.5809760001</v>
+        <v>3674786.1513999999</v>
       </c>
       <c r="E322" s="5">
-        <v>88.669510000000002</v>
+        <v>99.578810000000004</v>
       </c>
       <c r="F322" s="4">
-        <v>1434282.8481501299</v>
+        <v>3659308.3196089198</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H322" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I322" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J322" s="5">
-        <v>88.669510000000002</v>
+        <v>99.578810000000004</v>
       </c>
       <c r="K322" s="5">
         <v>1</v>
       </c>
       <c r="L322" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M322" s="4">
-        <v>1434282.84815</v>
+        <v>3659308.3196080001</v>
       </c>
       <c r="N322" s="4">
-        <v>1434282.8481501299</v>
+        <v>3659308.3196089198</v>
       </c>
       <c r="O322" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P322" s="3" t="s">
-        <v>1068</v>
+        <v>1052</v>
       </c>
       <c r="Q322" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R322" s="3" t="s">
-        <v>1073</v>
+        <v>1050</v>
       </c>
       <c r="S322" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T322" s="4">
         <v>0.01</v>
       </c>
       <c r="U322" s="2">
-        <v>49668</v>
+        <v>52558</v>
       </c>
       <c r="V322" s="4">
-        <v>4.6687599999999998</v>
+        <v>5.6464509999999999</v>
       </c>
       <c r="W322" s="3" t="s">
-        <v>1075</v>
+        <v>1053</v>
       </c>
       <c r="X322" s="4">
-        <v>838.62061012000004</v>
+        <v>0</v>
       </c>
       <c r="Y322" s="4">
-        <v>838.62061000000006</v>
+        <v>0</v>
       </c>
       <c r="Z322" s="6">
-        <v>1.1230000000000001E-3</v>
+        <v>2.9729999999999999E-3</v>
       </c>
     </row>
     <row r="323" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A323" s="3" t="s">
-        <v>1076</v>
+        <v>1054</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>1077</v>
+        <v>1055</v>
       </c>
       <c r="C323" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D323" s="4">
-        <v>3844827.13</v>
+        <v>755067.29357600003</v>
       </c>
       <c r="E323" s="5">
-        <v>33.362830000000002</v>
+        <v>90.199749999999995</v>
       </c>
       <c r="F323" s="4">
-        <v>1295143.0697925901</v>
+        <v>681068.81113707996</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H323" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I323" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J323" s="5">
-        <v>33.362830000000002</v>
+        <v>90.199749999999995</v>
       </c>
       <c r="K323" s="5">
         <v>1</v>
       </c>
       <c r="L323" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M323" s="4">
-        <v>1295143.0697920001</v>
+        <v>681068.81113699998</v>
       </c>
       <c r="N323" s="4">
-        <v>1295143.0697925901</v>
+        <v>681068.81113707996</v>
       </c>
       <c r="O323" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P323" s="3" t="s">
-        <v>1068</v>
+        <v>1035</v>
       </c>
       <c r="Q323" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R323" s="3" t="s">
-        <v>1076</v>
+        <v>1054</v>
       </c>
       <c r="S323" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T323" s="4">
         <v>0.01</v>
       </c>
       <c r="U323" s="2">
-        <v>49973</v>
+        <v>53717</v>
       </c>
       <c r="V323" s="4">
-        <v>4.1009900000000004</v>
+        <v>5.2792700000000004</v>
       </c>
       <c r="W323" s="3" t="s">
-        <v>1078</v>
+        <v>1056</v>
       </c>
       <c r="X323" s="4">
-        <v>12399.930616809999</v>
+        <v>0</v>
       </c>
       <c r="Y323" s="4">
-        <v>12399.930616</v>
+        <v>0</v>
       </c>
       <c r="Z323" s="6">
-        <v>1.0139999999999999E-3</v>
+        <v>5.53E-4</v>
       </c>
     </row>
     <row r="324" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A324" s="3" t="s">
-        <v>1079</v>
+        <v>1057</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>1080</v>
+        <v>1058</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D324" s="4">
-        <v>7150641.310997</v>
+        <v>11594960</v>
       </c>
       <c r="E324" s="5">
-        <v>93.309979999999996</v>
+        <v>92.136349999999993</v>
       </c>
       <c r="F324" s="4">
-        <v>6705631.6366147399</v>
+        <v>10683172.927959999</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H324" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I324" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J324" s="5">
-        <v>93.309979999999996</v>
+        <v>92.136349999999993</v>
       </c>
       <c r="K324" s="5">
         <v>1</v>
       </c>
       <c r="L324" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M324" s="4">
-        <v>6705631.6366140004</v>
+        <v>10683172.927959999</v>
       </c>
       <c r="N324" s="4">
-        <v>6705631.6366147399</v>
+        <v>10683172.927959999</v>
       </c>
       <c r="O324" s="3" t="s">
-        <v>1081</v>
+        <v>34</v>
       </c>
       <c r="P324" s="3" t="s">
-        <v>1068</v>
+        <v>1052</v>
       </c>
       <c r="Q324" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R324" s="3" t="s">
-        <v>1079</v>
+        <v>1057</v>
       </c>
       <c r="S324" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T324" s="4">
         <v>0.01</v>
       </c>
       <c r="U324" s="2">
-        <v>50216</v>
+        <v>53044</v>
       </c>
       <c r="V324" s="4">
-        <v>6</v>
+        <v>6.369345</v>
       </c>
       <c r="W324" s="3" t="s">
-        <v>1082</v>
+        <v>1059</v>
       </c>
       <c r="X324" s="4">
-        <v>33369.659451320003</v>
+        <v>0</v>
       </c>
       <c r="Y324" s="4">
-        <v>33369.659451</v>
+        <v>0</v>
       </c>
       <c r="Z324" s="6">
-        <v>5.254E-3</v>
+        <v>8.6820000000000005E-3</v>
       </c>
     </row>
     <row r="325" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A325" s="3" t="s">
-        <v>1083</v>
+        <v>1060</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>1084</v>
+        <v>1061</v>
       </c>
       <c r="C325" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D325" s="4">
-        <v>2285000</v>
+        <v>1506006.1543469999</v>
       </c>
       <c r="E325" s="5">
-        <v>95.420609999999996</v>
+        <v>87.265720000000002</v>
       </c>
       <c r="F325" s="4">
-        <v>2186245.32127778</v>
+        <v>1315305.46695179</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H325" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I325" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J325" s="5">
-        <v>95.420609999999996</v>
+        <v>87.265720000000002</v>
       </c>
       <c r="K325" s="5">
         <v>1</v>
       </c>
       <c r="L325" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M325" s="4">
-        <v>2186245.321277</v>
+        <v>1315305.466951</v>
       </c>
       <c r="N325" s="4">
-        <v>2186245.32127778</v>
+        <v>1315305.46695179</v>
       </c>
       <c r="O325" s="3" t="s">
-        <v>1085</v>
+        <v>34</v>
       </c>
       <c r="P325" s="3" t="s">
-        <v>1086</v>
+        <v>1062</v>
       </c>
       <c r="Q325" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R325" s="3" t="s">
-        <v>1083</v>
+        <v>1060</v>
       </c>
       <c r="S325" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T325" s="4">
         <v>0.01</v>
       </c>
       <c r="U325" s="2">
-        <v>55685</v>
+        <v>49485</v>
       </c>
       <c r="V325" s="4">
-        <v>3.3109999999999999</v>
+        <v>4.2962100000000003</v>
       </c>
       <c r="W325" s="3" t="s">
-        <v>1087</v>
+        <v>1063</v>
       </c>
       <c r="X325" s="4">
-        <v>5884.3827777799997</v>
+        <v>1078.35311673</v>
       </c>
       <c r="Y325" s="4">
-        <v>5884.3827769999998</v>
+        <v>1078.353116</v>
       </c>
       <c r="Z325" s="6">
-        <v>1.7129999999999999E-3</v>
+        <v>1.0679999999999999E-3</v>
       </c>
     </row>
     <row r="326" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A326" s="3" t="s">
-        <v>1088</v>
+        <v>1064</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>1089</v>
+        <v>1065</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D326" s="4">
-        <v>6030000</v>
+        <v>1442025.4190430001</v>
       </c>
       <c r="E326" s="5">
-        <v>100.57131</v>
+        <v>87.077259999999995</v>
       </c>
       <c r="F326" s="4">
-        <v>6074838.3430000003</v>
+        <v>1255676.2234060899</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H326" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I326" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J326" s="5">
-        <v>100.57131</v>
+        <v>87.077259999999995</v>
       </c>
       <c r="K326" s="5">
         <v>1</v>
       </c>
       <c r="L326" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M326" s="4">
-        <v>6074838.3430000003</v>
+        <v>1255676.2234060001</v>
       </c>
       <c r="N326" s="4">
-        <v>6074838.3430000003</v>
+        <v>1255676.2234060899</v>
       </c>
       <c r="O326" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P326" s="3" t="s">
-        <v>1090</v>
+        <v>1062</v>
       </c>
       <c r="Q326" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R326" s="3" t="s">
-        <v>1088</v>
+        <v>1064</v>
       </c>
       <c r="S326" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T326" s="4">
         <v>0.01</v>
       </c>
       <c r="U326" s="2">
-        <v>47469</v>
+        <v>53656</v>
       </c>
       <c r="V326" s="4">
-        <v>4.43</v>
+        <v>4.8692700000000002</v>
       </c>
       <c r="W326" s="3" t="s">
-        <v>1091</v>
+        <v>1066</v>
       </c>
       <c r="X326" s="4">
-        <v>10388.35</v>
+        <v>0</v>
       </c>
       <c r="Y326" s="4">
-        <v>10388.35</v>
+        <v>0</v>
       </c>
       <c r="Z326" s="6">
-        <v>4.7600000000000003E-3</v>
+        <v>1.0200000000000001E-3</v>
       </c>
     </row>
     <row r="327" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A327" s="3" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>1093</v>
+        <v>1068</v>
       </c>
       <c r="C327" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D327" s="4">
-        <v>5368000</v>
+        <v>1607841.849003</v>
       </c>
       <c r="E327" s="5">
-        <v>99.851600000000005</v>
+        <v>88.728480000000005</v>
       </c>
       <c r="F327" s="4">
-        <v>5389194.5280799996</v>
+        <v>1427805.10050843</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H327" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I327" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J327" s="5">
-        <v>99.851600000000005</v>
+        <v>88.728480000000005</v>
       </c>
       <c r="K327" s="5">
         <v>1</v>
       </c>
       <c r="L327" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M327" s="4">
-        <v>5389194.5280799996</v>
+        <v>1427805.100508</v>
       </c>
       <c r="N327" s="4">
-        <v>5389194.5280799996</v>
+        <v>1427805.10050843</v>
       </c>
       <c r="O327" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P327" s="3" t="s">
-        <v>1094</v>
+        <v>1062</v>
       </c>
       <c r="Q327" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R327" s="3" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
       <c r="S327" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T327" s="4">
         <v>0.01</v>
       </c>
       <c r="U327" s="2">
-        <v>49237</v>
+        <v>49668</v>
       </c>
       <c r="V327" s="4">
-        <v>5.0144399999999996</v>
+        <v>4.4462099999999998</v>
       </c>
       <c r="W327" s="3" t="s">
-        <v>1095</v>
+        <v>1069</v>
       </c>
       <c r="X327" s="4">
-        <v>29160.640080000001</v>
+        <v>1191.4670845799999</v>
       </c>
       <c r="Y327" s="4">
-        <v>29160.640080000001</v>
+        <v>1191.4670840000001</v>
       </c>
       <c r="Z327" s="6">
-        <v>4.2230000000000002E-3</v>
+        <v>1.16E-3</v>
       </c>
     </row>
     <row r="328" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A328" s="3" t="s">
-        <v>1096</v>
+        <v>1070</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>1097</v>
+        <v>1071</v>
       </c>
       <c r="C328" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D328" s="4">
-        <v>2827522.5911039999</v>
+        <v>3805897.46</v>
       </c>
       <c r="E328" s="5">
-        <v>100.0309</v>
+        <v>32.419789999999999</v>
       </c>
       <c r="F328" s="4">
-        <v>2849446.8478350998</v>
+        <v>1233863.96414733</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H328" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I328" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J328" s="5">
-        <v>100.0309</v>
+        <v>32.419789999999999</v>
       </c>
       <c r="K328" s="5">
         <v>1</v>
       </c>
       <c r="L328" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M328" s="4">
-        <v>2849446.8478350001</v>
+        <v>1233863.9641470001</v>
       </c>
       <c r="N328" s="4">
-        <v>2849446.8478350998</v>
+        <v>1233863.96414733</v>
       </c>
       <c r="O328" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P328" s="3" t="s">
-        <v>1094</v>
+        <v>1062</v>
       </c>
       <c r="Q328" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="R328" s="3" t="s">
-        <v>1096</v>
+        <v>1070</v>
       </c>
       <c r="S328" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T328" s="4">
         <v>0.01</v>
       </c>
       <c r="U328" s="2">
-        <v>48410</v>
+        <v>49973</v>
       </c>
       <c r="V328" s="4">
-        <v>5.2045399999999997</v>
+        <v>4.098954</v>
       </c>
       <c r="W328" s="3" t="s">
-        <v>1098</v>
+        <v>1072</v>
       </c>
       <c r="X328" s="4">
-        <v>21050.55225045</v>
+        <v>0</v>
       </c>
       <c r="Y328" s="4">
-        <v>21050.552250000001</v>
+        <v>0</v>
       </c>
       <c r="Z328" s="6">
-        <v>2.232E-3</v>
+        <v>1.0020000000000001E-3</v>
       </c>
     </row>
     <row r="329" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A329" s="3" t="s">
-        <v>1099</v>
+        <v>1073</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>1100</v>
+        <v>1074</v>
       </c>
       <c r="C329" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D329" s="4">
-        <v>190150000</v>
+        <v>7127380.1965150004</v>
       </c>
       <c r="E329" s="5">
-        <v>99.9726</v>
+        <v>92.632739999999998</v>
       </c>
       <c r="F329" s="4">
-        <v>190707233.92233101</v>
+        <v>6602287.5662487801</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>1101</v>
+        <v>206</v>
       </c>
       <c r="H329" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I329" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J329" s="5">
-        <v>99.9726</v>
+        <v>92.632739999999998</v>
       </c>
       <c r="K329" s="5">
         <v>1</v>
       </c>
       <c r="L329" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M329" s="4">
-        <v>190707233.92233101</v>
+        <v>6602287.5662479997</v>
       </c>
       <c r="N329" s="4">
-        <v>190707233.92233101</v>
+        <v>6602287.5662487801</v>
       </c>
       <c r="O329" s="3" t="s">
-        <v>1102</v>
+        <v>1075</v>
       </c>
       <c r="P329" s="3" t="s">
-        <v>1103</v>
+        <v>1062</v>
       </c>
       <c r="Q329" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R329" s="3" t="s">
-        <v>1099</v>
+        <v>1073</v>
       </c>
       <c r="S329" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T329" s="4">
         <v>0.01</v>
       </c>
       <c r="U329" s="2">
-        <v>46507</v>
+        <v>50216</v>
       </c>
       <c r="V329" s="4">
-        <v>3.9204078959999999</v>
+        <v>6</v>
       </c>
       <c r="W329" s="3" t="s">
-        <v>1104</v>
+        <v>1076</v>
       </c>
       <c r="X329" s="4">
-        <v>609335.02233118995</v>
+        <v>0</v>
       </c>
       <c r="Y329" s="4">
-        <v>609335.02233099996</v>
+        <v>0</v>
       </c>
       <c r="Z329" s="6">
-        <v>0.14943999999999999</v>
+        <v>5.365E-3</v>
       </c>
     </row>
     <row r="330" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A330" s="3" t="s">
-        <v>1105</v>
+        <v>1077</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>1106</v>
+        <v>1078</v>
       </c>
       <c r="C330" s="3" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D330" s="4">
-        <v>13200000</v>
+        <v>2285000</v>
       </c>
       <c r="E330" s="5">
-        <v>99.969460999999995</v>
+        <v>95.38588</v>
       </c>
       <c r="F330" s="4">
-        <v>13238244.490052599</v>
+        <v>2179567.358</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>1101</v>
+        <v>206</v>
       </c>
       <c r="H330" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I330" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J330" s="5">
-        <v>99.969460999999995</v>
+        <v>95.38588</v>
       </c>
       <c r="K330" s="5">
         <v>1</v>
       </c>
       <c r="L330" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M330" s="4">
-        <v>13238244.490052</v>
+        <v>2179567.358</v>
       </c>
       <c r="N330" s="4">
-        <v>13238244.490052599</v>
+        <v>2179567.358</v>
       </c>
       <c r="O330" s="3" t="s">
-        <v>1107</v>
+        <v>1079</v>
       </c>
       <c r="P330" s="3" t="s">
-        <v>1103</v>
+        <v>1080</v>
       </c>
       <c r="Q330" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R330" s="3" t="s">
-        <v>1105</v>
+        <v>1077</v>
       </c>
       <c r="S330" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T330" s="4">
         <v>0.01</v>
       </c>
       <c r="U330" s="2">
-        <v>46599</v>
+        <v>55685</v>
       </c>
       <c r="V330" s="4">
-        <v>3.9194078960000001</v>
+        <v>3.3109999999999999</v>
       </c>
       <c r="W330" s="3" t="s">
-        <v>1108</v>
+        <v>1081</v>
       </c>
       <c r="X330" s="4">
-        <v>42275.638052640003</v>
+        <v>0</v>
       </c>
       <c r="Y330" s="4">
-        <v>42275.638052000002</v>
+        <v>0</v>
       </c>
       <c r="Z330" s="6">
-        <v>1.0373E-2</v>
+        <v>1.771E-3</v>
       </c>
     </row>
     <row r="331" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A331" s="3" t="s">
-        <v>1109</v>
+        <v>1082</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>1110</v>
+        <v>1083</v>
       </c>
       <c r="C331" s="3" t="s">
-        <v>1111</v>
+        <v>178</v>
       </c>
       <c r="D331" s="4">
-        <v>-923256.82</v>
+        <v>6030000</v>
       </c>
       <c r="E331" s="5">
-        <v>1</v>
+        <v>100.59553</v>
       </c>
       <c r="F331" s="4">
-        <v>-923256.82</v>
+        <v>6077782.8590000002</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>1112</v>
+        <v>206</v>
       </c>
       <c r="H331" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I331" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J331" s="5">
-        <v>1</v>
+        <v>100.59553</v>
       </c>
       <c r="K331" s="5">
         <v>1</v>
       </c>
       <c r="L331" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M331" s="4">
-        <v>-923256.82</v>
+        <v>6077782.8590000002</v>
       </c>
       <c r="N331" s="4">
-        <v>-923256.82</v>
+        <v>6077782.8590000002</v>
       </c>
       <c r="O331" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P331" s="3" t="s">
-        <v>34</v>
+        <v>1084</v>
       </c>
       <c r="Q331" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R331" s="3" t="s">
-        <v>34</v>
+        <v>1082</v>
       </c>
       <c r="S331" s="3" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="T331" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U331" s="2">
+        <v>47469</v>
+      </c>
+      <c r="V331" s="4">
+        <v>4.43</v>
       </c>
       <c r="W331" s="3" t="s">
-        <v>34</v>
+        <v>1085</v>
       </c>
       <c r="X331" s="4">
-        <v>0</v>
+        <v>11872.4</v>
       </c>
       <c r="Y331" s="4">
-        <v>0</v>
+        <v>11872.4</v>
       </c>
       <c r="Z331" s="6">
-        <v>-7.2300000000000001E-4</v>
+        <v>4.9389999999999998E-3</v>
       </c>
     </row>
     <row r="332" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A332" s="3" t="s">
-        <v>1113</v>
+        <v>1086</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>1114</v>
+        <v>1087</v>
       </c>
       <c r="C332" s="3" t="s">
-        <v>1115</v>
+        <v>178</v>
       </c>
       <c r="D332" s="4">
-        <v>2323242.2009999999</v>
+        <v>5368000</v>
       </c>
       <c r="E332" s="5">
-        <v>5.01</v>
+        <v>99.856999999999999</v>
       </c>
       <c r="F332" s="4">
-        <v>11639443.42701</v>
+        <v>5414158.7878400004</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>1116</v>
+        <v>206</v>
       </c>
       <c r="H332" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I332" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J332" s="5">
-        <v>5.01</v>
+        <v>99.856999999999999</v>
       </c>
       <c r="K332" s="5">
         <v>1</v>
       </c>
       <c r="L332" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M332" s="4">
-        <v>11639443.42701</v>
+        <v>5414158.7878400004</v>
       </c>
       <c r="N332" s="4">
-        <v>11639443.42701</v>
+        <v>5414158.7878400004</v>
       </c>
       <c r="O332" s="3" t="s">
-        <v>1117</v>
+        <v>34</v>
       </c>
       <c r="P332" s="3" t="s">
-        <v>1118</v>
+        <v>1088</v>
       </c>
       <c r="Q332" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R332" s="3" t="s">
-        <v>1119</v>
+        <v>1086</v>
       </c>
       <c r="S332" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T332" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U332" s="2">
+        <v>49237</v>
+      </c>
+      <c r="V332" s="4">
+        <v>5.0144399999999996</v>
       </c>
       <c r="W332" s="3" t="s">
-        <v>1113</v>
+        <v>1089</v>
       </c>
       <c r="X332" s="4">
-        <v>0</v>
+        <v>53835.027840000002</v>
       </c>
       <c r="Y332" s="4">
-        <v>0</v>
+        <v>53835.027840000002</v>
       </c>
       <c r="Z332" s="6">
-        <v>9.1199999999999996E-3</v>
+        <v>4.4000000000000003E-3</v>
       </c>
     </row>
     <row r="333" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A333" s="3" t="s">
-        <v>1120</v>
+        <v>1090</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>1121</v>
+        <v>1091</v>
       </c>
       <c r="C333" s="3" t="s">
-        <v>1115</v>
+        <v>178</v>
       </c>
       <c r="D333" s="4">
-        <v>2000</v>
+        <v>2827522.5911039999</v>
       </c>
       <c r="E333" s="5">
-        <v>50.051499999999997</v>
+        <v>100.0231</v>
       </c>
       <c r="F333" s="4">
-        <v>100103</v>
+        <v>2864663.37272332</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>1116</v>
+        <v>206</v>
       </c>
       <c r="H333" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I333" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J333" s="5">
-        <v>50.051499999999997</v>
+        <v>100.0231</v>
       </c>
       <c r="K333" s="5">
         <v>1</v>
       </c>
       <c r="L333" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M333" s="4">
-        <v>100103</v>
+        <v>2864663.3727230001</v>
       </c>
       <c r="N333" s="4">
-        <v>100103</v>
+        <v>2864663.37272332</v>
       </c>
       <c r="O333" s="3" t="s">
-        <v>1122</v>
+        <v>34</v>
       </c>
       <c r="P333" s="3" t="s">
-        <v>1123</v>
+        <v>1088</v>
       </c>
       <c r="Q333" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="R333" s="3" t="s">
-        <v>1124</v>
+        <v>1090</v>
       </c>
       <c r="S333" s="3" t="s">
-        <v>1125</v>
+        <v>81</v>
       </c>
       <c r="T333" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U333" s="2">
+        <v>48410</v>
+      </c>
+      <c r="V333" s="4">
+        <v>5.2045399999999997</v>
       </c>
       <c r="W333" s="3" t="s">
-        <v>1120</v>
+        <v>1092</v>
       </c>
       <c r="X333" s="4">
-        <v>0</v>
+        <v>36487.623900769999</v>
       </c>
       <c r="Y333" s="4">
-        <v>0</v>
+        <v>36487.623899999999</v>
       </c>
       <c r="Z333" s="6">
-        <v>7.7999999999999999E-5</v>
+        <v>2.3280000000000002E-3</v>
       </c>
     </row>
     <row r="334" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A334" s="3" t="s">
-        <v>1126</v>
+        <v>1093</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>1127</v>
+        <v>1094</v>
       </c>
       <c r="C334" s="3" t="s">
-        <v>1115</v>
+        <v>178</v>
       </c>
       <c r="D334" s="4">
-        <v>4389280.63</v>
+        <v>153150000</v>
       </c>
       <c r="E334" s="5">
-        <v>1</v>
+        <v>100.033709</v>
       </c>
       <c r="F334" s="4">
-        <v>4389280.63</v>
+        <v>154229230.04594901</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>1116</v>
+        <v>1095</v>
       </c>
       <c r="H334" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I334" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J334" s="5">
-        <v>1</v>
+        <v>100.033709</v>
       </c>
       <c r="K334" s="5">
         <v>1</v>
       </c>
       <c r="L334" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M334" s="4">
-        <v>4389280.63</v>
+        <v>154229230.04594901</v>
       </c>
       <c r="N334" s="4">
-        <v>4389280.63</v>
+        <v>154229230.04594901</v>
       </c>
       <c r="O334" s="3" t="s">
-        <v>34</v>
+        <v>1096</v>
       </c>
       <c r="P334" s="3" t="s">
-        <v>1128</v>
+        <v>1097</v>
       </c>
       <c r="Q334" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R334" s="3" t="s">
-        <v>34</v>
+        <v>1093</v>
       </c>
       <c r="S334" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T334" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U334" s="2">
+        <v>46507</v>
+      </c>
+      <c r="V334" s="4">
+        <v>3.7319631169999998</v>
       </c>
       <c r="W334" s="3" t="s">
-        <v>34</v>
+        <v>1098</v>
       </c>
       <c r="X334" s="4">
-        <v>0</v>
+        <v>1027604.71244957</v>
       </c>
       <c r="Y334" s="4">
-        <v>0</v>
+        <v>1027604.712449</v>
       </c>
       <c r="Z334" s="6">
-        <v>3.4390000000000002E-3</v>
+        <v>0.12534500000000001</v>
       </c>
     </row>
     <row r="335" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A335" s="3" t="s">
-        <v>1129</v>
+        <v>1099</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>1130</v>
+        <v>1100</v>
       </c>
       <c r="C335" s="3" t="s">
-        <v>1131</v>
+        <v>178</v>
       </c>
       <c r="D335" s="4">
-        <v>115000525.5</v>
+        <v>13200000</v>
       </c>
       <c r="E335" s="5">
-        <v>100</v>
+        <v>100.057666</v>
       </c>
       <c r="F335" s="4">
-        <v>115013463.059118</v>
+        <v>13296158.438897399</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>1132</v>
+        <v>1095</v>
       </c>
       <c r="H335" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I335" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J335" s="5">
-        <v>100</v>
+        <v>100.057666</v>
       </c>
       <c r="K335" s="5">
         <v>1</v>
       </c>
       <c r="L335" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M335" s="4">
-        <v>115013463.059118</v>
+        <v>13296158.438897001</v>
       </c>
       <c r="N335" s="4">
-        <v>115013463.059118</v>
+        <v>13296158.438897399</v>
       </c>
       <c r="O335" s="3" t="s">
-        <v>34</v>
+        <v>1101</v>
       </c>
       <c r="P335" s="3" t="s">
-        <v>34</v>
+        <v>1097</v>
       </c>
       <c r="Q335" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="R335" s="3" t="s">
-        <v>34</v>
+        <v>1099</v>
       </c>
       <c r="S335" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="T335" s="4">
         <v>0.01</v>
       </c>
       <c r="U335" s="2">
-        <v>45992</v>
+        <v>46599</v>
       </c>
       <c r="V335" s="4">
-        <v>4.05</v>
+        <v>3.7309631169999999</v>
       </c>
       <c r="W335" s="3" t="s">
-        <v>34</v>
+        <v>1102</v>
       </c>
       <c r="X335" s="4">
-        <v>12937.559118749999</v>
+        <v>88546.526897410004</v>
       </c>
       <c r="Y335" s="4">
-        <v>12937.559117999999</v>
+        <v>88546.526897000003</v>
       </c>
       <c r="Z335" s="6">
-        <v>9.0125999999999998E-2</v>
+        <v>1.0806E-2</v>
       </c>
     </row>
     <row r="336" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A336" s="3" t="s">
-        <v>1133</v>
+        <v>1103</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>1134</v>
+        <v>1104</v>
+      </c>
+      <c r="C336" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D336" s="4">
+        <v>-953793.99</v>
+      </c>
+      <c r="E336" s="5">
+        <v>1</v>
       </c>
       <c r="F336" s="4">
-        <v>-148047717.69999999</v>
+        <v>-953793.99</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H336" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I336" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J336" s="5">
+        <v>1</v>
+      </c>
+      <c r="K336" s="5">
+        <v>1</v>
+      </c>
+      <c r="L336" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M336" s="4">
+        <v>-953793.99</v>
+      </c>
+      <c r="N336" s="4">
+        <v>-953793.99</v>
+      </c>
+      <c r="O336" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P336" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q336" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R336" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S336" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T336" s="4">
+        <v>1</v>
+      </c>
+      <c r="W336" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X336" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y336" s="4">
+        <v>0</v>
       </c>
       <c r="Z336" s="6">
-        <v>-0.11601212688331999</v>
+        <v>-7.7499999999999997E-4</v>
       </c>
     </row>
     <row r="337" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A337" s="3" t="s">
-        <v>1135</v>
+        <v>1107</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>1136</v>
+        <v>1108</v>
+      </c>
+      <c r="C337" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D337" s="4">
+        <v>2323242.2009999999</v>
+      </c>
+      <c r="E337" s="5">
+        <v>5.01</v>
       </c>
       <c r="F337" s="4">
-        <v>-4056.25</v>
+        <v>11639443.42701</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H337" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I337" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J337" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K337" s="5">
+        <v>1</v>
+      </c>
+      <c r="L337" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M337" s="4">
+        <v>11639443.42701</v>
+      </c>
+      <c r="N337" s="4">
+        <v>11639443.42701</v>
+      </c>
+      <c r="O337" s="3" t="s">
+        <v>1111</v>
+      </c>
+      <c r="P337" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="Q337" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R337" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="S337" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T337" s="4">
+        <v>1</v>
+      </c>
+      <c r="W337" s="3" t="s">
+        <v>1107</v>
+      </c>
+      <c r="X337" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y337" s="4">
+        <v>0</v>
       </c>
       <c r="Z337" s="6">
-        <v>-3.1785305236790202E-6</v>
+        <v>9.4590000000000004E-3</v>
       </c>
     </row>
     <row r="338" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A338" s="3" t="s">
-        <v>1137</v>
+        <v>1114</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>1138</v>
+        <v>1115</v>
+      </c>
+      <c r="C338" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D338" s="4">
+        <v>4000</v>
+      </c>
+      <c r="E338" s="5">
+        <v>49.994999999999997</v>
       </c>
       <c r="F338" s="4">
-        <v>310493529.43682498</v>
+        <v>199980</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H338" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I338" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J338" s="5">
+        <v>49.994999999999997</v>
+      </c>
+      <c r="K338" s="5">
+        <v>1</v>
+      </c>
+      <c r="L338" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M338" s="4">
+        <v>199980</v>
+      </c>
+      <c r="N338" s="4">
+        <v>199980</v>
+      </c>
+      <c r="O338" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="P338" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="Q338" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R338" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="S338" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="T338" s="4">
+        <v>1</v>
+      </c>
+      <c r="W338" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="X338" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y338" s="4">
+        <v>0</v>
       </c>
       <c r="Z338" s="6">
-        <v>0.243306788467126</v>
+        <v>1.6200000000000001E-4</v>
       </c>
     </row>
     <row r="339" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A339" s="3" t="s">
-        <v>1139</v>
+        <v>1120</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>1140</v>
+        <v>1121</v>
+      </c>
+      <c r="C339" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D339" s="4">
+        <v>2292707.67</v>
+      </c>
+      <c r="E339" s="5">
+        <v>1</v>
       </c>
       <c r="F339" s="4">
-        <v>121189273.2</v>
+        <v>2292707.67</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H339" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I339" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J339" s="5">
+        <v>1</v>
+      </c>
+      <c r="K339" s="5">
+        <v>1</v>
+      </c>
+      <c r="L339" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M339" s="4">
+        <v>2292707.67</v>
+      </c>
+      <c r="N339" s="4">
+        <v>2292707.67</v>
+      </c>
+      <c r="O339" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P339" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="Q339" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R339" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S339" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T339" s="4">
+        <v>1</v>
+      </c>
+      <c r="W339" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X339" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y339" s="4">
+        <v>0</v>
       </c>
       <c r="Z339" s="6">
-        <v>9.4965498677023294E-2</v>
+        <v>1.8630000000000001E-3</v>
+      </c>
+    </row>
+    <row r="340" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A340" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B340" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C340" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D340" s="4">
+        <v>113016417.5</v>
+      </c>
+      <c r="E340" s="5">
+        <v>100</v>
+      </c>
+      <c r="F340" s="4">
+        <v>113028347.010736</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H340" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I340" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J340" s="5">
+        <v>100</v>
+      </c>
+      <c r="K340" s="5">
+        <v>1</v>
+      </c>
+      <c r="L340" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M340" s="4">
+        <v>113028347.010736</v>
+      </c>
+      <c r="N340" s="4">
+        <v>113028347.010736</v>
+      </c>
+      <c r="O340" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P340" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q340" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="R340" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S340" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="T340" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U340" s="2">
+        <v>46024</v>
+      </c>
+      <c r="V340" s="4">
+        <v>3.8</v>
+      </c>
+      <c r="W340" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X340" s="4">
+        <v>11929.51073611</v>
+      </c>
+      <c r="Y340" s="4">
+        <v>11929.510736</v>
+      </c>
+      <c r="Z340" s="6">
+        <v>9.1859999999999997E-2</v>
       </c>
     </row>
     <row r="341" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A341" s="3" t="s">
-        <v>1141</v>
+        <v>1127</v>
+      </c>
+      <c r="B341" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F341" s="4">
+        <v>-150677476.30000001</v>
+      </c>
+      <c r="Z341" s="6">
+        <v>-0.122458433225187</v>
       </c>
     </row>
     <row r="342" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A342" s="3" t="s">
-        <v>1142</v>
+        <v>1129</v>
+      </c>
+      <c r="B342" s="3" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F342" s="4">
+        <v>340728046.765001</v>
+      </c>
+      <c r="Z342" s="6">
+        <v>0.27691612434260199</v>
       </c>
     </row>
     <row r="343" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A343" s="3" t="s">
-        <v>1143</v>
-[...4 lines deleted...]
-        <v>1144</v>
+        <v>1131</v>
+      </c>
+      <c r="B343" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F343" s="4">
+        <v>122640766.8</v>
+      </c>
+      <c r="Z343" s="6">
+        <v>9.9672469440368006E-2</v>
       </c>
     </row>
     <row r="345" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A345" s="3" t="s">
-        <v>1145</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="346" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A346" s="3" t="s">
-        <v>1146</v>
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="347" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A347" s="3" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="348" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A348" s="3" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="349" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A349" s="3" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="350" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A350" s="3" t="s">
+        <v>1138</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>