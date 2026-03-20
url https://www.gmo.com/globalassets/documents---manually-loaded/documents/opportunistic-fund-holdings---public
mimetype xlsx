--- v4 (2026-02-04)
+++ v5 (2026-03-20)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4C819037-F6EF-45B7-BBFF-BB3D225F098F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5CDF0C84-DF1D-4DF9-9393-BDF49D0E6E73}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{249D21A2-4253-4AC1-A8F9-7E048FFE3D61}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{71C8B58E-EC8A-4F34-A3B7-2EEBA75AE82F}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4420" uniqueCount="1139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4251" uniqueCount="1127">
   <si>
     <t>GMO Opportunistic Income Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -160,173 +160,149 @@
   <si>
     <t>EU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>CASH_USD_MARDJPUS8</t>
   </si>
   <si>
     <t>DERIV USD BALANCE WITH R73215 D_JP</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
+    <t>CASH_USD_BMO138A76</t>
+  </si>
+  <si>
+    <t>CASH COLL USD MS</t>
+  </si>
+  <si>
+    <t>Collateral Cash</t>
+  </si>
+  <si>
+    <t>XOTC</t>
+  </si>
+  <si>
     <t>CASH_USD_MARJPNUS3</t>
   </si>
   <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>Futures Margin</t>
   </si>
   <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
-    <t>USD_EUR_CITD_20260130F</t>
+    <t>USD_EUR_DBA_20260430F</t>
   </si>
   <si>
     <t>FX USD VS EUR</t>
   </si>
   <si>
     <t>Derivative</t>
   </si>
   <si>
     <t>Currency Contract</t>
   </si>
   <si>
-    <t>USD_EUR_CITD_20260130T</t>
-[...23 lines deleted...]
-    <t>USD_EUR_SSB_20260130T</t>
+    <t>USD_EUR_DBA_20260430T</t>
   </si>
   <si>
     <t>FBFVH26</t>
   </si>
   <si>
     <t>US 5YR NOTE (CBT)</t>
   </si>
   <si>
     <t>Futures</t>
   </si>
   <si>
     <t>FVH6</t>
   </si>
   <si>
     <t>XCBT</t>
   </si>
   <si>
     <t>FBTUH26</t>
   </si>
   <si>
     <t>US 2YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TUH6</t>
   </si>
   <si>
     <t>FBTYH26</t>
   </si>
   <si>
     <t>US 10YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TYH6</t>
   </si>
   <si>
     <t>FBUXYH26</t>
   </si>
   <si>
     <t>US 10yr Ultra Fut</t>
   </si>
   <si>
     <t>UXYH6</t>
   </si>
   <si>
-    <t>FBWNH26</t>
-[...7 lines deleted...]
-  <si>
     <t>BMO0Q8850</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.11.AA)</t>
   </si>
   <si>
     <t>SWAP</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
-    <t>XOTC</t>
-[...1 lines deleted...]
-  <si>
     <t>BMO2GTTS8</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.A)</t>
   </si>
   <si>
     <t>BMO2GTTY5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.AA)</t>
   </si>
   <si>
     <t>BMO2JVBS9</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.15.AAA)</t>
   </si>
   <si>
     <t>BMO2LAZA5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.8.A)</t>
   </si>
   <si>
     <t>BMO2N32X5</t>
@@ -457,50 +433,56 @@
   <si>
     <t>BMO4U6N05</t>
   </si>
   <si>
     <t>BMO4ZMDM8</t>
   </si>
   <si>
     <t>CDS: (CDX.NA.HY.39 15-25%)</t>
   </si>
   <si>
     <t>BMO507BG1</t>
   </si>
   <si>
     <t>CDS: (ITRAXX.EUR.44 12-100%)</t>
   </si>
   <si>
     <t>BMO53P5P5</t>
   </si>
   <si>
     <t>BMO582WS5</t>
   </si>
   <si>
     <t>TRSWAP: IBXXLLTR INDEX</t>
   </si>
   <si>
+    <t>BMO59LQE0</t>
+  </si>
+  <si>
+    <t>CDS: (ITRAXX.XO.44 35-100%)</t>
+  </si>
+  <si>
     <t>BRW9YF7H1</t>
   </si>
   <si>
     <t>BRW9YFGW8</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.9.BBB-)</t>
   </si>
   <si>
     <t>BRW9YFVE1</t>
   </si>
   <si>
     <t>BRW9YFVL5</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.6.AA)</t>
   </si>
   <si>
     <t>BRW9YHMT4</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.7.AS)</t>
   </si>
   <si>
     <t>BRW9YHMW7</t>
@@ -523,174 +505,150 @@
   <si>
     <t>BRWRNNZ93</t>
   </si>
   <si>
     <t>BRWRYWSX6</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.10.AAA)</t>
   </si>
   <si>
     <t>BRWZ0BGR7</t>
   </si>
   <si>
     <t>CDS: (CMBX.NA.12.AA)</t>
   </si>
   <si>
     <t>BRWZBCEX2</t>
   </si>
   <si>
     <t>Z96RYU906</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.EUR.42.V1)</t>
   </si>
   <si>
-    <t>Z96ZAV0E1</t>
-[...4 lines deleted...]
-  <si>
     <t>Z978T5JQ0</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.EUR.44.V1)</t>
   </si>
   <si>
     <t>Z978T5JR8</t>
   </si>
   <si>
     <t>ICE: (ITRAXX.FINSR.44.V1)</t>
   </si>
   <si>
     <t>Z978T5JT4</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.IG.45.V1)</t>
   </si>
   <si>
-    <t>BMO540P85</t>
-[...2 lines deleted...]
-    <t>ITRAXX.FINSR.44.V1 5YR RTP @ 75.00</t>
+    <t>Z978T5JZ0</t>
+  </si>
+  <si>
+    <t>ICE: (ITRAXX.XO.44.V1)</t>
+  </si>
+  <si>
+    <t>BMO59ETF0</t>
+  </si>
+  <si>
+    <t>CDX.NA.IG.45.V1 5YR RTP @ 65.00000</t>
   </si>
   <si>
     <t>SWAPTION</t>
   </si>
   <si>
-    <t>BAMD</t>
-[...11 lines deleted...]
-    <t>FNCI 2.5 1/26</t>
+    <t>CITD</t>
+  </si>
+  <si>
+    <t>BMO59ETG8</t>
+  </si>
+  <si>
+    <t>CDX.NA.IG.45.V1 5YR RTP @ 50.00000</t>
+  </si>
+  <si>
+    <t>US01F022428126</t>
+  </si>
+  <si>
+    <t>FNCI 2.5 2/26</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Agency Pass-Through</t>
   </si>
   <si>
     <t>FNCI</t>
   </si>
   <si>
-    <t>US01F0224109</t>
-[...8 lines deleted...]
-    <t>FNCL 4 1/26</t>
+    <t>US01F0224281</t>
+  </si>
+  <si>
+    <t>01F022428</t>
+  </si>
+  <si>
+    <t>US01F022626026</t>
+  </si>
+  <si>
+    <t>FNCL 2.5 2/26</t>
   </si>
   <si>
     <t>FNCL</t>
   </si>
   <si>
-    <t>US01F0406102</t>
-[...50 lines deleted...]
-    <t>01F060618</t>
+    <t>US01F0226260</t>
+  </si>
+  <si>
+    <t>01F022626</t>
+  </si>
+  <si>
+    <t>US01F052425026</t>
+  </si>
+  <si>
+    <t>FNCI 5.5 2/26</t>
+  </si>
+  <si>
+    <t>US01F0524250</t>
+  </si>
+  <si>
+    <t>01F052425</t>
+  </si>
+  <si>
+    <t>US01F060626326</t>
+  </si>
+  <si>
+    <t>FNCL 6 2/26</t>
+  </si>
+  <si>
+    <t>US01F0606263</t>
+  </si>
+  <si>
+    <t>01F060626</t>
   </si>
   <si>
     <t>US00432CBX83</t>
   </si>
   <si>
     <t>ACCSS 2004-2 A4</t>
   </si>
   <si>
     <t>Asset Backed Security</t>
   </si>
   <si>
     <t>ACCSS</t>
   </si>
   <si>
     <t>00432CBX8</t>
   </si>
   <si>
     <t>US00432CBZ32</t>
   </si>
   <si>
     <t>ACCSS 2004-2 B</t>
   </si>
   <si>
     <t>00432CBZ3</t>
   </si>
@@ -1159,107 +1117,89 @@
   <si>
     <t>BMARK</t>
   </si>
   <si>
     <t>08160JAE7</t>
   </si>
   <si>
     <t>US08160KAE47</t>
   </si>
   <si>
     <t>BMARK 2019-B15 A5</t>
   </si>
   <si>
     <t>08160KAE4</t>
   </si>
   <si>
     <t>US08161YBG70</t>
   </si>
   <si>
     <t>BMARK 2022-B34 A5</t>
   </si>
   <si>
     <t>08161YBG7</t>
   </si>
   <si>
-    <t>US08162BBE11</t>
-[...7 lines deleted...]
-  <si>
     <t>US08162UAW09</t>
   </si>
   <si>
     <t>BMARK 2018-B8 A5</t>
   </si>
   <si>
     <t>BHSRF39</t>
   </si>
   <si>
     <t>08162UAW0</t>
   </si>
   <si>
     <t>US08162WBC91</t>
   </si>
   <si>
     <t>BMARK 2020-B19 A5</t>
   </si>
   <si>
     <t>08162WBC9</t>
   </si>
   <si>
     <t>US08162XBG88</t>
   </si>
   <si>
     <t>BMARK 2020-B20 A5</t>
   </si>
   <si>
     <t>08162XBG8</t>
   </si>
   <si>
     <t>US08163NBJ37</t>
   </si>
   <si>
     <t>BMARK 2022-B32 A5</t>
   </si>
   <si>
     <t>08163NBJ3</t>
   </si>
   <si>
-    <t>US08163PBG46</t>
-[...7 lines deleted...]
-  <si>
     <t>US09203WAN56</t>
   </si>
   <si>
     <t>BLACK 2016-1A A1AR</t>
   </si>
   <si>
     <t>BLACK</t>
   </si>
   <si>
     <t>09203WAN5</t>
   </si>
   <si>
     <t>US09626YAS90</t>
   </si>
   <si>
     <t>BLUEM 2013-2A BR</t>
   </si>
   <si>
     <t>BLUEM</t>
   </si>
   <si>
     <t>09626YAS9</t>
   </si>
   <si>
     <t>US09774XAX03</t>
@@ -2119,71 +2059,74 @@
   <si>
     <t>MSM 2006-2 6A</t>
   </si>
   <si>
     <t>B8KBP92</t>
   </si>
   <si>
     <t>MSM</t>
   </si>
   <si>
     <t>61748HVW8</t>
   </si>
   <si>
     <t>US62431UBD37</t>
   </si>
   <si>
     <t>MVW 2013-1A BRR</t>
   </si>
   <si>
     <t>MVW</t>
   </si>
   <si>
     <t>62431UBD3</t>
   </si>
   <si>
-    <t>US62432BAN38</t>
-[...7 lines deleted...]
-  <si>
     <t>US62432FAS39</t>
   </si>
   <si>
     <t>MVEW 2016-1A AR2</t>
   </si>
   <si>
     <t>MVEW</t>
   </si>
   <si>
     <t>62432FAS3</t>
   </si>
   <si>
+    <t>US62979QAA76</t>
+  </si>
+  <si>
+    <t>NYC 2026-1PARK A</t>
+  </si>
+  <si>
+    <t>NYC</t>
+  </si>
+  <si>
+    <t>62979QAA7</t>
+  </si>
+  <si>
     <t>US63543CAA36</t>
   </si>
   <si>
     <t>NCMCT 2007-4 A3R7</t>
   </si>
   <si>
     <t>NCMCT</t>
   </si>
   <si>
     <t>63543CAA3</t>
   </si>
   <si>
     <t>US63543LAD73</t>
   </si>
   <si>
     <t>NCSLT 2007-2 A4</t>
   </si>
   <si>
     <t>B2358R8</t>
   </si>
   <si>
     <t>NCSLT</t>
   </si>
   <si>
     <t>63543LAD7</t>
@@ -2203,50 +2146,62 @@
   <si>
     <t>US63543PCD69</t>
   </si>
   <si>
     <t>NCSLT 2006-1 A5</t>
   </si>
   <si>
     <t>B124ZS9</t>
   </si>
   <si>
     <t>63543PCD6</t>
   </si>
   <si>
     <t>US63543WAD39</t>
   </si>
   <si>
     <t>NCSLT 2006-4 A4</t>
   </si>
   <si>
     <t>B1LBJV2</t>
   </si>
   <si>
     <t>63543WAD3</t>
   </si>
   <si>
+    <t>US63543WAF86</t>
+  </si>
+  <si>
+    <t>NCSLT 2006-4 B</t>
+  </si>
+  <si>
+    <t>B1LBJX4</t>
+  </si>
+  <si>
+    <t>63543WAF8</t>
+  </si>
+  <si>
     <t>US63543XAD12</t>
   </si>
   <si>
     <t>NCSLT 2007-1 A4</t>
   </si>
   <si>
     <t>B1VQP86</t>
   </si>
   <si>
     <t>63543XAD1</t>
   </si>
   <si>
     <t>US63544DAH52</t>
   </si>
   <si>
     <t>NCSLT 2007-3 A3A4</t>
   </si>
   <si>
     <t>B285BZ2</t>
   </si>
   <si>
     <t>63544DAH5</t>
   </si>
   <si>
     <t>US63544EAL48</t>
@@ -2428,59 +2383,50 @@
   <si>
     <t>67087TDY4</t>
   </si>
   <si>
     <t>US67108XAE76</t>
   </si>
   <si>
     <t>OZLM 2014-7A SUB</t>
   </si>
   <si>
     <t>OZLM</t>
   </si>
   <si>
     <t>67108XAE7</t>
   </si>
   <si>
     <t>US67111VAE65</t>
   </si>
   <si>
     <t>OZLM 2018-22A A2</t>
   </si>
   <si>
     <t>67111VAE6</t>
   </si>
   <si>
-    <t>US67112GAA67</t>
-[...7 lines deleted...]
-  <si>
     <t>US674135DG09</t>
   </si>
   <si>
     <t>OAK 1998-A B1</t>
   </si>
   <si>
     <t>674135DG0</t>
   </si>
   <si>
     <t>US674135EB03</t>
   </si>
   <si>
     <t>OAK 1998-D M1</t>
   </si>
   <si>
     <t>674135EB0</t>
   </si>
   <si>
     <t>US67449AAA34</t>
   </si>
   <si>
     <t>OBX 2025-NQM8 A1</t>
   </si>
   <si>
     <t>OBX</t>
@@ -2581,59 +2527,68 @@
   <si>
     <t>76111XYJ6</t>
   </si>
   <si>
     <t>US76112BJH42</t>
   </si>
   <si>
     <t>RAMP 2005-RS1 MII2</t>
   </si>
   <si>
     <t>RAMP</t>
   </si>
   <si>
     <t>76112BJH4</t>
   </si>
   <si>
     <t>US76113NAP87</t>
   </si>
   <si>
     <t>RAST 2006-A7CB 3A1</t>
   </si>
   <si>
     <t>76113NAP8</t>
   </si>
   <si>
+    <t>US77341GAS93</t>
+  </si>
+  <si>
+    <t>ROCKT 2019-2A AR2</t>
+  </si>
+  <si>
+    <t>ROCKT</t>
+  </si>
+  <si>
+    <t>77341GAS9</t>
+  </si>
+  <si>
     <t>US77342JAC71</t>
   </si>
   <si>
     <t>ROCKT 2018-1A B</t>
   </si>
   <si>
-    <t>ROCKT</t>
-[...1 lines deleted...]
-  <si>
     <t>77342JAC7</t>
   </si>
   <si>
     <t>US78443CAH79</t>
   </si>
   <si>
     <t>SLMA 2003-A C</t>
   </si>
   <si>
     <t>SLMA</t>
   </si>
   <si>
     <t>78443CAH7</t>
   </si>
   <si>
     <t>US78443CAJ36</t>
   </si>
   <si>
     <t>SLMA 2003-A A3</t>
   </si>
   <si>
     <t>B6XTPP5</t>
   </si>
   <si>
     <t>78443CAJ3</t>
@@ -2953,62 +2908,50 @@
   <si>
     <t>B6S2LR3</t>
   </si>
   <si>
     <t>SARM</t>
   </si>
   <si>
     <t>863579QX9</t>
   </si>
   <si>
     <t>US86362XAA63</t>
   </si>
   <si>
     <t>SAMI 2007-AR1 1A1</t>
   </si>
   <si>
     <t>B29ST12</t>
   </si>
   <si>
     <t>SAMI</t>
   </si>
   <si>
     <t>86362XAA6</t>
   </si>
   <si>
-    <t>US87154EBE95</t>
-[...10 lines deleted...]
-  <si>
     <t>US88156PAZ45</t>
   </si>
   <si>
     <t>TMTS 2006-7 2A3</t>
   </si>
   <si>
     <t>TMTS</t>
   </si>
   <si>
     <t>88156PAZ4</t>
   </si>
   <si>
     <t>US89174UAB26</t>
   </si>
   <si>
     <t>TPAT 2018-SL1 B</t>
   </si>
   <si>
     <t>TPAT</t>
   </si>
   <si>
     <t>89174UAB2</t>
   </si>
   <si>
     <t>US89179XAB10</t>
@@ -3049,50 +2992,62 @@
   <si>
     <t>TAH</t>
   </si>
   <si>
     <t>89612LAA4</t>
   </si>
   <si>
     <t>US89613GAA40</t>
   </si>
   <si>
     <t>TAH 2020-SFR1 A</t>
   </si>
   <si>
     <t>89613GAA4</t>
   </si>
   <si>
     <t>US89613JAA88</t>
   </si>
   <si>
     <t>TAH 2020-SFR2 A</t>
   </si>
   <si>
     <t>89613JAA8</t>
   </si>
   <si>
+    <t>US89641GAY89</t>
+  </si>
+  <si>
+    <t>TRNTS 2020-12A A1R2</t>
+  </si>
+  <si>
+    <t>TRNTS</t>
+  </si>
+  <si>
+    <t>89641GAY8</t>
+  </si>
+  <si>
     <t>US90263ABY55</t>
   </si>
   <si>
     <t>UCFCM 1998-2 M1</t>
   </si>
   <si>
     <t>UCFCM</t>
   </si>
   <si>
     <t>90263ABY5</t>
   </si>
   <si>
     <t>US92258DAA54</t>
   </si>
   <si>
     <t>VCC 2021-4 A</t>
   </si>
   <si>
     <t>VCC</t>
   </si>
   <si>
     <t>92258DAA5</t>
   </si>
   <si>
     <t>US92258DAK37</t>
@@ -3136,98 +3091,107 @@
   <si>
     <t>US924921AA70</t>
   </si>
   <si>
     <t>VERUS 2022-5 A1</t>
   </si>
   <si>
     <t>VERUS</t>
   </si>
   <si>
     <t>924921AA7</t>
   </si>
   <si>
     <t>US92868RAD08</t>
   </si>
   <si>
     <t>VALET 2024-1 A3</t>
   </si>
   <si>
     <t>VALET</t>
   </si>
   <si>
     <t>92868RAD0</t>
   </si>
   <si>
+    <t>US92917RAL33</t>
+  </si>
+  <si>
+    <t>VOYA 2019-2A AR</t>
+  </si>
+  <si>
+    <t>VOYA</t>
+  </si>
+  <si>
+    <t>92917RAL3</t>
+  </si>
+  <si>
     <t>US92922FW460</t>
   </si>
   <si>
     <t>WAMU 2005-AR10 1A3</t>
   </si>
   <si>
     <t>WAMU</t>
   </si>
   <si>
     <t>92922FW46</t>
   </si>
   <si>
     <t>US92939FAX78</t>
   </si>
   <si>
     <t>WFRBS 2014-C21 B</t>
   </si>
   <si>
     <t>BQQFHL0</t>
   </si>
   <si>
     <t>WFRBS</t>
   </si>
   <si>
     <t>92939FAX7</t>
   </si>
   <si>
     <t>US92939FAY51</t>
   </si>
   <si>
     <t>WFRBS 2014-C21 C</t>
   </si>
   <si>
     <t>BQQFHN2</t>
   </si>
   <si>
     <t>92939FAY5</t>
   </si>
   <si>
     <t>US92945JAA16</t>
   </si>
   <si>
     <t>VOYA 2025-1A X</t>
   </si>
   <si>
-    <t>VOYA</t>
-[...1 lines deleted...]
-  <si>
     <t>92945JAA1</t>
   </si>
   <si>
     <t>US933633AG41</t>
   </si>
   <si>
     <t>WMCMS 2006-SL1 E</t>
   </si>
   <si>
     <t>WMCMS</t>
   </si>
   <si>
     <t>933633AG4</t>
   </si>
   <si>
     <t>US933638AD07</t>
   </si>
   <si>
     <t>WAMU 2006-AR19 2A</t>
   </si>
   <si>
     <t>933638AD0</t>
   </si>
   <si>
     <t>US93364LAM00</t>
@@ -3406,54 +3370,54 @@
   <si>
     <t>Gmo Ultra-Short Income Etf</t>
   </si>
   <si>
     <t>BPYV2Q3</t>
   </si>
   <si>
     <t>GMOC</t>
   </si>
   <si>
     <t>US90139K8861</t>
   </si>
   <si>
     <t>ARCX</t>
   </si>
   <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>TRIXX</t>
   </si>
   <si>
-    <t>BMO590FW8</t>
-[...2 lines deleted...]
-    <t>REPO for  R 3.80</t>
+    <t>BMO5CSP02</t>
+  </si>
+  <si>
+    <t>REPO for  R 3.66</t>
   </si>
   <si>
     <t>Short Term Instrument</t>
   </si>
   <si>
     <t>Repurchase Agreement (REPO)</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Future</t>
   </si>
   <si>
     <t>Contra Derivatives - Futures</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swap</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaps</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swaption</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaptions</t>
   </si>
@@ -3847,92 +3811,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B838E87-D74C-405B-AB3C-E00EA6483004}">
-  <dimension ref="A1:Z350"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{23A2FEFA-FDEC-4866-B219-F0AC67229745}">
+  <dimension ref="A1:Z337"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="5"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="7" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -3982,26793 +3946,25783 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>627.14</v>
+        <v>1102.54</v>
       </c>
       <c r="E4" s="5">
-        <v>1.17445</v>
+        <v>1.1896500000000001</v>
       </c>
       <c r="F4" s="4">
-        <v>736.54457300000001</v>
+        <v>1311.6367110000001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>627.14</v>
+        <v>1102.54</v>
       </c>
       <c r="N4" s="4">
-        <v>736.54457300000001</v>
+        <v>1311.6367110000001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>0</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>8945466.8129990008</v>
+        <v>10057864.732223</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>8945466.8129994106</v>
+        <v>10057864.732223401</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4">
-        <v>8945466.8129990008</v>
+        <v>10057864.732223</v>
       </c>
       <c r="N5" s="4">
-        <v>8945466.8129994106</v>
+        <v>10057864.732223401</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>7.2700000000000004E-3</v>
+        <v>8.2050000000000005E-3</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>-172242.23</v>
+        <v>209755</v>
       </c>
       <c r="E6" s="5">
-        <v>1</v>
+        <v>1.0030330000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>-172242.23</v>
+        <v>210391.25683333</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M6" s="4">
-        <v>-172242.23</v>
+        <v>210391.25683299999</v>
       </c>
       <c r="N6" s="4">
-        <v>-172242.23</v>
+        <v>210391.25683333</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
-        <v>0</v>
+        <v>636.25683332999995</v>
       </c>
       <c r="Y6" s="4">
-        <v>0</v>
+        <v>636.25683300000003</v>
       </c>
       <c r="Z6" s="6">
-        <v>-1.3899999999999999E-4</v>
+        <v>1.7100000000000001E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>-40128558.310000002</v>
+        <v>3823.23</v>
       </c>
       <c r="E7" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F7" s="4">
-        <v>-40127571.310000002</v>
+        <v>3823.23</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="4">
-        <v>-40127571.310000002</v>
+        <v>3823.23</v>
       </c>
       <c r="N7" s="4">
-        <v>-40127571.310000002</v>
+        <v>3823.23</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-3.2612000000000002E-2</v>
+        <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>-7414775.0197999999</v>
+        <v>-8372306.3200000003</v>
       </c>
       <c r="E8" s="5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F8" s="4">
-        <v>-7414775.0197999999</v>
+        <v>-8370916.3200000003</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M8" s="4">
-        <v>-7414775.0197999999</v>
+        <v>-8370916.3200000003</v>
       </c>
       <c r="N8" s="4">
-        <v>-7414775.0197999999</v>
+        <v>-8370916.3200000003</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>46052</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>-6.0260000000000001E-3</v>
+        <v>-6.829E-3</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D9" s="4">
-        <v>6302000</v>
+        <v>-5743000</v>
       </c>
       <c r="E9" s="5">
-        <v>1.17584</v>
+        <v>1.19445</v>
       </c>
       <c r="F9" s="4">
-        <v>7410147.5079779997</v>
+        <v>-6859726.9459229996</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>6309461.8825639999</v>
+        <v>-5766172.3581910003</v>
       </c>
       <c r="N9" s="4">
-        <v>7410147.5079781199</v>
+        <v>-6859726.9459227603</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="U9" s="2">
-        <v>46052</v>
+        <v>46142</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>6.0219999999999996E-3</v>
+        <v>-7.7970000000000001E-3</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D10" s="4">
-        <v>-2802098.9427999998</v>
+        <v>-2698455.1392000001</v>
       </c>
       <c r="E10" s="5">
         <v>1</v>
       </c>
       <c r="F10" s="4">
-        <v>-2802098.9427999998</v>
+        <v>-2698455.1392000001</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M10" s="4">
-        <v>-2802098.9427999998</v>
+        <v>-2698455.1392000001</v>
       </c>
       <c r="N10" s="4">
-        <v>-2802098.9427999998</v>
+        <v>-2698455.1392000001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="U10" s="2">
-        <v>46052</v>
+        <v>46142</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>-1.0362E-2</v>
+        <v>-7.7970000000000001E-3</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D11" s="4">
-        <v>-8461000</v>
+        <v>6893784.6371999998</v>
       </c>
       <c r="E11" s="5">
-        <v>1.17584</v>
+        <v>1</v>
       </c>
       <c r="F11" s="4">
-        <v>-9948787.3794039991</v>
+        <v>6893784.6371999998</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M11" s="4">
-        <v>-8471018.2463310007</v>
+        <v>6893784.6371999998</v>
       </c>
       <c r="N11" s="4">
-        <v>-9948787.3794038296</v>
+        <v>6893784.6371999998</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="U11" s="2">
-        <v>46052</v>
+        <v>46142</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>-1.0362E-2</v>
+        <v>7.8139999999999998E-3</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" s="4">
-        <v>2398000</v>
+        <v>2248000</v>
       </c>
       <c r="E12" s="5">
-        <v>1.17584</v>
+        <v>1.19445</v>
       </c>
       <c r="F12" s="4">
-        <v>2819665.7766</v>
+        <v>2685123.8332639998</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>2400839.3516950002</v>
+        <v>2257070.4268169999</v>
       </c>
       <c r="N12" s="4">
-        <v>2819665.7765997299</v>
+        <v>2685123.8332638601</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="U12" s="2">
-        <v>46052</v>
+        <v>46142</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>1.0330000000000001E-2</v>
+        <v>7.8139999999999998E-3</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" s="4">
-        <v>9891953.0931000002</v>
+        <v>-142</v>
       </c>
       <c r="E13" s="5">
-        <v>1</v>
+        <v>108.929688</v>
       </c>
       <c r="F13" s="4">
-        <v>9891953.0931000002</v>
+        <v>-15468015.800000001</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J13" s="5">
-        <v>1</v>
+        <v>108.9296875</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M13" s="4">
-        <v>9891953.0931000002</v>
+        <v>0</v>
       </c>
       <c r="N13" s="4">
-        <v>9891953.0931000002</v>
+        <v>0</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="T13" s="4">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="U13" s="2">
-        <v>46052</v>
+        <v>46112</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>1.0330000000000001E-2</v>
+        <v>-1.2619E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D14" s="4">
-        <v>-148003.80609999999</v>
+        <v>475</v>
       </c>
       <c r="E14" s="5">
-        <v>1</v>
+        <v>104.246094</v>
       </c>
       <c r="F14" s="4">
-        <v>-148003.80609999999</v>
+        <v>99033789</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J14" s="5">
-        <v>1</v>
+        <v>104.24609375</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M14" s="4">
-        <v>-148003.80609999999</v>
+        <v>0</v>
       </c>
       <c r="N14" s="4">
-        <v>-148003.80609999999</v>
+        <v>0</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="T14" s="4">
-        <v>1</v>
+        <v>2000</v>
       </c>
       <c r="U14" s="2">
-        <v>46052</v>
+        <v>46112</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>-2.8400000000000002E-4</v>
+        <v>8.0796000000000007E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D15" s="4">
-        <v>-172000</v>
+        <v>583</v>
       </c>
       <c r="E15" s="5">
-        <v>1.17584</v>
+        <v>111.828125</v>
       </c>
       <c r="F15" s="4">
-        <v>-202244.584477</v>
+        <v>65195796.799999997</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J15" s="5">
-        <v>1</v>
+        <v>111.828125</v>
       </c>
       <c r="K15" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M15" s="4">
-        <v>-172203.65658499999</v>
+        <v>0</v>
       </c>
       <c r="N15" s="4">
-        <v>-202244.58447671001</v>
+        <v>0</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="T15" s="4">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="U15" s="2">
-        <v>46052</v>
+        <v>46101</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>-2.8400000000000002E-4</v>
+        <v>5.3189E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D16" s="4">
-        <v>127000</v>
+        <v>474</v>
       </c>
       <c r="E16" s="5">
-        <v>1.17584</v>
+        <v>114.15625</v>
       </c>
       <c r="F16" s="4">
-        <v>149331.757143</v>
+        <v>54110062.600000001</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J16" s="5">
-        <v>1</v>
+        <v>114.15625</v>
       </c>
       <c r="K16" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M16" s="4">
-        <v>127150.374339</v>
+        <v>0</v>
       </c>
       <c r="N16" s="4">
-        <v>149331.75714269001</v>
+        <v>0</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="T16" s="4">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="U16" s="2">
-        <v>46052</v>
+        <v>46101</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.8400000000000002E-4</v>
+        <v>4.4144999999999997E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D17" s="4">
-        <v>200446.09959999999</v>
+        <v>-4624500</v>
       </c>
       <c r="E17" s="5">
-        <v>1</v>
+        <v>-0.45570699999999997</v>
       </c>
       <c r="F17" s="4">
-        <v>200446.09959999999</v>
+        <v>-4603425.8117154101</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J17" s="5">
-        <v>1</v>
+        <v>-0.45570738999999999</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M17" s="4">
-        <v>200446.09959999999</v>
+        <v>21074.188284</v>
       </c>
       <c r="N17" s="4">
-        <v>200446.09959999999</v>
+        <v>21074.18828459</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="T17" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U17" s="2">
-        <v>46052</v>
+        <v>56571</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
-        <v>0</v>
+        <v>-963.4375</v>
       </c>
       <c r="Y17" s="4">
-        <v>0</v>
+        <v>-963.4375</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.8400000000000002E-4</v>
+        <v>-3.7550000000000001E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D18" s="4">
-        <v>-91000</v>
+        <v>-2128766.59</v>
       </c>
       <c r="E18" s="5">
-        <v>1.17584</v>
+        <v>-28.722221999999999</v>
       </c>
       <c r="F18" s="4">
-        <v>-107001.49527499999</v>
+        <v>-1517337.5205518701</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J18" s="5">
-        <v>1</v>
+        <v>-28.722222169999998</v>
       </c>
       <c r="K18" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M18" s="4">
-        <v>-91107.748542000001</v>
+        <v>611429.06944800005</v>
       </c>
       <c r="N18" s="4">
-        <v>-107001.49527547001</v>
+        <v>611429.06944812997</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="T18" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U18" s="2">
-        <v>46052</v>
+        <v>53709</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
-        <v>0</v>
+        <v>-591.32405277999999</v>
       </c>
       <c r="Y18" s="4">
-        <v>0</v>
+        <v>-591.32405200000005</v>
       </c>
       <c r="Z18" s="6">
-        <v>-8.6000000000000003E-5</v>
+        <v>-1.237E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D19" s="4">
-        <v>104918.4682</v>
+        <v>776755.6</v>
       </c>
       <c r="E19" s="5">
-        <v>1</v>
+        <v>-12.499214</v>
       </c>
       <c r="F19" s="4">
-        <v>104918.4682</v>
+        <v>679667.25513074</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J19" s="5">
-        <v>1</v>
+        <v>-12.49921402</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M19" s="4">
-        <v>104918.4682</v>
+        <v>-97088.344868999993</v>
       </c>
       <c r="N19" s="4">
-        <v>104918.4682</v>
+        <v>-97088.344869260007</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="T19" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U19" s="2">
-        <v>46052</v>
+        <v>53709</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
-        <v>0</v>
+        <v>161.82408333000001</v>
       </c>
       <c r="Y19" s="4">
-        <v>0</v>
+        <v>161.824083</v>
       </c>
       <c r="Z19" s="6">
-        <v>8.5000000000000006E-5</v>
+        <v>5.5400000000000002E-4</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D20" s="4">
-        <v>-152113.2009</v>
+        <v>2821252.6120750001</v>
       </c>
       <c r="E20" s="5">
-        <v>1</v>
+        <v>0.234538</v>
       </c>
       <c r="F20" s="4">
-        <v>-152113.2009</v>
+        <v>2827869.5152568598</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J20" s="5">
-        <v>1</v>
+        <v>0.23453778</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M20" s="4">
-        <v>-152113.2009</v>
+        <v>6616.9031809999997</v>
       </c>
       <c r="N20" s="4">
-        <v>-152113.2009</v>
+        <v>6616.9031818599997</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="T20" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U20" s="2">
-        <v>46052</v>
+        <v>60224</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
-        <v>0</v>
+        <v>195.92032028</v>
       </c>
       <c r="Y20" s="4">
-        <v>0</v>
+        <v>195.92032</v>
       </c>
       <c r="Z20" s="6">
-        <v>-3.01E-4</v>
+        <v>2.307E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D21" s="4">
-        <v>-186000</v>
+        <v>-944215.69166899996</v>
       </c>
       <c r="E21" s="5">
-        <v>1.17584</v>
+        <v>-5.9722220000000004</v>
       </c>
       <c r="F21" s="4">
-        <v>-218706.352981</v>
+        <v>-887825.03230543004</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J21" s="5">
-        <v>1</v>
+        <v>-5.9722222199999999</v>
       </c>
       <c r="K21" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M21" s="4">
-        <v>-186220.23328399999</v>
+        <v>56390.659362999999</v>
       </c>
       <c r="N21" s="4">
-        <v>-218706.35298063001</v>
+        <v>56390.659363569997</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="T21" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U21" s="2">
-        <v>46052</v>
+        <v>57635</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
-        <v>0</v>
+        <v>-262.28213656999998</v>
       </c>
       <c r="Y21" s="4">
-        <v>0</v>
+        <v>-262.28213599999998</v>
       </c>
       <c r="Z21" s="6">
-        <v>-3.01E-4</v>
+        <v>-7.2400000000000003E-4</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>59</v>
+        <v>82</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D22" s="4">
-        <v>219326.01060000001</v>
+        <v>-3000000</v>
       </c>
       <c r="E22" s="5">
-        <v>1</v>
+        <v>-1.139993</v>
       </c>
       <c r="F22" s="4">
-        <v>219326.01060000001</v>
+        <v>-2965800.2017750698</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J22" s="5">
-        <v>1</v>
+        <v>-1.1399932699999999</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M22" s="4">
-        <v>219326.01060000001</v>
+        <v>34199.798223999998</v>
       </c>
       <c r="N22" s="4">
-        <v>219326.01060000001</v>
+        <v>34199.798224929997</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="T22" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U22" s="2">
-        <v>46052</v>
+        <v>63174</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
-        <v>0</v>
+        <v>-625</v>
       </c>
       <c r="Y22" s="4">
-        <v>0</v>
+        <v>-625</v>
       </c>
       <c r="Z22" s="6">
-        <v>3.01E-4</v>
+        <v>-2.4190000000000001E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>48</v>
+        <v>85</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D23" s="4">
-        <v>129000</v>
+        <v>-2682000</v>
       </c>
       <c r="E23" s="5">
-        <v>1.17584</v>
+        <v>-4.5297650000000003</v>
       </c>
       <c r="F23" s="4">
-        <v>151683.43835800001</v>
+        <v>-2560511.7065669801</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J23" s="5">
-        <v>1</v>
+        <v>-4.5297648600000002</v>
       </c>
       <c r="K23" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M23" s="4">
-        <v>129152.74243899999</v>
+        <v>121488.293433</v>
       </c>
       <c r="N23" s="4">
-        <v>151683.43835752999</v>
+        <v>121488.29343301999</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="T23" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U23" s="2">
-        <v>46052</v>
+        <v>63174</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
-        <v>0</v>
+        <v>-745</v>
       </c>
       <c r="Y23" s="4">
-        <v>0</v>
+        <v>-745</v>
       </c>
       <c r="Z23" s="6">
-        <v>3.01E-4</v>
+        <v>-2.088E-3</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D24" s="4">
-        <v>-394</v>
+        <v>-2000000</v>
       </c>
       <c r="E24" s="5">
-        <v>109.304688</v>
+        <v>-1.139993</v>
       </c>
       <c r="F24" s="4">
-        <v>-43066047.100000001</v>
+        <v>-1977200.1345167099</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J24" s="5">
-        <v>109.3046875</v>
+        <v>-1.1399932699999999</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M24" s="4">
-        <v>0</v>
+        <v>22799.865483000001</v>
       </c>
       <c r="N24" s="4">
-        <v>0</v>
+        <v>22799.865483289999</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="T24" s="4">
-        <v>1000</v>
+        <v>0.01</v>
       </c>
       <c r="U24" s="2">
-        <v>46112</v>
+        <v>63174</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
-        <v>0</v>
+        <v>-416.66666666999998</v>
       </c>
       <c r="Y24" s="4">
-        <v>0</v>
+        <v>-416.66666600000002</v>
       </c>
       <c r="Z24" s="6">
-        <v>-3.5000000000000003E-2</v>
+        <v>-1.6130000000000001E-3</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D25" s="4">
-        <v>387</v>
+        <v>-5752000</v>
       </c>
       <c r="E25" s="5">
-        <v>104.394531</v>
+        <v>-10.581666999999999</v>
       </c>
       <c r="F25" s="4">
-        <v>80801367.200000003</v>
+        <v>-5143342.5333333304</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J25" s="5">
-        <v>104.39453125</v>
+        <v>-10.581666670000001</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M25" s="4">
-        <v>0</v>
+        <v>608657.46666599996</v>
       </c>
       <c r="N25" s="4">
-        <v>0</v>
+        <v>608657.46666667005</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="T25" s="4">
-        <v>2000</v>
+        <v>0.01</v>
       </c>
       <c r="U25" s="2">
-        <v>46112</v>
+        <v>56571</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="4">
-        <v>0</v>
+        <v>-2396.6666666699998</v>
       </c>
       <c r="Y25" s="4">
-        <v>0</v>
+        <v>-2396.6666660000001</v>
       </c>
       <c r="Z25" s="6">
-        <v>6.5668000000000004E-2</v>
+        <v>-4.1960000000000001E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D26" s="4">
-        <v>547</v>
+        <v>-5000000</v>
       </c>
       <c r="E26" s="5">
-        <v>112.4375</v>
+        <v>-3.4065639999999999</v>
       </c>
       <c r="F26" s="4">
-        <v>61503312.5</v>
+        <v>-4829671.7858668398</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J26" s="5">
-        <v>112.4375</v>
+        <v>-3.40656428</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M26" s="4">
-        <v>0</v>
+        <v>170328.214133</v>
       </c>
       <c r="N26" s="4">
-        <v>0</v>
+        <v>170328.21413316001</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="T26" s="4">
-        <v>1000</v>
+        <v>0.01</v>
       </c>
       <c r="U26" s="2">
-        <v>46101</v>
+        <v>60224</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
-        <v>0</v>
+        <v>-1388.8888888900001</v>
       </c>
       <c r="Y26" s="4">
-        <v>0</v>
+        <v>-1388.888888</v>
       </c>
       <c r="Z26" s="6">
-        <v>4.9984000000000001E-2</v>
+        <v>-3.9399999999999999E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="B27" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D27" s="4">
+        <v>9986734.9100000001</v>
+      </c>
+      <c r="E27" s="5">
+        <v>0.234538</v>
+      </c>
+      <c r="F27" s="4">
+        <v>10010157.576130399</v>
+      </c>
+      <c r="G27" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H27" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J27" s="5">
-        <v>115.015625</v>
+        <v>0.23453778</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M27" s="4">
-        <v>0</v>
+        <v>23422.666130000001</v>
       </c>
       <c r="N27" s="4">
-        <v>0</v>
+        <v>23422.666130469999</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="T27" s="4">
-        <v>1000</v>
+        <v>0.01</v>
       </c>
       <c r="U27" s="2">
-        <v>46101</v>
+        <v>60224</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
-        <v>0</v>
+        <v>693.52325764</v>
       </c>
       <c r="Y27" s="4">
-        <v>0</v>
+        <v>693.52325699999994</v>
       </c>
       <c r="Z27" s="6">
-        <v>4.0941999999999999E-2</v>
+        <v>8.1659999999999996E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D28" s="4">
-        <v>9</v>
+        <v>-3933500</v>
       </c>
       <c r="E28" s="5">
-        <v>118</v>
+        <v>-15.416667</v>
       </c>
       <c r="F28" s="4">
-        <v>1062000</v>
+        <v>-3327085.4166666698</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J28" s="5">
-        <v>118</v>
+        <v>-15.41666667</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M28" s="4">
-        <v>0</v>
+        <v>606414.58333299996</v>
       </c>
       <c r="N28" s="4">
-        <v>0</v>
+        <v>606414.58333333</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="T28" s="4">
-        <v>1000</v>
+        <v>0.01</v>
       </c>
       <c r="U28" s="2">
-        <v>46101</v>
+        <v>63174</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
-        <v>0</v>
+        <v>-1638.95833333</v>
       </c>
       <c r="Y28" s="4">
-        <v>0</v>
+        <v>-1638.958333</v>
       </c>
       <c r="Z28" s="6">
-        <v>8.6300000000000005E-4</v>
+        <v>-2.7139999999999998E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D29" s="4">
-        <v>-4624500</v>
+        <v>-2581234.8050000002</v>
       </c>
       <c r="E29" s="5">
-        <v>-0.417738</v>
+        <v>-5.9722220000000004</v>
       </c>
       <c r="F29" s="4">
-        <v>-4605181.6890470097</v>
+        <v>-2427077.7263680599</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J29" s="5">
-        <v>-0.41773837000000003</v>
+        <v>-5.9722222199999999</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M29" s="4">
-        <v>19318.310952</v>
+        <v>154157.07863100001</v>
       </c>
       <c r="N29" s="4">
-        <v>19318.310952989999</v>
+        <v>154157.07863194001</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
-        <v>56571</v>
+        <v>57635</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
-        <v>-1156.125</v>
+        <v>-717.00966805999997</v>
       </c>
       <c r="Y29" s="4">
-        <v>-1156.125</v>
+        <v>-717.00966800000003</v>
       </c>
       <c r="Z29" s="6">
-        <v>-3.7420000000000001E-3</v>
+        <v>-1.98E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D30" s="4">
-        <v>-2223897.2799999998</v>
+        <v>-1360000</v>
       </c>
       <c r="E30" s="5">
-        <v>-27.470932999999999</v>
+        <v>-15.416667</v>
       </c>
       <c r="F30" s="4">
-        <v>-1612971.95013038</v>
+        <v>-1150333.33333333</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J30" s="5">
-        <v>-27.470932909999998</v>
+        <v>-15.41666667</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M30" s="4">
-        <v>610925.32986900001</v>
+        <v>209666.666666</v>
       </c>
       <c r="N30" s="4">
-        <v>610925.32986962004</v>
+        <v>209666.66666667</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
-        <v>53709</v>
+        <v>63174</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
-        <v>-741.29909333000001</v>
+        <v>-566.66666667000004</v>
       </c>
       <c r="Y30" s="4">
-        <v>-741.29909299999997</v>
+        <v>-566.66666599999996</v>
       </c>
       <c r="Z30" s="6">
-        <v>-1.31E-3</v>
+        <v>-9.3800000000000003E-4</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D31" s="4">
-        <v>780492.5</v>
+        <v>-1032493.922</v>
       </c>
       <c r="E31" s="5">
-        <v>-12.400351000000001</v>
+        <v>-5.9722220000000004</v>
       </c>
       <c r="F31" s="4">
-        <v>683708.68774640001</v>
+        <v>-970831.09054721997</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J31" s="5">
-        <v>-12.400351349999999</v>
+        <v>-5.9722222199999999</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M31" s="4">
-        <v>-96783.812252999996</v>
+        <v>61662.831451999999</v>
       </c>
       <c r="N31" s="4">
-        <v>-96783.812253600001</v>
+        <v>61662.831452780003</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
-        <v>53709</v>
+        <v>57635</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
-        <v>195.12312499999999</v>
+        <v>-286.80386721999997</v>
       </c>
       <c r="Y31" s="4">
-        <v>195.12312499999999</v>
+        <v>-286.80386700000003</v>
       </c>
       <c r="Z31" s="6">
-        <v>5.5500000000000005E-4</v>
+        <v>-7.9199999999999995E-4</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D32" s="4">
-        <v>2824279.4441999998</v>
+        <v>-3000000</v>
       </c>
       <c r="E32" s="5">
-        <v>5.0307999999999999E-2</v>
+        <v>-3.4065639999999999</v>
       </c>
       <c r="F32" s="4">
-        <v>2825700.2951915502</v>
+        <v>-2897803.0715200999</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J32" s="5">
-        <v>5.0308440000000003E-2</v>
+        <v>-3.40656428</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M32" s="4">
-        <v>1420.850991</v>
+        <v>102196.92847899999</v>
       </c>
       <c r="N32" s="4">
-        <v>1420.8509915499999</v>
+        <v>102196.9284799</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
         <v>60224</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
-        <v>235.35662034999999</v>
+        <v>-833.33333332999996</v>
       </c>
       <c r="Y32" s="4">
-        <v>235.35661999999999</v>
+        <v>-833.33333300000004</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.2959999999999999E-3</v>
+        <v>-2.3640000000000002E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D33" s="4">
-        <v>-971556.44146999996</v>
+        <v>-5000000</v>
       </c>
       <c r="E33" s="5">
-        <v>-5.6749999999999998</v>
+        <v>-13.351667000000001</v>
       </c>
       <c r="F33" s="4">
-        <v>-916420.61341658002</v>
+        <v>-4332416.6666666605</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J33" s="5">
-        <v>-5.6749999999999998</v>
+        <v>-13.35166667</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M33" s="4">
-        <v>55135.828052999997</v>
+        <v>667583.33333299996</v>
       </c>
       <c r="N33" s="4">
-        <v>55135.828053420002</v>
+        <v>667583.33333334001</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>57635</v>
+        <v>60224</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
-        <v>-323.85214716000002</v>
+        <v>-2083.3333333300002</v>
       </c>
       <c r="Y33" s="4">
-        <v>-323.852147</v>
+        <v>-2083.333333</v>
       </c>
       <c r="Z33" s="6">
-        <v>-7.4399999999999998E-4</v>
+        <v>-3.5339999999999998E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D34" s="4">
-        <v>-3000000</v>
+        <v>-5000000</v>
       </c>
       <c r="E34" s="5">
-        <v>-1.1670970000000001</v>
+        <v>-13.351667000000001</v>
       </c>
       <c r="F34" s="4">
-        <v>-2964987.0772058498</v>
+        <v>-4332416.6666666605</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J34" s="5">
-        <v>-1.1670974300000001</v>
+        <v>-13.35166667</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M34" s="4">
-        <v>35012.922793999998</v>
+        <v>667583.33333299996</v>
       </c>
       <c r="N34" s="4">
-        <v>35012.922794149999</v>
+        <v>667583.33333334001</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
-        <v>63174</v>
+        <v>60224</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
-        <v>-750</v>
+        <v>-2083.3333333300002</v>
       </c>
       <c r="Y34" s="4">
-        <v>-750</v>
+        <v>-2083.333333</v>
       </c>
       <c r="Z34" s="6">
-        <v>-2.4090000000000001E-3</v>
+        <v>-3.5339999999999998E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D35" s="4">
-        <v>-2682000</v>
+        <v>-5000000</v>
       </c>
       <c r="E35" s="5">
-        <v>-5.1859419999999998</v>
+        <v>-13.351667000000001</v>
       </c>
       <c r="F35" s="4">
-        <v>-2542913.0227520699</v>
+        <v>-4332416.6666666605</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J35" s="5">
-        <v>-5.1859424799999996</v>
+        <v>-13.35166667</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M35" s="4">
-        <v>139086.977247</v>
+        <v>667583.33333299996</v>
       </c>
       <c r="N35" s="4">
-        <v>139086.97724792999</v>
+        <v>667583.33333334001</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
-        <v>63174</v>
+        <v>60224</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
-        <v>-894</v>
+        <v>-2083.3333333300002</v>
       </c>
       <c r="Y35" s="4">
-        <v>-894</v>
+        <v>-2083.333333</v>
       </c>
       <c r="Z35" s="6">
-        <v>-2.0660000000000001E-3</v>
+        <v>-3.5339999999999998E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D36" s="4">
-        <v>-2000000</v>
+        <v>-4560000</v>
       </c>
       <c r="E36" s="5">
-        <v>-1.1670970000000001</v>
+        <v>-3.4065639999999999</v>
       </c>
       <c r="F36" s="4">
-        <v>-1976658.05147056</v>
+        <v>-4404660.6687105503</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J36" s="5">
-        <v>-1.1670974300000001</v>
+        <v>-3.40656428</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M36" s="4">
-        <v>23341.948529000001</v>
+        <v>155339.33128899999</v>
       </c>
       <c r="N36" s="4">
-        <v>23341.94852944</v>
+        <v>155339.33128945</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
-        <v>63174</v>
+        <v>60224</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
-        <v>-500</v>
+        <v>-1266.66666667</v>
       </c>
       <c r="Y36" s="4">
-        <v>-500</v>
+        <v>-1266.6666660000001</v>
       </c>
       <c r="Z36" s="6">
-        <v>-1.606E-3</v>
+        <v>-3.5929999999999998E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>96</v>
+        <v>79</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D37" s="4">
-        <v>-5752000</v>
+        <v>9107902.2379199993</v>
       </c>
       <c r="E37" s="5">
-        <v>-12.198333</v>
+        <v>0.234538</v>
       </c>
       <c r="F37" s="4">
-        <v>-5050351.86666667</v>
+        <v>9129263.7094309907</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J37" s="5">
-        <v>-12.198333330000001</v>
+        <v>0.23453778</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M37" s="4">
-        <v>701648.13333300001</v>
+        <v>21361.471509999999</v>
       </c>
       <c r="N37" s="4">
-        <v>701648.13333333004</v>
+        <v>21361.471510989999</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
-        <v>56571</v>
+        <v>60224</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
-        <v>-2876</v>
+        <v>632.49321096999995</v>
       </c>
       <c r="Y37" s="4">
-        <v>-2876</v>
+        <v>632.49320999999998</v>
       </c>
       <c r="Z37" s="6">
-        <v>-4.104E-3</v>
+        <v>7.4479999999999998E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D38" s="4">
-        <v>-5000000</v>
+        <v>-9940000</v>
       </c>
       <c r="E38" s="5">
-        <v>-3.898333</v>
+        <v>-10.581666999999999</v>
       </c>
       <c r="F38" s="4">
-        <v>-4805083.3333333395</v>
+        <v>-8888182.3333333302</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J38" s="5">
-        <v>-3.8983333299999998</v>
+        <v>-10.581666670000001</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M38" s="4">
-        <v>194916.666666</v>
+        <v>1051817.6666659999</v>
       </c>
       <c r="N38" s="4">
-        <v>194916.66666665999</v>
+        <v>1051817.66666667</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
-        <v>60224</v>
+        <v>56571</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
-        <v>-1666.66666667</v>
+        <v>-4141.6666666700003</v>
       </c>
       <c r="Y38" s="4">
-        <v>-1666.6666660000001</v>
+        <v>-4141.6666660000001</v>
       </c>
       <c r="Z38" s="6">
-        <v>-3.9050000000000001E-3</v>
+        <v>-7.2509999999999996E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D39" s="4">
-        <v>9997449.3599999994</v>
+        <v>-26000000</v>
       </c>
       <c r="E39" s="5">
-        <v>5.0307999999999999E-2</v>
+        <v>1.176447</v>
       </c>
       <c r="F39" s="4">
-        <v>10002478.921032</v>
+        <v>-26305876.1434987</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J39" s="5">
-        <v>5.0308440000000003E-2</v>
+        <v>1.17644671</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M39" s="4">
-        <v>5029.5610319999996</v>
+        <v>-305876.14349799999</v>
       </c>
       <c r="N39" s="4">
-        <v>5029.5610320200003</v>
+        <v>-305876.14349873998</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
-        <v>60224</v>
+        <v>47361</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
-        <v>833.12077999999997</v>
+        <v>24578.549996000002</v>
       </c>
       <c r="Y39" s="4">
-        <v>833.12077999999997</v>
+        <v>24578.549996000002</v>
       </c>
       <c r="Z39" s="6">
-        <v>8.1290000000000008E-3</v>
+        <v>-2.1461000000000001E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D40" s="4">
-        <v>-3933500</v>
+        <v>-1565473.9680000001</v>
       </c>
       <c r="E40" s="5">
-        <v>-17.39</v>
+        <v>-11.025</v>
       </c>
       <c r="F40" s="4">
-        <v>-3249464.35</v>
+        <v>-1392880.463028</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J40" s="5">
-        <v>-17.39</v>
+        <v>-11.025</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M40" s="4">
-        <v>684035.65</v>
+        <v>172593.504972</v>
       </c>
       <c r="N40" s="4">
-        <v>684035.65</v>
+        <v>172593.504972</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
-        <v>63174</v>
+        <v>59667</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
-        <v>-1966.75</v>
+        <v>-652.28081999999995</v>
       </c>
       <c r="Y40" s="4">
-        <v>-1966.75</v>
+        <v>-652.28081999999995</v>
       </c>
       <c r="Z40" s="6">
-        <v>-2.64E-3</v>
+        <v>-1.1360000000000001E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D41" s="4">
-        <v>-2655977.15</v>
+        <v>-5215000</v>
       </c>
       <c r="E41" s="5">
-        <v>-5.6749999999999998</v>
+        <v>-10.581666999999999</v>
       </c>
       <c r="F41" s="4">
-        <v>-2505250.4467374999</v>
+        <v>-4663166.0833333302</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J41" s="5">
-        <v>-5.6749999999999998</v>
+        <v>-10.581666670000001</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M41" s="4">
-        <v>150726.703262</v>
+        <v>551833.91666600003</v>
       </c>
       <c r="N41" s="4">
-        <v>150726.7032625</v>
+        <v>551833.91666667</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
-        <v>57635</v>
+        <v>56571</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
-        <v>-885.32571667000002</v>
+        <v>-2172.9166666699998</v>
       </c>
       <c r="Y41" s="4">
-        <v>-885.32571600000006</v>
+        <v>-2172.9166660000001</v>
       </c>
       <c r="Z41" s="6">
-        <v>-2.036E-3</v>
+        <v>-3.8040000000000001E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D42" s="4">
-        <v>-1360000</v>
+        <v>3060000</v>
       </c>
       <c r="E42" s="5">
-        <v>-17.39</v>
+        <v>15.700346</v>
       </c>
       <c r="F42" s="4">
-        <v>-1123496</v>
+        <v>3540430.5722344699</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J42" s="5">
-        <v>-17.39</v>
+        <v>15.700345499999999</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M42" s="4">
-        <v>236504</v>
+        <v>480430.57223400002</v>
       </c>
       <c r="N42" s="4">
-        <v>236504</v>
+        <v>480430.57223446999</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
-        <v>63174</v>
+        <v>47472</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
-        <v>-680</v>
+        <v>17000</v>
       </c>
       <c r="Y42" s="4">
-        <v>-680</v>
+        <v>17000</v>
       </c>
       <c r="Z42" s="6">
-        <v>-9.1299999999999997E-4</v>
+        <v>2.8879999999999999E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>89</v>
+        <v>113</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D43" s="4">
-        <v>-1062390.8600000001</v>
+        <v>3060000</v>
       </c>
       <c r="E43" s="5">
-        <v>-5.6749999999999998</v>
+        <v>10.382153000000001</v>
       </c>
       <c r="F43" s="4">
-        <v>-1002100.178695</v>
+        <v>3377693.8802321302</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J43" s="5">
-        <v>-5.6749999999999998</v>
+        <v>10.38215295</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M43" s="4">
-        <v>60290.681304999998</v>
+        <v>317693.88023200002</v>
       </c>
       <c r="N43" s="4">
-        <v>60290.681304999998</v>
+        <v>317693.88023213</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
-        <v>57635</v>
+        <v>47472</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
-        <v>-354.13028666999998</v>
+        <v>17000</v>
       </c>
       <c r="Y43" s="4">
-        <v>-354.13028600000001</v>
+        <v>17000</v>
       </c>
       <c r="Z43" s="6">
-        <v>-8.1400000000000005E-4</v>
+        <v>2.7550000000000001E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D44" s="4">
-        <v>-3000000</v>
+        <v>78580000</v>
       </c>
       <c r="E44" s="5">
-        <v>-3.898333</v>
+        <v>3.7534049999999999</v>
       </c>
       <c r="F44" s="4">
-        <v>-2883050</v>
+        <v>96432122.571260706</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>-3.8983333299999998</v>
+        <v>3.1550497200000001</v>
       </c>
       <c r="K44" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>116950</v>
+        <v>2479238.0710800001</v>
       </c>
       <c r="N44" s="4">
-        <v>116950</v>
+        <v>2949425.5712607601</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
-        <v>60224</v>
+        <v>47472</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
-        <v>-1000</v>
+        <v>103869.66333333</v>
       </c>
       <c r="Y44" s="4">
-        <v>-1000</v>
+        <v>87311.111111000006</v>
       </c>
       <c r="Z44" s="6">
-        <v>-2.343E-3</v>
+        <v>7.8673000000000007E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D45" s="4">
-        <v>-5000000</v>
+        <v>-8160000</v>
       </c>
       <c r="E45" s="5">
-        <v>-14.488333000000001</v>
+        <v>-6.3525</v>
       </c>
       <c r="F45" s="4">
-        <v>-4275583.3333333302</v>
+        <v>-7641636</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J45" s="5">
-        <v>-14.48833333</v>
+        <v>-6.3525</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M45" s="4">
-        <v>724416.66666600003</v>
+        <v>518364</v>
       </c>
       <c r="N45" s="4">
-        <v>724416.66666667</v>
+        <v>518364</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
-        <v>60224</v>
+        <v>57696</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
-        <v>-2500</v>
+        <v>-3400</v>
       </c>
       <c r="Y45" s="4">
-        <v>-2500</v>
+        <v>-3400</v>
       </c>
       <c r="Z45" s="6">
-        <v>-3.4740000000000001E-3</v>
+        <v>-6.234E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D46" s="4">
-        <v>-5000000</v>
+        <v>18250000</v>
       </c>
       <c r="E46" s="5">
-        <v>-14.488333000000001</v>
+        <v>15.700346</v>
       </c>
       <c r="F46" s="4">
-        <v>-4275583.3333333302</v>
+        <v>21115313.053359099</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J46" s="5">
-        <v>-14.48833333</v>
+        <v>15.700345499999999</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M46" s="4">
-        <v>724416.66666600003</v>
+        <v>2865313.053359</v>
       </c>
       <c r="N46" s="4">
-        <v>724416.66666667</v>
+        <v>2865313.05335919</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>60224</v>
+        <v>47472</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
-        <v>-2500</v>
+        <v>101388.88888889</v>
       </c>
       <c r="Y46" s="4">
-        <v>-2500</v>
+        <v>101388.888888</v>
       </c>
       <c r="Z46" s="6">
-        <v>-3.4740000000000001E-3</v>
+        <v>1.7226000000000002E-2</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D47" s="4">
-        <v>-5000000</v>
+        <v>-11900000</v>
       </c>
       <c r="E47" s="5">
-        <v>-14.488333000000001</v>
+        <v>10.382153000000001</v>
       </c>
       <c r="F47" s="4">
-        <v>-4275583.3333333302</v>
+        <v>-13135476.2009027</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J47" s="5">
-        <v>-14.48833333</v>
+        <v>10.38215295</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M47" s="4">
-        <v>724416.66666600003</v>
+        <v>-1235476.2009020001</v>
       </c>
       <c r="N47" s="4">
-        <v>724416.66666667</v>
+        <v>-1235476.20090271</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
-        <v>60224</v>
+        <v>47472</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
-        <v>-2500</v>
+        <v>-66111.111111110004</v>
       </c>
       <c r="Y47" s="4">
-        <v>-2500</v>
+        <v>-66111.111111000006</v>
       </c>
       <c r="Z47" s="6">
-        <v>-3.4740000000000001E-3</v>
+        <v>-1.0716E-2</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D48" s="4">
-        <v>-4560000</v>
+        <v>-5156000</v>
       </c>
       <c r="E48" s="5">
-        <v>-3.898333</v>
+        <v>-6.3525</v>
       </c>
       <c r="F48" s="4">
-        <v>-4382236</v>
+        <v>-4828465.0999999996</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J48" s="5">
-        <v>-3.8983333299999998</v>
+        <v>-6.3525</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M48" s="4">
-        <v>177764</v>
+        <v>327534.90000000002</v>
       </c>
       <c r="N48" s="4">
-        <v>177764</v>
+        <v>327534.90000000002</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
-        <v>60224</v>
+        <v>57696</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
-        <v>-1520</v>
+        <v>-2148.3333333300002</v>
       </c>
       <c r="Y48" s="4">
-        <v>-1520</v>
+        <v>-2148.333333</v>
       </c>
       <c r="Z48" s="6">
-        <v>-3.5609999999999999E-3</v>
+        <v>-3.9389999999999998E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D49" s="4">
-        <v>9117673.8163200002</v>
+        <v>3966000</v>
       </c>
       <c r="E49" s="5">
-        <v>5.0307999999999999E-2</v>
+        <v>-11.834167000000001</v>
       </c>
       <c r="F49" s="4">
-        <v>9122260.7759812009</v>
+        <v>3496656.95</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J49" s="5">
-        <v>5.0308440000000003E-2</v>
+        <v>-11.83416667</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M49" s="4">
-        <v>4586.9596609999999</v>
+        <v>-469343.05</v>
       </c>
       <c r="N49" s="4">
-        <v>4586.9596611999996</v>
+        <v>-469343.05</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
-        <v>60224</v>
+        <v>57329</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
-        <v>759.80615135999994</v>
+        <v>1652.5</v>
       </c>
       <c r="Y49" s="4">
-        <v>759.806151</v>
+        <v>1652.5</v>
       </c>
       <c r="Z49" s="6">
-        <v>7.4130000000000003E-3</v>
+        <v>2.8519999999999999E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>96</v>
+        <v>122</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D50" s="4">
-        <v>-9940000</v>
+        <v>3966000</v>
       </c>
       <c r="E50" s="5">
-        <v>-12.198333</v>
+        <v>-11.834167000000001</v>
       </c>
       <c r="F50" s="4">
-        <v>-8727485.6666666698</v>
+        <v>3496656.95</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J50" s="5">
-        <v>-12.198333330000001</v>
+        <v>-11.83416667</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M50" s="4">
-        <v>1212514.3333330001</v>
+        <v>-469343.05</v>
       </c>
       <c r="N50" s="4">
-        <v>1212514.33333333</v>
+        <v>-469343.05</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
-        <v>56571</v>
+        <v>57329</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
-        <v>-4970</v>
+        <v>1652.5</v>
       </c>
       <c r="Y50" s="4">
-        <v>-4970</v>
+        <v>1652.5</v>
       </c>
       <c r="Z50" s="6">
-        <v>-7.0920000000000002E-3</v>
+        <v>2.8519999999999999E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D51" s="4">
-        <v>-26000000</v>
+        <v>-5156000</v>
       </c>
       <c r="E51" s="5">
-        <v>1.3663259999999999</v>
+        <v>-6.3525</v>
       </c>
       <c r="F51" s="4">
-        <v>-26355244.6479345</v>
+        <v>-4828465.0999999996</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J51" s="5">
-        <v>1.3663255700000001</v>
+        <v>-6.3525</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M51" s="4">
-        <v>-355244.64793400001</v>
+        <v>327534.90000000002</v>
       </c>
       <c r="N51" s="4">
-        <v>-355244.64793456998</v>
+        <v>327534.90000000002</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
-        <v>47361</v>
+        <v>57696</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
-        <v>26284.928106669999</v>
+        <v>-2148.3333333300002</v>
       </c>
       <c r="Y51" s="4">
-        <v>26284.928105999999</v>
+        <v>-2148.333333</v>
       </c>
       <c r="Z51" s="6">
-        <v>-2.1419000000000001E-2</v>
+        <v>-3.9389999999999998E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D52" s="4">
-        <v>-1568771.31384</v>
+        <v>11060000</v>
       </c>
       <c r="E52" s="5">
-        <v>-10.930202</v>
+        <v>8.5562349999999991</v>
       </c>
       <c r="F52" s="4">
-        <v>-1397301.43580075</v>
+        <v>12006319.575852601</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J52" s="5">
-        <v>-10.93020229</v>
+        <v>8.55623486</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M52" s="4">
-        <v>171469.878039</v>
+        <v>946319.57585200004</v>
       </c>
       <c r="N52" s="4">
-        <v>171469.87803925</v>
+        <v>946319.57585260004</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
-        <v>59667</v>
+        <v>46741</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
-        <v>-784.38565691999997</v>
+        <v>61444.44444444</v>
       </c>
       <c r="Y52" s="4">
-        <v>-784.38565600000004</v>
+        <v>61444.444444000001</v>
       </c>
       <c r="Z52" s="6">
-        <v>-1.1349999999999999E-3</v>
+        <v>9.7949999999999999E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>96</v>
+        <v>128</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D53" s="4">
-        <v>-5215000</v>
+        <v>39500000</v>
       </c>
       <c r="E53" s="5">
-        <v>-12.198333</v>
+        <v>4.2050729999999996</v>
       </c>
       <c r="F53" s="4">
-        <v>-4578856.9166666698</v>
+        <v>48652178.834045596</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J53" s="5">
-        <v>-12.198333330000001</v>
+        <v>3.5347144099999999</v>
       </c>
       <c r="K53" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M53" s="4">
-        <v>636143.08333299996</v>
+        <v>1396212.1918589999</v>
       </c>
       <c r="N53" s="4">
-        <v>636143.08333333</v>
+        <v>1661003.8340456099</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>56571</v>
+        <v>47837</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
-        <v>-2607.5</v>
+        <v>52212.416666669997</v>
       </c>
       <c r="Y53" s="4">
-        <v>-2607.5</v>
+        <v>43888.888888000001</v>
       </c>
       <c r="Z53" s="6">
-        <v>-3.7209999999999999E-3</v>
+        <v>3.9691999999999998E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D54" s="4">
-        <v>3060000</v>
+        <v>3967000</v>
       </c>
       <c r="E54" s="5">
-        <v>15.468817</v>
+        <v>15.700346</v>
       </c>
       <c r="F54" s="4">
-        <v>3533345.78726468</v>
+        <v>4589832.7059000498</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J54" s="5">
-        <v>15.46881658</v>
+        <v>15.700345499999999</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M54" s="4">
-        <v>473345.78726399998</v>
+        <v>622832.70589999994</v>
       </c>
       <c r="N54" s="4">
-        <v>473345.78726468002</v>
+        <v>622832.70590005</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
         <v>47472</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
-        <v>4250</v>
+        <v>22038.88888889</v>
       </c>
       <c r="Y54" s="4">
-        <v>4250</v>
+        <v>22038.888888000001</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.8709999999999999E-3</v>
+        <v>3.7439999999999999E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D55" s="4">
-        <v>3060000</v>
+        <v>-18587000</v>
       </c>
       <c r="E55" s="5">
-        <v>9.6162849999999995</v>
+        <v>-0.71934399999999998</v>
       </c>
       <c r="F55" s="4">
-        <v>3354258.33472262</v>
+        <v>-18453295.5867773</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J55" s="5">
-        <v>9.6162854499999995</v>
+        <v>-0.71934370000000003</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M55" s="4">
-        <v>294258.334722</v>
+        <v>133704.413222</v>
       </c>
       <c r="N55" s="4">
-        <v>294258.33472262003</v>
+        <v>133704.41322262</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>47472</v>
+        <v>46101</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
-        <v>4250</v>
+        <v>0</v>
       </c>
       <c r="Y55" s="4">
-        <v>4250</v>
+        <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.7260000000000001E-3</v>
+        <v>-1.5055000000000001E-2</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D56" s="4">
-        <v>78580000</v>
+        <v>23390000</v>
       </c>
       <c r="E56" s="5">
-        <v>3.6876229999999999</v>
+        <v>23.971378000000001</v>
       </c>
       <c r="F56" s="4">
-        <v>95186015.092965305</v>
+        <v>33432818.7269441</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>3.13987222</v>
+        <v>20.149941269999999</v>
       </c>
       <c r="K56" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>2467311.5866700001</v>
+        <v>4713071.2620890001</v>
       </c>
       <c r="N56" s="4">
-        <v>2897734.0929653798</v>
+        <v>5606905.2269441905</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>47472</v>
+        <v>47837</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
-        <v>25635.633611109999</v>
+        <v>154588.40833333001</v>
       </c>
       <c r="Y56" s="4">
-        <v>21827.777776999999</v>
+        <v>129944.44444399999</v>
       </c>
       <c r="Z56" s="6">
-        <v>7.7358999999999997E-2</v>
+        <v>2.7275000000000001E-2</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>125</v>
+        <v>108</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D57" s="4">
-        <v>-8160000</v>
+        <v>-1639910.7204</v>
       </c>
       <c r="E57" s="5">
-        <v>-8.0333330000000007</v>
+        <v>-11.025</v>
       </c>
       <c r="F57" s="4">
-        <v>-7504480</v>
+        <v>-1459110.5634759001</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J57" s="5">
-        <v>-8.0333333299999996</v>
+        <v>-11.025</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M57" s="4">
-        <v>655520</v>
+        <v>180800.15692400001</v>
       </c>
       <c r="N57" s="4">
-        <v>655520</v>
+        <v>180800.15692410001</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
-        <v>57696</v>
+        <v>59667</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
-        <v>-4080</v>
+        <v>-683.2961335</v>
       </c>
       <c r="Y57" s="4">
-        <v>-4080</v>
+        <v>-683.29613300000005</v>
       </c>
       <c r="Z57" s="6">
-        <v>-6.0990000000000003E-3</v>
+        <v>-1.1900000000000001E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D58" s="4">
-        <v>18250000</v>
+        <v>-2878182.85</v>
       </c>
       <c r="E58" s="5">
-        <v>15.468817</v>
+        <v>-26.6875</v>
       </c>
       <c r="F58" s="4">
-        <v>21073059.025353</v>
+        <v>-2110067.80190625</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J58" s="5">
-        <v>15.46881658</v>
+        <v>-26.6875</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M58" s="4">
-        <v>2823059.025353</v>
+        <v>768115.04809299996</v>
       </c>
       <c r="N58" s="4">
-        <v>2823059.0253530499</v>
+        <v>768115.04809375003</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>47472</v>
+        <v>57970</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
-        <v>25347.22222222</v>
+        <v>-1199.2428541700001</v>
       </c>
       <c r="Y58" s="4">
-        <v>25347.222222</v>
+        <v>-1199.2428540000001</v>
       </c>
       <c r="Z58" s="6">
-        <v>1.7125999999999999E-2</v>
+        <v>-1.7210000000000001E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>75</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D59" s="4">
-        <v>-11900000</v>
+        <v>-302284.85577999998</v>
       </c>
       <c r="E59" s="5">
-        <v>9.6162849999999995</v>
+        <v>-28.722221999999999</v>
       </c>
       <c r="F59" s="4">
-        <v>-13044337.968365701</v>
+        <v>-215461.92791837</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J59" s="5">
-        <v>9.6162854499999995</v>
+        <v>-28.722222169999998</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M59" s="4">
-        <v>-1144337.9683650001</v>
+        <v>86822.927861000004</v>
       </c>
       <c r="N59" s="4">
-        <v>-1144337.96836575</v>
+        <v>86822.92786163</v>
       </c>
       <c r="O59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
-        <v>47472</v>
+        <v>53709</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
-        <v>-16527.77777778</v>
+        <v>-83.968015489999999</v>
       </c>
       <c r="Y59" s="4">
-        <v>-16527.777776999999</v>
+        <v>-83.968014999999994</v>
       </c>
       <c r="Z59" s="6">
-        <v>-1.0600999999999999E-2</v>
+        <v>-1.75E-4</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D60" s="4">
-        <v>-5156000</v>
+        <v>-488626</v>
       </c>
       <c r="E60" s="5">
-        <v>-8.0333330000000007</v>
+        <v>-11.859631</v>
       </c>
       <c r="F60" s="4">
-        <v>-4741801.3333333395</v>
+        <v>-430676.76109489001</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J60" s="5">
-        <v>-8.0333333299999996</v>
+        <v>-11.859630660000001</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M60" s="4">
-        <v>414198.66666599998</v>
+        <v>57949.238904999998</v>
       </c>
       <c r="N60" s="4">
-        <v>414198.66666665999</v>
+        <v>57949.238905110004</v>
       </c>
       <c r="O60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
-        <v>57696</v>
+        <v>59667</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
-        <v>-2578</v>
+        <v>-101.79708333000001</v>
       </c>
       <c r="Y60" s="4">
-        <v>-2578</v>
+        <v>-101.797083</v>
       </c>
       <c r="Z60" s="6">
-        <v>-3.8530000000000001E-3</v>
+        <v>-3.5100000000000002E-4</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D61" s="4">
-        <v>3966000</v>
+        <v>-248899.448</v>
       </c>
       <c r="E61" s="5">
-        <v>-13.123333000000001</v>
+        <v>-4.4443999999999997E-2</v>
       </c>
       <c r="F61" s="4">
-        <v>3445528.6</v>
+        <v>-248788.82602311001</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J61" s="5">
-        <v>-13.123333329999999</v>
+        <v>-4.4444440000000002E-2</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M61" s="4">
-        <v>-520471.4</v>
+        <v>110.621976</v>
       </c>
       <c r="N61" s="4">
-        <v>-520471.4</v>
+        <v>110.62197689</v>
       </c>
       <c r="O61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>57329</v>
+        <v>53709</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
-        <v>1983</v>
+        <v>-34.56936778</v>
       </c>
       <c r="Y61" s="4">
-        <v>1983</v>
+        <v>-34.569367</v>
       </c>
       <c r="Z61" s="6">
-        <v>2.8E-3</v>
+        <v>-2.02E-4</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D62" s="4">
-        <v>3966000</v>
+        <v>-921441.44738200004</v>
       </c>
       <c r="E62" s="5">
-        <v>-13.123333000000001</v>
+        <v>-4.4443999999999997E-2</v>
       </c>
       <c r="F62" s="4">
-        <v>3445528.6</v>
+        <v>-921031.91784983</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J62" s="5">
-        <v>-13.123333329999999</v>
+        <v>-4.4444440000000002E-2</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M62" s="4">
-        <v>-520471.4</v>
+        <v>409.52953200000002</v>
       </c>
       <c r="N62" s="4">
-        <v>-520471.4</v>
+        <v>409.52953216999998</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
-        <v>57329</v>
+        <v>53709</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
-        <v>1983</v>
+        <v>-127.9779788</v>
       </c>
       <c r="Y62" s="4">
-        <v>1983</v>
+        <v>-127.97797799999999</v>
       </c>
       <c r="Z62" s="6">
-        <v>2.8E-3</v>
+        <v>-7.5100000000000004E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D63" s="4">
-        <v>-5156000</v>
+        <v>-733162.19200000004</v>
       </c>
       <c r="E63" s="5">
-        <v>-8.0333330000000007</v>
+        <v>-4.4443999999999997E-2</v>
       </c>
       <c r="F63" s="4">
-        <v>-4741801.3333333395</v>
+        <v>-732836.34213689005</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J63" s="5">
-        <v>-8.0333333299999996</v>
+        <v>-4.4444440000000002E-2</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M63" s="4">
-        <v>414198.66666599998</v>
+        <v>325.84986300000003</v>
       </c>
       <c r="N63" s="4">
-        <v>414198.66666665999</v>
+        <v>325.84986311</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
-        <v>57696</v>
+        <v>53709</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
-        <v>-2578</v>
+        <v>-101.82808222</v>
       </c>
       <c r="Y63" s="4">
-        <v>-2578</v>
+        <v>-101.82808199999999</v>
       </c>
       <c r="Z63" s="6">
-        <v>-3.8530000000000001E-3</v>
+        <v>-5.9699999999999998E-4</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D64" s="4">
-        <v>11060000</v>
+        <v>-243098.23999999999</v>
       </c>
       <c r="E64" s="5">
-        <v>8.2590620000000001</v>
+        <v>-4.4443999999999997E-2</v>
       </c>
       <c r="F64" s="4">
-        <v>11973452.2962282</v>
+        <v>-242990.19633778001</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J64" s="5">
-        <v>8.2590623500000007</v>
+        <v>-4.4444440000000002E-2</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M64" s="4">
-        <v>913452.29622799996</v>
+        <v>108.043662</v>
       </c>
       <c r="N64" s="4">
-        <v>913452.29622826003</v>
+        <v>108.04366222</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
-        <v>46741</v>
+        <v>53709</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
-        <v>15361.11111111</v>
+        <v>-33.76364444</v>
       </c>
       <c r="Y64" s="4">
-        <v>15361.111111</v>
+        <v>-33.763643999999999</v>
       </c>
       <c r="Z64" s="6">
-        <v>9.7310000000000001E-3</v>
+        <v>-1.9799999999999999E-4</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D65" s="4">
-        <v>39500000</v>
+        <v>-420338.95679999999</v>
       </c>
       <c r="E65" s="5">
-        <v>4.1315179999999998</v>
+        <v>-4.4443999999999997E-2</v>
       </c>
       <c r="F65" s="4">
-        <v>48022724.478180803</v>
+        <v>-420152.13948587002</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J65" s="5">
-        <v>3.5178318900000001</v>
+        <v>-4.4444440000000002E-2</v>
       </c>
       <c r="K65" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M65" s="4">
-        <v>1389543.5975820001</v>
+        <v>186.81731400000001</v>
       </c>
       <c r="N65" s="4">
-        <v>1631949.4781808499</v>
+        <v>186.81731413</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
-        <v>47837</v>
+        <v>53709</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
-        <v>12886.32638889</v>
+        <v>-58.380410670000003</v>
       </c>
       <c r="Y65" s="4">
-        <v>10972.222222</v>
+        <v>-58.380409999999998</v>
       </c>
       <c r="Z65" s="6">
-        <v>3.9028E-2</v>
+        <v>-3.4200000000000002E-4</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>119</v>
+        <v>71</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D66" s="4">
-        <v>3967000</v>
+        <v>-4624500</v>
       </c>
       <c r="E66" s="5">
-        <v>15.468817</v>
+        <v>-0.45570699999999997</v>
       </c>
       <c r="F66" s="4">
-        <v>4580647.95362058</v>
+        <v>-4603425.8117154101</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J66" s="5">
-        <v>15.46881658</v>
+        <v>-0.45570738999999999</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M66" s="4">
-        <v>613647.95362000004</v>
+        <v>21074.188284</v>
       </c>
       <c r="N66" s="4">
-        <v>613647.95362058003</v>
+        <v>21074.18828459</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
-        <v>47472</v>
+        <v>56571</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
-        <v>5509.7222222199998</v>
+        <v>-963.4375</v>
       </c>
       <c r="Y66" s="4">
-        <v>5509.7222220000003</v>
+        <v>-963.4375</v>
       </c>
       <c r="Z66" s="6">
-        <v>3.722E-3</v>
+        <v>-3.7550000000000001E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>139</v>
+        <v>71</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D67" s="4">
-        <v>-18587000</v>
+        <v>-4626000</v>
       </c>
       <c r="E67" s="5">
-        <v>0.21324199999999999</v>
+        <v>-0.45570699999999997</v>
       </c>
       <c r="F67" s="4">
-        <v>-18626635.307216302</v>
+        <v>-4604918.9761045501</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J67" s="5">
-        <v>0.21324209</v>
+        <v>-0.45570738999999999</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M67" s="4">
-        <v>-39635.307216000001</v>
+        <v>21081.023894999998</v>
       </c>
       <c r="N67" s="4">
-        <v>-39635.307216330002</v>
+        <v>21081.023895449998</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
-        <v>46101</v>
+        <v>56571</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
-        <v>0</v>
+        <v>-963.75</v>
       </c>
       <c r="Y67" s="4">
-        <v>0</v>
+        <v>-963.75</v>
       </c>
       <c r="Z67" s="6">
-        <v>-1.5138E-2</v>
+        <v>-3.7559999999999998E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>116</v>
+        <v>75</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D68" s="4">
-        <v>-1643364.8518020001</v>
+        <v>-604569.71155999997</v>
       </c>
       <c r="E68" s="5">
-        <v>-10.930202</v>
+        <v>-28.722221999999999</v>
       </c>
       <c r="F68" s="4">
-        <v>-1463741.7491697001</v>
+        <v>-430923.85583672998</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J68" s="5">
-        <v>-10.93020229</v>
+        <v>-28.722222169999998</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M68" s="4">
-        <v>179623.10263199999</v>
+        <v>173645.85572299999</v>
       </c>
       <c r="N68" s="4">
-        <v>179623.1026323</v>
+        <v>173645.85572327001</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
-        <v>59667</v>
+        <v>53709</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
-        <v>-821.6824259</v>
+        <v>-167.93603099000001</v>
       </c>
       <c r="Y68" s="4">
-        <v>-821.68242499999997</v>
+        <v>-167.93602999999999</v>
       </c>
       <c r="Z68" s="6">
-        <v>-1.189E-3</v>
+        <v>-3.5100000000000002E-4</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D69" s="4">
-        <v>-3003148.5529900002</v>
+        <v>7540000</v>
       </c>
       <c r="E69" s="5">
-        <v>-24.826428</v>
+        <v>0.16236100000000001</v>
       </c>
       <c r="F69" s="4">
-        <v>-2257574.0313472399</v>
+        <v>7552242.0277777798</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J69" s="5">
-        <v>-24.826428279999998</v>
+        <v>0.16236111</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M69" s="4">
-        <v>745574.52164199995</v>
+        <v>12242.027776999999</v>
       </c>
       <c r="N69" s="4">
-        <v>745574.52164276002</v>
+        <v>12242.02777778</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>57970</v>
+        <v>58396</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
-        <v>-1501.5742765</v>
+        <v>523.61111111000002</v>
       </c>
       <c r="Y69" s="4">
-        <v>-1501.5742760000001</v>
+        <v>523.61111100000005</v>
       </c>
       <c r="Z69" s="6">
-        <v>-1.8339999999999999E-3</v>
+        <v>6.1609999999999998E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>83</v>
+        <v>152</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D70" s="4">
-        <v>-315793.41376000002</v>
+        <v>-6974000</v>
       </c>
       <c r="E70" s="5">
-        <v>-27.470932999999999</v>
+        <v>-0.48210399999999998</v>
       </c>
       <c r="F70" s="4">
-        <v>-229042.01691850999</v>
+        <v>-6940378.0684017399</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J70" s="5">
-        <v>-27.470932909999998</v>
+        <v>-0.48210397999999999</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M70" s="4">
-        <v>86751.396840999994</v>
+        <v>33621.931598000003</v>
       </c>
       <c r="N70" s="4">
-        <v>86751.396841490001</v>
+        <v>33621.931598260002</v>
       </c>
       <c r="O70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
-        <v>53709</v>
+        <v>59035</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
-        <v>-105.26447125</v>
+        <v>-1452.91666667</v>
       </c>
       <c r="Y70" s="4">
-        <v>-105.264471</v>
+        <v>-1452.9166660000001</v>
       </c>
       <c r="Z70" s="6">
-        <v>-1.8599999999999999E-4</v>
+        <v>-5.6620000000000004E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>145</v>
+        <v>71</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D71" s="4">
-        <v>-489282.46500000003</v>
+        <v>-4000000</v>
       </c>
       <c r="E71" s="5">
-        <v>-11.953333000000001</v>
+        <v>-0.45570699999999997</v>
       </c>
       <c r="F71" s="4">
-        <v>-430796.90101700003</v>
+        <v>-3981771.7043705601</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J71" s="5">
-        <v>-11.95333333</v>
+        <v>-0.45570738999999999</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M71" s="4">
-        <v>58485.563983</v>
+        <v>18228.295629</v>
       </c>
       <c r="N71" s="4">
-        <v>58485.563983</v>
+        <v>18228.295629439999</v>
       </c>
       <c r="O71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>59667</v>
+        <v>56571</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
-        <v>-122.32061625</v>
+        <v>-833.33333332999996</v>
       </c>
       <c r="Y71" s="4">
-        <v>-122.320616</v>
+        <v>-833.33333300000004</v>
       </c>
       <c r="Z71" s="6">
-        <v>-3.5E-4</v>
+        <v>-3.248E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D72" s="4">
-        <v>-252025.4675</v>
+        <v>-47150000</v>
       </c>
       <c r="E72" s="5">
-        <v>-3.0433000000000002E-2</v>
+        <v>2.776656</v>
       </c>
       <c r="F72" s="4">
-        <v>-251948.76774939001</v>
+        <v>-57401190.954031803</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J72" s="5">
-        <v>-3.0433330000000001E-2</v>
+        <v>2.3340111100000001</v>
       </c>
       <c r="K72" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M72" s="4">
-        <v>76.699749999999995</v>
+        <v>-1100486.238836</v>
       </c>
       <c r="N72" s="4">
-        <v>76.699750609999995</v>
+        <v>-1309193.45403184</v>
       </c>
       <c r="O72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
-        <v>53709</v>
+        <v>47472</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
-        <v>-42.004244579999998</v>
+        <v>-62324.441666669998</v>
       </c>
       <c r="Y72" s="4">
-        <v>-42.004244</v>
+        <v>-52388.888888000001</v>
       </c>
       <c r="Z72" s="6">
-        <v>-2.04E-4</v>
+        <v>-4.6829999999999997E-2</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D73" s="4">
-        <v>-933014.16863900004</v>
+        <v>-23700000</v>
       </c>
       <c r="E73" s="5">
-        <v>-3.0433000000000002E-2</v>
+        <v>2.7992599999999999</v>
       </c>
       <c r="F73" s="4">
-        <v>-932730.22132700996</v>
+        <v>-28858129.541363601</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J73" s="5">
-        <v>-3.0433330000000001E-2</v>
+        <v>2.3530111100000002</v>
       </c>
       <c r="K73" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M73" s="4">
-        <v>283.94731100000001</v>
+        <v>-557663.63330600003</v>
       </c>
       <c r="N73" s="4">
-        <v>283.94731199</v>
+        <v>-663424.54136367003</v>
       </c>
       <c r="O73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
-        <v>53709</v>
+        <v>47837</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
-        <v>-155.50236143999999</v>
+        <v>-31327.45</v>
       </c>
       <c r="Y73" s="4">
-        <v>-155.50236100000001</v>
+        <v>-26333.333332999999</v>
       </c>
       <c r="Z73" s="6">
-        <v>-7.5799999999999999E-4</v>
+        <v>-2.3543000000000001E-2</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D74" s="4">
-        <v>-742370.245</v>
+        <v>-104424000</v>
       </c>
       <c r="E74" s="5">
-        <v>-3.0433000000000002E-2</v>
+        <v>2.6681599999999999</v>
       </c>
       <c r="F74" s="4">
-        <v>-742144.31698877004</v>
+        <v>-127014211.24713901</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J74" s="5">
-        <v>-3.0433330000000001E-2</v>
+        <v>2.2428111099999999</v>
       </c>
       <c r="K74" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M74" s="4">
-        <v>225.928011</v>
+        <v>-2342033.07455</v>
       </c>
       <c r="N74" s="4">
-        <v>225.92801123000001</v>
+        <v>-2786199.6471391702</v>
       </c>
       <c r="O74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
-        <v>53709</v>
+        <v>47837</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
-        <v>-123.72837417</v>
+        <v>-138031.12400000001</v>
       </c>
       <c r="Y74" s="4">
-        <v>-123.728374</v>
+        <v>-116026.666666</v>
       </c>
       <c r="Z74" s="6">
-        <v>-6.0300000000000002E-4</v>
+        <v>-0.10362300000000001</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>147</v>
+        <v>161</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D75" s="4">
-        <v>-246151.4</v>
+        <v>-152730000</v>
       </c>
       <c r="E75" s="5">
-        <v>-3.0433000000000002E-2</v>
+        <v>2.3649110000000002</v>
       </c>
       <c r="F75" s="4">
-        <v>-246076.48792392999</v>
+        <v>-156341928.73982999</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J75" s="5">
-        <v>-3.0433330000000001E-2</v>
+        <v>2.36491111</v>
       </c>
       <c r="K75" s="5">
         <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M75" s="4">
-        <v>74.912075999999999</v>
+        <v>-3611928.7398299999</v>
       </c>
       <c r="N75" s="4">
-        <v>74.912076069999998</v>
+        <v>-3611928.7398303002</v>
       </c>
       <c r="O75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
-        <v>53709</v>
+        <v>47837</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
-        <v>-41.025233329999999</v>
+        <v>-169700</v>
       </c>
       <c r="Y75" s="4">
-        <v>-41.025233</v>
+        <v>-169700</v>
       </c>
       <c r="Z75" s="6">
-        <v>-1.9900000000000001E-4</v>
+        <v>-0.12755</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D76" s="4">
-        <v>-425618.14799999999</v>
+        <v>-10290000</v>
       </c>
       <c r="E76" s="5">
-        <v>-3.0433000000000002E-2</v>
+        <v>13.499025</v>
       </c>
       <c r="F76" s="4">
-        <v>-425488.61821028998</v>
+        <v>-13630548.135681899</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="J76" s="5">
-        <v>-3.0433330000000001E-2</v>
+        <v>11.347055559999999</v>
       </c>
       <c r="K76" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="M76" s="4">
-        <v>129.52978899999999</v>
+        <v>-1167612.0167119999</v>
       </c>
       <c r="N76" s="4">
-        <v>129.52978970999999</v>
+        <v>-1389049.63568191</v>
       </c>
       <c r="O76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
-        <v>53709</v>
+        <v>47837</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
-        <v>-70.936357999999998</v>
+        <v>-68008.324999999997</v>
       </c>
       <c r="Y76" s="4">
-        <v>-70.936357999999998</v>
+        <v>-57166.666665999997</v>
       </c>
       <c r="Z76" s="6">
-        <v>-3.4499999999999998E-4</v>
+        <v>-1.112E-2</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>78</v>
+        <v>165</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D77" s="4">
-        <v>-4624500</v>
+        <v>-106650000</v>
       </c>
       <c r="E77" s="5">
-        <v>-0.417738</v>
+        <v>3.1389E-2</v>
       </c>
       <c r="F77" s="4">
-        <v>-4605181.6890470097</v>
+        <v>-106683476.485442</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>79</v>
+        <v>166</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J77" s="5">
-        <v>-0.41773837000000003</v>
+        <v>3.1389109999999998E-2</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M77" s="4">
-        <v>19318.310952</v>
+        <v>-33476.485441999997</v>
       </c>
       <c r="N77" s="4">
-        <v>19318.310952989999</v>
+        <v>-33476.485442359997</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
-        <v>56571</v>
+        <v>46099</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
-        <v>-1156.125</v>
+        <v>0</v>
       </c>
       <c r="Y77" s="4">
-        <v>-1156.125</v>
+        <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>-3.7420000000000001E-3</v>
+        <v>-8.7037000000000003E-2</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>78</v>
+        <v>169</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D78" s="4">
-        <v>-4626000</v>
+        <v>71100000</v>
       </c>
       <c r="E78" s="5">
-        <v>-0.417738</v>
+        <v>0.126613</v>
       </c>
       <c r="F78" s="4">
-        <v>-4606675.4229714498</v>
+        <v>71190021.873353794</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>79</v>
+        <v>166</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J78" s="5">
-        <v>-0.41773837000000003</v>
+        <v>0.12661304000000001</v>
       </c>
       <c r="K78" s="5">
         <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M78" s="4">
-        <v>19324.577028</v>
+        <v>90021.873353000003</v>
       </c>
       <c r="N78" s="4">
-        <v>19324.57702855</v>
+        <v>90021.873353870003</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
-        <v>56571</v>
+        <v>46099</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
-        <v>-1156.5</v>
+        <v>0</v>
       </c>
       <c r="Y78" s="4">
-        <v>-1156.5</v>
+        <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>-3.7429999999999998E-3</v>
+        <v>5.8078999999999999E-2</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>154</v>
+        <v>170</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>83</v>
+        <v>171</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D79" s="4">
-        <v>-631586.82752000005</v>
+        <v>-20000000</v>
       </c>
       <c r="E79" s="5">
-        <v>-27.470932999999999</v>
+        <v>94.512805999999998</v>
       </c>
       <c r="F79" s="4">
-        <v>-458084.03383703</v>
+        <v>-18902561.199999999</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>79</v>
+        <v>173</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J79" s="5">
-        <v>-27.470932909999998</v>
+        <v>94.512805999999998</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M79" s="4">
-        <v>173502.79368199999</v>
+        <v>-18902561.199999999</v>
       </c>
       <c r="N79" s="4">
-        <v>173502.79368296999</v>
+        <v>-18902561.199999999</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>34</v>
+        <v>174</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>34</v>
+        <v>175</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
-        <v>53709</v>
+        <v>46070</v>
+      </c>
+      <c r="V79" s="4">
+        <v>2.5</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>34</v>
+        <v>176</v>
       </c>
       <c r="X79" s="4">
-        <v>-210.52894251000001</v>
+        <v>0</v>
       </c>
       <c r="Y79" s="4">
-        <v>-210.528942</v>
+        <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>-3.7199999999999999E-4</v>
+        <v>-1.5421000000000001E-2</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>155</v>
+        <v>177</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>156</v>
+        <v>178</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D80" s="4">
-        <v>7540000</v>
+        <v>7000000</v>
       </c>
       <c r="E80" s="5">
-        <v>0.29760900000000001</v>
+        <v>84.859375</v>
       </c>
       <c r="F80" s="4">
-        <v>7562439.7120859502</v>
+        <v>5940156.25</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>79</v>
+        <v>173</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J80" s="5">
-        <v>0.29760891</v>
+        <v>84.859375</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M80" s="4">
-        <v>22439.712084999999</v>
+        <v>5940156.25</v>
       </c>
       <c r="N80" s="4">
-        <v>22439.712085949999</v>
+        <v>5940156.25</v>
       </c>
       <c r="O80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>34</v>
+        <v>179</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>34</v>
+        <v>180</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
-        <v>58396</v>
+        <v>46065</v>
+      </c>
+      <c r="V80" s="4">
+        <v>2.5</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>34</v>
+        <v>181</v>
       </c>
       <c r="X80" s="4">
-        <v>628.33333332999996</v>
+        <v>0</v>
       </c>
       <c r="Y80" s="4">
-        <v>628.33333300000004</v>
+        <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>6.1460000000000004E-3</v>
+        <v>4.8459999999999996E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>158</v>
+        <v>183</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D81" s="4">
-        <v>-6974000</v>
+        <v>13800000</v>
       </c>
       <c r="E81" s="5">
-        <v>-0.54286100000000004</v>
+        <v>102.186419</v>
       </c>
       <c r="F81" s="4">
-        <v>-6936140.8413497303</v>
+        <v>14101725.822000001</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>79</v>
+        <v>173</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J81" s="5">
-        <v>-0.54286146999999996</v>
+        <v>102.186419</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M81" s="4">
-        <v>37859.158649999998</v>
+        <v>14101725.822000001</v>
       </c>
       <c r="N81" s="4">
-        <v>37859.158650270001</v>
+        <v>14101725.822000001</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>34</v>
+        <v>174</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
-        <v>59035</v>
+        <v>46070</v>
+      </c>
+      <c r="V81" s="4">
+        <v>5.5</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>34</v>
+        <v>185</v>
       </c>
       <c r="X81" s="4">
-        <v>-1743.5</v>
+        <v>0</v>
       </c>
       <c r="Y81" s="4">
-        <v>-1743.5</v>
+        <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>-5.6369999999999996E-3</v>
+        <v>1.1504E-2</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>78</v>
+        <v>187</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D82" s="4">
-        <v>-4000000</v>
+        <v>-6500000</v>
       </c>
       <c r="E82" s="5">
-        <v>-0.417738</v>
+        <v>102.397943</v>
       </c>
       <c r="F82" s="4">
-        <v>-3983290.46517203</v>
+        <v>-6655866.2949999999</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>79</v>
+        <v>173</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J82" s="5">
-        <v>-0.41773837000000003</v>
+        <v>102.397943</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M82" s="4">
-        <v>16709.534826999999</v>
+        <v>-6655866.2949999999</v>
       </c>
       <c r="N82" s="4">
-        <v>16709.534827970001</v>
+        <v>-6655866.2949999999</v>
       </c>
       <c r="O82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>34</v>
+        <v>179</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>34</v>
+        <v>188</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
-        <v>56571</v>
+        <v>46065</v>
+      </c>
+      <c r="V82" s="4">
+        <v>6</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>34</v>
+        <v>189</v>
       </c>
       <c r="X82" s="4">
-        <v>-1000</v>
+        <v>0</v>
       </c>
       <c r="Y82" s="4">
-        <v>-1000</v>
+        <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>-3.2369999999999999E-3</v>
+        <v>-5.4299999999999999E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>161</v>
+        <v>191</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D83" s="4">
-        <v>-47150000</v>
+        <v>6960589.4850000003</v>
       </c>
       <c r="E83" s="5">
-        <v>2.7288079999999999</v>
+        <v>99.096170000000001</v>
       </c>
       <c r="F83" s="4">
-        <v>-56661950.6966094</v>
+        <v>6902016.9558874704</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>79</v>
+        <v>192</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J83" s="5">
-        <v>2.3234777800000002</v>
+        <v>99.096170000000001</v>
       </c>
       <c r="K83" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M83" s="4">
-        <v>-1095519.772326</v>
+        <v>6902016.9558870001</v>
       </c>
       <c r="N83" s="4">
-        <v>-1286633.19660944</v>
+        <v>6902016.9558874704</v>
       </c>
       <c r="O83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>34</v>
+        <v>193</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>34</v>
+        <v>190</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
-        <v>47472</v>
+        <v>49790</v>
+      </c>
+      <c r="V83" s="4">
+        <v>4.4886200000000001</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>34</v>
+        <v>194</v>
       </c>
       <c r="X83" s="4">
-        <v>-15382.032638889999</v>
+        <v>4339.36682974</v>
       </c>
       <c r="Y83" s="4">
-        <v>-13097.222222</v>
+        <v>4339.3668289999996</v>
       </c>
       <c r="Z83" s="6">
-        <v>-4.6050000000000001E-2</v>
+        <v>5.6299999999999996E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>162</v>
+        <v>195</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>163</v>
+        <v>196</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D84" s="4">
-        <v>-20000000</v>
+        <v>2994236.4353999998</v>
       </c>
       <c r="E84" s="5">
-        <v>2.2732779999999999</v>
+        <v>91.848339999999993</v>
       </c>
       <c r="F84" s="4">
-        <v>-20454655.555599999</v>
+        <v>2752172.83862693</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>79</v>
+        <v>192</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J84" s="5">
-        <v>2.2732777799999999</v>
+        <v>91.848339999999993</v>
       </c>
       <c r="K84" s="5">
         <v>1</v>
       </c>
       <c r="L84" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M84" s="4">
-        <v>-454655.55560000002</v>
+        <v>2752172.8386260001</v>
       </c>
       <c r="N84" s="4">
-        <v>-454655.55560000002</v>
+        <v>2752172.83862693</v>
       </c>
       <c r="O84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>34</v>
+        <v>193</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>34</v>
+        <v>195</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
-        <v>47654</v>
+        <v>52256</v>
+      </c>
+      <c r="V84" s="4">
+        <v>4.8486200000000004</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>34</v>
+        <v>197</v>
       </c>
       <c r="X84" s="4">
-        <v>-5555.5555555600004</v>
+        <v>2016.3770368600001</v>
       </c>
       <c r="Y84" s="4">
-        <v>-5555.5555549999999</v>
+        <v>2016.3770360000001</v>
       </c>
       <c r="Z84" s="6">
-        <v>-1.6622999999999999E-2</v>
+        <v>2.245E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>164</v>
+        <v>198</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D85" s="4">
-        <v>-23700000</v>
+        <v>1967295.8520239999</v>
       </c>
       <c r="E85" s="5">
-        <v>2.7427839999999999</v>
+        <v>91.043409999999994</v>
       </c>
       <c r="F85" s="4">
-        <v>-28484504.910235099</v>
+        <v>1792742.7705225099</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>79</v>
+        <v>192</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J85" s="5">
-        <v>2.33537778</v>
+        <v>91.043409999999994</v>
       </c>
       <c r="K85" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M85" s="4">
-        <v>-553484.53338599997</v>
+        <v>1792742.770522</v>
       </c>
       <c r="N85" s="4">
-        <v>-650039.91023518995</v>
+        <v>1792742.7705225099</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>34</v>
+        <v>200</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
-        <v>47837</v>
+        <v>53199</v>
+      </c>
+      <c r="V85" s="4">
+        <v>6.0370699999999999</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>34</v>
+        <v>201</v>
       </c>
       <c r="X85" s="4">
-        <v>-7731.7958333300003</v>
+        <v>1649.5420512999999</v>
       </c>
       <c r="Y85" s="4">
-        <v>-6583.3333329999996</v>
+        <v>1649.5420509999999</v>
       </c>
       <c r="Z85" s="6">
-        <v>-2.3148999999999999E-2</v>
+        <v>1.462E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>166</v>
+        <v>202</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>167</v>
+        <v>203</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D86" s="4">
-        <v>-104424000</v>
+        <v>732541.99936799996</v>
       </c>
       <c r="E86" s="5">
-        <v>2.5338500000000002</v>
+        <v>6.5589000000000004</v>
       </c>
       <c r="F86" s="4">
-        <v>-125286714.090478</v>
+        <v>48460.488806180001</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>79</v>
+        <v>192</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J86" s="5">
-        <v>2.1574777799999998</v>
+        <v>6.5589000000000004</v>
       </c>
       <c r="K86" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M86" s="4">
-        <v>-2252924.5948979999</v>
+        <v>48460.488806000001</v>
       </c>
       <c r="N86" s="4">
-        <v>-2645947.2904788</v>
+        <v>48460.488806180001</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>34</v>
+        <v>200</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>34</v>
+        <v>202</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
-        <v>47837</v>
+        <v>51466</v>
+      </c>
+      <c r="V86" s="4">
+        <v>4.0670700000000002</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>34</v>
+        <v>204</v>
       </c>
       <c r="X86" s="4">
-        <v>-34066.87966667</v>
+        <v>413.79160962999998</v>
       </c>
       <c r="Y86" s="4">
-        <v>-29006.666666000001</v>
+        <v>413.79160899999999</v>
       </c>
       <c r="Z86" s="6">
-        <v>-0.101822</v>
+        <v>3.8999999999999999E-5</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>168</v>
+        <v>205</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>169</v>
+        <v>206</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D87" s="4">
-        <v>-152730000</v>
+        <v>1852562.615</v>
       </c>
       <c r="E87" s="5">
-        <v>2.2942779999999998</v>
+        <v>91.264439999999993</v>
       </c>
       <c r="F87" s="4">
-        <v>-156234050.45033899</v>
+        <v>1691059.7260932699</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>79</v>
+        <v>192</v>
       </c>
       <c r="H87" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J87" s="5">
-        <v>2.2942777799999998</v>
+        <v>91.264439999999993</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M87" s="4">
-        <v>-3504050.4503390002</v>
+        <v>1691059.726093</v>
       </c>
       <c r="N87" s="4">
-        <v>-3504050.4503394002</v>
+        <v>1691059.7260932699</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>34</v>
+        <v>205</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
-        <v>47837</v>
+        <v>60535</v>
+      </c>
+      <c r="V87" s="4">
+        <v>1.0649999999999999</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>34</v>
+        <v>208</v>
       </c>
       <c r="X87" s="4">
-        <v>-42425</v>
+        <v>328.82986416</v>
       </c>
       <c r="Y87" s="4">
-        <v>-42425</v>
+        <v>328.82986399999999</v>
       </c>
       <c r="Z87" s="6">
-        <v>-0.126974</v>
+        <v>1.379E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>170</v>
+        <v>209</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>171</v>
+        <v>210</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D88" s="4">
-        <v>-52212000</v>
+        <v>1527586.7760000001</v>
       </c>
       <c r="E88" s="5">
-        <v>8.914E-3</v>
+        <v>34.835920000000002</v>
       </c>
       <c r="F88" s="4">
-        <v>-61325037.686218001</v>
+        <v>533291.30535043997</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>172</v>
+        <v>192</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J88" s="5">
-        <v>7.5901099999999997E-3</v>
+        <v>34.835920000000002</v>
       </c>
       <c r="K88" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M88" s="4">
-        <v>-3962.9496509999999</v>
+        <v>533291.30535000004</v>
       </c>
       <c r="N88" s="4">
-        <v>-4654.2862180700004</v>
+        <v>533291.30535043997</v>
       </c>
       <c r="O88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>173</v>
+        <v>211</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>34</v>
+        <v>209</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>46043</v>
+        <v>49973</v>
+      </c>
+      <c r="V88" s="4">
+        <v>4.4870700000000001</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>34</v>
+        <v>212</v>
       </c>
       <c r="X88" s="4">
-        <v>0</v>
+        <v>1142.3981325</v>
       </c>
       <c r="Y88" s="4">
-        <v>0</v>
+        <v>1142.398132</v>
       </c>
       <c r="Z88" s="6">
-        <v>-4.9840000000000002E-2</v>
+        <v>4.35E-4</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>174</v>
+        <v>213</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>171</v>
+        <v>214</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="D89" s="4">
-        <v>-52212000</v>
+        <v>13695000</v>
       </c>
       <c r="E89" s="5">
-        <v>8.914E-3</v>
+        <v>101.31891</v>
       </c>
       <c r="F89" s="4">
-        <v>-61325037.686218001</v>
+        <v>13903927.7245</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>172</v>
+        <v>192</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J89" s="5">
-        <v>7.5901099999999997E-3</v>
+        <v>101.31891</v>
       </c>
       <c r="K89" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M89" s="4">
-        <v>-3962.9496509999999</v>
+        <v>13903927.7245</v>
       </c>
       <c r="N89" s="4">
-        <v>-4654.2862180700004</v>
+        <v>13903927.7245</v>
       </c>
       <c r="O89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>175</v>
+        <v>215</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>34</v>
+        <v>213</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T89" s="4">
         <v>0.01</v>
       </c>
       <c r="U89" s="2">
-        <v>46043</v>
+        <v>47314</v>
+      </c>
+      <c r="V89" s="4">
+        <v>4.6500000000000004</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>34</v>
+        <v>216</v>
       </c>
       <c r="X89" s="4">
-        <v>0</v>
+        <v>28303</v>
       </c>
       <c r="Y89" s="4">
-        <v>0</v>
+        <v>28303</v>
       </c>
       <c r="Z89" s="6">
-        <v>-4.9840000000000002E-2</v>
+        <v>1.1343000000000001E-2</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>176</v>
+        <v>217</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>177</v>
+        <v>218</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D90" s="4">
-        <v>-20000000</v>
+        <v>7238352.5868279999</v>
       </c>
       <c r="E90" s="5">
-        <v>94.675781000000001</v>
+        <v>49.645380000000003</v>
       </c>
       <c r="F90" s="4">
-        <v>-18935156.199999999</v>
+        <v>3597526.0088559599</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J90" s="5">
-        <v>94.675781000000001</v>
+        <v>49.645380000000003</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M90" s="4">
-        <v>-18935156.199999999</v>
+        <v>3597526.0088550001</v>
       </c>
       <c r="N90" s="4">
-        <v>-18935156.199999999</v>
+        <v>3597526.0088559599</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>34</v>
+        <v>219</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>180</v>
+        <v>220</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T90" s="4">
         <v>0.01</v>
       </c>
       <c r="U90" s="2">
-        <v>46042</v>
+        <v>53625</v>
       </c>
       <c r="V90" s="4">
-        <v>2.5</v>
+        <v>3.9970699999999999</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>182</v>
+        <v>221</v>
       </c>
       <c r="X90" s="4">
-        <v>0</v>
+        <v>4018.3613853100001</v>
       </c>
       <c r="Y90" s="4">
-        <v>0</v>
+        <v>4018.3613850000002</v>
       </c>
       <c r="Z90" s="6">
-        <v>-1.5388000000000001E-2</v>
+        <v>2.9350000000000001E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>222</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>223</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D91" s="4">
-        <v>-12880000</v>
+        <v>17663707.111972999</v>
       </c>
       <c r="E91" s="5">
-        <v>94.889330999999999</v>
+        <v>2.8706399999999999</v>
       </c>
       <c r="F91" s="4">
-        <v>-12221745.832800001</v>
+        <v>517235.41820759</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J91" s="5">
-        <v>94.889330999999999</v>
+        <v>2.8706399999999999</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M91" s="4">
-        <v>-12221745.832800001</v>
+        <v>517235.41820700001</v>
       </c>
       <c r="N91" s="4">
-        <v>-12221745.832800001</v>
+        <v>517235.41820759</v>
       </c>
       <c r="O91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>185</v>
+        <v>224</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>46036</v>
+        <v>49730</v>
       </c>
       <c r="V91" s="4">
-        <v>4</v>
+        <v>4.1470700000000003</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="X91" s="4">
-        <v>0</v>
+        <v>10173.976368449999</v>
       </c>
       <c r="Y91" s="4">
-        <v>0</v>
+        <v>10173.976368</v>
       </c>
       <c r="Z91" s="6">
-        <v>-9.9319999999999999E-3</v>
+        <v>4.2099999999999999E-4</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>188</v>
+        <v>226</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>189</v>
+        <v>227</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D92" s="4">
-        <v>-5520000</v>
+        <v>7683843.2856040001</v>
       </c>
       <c r="E92" s="5">
-        <v>97.661091999999996</v>
+        <v>101.17082000000001</v>
       </c>
       <c r="F92" s="4">
-        <v>-5390892.2784000002</v>
+        <v>7809492.3084193999</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J92" s="5">
-        <v>97.661091999999996</v>
+        <v>101.17082000000001</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M92" s="4">
-        <v>-5390892.2784000002</v>
+        <v>7809492.3084190004</v>
       </c>
       <c r="N92" s="4">
-        <v>-5390892.2784000002</v>
+        <v>7809492.3084193999</v>
       </c>
       <c r="O92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>185</v>
+        <v>228</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>190</v>
+        <v>226</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>46036</v>
+        <v>62208</v>
       </c>
       <c r="V92" s="4">
-        <v>4.5</v>
+        <v>5.5730000000000004</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>191</v>
+        <v>229</v>
       </c>
       <c r="X92" s="4">
-        <v>0</v>
+        <v>35685.048858889997</v>
       </c>
       <c r="Y92" s="4">
-        <v>0</v>
+        <v>35685.048858000002</v>
       </c>
       <c r="Z92" s="6">
-        <v>-4.3810000000000003E-3</v>
+        <v>6.3709999999999999E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="D93" s="4">
+        <v>8586000</v>
+      </c>
+      <c r="E93" s="5">
+        <v>1E-4</v>
+      </c>
+      <c r="F93" s="4">
+        <v>8.5860000000000003</v>
+      </c>
+      <c r="G93" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H93" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J93" s="5">
-        <v>102.516772</v>
+        <v>1E-4</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M93" s="4">
-        <v>14147314.536</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="N93" s="4">
-        <v>14147314.536</v>
+        <v>8.5860000000000003</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>180</v>
+        <v>232</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>194</v>
+        <v>230</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>46042</v>
+        <v>52221</v>
       </c>
       <c r="V93" s="4">
-        <v>5.5</v>
+        <v>5.55</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>1.1497E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>196</v>
+        <v>234</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>197</v>
+        <v>235</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D94" s="4">
-        <v>28880000</v>
+        <v>653891.73080899997</v>
       </c>
       <c r="E94" s="5">
-        <v>101.398259</v>
+        <v>98.037239999999997</v>
       </c>
       <c r="F94" s="4">
-        <v>29283817.199200001</v>
+        <v>643354.91945915995</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J94" s="5">
-        <v>101.398259</v>
+        <v>98.037239999999997</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M94" s="4">
-        <v>29283817.199200001</v>
+        <v>643354.919459</v>
       </c>
       <c r="N94" s="4">
-        <v>29283817.199200001</v>
+        <v>643354.91945915995</v>
       </c>
       <c r="O94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>185</v>
+        <v>236</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>198</v>
+        <v>234</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>46036</v>
+        <v>49485</v>
       </c>
       <c r="V94" s="4">
-        <v>5.5</v>
+        <v>4.0983369999999999</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>199</v>
+        <v>237</v>
       </c>
       <c r="X94" s="4">
-        <v>0</v>
+        <v>2297.5139853699998</v>
       </c>
       <c r="Y94" s="4">
-        <v>0</v>
+        <v>2297.513985</v>
       </c>
       <c r="Z94" s="6">
-        <v>2.3799000000000001E-2</v>
+        <v>5.2400000000000005E-4</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>200</v>
+        <v>238</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>201</v>
+        <v>239</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D95" s="4">
-        <v>37170000</v>
+        <v>960099.51399999997</v>
       </c>
       <c r="E95" s="5">
-        <v>102.672747</v>
+        <v>100.1902</v>
       </c>
       <c r="F95" s="4">
-        <v>38163460.059900001</v>
+        <v>962969.14903673006</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>179</v>
+        <v>192</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J95" s="5">
-        <v>102.672747</v>
+        <v>100.1902</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M95" s="4">
-        <v>38163460.059900001</v>
+        <v>962969.14903600002</v>
       </c>
       <c r="N95" s="4">
-        <v>38163460.059900001</v>
+        <v>962969.14903673006</v>
       </c>
       <c r="O95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>185</v>
+        <v>240</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>202</v>
+        <v>238</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>46036</v>
+        <v>48510</v>
       </c>
       <c r="V95" s="4">
-        <v>6</v>
+        <v>4.8910200000000001</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>203</v>
+        <v>241</v>
       </c>
       <c r="X95" s="4">
-        <v>0</v>
+        <v>1043.5257611</v>
       </c>
       <c r="Y95" s="4">
-        <v>0</v>
+        <v>1043.5257610000001</v>
       </c>
       <c r="Z95" s="6">
-        <v>3.1015999999999998E-2</v>
+        <v>7.85E-4</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>205</v>
+        <v>243</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D96" s="4">
-        <v>7350672.2400000002</v>
+        <v>11037000</v>
       </c>
       <c r="E96" s="5">
-        <v>99.138030000000001</v>
+        <v>86.432400000000001</v>
       </c>
       <c r="F96" s="4">
-        <v>7353543.8291150397</v>
+        <v>9580093.0982249994</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J96" s="5">
-        <v>99.138030000000001</v>
+        <v>86.432400000000001</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M96" s="4">
-        <v>7353543.8291149996</v>
+        <v>9580093.0982249994</v>
       </c>
       <c r="N96" s="4">
-        <v>7353543.8291150397</v>
+        <v>9580093.0982249994</v>
       </c>
       <c r="O96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>207</v>
+        <v>244</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>49790</v>
+        <v>50622</v>
       </c>
       <c r="V96" s="4">
-        <v>4.9147400000000001</v>
+        <v>4.2664999999999997</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>208</v>
+        <v>245</v>
       </c>
       <c r="X96" s="4">
-        <v>66232.178622170002</v>
+        <v>40549.110224999997</v>
       </c>
       <c r="Y96" s="4">
-        <v>66232.178622000007</v>
+        <v>40549.110224999997</v>
       </c>
       <c r="Z96" s="6">
-        <v>5.9760000000000004E-3</v>
+        <v>7.8150000000000008E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>209</v>
+        <v>246</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>210</v>
+        <v>247</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D97" s="4">
-        <v>3095785.1006999998</v>
+        <v>473470.73202499998</v>
       </c>
       <c r="E97" s="5">
-        <v>91.477459999999994</v>
+        <v>98.21414</v>
       </c>
       <c r="F97" s="4">
-        <v>2861882.92326592</v>
+        <v>465655.30374017998</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J97" s="5">
-        <v>91.477459999999994</v>
+        <v>98.21414</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M97" s="4">
-        <v>2861882.9232649999</v>
+        <v>465655.30374</v>
       </c>
       <c r="N97" s="4">
-        <v>2861882.92326592</v>
+        <v>465655.30374017998</v>
       </c>
       <c r="O97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>207</v>
+        <v>248</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>209</v>
+        <v>246</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>52256</v>
+        <v>50186</v>
       </c>
       <c r="V97" s="4">
-        <v>5.2747400000000004</v>
+        <v>8.1115370000000002</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>211</v>
+        <v>249</v>
       </c>
       <c r="X97" s="4">
-        <v>29937.34608712</v>
+        <v>640.09613027</v>
       </c>
       <c r="Y97" s="4">
-        <v>29937.346087000002</v>
+        <v>640.09613000000002</v>
       </c>
       <c r="Z97" s="6">
-        <v>2.3249999999999998E-3</v>
+        <v>3.79E-4</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>212</v>
+        <v>250</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D98" s="4">
-        <v>1994533.8147559999</v>
+        <v>15387600</v>
       </c>
       <c r="E98" s="5">
-        <v>91.037300000000002</v>
+        <v>95.504810000000006</v>
       </c>
       <c r="F98" s="4">
-        <v>1817796.2487053401</v>
+        <v>14727351.765746601</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J98" s="5">
-        <v>91.037300000000002</v>
+        <v>95.504810000000006</v>
       </c>
       <c r="K98" s="5">
         <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M98" s="4">
-        <v>1817796.2487049999</v>
+        <v>14727351.765745999</v>
       </c>
       <c r="N98" s="4">
-        <v>1817796.2487053401</v>
+        <v>14727351.765746601</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>34</v>
+        <v>252</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>214</v>
+        <v>244</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>212</v>
+        <v>250</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
-        <v>53199</v>
+        <v>50114</v>
       </c>
       <c r="V98" s="4">
-        <v>6.0962100000000001</v>
+        <v>4.6000100000000002</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>215</v>
+        <v>253</v>
       </c>
       <c r="X98" s="4">
-        <v>2026.51616448</v>
+        <v>31453.62218667</v>
       </c>
       <c r="Y98" s="4">
-        <v>2026.5161639999999</v>
+        <v>31453.622186000001</v>
       </c>
       <c r="Z98" s="6">
-        <v>1.477E-3</v>
+        <v>1.2015E-2</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>216</v>
+        <v>254</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>217</v>
+        <v>255</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D99" s="4">
-        <v>734059.02249</v>
+        <v>13000000</v>
       </c>
       <c r="E99" s="5">
-        <v>6.7822199999999997</v>
+        <v>95.245009999999994</v>
       </c>
       <c r="F99" s="4">
-        <v>50290.311448319997</v>
+        <v>12416539.633333299</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J99" s="5">
-        <v>6.7822199999999997</v>
+        <v>95.245009999999994</v>
       </c>
       <c r="K99" s="5">
         <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M99" s="4">
-        <v>50290.311448</v>
+        <v>12416539.633332999</v>
       </c>
       <c r="N99" s="4">
-        <v>50290.311448319997</v>
+        <v>12416539.633333299</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>34</v>
+        <v>256</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>214</v>
+        <v>257</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>216</v>
+        <v>254</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>51434</v>
+        <v>51844</v>
       </c>
       <c r="V99" s="4">
-        <v>4.1262100000000004</v>
+        <v>3.202</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>218</v>
+        <v>258</v>
       </c>
       <c r="X99" s="4">
-        <v>504.81361320000002</v>
+        <v>34688.333333330003</v>
       </c>
       <c r="Y99" s="4">
-        <v>504.81361299999998</v>
+        <v>34688.333333000002</v>
       </c>
       <c r="Z99" s="6">
-        <v>4.0000000000000003E-5</v>
+        <v>1.0129000000000001E-2</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>219</v>
+        <v>259</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>220</v>
+        <v>260</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D100" s="4">
-        <v>1877671.6850000001</v>
+        <v>4570000</v>
       </c>
       <c r="E100" s="5">
-        <v>91.10351</v>
+        <v>95.62576</v>
       </c>
       <c r="F100" s="4">
-        <v>1710958.0980352301</v>
+        <v>4385617.9421666702</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J100" s="5">
-        <v>91.10351</v>
+        <v>95.62576</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M100" s="4">
-        <v>1710958.098035</v>
+        <v>4385617.9421659997</v>
       </c>
       <c r="N100" s="4">
-        <v>1710958.0980352301</v>
+        <v>4385617.9421666702</v>
       </c>
       <c r="O100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>221</v>
+        <v>257</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>219</v>
+        <v>259</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>60535</v>
+        <v>51844</v>
       </c>
       <c r="V100" s="4">
-        <v>1.0649999999999999</v>
+        <v>3.9439899999999999</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>222</v>
+        <v>261</v>
       </c>
       <c r="X100" s="4">
-        <v>333.28672409000001</v>
+        <v>15520.71016667</v>
       </c>
       <c r="Y100" s="4">
-        <v>333.28672399999999</v>
+        <v>15520.710166000001</v>
       </c>
       <c r="Z100" s="6">
-        <v>1.39E-3</v>
+        <v>3.5769999999999999E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>223</v>
+        <v>262</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>224</v>
+        <v>263</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D101" s="4">
-        <v>1530582.4439999999</v>
+        <v>9000000</v>
       </c>
       <c r="E101" s="5">
-        <v>35.055410000000002</v>
+        <v>92.681839999999994</v>
       </c>
       <c r="F101" s="4">
-        <v>537711.67600101</v>
+        <v>8370945.5250000004</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J101" s="5">
-        <v>35.055410000000002</v>
+        <v>92.681839999999994</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M101" s="4">
-        <v>537711.67600099999</v>
+        <v>8370945.5250000004</v>
       </c>
       <c r="N101" s="4">
-        <v>537711.67600101</v>
+        <v>8370945.5250000004</v>
       </c>
       <c r="O101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>225</v>
+        <v>257</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>223</v>
+        <v>262</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>49973</v>
+        <v>51844</v>
       </c>
       <c r="V101" s="4">
-        <v>4.5462100000000003</v>
+        <v>3.9439899999999999</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>226</v>
+        <v>264</v>
       </c>
       <c r="X101" s="4">
-        <v>1159.7248687900001</v>
+        <v>29579.924999999999</v>
       </c>
       <c r="Y101" s="4">
-        <v>1159.724868</v>
+        <v>29579.924999999999</v>
       </c>
       <c r="Z101" s="6">
-        <v>4.37E-4</v>
+        <v>6.829E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>227</v>
+        <v>265</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>228</v>
+        <v>266</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D102" s="4">
-        <v>13695000</v>
+        <v>8000000</v>
       </c>
       <c r="E102" s="5">
-        <v>101.36868</v>
+        <v>93.296149999999997</v>
       </c>
       <c r="F102" s="4">
-        <v>13910743.726</v>
+        <v>7482645.3333333302</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J102" s="5">
-        <v>101.36868</v>
+        <v>93.296149999999997</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M102" s="4">
-        <v>13910743.726</v>
+        <v>7482645.3333329996</v>
       </c>
       <c r="N102" s="4">
-        <v>13910743.726</v>
+        <v>7482645.3333333302</v>
       </c>
       <c r="O102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>229</v>
+        <v>257</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>227</v>
+        <v>265</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>47314</v>
+        <v>52665</v>
       </c>
       <c r="V102" s="4">
-        <v>4.6500000000000004</v>
+        <v>2.843</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>230</v>
+        <v>267</v>
       </c>
       <c r="X102" s="4">
-        <v>28303</v>
+        <v>18953.33333333</v>
       </c>
       <c r="Y102" s="4">
-        <v>28303</v>
+        <v>18953.333332999999</v>
       </c>
       <c r="Z102" s="6">
-        <v>1.1305000000000001E-2</v>
+        <v>6.1040000000000001E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>231</v>
+        <v>268</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>232</v>
+        <v>269</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D103" s="4">
-        <v>7238352.5868279999</v>
+        <v>13743281</v>
       </c>
       <c r="E103" s="5">
-        <v>49.812579999999997</v>
+        <v>7.0944700000000003</v>
       </c>
       <c r="F103" s="4">
-        <v>3610503.5526868701</v>
+        <v>1039148.25889403</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J103" s="5">
-        <v>49.812579999999997</v>
+        <v>7.0944700000000003</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M103" s="4">
-        <v>3610503.5526859998</v>
+        <v>1039148.258894</v>
       </c>
       <c r="N103" s="4">
-        <v>3610503.5526868701</v>
+        <v>1039148.25889403</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>233</v>
+        <v>34</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>234</v>
+        <v>270</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>231</v>
+        <v>268</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>53625</v>
+        <v>46914</v>
       </c>
       <c r="V103" s="4">
-        <v>4.0562100000000001</v>
+        <v>8</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>235</v>
+        <v>271</v>
       </c>
       <c r="X103" s="4">
-        <v>4893.3796910399997</v>
+        <v>64135.311333329999</v>
       </c>
       <c r="Y103" s="4">
-        <v>4893.3796910000001</v>
+        <v>64135.311332999998</v>
       </c>
       <c r="Z103" s="6">
-        <v>2.934E-3</v>
+        <v>8.4699999999999999E-4</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>236</v>
+        <v>272</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>237</v>
+        <v>273</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D104" s="4">
-        <v>17663707.111972999</v>
+        <v>4300993.9042680003</v>
       </c>
       <c r="E104" s="5">
-        <v>2.8738299999999999</v>
+        <v>100.0068</v>
       </c>
       <c r="F104" s="4">
-        <v>520007.79101126001</v>
+        <v>4307394.2527227197</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J104" s="5">
-        <v>2.8738299999999999</v>
+        <v>100.0068</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M104" s="4">
-        <v>520007.79101099999</v>
+        <v>4307394.2527219998</v>
       </c>
       <c r="N104" s="4">
-        <v>520007.79101126001</v>
+        <v>4307394.2527227197</v>
       </c>
       <c r="O104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>238</v>
+        <v>274</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>236</v>
+        <v>272</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>49730</v>
+        <v>48596</v>
       </c>
       <c r="V104" s="4">
-        <v>4.2062099999999996</v>
+        <v>4.6476300000000004</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
       <c r="X104" s="4">
-        <v>12382.87691524</v>
+        <v>6107.8808692299999</v>
       </c>
       <c r="Y104" s="4">
-        <v>12382.876915000001</v>
+        <v>6107.8808689999996</v>
       </c>
       <c r="Z104" s="6">
-        <v>4.2200000000000001E-4</v>
+        <v>3.5140000000000002E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>241</v>
+        <v>277</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D105" s="4">
-        <v>7909419.253602</v>
+        <v>775350.44153800001</v>
       </c>
       <c r="E105" s="5">
-        <v>100.90869000000001</v>
+        <v>98.980850000000004</v>
       </c>
       <c r="F105" s="4">
-        <v>7981291.3554175599</v>
+        <v>768017.80918831006</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J105" s="5">
-        <v>100.90869000000001</v>
+        <v>98.980850000000004</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M105" s="4">
-        <v>7981291.3554170001</v>
+        <v>768017.80918800004</v>
       </c>
       <c r="N105" s="4">
-        <v>7981291.3554175599</v>
+        <v>768017.80918831006</v>
       </c>
       <c r="O105" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>242</v>
+        <v>278</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>62208</v>
+        <v>50430</v>
       </c>
       <c r="V105" s="4">
-        <v>5.5730000000000004</v>
+        <v>6.0370699999999999</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>243</v>
+        <v>279</v>
       </c>
       <c r="X105" s="4">
-        <v>0</v>
+        <v>569.35167484999999</v>
       </c>
       <c r="Y105" s="4">
-        <v>0</v>
+        <v>569.351674</v>
       </c>
       <c r="Z105" s="6">
-        <v>6.4859999999999996E-3</v>
+        <v>6.2600000000000004E-4</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>244</v>
+        <v>280</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>245</v>
+        <v>281</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D106" s="4">
-        <v>8586000</v>
+        <v>3111360.8890760001</v>
       </c>
       <c r="E106" s="5">
-        <v>1E-4</v>
+        <v>96.712969999999999</v>
       </c>
       <c r="F106" s="4">
-        <v>8.5860000000000003</v>
+        <v>3010888.0929401</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J106" s="5">
-        <v>1E-4</v>
+        <v>96.712969999999999</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M106" s="4">
-        <v>8.5860000000000003</v>
+        <v>3010888.0929399999</v>
       </c>
       <c r="N106" s="4">
-        <v>8.5860000000000003</v>
+        <v>3010888.0929401</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>34</v>
+        <v>282</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>246</v>
+        <v>278</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>244</v>
+        <v>280</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>52221</v>
+        <v>49973</v>
       </c>
       <c r="V106" s="4">
-        <v>5.55</v>
+        <v>4.1620699999999999</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>247</v>
+        <v>283</v>
       </c>
       <c r="X106" s="4">
-        <v>0</v>
+        <v>1798.5696966099999</v>
       </c>
       <c r="Y106" s="4">
-        <v>0</v>
+        <v>1798.569696</v>
       </c>
       <c r="Z106" s="6">
-        <v>0</v>
+        <v>2.4559999999999998E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>248</v>
+        <v>284</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>249</v>
+        <v>285</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D107" s="4">
-        <v>660292.66722900001</v>
+        <v>1877525.53049</v>
       </c>
       <c r="E107" s="5">
-        <v>97.72175</v>
+        <v>97.607050000000001</v>
       </c>
       <c r="F107" s="4">
-        <v>645249.54953783005</v>
+        <v>1833706.0846945101</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J107" s="5">
-        <v>97.72175</v>
+        <v>97.607050000000001</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M107" s="4">
-        <v>645249.54953700001</v>
+        <v>1833706.084694</v>
       </c>
       <c r="N107" s="4">
-        <v>645249.54953783005</v>
+        <v>1833706.0846945101</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>34</v>
+        <v>286</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>250</v>
+        <v>278</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>248</v>
+        <v>284</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>49485</v>
+        <v>49546</v>
       </c>
       <c r="V107" s="4">
-        <v>4.1063869999999998</v>
+        <v>4.2520699999999998</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>251</v>
+        <v>287</v>
       </c>
       <c r="X107" s="4">
-        <v>0</v>
+        <v>1108.8013864500001</v>
       </c>
       <c r="Y107" s="4">
-        <v>0</v>
+        <v>1108.8013860000001</v>
       </c>
       <c r="Z107" s="6">
-        <v>5.2400000000000005E-4</v>
+        <v>1.4959999999999999E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>252</v>
+        <v>288</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>253</v>
+        <v>289</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D108" s="4">
-        <v>1327992.628</v>
+        <v>942630.75946900004</v>
       </c>
       <c r="E108" s="5">
-        <v>100.0826</v>
+        <v>95.626009999999994</v>
       </c>
       <c r="F108" s="4">
-        <v>1342206.64953906</v>
+        <v>901972.57982186996</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J108" s="5">
-        <v>100.0826</v>
+        <v>95.626009999999994</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M108" s="4">
-        <v>1342206.6495389999</v>
+        <v>901972.57982099999</v>
       </c>
       <c r="N108" s="4">
-        <v>1342206.64953906</v>
+        <v>901972.57982186996</v>
       </c>
       <c r="O108" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>254</v>
+        <v>278</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>252</v>
+        <v>288</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T108" s="4">
         <v>0.01</v>
       </c>
       <c r="U108" s="2">
-        <v>48510</v>
+        <v>49699</v>
       </c>
       <c r="V108" s="4">
-        <v>5.0797999999999996</v>
+        <v>4.4312100000000001</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>255</v>
+        <v>290</v>
       </c>
       <c r="X108" s="4">
-        <v>13117.099628329999</v>
+        <v>572.39550897000004</v>
       </c>
       <c r="Y108" s="4">
-        <v>13117.099628</v>
+        <v>572.39550799999995</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.09E-3</v>
+        <v>7.3499999999999998E-4</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>256</v>
+        <v>291</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>257</v>
+        <v>292</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D109" s="4">
-        <v>11037000</v>
+        <v>1234263.6235740001</v>
       </c>
       <c r="E109" s="5">
-        <v>86.464070000000007</v>
+        <v>94.901470000000003</v>
       </c>
       <c r="F109" s="4">
-        <v>9543039.4058999997</v>
+        <v>1172076.0925994499</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J109" s="5">
-        <v>86.464070000000007</v>
+        <v>94.901470000000003</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M109" s="4">
-        <v>9543039.4058999997</v>
+        <v>1172076.0925990001</v>
       </c>
       <c r="N109" s="4">
-        <v>9543039.4058999997</v>
+        <v>1172076.0925994499</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>258</v>
+        <v>278</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>256</v>
+        <v>291</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T109" s="4">
         <v>0.01</v>
       </c>
       <c r="U109" s="2">
-        <v>50622</v>
+        <v>49790</v>
       </c>
       <c r="V109" s="4">
-        <v>4.2664999999999997</v>
+        <v>4.32707</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>259</v>
+        <v>293</v>
       </c>
       <c r="X109" s="4">
-        <v>0</v>
+        <v>741.77015244999996</v>
       </c>
       <c r="Y109" s="4">
-        <v>0</v>
+        <v>741.77015200000005</v>
       </c>
       <c r="Z109" s="6">
-        <v>7.7549999999999997E-3</v>
+        <v>9.5600000000000004E-4</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>260</v>
+        <v>294</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>261</v>
+        <v>295</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D110" s="4">
-        <v>514448.822567</v>
+        <v>496146.55388000002</v>
       </c>
       <c r="E110" s="5">
-        <v>98.104119999999995</v>
+        <v>93.784540000000007</v>
       </c>
       <c r="F110" s="4">
-        <v>505100.47563182999</v>
+        <v>465609.0056802</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J110" s="5">
-        <v>98.104119999999995</v>
+        <v>93.784540000000007</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M110" s="4">
-        <v>505100.47563100001</v>
+        <v>465609.00568</v>
       </c>
       <c r="N110" s="4">
-        <v>505100.47563182999</v>
+        <v>465609.0056802</v>
       </c>
       <c r="O110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>260</v>
+        <v>294</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>50186</v>
+        <v>49790</v>
       </c>
       <c r="V110" s="4">
-        <v>4.0485720000000001</v>
+        <v>4.3570700000000002</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>263</v>
+        <v>296</v>
       </c>
       <c r="X110" s="4">
-        <v>404.98540242000001</v>
+        <v>300.24239798999997</v>
       </c>
       <c r="Y110" s="4">
-        <v>404.98540200000002</v>
+        <v>300.24239699999998</v>
       </c>
       <c r="Z110" s="6">
-        <v>4.0999999999999999E-4</v>
+        <v>3.79E-4</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>264</v>
+        <v>297</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>265</v>
+        <v>298</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D111" s="4">
-        <v>15387600</v>
+        <v>672774.85704000003</v>
       </c>
       <c r="E111" s="5">
-        <v>94.659530000000004</v>
+        <v>96.705770000000001</v>
       </c>
       <c r="F111" s="4">
-        <v>14599757.4488743</v>
+        <v>650987.46471345006</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J111" s="5">
-        <v>94.659530000000004</v>
+        <v>96.705770000000001</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M111" s="4">
-        <v>14599757.448874</v>
+        <v>650987.46471299999</v>
       </c>
       <c r="N111" s="4">
-        <v>14599757.4488743</v>
+        <v>650987.46471345006</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>266</v>
+        <v>299</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>258</v>
+        <v>278</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>264</v>
+        <v>297</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>50114</v>
+        <v>49881</v>
       </c>
       <c r="V111" s="4">
-        <v>4.6700100000000004</v>
+        <v>4.1320699999999997</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>267</v>
+        <v>300</v>
       </c>
       <c r="X111" s="4">
-        <v>33927.610594329999</v>
+        <v>375.35884651999999</v>
       </c>
       <c r="Y111" s="4">
-        <v>33927.610593999998</v>
+        <v>375.35884600000003</v>
       </c>
       <c r="Z111" s="6">
-        <v>1.1865000000000001E-2</v>
+        <v>5.31E-4</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>268</v>
+        <v>301</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>269</v>
+        <v>302</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D112" s="4">
-        <v>13000000</v>
+        <v>1376169.5953939999</v>
       </c>
       <c r="E112" s="5">
-        <v>94.936139999999995</v>
+        <v>97.983699999999999</v>
       </c>
       <c r="F112" s="4">
-        <v>12341698.199999999</v>
+        <v>1349199.2459082301</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J112" s="5">
-        <v>94.936139999999995</v>
+        <v>97.983699999999999</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M112" s="4">
-        <v>12341698.199999999</v>
+        <v>1349199.245908</v>
       </c>
       <c r="N112" s="4">
-        <v>12341698.199999999</v>
+        <v>1349199.2459082301</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>270</v>
+        <v>34</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>268</v>
+        <v>301</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>51844</v>
+        <v>49881</v>
       </c>
       <c r="V112" s="4">
-        <v>3.202</v>
+        <v>4.2070699999999999</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>272</v>
+        <v>303</v>
       </c>
       <c r="X112" s="4">
-        <v>0</v>
+        <v>777.35806616000002</v>
       </c>
       <c r="Y112" s="4">
-        <v>0</v>
+        <v>777.35806600000001</v>
       </c>
       <c r="Z112" s="6">
-        <v>1.0030000000000001E-2</v>
+        <v>1.1000000000000001E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>273</v>
+        <v>304</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>274</v>
+        <v>305</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D113" s="4">
-        <v>4570000</v>
+        <v>5384501.0675579999</v>
       </c>
       <c r="E113" s="5">
-        <v>95.254220000000004</v>
+        <v>95.400189999999995</v>
       </c>
       <c r="F113" s="4">
-        <v>4353117.8540000003</v>
+        <v>5139865.7966074804</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J113" s="5">
-        <v>95.254220000000004</v>
+        <v>95.400189999999995</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M113" s="4">
-        <v>4353117.8540000003</v>
+        <v>5139865.7966069998</v>
       </c>
       <c r="N113" s="4">
-        <v>4353117.8540000003</v>
+        <v>5139865.7966074804</v>
       </c>
       <c r="O113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>273</v>
+        <v>304</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
-        <v>51844</v>
+        <v>50065</v>
       </c>
       <c r="V113" s="4">
-        <v>3.9439899999999999</v>
+        <v>4.2070699999999999</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>275</v>
+        <v>306</v>
       </c>
       <c r="X113" s="4">
-        <v>0</v>
+        <v>3041.5476051199998</v>
       </c>
       <c r="Y113" s="4">
-        <v>0</v>
+        <v>3041.5476050000002</v>
       </c>
       <c r="Z113" s="6">
-        <v>3.5370000000000002E-3</v>
+        <v>4.1929999999999997E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>276</v>
+        <v>307</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>277</v>
+        <v>308</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D114" s="4">
-        <v>9000000</v>
+        <v>885102.69640000002</v>
       </c>
       <c r="E114" s="5">
-        <v>92.233080000000001</v>
+        <v>95.987219999999994</v>
       </c>
       <c r="F114" s="4">
-        <v>8300977.2000000002</v>
+        <v>850091.58766359999</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H114" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J114" s="5">
-        <v>92.233080000000001</v>
+        <v>95.987219999999994</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M114" s="4">
-        <v>8300977.2000000002</v>
+        <v>850091.58766299998</v>
       </c>
       <c r="N114" s="4">
-        <v>8300977.2000000002</v>
+        <v>850091.58766359999</v>
       </c>
       <c r="O114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>276</v>
+        <v>307</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T114" s="4">
         <v>0.01</v>
       </c>
       <c r="U114" s="2">
-        <v>51844</v>
+        <v>50124</v>
       </c>
       <c r="V114" s="4">
-        <v>3.9439899999999999</v>
+        <v>4.1762100000000002</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>278</v>
+        <v>309</v>
       </c>
       <c r="X114" s="4">
-        <v>0</v>
+        <v>506.11524420000001</v>
       </c>
       <c r="Y114" s="4">
-        <v>0</v>
+        <v>506.11524400000002</v>
       </c>
       <c r="Z114" s="6">
-        <v>6.7460000000000003E-3</v>
+        <v>6.9300000000000004E-4</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>279</v>
+        <v>310</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>280</v>
+        <v>311</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D115" s="4">
-        <v>8000000</v>
+        <v>4387595.2990140002</v>
       </c>
       <c r="E115" s="5">
-        <v>92.883759999999995</v>
+        <v>93.670680000000004</v>
       </c>
       <c r="F115" s="4">
-        <v>7430700.7999999998</v>
+        <v>4112480.98959747</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J115" s="5">
-        <v>92.883759999999995</v>
+        <v>93.670680000000004</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M115" s="4">
-        <v>7430700.7999999998</v>
+        <v>4112480.9895970002</v>
       </c>
       <c r="N115" s="4">
-        <v>7430700.7999999998</v>
+        <v>4112480.98959747</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>34</v>
+        <v>312</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>279</v>
+        <v>310</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T115" s="4">
         <v>0.01</v>
       </c>
       <c r="U115" s="2">
-        <v>52665</v>
+        <v>50246</v>
       </c>
       <c r="V115" s="4">
-        <v>2.843</v>
+        <v>4.1920700000000002</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="X115" s="4">
-        <v>0</v>
+        <v>2590.6373626599998</v>
       </c>
       <c r="Y115" s="4">
-        <v>0</v>
+        <v>2590.6373619999999</v>
       </c>
       <c r="Z115" s="6">
-        <v>6.0390000000000001E-3</v>
+        <v>3.3549999999999999E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>282</v>
+        <v>314</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>283</v>
+        <v>315</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D116" s="4">
-        <v>13743281</v>
+        <v>1566541.826195</v>
       </c>
       <c r="E116" s="5">
-        <v>7.5310100000000002</v>
+        <v>96.123069999999998</v>
       </c>
       <c r="F116" s="4">
-        <v>1099143.17777143</v>
+        <v>1506710.3959798</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J116" s="5">
-        <v>7.5310100000000002</v>
+        <v>96.123069999999998</v>
       </c>
       <c r="K116" s="5">
         <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M116" s="4">
-        <v>1099143.177771</v>
+        <v>1506710.395979</v>
       </c>
       <c r="N116" s="4">
-        <v>1099143.17777143</v>
+        <v>1506710.3959798</v>
       </c>
       <c r="O116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>282</v>
+        <v>314</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T116" s="4">
         <v>0.01</v>
       </c>
       <c r="U116" s="2">
-        <v>46914</v>
+        <v>50246</v>
       </c>
       <c r="V116" s="4">
-        <v>8</v>
+        <v>4.1470700000000003</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>285</v>
+        <v>316</v>
       </c>
       <c r="X116" s="4">
-        <v>64135.311333329999</v>
+        <v>902.29980710999996</v>
       </c>
       <c r="Y116" s="4">
-        <v>64135.311332999998</v>
+        <v>902.29980699999999</v>
       </c>
       <c r="Z116" s="6">
-        <v>8.9300000000000002E-4</v>
+        <v>1.2290000000000001E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>286</v>
+        <v>317</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>287</v>
+        <v>318</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D117" s="4">
-        <v>3905957.7440519999</v>
+        <v>5808901.3848200003</v>
       </c>
       <c r="E117" s="5">
-        <v>99.934399999999997</v>
+        <v>94.928790000000006</v>
       </c>
       <c r="F117" s="4">
-        <v>3943484.0030604699</v>
+        <v>5517738.2304849001</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I117" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J117" s="5">
-        <v>99.934399999999997</v>
+        <v>94.928790000000006</v>
       </c>
       <c r="K117" s="5">
         <v>1</v>
       </c>
       <c r="L117" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M117" s="4">
-        <v>3943484.00306</v>
+        <v>5517738.2304840004</v>
       </c>
       <c r="N117" s="4">
-        <v>3943484.0030604699</v>
+        <v>5517738.2304849001</v>
       </c>
       <c r="O117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>286</v>
+        <v>317</v>
       </c>
       <c r="S117" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T117" s="4">
         <v>0.01</v>
       </c>
       <c r="U117" s="2">
-        <v>48596</v>
+        <v>50308</v>
       </c>
       <c r="V117" s="4">
-        <v>4.8616299999999999</v>
+        <v>4.4620699999999998</v>
       </c>
       <c r="W117" s="3" t="s">
-        <v>289</v>
+        <v>319</v>
       </c>
       <c r="X117" s="4">
-        <v>40088.567288569997</v>
+        <v>3418.4335820199999</v>
       </c>
       <c r="Y117" s="4">
-        <v>40088.567287999998</v>
+        <v>3418.4335820000001</v>
       </c>
       <c r="Z117" s="6">
-        <v>3.2039999999999998E-3</v>
+        <v>4.5009999999999998E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>290</v>
+        <v>320</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>291</v>
+        <v>321</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D118" s="4">
-        <v>786584.04463300004</v>
+        <v>692141.06550999999</v>
       </c>
       <c r="E118" s="5">
-        <v>98.933930000000004</v>
+        <v>100.21578</v>
       </c>
       <c r="F118" s="4">
-        <v>778899.38202279003</v>
+        <v>694085.13883824996</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H118" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J118" s="5">
-        <v>98.933930000000004</v>
+        <v>100.21578</v>
       </c>
       <c r="K118" s="5">
         <v>1</v>
       </c>
       <c r="L118" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M118" s="4">
-        <v>778899.38202200003</v>
+        <v>694085.13883800001</v>
       </c>
       <c r="N118" s="4">
-        <v>778899.38202279003</v>
+        <v>694085.13883824996</v>
       </c>
       <c r="O118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>292</v>
+        <v>322</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R118" s="3" t="s">
-        <v>290</v>
+        <v>320</v>
       </c>
       <c r="S118" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T118" s="4">
         <v>0.01</v>
       </c>
       <c r="U118" s="2">
-        <v>50430</v>
+        <v>49273</v>
       </c>
       <c r="V118" s="4">
-        <v>6.0962100000000001</v>
+        <v>4.6870700000000003</v>
       </c>
       <c r="W118" s="3" t="s">
-        <v>293</v>
+        <v>323</v>
       </c>
       <c r="X118" s="4">
-        <v>700.87391420999995</v>
+        <v>450.57133665999999</v>
       </c>
       <c r="Y118" s="4">
-        <v>700.87391400000001</v>
+        <v>450.57133599999997</v>
       </c>
       <c r="Z118" s="6">
-        <v>6.3299999999999999E-4</v>
+        <v>5.6599999999999999E-4</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>294</v>
+        <v>324</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>295</v>
+        <v>325</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D119" s="4">
-        <v>3188249.771284</v>
+        <v>1556870.959879</v>
       </c>
       <c r="E119" s="5">
-        <v>96.647559999999999</v>
+        <v>87.237660000000005</v>
       </c>
       <c r="F119" s="4">
-        <v>3083608.6559540299</v>
+        <v>1359065.8748980099</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H119" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I119" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J119" s="5">
-        <v>96.647559999999999</v>
+        <v>87.237660000000005</v>
       </c>
       <c r="K119" s="5">
         <v>1</v>
       </c>
       <c r="L119" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M119" s="4">
-        <v>3083608.6559540001</v>
+        <v>1359065.8748979999</v>
       </c>
       <c r="N119" s="4">
-        <v>3083608.6559540299</v>
+        <v>1359065.8748980099</v>
       </c>
       <c r="O119" s="3" t="s">
-        <v>296</v>
+        <v>326</v>
       </c>
       <c r="P119" s="3" t="s">
-        <v>292</v>
+        <v>322</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R119" s="3" t="s">
-        <v>294</v>
+        <v>324</v>
       </c>
       <c r="S119" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T119" s="4">
         <v>0.01</v>
       </c>
       <c r="U119" s="2">
-        <v>49973</v>
+        <v>53717</v>
       </c>
       <c r="V119" s="4">
-        <v>4.2212100000000001</v>
+        <v>4.1070700000000002</v>
       </c>
       <c r="W119" s="3" t="s">
-        <v>297</v>
+        <v>327</v>
       </c>
       <c r="X119" s="4">
-        <v>2243.0453028400002</v>
+        <v>888.08027961000005</v>
       </c>
       <c r="Y119" s="4">
-        <v>2243.045302</v>
+        <v>888.08027900000002</v>
       </c>
       <c r="Z119" s="6">
-        <v>2.506E-3</v>
+        <v>1.108E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>298</v>
+        <v>328</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>299</v>
+        <v>329</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D120" s="4">
-        <v>1923618.852001</v>
+        <v>1149730.42778</v>
       </c>
       <c r="E120" s="5">
-        <v>97.558139999999995</v>
+        <v>96.661119999999997</v>
       </c>
       <c r="F120" s="4">
-        <v>1878028.9601737801</v>
+        <v>1116851.43343899</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H120" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I120" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J120" s="5">
-        <v>97.558139999999995</v>
+        <v>96.661119999999997</v>
       </c>
       <c r="K120" s="5">
         <v>1</v>
       </c>
       <c r="L120" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M120" s="4">
-        <v>1878028.9601730001</v>
+        <v>1116851.433438</v>
       </c>
       <c r="N120" s="4">
-        <v>1878028.9601737801</v>
+        <v>1116851.43343899</v>
       </c>
       <c r="O120" s="3" t="s">
-        <v>300</v>
+        <v>330</v>
       </c>
       <c r="P120" s="3" t="s">
-        <v>292</v>
+        <v>331</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R120" s="3" t="s">
-        <v>298</v>
+        <v>328</v>
       </c>
       <c r="S120" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T120" s="4">
         <v>0.01</v>
       </c>
       <c r="U120" s="2">
-        <v>49546</v>
+        <v>49242</v>
       </c>
       <c r="V120" s="4">
-        <v>4.31121</v>
+        <v>5.25</v>
       </c>
       <c r="W120" s="3" t="s">
-        <v>301</v>
+        <v>332</v>
       </c>
       <c r="X120" s="4">
-        <v>1382.1874718199999</v>
+        <v>5509.1249664400002</v>
       </c>
       <c r="Y120" s="4">
-        <v>1382.187471</v>
+        <v>5509.1249660000003</v>
       </c>
       <c r="Z120" s="6">
-        <v>1.526E-3</v>
+        <v>9.1100000000000003E-4</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>302</v>
+        <v>333</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>303</v>
+        <v>334</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D121" s="4">
-        <v>958840.283727</v>
+        <v>325369.77058200003</v>
       </c>
       <c r="E121" s="5">
-        <v>95.570070000000001</v>
+        <v>96.61233</v>
       </c>
       <c r="F121" s="4">
-        <v>917072.46745502995</v>
+        <v>316014.83654948999</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H121" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I121" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J121" s="5">
-        <v>95.570070000000001</v>
+        <v>96.61233</v>
       </c>
       <c r="K121" s="5">
         <v>1</v>
       </c>
       <c r="L121" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M121" s="4">
-        <v>917072.46745500003</v>
+        <v>316014.836549</v>
       </c>
       <c r="N121" s="4">
-        <v>917072.46745502995</v>
+        <v>316014.83654948999</v>
       </c>
       <c r="O121" s="3" t="s">
-        <v>34</v>
+        <v>335</v>
       </c>
       <c r="P121" s="3" t="s">
-        <v>292</v>
+        <v>336</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R121" s="3" t="s">
-        <v>302</v>
+        <v>333</v>
       </c>
       <c r="S121" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T121" s="4">
         <v>0.01</v>
       </c>
       <c r="U121" s="2">
-        <v>49699</v>
+        <v>49607</v>
       </c>
       <c r="V121" s="4">
-        <v>4.6537600000000001</v>
+        <v>6.42</v>
       </c>
       <c r="W121" s="3" t="s">
-        <v>304</v>
+        <v>337</v>
       </c>
       <c r="X121" s="4">
-        <v>708.13710893999996</v>
+        <v>1667.5200742300001</v>
       </c>
       <c r="Y121" s="4">
-        <v>708.13710800000001</v>
+        <v>1667.520074</v>
       </c>
       <c r="Z121" s="6">
-        <v>7.45E-4</v>
+        <v>2.5700000000000001E-4</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>305</v>
+        <v>338</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>306</v>
+        <v>339</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D122" s="4">
-        <v>1243928.632272</v>
+        <v>5032428.3319290001</v>
       </c>
       <c r="E122" s="5">
-        <v>94.897329999999997</v>
+        <v>93.314830000000001</v>
       </c>
       <c r="F122" s="4">
-        <v>1181364.4144993401</v>
+        <v>4698942.4675699295</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H122" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I122" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J122" s="5">
-        <v>94.897329999999997</v>
+        <v>93.314830000000001</v>
       </c>
       <c r="K122" s="5">
         <v>1</v>
       </c>
       <c r="L122" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M122" s="4">
-        <v>1181364.4144989999</v>
+        <v>4698942.4675690001</v>
       </c>
       <c r="N122" s="4">
-        <v>1181364.4144993401</v>
+        <v>4698942.4675699295</v>
       </c>
       <c r="O122" s="3" t="s">
-        <v>34</v>
+        <v>340</v>
       </c>
       <c r="P122" s="3" t="s">
-        <v>292</v>
+        <v>341</v>
       </c>
       <c r="Q122" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R122" s="3" t="s">
-        <v>305</v>
+        <v>338</v>
       </c>
       <c r="S122" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T122" s="4">
         <v>0.01</v>
       </c>
       <c r="U122" s="2">
-        <v>49790</v>
+        <v>49881</v>
       </c>
       <c r="V122" s="4">
-        <v>4.3862100000000002</v>
+        <v>4.2070699999999999</v>
       </c>
       <c r="W122" s="3" t="s">
-        <v>307</v>
+        <v>342</v>
       </c>
       <c r="X122" s="4">
-        <v>909.35536768999998</v>
+        <v>2940.5247586700002</v>
       </c>
       <c r="Y122" s="4">
-        <v>909.355367</v>
+        <v>2940.524758</v>
       </c>
       <c r="Z122" s="6">
-        <v>9.6000000000000002E-4</v>
+        <v>3.833E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>308</v>
+        <v>343</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>309</v>
+        <v>344</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D123" s="4">
-        <v>500031.73524000001</v>
+        <v>4459108.9476190004</v>
       </c>
       <c r="E123" s="5">
-        <v>93.777169999999998</v>
+        <v>88.548829999999995</v>
       </c>
       <c r="F123" s="4">
-        <v>469283.65126820997</v>
+        <v>3950933.3036462599</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H123" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I123" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J123" s="5">
-        <v>93.777169999999998</v>
+        <v>88.548829999999995</v>
       </c>
       <c r="K123" s="5">
         <v>1</v>
       </c>
       <c r="L123" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M123" s="4">
-        <v>469283.65126800002</v>
+        <v>3950933.3036460001</v>
       </c>
       <c r="N123" s="4">
-        <v>469283.65126820997</v>
+        <v>3950933.3036462599</v>
       </c>
       <c r="O123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P123" s="3" t="s">
-        <v>292</v>
+        <v>341</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R123" s="3" t="s">
-        <v>308</v>
+        <v>343</v>
       </c>
       <c r="S123" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T123" s="4">
         <v>0.01</v>
       </c>
       <c r="U123" s="2">
-        <v>49790</v>
+        <v>50065</v>
       </c>
       <c r="V123" s="4">
-        <v>4.4162100000000004</v>
+        <v>3.9470700000000001</v>
       </c>
       <c r="W123" s="3" t="s">
-        <v>310</v>
+        <v>345</v>
       </c>
       <c r="X123" s="4">
-        <v>368.04085824999999</v>
+        <v>2444.5021047099999</v>
       </c>
       <c r="Y123" s="4">
-        <v>368.04085800000001</v>
+        <v>2444.5021040000001</v>
       </c>
       <c r="Z123" s="6">
-        <v>3.8099999999999999E-4</v>
+        <v>3.2230000000000002E-3</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>311</v>
+        <v>346</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>312</v>
+        <v>347</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D124" s="4">
-        <v>677180.94443999999</v>
+        <v>71517.219899999996</v>
       </c>
       <c r="E124" s="5">
-        <v>97.280699999999996</v>
+        <v>131.14259999999999</v>
       </c>
       <c r="F124" s="4">
-        <v>659226.41830742999</v>
+        <v>93830.336934070001</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H124" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J124" s="5">
-        <v>97.280699999999996</v>
+        <v>131.14259999999999</v>
       </c>
       <c r="K124" s="5">
         <v>1</v>
       </c>
       <c r="L124" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M124" s="4">
-        <v>659226.41830699996</v>
+        <v>93830.336934000006</v>
       </c>
       <c r="N124" s="4">
-        <v>659226.41830742999</v>
+        <v>93830.336934070001</v>
       </c>
       <c r="O124" s="3" t="s">
-        <v>313</v>
+        <v>348</v>
       </c>
       <c r="P124" s="3" t="s">
-        <v>292</v>
+        <v>341</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R124" s="3" t="s">
-        <v>311</v>
+        <v>346</v>
       </c>
       <c r="S124" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T124" s="4">
         <v>0.01</v>
       </c>
       <c r="U124" s="2">
-        <v>49881</v>
+        <v>50096</v>
       </c>
       <c r="V124" s="4">
-        <v>4.1912099999999999</v>
+        <v>4.1070700000000002</v>
       </c>
       <c r="W124" s="3" t="s">
-        <v>314</v>
+        <v>349</v>
       </c>
       <c r="X124" s="4">
-        <v>460.05528958999997</v>
+        <v>40.795309490000001</v>
       </c>
       <c r="Y124" s="4">
-        <v>460.05528900000002</v>
+        <v>40.795309000000003</v>
       </c>
       <c r="Z124" s="6">
-        <v>5.3499999999999999E-4</v>
+        <v>7.6000000000000004E-5</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>315</v>
+        <v>350</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>316</v>
+        <v>351</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D125" s="4">
-        <v>1385182.303659</v>
+        <v>16000000</v>
       </c>
       <c r="E125" s="5">
-        <v>97.526430000000005</v>
+        <v>98.551289999999995</v>
       </c>
       <c r="F125" s="4">
-        <v>1351871.44192925</v>
+        <v>15821747.733333301</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H125" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I125" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J125" s="5">
-        <v>97.526430000000005</v>
+        <v>98.551289999999995</v>
       </c>
       <c r="K125" s="5">
         <v>1</v>
       </c>
       <c r="L125" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M125" s="4">
-        <v>1351871.441929</v>
+        <v>15821747.733333001</v>
       </c>
       <c r="N125" s="4">
-        <v>1351871.44192925</v>
+        <v>15821747.733333301</v>
       </c>
       <c r="O125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>292</v>
+        <v>352</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>315</v>
+        <v>350</v>
       </c>
       <c r="S125" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T125" s="4">
         <v>0.01</v>
       </c>
       <c r="U125" s="2">
-        <v>49881</v>
+        <v>55593</v>
       </c>
       <c r="V125" s="4">
-        <v>4.2662100000000001</v>
+        <v>4.0156000000000001</v>
       </c>
       <c r="W125" s="3" t="s">
-        <v>317</v>
+        <v>353</v>
       </c>
       <c r="X125" s="4">
-        <v>952.59217885999999</v>
+        <v>53541.333333330003</v>
       </c>
       <c r="Y125" s="4">
-        <v>952.59217799999999</v>
+        <v>53541.333333000002</v>
       </c>
       <c r="Z125" s="6">
-        <v>1.098E-3</v>
+        <v>1.2907999999999999E-2</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>318</v>
+        <v>354</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>319</v>
+        <v>355</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D126" s="4">
-        <v>5423998.0958439996</v>
+        <v>10395000</v>
       </c>
       <c r="E126" s="5">
-        <v>95.744820000000004</v>
+        <v>93.913889999999995</v>
       </c>
       <c r="F126" s="4">
-        <v>5195060.3208552003</v>
+        <v>9787712.6655000001</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H126" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I126" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J126" s="5">
-        <v>95.744820000000004</v>
+        <v>93.913889999999995</v>
       </c>
       <c r="K126" s="5">
         <v>1</v>
       </c>
       <c r="L126" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M126" s="4">
-        <v>5195060.3208550001</v>
+        <v>9787712.6655000001</v>
       </c>
       <c r="N126" s="4">
-        <v>5195060.3208552003</v>
+        <v>9787712.6655000001</v>
       </c>
       <c r="O126" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P126" s="3" t="s">
-        <v>292</v>
+        <v>352</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>318</v>
+        <v>354</v>
       </c>
       <c r="S126" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T126" s="4">
         <v>0.01</v>
       </c>
       <c r="U126" s="2">
-        <v>50065</v>
+        <v>63173</v>
       </c>
       <c r="V126" s="4">
-        <v>4.4887600000000001</v>
+        <v>2.9279999999999999</v>
       </c>
       <c r="W126" s="3" t="s">
-        <v>320</v>
+        <v>356</v>
       </c>
       <c r="X126" s="4">
-        <v>1863.1071859399999</v>
+        <v>25363.8</v>
       </c>
       <c r="Y126" s="4">
-        <v>1863.1071850000001</v>
+        <v>25363.8</v>
       </c>
       <c r="Z126" s="6">
-        <v>4.2220000000000001E-3</v>
+        <v>7.9850000000000008E-3</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>321</v>
+        <v>357</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>322</v>
+        <v>358</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D127" s="4">
-        <v>908622.59219999996</v>
+        <v>16535000</v>
       </c>
       <c r="E127" s="5">
-        <v>96.039180000000002</v>
+        <v>93.545689999999993</v>
       </c>
       <c r="F127" s="4">
-        <v>873266.11996958998</v>
+        <v>15519947.7665</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H127" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I127" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J127" s="5">
-        <v>96.039180000000002</v>
+        <v>93.545689999999993</v>
       </c>
       <c r="K127" s="5">
         <v>1</v>
       </c>
       <c r="L127" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M127" s="4">
-        <v>873266.11996899999</v>
+        <v>15519947.7665</v>
       </c>
       <c r="N127" s="4">
-        <v>873266.11996958998</v>
+        <v>15519947.7665</v>
       </c>
       <c r="O127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P127" s="3" t="s">
-        <v>292</v>
+        <v>352</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R127" s="3" t="s">
-        <v>321</v>
+        <v>357</v>
       </c>
       <c r="S127" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T127" s="4">
         <v>0.01</v>
       </c>
       <c r="U127" s="2">
-        <v>50124</v>
+        <v>56719</v>
       </c>
       <c r="V127" s="4">
-        <v>4.3987600000000002</v>
+        <v>3.786</v>
       </c>
       <c r="W127" s="3" t="s">
-        <v>323</v>
+        <v>359</v>
       </c>
       <c r="X127" s="4">
-        <v>632.43312595999998</v>
+        <v>52167.925000000003</v>
       </c>
       <c r="Y127" s="4">
-        <v>632.43312500000002</v>
+        <v>52167.925000000003</v>
       </c>
       <c r="Z127" s="6">
-        <v>7.0899999999999999E-4</v>
+        <v>1.2661E-2</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>324</v>
+        <v>360</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>325</v>
+        <v>361</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D128" s="4">
-        <v>4430350.3307109997</v>
+        <v>4825120</v>
       </c>
       <c r="E128" s="5">
-        <v>93.637090000000001</v>
+        <v>99.245180000000005</v>
       </c>
       <c r="F128" s="4">
-        <v>4151590.1847542902</v>
+        <v>4805714.4128026702</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H128" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I128" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J128" s="5">
-        <v>93.637090000000001</v>
+        <v>99.245180000000005</v>
       </c>
       <c r="K128" s="5">
         <v>1</v>
       </c>
       <c r="L128" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M128" s="4">
-        <v>4151590.184754</v>
+        <v>4805714.4128019996</v>
       </c>
       <c r="N128" s="4">
-        <v>4151590.1847542902</v>
+        <v>4805714.4128026702</v>
       </c>
       <c r="O128" s="3" t="s">
-        <v>326</v>
+        <v>362</v>
       </c>
       <c r="P128" s="3" t="s">
-        <v>292</v>
+        <v>352</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>324</v>
+        <v>360</v>
       </c>
       <c r="S128" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T128" s="4">
         <v>0.01</v>
       </c>
       <c r="U128" s="2">
-        <v>50246</v>
+        <v>55533</v>
       </c>
       <c r="V128" s="4">
-        <v>4.2512100000000004</v>
+        <v>4.2317</v>
       </c>
       <c r="W128" s="3" t="s">
-        <v>327</v>
+        <v>363</v>
       </c>
       <c r="X128" s="4">
-        <v>3139.0582715700002</v>
+        <v>17015.383586669999</v>
       </c>
       <c r="Y128" s="4">
-        <v>3139.0582709999999</v>
+        <v>17015.383586</v>
       </c>
       <c r="Z128" s="6">
-        <v>3.3739999999999998E-3</v>
+        <v>3.9199999999999999E-3</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>328</v>
+        <v>364</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>329</v>
+        <v>365</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D129" s="4">
-        <v>1586316.1322850001</v>
+        <v>10380057</v>
       </c>
       <c r="E129" s="5">
-        <v>96.133840000000006</v>
+        <v>89.186750000000004</v>
       </c>
       <c r="F129" s="4">
-        <v>1526098.67563485</v>
+        <v>9273638.0743224993</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H129" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I129" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J129" s="5">
-        <v>96.133840000000006</v>
+        <v>89.186750000000004</v>
       </c>
       <c r="K129" s="5">
         <v>1</v>
       </c>
       <c r="L129" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M129" s="4">
-        <v>1526098.675634</v>
+        <v>9273638.0743220001</v>
       </c>
       <c r="N129" s="4">
-        <v>1526098.67563485</v>
+        <v>9273638.0743224993</v>
       </c>
       <c r="O129" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P129" s="3" t="s">
-        <v>292</v>
+        <v>352</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>328</v>
+        <v>364</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T129" s="4">
         <v>0.01</v>
       </c>
       <c r="U129" s="2">
-        <v>50246</v>
+        <v>56142</v>
       </c>
       <c r="V129" s="4">
-        <v>4.2062099999999996</v>
+        <v>1.85</v>
       </c>
       <c r="W129" s="3" t="s">
-        <v>330</v>
+        <v>366</v>
       </c>
       <c r="X129" s="4">
-        <v>1112.0631298000001</v>
+        <v>16002.587874999999</v>
       </c>
       <c r="Y129" s="4">
-        <v>1112.0631289999999</v>
+        <v>16002.587874999999</v>
       </c>
       <c r="Z129" s="6">
-        <v>1.24E-3</v>
+        <v>7.5649999999999997E-3</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>331</v>
+        <v>367</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>332</v>
+        <v>368</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D130" s="4">
-        <v>5863280.1025200002</v>
+        <v>18847000</v>
       </c>
       <c r="E130" s="5">
-        <v>94.916880000000006</v>
+        <v>88.655529999999999</v>
       </c>
       <c r="F130" s="4">
-        <v>5569440.85274099</v>
+        <v>16740854.9746833</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H130" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I130" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J130" s="5">
-        <v>94.916880000000006</v>
+        <v>88.655529999999999</v>
       </c>
       <c r="K130" s="5">
         <v>1</v>
       </c>
       <c r="L130" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M130" s="4">
-        <v>5569440.85274</v>
+        <v>16740854.974683</v>
       </c>
       <c r="N130" s="4">
-        <v>5569440.85274099</v>
+        <v>16740854.9746833</v>
       </c>
       <c r="O130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P130" s="3" t="s">
-        <v>292</v>
+        <v>352</v>
       </c>
       <c r="Q130" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R130" s="3" t="s">
-        <v>331</v>
+        <v>367</v>
       </c>
       <c r="S130" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T130" s="4">
         <v>0.01</v>
       </c>
       <c r="U130" s="2">
-        <v>50308</v>
+        <v>56172</v>
       </c>
       <c r="V130" s="4">
-        <v>4.52121</v>
+        <v>2.0341</v>
       </c>
       <c r="W130" s="3" t="s">
-        <v>333</v>
+        <v>369</v>
       </c>
       <c r="X130" s="4">
-        <v>4198.3137682099996</v>
+        <v>31947.235583329999</v>
       </c>
       <c r="Y130" s="4">
-        <v>4198.313768</v>
+        <v>31947.235583000001</v>
       </c>
       <c r="Z130" s="6">
-        <v>4.5259999999999996E-3</v>
+        <v>1.3657000000000001E-2</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
-        <v>334</v>
+        <v>370</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>335</v>
+        <v>371</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D131" s="4">
-        <v>716857.711977</v>
+        <v>11556000</v>
       </c>
       <c r="E131" s="5">
-        <v>100.21801000000001</v>
+        <v>90.055109999999999</v>
       </c>
       <c r="F131" s="4">
-        <v>718987.59301505005</v>
+        <v>10435676.808599999</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H131" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I131" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J131" s="5">
-        <v>100.21801000000001</v>
+        <v>90.055109999999999</v>
       </c>
       <c r="K131" s="5">
         <v>1</v>
       </c>
       <c r="L131" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M131" s="4">
-        <v>718987.59301499999</v>
+        <v>10435676.808599999</v>
       </c>
       <c r="N131" s="4">
-        <v>718987.59301505005</v>
+        <v>10435676.808599999</v>
       </c>
       <c r="O131" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P131" s="3" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>334</v>
+        <v>370</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T131" s="4">
         <v>0.01</v>
       </c>
       <c r="U131" s="2">
-        <v>49273</v>
+        <v>56629</v>
       </c>
       <c r="V131" s="4">
-        <v>4.7462099999999996</v>
+        <v>3.0019</v>
       </c>
       <c r="W131" s="3" t="s">
-        <v>337</v>
+        <v>372</v>
       </c>
       <c r="X131" s="4">
-        <v>567.05954019000001</v>
+        <v>28908.296999999999</v>
       </c>
       <c r="Y131" s="4">
-        <v>567.05953999999997</v>
+        <v>28908.296999999999</v>
       </c>
       <c r="Z131" s="6">
-        <v>5.8399999999999999E-4</v>
+        <v>8.5129999999999997E-3</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
-        <v>338</v>
+        <v>373</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>339</v>
+        <v>374</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D132" s="4">
-        <v>1560774.8936699999</v>
+        <v>1048271.2149</v>
       </c>
       <c r="E132" s="5">
-        <v>87.274299999999997</v>
+        <v>100.1529</v>
       </c>
       <c r="F132" s="4">
-        <v>1363239.11568772</v>
+        <v>1050596.11011058</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H132" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I132" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J132" s="5">
-        <v>87.274299999999997</v>
+        <v>100.1529</v>
       </c>
       <c r="K132" s="5">
         <v>1</v>
       </c>
       <c r="L132" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M132" s="4">
-        <v>1363239.1156870001</v>
+        <v>1050596.11011</v>
       </c>
       <c r="N132" s="4">
-        <v>1363239.11568772</v>
+        <v>1050596.11011058</v>
       </c>
       <c r="O132" s="3" t="s">
-        <v>340</v>
+        <v>34</v>
       </c>
       <c r="P132" s="3" t="s">
-        <v>336</v>
+        <v>375</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R132" s="3" t="s">
-        <v>338</v>
+        <v>373</v>
       </c>
       <c r="S132" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T132" s="4">
         <v>0.01</v>
       </c>
       <c r="U132" s="2">
-        <v>53717</v>
+        <v>47964</v>
       </c>
       <c r="V132" s="4">
-        <v>4.1662100000000004</v>
+        <v>4.9596299999999998</v>
       </c>
       <c r="W132" s="3" t="s">
-        <v>341</v>
+        <v>376</v>
       </c>
       <c r="X132" s="4">
-        <v>1083.7526616299999</v>
+        <v>722.08852299</v>
       </c>
       <c r="Y132" s="4">
-        <v>1083.752661</v>
+        <v>722.08852200000001</v>
       </c>
       <c r="Z132" s="6">
-        <v>1.1069999999999999E-3</v>
+        <v>8.5700000000000001E-4</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>342</v>
+        <v>377</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>343</v>
+        <v>378</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D133" s="4">
-        <v>1171255.4692239999</v>
+        <v>520303.66132499999</v>
       </c>
       <c r="E133" s="5">
-        <v>96.631649999999993</v>
+        <v>100.0574</v>
       </c>
       <c r="F133" s="4">
-        <v>1131803.48562601</v>
+        <v>521321.74079986999</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H133" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I133" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J133" s="5">
-        <v>96.631649999999993</v>
+        <v>100.0574</v>
       </c>
       <c r="K133" s="5">
         <v>1</v>
       </c>
       <c r="L133" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M133" s="4">
-        <v>1131803.485626</v>
+        <v>521321.74079900002</v>
       </c>
       <c r="N133" s="4">
-        <v>1131803.48562601</v>
+        <v>521321.74079986999</v>
       </c>
       <c r="O133" s="3" t="s">
-        <v>344</v>
+        <v>34</v>
       </c>
       <c r="P133" s="3" t="s">
-        <v>345</v>
+        <v>379</v>
       </c>
       <c r="Q133" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R133" s="3" t="s">
-        <v>342</v>
+        <v>377</v>
       </c>
       <c r="S133" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T133" s="4">
         <v>0.01</v>
       </c>
       <c r="U133" s="2">
-        <v>49242</v>
+        <v>47778</v>
       </c>
       <c r="V133" s="4">
-        <v>5.25</v>
+        <v>5.5308099999999998</v>
       </c>
       <c r="W133" s="3" t="s">
-        <v>346</v>
+        <v>380</v>
       </c>
       <c r="X133" s="4">
-        <v>0</v>
+        <v>719.42517326999996</v>
       </c>
       <c r="Y133" s="4">
-        <v>0</v>
+        <v>719.42517299999997</v>
       </c>
       <c r="Z133" s="6">
-        <v>9.19E-4</v>
+        <v>4.2499999999999998E-4</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>347</v>
+        <v>381</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>348</v>
+        <v>382</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D134" s="4">
-        <v>332029.85322300001</v>
+        <v>1791410.5077229999</v>
       </c>
       <c r="E134" s="5">
-        <v>96.797780000000003</v>
+        <v>99.511170000000007</v>
       </c>
       <c r="F134" s="4">
-        <v>321397.52685667999</v>
+        <v>1792782.48931689</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H134" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I134" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J134" s="5">
-        <v>96.797780000000003</v>
+        <v>99.511170000000007</v>
       </c>
       <c r="K134" s="5">
         <v>1</v>
       </c>
       <c r="L134" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M134" s="4">
-        <v>321397.52685600001</v>
+        <v>1792782.4893159999</v>
       </c>
       <c r="N134" s="4">
-        <v>321397.52685667999</v>
+        <v>1792782.48931689</v>
       </c>
       <c r="O134" s="3" t="s">
-        <v>349</v>
+        <v>34</v>
       </c>
       <c r="P134" s="3" t="s">
-        <v>350</v>
+        <v>383</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R134" s="3" t="s">
-        <v>347</v>
+        <v>381</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T134" s="4">
         <v>0.01</v>
       </c>
       <c r="U134" s="2">
-        <v>49607</v>
+        <v>47192</v>
       </c>
       <c r="V134" s="4">
-        <v>6.42</v>
+        <v>6.7850000000000001</v>
       </c>
       <c r="W134" s="3" t="s">
-        <v>351</v>
+        <v>384</v>
       </c>
       <c r="X134" s="4">
-        <v>0</v>
+        <v>10128.93357908</v>
       </c>
       <c r="Y134" s="4">
-        <v>0</v>
+        <v>10128.933579</v>
       </c>
       <c r="Z134" s="6">
-        <v>2.61E-4</v>
+        <v>1.462E-3</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>353</v>
+        <v>386</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D135" s="4">
-        <v>5044676.7696270002</v>
+        <v>8834022.7534970008</v>
       </c>
       <c r="E135" s="5">
-        <v>93.325980000000001</v>
+        <v>5.5797400000000001</v>
       </c>
       <c r="F135" s="4">
-        <v>4711580.9748336803</v>
+        <v>546655.80626976001</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H135" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I135" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J135" s="5">
-        <v>93.325980000000001</v>
+        <v>5.5797400000000001</v>
       </c>
       <c r="K135" s="5">
         <v>1</v>
       </c>
       <c r="L135" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M135" s="4">
-        <v>4711580.9748330005</v>
+        <v>546655.80626900005</v>
       </c>
       <c r="N135" s="4">
-        <v>4711580.9748336803</v>
+        <v>546655.80626976001</v>
       </c>
       <c r="O135" s="3" t="s">
-        <v>354</v>
+        <v>34</v>
       </c>
       <c r="P135" s="3" t="s">
-        <v>355</v>
+        <v>383</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R135" s="3" t="s">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c r="S135" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T135" s="4">
         <v>0.01</v>
       </c>
       <c r="U135" s="2">
-        <v>49881</v>
+        <v>46827</v>
       </c>
       <c r="V135" s="4">
-        <v>4.2662100000000001</v>
+        <v>7.3</v>
       </c>
       <c r="W135" s="3" t="s">
-        <v>356</v>
+        <v>387</v>
       </c>
       <c r="X135" s="4">
-        <v>3586.9417468900001</v>
+        <v>53740.305083779996</v>
       </c>
       <c r="Y135" s="4">
-        <v>3586.941746</v>
+        <v>53740.305082999999</v>
       </c>
       <c r="Z135" s="6">
-        <v>3.8289999999999999E-3</v>
+        <v>4.4499999999999997E-4</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>357</v>
+        <v>388</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>358</v>
+        <v>389</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D136" s="4">
-        <v>4469159.513766</v>
+        <v>2928136.862983</v>
       </c>
       <c r="E136" s="5">
-        <v>88.541619999999995</v>
+        <v>6.30497</v>
       </c>
       <c r="F136" s="4">
-        <v>3957066.2338721598</v>
+        <v>204846.69626515001</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H136" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I136" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J136" s="5">
-        <v>88.541619999999995</v>
+        <v>6.30497</v>
       </c>
       <c r="K136" s="5">
         <v>1</v>
       </c>
       <c r="L136" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M136" s="4">
-        <v>3957066.2338720001</v>
+        <v>204846.69626500001</v>
       </c>
       <c r="N136" s="4">
-        <v>3957066.2338721598</v>
+        <v>204846.69626515001</v>
       </c>
       <c r="O136" s="3" t="s">
-        <v>34</v>
+        <v>390</v>
       </c>
       <c r="P136" s="3" t="s">
-        <v>355</v>
+        <v>383</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R136" s="3" t="s">
-        <v>357</v>
+        <v>388</v>
       </c>
       <c r="S136" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T136" s="4">
         <v>0.01</v>
       </c>
       <c r="U136" s="2">
-        <v>50065</v>
+        <v>49140</v>
       </c>
       <c r="V136" s="4">
-        <v>4.0062100000000003</v>
+        <v>8.2899999999999991</v>
       </c>
       <c r="W136" s="3" t="s">
-        <v>359</v>
+        <v>391</v>
       </c>
       <c r="X136" s="4">
-        <v>0</v>
+        <v>20228.54549511</v>
       </c>
       <c r="Y136" s="4">
-        <v>0</v>
+        <v>20228.545494999998</v>
       </c>
       <c r="Z136" s="6">
-        <v>3.215E-3</v>
+        <v>1.6699999999999999E-4</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>360</v>
+        <v>392</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>361</v>
+        <v>393</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D137" s="4">
-        <v>73046.343299999993</v>
+        <v>14149994.895246999</v>
       </c>
       <c r="E137" s="5">
-        <v>129.79383999999999</v>
+        <v>91.169589999999999</v>
       </c>
       <c r="F137" s="4">
-        <v>94860.375016310005</v>
+        <v>12909114.139087601</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H137" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I137" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J137" s="5">
-        <v>129.79383999999999</v>
+        <v>91.169589999999999</v>
       </c>
       <c r="K137" s="5">
         <v>1</v>
       </c>
       <c r="L137" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M137" s="4">
-        <v>94860.375016000005</v>
+        <v>12909114.139087001</v>
       </c>
       <c r="N137" s="4">
-        <v>94860.375016310005</v>
+        <v>12909114.139087601</v>
       </c>
       <c r="O137" s="3" t="s">
-        <v>362</v>
+        <v>34</v>
       </c>
       <c r="P137" s="3" t="s">
-        <v>355</v>
+        <v>394</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R137" s="3" t="s">
-        <v>360</v>
+        <v>392</v>
       </c>
       <c r="S137" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T137" s="4">
         <v>0.01</v>
       </c>
       <c r="U137" s="2">
-        <v>50096</v>
+        <v>60629</v>
       </c>
       <c r="V137" s="4">
-        <v>4.1662100000000004</v>
+        <v>4.3870699999999996</v>
       </c>
       <c r="W137" s="3" t="s">
-        <v>363</v>
+        <v>395</v>
       </c>
       <c r="X137" s="4">
-        <v>50.721067650000002</v>
+        <v>8621.8080701500003</v>
       </c>
       <c r="Y137" s="4">
-        <v>50.721066999999998</v>
+        <v>8621.8080699999991</v>
       </c>
       <c r="Z137" s="6">
-        <v>7.7000000000000001E-5</v>
+        <v>1.0531E-2</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>364</v>
+        <v>396</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>365</v>
+        <v>397</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D138" s="4">
-        <v>16000000</v>
+        <v>8000000</v>
       </c>
       <c r="E138" s="5">
-        <v>98.440619999999996</v>
+        <v>93.632180000000005</v>
       </c>
       <c r="F138" s="4">
-        <v>15750499.199999999</v>
+        <v>7514232.7333333297</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H138" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I138" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J138" s="5">
-        <v>98.440619999999996</v>
+        <v>93.632180000000005</v>
       </c>
       <c r="K138" s="5">
         <v>1</v>
       </c>
       <c r="L138" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M138" s="4">
-        <v>15750499.199999999</v>
+        <v>7514232.733333</v>
       </c>
       <c r="N138" s="4">
-        <v>15750499.199999999</v>
+        <v>7514232.7333333297</v>
       </c>
       <c r="O138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P138" s="3" t="s">
-        <v>366</v>
+        <v>257</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R138" s="3" t="s">
-        <v>364</v>
+        <v>396</v>
       </c>
       <c r="S138" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T138" s="4">
         <v>0.01</v>
       </c>
       <c r="U138" s="2">
-        <v>55593</v>
+        <v>52667</v>
       </c>
       <c r="V138" s="4">
-        <v>4.0156000000000001</v>
+        <v>3.5487500000000001</v>
       </c>
       <c r="W138" s="3" t="s">
-        <v>367</v>
+        <v>398</v>
       </c>
       <c r="X138" s="4">
-        <v>0</v>
+        <v>23658.33333333</v>
       </c>
       <c r="Y138" s="4">
-        <v>0</v>
+        <v>23658.333332999999</v>
       </c>
       <c r="Z138" s="6">
-        <v>1.2800000000000001E-2</v>
+        <v>6.13E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>368</v>
+        <v>399</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>369</v>
+        <v>400</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D139" s="4">
-        <v>10395000</v>
+        <v>26327712</v>
       </c>
       <c r="E139" s="5">
-        <v>93.782480000000007</v>
+        <v>98.163250000000005</v>
       </c>
       <c r="F139" s="4">
-        <v>9748688.7960000001</v>
+        <v>25936899.055119999</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H139" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I139" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J139" s="5">
-        <v>93.782480000000007</v>
+        <v>98.163250000000005</v>
       </c>
       <c r="K139" s="5">
         <v>1</v>
       </c>
       <c r="L139" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M139" s="4">
-        <v>9748688.7960000001</v>
+        <v>25936899.055119999</v>
       </c>
       <c r="N139" s="4">
-        <v>9748688.7960000001</v>
+        <v>25936899.055119999</v>
       </c>
       <c r="O139" s="3" t="s">
-        <v>34</v>
+        <v>401</v>
       </c>
       <c r="P139" s="3" t="s">
-        <v>366</v>
+        <v>402</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>368</v>
+        <v>399</v>
       </c>
       <c r="S139" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T139" s="4">
         <v>0.01</v>
       </c>
       <c r="U139" s="2">
-        <v>63173</v>
+        <v>55283</v>
       </c>
       <c r="V139" s="4">
-        <v>2.9279999999999999</v>
+        <v>4.2279999999999998</v>
       </c>
       <c r="W139" s="3" t="s">
-        <v>370</v>
+        <v>403</v>
       </c>
       <c r="X139" s="4">
-        <v>0</v>
+        <v>92761.30528</v>
       </c>
       <c r="Y139" s="4">
-        <v>0</v>
+        <v>92761.30528</v>
       </c>
       <c r="Z139" s="6">
-        <v>7.9220000000000002E-3</v>
+        <v>2.1160000000000002E-2</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>371</v>
+        <v>404</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>372</v>
+        <v>405</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D140" s="4">
-        <v>16535000</v>
+        <v>3229822.3846</v>
       </c>
       <c r="E140" s="5">
-        <v>93.356399999999994</v>
+        <v>92.681489999999997</v>
       </c>
       <c r="F140" s="4">
-        <v>15436480.74</v>
+        <v>2994344.00143403</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H140" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I140" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J140" s="5">
-        <v>93.356399999999994</v>
+        <v>92.681489999999997</v>
       </c>
       <c r="K140" s="5">
         <v>1</v>
       </c>
       <c r="L140" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M140" s="4">
-        <v>15436480.74</v>
+        <v>2994344.0014340002</v>
       </c>
       <c r="N140" s="4">
-        <v>15436480.74</v>
+        <v>2994344.00143403</v>
       </c>
       <c r="O140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P140" s="3" t="s">
-        <v>366</v>
+        <v>406</v>
       </c>
       <c r="Q140" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>371</v>
+        <v>404</v>
       </c>
       <c r="S140" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T140" s="4">
         <v>0.01</v>
       </c>
       <c r="U140" s="2">
-        <v>56719</v>
+        <v>59074</v>
       </c>
       <c r="V140" s="4">
-        <v>3.786</v>
+        <v>1.6654</v>
       </c>
       <c r="W140" s="3" t="s">
-        <v>373</v>
+        <v>407</v>
       </c>
       <c r="X140" s="4">
-        <v>0</v>
+        <v>896.49103321999996</v>
       </c>
       <c r="Y140" s="4">
-        <v>0</v>
+        <v>896.49103300000002</v>
       </c>
       <c r="Z140" s="6">
-        <v>1.2545000000000001E-2</v>
+        <v>2.4420000000000002E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>374</v>
+        <v>408</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>375</v>
+        <v>409</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D141" s="4">
-        <v>6490722</v>
+        <v>3585593.931233</v>
       </c>
       <c r="E141" s="5">
-        <v>97.050020000000004</v>
+        <v>51.55489</v>
       </c>
       <c r="F141" s="4">
-        <v>6299246.9991443995</v>
+        <v>1866476.9767497501</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H141" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I141" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J141" s="5">
-        <v>97.050020000000004</v>
+        <v>51.55489</v>
       </c>
       <c r="K141" s="5">
         <v>1</v>
       </c>
       <c r="L141" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M141" s="4">
-        <v>6299246.999144</v>
+        <v>1866476.9767489999</v>
       </c>
       <c r="N141" s="4">
-        <v>6299246.9991443995</v>
+        <v>1866476.9767497501</v>
       </c>
       <c r="O141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P141" s="3" t="s">
-        <v>366</v>
+        <v>410</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R141" s="3" t="s">
-        <v>374</v>
+        <v>408</v>
       </c>
       <c r="S141" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T141" s="4">
         <v>0.01</v>
       </c>
       <c r="U141" s="2">
-        <v>55654</v>
+        <v>50216</v>
       </c>
       <c r="V141" s="4">
-        <v>3.5421</v>
+        <v>6</v>
       </c>
       <c r="W141" s="3" t="s">
-        <v>376</v>
+        <v>411</v>
       </c>
       <c r="X141" s="4">
-        <v>0</v>
+        <v>17927.969656159999</v>
       </c>
       <c r="Y141" s="4">
-        <v>0</v>
+        <v>17927.969656000001</v>
       </c>
       <c r="Z141" s="6">
-        <v>5.1190000000000003E-3</v>
+        <v>1.5219999999999999E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>377</v>
+        <v>412</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>378</v>
+        <v>413</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D142" s="4">
-        <v>4825120</v>
+        <v>15516000</v>
       </c>
       <c r="E142" s="5">
-        <v>99.204480000000004</v>
+        <v>105.35118</v>
       </c>
       <c r="F142" s="4">
-        <v>4786735.2053760001</v>
+        <v>16428239.4288</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H142" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J142" s="5">
-        <v>99.204480000000004</v>
+        <v>105.35118</v>
       </c>
       <c r="K142" s="5">
         <v>1</v>
       </c>
       <c r="L142" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M142" s="4">
-        <v>4786735.2053760001</v>
+        <v>16428239.4288</v>
       </c>
       <c r="N142" s="4">
-        <v>4786735.2053760001</v>
+        <v>16428239.4288</v>
       </c>
       <c r="O142" s="3" t="s">
-        <v>379</v>
+        <v>34</v>
       </c>
       <c r="P142" s="3" t="s">
-        <v>366</v>
+        <v>402</v>
       </c>
       <c r="Q142" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R142" s="3" t="s">
-        <v>377</v>
+        <v>412</v>
       </c>
       <c r="S142" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T142" s="4">
         <v>0.01</v>
       </c>
       <c r="U142" s="2">
-        <v>55533</v>
+        <v>52819</v>
       </c>
       <c r="V142" s="4">
-        <v>4.2317</v>
+        <v>6.3380000000000001</v>
       </c>
       <c r="W142" s="3" t="s">
-        <v>380</v>
+        <v>414</v>
       </c>
       <c r="X142" s="4">
-        <v>0</v>
+        <v>81950.34</v>
       </c>
       <c r="Y142" s="4">
-        <v>0</v>
+        <v>81950.34</v>
       </c>
       <c r="Z142" s="6">
-        <v>3.8899999999999998E-3</v>
+        <v>1.3402000000000001E-2</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>381</v>
+        <v>415</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>382</v>
+        <v>416</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D143" s="4">
-        <v>10225057</v>
+        <v>3634575.4055019999</v>
       </c>
       <c r="E143" s="5">
-        <v>88.669219999999996</v>
+        <v>85.377030000000005</v>
       </c>
       <c r="F143" s="4">
-        <v>9066478.2864554003</v>
+        <v>3106468.3279643501</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H143" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I143" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J143" s="5">
-        <v>88.669219999999996</v>
+        <v>85.377030000000005</v>
       </c>
       <c r="K143" s="5">
         <v>1</v>
       </c>
       <c r="L143" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M143" s="4">
-        <v>9066478.2864549998</v>
+        <v>3106468.3279639999</v>
       </c>
       <c r="N143" s="4">
-        <v>9066478.2864554003</v>
+        <v>3106468.3279643501</v>
       </c>
       <c r="O143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P143" s="3" t="s">
-        <v>366</v>
+        <v>410</v>
       </c>
       <c r="Q143" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R143" s="3" t="s">
-        <v>381</v>
+        <v>415</v>
       </c>
       <c r="S143" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T143" s="4">
         <v>0.01</v>
       </c>
       <c r="U143" s="2">
-        <v>56142</v>
+        <v>58465</v>
       </c>
       <c r="V143" s="4">
-        <v>1.85</v>
+        <v>1.11456</v>
       </c>
       <c r="W143" s="3" t="s">
-        <v>383</v>
+        <v>417</v>
       </c>
       <c r="X143" s="4">
-        <v>0</v>
+        <v>3375.79363663</v>
       </c>
       <c r="Y143" s="4">
-        <v>0</v>
+        <v>3375.7936359999999</v>
       </c>
       <c r="Z143" s="6">
-        <v>7.3680000000000004E-3</v>
+        <v>2.5339999999999998E-3</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>384</v>
+        <v>418</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>385</v>
+        <v>419</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D144" s="4">
-        <v>18847000</v>
+        <v>91747.782000000007</v>
       </c>
       <c r="E144" s="5">
-        <v>88.480779999999996</v>
+        <v>100.45408</v>
       </c>
       <c r="F144" s="4">
-        <v>16675972.6066</v>
+        <v>92584.900996009994</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H144" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I144" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J144" s="5">
-        <v>88.480779999999996</v>
+        <v>100.45408</v>
       </c>
       <c r="K144" s="5">
         <v>1</v>
       </c>
       <c r="L144" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M144" s="4">
-        <v>16675972.6066</v>
+        <v>92584.900995999997</v>
       </c>
       <c r="N144" s="4">
-        <v>16675972.6066</v>
+        <v>92584.900996009994</v>
       </c>
       <c r="O144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P144" s="3" t="s">
-        <v>366</v>
+        <v>211</v>
       </c>
       <c r="Q144" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R144" s="3" t="s">
-        <v>384</v>
+        <v>418</v>
       </c>
       <c r="S144" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T144" s="4">
         <v>0.01</v>
       </c>
       <c r="U144" s="2">
-        <v>56172</v>
+        <v>49273</v>
       </c>
       <c r="V144" s="4">
-        <v>2.0341</v>
+        <v>5.5</v>
       </c>
       <c r="W144" s="3" t="s">
-        <v>386</v>
+        <v>420</v>
       </c>
       <c r="X144" s="4">
-        <v>0</v>
+        <v>420.51066750000001</v>
       </c>
       <c r="Y144" s="4">
-        <v>0</v>
+        <v>420.51066700000001</v>
       </c>
       <c r="Z144" s="6">
-        <v>1.3552E-2</v>
+        <v>7.4999999999999993E-5</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>387</v>
+        <v>421</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>388</v>
+        <v>422</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D145" s="4">
-        <v>10694000</v>
+        <v>2009438.785196</v>
       </c>
       <c r="E145" s="5">
-        <v>89.538820000000001</v>
+        <v>74.327529999999996</v>
       </c>
       <c r="F145" s="4">
-        <v>9575281.4108000007</v>
+        <v>1502776.14366392</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H145" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I145" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J145" s="5">
-        <v>89.538820000000001</v>
+        <v>74.327529999999996</v>
       </c>
       <c r="K145" s="5">
         <v>1</v>
       </c>
       <c r="L145" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M145" s="4">
-        <v>9575281.4108000007</v>
+        <v>1502776.1436630001</v>
       </c>
       <c r="N145" s="4">
-        <v>9575281.4108000007</v>
+        <v>1502776.14366392</v>
       </c>
       <c r="O145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P145" s="3" t="s">
-        <v>366</v>
+        <v>211</v>
       </c>
       <c r="Q145" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R145" s="3" t="s">
-        <v>387</v>
+        <v>421</v>
       </c>
       <c r="S145" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T145" s="4">
         <v>0.01</v>
       </c>
       <c r="U145" s="2">
-        <v>56629</v>
+        <v>49454</v>
       </c>
       <c r="V145" s="4">
-        <v>3.0019</v>
+        <v>5.5</v>
       </c>
       <c r="W145" s="3" t="s">
-        <v>389</v>
+        <v>423</v>
       </c>
       <c r="X145" s="4">
-        <v>0</v>
+        <v>9209.9277654800007</v>
       </c>
       <c r="Y145" s="4">
-        <v>0</v>
+        <v>9209.9277650000004</v>
       </c>
       <c r="Z145" s="6">
-        <v>7.7819999999999999E-3</v>
+        <v>1.2260000000000001E-3</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>390</v>
+        <v>424</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>391</v>
+        <v>425</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D146" s="4">
-        <v>5295000</v>
+        <v>1478104.8328</v>
       </c>
       <c r="E146" s="5">
-        <v>93.131680000000003</v>
+        <v>39.750590000000003</v>
       </c>
       <c r="F146" s="4">
-        <v>4931322.4560000002</v>
+        <v>588660.78516520001</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H146" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I146" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J146" s="5">
-        <v>93.131680000000003</v>
+        <v>39.750590000000003</v>
       </c>
       <c r="K146" s="5">
         <v>1</v>
       </c>
       <c r="L146" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M146" s="4">
-        <v>4931322.4560000002</v>
+        <v>588660.78516500001</v>
       </c>
       <c r="N146" s="4">
-        <v>4931322.4560000002</v>
+        <v>588660.78516520001</v>
       </c>
       <c r="O146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>366</v>
+        <v>211</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>390</v>
+        <v>424</v>
       </c>
       <c r="S146" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T146" s="4">
         <v>0.01</v>
       </c>
       <c r="U146" s="2">
-        <v>56688</v>
+        <v>49820</v>
       </c>
       <c r="V146" s="4">
-        <v>3.4582000000000002</v>
+        <v>4.4870700000000001</v>
       </c>
       <c r="W146" s="3" t="s">
-        <v>392</v>
+        <v>426</v>
       </c>
       <c r="X146" s="4">
-        <v>0</v>
+        <v>1105.3933086899999</v>
       </c>
       <c r="Y146" s="4">
-        <v>0</v>
+        <v>1105.3933079999999</v>
       </c>
       <c r="Z146" s="6">
-        <v>4.0070000000000001E-3</v>
+        <v>4.8000000000000001E-4</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>393</v>
+        <v>427</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>394</v>
+        <v>428</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D147" s="4">
-        <v>3123210.4767300002</v>
+        <v>649844.07755799999</v>
       </c>
       <c r="E147" s="5">
-        <v>100.0672</v>
+        <v>96.455330000000004</v>
       </c>
       <c r="F147" s="4">
-        <v>3154795.2388082799</v>
+        <v>629568.78240450996</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H147" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I147" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J147" s="5">
-        <v>100.0672</v>
+        <v>96.455330000000004</v>
       </c>
       <c r="K147" s="5">
         <v>1</v>
       </c>
       <c r="L147" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M147" s="4">
-        <v>3154795.238808</v>
+        <v>629568.78240400006</v>
       </c>
       <c r="N147" s="4">
-        <v>3154795.2388082799</v>
+        <v>629568.78240450996</v>
       </c>
       <c r="O147" s="3" t="s">
-        <v>34</v>
+        <v>429</v>
       </c>
       <c r="P147" s="3" t="s">
-        <v>395</v>
+        <v>430</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R147" s="3" t="s">
-        <v>393</v>
+        <v>427</v>
       </c>
       <c r="S147" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T147" s="4">
         <v>0.01</v>
       </c>
       <c r="U147" s="2">
-        <v>47964</v>
+        <v>49268</v>
       </c>
       <c r="V147" s="4">
-        <v>5.1495899999999999</v>
+        <v>5.2714569999999998</v>
       </c>
       <c r="W147" s="3" t="s">
-        <v>396</v>
+        <v>431</v>
       </c>
       <c r="X147" s="4">
-        <v>29485.964637919998</v>
+        <v>2759.5329103200002</v>
       </c>
       <c r="Y147" s="4">
-        <v>29485.964637000001</v>
+        <v>2759.5329099999999</v>
       </c>
       <c r="Z147" s="6">
-        <v>2.5630000000000002E-3</v>
+        <v>5.13E-4</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>397</v>
+        <v>432</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>398</v>
+        <v>433</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D148" s="4">
-        <v>2571001.325375</v>
+        <v>11229012.38565</v>
       </c>
       <c r="E148" s="5">
-        <v>100.032</v>
+        <v>100.11790000000001</v>
       </c>
       <c r="F148" s="4">
-        <v>2600822.5240080999</v>
+        <v>11267223.716663901</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H148" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I148" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J148" s="5">
-        <v>100.032</v>
+        <v>100.11790000000001</v>
       </c>
       <c r="K148" s="5">
         <v>1</v>
       </c>
       <c r="L148" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M148" s="4">
-        <v>2600822.5240079998</v>
+        <v>11267223.716662999</v>
       </c>
       <c r="N148" s="4">
-        <v>2600822.5240080999</v>
+        <v>11267223.716663901</v>
       </c>
       <c r="O148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P148" s="3" t="s">
-        <v>399</v>
+        <v>434</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R148" s="3" t="s">
-        <v>397</v>
+        <v>432</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T148" s="4">
         <v>0.01</v>
       </c>
       <c r="U148" s="2">
-        <v>47778</v>
+        <v>48044</v>
       </c>
       <c r="V148" s="4">
-        <v>5.71896</v>
+        <v>5.0038</v>
       </c>
       <c r="W148" s="3" t="s">
-        <v>400</v>
+        <v>435</v>
       </c>
       <c r="X148" s="4">
-        <v>28998.478208979999</v>
+        <v>24972.32541125</v>
       </c>
       <c r="Y148" s="4">
-        <v>28998.478208</v>
+        <v>24972.325411000002</v>
       </c>
       <c r="Z148" s="6">
-        <v>2.1129999999999999E-3</v>
+        <v>9.1920000000000005E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>401</v>
+        <v>436</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>402</v>
+        <v>437</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D149" s="4">
-        <v>1870313.4331110001</v>
+        <v>286749.73207999999</v>
       </c>
       <c r="E149" s="5">
-        <v>99.404200000000003</v>
+        <v>98.520259999999993</v>
       </c>
       <c r="F149" s="4">
-        <v>1859170.1056767099</v>
+        <v>282506.58159432001</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H149" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I149" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J149" s="5">
-        <v>99.404200000000003</v>
+        <v>98.520259999999993</v>
       </c>
       <c r="K149" s="5">
         <v>1</v>
       </c>
       <c r="L149" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M149" s="4">
-        <v>1859170.105676</v>
+        <v>282506.58159399999</v>
       </c>
       <c r="N149" s="4">
-        <v>1859170.1056767099</v>
+        <v>282506.58159432001</v>
       </c>
       <c r="O149" s="3" t="s">
-        <v>34</v>
+        <v>438</v>
       </c>
       <c r="P149" s="3" t="s">
-        <v>403</v>
+        <v>439</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>401</v>
+        <v>436</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T149" s="4">
         <v>0.01</v>
       </c>
       <c r="U149" s="2">
-        <v>47192</v>
+        <v>50034</v>
       </c>
       <c r="V149" s="4">
-        <v>6.7850000000000001</v>
+        <v>4.0670700000000002</v>
       </c>
       <c r="W149" s="3" t="s">
-        <v>404</v>
+        <v>440</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>1.5100000000000001E-3</v>
+        <v>2.3000000000000001E-4</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>405</v>
+        <v>441</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>406</v>
+        <v>442</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D150" s="4">
-        <v>8834022.7534970008</v>
+        <v>6847000</v>
       </c>
       <c r="E150" s="5">
-        <v>5.7485299999999997</v>
+        <v>100.88142000000001</v>
       </c>
       <c r="F150" s="4">
-        <v>507826.44819162</v>
+        <v>6912988.1907333303</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H150" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I150" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J150" s="5">
-        <v>5.7485299999999997</v>
+        <v>100.88142000000001</v>
       </c>
       <c r="K150" s="5">
         <v>1</v>
       </c>
       <c r="L150" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M150" s="4">
-        <v>507826.44819099997</v>
+        <v>6912988.1907329997</v>
       </c>
       <c r="N150" s="4">
-        <v>507826.44819162</v>
+        <v>6912988.1907333303</v>
       </c>
       <c r="O150" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P150" s="3" t="s">
-        <v>403</v>
+        <v>443</v>
       </c>
       <c r="Q150" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R150" s="3" t="s">
-        <v>405</v>
+        <v>441</v>
       </c>
       <c r="S150" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T150" s="4">
         <v>0.01</v>
       </c>
       <c r="U150" s="2">
-        <v>46827</v>
+        <v>47324</v>
       </c>
       <c r="V150" s="4">
-        <v>7.3</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="W150" s="3" t="s">
-        <v>407</v>
+        <v>444</v>
       </c>
       <c r="X150" s="4">
-        <v>0</v>
+        <v>5637.3633333300004</v>
       </c>
       <c r="Y150" s="4">
-        <v>0</v>
+        <v>5637.3633330000002</v>
       </c>
       <c r="Z150" s="6">
-        <v>4.1199999999999999E-4</v>
+        <v>5.6389999999999999E-3</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>408</v>
+        <v>445</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>409</v>
+        <v>446</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D151" s="4">
-        <v>2928136.862983</v>
+        <v>3198939.1863159998</v>
       </c>
       <c r="E151" s="5">
-        <v>6.4720199999999997</v>
+        <v>55.464500000000001</v>
       </c>
       <c r="F151" s="4">
-        <v>189509.60339964999</v>
+        <v>1787038.03279848</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H151" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I151" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J151" s="5">
-        <v>6.4720199999999997</v>
+        <v>55.464500000000001</v>
       </c>
       <c r="K151" s="5">
         <v>1</v>
       </c>
       <c r="L151" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M151" s="4">
-        <v>189509.60339900001</v>
+        <v>1787038.0327979999</v>
       </c>
       <c r="N151" s="4">
-        <v>189509.60339964999</v>
+        <v>1787038.03279848</v>
       </c>
       <c r="O151" s="3" t="s">
-        <v>410</v>
+        <v>34</v>
       </c>
       <c r="P151" s="3" t="s">
-        <v>403</v>
+        <v>447</v>
       </c>
       <c r="Q151" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R151" s="3" t="s">
-        <v>408</v>
+        <v>445</v>
       </c>
       <c r="S151" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T151" s="4">
         <v>0.01</v>
       </c>
       <c r="U151" s="2">
-        <v>49140</v>
+        <v>49881</v>
       </c>
       <c r="V151" s="4">
-        <v>8.2899999999999991</v>
+        <v>4.7883089999999999</v>
       </c>
       <c r="W151" s="3" t="s">
-        <v>411</v>
+        <v>448</v>
       </c>
       <c r="X151" s="4">
-        <v>0</v>
+        <v>12762.40780425</v>
       </c>
       <c r="Y151" s="4">
-        <v>0</v>
+        <v>12762.407804</v>
       </c>
       <c r="Z151" s="6">
-        <v>1.54E-4</v>
+        <v>1.457E-3</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>412</v>
+        <v>449</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>413</v>
+        <v>450</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D152" s="4">
-        <v>14423373.46397</v>
+        <v>2528959.3079400002</v>
       </c>
       <c r="E152" s="5">
-        <v>91.097819999999999</v>
+        <v>85.772540000000006</v>
       </c>
       <c r="F152" s="4">
-        <v>13150067.020689599</v>
+        <v>2169658.4258481502</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H152" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I152" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J152" s="5">
-        <v>91.097819999999999</v>
+        <v>85.772540000000006</v>
       </c>
       <c r="K152" s="5">
         <v>1</v>
       </c>
       <c r="L152" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M152" s="4">
-        <v>13150067.020688999</v>
+        <v>2169658.4258480002</v>
       </c>
       <c r="N152" s="4">
-        <v>13150067.020689599</v>
+        <v>2169658.4258481502</v>
       </c>
       <c r="O152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P152" s="3" t="s">
-        <v>414</v>
+        <v>451</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R152" s="3" t="s">
-        <v>412</v>
+        <v>449</v>
       </c>
       <c r="S152" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T152" s="4">
         <v>0.01</v>
       </c>
       <c r="U152" s="2">
-        <v>60596</v>
+        <v>55603</v>
       </c>
       <c r="V152" s="4">
-        <v>4.4462099999999998</v>
+        <v>1.2</v>
       </c>
       <c r="W152" s="3" t="s">
-        <v>415</v>
+        <v>452</v>
       </c>
       <c r="X152" s="4">
-        <v>10688.224554869999</v>
+        <v>505.79186159</v>
       </c>
       <c r="Y152" s="4">
-        <v>10688.224554</v>
+        <v>505.79186099999998</v>
       </c>
       <c r="Z152" s="6">
-        <v>1.0687E-2</v>
+        <v>1.7700000000000001E-3</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>416</v>
+        <v>453</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>417</v>
+        <v>454</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D153" s="4">
-        <v>8000000</v>
+        <v>4486956.1353569999</v>
       </c>
       <c r="E153" s="5">
-        <v>93.226070000000007</v>
+        <v>103.72968</v>
       </c>
       <c r="F153" s="4">
-        <v>7458085.5999999996</v>
+        <v>4681040.0212530997</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H153" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I153" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J153" s="5">
-        <v>93.226070000000007</v>
+        <v>103.72968</v>
       </c>
       <c r="K153" s="5">
         <v>1</v>
       </c>
       <c r="L153" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M153" s="4">
-        <v>7458085.5999999996</v>
+        <v>4681040.021253</v>
       </c>
       <c r="N153" s="4">
-        <v>7458085.5999999996</v>
+        <v>4681040.0212530997</v>
       </c>
       <c r="O153" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P153" s="3" t="s">
-        <v>271</v>
+        <v>455</v>
       </c>
       <c r="Q153" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R153" s="3" t="s">
-        <v>416</v>
+        <v>453</v>
       </c>
       <c r="S153" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T153" s="4">
         <v>0.01</v>
       </c>
       <c r="U153" s="2">
-        <v>52667</v>
+        <v>48700</v>
       </c>
       <c r="V153" s="4">
-        <v>3.5487500000000001</v>
+        <v>7.15</v>
       </c>
       <c r="W153" s="3" t="s">
-        <v>418</v>
+        <v>456</v>
       </c>
       <c r="X153" s="4">
-        <v>0</v>
+        <v>26734.780306500001</v>
       </c>
       <c r="Y153" s="4">
-        <v>0</v>
+        <v>26734.780306000001</v>
       </c>
       <c r="Z153" s="6">
-        <v>6.0610000000000004E-3</v>
+        <v>3.8189999999999999E-3</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>419</v>
+        <v>457</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>420</v>
+        <v>458</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D154" s="4">
-        <v>26327712</v>
+        <v>3579079.57</v>
       </c>
       <c r="E154" s="5">
-        <v>98.503</v>
+        <v>102.28734</v>
       </c>
       <c r="F154" s="4">
-        <v>25933586.151360001</v>
+        <v>3689416.8666157899</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H154" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I154" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J154" s="5">
-        <v>98.503</v>
+        <v>102.28734</v>
       </c>
       <c r="K154" s="5">
         <v>1</v>
       </c>
       <c r="L154" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M154" s="4">
-        <v>25933586.151360001</v>
+        <v>3689416.8666150002</v>
       </c>
       <c r="N154" s="4">
-        <v>25933586.151360001</v>
+        <v>3689416.8666157899</v>
       </c>
       <c r="O154" s="3" t="s">
-        <v>421</v>
+        <v>34</v>
       </c>
       <c r="P154" s="3" t="s">
-        <v>422</v>
+        <v>455</v>
       </c>
       <c r="Q154" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R154" s="3" t="s">
-        <v>419</v>
+        <v>457</v>
       </c>
       <c r="S154" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T154" s="4">
         <v>0.01</v>
       </c>
       <c r="U154" s="2">
-        <v>55283</v>
+        <v>52475</v>
       </c>
       <c r="V154" s="4">
-        <v>4.2279999999999998</v>
+        <v>9.5459999999999994</v>
       </c>
       <c r="W154" s="3" t="s">
-        <v>423</v>
+        <v>459</v>
       </c>
       <c r="X154" s="4">
-        <v>0</v>
+        <v>28471.577979350001</v>
       </c>
       <c r="Y154" s="4">
-        <v>0</v>
+        <v>28471.577979000002</v>
       </c>
       <c r="Z154" s="6">
-        <v>2.1076000000000001E-2</v>
+        <v>3.009E-3</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>424</v>
+        <v>460</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>425</v>
+        <v>461</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D155" s="4">
-        <v>3319856.9720399999</v>
+        <v>4084132.898</v>
       </c>
       <c r="E155" s="5">
-        <v>92.578689999999995</v>
+        <v>101.18519000000001</v>
       </c>
       <c r="F155" s="4">
-        <v>3074401.57622184</v>
+        <v>4163723.3908141199</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H155" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I155" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J155" s="5">
-        <v>92.578689999999995</v>
+        <v>101.18519000000001</v>
       </c>
       <c r="K155" s="5">
         <v>1</v>
       </c>
       <c r="L155" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M155" s="4">
-        <v>3074401.5762209999</v>
+        <v>4163723.3908139998</v>
       </c>
       <c r="N155" s="4">
-        <v>3074401.57622184</v>
+        <v>4163723.3908141199</v>
       </c>
       <c r="O155" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P155" s="3" t="s">
-        <v>426</v>
+        <v>455</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R155" s="3" t="s">
-        <v>424</v>
+        <v>460</v>
       </c>
       <c r="S155" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T155" s="4">
         <v>0.01</v>
       </c>
       <c r="U155" s="2">
-        <v>59074</v>
+        <v>52657</v>
       </c>
       <c r="V155" s="4">
-        <v>1.6654</v>
+        <v>9.1630000000000003</v>
       </c>
       <c r="W155" s="3" t="s">
-        <v>427</v>
+        <v>462</v>
       </c>
       <c r="X155" s="4">
-        <v>921.48163353999996</v>
+        <v>31185.758120310002</v>
       </c>
       <c r="Y155" s="4">
-        <v>921.48163299999999</v>
+        <v>31185.758119999999</v>
       </c>
       <c r="Z155" s="6">
-        <v>2.4979999999999998E-3</v>
+        <v>3.3960000000000001E-3</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>428</v>
+        <v>463</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>429</v>
+        <v>464</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D156" s="4">
-        <v>3588209.6836990002</v>
+        <v>431109.09749999997</v>
       </c>
       <c r="E156" s="5">
-        <v>51.426250000000003</v>
+        <v>98.698229999999995</v>
       </c>
       <c r="F156" s="4">
-        <v>1845281.6824630499</v>
+        <v>426060.72374645999</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H156" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I156" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J156" s="5">
-        <v>51.426250000000003</v>
+        <v>98.698229999999995</v>
       </c>
       <c r="K156" s="5">
         <v>1</v>
       </c>
       <c r="L156" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M156" s="4">
-        <v>1845281.6824630001</v>
+        <v>426060.72374599997</v>
       </c>
       <c r="N156" s="4">
-        <v>1845281.6824630499</v>
+        <v>426060.72374645999</v>
       </c>
       <c r="O156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P156" s="3" t="s">
-        <v>430</v>
+        <v>465</v>
       </c>
       <c r="Q156" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R156" s="3" t="s">
-        <v>428</v>
+        <v>463</v>
       </c>
       <c r="S156" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T156" s="4">
         <v>0.01</v>
       </c>
       <c r="U156" s="2">
-        <v>50216</v>
+        <v>55989</v>
       </c>
       <c r="V156" s="4">
-        <v>6</v>
+        <v>1.569</v>
       </c>
       <c r="W156" s="3" t="s">
-        <v>431</v>
+        <v>466</v>
       </c>
       <c r="X156" s="4">
-        <v>0</v>
+        <v>563.67514498000003</v>
       </c>
       <c r="Y156" s="4">
-        <v>0</v>
+        <v>563.67514400000005</v>
       </c>
       <c r="Z156" s="6">
-        <v>1.4989999999999999E-3</v>
+        <v>3.4699999999999998E-4</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>432</v>
+        <v>467</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>433</v>
+        <v>468</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D157" s="4">
-        <v>15516000</v>
+        <v>2102126.3549299999</v>
       </c>
       <c r="E157" s="5">
-        <v>105.34432</v>
+        <v>95.17004</v>
       </c>
       <c r="F157" s="4">
-        <v>16345224.691199999</v>
+        <v>2001875.3505412999</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H157" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I157" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J157" s="5">
-        <v>105.34432</v>
+        <v>95.17004</v>
       </c>
       <c r="K157" s="5">
         <v>1</v>
       </c>
       <c r="L157" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M157" s="4">
-        <v>16345224.691199999</v>
+        <v>2001875.350541</v>
       </c>
       <c r="N157" s="4">
-        <v>16345224.691199999</v>
+        <v>2001875.3505412999</v>
       </c>
       <c r="O157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P157" s="3" t="s">
-        <v>422</v>
+        <v>469</v>
       </c>
       <c r="Q157" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R157" s="3" t="s">
-        <v>432</v>
+        <v>467</v>
       </c>
       <c r="S157" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T157" s="4">
         <v>0.01</v>
       </c>
       <c r="U157" s="2">
-        <v>52819</v>
+        <v>49790</v>
       </c>
       <c r="V157" s="4">
-        <v>6.3380000000000001</v>
+        <v>4.3870699999999996</v>
       </c>
       <c r="W157" s="3" t="s">
-        <v>434</v>
+        <v>470</v>
       </c>
       <c r="X157" s="4">
-        <v>0</v>
+        <v>1280.8577038799999</v>
       </c>
       <c r="Y157" s="4">
-        <v>0</v>
+        <v>1280.8577029999999</v>
       </c>
       <c r="Z157" s="6">
-        <v>1.3284000000000001E-2</v>
+        <v>1.6329999999999999E-3</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>435</v>
+        <v>471</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>436</v>
+        <v>472</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D158" s="4">
-        <v>3678372.383353</v>
+        <v>7392662.8798789997</v>
       </c>
       <c r="E158" s="5">
-        <v>85.418289999999999</v>
+        <v>95.731039999999993</v>
       </c>
       <c r="F158" s="4">
-        <v>3142002.78969255</v>
+        <v>7081269.4934178898</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H158" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I158" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J158" s="5">
-        <v>85.418289999999999</v>
+        <v>95.731039999999993</v>
       </c>
       <c r="K158" s="5">
         <v>1</v>
       </c>
       <c r="L158" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M158" s="4">
-        <v>3142002.789692</v>
+        <v>7081269.4934170004</v>
       </c>
       <c r="N158" s="4">
-        <v>3142002.78969255</v>
+        <v>7081269.4934178898</v>
       </c>
       <c r="O158" s="3" t="s">
-        <v>34</v>
+        <v>473</v>
       </c>
       <c r="P158" s="3" t="s">
-        <v>430</v>
+        <v>469</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>435</v>
+        <v>471</v>
       </c>
       <c r="S158" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T158" s="4">
         <v>0.01</v>
       </c>
       <c r="U158" s="2">
-        <v>58465</v>
+        <v>50124</v>
       </c>
       <c r="V158" s="4">
-        <v>1.11456</v>
+        <v>4.0870699999999998</v>
       </c>
       <c r="W158" s="3" t="s">
-        <v>437</v>
+        <v>474</v>
       </c>
       <c r="X158" s="4">
-        <v>0</v>
+        <v>4196.4348161799999</v>
       </c>
       <c r="Y158" s="4">
-        <v>0</v>
+        <v>4196.434816</v>
       </c>
       <c r="Z158" s="6">
-        <v>2.5530000000000001E-3</v>
+        <v>5.777E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>438</v>
+        <v>475</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>439</v>
+        <v>476</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D159" s="4">
-        <v>92618.548200000005</v>
+        <v>10898323.49725</v>
       </c>
       <c r="E159" s="5">
-        <v>100.30293</v>
+        <v>100.0508</v>
       </c>
       <c r="F159" s="4">
-        <v>92899.117568059999</v>
+        <v>11017425.1444444</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H159" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I159" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J159" s="5">
-        <v>100.30293</v>
+        <v>100.0508</v>
       </c>
       <c r="K159" s="5">
         <v>1</v>
       </c>
       <c r="L159" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M159" s="4">
-        <v>92899.117568000001</v>
+        <v>11017425.144444</v>
       </c>
       <c r="N159" s="4">
-        <v>92899.117568059999</v>
+        <v>11017425.1444444</v>
       </c>
       <c r="O159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P159" s="3" t="s">
-        <v>225</v>
+        <v>477</v>
       </c>
       <c r="Q159" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R159" s="3" t="s">
-        <v>438</v>
+        <v>475</v>
       </c>
       <c r="S159" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T159" s="4">
         <v>0.01</v>
       </c>
       <c r="U159" s="2">
-        <v>49273</v>
+        <v>48075</v>
       </c>
       <c r="V159" s="4">
-        <v>5.5</v>
+        <v>5.0018099999999999</v>
       </c>
       <c r="W159" s="3" t="s">
-        <v>440</v>
+        <v>478</v>
       </c>
       <c r="X159" s="4">
-        <v>0</v>
+        <v>113565.29885788</v>
       </c>
       <c r="Y159" s="4">
-        <v>0</v>
+        <v>113565.298857</v>
       </c>
       <c r="Z159" s="6">
-        <v>7.4999999999999993E-5</v>
+        <v>8.9879999999999995E-3</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>441</v>
+        <v>479</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>442</v>
+        <v>480</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D160" s="4">
-        <v>2014757.9691890001</v>
+        <v>3414636.2038110001</v>
       </c>
       <c r="E160" s="5">
-        <v>74.492919999999998</v>
+        <v>100.1126</v>
       </c>
       <c r="F160" s="4">
-        <v>1500852.0421813801</v>
+        <v>3423592.76042723</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H160" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I160" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J160" s="5">
-        <v>74.492919999999998</v>
+        <v>100.1126</v>
       </c>
       <c r="K160" s="5">
         <v>1</v>
       </c>
       <c r="L160" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M160" s="4">
-        <v>1500852.0421810001</v>
+        <v>3423592.760427</v>
       </c>
       <c r="N160" s="4">
-        <v>1500852.0421813801</v>
+        <v>3423592.76042723</v>
       </c>
       <c r="O160" s="3" t="s">
-        <v>34</v>
+        <v>481</v>
       </c>
       <c r="P160" s="3" t="s">
-        <v>225</v>
+        <v>477</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R160" s="3" t="s">
-        <v>441</v>
+        <v>479</v>
       </c>
       <c r="S160" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T160" s="4">
         <v>0.01</v>
       </c>
       <c r="U160" s="2">
-        <v>49454</v>
+        <v>47956</v>
       </c>
       <c r="V160" s="4">
-        <v>5.5</v>
+        <v>4.8992399999999998</v>
       </c>
       <c r="W160" s="3" t="s">
-        <v>443</v>
+        <v>482</v>
       </c>
       <c r="X160" s="4">
-        <v>0</v>
+        <v>5111.6762507399999</v>
       </c>
       <c r="Y160" s="4">
-        <v>0</v>
+        <v>5111.6762500000004</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.219E-3</v>
+        <v>2.7929999999999999E-3</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>444</v>
+        <v>483</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>445</v>
+        <v>484</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D161" s="4">
-        <v>1478104.8328</v>
+        <v>50327</v>
       </c>
       <c r="E161" s="5">
-        <v>40.311309999999999</v>
+        <v>99.954700000000003</v>
       </c>
       <c r="F161" s="4">
-        <v>596963.38377030997</v>
+        <v>50374.749041360003</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H161" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I161" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J161" s="5">
-        <v>40.311309999999999</v>
+        <v>99.954700000000003</v>
       </c>
       <c r="K161" s="5">
         <v>1</v>
       </c>
       <c r="L161" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M161" s="4">
-        <v>596963.38376999996</v>
+        <v>50374.749041000003</v>
       </c>
       <c r="N161" s="4">
-        <v>596963.38377030997</v>
+        <v>50374.749041360003</v>
       </c>
       <c r="O161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P161" s="3" t="s">
-        <v>225</v>
+        <v>485</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>444</v>
+        <v>483</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T161" s="4">
         <v>0.01</v>
       </c>
       <c r="U161" s="2">
-        <v>49820</v>
+        <v>48141</v>
       </c>
       <c r="V161" s="4">
-        <v>4.5462100000000003</v>
+        <v>4.5876299999999999</v>
       </c>
       <c r="W161" s="3" t="s">
-        <v>446</v>
+        <v>486</v>
       </c>
       <c r="X161" s="4">
-        <v>1119.96249532</v>
+        <v>70.547172360000005</v>
       </c>
       <c r="Y161" s="4">
-        <v>1119.962495</v>
+        <v>70.547172000000003</v>
       </c>
       <c r="Z161" s="6">
-        <v>4.8500000000000003E-4</v>
+        <v>4.1E-5</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>447</v>
+        <v>487</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>448</v>
+        <v>488</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D162" s="4">
-        <v>653770.24153999996</v>
+        <v>1113600.6825000001</v>
       </c>
       <c r="E162" s="5">
-        <v>96.248080000000002</v>
+        <v>89.846270000000004</v>
       </c>
       <c r="F162" s="4">
-        <v>632073.50352000003</v>
+        <v>1000812.64409483</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H162" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I162" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J162" s="5">
-        <v>96.248080000000002</v>
+        <v>89.846270000000004</v>
       </c>
       <c r="K162" s="5">
         <v>1</v>
       </c>
       <c r="L162" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M162" s="4">
-        <v>632073.50352000003</v>
+        <v>1000812.644094</v>
       </c>
       <c r="N162" s="4">
-        <v>632073.50352000003</v>
+        <v>1000812.64409483</v>
       </c>
       <c r="O162" s="3" t="s">
-        <v>449</v>
+        <v>34</v>
       </c>
       <c r="P162" s="3" t="s">
-        <v>450</v>
+        <v>489</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>447</v>
+        <v>487</v>
       </c>
       <c r="S162" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T162" s="4">
         <v>0.01</v>
       </c>
       <c r="U162" s="2">
-        <v>49268</v>
+        <v>53687</v>
       </c>
       <c r="V162" s="4">
-        <v>5.2760429999999996</v>
+        <v>1.53</v>
       </c>
       <c r="W162" s="3" t="s">
-        <v>451</v>
+        <v>490</v>
       </c>
       <c r="X162" s="4">
-        <v>2832.1984265800002</v>
+        <v>283.96817404000001</v>
       </c>
       <c r="Y162" s="4">
-        <v>2832.1984259999999</v>
+        <v>283.96817399999998</v>
       </c>
       <c r="Z162" s="6">
-        <v>5.13E-4</v>
+        <v>8.1599999999999999E-4</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>452</v>
+        <v>491</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>453</v>
+        <v>492</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D163" s="4">
-        <v>18683473.253699999</v>
+        <v>34318248.055</v>
       </c>
       <c r="E163" s="5">
-        <v>100.04040000000001</v>
+        <v>3.59287</v>
       </c>
       <c r="F163" s="4">
-        <v>18902985.225262102</v>
+        <v>1262931.5474020301</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H163" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I163" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J163" s="5">
-        <v>100.04040000000001</v>
+        <v>3.59287</v>
       </c>
       <c r="K163" s="5">
         <v>1</v>
       </c>
       <c r="L163" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M163" s="4">
-        <v>18902985.225262001</v>
+        <v>1262931.5474020001</v>
       </c>
       <c r="N163" s="4">
-        <v>18902985.225262102</v>
+        <v>1262931.5474020301</v>
       </c>
       <c r="O163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P163" s="3" t="s">
-        <v>454</v>
+        <v>493</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>452</v>
+        <v>491</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T163" s="4">
         <v>0.01</v>
       </c>
       <c r="U163" s="2">
-        <v>48044</v>
+        <v>51220</v>
       </c>
       <c r="V163" s="4">
-        <v>5.2361500000000003</v>
+        <v>0</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>455</v>
+        <v>494</v>
       </c>
       <c r="X163" s="4">
-        <v>211963.84836762</v>
+        <v>29921.508508350002</v>
       </c>
       <c r="Y163" s="4">
-        <v>211963.848367</v>
+        <v>29921.508507999999</v>
       </c>
       <c r="Z163" s="6">
-        <v>1.5362000000000001E-2</v>
+        <v>1.0300000000000001E-3</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>456</v>
+        <v>495</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>457</v>
+        <v>496</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D164" s="4">
-        <v>295741.24269400002</v>
+        <v>92691225.640000001</v>
       </c>
       <c r="E164" s="5">
-        <v>98.691149999999993</v>
+        <v>3.3418899999999998</v>
       </c>
       <c r="F164" s="4">
-        <v>291870.43343859998</v>
+        <v>3194681.8792243898</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H164" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I164" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J164" s="5">
-        <v>98.691149999999993</v>
+        <v>3.3418899999999998</v>
       </c>
       <c r="K164" s="5">
         <v>1</v>
       </c>
       <c r="L164" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M164" s="4">
-        <v>291870.43343799998</v>
+        <v>3194681.879224</v>
       </c>
       <c r="N164" s="4">
-        <v>291870.43343859998</v>
+        <v>3194681.8792243898</v>
       </c>
       <c r="O164" s="3" t="s">
-        <v>458</v>
+        <v>34</v>
       </c>
       <c r="P164" s="3" t="s">
-        <v>459</v>
+        <v>493</v>
       </c>
       <c r="Q164" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>456</v>
+        <v>495</v>
       </c>
       <c r="S164" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T164" s="4">
         <v>0.01</v>
       </c>
       <c r="U164" s="2">
-        <v>50034</v>
+        <v>50885</v>
       </c>
       <c r="V164" s="4">
-        <v>3.9862099999999998</v>
+        <v>1.7496910000000001</v>
       </c>
       <c r="W164" s="3" t="s">
-        <v>460</v>
+        <v>497</v>
       </c>
       <c r="X164" s="4">
-        <v>0</v>
+        <v>97043.078683800006</v>
       </c>
       <c r="Y164" s="4">
-        <v>0</v>
+        <v>97043.078683</v>
       </c>
       <c r="Z164" s="6">
-        <v>2.3699999999999999E-4</v>
+        <v>2.6059999999999998E-3</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>461</v>
+        <v>498</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>462</v>
+        <v>499</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D165" s="4">
-        <v>6847000</v>
+        <v>72188130.591905996</v>
       </c>
       <c r="E165" s="5">
-        <v>100.96702999999999</v>
+        <v>3.4739399999999998</v>
       </c>
       <c r="F165" s="4">
-        <v>6918849.9074333301</v>
+        <v>2570525.4858079902</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H165" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I165" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J165" s="5">
-        <v>100.96702999999999</v>
+        <v>3.4739399999999998</v>
       </c>
       <c r="K165" s="5">
         <v>1</v>
       </c>
       <c r="L165" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M165" s="4">
-        <v>6918849.9074330004</v>
+        <v>2570525.4858070002</v>
       </c>
       <c r="N165" s="4">
-        <v>6918849.9074333301</v>
+        <v>2570525.4858079902</v>
       </c>
       <c r="O165" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P165" s="3" t="s">
-        <v>463</v>
+        <v>493</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R165" s="3" t="s">
-        <v>461</v>
+        <v>498</v>
       </c>
       <c r="S165" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T165" s="4">
         <v>0.01</v>
       </c>
       <c r="U165" s="2">
-        <v>47324</v>
+        <v>47628</v>
       </c>
       <c r="V165" s="4">
-        <v>4.9400000000000004</v>
+        <v>0</v>
       </c>
       <c r="W165" s="3" t="s">
-        <v>464</v>
+        <v>500</v>
       </c>
       <c r="X165" s="4">
-        <v>5637.3633333300004</v>
+        <v>62753.141923540003</v>
       </c>
       <c r="Y165" s="4">
-        <v>5637.3633330000002</v>
+        <v>62753.141923000003</v>
       </c>
       <c r="Z165" s="6">
-        <v>5.6230000000000004E-3</v>
+        <v>2.0969999999999999E-3</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>465</v>
+        <v>501</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>466</v>
+        <v>502</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D166" s="4">
-        <v>3198939.1863159998</v>
+        <v>201369752.431602</v>
       </c>
       <c r="E166" s="5">
-        <v>55.406289999999998</v>
+        <v>3.27122</v>
       </c>
       <c r="F166" s="4">
-        <v>1772413.52249388</v>
+        <v>6729068.9759680703</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H166" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I166" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J166" s="5">
-        <v>55.406289999999998</v>
+        <v>3.27122</v>
       </c>
       <c r="K166" s="5">
         <v>1</v>
       </c>
       <c r="L166" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M166" s="4">
-        <v>1772413.5224929999</v>
+        <v>6729068.9759679995</v>
       </c>
       <c r="N166" s="4">
-        <v>1772413.52249388</v>
+        <v>6729068.9759680703</v>
       </c>
       <c r="O166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P166" s="3" t="s">
-        <v>467</v>
+        <v>493</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R166" s="3" t="s">
-        <v>465</v>
+        <v>501</v>
       </c>
       <c r="S166" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T166" s="4">
         <v>0.01</v>
       </c>
       <c r="U166" s="2">
-        <v>49881</v>
+        <v>51312</v>
       </c>
       <c r="V166" s="4">
-        <v>4.7887839999999997</v>
+        <v>0.18041599999999999</v>
       </c>
       <c r="W166" s="3" t="s">
-        <v>468</v>
+        <v>503</v>
       </c>
       <c r="X166" s="4">
-        <v>0</v>
+        <v>141821.36047504001</v>
       </c>
       <c r="Y166" s="4">
-        <v>0</v>
+        <v>141821.36047499999</v>
       </c>
       <c r="Z166" s="6">
-        <v>1.4400000000000001E-3</v>
+        <v>5.489E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
-        <v>469</v>
+        <v>504</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>470</v>
+        <v>505</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D167" s="4">
-        <v>2563697.0343599999</v>
+        <v>3983210.3547499999</v>
       </c>
       <c r="E167" s="5">
-        <v>85.492980000000003</v>
+        <v>64.019760000000005</v>
       </c>
       <c r="F167" s="4">
-        <v>2192293.73225286</v>
+        <v>2553547.5264675999</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H167" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I167" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J167" s="5">
-        <v>85.492980000000003</v>
+        <v>64.019760000000005</v>
       </c>
       <c r="K167" s="5">
         <v>1</v>
       </c>
       <c r="L167" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M167" s="4">
-        <v>2192293.7322519999</v>
+        <v>2553547.5264670001</v>
       </c>
       <c r="N167" s="4">
-        <v>2192293.73225286</v>
+        <v>2553547.5264675999</v>
       </c>
       <c r="O167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P167" s="3" t="s">
-        <v>471</v>
+        <v>506</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R167" s="3" t="s">
-        <v>469</v>
+        <v>504</v>
       </c>
       <c r="S167" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T167" s="4">
         <v>0.01</v>
       </c>
       <c r="U167" s="2">
-        <v>55603</v>
+        <v>60596</v>
       </c>
       <c r="V167" s="4">
-        <v>1.2</v>
+        <v>6.3370699999999998</v>
       </c>
       <c r="W167" s="3" t="s">
-        <v>472</v>
+        <v>507</v>
       </c>
       <c r="X167" s="4">
-        <v>512.73940687000004</v>
+        <v>3505.8170614999999</v>
       </c>
       <c r="Y167" s="4">
-        <v>512.73940600000003</v>
+        <v>3505.8170610000002</v>
       </c>
       <c r="Z167" s="6">
-        <v>1.781E-3</v>
+        <v>2.0830000000000002E-3</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>474</v>
+        <v>509</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D168" s="4">
-        <v>4575825.5684059998</v>
+        <v>1823365.0264600001</v>
       </c>
       <c r="E168" s="5">
-        <v>103.68397</v>
+        <v>96.368210000000005</v>
       </c>
       <c r="F168" s="4">
-        <v>4744397.6095986096</v>
+        <v>1758129.88558755</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H168" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I168" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J168" s="5">
-        <v>103.68397</v>
+        <v>96.368210000000005</v>
       </c>
       <c r="K168" s="5">
         <v>1</v>
       </c>
       <c r="L168" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M168" s="4">
-        <v>4744397.6095979996</v>
+        <v>1758129.8855870001</v>
       </c>
       <c r="N168" s="4">
-        <v>4744397.6095986096</v>
+        <v>1758129.88558755</v>
       </c>
       <c r="O168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P168" s="3" t="s">
-        <v>475</v>
+        <v>510</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R168" s="3" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T168" s="4">
         <v>0.01</v>
       </c>
       <c r="U168" s="2">
-        <v>48700</v>
+        <v>49943</v>
       </c>
       <c r="V168" s="4">
-        <v>7.15</v>
+        <v>3.8920699999999999</v>
       </c>
       <c r="W168" s="3" t="s">
-        <v>476</v>
+        <v>511</v>
       </c>
       <c r="X168" s="4">
-        <v>0</v>
+        <v>985.64782202000004</v>
       </c>
       <c r="Y168" s="4">
-        <v>0</v>
+        <v>985.64782200000002</v>
       </c>
       <c r="Z168" s="6">
-        <v>3.8549999999999999E-3</v>
+        <v>1.4339999999999999E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
-        <v>477</v>
+        <v>512</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>478</v>
+        <v>513</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D169" s="4">
-        <v>3630426.69</v>
+        <v>6141463.1006749999</v>
       </c>
       <c r="E169" s="5">
-        <v>98.592969999999994</v>
+        <v>98.122879999999995</v>
       </c>
       <c r="F169" s="4">
-        <v>3579345.4973436901</v>
+        <v>6037107.1549528902</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H169" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I169" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J169" s="5">
-        <v>98.592969999999994</v>
+        <v>98.122879999999995</v>
       </c>
       <c r="K169" s="5">
         <v>1</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M169" s="4">
-        <v>3579345.497343</v>
+        <v>6037107.1549519999</v>
       </c>
       <c r="N169" s="4">
-        <v>3579345.4973436901</v>
+        <v>6037107.1549528902</v>
       </c>
       <c r="O169" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P169" s="3" t="s">
-        <v>475</v>
+        <v>514</v>
       </c>
       <c r="Q169" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R169" s="3" t="s">
-        <v>477</v>
+        <v>512</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T169" s="4">
         <v>0.01</v>
       </c>
       <c r="U169" s="2">
-        <v>52475</v>
+        <v>50756</v>
       </c>
       <c r="V169" s="4">
-        <v>9.5459999999999994</v>
+        <v>2.1349999999999998</v>
       </c>
       <c r="W169" s="3" t="s">
-        <v>479</v>
+        <v>515</v>
       </c>
       <c r="X169" s="4">
-        <v>0</v>
+        <v>10926.68643328</v>
       </c>
       <c r="Y169" s="4">
-        <v>0</v>
+        <v>10926.686433000001</v>
       </c>
       <c r="Z169" s="6">
-        <v>2.9090000000000001E-3</v>
+        <v>4.9249999999999997E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>480</v>
+        <v>516</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>481</v>
+        <v>517</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D170" s="4">
-        <v>4140677.3110000002</v>
+        <v>1945076.26486</v>
       </c>
       <c r="E170" s="5">
-        <v>101.16378</v>
+        <v>98.934280000000001</v>
       </c>
       <c r="F170" s="4">
-        <v>4188865.6854099599</v>
+        <v>1925505.3478266301</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H170" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I170" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J170" s="5">
-        <v>101.16378</v>
+        <v>98.934280000000001</v>
       </c>
       <c r="K170" s="5">
         <v>1</v>
       </c>
       <c r="L170" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M170" s="4">
-        <v>4188865.6854090001</v>
+        <v>1925505.3478260001</v>
       </c>
       <c r="N170" s="4">
-        <v>4188865.6854099599</v>
+        <v>1925505.3478266301</v>
       </c>
       <c r="O170" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P170" s="3" t="s">
-        <v>475</v>
+        <v>518</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R170" s="3" t="s">
-        <v>480</v>
+        <v>516</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T170" s="4">
         <v>0.01</v>
       </c>
       <c r="U170" s="2">
-        <v>52657</v>
+        <v>49242</v>
       </c>
       <c r="V170" s="4">
-        <v>9.1630000000000003</v>
+        <v>4.2870699999999999</v>
       </c>
       <c r="W170" s="3" t="s">
-        <v>482</v>
+        <v>519</v>
       </c>
       <c r="X170" s="4">
-        <v>0</v>
+        <v>1158.1497365</v>
       </c>
       <c r="Y170" s="4">
-        <v>0</v>
+        <v>1158.1497360000001</v>
       </c>
       <c r="Z170" s="6">
-        <v>3.4039999999999999E-3</v>
+        <v>1.57E-3</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>483</v>
+        <v>520</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>484</v>
+        <v>521</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D171" s="4">
-        <v>496626.77750000003</v>
+        <v>1037673.238133</v>
       </c>
       <c r="E171" s="5">
-        <v>98.849630000000005</v>
+        <v>99.194230000000005</v>
       </c>
       <c r="F171" s="4">
-        <v>490913.73203966999</v>
+        <v>1030522.59726003</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H171" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I171" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J171" s="5">
-        <v>98.849630000000005</v>
+        <v>99.194230000000005</v>
       </c>
       <c r="K171" s="5">
         <v>1</v>
       </c>
       <c r="L171" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M171" s="4">
-        <v>490913.73203900002</v>
+        <v>1030522.59726</v>
       </c>
       <c r="N171" s="4">
-        <v>490913.73203966999</v>
+        <v>1030522.59726003</v>
       </c>
       <c r="O171" s="3" t="s">
-        <v>34</v>
+        <v>522</v>
       </c>
       <c r="P171" s="3" t="s">
-        <v>485</v>
+        <v>518</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>483</v>
+        <v>520</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T171" s="4">
         <v>0.01</v>
       </c>
       <c r="U171" s="2">
-        <v>55989</v>
+        <v>50308</v>
       </c>
       <c r="V171" s="4">
-        <v>1.569</v>
+        <v>7</v>
       </c>
       <c r="W171" s="3" t="s">
-        <v>486</v>
+        <v>523</v>
       </c>
       <c r="X171" s="4">
-        <v>0</v>
+        <v>1210.6187778200001</v>
       </c>
       <c r="Y171" s="4">
-        <v>0</v>
+        <v>1210.6187769999999</v>
       </c>
       <c r="Z171" s="6">
-        <v>3.9800000000000002E-4</v>
+        <v>8.4000000000000003E-4</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>487</v>
+        <v>524</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>488</v>
+        <v>525</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D172" s="4">
-        <v>2110438.0532200001</v>
+        <v>10142051.030892</v>
       </c>
       <c r="E172" s="5">
-        <v>95.224779999999996</v>
+        <v>57.118209999999998</v>
       </c>
       <c r="F172" s="4">
-        <v>2011223.9016778001</v>
+        <v>5820377.8017480103</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H172" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I172" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J172" s="5">
-        <v>95.224779999999996</v>
+        <v>57.118209999999998</v>
       </c>
       <c r="K172" s="5">
         <v>1</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M172" s="4">
-        <v>2011223.9016770001</v>
+        <v>5820377.8017480001</v>
       </c>
       <c r="N172" s="4">
-        <v>2011223.9016778001</v>
+        <v>5820377.8017480103</v>
       </c>
       <c r="O172" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>489</v>
+        <v>526</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>487</v>
+        <v>524</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T172" s="4">
         <v>0.01</v>
       </c>
       <c r="U172" s="2">
-        <v>49790</v>
+        <v>53868</v>
       </c>
       <c r="V172" s="4">
-        <v>4.4462099999999998</v>
+        <v>3.2442899999999999</v>
       </c>
       <c r="W172" s="3" t="s">
-        <v>490</v>
+        <v>527</v>
       </c>
       <c r="X172" s="4">
-        <v>1563.9084627699999</v>
+        <v>27419.795615840001</v>
       </c>
       <c r="Y172" s="4">
-        <v>1563.9084620000001</v>
+        <v>27419.795614999999</v>
       </c>
       <c r="Z172" s="6">
-        <v>1.634E-3</v>
+        <v>4.7479999999999996E-3</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>491</v>
+        <v>528</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>492</v>
+        <v>529</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D173" s="4">
-        <v>7447100.1475139996</v>
+        <v>10239424.135005999</v>
       </c>
       <c r="E173" s="5">
-        <v>95.825199999999995</v>
+        <v>17.946539999999999</v>
       </c>
       <c r="F173" s="4">
-        <v>7141344.8174060201</v>
+        <v>1843463.18589211</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H173" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I173" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J173" s="5">
-        <v>95.825199999999995</v>
+        <v>17.946539999999999</v>
       </c>
       <c r="K173" s="5">
         <v>1</v>
       </c>
       <c r="L173" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M173" s="4">
-        <v>7141344.8174059996</v>
+        <v>1843463.1858920001</v>
       </c>
       <c r="N173" s="4">
-        <v>7141344.8174060201</v>
+        <v>1843463.18589211</v>
       </c>
       <c r="O173" s="3" t="s">
-        <v>493</v>
+        <v>530</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>489</v>
+        <v>531</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>491</v>
+        <v>528</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T173" s="4">
         <v>0.01</v>
       </c>
       <c r="U173" s="2">
-        <v>50124</v>
+        <v>60231</v>
       </c>
       <c r="V173" s="4">
-        <v>4.14621</v>
+        <v>4.1070700000000002</v>
       </c>
       <c r="W173" s="3" t="s">
-        <v>494</v>
+        <v>532</v>
       </c>
       <c r="X173" s="4">
-        <v>5146.2068504400004</v>
+        <v>5840.83773363</v>
       </c>
       <c r="Y173" s="4">
-        <v>5146.2068499999996</v>
+        <v>5840.8377330000003</v>
       </c>
       <c r="Z173" s="6">
-        <v>5.803E-3</v>
+        <v>1.503E-3</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>495</v>
+        <v>533</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>496</v>
+        <v>534</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D174" s="4">
-        <v>1401475.3185000001</v>
+        <v>5073070.4805199997</v>
       </c>
       <c r="E174" s="5">
-        <v>100.0407</v>
+        <v>100.65262</v>
       </c>
       <c r="F174" s="4">
-        <v>1410808.1105331599</v>
+        <v>5116430.1830193503</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H174" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I174" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J174" s="5">
-        <v>100.0407</v>
+        <v>100.65262</v>
       </c>
       <c r="K174" s="5">
         <v>1</v>
       </c>
       <c r="L174" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M174" s="4">
-        <v>1410808.110533</v>
+        <v>5116430.1830190001</v>
       </c>
       <c r="N174" s="4">
-        <v>1410808.1105331599</v>
+        <v>5116430.1830193503</v>
       </c>
       <c r="O174" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>497</v>
+        <v>535</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>495</v>
+        <v>533</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T174" s="4">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U174" s="2">
-        <v>48075</v>
+        <v>47105</v>
       </c>
       <c r="V174" s="4">
-        <v>5.0018099999999999</v>
+        <v>4.8499999999999996</v>
       </c>
       <c r="W174" s="3" t="s">
-        <v>498</v>
+        <v>536</v>
       </c>
       <c r="X174" s="4">
-        <v>8762.3915785299996</v>
+        <v>10251.829929379999</v>
       </c>
       <c r="Y174" s="4">
-        <v>8762.3915780000007</v>
+        <v>10251.829929</v>
       </c>
       <c r="Z174" s="6">
-        <v>1.1460000000000001E-3</v>
+        <v>4.1739999999999998E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>499</v>
+        <v>537</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>500</v>
+        <v>538</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D175" s="4">
-        <v>4697099.4895649999</v>
+        <v>8296008.6490399996</v>
       </c>
       <c r="E175" s="5">
-        <v>100.03740000000001</v>
+        <v>100.14</v>
       </c>
       <c r="F175" s="4">
-        <v>4747584.9130124897</v>
+        <v>8326146.3892602297</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H175" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I175" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J175" s="5">
-        <v>100.03740000000001</v>
+        <v>100.14</v>
       </c>
       <c r="K175" s="5">
         <v>1</v>
       </c>
       <c r="L175" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M175" s="4">
-        <v>4747584.9130119998</v>
+        <v>8326146.3892599996</v>
       </c>
       <c r="N175" s="4">
-        <v>4747584.9130124897</v>
+        <v>8326146.3892602297</v>
       </c>
       <c r="O175" s="3" t="s">
-        <v>501</v>
+        <v>34</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>497</v>
+        <v>539</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>499</v>
+        <v>537</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T175" s="4">
         <v>0.01</v>
       </c>
       <c r="U175" s="2">
-        <v>47956</v>
+        <v>48044</v>
       </c>
       <c r="V175" s="4">
-        <v>5.1160500000000004</v>
+        <v>5.0237999999999996</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>502</v>
+        <v>540</v>
       </c>
       <c r="X175" s="4">
-        <v>48728.708238389998</v>
+        <v>18523.328111579998</v>
       </c>
       <c r="Y175" s="4">
-        <v>48728.708237999999</v>
+        <v>18523.328110999999</v>
       </c>
       <c r="Z175" s="6">
-        <v>3.8579999999999999E-3</v>
+        <v>6.7920000000000003E-3</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>503</v>
+        <v>541</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>504</v>
+        <v>542</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D176" s="4">
-        <v>4945734.84</v>
+        <v>8625000</v>
       </c>
       <c r="E176" s="5">
-        <v>99.981200000000001</v>
+        <v>89.753</v>
       </c>
       <c r="F176" s="4">
-        <v>4992988.0557254199</v>
+        <v>7758065.3125</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H176" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I176" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J176" s="5">
-        <v>99.981200000000001</v>
+        <v>89.753</v>
       </c>
       <c r="K176" s="5">
         <v>1</v>
       </c>
       <c r="L176" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M176" s="4">
-        <v>4992988.0557249999</v>
+        <v>7758065.3125</v>
       </c>
       <c r="N176" s="4">
-        <v>4992988.0557254199</v>
+        <v>7758065.3125</v>
       </c>
       <c r="O176" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>505</v>
+        <v>543</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>503</v>
+        <v>541</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T176" s="4">
         <v>0.01</v>
       </c>
       <c r="U176" s="2">
-        <v>48141</v>
+        <v>51480</v>
       </c>
       <c r="V176" s="4">
-        <v>4.8044399999999996</v>
+        <v>2.347</v>
       </c>
       <c r="W176" s="3" t="s">
-        <v>506</v>
+        <v>544</v>
       </c>
       <c r="X176" s="4">
-        <v>48183.013875340002</v>
+        <v>16869.0625</v>
       </c>
       <c r="Y176" s="4">
-        <v>48183.013874999997</v>
+        <v>16869.0625</v>
       </c>
       <c r="Z176" s="6">
-        <v>4.0569999999999998E-3</v>
+        <v>6.3290000000000004E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>507</v>
+        <v>545</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>508</v>
+        <v>546</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D177" s="4">
-        <v>1130158.98</v>
+        <v>863365.88122400001</v>
       </c>
       <c r="E177" s="5">
-        <v>89.941059999999993</v>
+        <v>101.57564000000001</v>
       </c>
       <c r="F177" s="4">
-        <v>1016765.15683709</v>
+        <v>881739.51588868001</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H177" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I177" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J177" s="5">
-        <v>89.941059999999993</v>
+        <v>101.57564000000001</v>
       </c>
       <c r="K177" s="5">
         <v>1</v>
       </c>
       <c r="L177" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M177" s="4">
-        <v>1016765.156837</v>
+        <v>881739.51588800002</v>
       </c>
       <c r="N177" s="4">
-        <v>1016765.15683709</v>
+        <v>881739.51588868001</v>
       </c>
       <c r="O177" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>509</v>
+        <v>547</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>507</v>
+        <v>545</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T177" s="4">
         <v>0.01</v>
       </c>
       <c r="U177" s="2">
-        <v>53687</v>
+        <v>47635</v>
       </c>
       <c r="V177" s="4">
-        <v>1.53</v>
+        <v>6.63</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>510</v>
+        <v>548</v>
       </c>
       <c r="X177" s="4">
-        <v>288.19053989999998</v>
+        <v>4770.0964937600002</v>
       </c>
       <c r="Y177" s="4">
-        <v>288.190539</v>
+        <v>4770.096493</v>
       </c>
       <c r="Z177" s="6">
-        <v>8.2600000000000002E-4</v>
+        <v>7.1900000000000002E-4</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>511</v>
+        <v>549</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>512</v>
+        <v>550</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D178" s="4">
-        <v>35017506.094999999</v>
+        <v>872193.65061300003</v>
       </c>
       <c r="E178" s="5">
-        <v>3.7484199999999999</v>
+        <v>101.56439</v>
       </c>
       <c r="F178" s="4">
-        <v>1312603.2019662</v>
+        <v>888633.05696180998</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H178" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I178" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J178" s="5">
-        <v>3.7484199999999999</v>
+        <v>101.56439</v>
       </c>
       <c r="K178" s="5">
         <v>1</v>
       </c>
       <c r="L178" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M178" s="4">
-        <v>1312603.201966</v>
+        <v>888633.05696099997</v>
       </c>
       <c r="N178" s="4">
-        <v>1312603.2019662</v>
+        <v>888633.05696180998</v>
       </c>
       <c r="O178" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>513</v>
+        <v>547</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>511</v>
+        <v>549</v>
       </c>
       <c r="S178" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T178" s="4">
         <v>0.01</v>
       </c>
       <c r="U178" s="2">
-        <v>51220</v>
+        <v>47133</v>
       </c>
       <c r="V178" s="4">
-        <v>0</v>
+        <v>7.21</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>514</v>
+        <v>551</v>
       </c>
       <c r="X178" s="4">
-        <v>0</v>
+        <v>2794.89609819</v>
       </c>
       <c r="Y178" s="4">
-        <v>0</v>
+        <v>2794.8960980000002</v>
       </c>
       <c r="Z178" s="6">
-        <v>1.0660000000000001E-3</v>
+        <v>7.2400000000000003E-4</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>515</v>
+        <v>552</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>516</v>
+        <v>553</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D179" s="4">
-        <v>92778699.151999995</v>
+        <v>5195462.2428510003</v>
       </c>
       <c r="E179" s="5">
-        <v>3.4276200000000001</v>
+        <v>96.997299999999996</v>
       </c>
       <c r="F179" s="4">
-        <v>3180101.2478737799</v>
+        <v>5046172.9790338101</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H179" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I179" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J179" s="5">
-        <v>3.4276200000000001</v>
+        <v>96.997299999999996</v>
       </c>
       <c r="K179" s="5">
         <v>1</v>
       </c>
       <c r="L179" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M179" s="4">
-        <v>3180101.2478729999</v>
+        <v>5046172.9790329998</v>
       </c>
       <c r="N179" s="4">
-        <v>3180101.2478737799</v>
+        <v>5046172.9790338101</v>
       </c>
       <c r="O179" s="3" t="s">
-        <v>34</v>
+        <v>554</v>
       </c>
       <c r="P179" s="3" t="s">
-        <v>513</v>
+        <v>555</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R179" s="3" t="s">
-        <v>515</v>
+        <v>552</v>
       </c>
       <c r="S179" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T179" s="4">
         <v>0.01</v>
       </c>
       <c r="U179" s="2">
-        <v>50885</v>
+        <v>50240</v>
       </c>
       <c r="V179" s="4">
-        <v>1.6661060000000001</v>
+        <v>4.0098399999999996</v>
       </c>
       <c r="W179" s="3" t="s">
-        <v>517</v>
+        <v>556</v>
       </c>
       <c r="X179" s="4">
-        <v>0</v>
+        <v>6714.8809485100001</v>
       </c>
       <c r="Y179" s="4">
-        <v>0</v>
+        <v>6714.880948</v>
       </c>
       <c r="Z179" s="6">
-        <v>2.5839999999999999E-3</v>
+        <v>4.1159999999999999E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>518</v>
+        <v>557</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>519</v>
+        <v>558</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D180" s="4">
-        <v>75561677.747883007</v>
+        <v>1295000</v>
       </c>
       <c r="E180" s="5">
-        <v>3.9481799999999998</v>
+        <v>97.855559999999997</v>
       </c>
       <c r="F180" s="4">
-        <v>2983311.0485063801</v>
+        <v>1272236.8353333301</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H180" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I180" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J180" s="5">
-        <v>3.9481799999999998</v>
+        <v>97.855559999999997</v>
       </c>
       <c r="K180" s="5">
         <v>1</v>
       </c>
       <c r="L180" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M180" s="4">
-        <v>2983311.0485060001</v>
+        <v>1272236.8353329999</v>
       </c>
       <c r="N180" s="4">
-        <v>2983311.0485063801</v>
+        <v>1272236.8353333301</v>
       </c>
       <c r="O180" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P180" s="3" t="s">
-        <v>513</v>
+        <v>559</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R180" s="3" t="s">
-        <v>518</v>
+        <v>557</v>
       </c>
       <c r="S180" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T180" s="4">
         <v>0.01</v>
       </c>
       <c r="U180" s="2">
-        <v>47628</v>
+        <v>53595</v>
       </c>
       <c r="V180" s="4">
-        <v>0</v>
+        <v>4.6399999999999997</v>
       </c>
       <c r="W180" s="3" t="s">
-        <v>520</v>
+        <v>560</v>
       </c>
       <c r="X180" s="4">
-        <v>0</v>
+        <v>5007.3333333299997</v>
       </c>
       <c r="Y180" s="4">
-        <v>0</v>
+        <v>5007.3333329999996</v>
       </c>
       <c r="Z180" s="6">
-        <v>2.4239999999999999E-3</v>
+        <v>1.0369999999999999E-3</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>521</v>
+        <v>561</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>522</v>
+        <v>562</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D181" s="4">
-        <v>201682413.40615201</v>
+        <v>3500000</v>
       </c>
       <c r="E181" s="5">
-        <v>3.1933600000000002</v>
+        <v>97.574010000000001</v>
       </c>
       <c r="F181" s="4">
-        <v>6440445.5167467101</v>
+        <v>3431802.85</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H181" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I181" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J181" s="5">
-        <v>3.1933600000000002</v>
+        <v>97.574010000000001</v>
       </c>
       <c r="K181" s="5">
         <v>1</v>
       </c>
       <c r="L181" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M181" s="4">
-        <v>6440445.5167460004</v>
+        <v>3431802.85</v>
       </c>
       <c r="N181" s="4">
-        <v>6440445.5167467101</v>
+        <v>3431802.85</v>
       </c>
       <c r="O181" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P181" s="3" t="s">
-        <v>513</v>
+        <v>559</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R181" s="3" t="s">
-        <v>521</v>
+        <v>561</v>
       </c>
       <c r="S181" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T181" s="4">
         <v>0.01</v>
       </c>
       <c r="U181" s="2">
-        <v>51312</v>
+        <v>53595</v>
       </c>
       <c r="V181" s="4">
-        <v>0.123059</v>
+        <v>5.73</v>
       </c>
       <c r="W181" s="3" t="s">
-        <v>523</v>
+        <v>563</v>
       </c>
       <c r="X181" s="4">
-        <v>0</v>
+        <v>16712.5</v>
       </c>
       <c r="Y181" s="4">
-        <v>0</v>
+        <v>16712.5</v>
       </c>
       <c r="Z181" s="6">
-        <v>5.2339999999999999E-3</v>
+        <v>2.7989999999999998E-3</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>524</v>
+        <v>564</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>525</v>
+        <v>565</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D182" s="4">
-        <v>3994550.8705000002</v>
+        <v>3230000</v>
       </c>
       <c r="E182" s="5">
-        <v>64.026560000000003</v>
+        <v>99.41892</v>
       </c>
       <c r="F182" s="4">
-        <v>2557573.5098312101</v>
+        <v>3211231.1159999999</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H182" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I182" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J182" s="5">
-        <v>64.026560000000003</v>
+        <v>99.41892</v>
       </c>
       <c r="K182" s="5">
         <v>1</v>
       </c>
       <c r="L182" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M182" s="4">
-        <v>2557573.5098310001</v>
+        <v>3211231.1159999999</v>
       </c>
       <c r="N182" s="4">
-        <v>2557573.5098312101</v>
+        <v>3211231.1159999999</v>
       </c>
       <c r="O182" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P182" s="3" t="s">
-        <v>526</v>
+        <v>559</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R182" s="3" t="s">
-        <v>524</v>
+        <v>564</v>
       </c>
       <c r="S182" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T182" s="4">
         <v>0.01</v>
       </c>
       <c r="U182" s="2">
-        <v>57643</v>
+        <v>55634</v>
       </c>
       <c r="V182" s="4">
-        <v>6.39621</v>
+        <v>5.9640000000000004</v>
       </c>
       <c r="W182" s="3" t="s">
-        <v>527</v>
+        <v>566</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>2.078E-3</v>
+        <v>2.6189999999999998E-3</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>528</v>
+        <v>567</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>529</v>
+        <v>568</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D183" s="4">
-        <v>1829622.2797399999</v>
+        <v>1676419.7779999999</v>
       </c>
       <c r="E183" s="5">
-        <v>96.355800000000002</v>
+        <v>102.16171</v>
       </c>
       <c r="F183" s="4">
-        <v>1764152.0549297</v>
+        <v>1721902.2619814801</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H183" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I183" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J183" s="5">
-        <v>96.355800000000002</v>
+        <v>102.16171</v>
       </c>
       <c r="K183" s="5">
         <v>1</v>
       </c>
       <c r="L183" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M183" s="4">
-        <v>1764152.0549290001</v>
+        <v>1721902.261981</v>
       </c>
       <c r="N183" s="4">
-        <v>1764152.0549297</v>
+        <v>1721902.2619814801</v>
       </c>
       <c r="O183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>530</v>
+        <v>559</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>528</v>
+        <v>567</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T183" s="4">
         <v>0.01</v>
       </c>
       <c r="U183" s="2">
-        <v>49943</v>
+        <v>57278</v>
       </c>
       <c r="V183" s="4">
-        <v>3.9512100000000001</v>
+        <v>6.5807000000000002</v>
       </c>
       <c r="W183" s="3" t="s">
-        <v>531</v>
+        <v>569</v>
       </c>
       <c r="X183" s="4">
-        <v>1204.8703079899999</v>
+        <v>9243.1499984799993</v>
       </c>
       <c r="Y183" s="4">
-        <v>1204.8703069999999</v>
+        <v>9243.1499980000008</v>
       </c>
       <c r="Z183" s="6">
-        <v>1.433E-3</v>
+        <v>1.4040000000000001E-3</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>532</v>
+        <v>570</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>533</v>
+        <v>571</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D184" s="4">
-        <v>6162348.3448999999</v>
+        <v>1745005.7719940001</v>
       </c>
       <c r="E184" s="5">
-        <v>98.042079999999999</v>
+        <v>102.59688</v>
       </c>
       <c r="F184" s="4">
-        <v>6041694.4941855296</v>
+        <v>1791377.4657050599</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H184" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I184" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J184" s="5">
-        <v>98.042079999999999</v>
+        <v>102.59688</v>
       </c>
       <c r="K184" s="5">
         <v>1</v>
       </c>
       <c r="L184" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M184" s="4">
-        <v>6041694.4941849997</v>
+        <v>1791377.4657050001</v>
       </c>
       <c r="N184" s="4">
-        <v>6041694.4941855296</v>
+        <v>1791377.4657050599</v>
       </c>
       <c r="O184" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>534</v>
+        <v>572</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>532</v>
+        <v>570</v>
       </c>
       <c r="S184" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T184" s="4">
         <v>0.01</v>
       </c>
       <c r="U184" s="2">
-        <v>50756</v>
+        <v>49820</v>
       </c>
       <c r="V184" s="4">
-        <v>2.1349999999999998</v>
+        <v>4.3570700000000002</v>
       </c>
       <c r="W184" s="3" t="s">
-        <v>535</v>
+        <v>573</v>
       </c>
       <c r="X184" s="4">
-        <v>0</v>
+        <v>1055.9878193</v>
       </c>
       <c r="Y184" s="4">
-        <v>0</v>
+        <v>1055.9878189999999</v>
       </c>
       <c r="Z184" s="6">
-        <v>4.9100000000000003E-3</v>
+        <v>1.4610000000000001E-3</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>536</v>
+        <v>574</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>537</v>
+        <v>575</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D185" s="4">
-        <v>1973666.3496000001</v>
+        <v>7583719.6175030004</v>
       </c>
       <c r="E185" s="5">
-        <v>98.911709999999999</v>
+        <v>16.60042</v>
       </c>
       <c r="F185" s="4">
-        <v>1953616.79748815</v>
+        <v>1298238.25481195</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H185" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I185" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J185" s="5">
-        <v>98.911709999999999</v>
+        <v>16.60042</v>
       </c>
       <c r="K185" s="5">
         <v>1</v>
       </c>
       <c r="L185" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M185" s="4">
-        <v>1953616.797488</v>
+        <v>1298238.2548110001</v>
       </c>
       <c r="N185" s="4">
-        <v>1953616.79748815</v>
+        <v>1298238.25481195</v>
       </c>
       <c r="O185" s="3" t="s">
-        <v>34</v>
+        <v>576</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>538</v>
+        <v>577</v>
       </c>
       <c r="Q185" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>536</v>
+        <v>574</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T185" s="4">
         <v>0.01</v>
       </c>
       <c r="U185" s="2">
-        <v>49242</v>
+        <v>49943</v>
       </c>
       <c r="V185" s="4">
-        <v>4.3462100000000001</v>
+        <v>5.72</v>
       </c>
       <c r="W185" s="3" t="s">
-        <v>539</v>
+        <v>578</v>
       </c>
       <c r="X185" s="4">
-        <v>1429.6614042199999</v>
+        <v>39308.94668406</v>
       </c>
       <c r="Y185" s="4">
-        <v>1429.6614039999999</v>
+        <v>39308.946684000002</v>
       </c>
       <c r="Z185" s="6">
-        <v>1.5870000000000001E-3</v>
+        <v>1.059E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>540</v>
+        <v>579</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>541</v>
+        <v>580</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D186" s="4">
-        <v>1062708.206734</v>
+        <v>8310343.0940230004</v>
       </c>
       <c r="E186" s="5">
-        <v>99.112020000000001</v>
+        <v>8.8960699999999999</v>
       </c>
       <c r="F186" s="4">
-        <v>1054511.3966409899</v>
+        <v>783823.52729654999</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H186" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I186" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J186" s="5">
-        <v>99.112020000000001</v>
+        <v>8.8960699999999999</v>
       </c>
       <c r="K186" s="5">
         <v>1</v>
       </c>
       <c r="L186" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M186" s="4">
-        <v>1054511.3966399999</v>
+        <v>783823.52729600004</v>
       </c>
       <c r="N186" s="4">
-        <v>1054511.3966409899</v>
+        <v>783823.52729654999</v>
       </c>
       <c r="O186" s="3" t="s">
-        <v>542</v>
+        <v>34</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>538</v>
+        <v>577</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>540</v>
+        <v>579</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T186" s="4">
         <v>0.01</v>
       </c>
       <c r="U186" s="2">
-        <v>50308</v>
+        <v>50124</v>
       </c>
       <c r="V186" s="4">
-        <v>7</v>
+        <v>6.43</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>543</v>
+        <v>581</v>
       </c>
       <c r="X186" s="4">
-        <v>1239.82624119</v>
+        <v>44529.588412140001</v>
       </c>
       <c r="Y186" s="4">
-        <v>1239.826241</v>
+        <v>44529.588411999997</v>
       </c>
       <c r="Z186" s="6">
-        <v>8.5700000000000001E-4</v>
+        <v>6.3900000000000003E-4</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>544</v>
+        <v>582</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>545</v>
+        <v>583</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D187" s="4">
-        <v>10153205.347402999</v>
+        <v>4636000</v>
       </c>
       <c r="E187" s="5">
-        <v>57.107790000000001</v>
+        <v>103.95443</v>
       </c>
       <c r="F187" s="4">
-        <v>5798271.1880638497</v>
+        <v>4840428.3219666705</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H187" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I187" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J187" s="5">
-        <v>57.107790000000001</v>
+        <v>103.95443</v>
       </c>
       <c r="K187" s="5">
         <v>1</v>
       </c>
       <c r="L187" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M187" s="4">
-        <v>5798271.1880630003</v>
+        <v>4840428.3219659999</v>
       </c>
       <c r="N187" s="4">
-        <v>5798271.1880638497</v>
+        <v>4840428.3219666705</v>
       </c>
       <c r="O187" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>546</v>
+        <v>584</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>544</v>
+        <v>582</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T187" s="4">
         <v>0.01</v>
       </c>
       <c r="U187" s="2">
-        <v>53868</v>
+        <v>52998</v>
       </c>
       <c r="V187" s="4">
-        <v>3.2718400000000001</v>
+        <v>5.4618500000000001</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>547</v>
+        <v>585</v>
       </c>
       <c r="X187" s="4">
-        <v>0</v>
+        <v>21100.947166670001</v>
       </c>
       <c r="Y187" s="4">
-        <v>0</v>
+        <v>21100.947166000002</v>
       </c>
       <c r="Z187" s="6">
-        <v>4.712E-3</v>
+        <v>3.9490000000000003E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>548</v>
+        <v>586</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>549</v>
+        <v>587</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D188" s="4">
-        <v>10241138.436174</v>
+        <v>6546065.8059999999</v>
       </c>
       <c r="E188" s="5">
-        <v>18.358219999999999</v>
+        <v>100.88571</v>
       </c>
       <c r="F188" s="4">
-        <v>1887201.8468448101</v>
+        <v>6618562.6847267402</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H188" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I188" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J188" s="5">
-        <v>18.358219999999999</v>
+        <v>100.88571</v>
       </c>
       <c r="K188" s="5">
         <v>1</v>
       </c>
       <c r="L188" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M188" s="4">
-        <v>1887201.846844</v>
+        <v>6618562.6847259998</v>
       </c>
       <c r="N188" s="4">
-        <v>1887201.8468448101</v>
+        <v>6618562.6847267402</v>
       </c>
       <c r="O188" s="3" t="s">
-        <v>550</v>
+        <v>34</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>551</v>
+        <v>588</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>548</v>
+        <v>586</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T188" s="4">
         <v>0.01</v>
       </c>
       <c r="U188" s="2">
-        <v>60323</v>
+        <v>47164</v>
       </c>
       <c r="V188" s="4">
-        <v>4.1662100000000004</v>
+        <v>4.99</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>552</v>
+        <v>589</v>
       </c>
       <c r="X188" s="4">
-        <v>7111.1222273599997</v>
+        <v>14517.719276420001</v>
       </c>
       <c r="Y188" s="4">
-        <v>7111.1222269999998</v>
+        <v>14517.719276</v>
       </c>
       <c r="Z188" s="6">
-        <v>1.5330000000000001E-3</v>
+        <v>5.3990000000000002E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>553</v>
+        <v>590</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>554</v>
+        <v>591</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D189" s="4">
-        <v>5487827.2170200003</v>
+        <v>2467823.0592</v>
       </c>
       <c r="E189" s="5">
-        <v>100.61018</v>
+        <v>48.319629999999997</v>
       </c>
       <c r="F189" s="4">
-        <v>5532402.8253005398</v>
+        <v>1202725.56734012</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H189" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I189" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J189" s="5">
-        <v>100.61018</v>
+        <v>48.319629999999997</v>
       </c>
       <c r="K189" s="5">
         <v>1</v>
       </c>
       <c r="L189" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M189" s="4">
-        <v>5532402.8252999997</v>
+        <v>1202725.5673400001</v>
       </c>
       <c r="N189" s="4">
-        <v>5532402.8253005398</v>
+        <v>1202725.56734012</v>
       </c>
       <c r="O189" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>555</v>
+        <v>592</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>553</v>
+        <v>590</v>
       </c>
       <c r="S189" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T189" s="4">
-        <v>1</v>
+        <v>0.01</v>
       </c>
       <c r="U189" s="2">
-        <v>47105</v>
+        <v>49515</v>
       </c>
       <c r="V189" s="4">
-        <v>4.8499999999999996</v>
+        <v>5</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>556</v>
+        <v>593</v>
       </c>
       <c r="X189" s="4">
-        <v>11089.984167729999</v>
+        <v>10282.596079999999</v>
       </c>
       <c r="Y189" s="4">
-        <v>11089.984167000001</v>
+        <v>10282.596079999999</v>
       </c>
       <c r="Z189" s="6">
-        <v>4.496E-3</v>
+        <v>9.810000000000001E-4</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>557</v>
+        <v>594</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>558</v>
+        <v>595</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D190" s="4">
-        <v>10035294.568840001</v>
+        <v>6157159.6125400001</v>
       </c>
       <c r="E190" s="5">
-        <v>100.05800000000001</v>
+        <v>93.465270000000004</v>
       </c>
       <c r="F190" s="4">
-        <v>10155400.2357106</v>
+        <v>5758420.6818418801</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H190" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I190" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J190" s="5">
-        <v>100.05800000000001</v>
+        <v>93.465270000000004</v>
       </c>
       <c r="K190" s="5">
         <v>1</v>
       </c>
       <c r="L190" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M190" s="4">
-        <v>10155400.235710001</v>
+        <v>5758420.681841</v>
       </c>
       <c r="N190" s="4">
-        <v>10155400.2357106</v>
+        <v>5758420.6818418801</v>
       </c>
       <c r="O190" s="3" t="s">
-        <v>34</v>
+        <v>596</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>559</v>
+        <v>597</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>557</v>
+        <v>594</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T190" s="4">
         <v>0.01</v>
       </c>
       <c r="U190" s="2">
-        <v>48044</v>
+        <v>53442</v>
       </c>
       <c r="V190" s="4">
-        <v>5.2561499999999999</v>
+        <v>4.2270700000000003</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>560</v>
+        <v>598</v>
       </c>
       <c r="X190" s="4">
-        <v>114285.19602068</v>
+        <v>3614.8256504699998</v>
       </c>
       <c r="Y190" s="4">
-        <v>114285.19602</v>
+        <v>3614.8256500000002</v>
       </c>
       <c r="Z190" s="6">
-        <v>8.2529999999999999E-3</v>
+        <v>4.6969999999999998E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>561</v>
+        <v>599</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>562</v>
+        <v>600</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D191" s="4">
-        <v>8625000</v>
+        <v>1704647.891021</v>
       </c>
       <c r="E191" s="5">
-        <v>89.738929999999996</v>
+        <v>76.118840000000006</v>
       </c>
       <c r="F191" s="4">
-        <v>7739982.7125000004</v>
+        <v>1303153.7926644899</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H191" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I191" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J191" s="5">
-        <v>89.738929999999996</v>
+        <v>76.118840000000006</v>
       </c>
       <c r="K191" s="5">
         <v>1</v>
       </c>
       <c r="L191" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M191" s="4">
-        <v>7739982.7125000004</v>
+        <v>1303153.7926640001</v>
       </c>
       <c r="N191" s="4">
-        <v>7739982.7125000004</v>
+        <v>1303153.7926644899</v>
       </c>
       <c r="O191" s="3" t="s">
-        <v>34</v>
+        <v>601</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>563</v>
+        <v>602</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>561</v>
+        <v>599</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T191" s="4">
         <v>0.01</v>
       </c>
       <c r="U191" s="2">
-        <v>51480</v>
+        <v>50034</v>
       </c>
       <c r="V191" s="4">
-        <v>2.347</v>
+        <v>3.93906</v>
       </c>
       <c r="W191" s="3" t="s">
-        <v>564</v>
+        <v>603</v>
       </c>
       <c r="X191" s="4">
-        <v>0</v>
+        <v>5595.5919346700002</v>
       </c>
       <c r="Y191" s="4">
-        <v>0</v>
+        <v>5595.591934</v>
       </c>
       <c r="Z191" s="6">
-        <v>6.2899999999999996E-3</v>
+        <v>1.0629999999999999E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>565</v>
+        <v>604</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>566</v>
+        <v>605</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D192" s="4">
-        <v>889758.21149599995</v>
+        <v>768385.98991200002</v>
       </c>
       <c r="E192" s="5">
-        <v>101.52546</v>
+        <v>77.094459999999998</v>
       </c>
       <c r="F192" s="4">
-        <v>903331.11710908997</v>
+        <v>594964.94103161001</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H192" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I192" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J192" s="5">
-        <v>101.52546</v>
+        <v>77.094459999999998</v>
       </c>
       <c r="K192" s="5">
         <v>1</v>
       </c>
       <c r="L192" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M192" s="4">
-        <v>903331.11710899998</v>
+        <v>594964.94103099999</v>
       </c>
       <c r="N192" s="4">
-        <v>903331.11710908997</v>
+        <v>594964.94103161001</v>
       </c>
       <c r="O192" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>567</v>
+        <v>602</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>565</v>
+        <v>604</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T192" s="4">
         <v>0.01</v>
       </c>
       <c r="U192" s="2">
-        <v>47635</v>
+        <v>50124</v>
       </c>
       <c r="V192" s="4">
-        <v>6.63</v>
+        <v>4.0322120000000004</v>
       </c>
       <c r="W192" s="3" t="s">
-        <v>568</v>
+        <v>606</v>
       </c>
       <c r="X192" s="4">
-        <v>0</v>
+        <v>2581.9113936499998</v>
       </c>
       <c r="Y192" s="4">
-        <v>0</v>
+        <v>2581.9113929999999</v>
       </c>
       <c r="Z192" s="6">
-        <v>7.3399999999999995E-4</v>
+        <v>4.8500000000000003E-4</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>569</v>
+        <v>607</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>570</v>
+        <v>608</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D193" s="4">
-        <v>907948.19575099996</v>
+        <v>8478738.9244999997</v>
       </c>
       <c r="E193" s="5">
-        <v>101.58638999999999</v>
+        <v>98.380189999999999</v>
       </c>
       <c r="F193" s="4">
-        <v>925261.26468529005</v>
+        <v>8358356.9413760602</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H193" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I193" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J193" s="5">
-        <v>101.58638999999999</v>
+        <v>98.380189999999999</v>
       </c>
       <c r="K193" s="5">
         <v>1</v>
       </c>
       <c r="L193" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M193" s="4">
-        <v>925261.26468499994</v>
+        <v>8358356.9413759997</v>
       </c>
       <c r="N193" s="4">
-        <v>925261.26468529005</v>
+        <v>8358356.9413760602</v>
       </c>
       <c r="O193" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>567</v>
+        <v>609</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>569</v>
+        <v>607</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T193" s="4">
         <v>0.01</v>
       </c>
       <c r="U193" s="2">
-        <v>47133</v>
+        <v>51761</v>
       </c>
       <c r="V193" s="4">
-        <v>7.21</v>
+        <v>4</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>571</v>
+        <v>610</v>
       </c>
       <c r="X193" s="4">
-        <v>2909.4695517199998</v>
+        <v>16957.477848999999</v>
       </c>
       <c r="Y193" s="4">
-        <v>2909.4695510000001</v>
+        <v>16957.477848999999</v>
       </c>
       <c r="Z193" s="6">
-        <v>7.5100000000000004E-4</v>
+        <v>6.8190000000000004E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>572</v>
+        <v>611</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>573</v>
+        <v>612</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D194" s="4">
-        <v>5255428.8584390003</v>
+        <v>11393000</v>
       </c>
       <c r="E194" s="5">
-        <v>97.010350000000003</v>
+        <v>101.89062</v>
       </c>
       <c r="F194" s="4">
-        <v>5106442.9626634503</v>
+        <v>11664125.771974999</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H194" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I194" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J194" s="5">
-        <v>97.010350000000003</v>
+        <v>101.89062</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M194" s="4">
-        <v>5106442.9626630004</v>
+        <v>11664125.771974999</v>
       </c>
       <c r="N194" s="4">
-        <v>5106442.9626634503</v>
+        <v>11664125.771974999</v>
       </c>
       <c r="O194" s="3" t="s">
-        <v>574</v>
+        <v>34</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>575</v>
+        <v>613</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>572</v>
+        <v>611</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T194" s="4">
         <v>0.01</v>
       </c>
       <c r="U194" s="2">
-        <v>50240</v>
+        <v>51048</v>
       </c>
       <c r="V194" s="4">
-        <v>4.0655200000000002</v>
+        <v>5.7971500000000002</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>576</v>
+        <v>614</v>
       </c>
       <c r="X194" s="4">
-        <v>8133.03309051</v>
+        <v>55727.435375000001</v>
       </c>
       <c r="Y194" s="4">
-        <v>8133.0330899999999</v>
+        <v>55727.435375000001</v>
       </c>
       <c r="Z194" s="6">
-        <v>4.15E-3</v>
+        <v>9.5160000000000002E-3</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>577</v>
+        <v>615</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>578</v>
+        <v>616</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D195" s="4">
-        <v>1295000</v>
+        <v>26996.309964</v>
       </c>
       <c r="E195" s="5">
-        <v>97.922830000000005</v>
+        <v>93.385959999999997</v>
       </c>
       <c r="F195" s="4">
-        <v>1268100.6484999999</v>
+        <v>25342.41320476</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H195" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I195" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J195" s="5">
-        <v>97.922830000000005</v>
+        <v>93.385959999999997</v>
       </c>
       <c r="K195" s="5">
         <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M195" s="4">
-        <v>1268100.6484999999</v>
+        <v>25342.413204</v>
       </c>
       <c r="N195" s="4">
-        <v>1268100.6484999999</v>
+        <v>25342.41320476</v>
       </c>
       <c r="O195" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P195" s="3" t="s">
-        <v>579</v>
+        <v>617</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R195" s="3" t="s">
-        <v>577</v>
+        <v>615</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T195" s="4">
         <v>0.01</v>
       </c>
       <c r="U195" s="2">
-        <v>53595</v>
+        <v>50097</v>
       </c>
       <c r="V195" s="4">
-        <v>4.6399999999999997</v>
+        <v>6.0537000000000001</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>580</v>
+        <v>618</v>
       </c>
       <c r="X195" s="4">
-        <v>0</v>
+        <v>131.64998019999999</v>
       </c>
       <c r="Y195" s="4">
-        <v>0</v>
+        <v>131.64998</v>
       </c>
       <c r="Z195" s="6">
-        <v>1.0300000000000001E-3</v>
+        <v>2.0000000000000002E-5</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>581</v>
+        <v>619</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>582</v>
+        <v>620</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D196" s="4">
-        <v>3500000</v>
+        <v>1656953.195547</v>
       </c>
       <c r="E196" s="5">
-        <v>97.646519999999995</v>
+        <v>100.08150000000001</v>
       </c>
       <c r="F196" s="4">
-        <v>3417628.2</v>
+        <v>1660783.2396366501</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H196" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I196" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J196" s="5">
-        <v>97.646519999999995</v>
+        <v>100.08150000000001</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M196" s="4">
-        <v>3417628.2</v>
+        <v>1660783.239636</v>
       </c>
       <c r="N196" s="4">
-        <v>3417628.2</v>
+        <v>1660783.2396366501</v>
       </c>
       <c r="O196" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>579</v>
+        <v>621</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>581</v>
+        <v>619</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T196" s="4">
         <v>0.01</v>
       </c>
       <c r="U196" s="2">
-        <v>53595</v>
+        <v>48141</v>
       </c>
       <c r="V196" s="4">
-        <v>5.73</v>
+        <v>4.8976300000000004</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>583</v>
+        <v>622</v>
       </c>
       <c r="X196" s="4">
-        <v>0</v>
+        <v>2479.6272352800001</v>
       </c>
       <c r="Y196" s="4">
-        <v>0</v>
+        <v>2479.6272349999999</v>
       </c>
       <c r="Z196" s="6">
-        <v>2.777E-3</v>
+        <v>1.354E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>584</v>
+        <v>623</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>585</v>
+        <v>624</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D197" s="4">
-        <v>3230000</v>
+        <v>3403107.443192</v>
       </c>
       <c r="E197" s="5">
-        <v>99.731449999999995</v>
+        <v>96.389290000000003</v>
       </c>
       <c r="F197" s="4">
-        <v>3221325.835</v>
+        <v>3282190.4188524801</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H197" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I197" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J197" s="5">
-        <v>99.731449999999995</v>
+        <v>96.389290000000003</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M197" s="4">
-        <v>3221325.835</v>
+        <v>3282190.418852</v>
       </c>
       <c r="N197" s="4">
-        <v>3221325.835</v>
+        <v>3282190.4188524801</v>
       </c>
       <c r="O197" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>579</v>
+        <v>625</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>584</v>
+        <v>623</v>
       </c>
       <c r="S197" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T197" s="4">
         <v>0.01</v>
       </c>
       <c r="U197" s="2">
-        <v>55634</v>
+        <v>52075</v>
       </c>
       <c r="V197" s="4">
-        <v>5.9640000000000004</v>
+        <v>5.1816899999999997</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>586</v>
+        <v>626</v>
       </c>
       <c r="X197" s="4">
-        <v>0</v>
+        <v>1959.3164230299999</v>
       </c>
       <c r="Y197" s="4">
-        <v>0</v>
+        <v>1959.316423</v>
       </c>
       <c r="Z197" s="6">
-        <v>2.6180000000000001E-3</v>
+        <v>2.6770000000000001E-3</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>587</v>
+        <v>627</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>588</v>
+        <v>628</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D198" s="4">
-        <v>1747263.0120000001</v>
+        <v>4222600.866068</v>
       </c>
       <c r="E198" s="5">
-        <v>102.47168000000001</v>
+        <v>98.118979999999993</v>
       </c>
       <c r="F198" s="4">
-        <v>1790449.762415</v>
+        <v>4163499.5075151399</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H198" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I198" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J198" s="5">
-        <v>102.47168000000001</v>
+        <v>98.118979999999993</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M198" s="4">
-        <v>1790449.762415</v>
+        <v>4163499.5075150002</v>
       </c>
       <c r="N198" s="4">
-        <v>1790449.762415</v>
+        <v>4163499.5075151399</v>
       </c>
       <c r="O198" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>579</v>
+        <v>625</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>587</v>
+        <v>627</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T198" s="4">
         <v>0.01</v>
       </c>
       <c r="U198" s="2">
-        <v>57278</v>
+        <v>50766</v>
       </c>
       <c r="V198" s="4">
-        <v>6.5807000000000002</v>
+        <v>5.2513800000000002</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>589</v>
+        <v>629</v>
       </c>
       <c r="X198" s="4">
-        <v>0</v>
+        <v>20326.608258050001</v>
       </c>
       <c r="Y198" s="4">
-        <v>0</v>
+        <v>20326.608258</v>
       </c>
       <c r="Z198" s="6">
-        <v>1.4549999999999999E-3</v>
+        <v>3.3960000000000001E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>590</v>
+        <v>630</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>591</v>
+        <v>631</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D199" s="4">
-        <v>1752308.473552</v>
+        <v>11024862.5856</v>
       </c>
       <c r="E199" s="5">
-        <v>102.78165</v>
+        <v>81.647120000000001</v>
       </c>
       <c r="F199" s="4">
-        <v>1802341.32257389</v>
+        <v>9053037.9641387891</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H199" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I199" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J199" s="5">
-        <v>102.78165</v>
+        <v>81.647120000000001</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M199" s="4">
-        <v>1802341.3225730001</v>
+        <v>9053037.9641379993</v>
       </c>
       <c r="N199" s="4">
-        <v>1802341.32257389</v>
+        <v>9053037.9641387891</v>
       </c>
       <c r="O199" s="3" t="s">
-        <v>34</v>
+        <v>632</v>
       </c>
       <c r="P199" s="3" t="s">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>590</v>
+        <v>630</v>
       </c>
       <c r="S199" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T199" s="4">
         <v>0.01</v>
       </c>
       <c r="U199" s="2">
-        <v>49820</v>
+        <v>51952</v>
       </c>
       <c r="V199" s="4">
-        <v>4.4162100000000004</v>
+        <v>5.1013799999999998</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>593</v>
+        <v>633</v>
       </c>
       <c r="X199" s="4">
-        <v>1289.76036733</v>
+        <v>51555.179038850001</v>
       </c>
       <c r="Y199" s="4">
-        <v>1289.7603670000001</v>
+        <v>51555.179038000002</v>
       </c>
       <c r="Z199" s="6">
-        <v>1.464E-3</v>
+        <v>7.3850000000000001E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>594</v>
+        <v>634</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>595</v>
+        <v>635</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D200" s="4">
-        <v>7586116.3239310002</v>
+        <v>3324962.19</v>
       </c>
       <c r="E200" s="5">
-        <v>17.622800000000002</v>
+        <v>95.623220000000003</v>
       </c>
       <c r="F200" s="4">
-        <v>1336886.1075337101</v>
+        <v>3190031.4560393202</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H200" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I200" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J200" s="5">
-        <v>17.622800000000002</v>
+        <v>95.623220000000003</v>
       </c>
       <c r="K200" s="5">
         <v>1</v>
       </c>
       <c r="L200" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M200" s="4">
-        <v>1336886.1075329999</v>
+        <v>3190031.4560389998</v>
       </c>
       <c r="N200" s="4">
-        <v>1336886.1075337101</v>
+        <v>3190031.4560393202</v>
       </c>
       <c r="O200" s="3" t="s">
-        <v>596</v>
+        <v>34</v>
       </c>
       <c r="P200" s="3" t="s">
-        <v>597</v>
+        <v>636</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R200" s="3" t="s">
-        <v>594</v>
+        <v>634</v>
       </c>
       <c r="S200" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T200" s="4">
         <v>0.01</v>
       </c>
       <c r="U200" s="2">
-        <v>49943</v>
+        <v>51241</v>
       </c>
       <c r="V200" s="4">
-        <v>5.72</v>
+        <v>7.17</v>
       </c>
       <c r="W200" s="3" t="s">
-        <v>598</v>
+        <v>637</v>
       </c>
       <c r="X200" s="4">
-        <v>0</v>
+        <v>10595.546178799999</v>
       </c>
       <c r="Y200" s="4">
-        <v>0</v>
+        <v>10595.546178000001</v>
       </c>
       <c r="Z200" s="6">
-        <v>1.0859999999999999E-3</v>
+        <v>2.6020000000000001E-3</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>599</v>
+        <v>638</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>600</v>
+        <v>639</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D201" s="4">
-        <v>8321250.1795309996</v>
+        <v>2088040.2416999999</v>
       </c>
       <c r="E201" s="5">
-        <v>8.9994700000000005</v>
+        <v>92.402860000000004</v>
       </c>
       <c r="F201" s="4">
-        <v>748868.41353182995</v>
+        <v>1930652.1755426801</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H201" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I201" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J201" s="5">
-        <v>8.9994700000000005</v>
+        <v>92.402860000000004</v>
       </c>
       <c r="K201" s="5">
         <v>1</v>
       </c>
       <c r="L201" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M201" s="4">
-        <v>748868.41353100003</v>
+        <v>1930652.175542</v>
       </c>
       <c r="N201" s="4">
-        <v>748868.41353182995</v>
+        <v>1930652.1755426801</v>
       </c>
       <c r="O201" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>597</v>
+        <v>640</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>599</v>
+        <v>638</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T201" s="4">
         <v>0.01</v>
       </c>
       <c r="U201" s="2">
         <v>50124</v>
       </c>
       <c r="V201" s="4">
-        <v>6.43</v>
+        <v>4.2870699999999999</v>
       </c>
       <c r="W201" s="3" t="s">
-        <v>601</v>
+        <v>641</v>
       </c>
       <c r="X201" s="4">
-        <v>0</v>
+        <v>1243.2742609699999</v>
       </c>
       <c r="Y201" s="4">
-        <v>0</v>
+        <v>1243.2742599999999</v>
       </c>
       <c r="Z201" s="6">
-        <v>6.0800000000000003E-4</v>
+        <v>1.575E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>602</v>
+        <v>642</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>603</v>
+        <v>643</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D202" s="4">
-        <v>4636000</v>
+        <v>1613796.2450999999</v>
       </c>
       <c r="E202" s="5">
-        <v>103.61882</v>
+        <v>101.09814</v>
       </c>
       <c r="F202" s="4">
-        <v>4803768.4951999998</v>
+        <v>1639031.71491671</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H202" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I202" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J202" s="5">
-        <v>103.61882</v>
+        <v>101.09814</v>
       </c>
       <c r="K202" s="5">
         <v>1</v>
       </c>
       <c r="L202" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M202" s="4">
-        <v>4803768.4951999998</v>
+        <v>1639031.7149159999</v>
       </c>
       <c r="N202" s="4">
-        <v>4803768.4951999998</v>
+        <v>1639031.71491671</v>
       </c>
       <c r="O202" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P202" s="3" t="s">
-        <v>604</v>
+        <v>640</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>602</v>
+        <v>642</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T202" s="4">
         <v>0.01</v>
       </c>
       <c r="U202" s="2">
-        <v>52998</v>
+        <v>50338</v>
       </c>
       <c r="V202" s="4">
-        <v>5.4618500000000001</v>
+        <v>5.3689150000000003</v>
       </c>
       <c r="W202" s="3" t="s">
-        <v>605</v>
+        <v>644</v>
       </c>
       <c r="X202" s="4">
-        <v>0</v>
+        <v>7513.7277307699997</v>
       </c>
       <c r="Y202" s="4">
-        <v>0</v>
+        <v>7513.7277299999996</v>
       </c>
       <c r="Z202" s="6">
-        <v>3.9039999999999999E-3</v>
+        <v>1.3370000000000001E-3</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>606</v>
+        <v>645</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>607</v>
+        <v>646</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D203" s="4">
-        <v>6981889.0750000002</v>
+        <v>643246.467083</v>
       </c>
       <c r="E203" s="5">
-        <v>100.85592</v>
+        <v>98.529449999999997</v>
       </c>
       <c r="F203" s="4">
-        <v>7057132.7384081902</v>
+        <v>634170.21208196005</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H203" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I203" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J203" s="5">
-        <v>100.85592</v>
+        <v>98.529449999999997</v>
       </c>
       <c r="K203" s="5">
         <v>1</v>
       </c>
       <c r="L203" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M203" s="4">
-        <v>7057132.7384080002</v>
+        <v>634170.21208099998</v>
       </c>
       <c r="N203" s="4">
-        <v>7057132.7384081902</v>
+        <v>634170.21208196005</v>
       </c>
       <c r="O203" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>608</v>
+        <v>647</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>606</v>
+        <v>645</v>
       </c>
       <c r="S203" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T203" s="4">
         <v>0.01</v>
       </c>
       <c r="U203" s="2">
-        <v>47164</v>
+        <v>50277</v>
       </c>
       <c r="V203" s="4">
-        <v>4.99</v>
+        <v>4.2870699999999999</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>609</v>
+        <v>648</v>
       </c>
       <c r="X203" s="4">
-        <v>15484.27843744</v>
+        <v>383.00592105999999</v>
       </c>
       <c r="Y203" s="4">
-        <v>15484.278437000001</v>
+        <v>383.005921</v>
       </c>
       <c r="Z203" s="6">
-        <v>5.7349999999999996E-3</v>
+        <v>5.1699999999999999E-4</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>610</v>
+        <v>649</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>611</v>
+        <v>650</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D204" s="4">
-        <v>2467823.0592</v>
+        <v>14600000</v>
       </c>
       <c r="E204" s="5">
-        <v>48.603119999999997</v>
+        <v>91.321420000000003</v>
       </c>
       <c r="F204" s="4">
-        <v>1199439.0028506501</v>
+        <v>13365704.32</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H204" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I204" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J204" s="5">
-        <v>48.603119999999997</v>
+        <v>91.321420000000003</v>
       </c>
       <c r="K204" s="5">
         <v>1</v>
       </c>
       <c r="L204" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M204" s="4">
-        <v>1199439.00285</v>
+        <v>13365704.32</v>
       </c>
       <c r="N204" s="4">
-        <v>1199439.0028506501</v>
+        <v>13365704.32</v>
       </c>
       <c r="O204" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>612</v>
+        <v>651</v>
       </c>
       <c r="Q204" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>610</v>
+        <v>649</v>
       </c>
       <c r="S204" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T204" s="4">
         <v>0.01</v>
       </c>
       <c r="U204" s="2">
-        <v>49515</v>
+        <v>51178</v>
       </c>
       <c r="V204" s="4">
-        <v>5</v>
+        <v>2.694</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>613</v>
+        <v>652</v>
       </c>
       <c r="X204" s="4">
-        <v>0</v>
+        <v>32777</v>
       </c>
       <c r="Y204" s="4">
-        <v>0</v>
+        <v>32777</v>
       </c>
       <c r="Z204" s="6">
-        <v>9.7400000000000004E-4</v>
+        <v>1.0904E-2</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>614</v>
+        <v>653</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>615</v>
+        <v>654</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D205" s="4">
-        <v>6175365.0917389998</v>
+        <v>3467120.8659120002</v>
       </c>
       <c r="E205" s="5">
-        <v>93.536670000000001</v>
+        <v>5.2664099999999996</v>
       </c>
       <c r="F205" s="4">
-        <v>5780642.3524233401</v>
+        <v>184570.53722986</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H205" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I205" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J205" s="5">
-        <v>93.536670000000001</v>
+        <v>5.2664099999999996</v>
       </c>
       <c r="K205" s="5">
         <v>1</v>
       </c>
       <c r="L205" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M205" s="4">
-        <v>5780642.3524230001</v>
+        <v>184570.53722900001</v>
       </c>
       <c r="N205" s="4">
-        <v>5780642.3524233401</v>
+        <v>184570.53722986</v>
       </c>
       <c r="O205" s="3" t="s">
-        <v>616</v>
+        <v>34</v>
       </c>
       <c r="P205" s="3" t="s">
-        <v>617</v>
+        <v>655</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R205" s="3" t="s">
-        <v>614</v>
+        <v>653</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T205" s="4">
         <v>0.01</v>
       </c>
       <c r="U205" s="2">
-        <v>53442</v>
+        <v>49759</v>
       </c>
       <c r="V205" s="4">
-        <v>4.2862099999999996</v>
+        <v>4.1070700000000002</v>
       </c>
       <c r="W205" s="3" t="s">
-        <v>618</v>
+        <v>656</v>
       </c>
       <c r="X205" s="4">
-        <v>4411.4852683099998</v>
+        <v>1977.7372353799999</v>
       </c>
       <c r="Y205" s="4">
-        <v>4411.4852680000004</v>
+        <v>1977.7372350000001</v>
       </c>
       <c r="Z205" s="6">
-        <v>4.6979999999999999E-3</v>
+        <v>1.4999999999999999E-4</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>619</v>
+        <v>657</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>620</v>
+        <v>658</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D206" s="4">
-        <v>1004161.597493</v>
+        <v>80676.91</v>
       </c>
       <c r="E206" s="5">
-        <v>75.947620000000001</v>
+        <v>93.921469999999999</v>
       </c>
       <c r="F206" s="4">
-        <v>762636.83424984</v>
+        <v>75772.939822579996</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H206" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I206" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J206" s="5">
-        <v>75.947620000000001</v>
+        <v>93.921469999999999</v>
       </c>
       <c r="K206" s="5">
         <v>1</v>
       </c>
       <c r="L206" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M206" s="4">
-        <v>762636.83424899995</v>
+        <v>75772.939822</v>
       </c>
       <c r="N206" s="4">
-        <v>762636.83424984</v>
+        <v>75772.939822579996</v>
       </c>
       <c r="O206" s="3" t="s">
-        <v>621</v>
+        <v>34</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>622</v>
+        <v>659</v>
       </c>
       <c r="Q206" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R206" s="3" t="s">
-        <v>619</v>
+        <v>657</v>
       </c>
       <c r="S206" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T206" s="4">
         <v>0.01</v>
       </c>
       <c r="U206" s="2">
-        <v>50034</v>
+        <v>49001</v>
       </c>
       <c r="V206" s="4">
-        <v>3.9407290000000001</v>
+        <v>4.0370699999999999</v>
       </c>
       <c r="W206" s="3" t="s">
-        <v>623</v>
+        <v>660</v>
       </c>
       <c r="X206" s="4">
         <v>0</v>
       </c>
       <c r="Y206" s="4">
         <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>6.1899999999999998E-4</v>
+        <v>6.0999999999999999E-5</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>624</v>
+        <v>661</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>625</v>
+        <v>662</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D207" s="4">
-        <v>769430.51646900002</v>
+        <v>1007048.934</v>
       </c>
       <c r="E207" s="5">
-        <v>77.088710000000006</v>
+        <v>98.257559999999998</v>
       </c>
       <c r="F207" s="4">
-        <v>593144.05949263996</v>
+        <v>990241.20197211998</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H207" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I207" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J207" s="5">
-        <v>77.088710000000006</v>
+        <v>98.257559999999998</v>
       </c>
       <c r="K207" s="5">
         <v>1</v>
       </c>
       <c r="L207" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M207" s="4">
-        <v>593144.05949200003</v>
+        <v>990241.20197199995</v>
       </c>
       <c r="N207" s="4">
-        <v>593144.05949263996</v>
+        <v>990241.20197211998</v>
       </c>
       <c r="O207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>622</v>
+        <v>663</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>624</v>
+        <v>661</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T207" s="4">
         <v>0.01</v>
       </c>
       <c r="U207" s="2">
-        <v>50124</v>
+        <v>58039</v>
       </c>
       <c r="V207" s="4">
-        <v>4.0400869999999998</v>
+        <v>6.7870699999999999</v>
       </c>
       <c r="W207" s="3" t="s">
-        <v>626</v>
+        <v>664</v>
       </c>
       <c r="X207" s="4">
-        <v>0</v>
+        <v>739.49141770999995</v>
       </c>
       <c r="Y207" s="4">
-        <v>0</v>
+        <v>739.49141699999996</v>
       </c>
       <c r="Z207" s="6">
-        <v>4.8200000000000001E-4</v>
+        <v>8.0699999999999999E-4</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>627</v>
+        <v>665</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>628</v>
+        <v>666</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D208" s="4">
-        <v>8485464.3709999993</v>
+        <v>1598906.712236</v>
       </c>
       <c r="E208" s="5">
-        <v>98.472009999999997</v>
+        <v>39.004629999999999</v>
       </c>
       <c r="F208" s="4">
-        <v>8372778.2526995596</v>
+        <v>632308.39184408996</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H208" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I208" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J208" s="5">
-        <v>98.472009999999997</v>
+        <v>39.004629999999999</v>
       </c>
       <c r="K208" s="5">
         <v>1</v>
       </c>
       <c r="L208" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M208" s="4">
-        <v>8372778.2526989998</v>
+        <v>632308.39184399997</v>
       </c>
       <c r="N208" s="4">
-        <v>8372778.2526995596</v>
+        <v>632308.39184408996</v>
       </c>
       <c r="O208" s="3" t="s">
-        <v>34</v>
+        <v>667</v>
       </c>
       <c r="P208" s="3" t="s">
-        <v>629</v>
+        <v>668</v>
       </c>
       <c r="Q208" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R208" s="3" t="s">
-        <v>627</v>
+        <v>665</v>
       </c>
       <c r="S208" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T208" s="4">
         <v>0.01</v>
       </c>
       <c r="U208" s="2">
-        <v>51761</v>
+        <v>49730</v>
       </c>
       <c r="V208" s="4">
-        <v>4</v>
+        <v>6.5</v>
       </c>
       <c r="W208" s="3" t="s">
-        <v>630</v>
+        <v>669</v>
       </c>
       <c r="X208" s="4">
-        <v>16970.928742</v>
+        <v>8660.7446912800006</v>
       </c>
       <c r="Y208" s="4">
-        <v>16970.928742</v>
+        <v>8660.7446909999999</v>
       </c>
       <c r="Z208" s="6">
-        <v>6.8040000000000002E-3</v>
+        <v>5.1500000000000005E-4</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>631</v>
+        <v>670</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>632</v>
+        <v>671</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D209" s="4">
-        <v>11393000</v>
+        <v>4000000</v>
       </c>
       <c r="E209" s="5">
-        <v>101.95985</v>
+        <v>100.1357</v>
       </c>
       <c r="F209" s="4">
-        <v>11616285.7105</v>
+        <v>4017210.7233333299</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H209" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I209" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J209" s="5">
-        <v>101.95985</v>
+        <v>100.1357</v>
       </c>
       <c r="K209" s="5">
         <v>1</v>
       </c>
       <c r="L209" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M209" s="4">
-        <v>11616285.7105</v>
+        <v>4017210.7233330002</v>
       </c>
       <c r="N209" s="4">
-        <v>11616285.7105</v>
+        <v>4017210.7233333299</v>
       </c>
       <c r="O209" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P209" s="3" t="s">
-        <v>633</v>
+        <v>672</v>
       </c>
       <c r="Q209" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R209" s="3" t="s">
-        <v>631</v>
+        <v>670</v>
       </c>
       <c r="S209" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T209" s="4">
         <v>0.01</v>
       </c>
       <c r="U209" s="2">
-        <v>51048</v>
+        <v>47768</v>
       </c>
       <c r="V209" s="4">
-        <v>5.7971500000000002</v>
+        <v>5.5812900000000001</v>
       </c>
       <c r="W209" s="3" t="s">
-        <v>634</v>
+        <v>673</v>
       </c>
       <c r="X209" s="4">
-        <v>0</v>
+        <v>11782.723333329999</v>
       </c>
       <c r="Y209" s="4">
-        <v>0</v>
+        <v>11782.723333</v>
       </c>
       <c r="Z209" s="6">
-        <v>9.4400000000000005E-3</v>
+        <v>3.277E-3</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>635</v>
+        <v>674</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>636</v>
+        <v>675</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D210" s="4">
-        <v>26996.309964</v>
+        <v>2574451.3763520001</v>
       </c>
       <c r="E210" s="5">
-        <v>95.581630000000004</v>
+        <v>100.03100000000001</v>
       </c>
       <c r="F210" s="4">
-        <v>25935.163083750002</v>
+        <v>2581239.18986852</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H210" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I210" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J210" s="5">
-        <v>95.581630000000004</v>
+        <v>100.03100000000001</v>
       </c>
       <c r="K210" s="5">
         <v>1</v>
       </c>
       <c r="L210" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M210" s="4">
-        <v>25935.163082999999</v>
+        <v>2581239.1898679999</v>
       </c>
       <c r="N210" s="4">
-        <v>25935.163083750002</v>
+        <v>2581239.18986852</v>
       </c>
       <c r="O210" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P210" s="3" t="s">
-        <v>637</v>
+        <v>676</v>
       </c>
       <c r="Q210" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R210" s="3" t="s">
-        <v>635</v>
+        <v>674</v>
       </c>
       <c r="S210" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T210" s="4">
         <v>0.01</v>
       </c>
       <c r="U210" s="2">
-        <v>50097</v>
+        <v>48683</v>
       </c>
       <c r="V210" s="4">
-        <v>6.0537000000000001</v>
+        <v>4.9269299999999996</v>
       </c>
       <c r="W210" s="3" t="s">
-        <v>638</v>
+        <v>677</v>
       </c>
       <c r="X210" s="4">
-        <v>131.64998019999999</v>
+        <v>5989.7335898499996</v>
       </c>
       <c r="Y210" s="4">
-        <v>131.64998</v>
+        <v>5989.7335890000004</v>
       </c>
       <c r="Z210" s="6">
-        <v>2.0999999999999999E-5</v>
+        <v>2.1050000000000001E-3</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>639</v>
+        <v>678</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>640</v>
+        <v>679</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D211" s="4">
-        <v>2909988.0935940002</v>
+        <v>2754000</v>
       </c>
       <c r="E211" s="5">
-        <v>100.0234</v>
+        <v>100.12495</v>
       </c>
       <c r="F211" s="4">
-        <v>2940848.3653605198</v>
+        <v>2757441.1230000001</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H211" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I211" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J211" s="5">
-        <v>100.0234</v>
+        <v>100.12495</v>
       </c>
       <c r="K211" s="5">
         <v>1</v>
       </c>
       <c r="L211" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M211" s="4">
-        <v>2940848.3653600002</v>
+        <v>2757441.1230000001</v>
       </c>
       <c r="N211" s="4">
-        <v>2940848.3653605198</v>
+        <v>2757441.1230000001</v>
       </c>
       <c r="O211" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P211" s="3" t="s">
-        <v>641</v>
+        <v>680</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R211" s="3" t="s">
-        <v>639</v>
+        <v>678</v>
       </c>
       <c r="S211" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T211" s="4">
         <v>0.01</v>
       </c>
       <c r="U211" s="2">
-        <v>48141</v>
+        <v>52277</v>
       </c>
       <c r="V211" s="4">
-        <v>5.1144400000000001</v>
+        <v>4.95</v>
       </c>
       <c r="W211" s="3" t="s">
-        <v>642</v>
+        <v>681</v>
       </c>
       <c r="X211" s="4">
-        <v>30179.334552619999</v>
+        <v>0</v>
       </c>
       <c r="Y211" s="4">
-        <v>30179.334552</v>
+        <v>0</v>
       </c>
       <c r="Z211" s="6">
-        <v>2.3900000000000002E-3</v>
+        <v>2.2490000000000001E-3</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>643</v>
+        <v>682</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>644</v>
+        <v>683</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D212" s="4">
-        <v>3645301.6418940001</v>
+        <v>7625000</v>
       </c>
       <c r="E212" s="5">
-        <v>96.585909999999998</v>
+        <v>12.6875</v>
       </c>
       <c r="F212" s="4">
-        <v>3556733.01768097</v>
+        <v>971491.89243055996</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H212" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I212" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J212" s="5">
-        <v>96.585909999999998</v>
+        <v>12.6875</v>
       </c>
       <c r="K212" s="5">
         <v>1</v>
       </c>
       <c r="L212" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M212" s="4">
-        <v>3556733.01768</v>
+        <v>971491.89243000001</v>
       </c>
       <c r="N212" s="4">
-        <v>3556733.01768097</v>
+        <v>971491.89243055996</v>
       </c>
       <c r="O212" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P212" s="3" t="s">
-        <v>645</v>
+        <v>684</v>
       </c>
       <c r="Q212" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R212" s="3" t="s">
-        <v>643</v>
+        <v>682</v>
       </c>
       <c r="S212" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T212" s="4">
         <v>0.01</v>
       </c>
       <c r="U212" s="2">
-        <v>52075</v>
+        <v>50489</v>
       </c>
       <c r="V212" s="4">
-        <v>5.3695899999999996</v>
+        <v>5.33467</v>
       </c>
       <c r="W212" s="3" t="s">
-        <v>646</v>
+        <v>685</v>
       </c>
       <c r="X212" s="4">
-        <v>35885.254612709999</v>
+        <v>4070.0174305599999</v>
       </c>
       <c r="Y212" s="4">
-        <v>35885.254611999997</v>
+        <v>4070.0174299999999</v>
       </c>
       <c r="Z212" s="6">
-        <v>2.8900000000000002E-3</v>
+        <v>7.9199999999999995E-4</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>647</v>
+        <v>686</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>648</v>
+        <v>687</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D213" s="4">
-        <v>4222600.866068</v>
+        <v>2525529.0430430002</v>
       </c>
       <c r="E213" s="5">
-        <v>98.005750000000006</v>
+        <v>98.388040000000004</v>
       </c>
       <c r="F213" s="4">
-        <v>4140239.5217744401</v>
+        <v>2486248.6304546501</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H213" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I213" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J213" s="5">
-        <v>98.005750000000006</v>
+        <v>98.388040000000004</v>
       </c>
       <c r="K213" s="5">
         <v>1</v>
       </c>
       <c r="L213" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M213" s="4">
-        <v>4140239.521774</v>
+        <v>2486248.6304540001</v>
       </c>
       <c r="N213" s="4">
-        <v>4140239.5217744401</v>
+        <v>2486248.6304546501</v>
       </c>
       <c r="O213" s="3" t="s">
-        <v>34</v>
+        <v>688</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>645</v>
+        <v>689</v>
       </c>
       <c r="Q213" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>647</v>
+        <v>686</v>
       </c>
       <c r="S213" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T213" s="4">
         <v>0.01</v>
       </c>
       <c r="U213" s="2">
-        <v>50766</v>
+        <v>48604</v>
       </c>
       <c r="V213" s="4">
-        <v>5.2513800000000002</v>
+        <v>4.07707</v>
       </c>
       <c r="W213" s="3" t="s">
-        <v>649</v>
+        <v>690</v>
       </c>
       <c r="X213" s="4">
-        <v>1847.873478</v>
+        <v>1430.1053743800001</v>
       </c>
       <c r="Y213" s="4">
-        <v>1847.873478</v>
+        <v>1430.105374</v>
       </c>
       <c r="Z213" s="6">
-        <v>3.3639999999999998E-3</v>
+        <v>2.0279999999999999E-3</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>650</v>
+        <v>691</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>651</v>
+        <v>692</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D214" s="4">
-        <v>11024862.5856</v>
+        <v>787478.683295</v>
       </c>
       <c r="E214" s="5">
-        <v>81.550809999999998</v>
+        <v>99.322010000000006</v>
       </c>
       <c r="F214" s="4">
-        <v>8995551.5744018201</v>
+        <v>782594.32379324001</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H214" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I214" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J214" s="5">
-        <v>81.550809999999998</v>
+        <v>99.322010000000006</v>
       </c>
       <c r="K214" s="5">
         <v>1</v>
       </c>
       <c r="L214" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M214" s="4">
-        <v>8995551.5744010005</v>
+        <v>782594.32379299996</v>
       </c>
       <c r="N214" s="4">
-        <v>8995551.5744018201</v>
+        <v>782594.32379324001</v>
       </c>
       <c r="O214" s="3" t="s">
-        <v>652</v>
+        <v>693</v>
       </c>
       <c r="P214" s="3" t="s">
-        <v>645</v>
+        <v>689</v>
       </c>
       <c r="Q214" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R214" s="3" t="s">
-        <v>650</v>
+        <v>691</v>
       </c>
       <c r="S214" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T214" s="4">
         <v>0.01</v>
       </c>
       <c r="U214" s="2">
-        <v>51952</v>
+        <v>48755</v>
       </c>
       <c r="V214" s="4">
-        <v>5.1013799999999998</v>
+        <v>4.15707</v>
       </c>
       <c r="W214" s="3" t="s">
-        <v>653</v>
+        <v>694</v>
       </c>
       <c r="X214" s="4">
-        <v>4686.8344580800003</v>
+        <v>454.66722361000001</v>
       </c>
       <c r="Y214" s="4">
-        <v>4686.8344580000003</v>
+        <v>454.66722299999998</v>
       </c>
       <c r="Z214" s="6">
-        <v>7.3099999999999997E-3</v>
+        <v>6.38E-4</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>654</v>
+        <v>695</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>655</v>
+        <v>696</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D215" s="4">
-        <v>3330602.7370000002</v>
+        <v>2766174.2315000002</v>
       </c>
       <c r="E215" s="5">
-        <v>95.380009999999999</v>
+        <v>99.057950000000005</v>
       </c>
       <c r="F215" s="4">
-        <v>3187342.7443327801</v>
+        <v>2741704.91165603</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H215" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I215" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J215" s="5">
-        <v>95.380009999999999</v>
+        <v>99.057950000000005</v>
       </c>
       <c r="K215" s="5">
         <v>1</v>
       </c>
       <c r="L215" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M215" s="4">
-        <v>3187342.7443320001</v>
+        <v>2741704.9116560002</v>
       </c>
       <c r="N215" s="4">
-        <v>3187342.7443327801</v>
+        <v>2741704.91165603</v>
       </c>
       <c r="O215" s="3" t="s">
-        <v>34</v>
+        <v>697</v>
       </c>
       <c r="P215" s="3" t="s">
-        <v>656</v>
+        <v>689</v>
       </c>
       <c r="Q215" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R215" s="3" t="s">
-        <v>654</v>
+        <v>695</v>
       </c>
       <c r="S215" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T215" s="4">
         <v>0.01</v>
       </c>
       <c r="U215" s="2">
-        <v>51241</v>
+        <v>48663</v>
       </c>
       <c r="V215" s="4">
-        <v>7.17</v>
+        <v>4.1370699999999996</v>
       </c>
       <c r="W215" s="3" t="s">
-        <v>657</v>
+        <v>698</v>
       </c>
       <c r="X215" s="4">
-        <v>10613.520721909999</v>
+        <v>1589.42450388</v>
       </c>
       <c r="Y215" s="4">
-        <v>10613.520721000001</v>
+        <v>1589.424503</v>
       </c>
       <c r="Z215" s="6">
-        <v>2.5899999999999999E-3</v>
+        <v>2.2360000000000001E-3</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>658</v>
+        <v>699</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>659</v>
+        <v>700</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D216" s="4">
-        <v>2101845.0253499998</v>
+        <v>752715.95484599995</v>
       </c>
       <c r="E216" s="5">
-        <v>92.391720000000007</v>
+        <v>99.593549999999993</v>
       </c>
       <c r="F216" s="4">
-        <v>1943453.28063324</v>
+        <v>750084.86445267999</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H216" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I216" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J216" s="5">
-        <v>92.391720000000007</v>
+        <v>99.593549999999993</v>
       </c>
       <c r="K216" s="5">
         <v>1</v>
       </c>
       <c r="L216" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M216" s="4">
-        <v>1943453.280633</v>
+        <v>750084.86445200001</v>
       </c>
       <c r="N216" s="4">
-        <v>1943453.28063324</v>
+        <v>750084.86445267999</v>
       </c>
       <c r="O216" s="3" t="s">
-        <v>34</v>
+        <v>701</v>
       </c>
       <c r="P216" s="3" t="s">
-        <v>660</v>
+        <v>689</v>
       </c>
       <c r="Q216" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R216" s="3" t="s">
-        <v>658</v>
+        <v>699</v>
       </c>
       <c r="S216" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T216" s="4">
         <v>0.01</v>
       </c>
       <c r="U216" s="2">
-        <v>50124</v>
+        <v>48359</v>
       </c>
       <c r="V216" s="4">
-        <v>4.3462100000000001</v>
+        <v>4.0970700000000004</v>
       </c>
       <c r="W216" s="3" t="s">
-        <v>661</v>
+        <v>702</v>
       </c>
       <c r="X216" s="4">
-        <v>1522.50997794</v>
+        <v>428.32360516</v>
       </c>
       <c r="Y216" s="4">
-        <v>1522.5099769999999</v>
+        <v>428.32360499999999</v>
       </c>
       <c r="Z216" s="6">
-        <v>1.5790000000000001E-3</v>
+        <v>6.11E-4</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>662</v>
+        <v>703</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>663</v>
+        <v>704</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D217" s="4">
-        <v>3145969.2224610001</v>
+        <v>5440000</v>
       </c>
       <c r="E217" s="5">
-        <v>100.08</v>
+        <v>56.592689999999997</v>
       </c>
       <c r="F217" s="4">
-        <v>3148485.9978389698</v>
+        <v>3081760.5666666701</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H217" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I217" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J217" s="5">
-        <v>100.08</v>
+        <v>56.592689999999997</v>
       </c>
       <c r="K217" s="5">
         <v>1</v>
       </c>
       <c r="L217" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M217" s="4">
-        <v>3148485.9978379998</v>
+        <v>3081760.5666660001</v>
       </c>
       <c r="N217" s="4">
-        <v>3148485.9978389698</v>
+        <v>3081760.5666666701</v>
       </c>
       <c r="O217" s="3" t="s">
-        <v>34</v>
+        <v>705</v>
       </c>
       <c r="P217" s="3" t="s">
-        <v>660</v>
+        <v>689</v>
       </c>
       <c r="Q217" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R217" s="3" t="s">
-        <v>662</v>
+        <v>703</v>
       </c>
       <c r="S217" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T217" s="4">
         <v>0.01</v>
       </c>
       <c r="U217" s="2">
-        <v>50338</v>
+        <v>48359</v>
       </c>
       <c r="V217" s="4">
-        <v>6.46</v>
+        <v>4.1270699999999998</v>
       </c>
       <c r="W217" s="3" t="s">
-        <v>664</v>
+        <v>706</v>
       </c>
       <c r="X217" s="4">
-        <v>0</v>
+        <v>3118.2306666700001</v>
       </c>
       <c r="Y217" s="4">
-        <v>0</v>
+        <v>3118.2306659999999</v>
       </c>
       <c r="Z217" s="6">
-        <v>2.5579999999999999E-3</v>
+        <v>2.5140000000000002E-3</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>665</v>
+        <v>707</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>666</v>
+        <v>708</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D218" s="4">
-        <v>659265.60523999995</v>
+        <v>6587418.8808469996</v>
       </c>
       <c r="E218" s="5">
-        <v>99.00779</v>
+        <v>98.944320000000005</v>
       </c>
       <c r="F218" s="4">
-        <v>653201.85710589006</v>
+        <v>6521620.7309806403</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H218" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I218" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J218" s="5">
-        <v>99.00779</v>
+        <v>98.944320000000005</v>
       </c>
       <c r="K218" s="5">
         <v>1</v>
       </c>
       <c r="L218" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M218" s="4">
-        <v>653201.85710499994</v>
+        <v>6521620.7309800005</v>
       </c>
       <c r="N218" s="4">
-        <v>653201.85710589006</v>
+        <v>6521620.7309806403</v>
       </c>
       <c r="O218" s="3" t="s">
-        <v>34</v>
+        <v>709</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>665</v>
+        <v>707</v>
       </c>
       <c r="S218" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T218" s="4">
         <v>0.01</v>
       </c>
       <c r="U218" s="2">
-        <v>50277</v>
+        <v>48877</v>
       </c>
       <c r="V218" s="4">
-        <v>4.3462100000000001</v>
+        <v>4.0920699999999997</v>
       </c>
       <c r="W218" s="3" t="s">
-        <v>668</v>
+        <v>710</v>
       </c>
       <c r="X218" s="4">
-        <v>477.55112768999999</v>
+        <v>3743.91377496</v>
       </c>
       <c r="Y218" s="4">
-        <v>477.55112700000001</v>
+        <v>3743.9137740000001</v>
       </c>
       <c r="Z218" s="6">
-        <v>5.2999999999999998E-4</v>
+        <v>5.3200000000000001E-3</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>669</v>
+        <v>711</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>670</v>
+        <v>712</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D219" s="4">
-        <v>14600000</v>
+        <v>24944.444449999999</v>
       </c>
       <c r="E219" s="5">
-        <v>90.536739999999995</v>
+        <v>77.94</v>
       </c>
       <c r="F219" s="4">
-        <v>13218364.039999999</v>
+        <v>19449.385553960001</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H219" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I219" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J219" s="5">
-        <v>90.536739999999995</v>
+        <v>77.94</v>
       </c>
       <c r="K219" s="5">
         <v>1</v>
       </c>
       <c r="L219" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M219" s="4">
-        <v>13218364.039999999</v>
+        <v>19449.385553</v>
       </c>
       <c r="N219" s="4">
-        <v>13218364.039999999</v>
+        <v>19449.385553960001</v>
       </c>
       <c r="O219" s="3" t="s">
-        <v>34</v>
+        <v>713</v>
       </c>
       <c r="P219" s="3" t="s">
-        <v>671</v>
+        <v>689</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>669</v>
+        <v>711</v>
       </c>
       <c r="S219" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T219" s="4">
         <v>0.01</v>
       </c>
       <c r="U219" s="2">
-        <v>51178</v>
+        <v>50489</v>
       </c>
       <c r="V219" s="4">
-        <v>2.694</v>
+        <v>7.6159999999999997</v>
       </c>
       <c r="W219" s="3" t="s">
-        <v>672</v>
+        <v>714</v>
       </c>
       <c r="X219" s="4">
-        <v>0</v>
+        <v>7.6855496299999997</v>
       </c>
       <c r="Y219" s="4">
-        <v>0</v>
+        <v>7.685549</v>
       </c>
       <c r="Z219" s="6">
-        <v>1.0742E-2</v>
+        <v>1.5E-5</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>673</v>
+        <v>715</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>674</v>
+        <v>716</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D220" s="4">
-        <v>3480243.25722</v>
+        <v>75000</v>
       </c>
       <c r="E220" s="5">
-        <v>5.2892900000000003</v>
+        <v>77.94</v>
       </c>
       <c r="F220" s="4">
-        <v>186496.72928992001</v>
+        <v>58530.9375</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H220" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I220" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J220" s="5">
-        <v>5.2892900000000003</v>
+        <v>77.94</v>
       </c>
       <c r="K220" s="5">
         <v>1</v>
       </c>
       <c r="L220" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M220" s="4">
-        <v>186496.72928900001</v>
+        <v>58530.9375</v>
       </c>
       <c r="N220" s="4">
-        <v>186496.72928992001</v>
+        <v>58530.9375</v>
       </c>
       <c r="O220" s="3" t="s">
-        <v>34</v>
+        <v>717</v>
       </c>
       <c r="P220" s="3" t="s">
-        <v>675</v>
+        <v>689</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>673</v>
+        <v>715</v>
       </c>
       <c r="S220" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T220" s="4">
         <v>0.01</v>
       </c>
       <c r="U220" s="2">
-        <v>49759</v>
+        <v>50489</v>
       </c>
       <c r="V220" s="4">
-        <v>4.1662100000000004</v>
+        <v>7.29</v>
       </c>
       <c r="W220" s="3" t="s">
-        <v>676</v>
+        <v>718</v>
       </c>
       <c r="X220" s="4">
-        <v>2416.5707101100002</v>
+        <v>75.9375</v>
       </c>
       <c r="Y220" s="4">
-        <v>2416.57071</v>
+        <v>75.9375</v>
       </c>
       <c r="Z220" s="6">
-        <v>1.5100000000000001E-4</v>
+        <v>4.6999999999999997E-5</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>677</v>
+        <v>719</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>678</v>
+        <v>720</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D221" s="4">
-        <v>82389.683999999994</v>
+        <v>8758010.6523000002</v>
       </c>
       <c r="E221" s="5">
-        <v>93.688079999999999</v>
+        <v>12.6875</v>
       </c>
       <c r="F221" s="4">
-        <v>77189.313057670006</v>
+        <v>1118029.07289004</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H221" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I221" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J221" s="5">
-        <v>93.688079999999999</v>
+        <v>12.6875</v>
       </c>
       <c r="K221" s="5">
         <v>1</v>
       </c>
       <c r="L221" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M221" s="4">
-        <v>77189.313057000007</v>
+        <v>1118029.07289</v>
       </c>
       <c r="N221" s="4">
-        <v>77189.313057670006</v>
+        <v>1118029.07289004</v>
       </c>
       <c r="O221" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P221" s="3" t="s">
-        <v>679</v>
+        <v>721</v>
       </c>
       <c r="Q221" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R221" s="3" t="s">
-        <v>677</v>
+        <v>719</v>
       </c>
       <c r="S221" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T221" s="4">
         <v>0.01</v>
       </c>
       <c r="U221" s="2">
-        <v>49001</v>
+        <v>50495</v>
       </c>
       <c r="V221" s="4">
-        <v>4.0962100000000001</v>
+        <v>5.2919999999999998</v>
       </c>
       <c r="W221" s="3" t="s">
-        <v>680</v>
+        <v>722</v>
       </c>
       <c r="X221" s="4">
-        <v>0</v>
+        <v>6856.4713794700001</v>
       </c>
       <c r="Y221" s="4">
-        <v>0</v>
+        <v>6856.4713789999996</v>
       </c>
       <c r="Z221" s="6">
-        <v>6.2000000000000003E-5</v>
+        <v>9.1200000000000005E-4</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>681</v>
+        <v>723</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>682</v>
+        <v>724</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D222" s="4">
-        <v>1012832.0727</v>
+        <v>3530853.8618399999</v>
       </c>
       <c r="E222" s="5">
-        <v>98.220060000000004</v>
+        <v>91.97569</v>
       </c>
       <c r="F222" s="4">
-        <v>995706.73833107995</v>
+        <v>3251026.6708131698</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H222" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I222" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J222" s="5">
-        <v>98.220060000000004</v>
+        <v>91.97569</v>
       </c>
       <c r="K222" s="5">
         <v>1</v>
       </c>
       <c r="L222" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M222" s="4">
-        <v>995706.73833099997</v>
+        <v>3251026.6708129998</v>
       </c>
       <c r="N222" s="4">
-        <v>995706.73833107995</v>
+        <v>3251026.6708131698</v>
       </c>
       <c r="O222" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P222" s="3" t="s">
-        <v>683</v>
+        <v>725</v>
       </c>
       <c r="Q222" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R222" s="3" t="s">
-        <v>681</v>
+        <v>723</v>
       </c>
       <c r="S222" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T222" s="4">
         <v>0.01</v>
       </c>
       <c r="U222" s="2">
-        <v>58039</v>
+        <v>62289</v>
       </c>
       <c r="V222" s="4">
-        <v>6.8462100000000001</v>
+        <v>2.23</v>
       </c>
       <c r="W222" s="3" t="s">
-        <v>684</v>
+        <v>726</v>
       </c>
       <c r="X222" s="4">
-        <v>902.46882589999996</v>
+        <v>3499.4684941800001</v>
       </c>
       <c r="Y222" s="4">
-        <v>902.46882500000004</v>
+        <v>3499.4684940000002</v>
       </c>
       <c r="Z222" s="6">
-        <v>8.0900000000000004E-4</v>
+        <v>2.6519999999999998E-3</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>685</v>
+        <v>727</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>686</v>
+        <v>728</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D223" s="4">
-        <v>1599335.5553619999</v>
+        <v>994406.48</v>
       </c>
       <c r="E223" s="5">
-        <v>39.089190000000002</v>
+        <v>100.89057</v>
       </c>
       <c r="F223" s="4">
-        <v>625167.31397284998</v>
+        <v>1005652.18973544</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H223" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I223" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J223" s="5">
-        <v>39.089190000000002</v>
+        <v>100.89057</v>
       </c>
       <c r="K223" s="5">
         <v>1</v>
       </c>
       <c r="L223" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M223" s="4">
-        <v>625167.31397200003</v>
+        <v>1005652.189735</v>
       </c>
       <c r="N223" s="4">
-        <v>625167.31397284998</v>
+        <v>1005652.18973544</v>
       </c>
       <c r="O223" s="3" t="s">
-        <v>687</v>
+        <v>34</v>
       </c>
       <c r="P223" s="3" t="s">
-        <v>688</v>
+        <v>725</v>
       </c>
       <c r="Q223" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R223" s="3" t="s">
-        <v>685</v>
+        <v>727</v>
       </c>
       <c r="S223" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T223" s="4">
         <v>0.01</v>
       </c>
       <c r="U223" s="2">
-        <v>49730</v>
+        <v>62898</v>
       </c>
       <c r="V223" s="4">
-        <v>6.5</v>
+        <v>5.4073500000000001</v>
       </c>
       <c r="W223" s="3" t="s">
-        <v>689</v>
+        <v>729</v>
       </c>
       <c r="X223" s="4">
-        <v>0</v>
+        <v>2389.8239465000001</v>
       </c>
       <c r="Y223" s="4">
-        <v>0</v>
+        <v>2389.823946</v>
       </c>
       <c r="Z223" s="6">
-        <v>5.0799999999999999E-4</v>
+        <v>8.1999999999999998E-4</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>690</v>
+        <v>730</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>691</v>
+        <v>731</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D224" s="4">
-        <v>4000000</v>
+        <v>2876232.4582000002</v>
       </c>
       <c r="E224" s="5">
-        <v>100.07429999999999</v>
+        <v>99.569370000000006</v>
       </c>
       <c r="F224" s="4">
-        <v>4054261.5211111102</v>
+        <v>2867783.6404033401</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H224" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I224" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J224" s="5">
-        <v>100.07429999999999</v>
+        <v>99.569370000000006</v>
       </c>
       <c r="K224" s="5">
         <v>1</v>
       </c>
       <c r="L224" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M224" s="4">
-        <v>4054261.5211109999</v>
+        <v>2867783.6404030002</v>
       </c>
       <c r="N224" s="4">
-        <v>4054261.5211111102</v>
+        <v>2867783.6404033401</v>
       </c>
       <c r="O224" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P224" s="3" t="s">
-        <v>692</v>
+        <v>732</v>
       </c>
       <c r="Q224" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R224" s="3" t="s">
-        <v>690</v>
+        <v>730</v>
       </c>
       <c r="S224" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T224" s="4">
         <v>0.01</v>
       </c>
       <c r="U224" s="2">
-        <v>47768</v>
+        <v>59281</v>
       </c>
       <c r="V224" s="4">
-        <v>5.8431100000000002</v>
+        <v>4.4798400000000003</v>
       </c>
       <c r="W224" s="3" t="s">
-        <v>693</v>
+        <v>733</v>
       </c>
       <c r="X224" s="4">
-        <v>51289.52111111</v>
+        <v>3937.1020380800001</v>
       </c>
       <c r="Y224" s="4">
-        <v>51289.521111000002</v>
+        <v>3937.102038</v>
       </c>
       <c r="Z224" s="6">
-        <v>3.2940000000000001E-3</v>
+        <v>2.3389999999999999E-3</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>694</v>
+        <v>734</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>695</v>
+        <v>735</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D225" s="4">
-        <v>493619.65744099999</v>
+        <v>1903287.748628</v>
       </c>
       <c r="E225" s="5">
-        <v>100.0043</v>
+        <v>95.415130000000005</v>
       </c>
       <c r="F225" s="4">
-        <v>499294.46944933</v>
+        <v>1816815.4014252401</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H225" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I225" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J225" s="5">
-        <v>100.0043</v>
+        <v>95.415130000000005</v>
       </c>
       <c r="K225" s="5">
         <v>1</v>
       </c>
       <c r="L225" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M225" s="4">
-        <v>499294.46944900003</v>
+        <v>1816815.401425</v>
       </c>
       <c r="N225" s="4">
-        <v>499294.46944933</v>
+        <v>1816815.4014252401</v>
       </c>
       <c r="O225" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P225" s="3" t="s">
-        <v>692</v>
+        <v>732</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R225" s="3" t="s">
-        <v>694</v>
+        <v>734</v>
       </c>
       <c r="S225" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T225" s="4">
         <v>0.01</v>
       </c>
       <c r="U225" s="2">
-        <v>48044</v>
+        <v>59281</v>
       </c>
       <c r="V225" s="4">
-        <v>5.2861500000000001</v>
+        <v>1.36</v>
       </c>
       <c r="W225" s="3" t="s">
-        <v>696</v>
+        <v>736</v>
       </c>
       <c r="X225" s="4">
-        <v>5653.5863630599997</v>
+        <v>790.92179776</v>
       </c>
       <c r="Y225" s="4">
-        <v>5653.5863630000003</v>
+        <v>790.92179699999997</v>
       </c>
       <c r="Z225" s="6">
-        <v>4.0499999999999998E-4</v>
+        <v>1.482E-3</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>697</v>
+        <v>737</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>698</v>
+        <v>738</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D226" s="4">
-        <v>1441858.77308</v>
+        <v>726321.13527299999</v>
       </c>
       <c r="E226" s="5">
-        <v>100.001</v>
+        <v>99.788749999999993</v>
       </c>
       <c r="F226" s="4">
-        <v>1458236.2260831101</v>
+        <v>725267.16966504999</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H226" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I226" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J226" s="5">
-        <v>100.001</v>
+        <v>99.788749999999993</v>
       </c>
       <c r="K226" s="5">
         <v>1</v>
       </c>
       <c r="L226" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M226" s="4">
-        <v>1458236.226083</v>
+        <v>725267.16966500005</v>
       </c>
       <c r="N226" s="4">
-        <v>1458236.2260831101</v>
+        <v>725267.16966504999</v>
       </c>
       <c r="O226" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P226" s="3" t="s">
-        <v>699</v>
+        <v>739</v>
       </c>
       <c r="Q226" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R226" s="3" t="s">
-        <v>697</v>
+        <v>737</v>
       </c>
       <c r="S226" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T226" s="4">
         <v>0.01</v>
       </c>
       <c r="U226" s="2">
-        <v>48683</v>
+        <v>48877</v>
       </c>
       <c r="V226" s="4">
-        <v>5.1715</v>
+        <v>4.7620699999999996</v>
       </c>
       <c r="W226" s="3" t="s">
-        <v>700</v>
+        <v>740</v>
       </c>
       <c r="X226" s="4">
-        <v>16363.03441538</v>
+        <v>480.38779009000001</v>
       </c>
       <c r="Y226" s="4">
-        <v>16363.034415</v>
+        <v>480.38779</v>
       </c>
       <c r="Z226" s="6">
-        <v>1.1850000000000001E-3</v>
+        <v>5.9100000000000005E-4</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
-        <v>701</v>
+        <v>741</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>702</v>
+        <v>742</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D227" s="4">
-        <v>7625000</v>
+        <v>7675399.4634739999</v>
       </c>
       <c r="E227" s="5">
-        <v>12.6875</v>
+        <v>2.05097</v>
       </c>
       <c r="F227" s="4">
-        <v>972666.34364583006</v>
+        <v>161819.71132929999</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H227" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I227" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J227" s="5">
-        <v>12.6875</v>
+        <v>2.05097</v>
       </c>
       <c r="K227" s="5">
         <v>1</v>
       </c>
       <c r="L227" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M227" s="4">
-        <v>972666.34364500002</v>
+        <v>161819.71132900001</v>
       </c>
       <c r="N227" s="4">
-        <v>972666.34364583006</v>
+        <v>161819.71132929999</v>
       </c>
       <c r="O227" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P227" s="3" t="s">
-        <v>703</v>
+        <v>739</v>
       </c>
       <c r="Q227" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R227" s="3" t="s">
-        <v>701</v>
+        <v>741</v>
       </c>
       <c r="S227" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T227" s="4">
         <v>0.01</v>
       </c>
       <c r="U227" s="2">
-        <v>50489</v>
+        <v>53139</v>
       </c>
       <c r="V227" s="4">
-        <v>5.33467</v>
+        <v>4.1270699999999998</v>
       </c>
       <c r="W227" s="3" t="s">
-        <v>704</v>
+        <v>743</v>
       </c>
       <c r="X227" s="4">
-        <v>5244.4686458300002</v>
+        <v>4399.57095329</v>
       </c>
       <c r="Y227" s="4">
-        <v>5244.4686449999999</v>
+        <v>4399.5709530000004</v>
       </c>
       <c r="Z227" s="6">
-        <v>7.9000000000000001E-4</v>
+        <v>1.3200000000000001E-4</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
-        <v>705</v>
+        <v>744</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>706</v>
+        <v>745</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D228" s="4">
-        <v>2634754.3674380002</v>
+        <v>13455686.456302</v>
       </c>
       <c r="E228" s="5">
-        <v>98.412850000000006</v>
+        <v>2.0525000000000002</v>
       </c>
       <c r="F228" s="4">
-        <v>2594753.1797217401</v>
+        <v>283629.18170994002</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H228" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I228" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J228" s="5">
-        <v>98.412850000000006</v>
+        <v>2.0525000000000002</v>
       </c>
       <c r="K228" s="5">
         <v>1</v>
       </c>
       <c r="L228" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M228" s="4">
-        <v>2594753.1797210001</v>
+        <v>283629.18170900003</v>
       </c>
       <c r="N228" s="4">
-        <v>2594753.1797217401</v>
+        <v>283629.18170994002</v>
       </c>
       <c r="O228" s="3" t="s">
-        <v>707</v>
+        <v>34</v>
       </c>
       <c r="P228" s="3" t="s">
-        <v>708</v>
+        <v>739</v>
       </c>
       <c r="Q228" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R228" s="3" t="s">
-        <v>705</v>
+        <v>744</v>
       </c>
       <c r="S228" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T228" s="4">
         <v>0.01</v>
       </c>
       <c r="U228" s="2">
-        <v>48604</v>
+        <v>53018</v>
       </c>
       <c r="V228" s="4">
-        <v>4.1362100000000002</v>
+        <v>3.9870700000000001</v>
       </c>
       <c r="W228" s="3" t="s">
-        <v>709</v>
+        <v>746</v>
       </c>
       <c r="X228" s="4">
-        <v>1816.31622702</v>
+        <v>7451.2171943499998</v>
       </c>
       <c r="Y228" s="4">
-        <v>1816.316227</v>
+        <v>7451.2171939999998</v>
       </c>
       <c r="Z228" s="6">
-        <v>2.1080000000000001E-3</v>
+        <v>2.31E-4</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
-        <v>710</v>
+        <v>747</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>711</v>
+        <v>748</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D229" s="4">
-        <v>853318.53434300004</v>
+        <v>20463459.837142002</v>
       </c>
       <c r="E229" s="5">
-        <v>99.290660000000003</v>
+        <v>2.0502699999999998</v>
       </c>
       <c r="F229" s="4">
-        <v>847865.23300728004</v>
+        <v>431456.44727801002</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H229" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I229" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J229" s="5">
-        <v>99.290660000000003</v>
+        <v>2.0502699999999998</v>
       </c>
       <c r="K229" s="5">
         <v>1</v>
       </c>
       <c r="L229" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M229" s="4">
-        <v>847865.23300699994</v>
+        <v>431456.44727800001</v>
       </c>
       <c r="N229" s="4">
-        <v>847865.23300728004</v>
+        <v>431456.44727801002</v>
       </c>
       <c r="O229" s="3" t="s">
-        <v>712</v>
+        <v>749</v>
       </c>
       <c r="P229" s="3" t="s">
-        <v>708</v>
+        <v>739</v>
       </c>
       <c r="Q229" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R229" s="3" t="s">
-        <v>710</v>
+        <v>747</v>
       </c>
       <c r="S229" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T229" s="4">
         <v>0.01</v>
       </c>
       <c r="U229" s="2">
-        <v>48755</v>
+        <v>53139</v>
       </c>
       <c r="V229" s="4">
-        <v>4.2162100000000002</v>
+        <v>4.1870700000000003</v>
       </c>
       <c r="W229" s="3" t="s">
-        <v>713</v>
+        <v>750</v>
       </c>
       <c r="X229" s="4">
-        <v>599.62835628000005</v>
+        <v>11900.26927504</v>
       </c>
       <c r="Y229" s="4">
-        <v>599.62835600000005</v>
+        <v>11900.269275000001</v>
       </c>
       <c r="Z229" s="6">
-        <v>6.8900000000000005E-4</v>
+        <v>3.5199999999999999E-4</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
-        <v>714</v>
+        <v>751</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>715</v>
+        <v>752</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D230" s="4">
-        <v>2918643.6579</v>
+        <v>10725</v>
       </c>
       <c r="E230" s="5">
-        <v>99.035039999999995</v>
+        <v>2062.0964399999998</v>
       </c>
       <c r="F230" s="4">
-        <v>2892521.1210093498</v>
+        <v>221166.91306530999</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H230" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I230" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J230" s="5">
-        <v>99.035039999999995</v>
+        <v>2062.0964399999998</v>
       </c>
       <c r="K230" s="5">
         <v>1</v>
       </c>
       <c r="L230" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M230" s="4">
-        <v>2892521.1210090001</v>
+        <v>221166.913065</v>
       </c>
       <c r="N230" s="4">
-        <v>2892521.1210093498</v>
+        <v>221166.91306530999</v>
       </c>
       <c r="O230" s="3" t="s">
-        <v>716</v>
+        <v>34</v>
       </c>
       <c r="P230" s="3" t="s">
-        <v>708</v>
+        <v>753</v>
       </c>
       <c r="Q230" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R230" s="3" t="s">
-        <v>714</v>
+        <v>751</v>
       </c>
       <c r="S230" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T230" s="4">
         <v>0.01</v>
       </c>
       <c r="U230" s="2">
-        <v>48663</v>
+        <v>49546</v>
       </c>
       <c r="V230" s="4">
-        <v>4.1962099999999998</v>
+        <v>4.7462099999999996</v>
       </c>
       <c r="W230" s="3" t="s">
-        <v>717</v>
+        <v>754</v>
       </c>
       <c r="X230" s="4">
-        <v>2041.20695062</v>
+        <v>7.0698753099999996</v>
       </c>
       <c r="Y230" s="4">
-        <v>2041.20695</v>
+        <v>7.0698749999999997</v>
       </c>
       <c r="Z230" s="6">
-        <v>2.3500000000000001E-3</v>
+        <v>1.8000000000000001E-4</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
-        <v>718</v>
+        <v>755</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>719</v>
+        <v>756</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D231" s="4">
-        <v>831750.304734</v>
+        <v>2365473.1258999999</v>
       </c>
       <c r="E231" s="5">
-        <v>99.556420000000003</v>
+        <v>100.29819999999999</v>
       </c>
       <c r="F231" s="4">
-        <v>828636.98155459994</v>
+        <v>2375478.3734943001</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H231" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I231" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J231" s="5">
-        <v>99.556420000000003</v>
+        <v>100.29819999999999</v>
       </c>
       <c r="K231" s="5">
         <v>1</v>
       </c>
       <c r="L231" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M231" s="4">
-        <v>828636.98155400006</v>
+        <v>2375478.3734940002</v>
       </c>
       <c r="N231" s="4">
-        <v>828636.98155459994</v>
+        <v>2375478.3734943001</v>
       </c>
       <c r="O231" s="3" t="s">
-        <v>720</v>
+        <v>34</v>
       </c>
       <c r="P231" s="3" t="s">
-        <v>708</v>
+        <v>757</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R231" s="3" t="s">
-        <v>718</v>
+        <v>755</v>
       </c>
       <c r="S231" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T231" s="4">
         <v>0.01</v>
       </c>
       <c r="U231" s="2">
-        <v>48359</v>
+        <v>47960</v>
       </c>
       <c r="V231" s="4">
-        <v>4.1562099999999997</v>
+        <v>4.9908099999999997</v>
       </c>
       <c r="W231" s="3" t="s">
-        <v>721</v>
+        <v>758</v>
       </c>
       <c r="X231" s="4">
-        <v>576.15482234000001</v>
+        <v>2951.4067328699998</v>
       </c>
       <c r="Y231" s="4">
-        <v>576.15482199999997</v>
+        <v>2951.4067319999999</v>
       </c>
       <c r="Z231" s="6">
-        <v>6.7299999999999999E-4</v>
+        <v>1.9380000000000001E-3</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
-        <v>722</v>
+        <v>759</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>723</v>
+        <v>760</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D232" s="4">
-        <v>6905340.6714460002</v>
+        <v>5636971.9903119998</v>
       </c>
       <c r="E232" s="5">
-        <v>98.907749999999993</v>
+        <v>38.201689999999999</v>
       </c>
       <c r="F232" s="4">
-        <v>6834694.6745035797</v>
+        <v>2189156.9675444001</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H232" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I232" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J232" s="5">
-        <v>98.907749999999993</v>
+        <v>38.201689999999999</v>
       </c>
       <c r="K232" s="5">
         <v>1</v>
       </c>
       <c r="L232" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M232" s="4">
-        <v>6834694.6745030005</v>
+        <v>2189156.9675440001</v>
       </c>
       <c r="N232" s="4">
-        <v>6834694.6745035797</v>
+        <v>2189156.9675444001</v>
       </c>
       <c r="O232" s="3" t="s">
-        <v>724</v>
+        <v>34</v>
       </c>
       <c r="P232" s="3" t="s">
-        <v>708</v>
+        <v>761</v>
       </c>
       <c r="Q232" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R232" s="3" t="s">
-        <v>722</v>
+        <v>759</v>
       </c>
       <c r="S232" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T232" s="4">
         <v>0.01</v>
       </c>
       <c r="U232" s="2">
-        <v>48877</v>
+        <v>54132</v>
       </c>
       <c r="V232" s="4">
-        <v>4.1512099999999998</v>
+        <v>7.6079999999999997</v>
       </c>
       <c r="W232" s="3" t="s">
-        <v>725</v>
+        <v>762</v>
       </c>
       <c r="X232" s="4">
-        <v>4777.5865414500004</v>
+        <v>35738.402418580001</v>
       </c>
       <c r="Y232" s="4">
-        <v>4777.5865409999997</v>
+        <v>35738.402417999998</v>
       </c>
       <c r="Z232" s="6">
-        <v>5.5539999999999999E-3</v>
+        <v>1.786E-3</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>726</v>
+        <v>763</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>727</v>
+        <v>764</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D233" s="4">
-        <v>24944.444449999999</v>
+        <v>11752083.851600001</v>
       </c>
       <c r="E233" s="5">
-        <v>77.94</v>
+        <v>11.41203</v>
       </c>
       <c r="F233" s="4">
-        <v>19444.37817847</v>
+        <v>1413622.5185213201</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H233" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I233" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J233" s="5">
-        <v>77.94</v>
+        <v>11.41203</v>
       </c>
       <c r="K233" s="5">
         <v>1</v>
       </c>
       <c r="L233" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M233" s="4">
-        <v>19444.378177999999</v>
+        <v>1413622.5185209999</v>
       </c>
       <c r="N233" s="4">
-        <v>19444.37817847</v>
+        <v>1413622.5185213201</v>
       </c>
       <c r="O233" s="3" t="s">
-        <v>728</v>
+        <v>34</v>
       </c>
       <c r="P233" s="3" t="s">
-        <v>708</v>
+        <v>761</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R233" s="3" t="s">
-        <v>726</v>
+        <v>763</v>
       </c>
       <c r="S233" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T233" s="4">
         <v>0.01</v>
       </c>
       <c r="U233" s="2">
-        <v>50489</v>
+        <v>50086</v>
       </c>
       <c r="V233" s="4">
-        <v>7.6159999999999997</v>
+        <v>7.4</v>
       </c>
       <c r="W233" s="3" t="s">
-        <v>729</v>
+        <v>765</v>
       </c>
       <c r="X233" s="4">
-        <v>2.6781741399999999</v>
+        <v>72471.183751539997</v>
       </c>
       <c r="Y233" s="4">
-        <v>2.6781739999999998</v>
+        <v>72471.183751000004</v>
       </c>
       <c r="Z233" s="6">
-        <v>1.5E-5</v>
+        <v>1.1529999999999999E-3</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>730</v>
+        <v>766</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>731</v>
+        <v>767</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D234" s="4">
-        <v>75000</v>
+        <v>3066389.4420699999</v>
       </c>
       <c r="E234" s="5">
-        <v>77.94</v>
+        <v>98.606750000000005</v>
       </c>
       <c r="F234" s="4">
-        <v>58546.775000000001</v>
+        <v>3023666.9711683602</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H234" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I234" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J234" s="5">
-        <v>77.94</v>
+        <v>98.606750000000005</v>
       </c>
       <c r="K234" s="5">
         <v>1</v>
       </c>
       <c r="L234" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M234" s="4">
-        <v>58546.775000000001</v>
+        <v>3023666.9711679998</v>
       </c>
       <c r="N234" s="4">
-        <v>58546.775000000001</v>
+        <v>3023666.9711683602</v>
       </c>
       <c r="O234" s="3" t="s">
-        <v>732</v>
+        <v>34</v>
       </c>
       <c r="P234" s="3" t="s">
-        <v>708</v>
+        <v>761</v>
       </c>
       <c r="Q234" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R234" s="3" t="s">
-        <v>730</v>
+        <v>766</v>
       </c>
       <c r="S234" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T234" s="4">
         <v>0.01</v>
       </c>
       <c r="U234" s="2">
-        <v>50489</v>
+        <v>48745</v>
       </c>
       <c r="V234" s="4">
-        <v>7.6131099999999998</v>
+        <v>7.92</v>
       </c>
       <c r="W234" s="3" t="s">
-        <v>733</v>
+        <v>768</v>
       </c>
       <c r="X234" s="4">
-        <v>91.775000000000006</v>
+        <v>0</v>
       </c>
       <c r="Y234" s="4">
-        <v>91.775000000000006</v>
+        <v>0</v>
       </c>
       <c r="Z234" s="6">
-        <v>4.6999999999999997E-5</v>
+        <v>2.4659999999999999E-3</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>734</v>
+        <v>769</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>735</v>
+        <v>770</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D235" s="4">
-        <v>8758010.6523000002</v>
+        <v>2440530.0789859998</v>
       </c>
       <c r="E235" s="5">
-        <v>12.6875</v>
+        <v>38.153550000000003</v>
       </c>
       <c r="F235" s="4">
-        <v>1119473.0863880401</v>
+        <v>945242.92515698995</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H235" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I235" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J235" s="5">
-        <v>12.6875</v>
+        <v>38.153550000000003</v>
       </c>
       <c r="K235" s="5">
         <v>1</v>
       </c>
       <c r="L235" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M235" s="4">
-        <v>1119473.0863880001</v>
+        <v>945242.92515599995</v>
       </c>
       <c r="N235" s="4">
-        <v>1119473.0863880401</v>
+        <v>945242.92515698995</v>
       </c>
       <c r="O235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P235" s="3" t="s">
-        <v>736</v>
+        <v>761</v>
       </c>
       <c r="Q235" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R235" s="3" t="s">
-        <v>734</v>
+        <v>769</v>
       </c>
       <c r="S235" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T235" s="4">
         <v>0.01</v>
       </c>
       <c r="U235" s="2">
-        <v>50495</v>
+        <v>49293</v>
       </c>
       <c r="V235" s="4">
-        <v>5.2919999999999998</v>
+        <v>6.93</v>
       </c>
       <c r="W235" s="3" t="s">
-        <v>737</v>
+        <v>771</v>
       </c>
       <c r="X235" s="4">
-        <v>8300.4848774799993</v>
+        <v>14094.061206140001</v>
       </c>
       <c r="Y235" s="4">
-        <v>8300.4848770000008</v>
+        <v>14094.061206</v>
       </c>
       <c r="Z235" s="6">
-        <v>9.0899999999999998E-4</v>
+        <v>7.7099999999999998E-4</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>738</v>
+        <v>772</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>739</v>
+        <v>773</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D236" s="4">
-        <v>3586124.4183990001</v>
+        <v>1774940.5766950001</v>
       </c>
       <c r="E236" s="5">
-        <v>91.607560000000007</v>
+        <v>101.00454000000001</v>
       </c>
       <c r="F236" s="4">
-        <v>3288715.32601642</v>
+        <v>1802961.6819086601</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H236" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I236" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J236" s="5">
-        <v>91.607560000000007</v>
+        <v>101.00454000000001</v>
       </c>
       <c r="K236" s="5">
         <v>1</v>
       </c>
       <c r="L236" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M236" s="4">
-        <v>3288715.326016</v>
+        <v>1802961.681908</v>
       </c>
       <c r="N236" s="4">
-        <v>3288715.32601642</v>
+        <v>1802961.6819086601</v>
       </c>
       <c r="O236" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P236" s="3" t="s">
-        <v>740</v>
+        <v>761</v>
       </c>
       <c r="Q236" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R236" s="3" t="s">
-        <v>738</v>
+        <v>772</v>
       </c>
       <c r="S236" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T236" s="4">
         <v>0.01</v>
       </c>
       <c r="U236" s="2">
-        <v>62289</v>
+        <v>50175</v>
       </c>
       <c r="V236" s="4">
-        <v>2.23</v>
+        <v>6.89</v>
       </c>
       <c r="W236" s="3" t="s">
-        <v>741</v>
+        <v>774</v>
       </c>
       <c r="X236" s="4">
-        <v>3554.2477568999998</v>
+        <v>10191.11714452</v>
       </c>
       <c r="Y236" s="4">
-        <v>3554.2477560000002</v>
+        <v>10191.117144</v>
       </c>
       <c r="Z236" s="6">
-        <v>2.6719999999999999E-3</v>
+        <v>1.47E-3</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>742</v>
+        <v>775</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>743</v>
+        <v>776</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D237" s="4">
-        <v>1040450.2025</v>
+        <v>1083456</v>
       </c>
       <c r="E237" s="5">
-        <v>100.88612999999999</v>
+        <v>0.01</v>
       </c>
       <c r="F237" s="4">
-        <v>1052540.2668006399</v>
+        <v>108.3456</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H237" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I237" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J237" s="5">
-        <v>100.88612999999999</v>
+        <v>0.01</v>
       </c>
       <c r="K237" s="5">
         <v>1</v>
       </c>
       <c r="L237" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M237" s="4">
-        <v>1052540.2668000001</v>
+        <v>108.3456</v>
       </c>
       <c r="N237" s="4">
-        <v>1052540.2668006399</v>
+        <v>108.3456</v>
       </c>
       <c r="O237" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P237" s="3" t="s">
-        <v>740</v>
+        <v>777</v>
       </c>
       <c r="Q237" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R237" s="3" t="s">
-        <v>742</v>
+        <v>775</v>
       </c>
       <c r="S237" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T237" s="4">
         <v>0.01</v>
       </c>
       <c r="U237" s="2">
-        <v>62898</v>
+        <v>46220</v>
       </c>
       <c r="V237" s="4">
-        <v>5.6838499999999996</v>
+        <v>0</v>
       </c>
       <c r="W237" s="3" t="s">
-        <v>744</v>
+        <v>778</v>
       </c>
       <c r="X237" s="4">
-        <v>2870.3229212299998</v>
+        <v>0</v>
       </c>
       <c r="Y237" s="4">
-        <v>2870.322921</v>
+        <v>0</v>
       </c>
       <c r="Z237" s="6">
-        <v>8.5499999999999997E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>745</v>
+        <v>779</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>746</v>
+        <v>780</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D238" s="4">
-        <v>2962830.4852800001</v>
+        <v>589132.19784000004</v>
       </c>
       <c r="E238" s="5">
-        <v>99.561350000000004</v>
+        <v>100.2008</v>
       </c>
       <c r="F238" s="4">
-        <v>2953569.1545279301</v>
+        <v>591292.50698859</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H238" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I238" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J238" s="5">
-        <v>99.561350000000004</v>
+        <v>100.2008</v>
       </c>
       <c r="K238" s="5">
         <v>1</v>
       </c>
       <c r="L238" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M238" s="4">
-        <v>2953569.1545270002</v>
+        <v>591292.50698800001</v>
       </c>
       <c r="N238" s="4">
-        <v>2953569.1545279301</v>
+        <v>591292.50698859</v>
       </c>
       <c r="O238" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P238" s="3" t="s">
-        <v>747</v>
+        <v>777</v>
       </c>
       <c r="Q238" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R238" s="3" t="s">
-        <v>745</v>
+        <v>779</v>
       </c>
       <c r="S238" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T238" s="4">
         <v>0.01</v>
       </c>
       <c r="U238" s="2">
-        <v>59281</v>
+        <v>47865</v>
       </c>
       <c r="V238" s="4">
-        <v>4.5383800000000001</v>
+        <v>5.4292400000000001</v>
       </c>
       <c r="W238" s="3" t="s">
-        <v>748</v>
+        <v>781</v>
       </c>
       <c r="X238" s="4">
-        <v>3735.1251716100001</v>
+        <v>977.33169533</v>
       </c>
       <c r="Y238" s="4">
-        <v>3735.1251710000001</v>
+        <v>977.33169499999997</v>
       </c>
       <c r="Z238" s="6">
-        <v>2.3999999999999998E-3</v>
+        <v>4.8200000000000001E-4</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>749</v>
+        <v>782</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>750</v>
+        <v>783</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D239" s="4">
-        <v>1960942.348366</v>
+        <v>472007.130328</v>
       </c>
       <c r="E239" s="5">
-        <v>94.611329999999995</v>
+        <v>100.51885</v>
       </c>
       <c r="F239" s="4">
-        <v>1856088.51680929</v>
+        <v>477406.18388819997</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H239" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I239" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J239" s="5">
-        <v>94.611329999999995</v>
+        <v>100.51885</v>
       </c>
       <c r="K239" s="5">
         <v>1</v>
       </c>
       <c r="L239" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M239" s="4">
-        <v>1856088.5168089999</v>
+        <v>477406.18388800003</v>
       </c>
       <c r="N239" s="4">
-        <v>1856088.51680929</v>
+        <v>477406.18388819997</v>
       </c>
       <c r="O239" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P239" s="3" t="s">
-        <v>747</v>
+        <v>761</v>
       </c>
       <c r="Q239" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R239" s="3" t="s">
-        <v>749</v>
+        <v>782</v>
       </c>
       <c r="S239" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T239" s="4">
         <v>0.01</v>
       </c>
       <c r="U239" s="2">
-        <v>59281</v>
+        <v>47863</v>
       </c>
       <c r="V239" s="4">
-        <v>1.36</v>
+        <v>7.5</v>
       </c>
       <c r="W239" s="3" t="s">
-        <v>751</v>
+        <v>784</v>
       </c>
       <c r="X239" s="4">
-        <v>814.88048699000001</v>
+        <v>2950.0445645499999</v>
       </c>
       <c r="Y239" s="4">
-        <v>814.88048600000002</v>
+        <v>2950.0445639999998</v>
       </c>
       <c r="Z239" s="6">
-        <v>1.508E-3</v>
+        <v>3.8900000000000002E-4</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>752</v>
+        <v>785</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>753</v>
+        <v>786</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D240" s="4">
-        <v>735367.73927699996</v>
+        <v>1788101.9585219999</v>
       </c>
       <c r="E240" s="5">
-        <v>99.792469999999994</v>
+        <v>100.73783</v>
       </c>
       <c r="F240" s="4">
-        <v>734432.52432451001</v>
+        <v>1812344.0912212599</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H240" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I240" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J240" s="5">
-        <v>99.792469999999994</v>
+        <v>100.73783</v>
       </c>
       <c r="K240" s="5">
         <v>1</v>
       </c>
       <c r="L240" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M240" s="4">
-        <v>734432.524324</v>
+        <v>1812344.0912210001</v>
       </c>
       <c r="N240" s="4">
-        <v>734432.52432451001</v>
+        <v>1812344.0912212599</v>
       </c>
       <c r="O240" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P240" s="3" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="Q240" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R240" s="3" t="s">
-        <v>752</v>
+        <v>785</v>
       </c>
       <c r="S240" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T240" s="4">
         <v>0.01</v>
       </c>
       <c r="U240" s="2">
-        <v>50157</v>
+        <v>47741</v>
       </c>
       <c r="V240" s="4">
-        <v>4.8212099999999998</v>
+        <v>7.415</v>
       </c>
       <c r="W240" s="3" t="s">
-        <v>755</v>
+        <v>787</v>
       </c>
       <c r="X240" s="4">
-        <v>590.89371638</v>
+        <v>11048.9800187</v>
       </c>
       <c r="Y240" s="4">
-        <v>590.89371600000004</v>
+        <v>11048.980018</v>
       </c>
       <c r="Z240" s="6">
-        <v>5.9599999999999996E-4</v>
+        <v>1.4779999999999999E-3</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>756</v>
+        <v>788</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>757</v>
+        <v>789</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D241" s="4">
-        <v>7677006.8471999997</v>
+        <v>6498068.1343200002</v>
       </c>
       <c r="E241" s="5">
-        <v>2.0725500000000001</v>
+        <v>101.16503</v>
       </c>
       <c r="F241" s="4">
-        <v>164466.06588394</v>
+        <v>6604313.4977365704</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H241" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I241" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J241" s="5">
-        <v>2.0725500000000001</v>
+        <v>101.16503</v>
       </c>
       <c r="K241" s="5">
         <v>1</v>
       </c>
       <c r="L241" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M241" s="4">
-        <v>164466.065883</v>
+        <v>6604313.4977360005</v>
       </c>
       <c r="N241" s="4">
-        <v>164466.06588394</v>
+        <v>6604313.4977365704</v>
       </c>
       <c r="O241" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P241" s="3" t="s">
-        <v>754</v>
+        <v>790</v>
       </c>
       <c r="Q241" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R241" s="3" t="s">
-        <v>756</v>
+        <v>788</v>
       </c>
       <c r="S241" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T241" s="4">
         <v>0.01</v>
       </c>
       <c r="U241" s="2">
-        <v>53139</v>
+        <v>60351</v>
       </c>
       <c r="V241" s="4">
-        <v>4.18621</v>
+        <v>5.4720000000000004</v>
       </c>
       <c r="W241" s="3" t="s">
-        <v>758</v>
+        <v>791</v>
       </c>
       <c r="X241" s="4">
-        <v>5356.2604723000004</v>
+        <v>30540.920231299999</v>
       </c>
       <c r="Y241" s="4">
-        <v>5356.2604719999999</v>
+        <v>30540.920231</v>
       </c>
       <c r="Z241" s="6">
-        <v>1.3300000000000001E-4</v>
+        <v>5.3880000000000004E-3</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>759</v>
+        <v>792</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>760</v>
+        <v>793</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D242" s="4">
-        <v>13458504.374394</v>
+        <v>1243713.7068749999</v>
       </c>
       <c r="E242" s="5">
-        <v>2.0744500000000001</v>
+        <v>97.164420000000007</v>
       </c>
       <c r="F242" s="4">
-        <v>288265.93315873999</v>
+        <v>1213681.1715953599</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H242" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I242" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J242" s="5">
-        <v>2.0744500000000001</v>
+        <v>97.164420000000007</v>
       </c>
       <c r="K242" s="5">
         <v>1</v>
       </c>
       <c r="L242" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M242" s="4">
-        <v>288265.933158</v>
+        <v>1213681.171595</v>
       </c>
       <c r="N242" s="4">
-        <v>288265.93315873999</v>
+        <v>1213681.1715953599</v>
       </c>
       <c r="O242" s="3" t="s">
-        <v>34</v>
+        <v>794</v>
       </c>
       <c r="P242" s="3" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="Q242" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R242" s="3" t="s">
-        <v>759</v>
+        <v>792</v>
       </c>
       <c r="S242" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T242" s="4">
         <v>0.01</v>
       </c>
       <c r="U242" s="2">
-        <v>53018</v>
+        <v>47983</v>
       </c>
       <c r="V242" s="4">
-        <v>4.0462100000000003</v>
+        <v>5.05</v>
       </c>
       <c r="W242" s="3" t="s">
-        <v>761</v>
+        <v>795</v>
       </c>
       <c r="X242" s="4">
-        <v>9075.9891641199993</v>
+        <v>5233.9618497700003</v>
       </c>
       <c r="Y242" s="4">
-        <v>9075.9891640000005</v>
+        <v>5233.9618490000003</v>
       </c>
       <c r="Z242" s="6">
-        <v>2.34E-4</v>
+        <v>9.8999999999999999E-4</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
-        <v>762</v>
+        <v>796</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>763</v>
+        <v>797</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D243" s="4">
-        <v>20467745.332198001</v>
+        <v>256873.17199999999</v>
       </c>
       <c r="E243" s="5">
-        <v>2.0716800000000002</v>
+        <v>98.373620000000003</v>
       </c>
       <c r="F243" s="4">
-        <v>438511.24398258998</v>
+        <v>253913.44506197001</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H243" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I243" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J243" s="5">
-        <v>2.0716800000000002</v>
+        <v>98.373620000000003</v>
       </c>
       <c r="K243" s="5">
         <v>1</v>
       </c>
       <c r="L243" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M243" s="4">
-        <v>438511.24398199999</v>
+        <v>253913.44506100001</v>
       </c>
       <c r="N243" s="4">
-        <v>438511.24398258998</v>
+        <v>253913.44506197001</v>
       </c>
       <c r="O243" s="3" t="s">
-        <v>764</v>
+        <v>798</v>
       </c>
       <c r="P243" s="3" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="Q243" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R243" s="3" t="s">
-        <v>762</v>
+        <v>796</v>
       </c>
       <c r="S243" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T243" s="4">
         <v>0.01</v>
       </c>
       <c r="U243" s="2">
-        <v>53139</v>
+        <v>48197</v>
       </c>
       <c r="V243" s="4">
-        <v>4.2462099999999996</v>
+        <v>5.69</v>
       </c>
       <c r="W243" s="3" t="s">
-        <v>765</v>
+        <v>799</v>
       </c>
       <c r="X243" s="4">
-        <v>14485.05748451</v>
+        <v>1218.0069572299999</v>
       </c>
       <c r="Y243" s="4">
-        <v>14485.057484000001</v>
+        <v>1218.0069570000001</v>
       </c>
       <c r="Z243" s="6">
-        <v>3.5599999999999998E-4</v>
+        <v>2.0699999999999999E-4</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
-        <v>766</v>
+        <v>800</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>767</v>
+        <v>801</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D244" s="4">
-        <v>10725</v>
+        <v>1274164.2304499999</v>
       </c>
       <c r="E244" s="5">
-        <v>2062.0964399999998</v>
+        <v>95.344740000000002</v>
       </c>
       <c r="F244" s="4">
-        <v>221168.72484849999</v>
+        <v>1217389.4685317799</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H244" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I244" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J244" s="5">
-        <v>2062.0964399999998</v>
+        <v>95.344740000000002</v>
       </c>
       <c r="K244" s="5">
         <v>1</v>
       </c>
       <c r="L244" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M244" s="4">
-        <v>221168.72484800001</v>
+        <v>1217389.468531</v>
       </c>
       <c r="N244" s="4">
-        <v>221168.72484849999</v>
+        <v>1217389.4685317799</v>
       </c>
       <c r="O244" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P244" s="3" t="s">
-        <v>768</v>
+        <v>802</v>
       </c>
       <c r="Q244" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R244" s="3" t="s">
-        <v>766</v>
+        <v>800</v>
       </c>
       <c r="S244" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T244" s="4">
         <v>0.01</v>
       </c>
       <c r="U244" s="2">
-        <v>49546</v>
+        <v>51487</v>
       </c>
       <c r="V244" s="4">
-        <v>4.9687599999999996</v>
+        <v>2.3929999999999998</v>
       </c>
       <c r="W244" s="3" t="s">
-        <v>769</v>
+        <v>803</v>
       </c>
       <c r="X244" s="4">
-        <v>8.8816585000000003</v>
+        <v>2540.8958362200001</v>
       </c>
       <c r="Y244" s="4">
-        <v>8.8816579999999998</v>
+        <v>2540.8958360000001</v>
       </c>
       <c r="Z244" s="6">
-        <v>1.7899999999999999E-4</v>
+        <v>9.9299999999999996E-4</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>770</v>
+        <v>804</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>771</v>
+        <v>805</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D245" s="4">
-        <v>2878008.2170000002</v>
+        <v>4000000</v>
       </c>
       <c r="E245" s="5">
-        <v>100.1588</v>
+        <v>102.87074</v>
       </c>
       <c r="F245" s="4">
-        <v>2911974.64265753</v>
+        <v>4132790.7333333301</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H245" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I245" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J245" s="5">
-        <v>100.1588</v>
+        <v>102.87074</v>
       </c>
       <c r="K245" s="5">
         <v>1</v>
       </c>
       <c r="L245" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M245" s="4">
-        <v>2911974.6426570001</v>
+        <v>4132790.733333</v>
       </c>
       <c r="N245" s="4">
-        <v>2911974.64265753</v>
+        <v>4132790.7333333301</v>
       </c>
       <c r="O245" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>772</v>
+        <v>806</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>770</v>
+        <v>804</v>
       </c>
       <c r="S245" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T245" s="4">
         <v>0.01</v>
       </c>
       <c r="U245" s="2">
-        <v>47960</v>
+        <v>51818</v>
       </c>
       <c r="V245" s="4">
-        <v>5.17896</v>
+        <v>5.3883400000000004</v>
       </c>
       <c r="W245" s="3" t="s">
-        <v>773</v>
+        <v>807</v>
       </c>
       <c r="X245" s="4">
-        <v>29396.148608930002</v>
+        <v>17961.133333329999</v>
       </c>
       <c r="Y245" s="4">
-        <v>29396.148608</v>
+        <v>17961.133333000002</v>
       </c>
       <c r="Z245" s="6">
-        <v>2.366E-3</v>
+        <v>3.3709999999999999E-3</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>774</v>
+        <v>808</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>775</v>
+        <v>809</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D246" s="4">
-        <v>5671608.0290480005</v>
+        <v>4000000</v>
       </c>
       <c r="E246" s="5">
-        <v>38.939830000000001</v>
+        <v>106.30806</v>
       </c>
       <c r="F246" s="4">
-        <v>2208514.5247776401</v>
+        <v>4281719.2666666703</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H246" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I246" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J246" s="5">
-        <v>38.939830000000001</v>
+        <v>106.30806</v>
       </c>
       <c r="K246" s="5">
         <v>1</v>
       </c>
       <c r="L246" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M246" s="4">
-        <v>2208514.5247769998</v>
+        <v>4281719.2666659998</v>
       </c>
       <c r="N246" s="4">
-        <v>2208514.5247776401</v>
+        <v>4281719.2666666703</v>
       </c>
       <c r="O246" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P246" s="3" t="s">
-        <v>776</v>
+        <v>806</v>
       </c>
       <c r="Q246" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R246" s="3" t="s">
-        <v>774</v>
+        <v>808</v>
       </c>
       <c r="S246" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T246" s="4">
         <v>0.01</v>
       </c>
       <c r="U246" s="2">
-        <v>54132</v>
+        <v>51818</v>
       </c>
       <c r="V246" s="4">
-        <v>7.6079999999999997</v>
+        <v>8.8190600000000003</v>
       </c>
       <c r="W246" s="3" t="s">
-        <v>777</v>
+        <v>810</v>
       </c>
       <c r="X246" s="4">
-        <v>0</v>
+        <v>29396.866666670001</v>
       </c>
       <c r="Y246" s="4">
-        <v>0</v>
+        <v>29396.866666000002</v>
       </c>
       <c r="Z246" s="6">
-        <v>1.794E-3</v>
+        <v>3.493E-3</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>778</v>
+        <v>811</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>779</v>
+        <v>812</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D247" s="4">
-        <v>11752083.851600001</v>
+        <v>4328989.1145900004</v>
       </c>
       <c r="E247" s="5">
-        <v>11.80414</v>
+        <v>1.03623</v>
       </c>
       <c r="F247" s="4">
-        <v>1387232.43076029</v>
+        <v>63292.562548410002</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H247" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I247" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J247" s="5">
-        <v>11.80414</v>
+        <v>1.03623</v>
       </c>
       <c r="K247" s="5">
         <v>1</v>
       </c>
       <c r="L247" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M247" s="4">
-        <v>1387232.4307599999</v>
+        <v>63292.562548000002</v>
       </c>
       <c r="N247" s="4">
-        <v>1387232.43076029</v>
+        <v>63292.562548410002</v>
       </c>
       <c r="O247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>776</v>
+        <v>577</v>
       </c>
       <c r="Q247" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>778</v>
+        <v>811</v>
       </c>
       <c r="S247" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T247" s="4">
         <v>0.01</v>
       </c>
       <c r="U247" s="2">
-        <v>50086</v>
+        <v>49577</v>
       </c>
       <c r="V247" s="4">
-        <v>7.4</v>
+        <v>5.4152300000000002</v>
       </c>
       <c r="W247" s="3" t="s">
-        <v>780</v>
+        <v>813</v>
       </c>
       <c r="X247" s="4">
-        <v>0</v>
+        <v>18434.278646300001</v>
       </c>
       <c r="Y247" s="4">
-        <v>0</v>
+        <v>18434.278645999999</v>
       </c>
       <c r="Z247" s="6">
-        <v>1.127E-3</v>
+        <v>5.1E-5</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
-        <v>781</v>
+        <v>814</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>782</v>
+        <v>815</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D248" s="4">
-        <v>3126487.7542090002</v>
+        <v>3344796.1434749998</v>
       </c>
       <c r="E248" s="5">
-        <v>98.537019999999998</v>
+        <v>85.150599999999997</v>
       </c>
       <c r="F248" s="4">
-        <v>3080747.8636624701</v>
+        <v>2863444.3006036701</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H248" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I248" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J248" s="5">
-        <v>98.537019999999998</v>
+        <v>85.150599999999997</v>
       </c>
       <c r="K248" s="5">
         <v>1</v>
       </c>
       <c r="L248" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M248" s="4">
-        <v>3080747.8636619998</v>
+        <v>2863444.300603</v>
       </c>
       <c r="N248" s="4">
-        <v>3080747.8636624701</v>
+        <v>2863444.3006036701</v>
       </c>
       <c r="O248" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P248" s="3" t="s">
-        <v>776</v>
+        <v>816</v>
       </c>
       <c r="Q248" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R248" s="3" t="s">
-        <v>781</v>
+        <v>814</v>
       </c>
       <c r="S248" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T248" s="4">
         <v>0.01</v>
       </c>
       <c r="U248" s="2">
-        <v>48745</v>
+        <v>49515</v>
       </c>
       <c r="V248" s="4">
-        <v>7.92</v>
+        <v>5.5</v>
       </c>
       <c r="W248" s="3" t="s">
-        <v>783</v>
+        <v>817</v>
       </c>
       <c r="X248" s="4">
-        <v>0</v>
+        <v>15330.3156576</v>
       </c>
       <c r="Y248" s="4">
-        <v>0</v>
+        <v>15330.315656999999</v>
       </c>
       <c r="Z248" s="6">
-        <v>2.503E-3</v>
+        <v>2.336E-3</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
-        <v>784</v>
+        <v>818</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>785</v>
+        <v>819</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D249" s="4">
-        <v>2453202.5565550001</v>
+        <v>507.89310599999999</v>
       </c>
       <c r="E249" s="5">
-        <v>38.72213</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="F249" s="4">
-        <v>949932.28311248997</v>
+        <v>2.6363258200000002</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H249" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I249" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J249" s="5">
-        <v>38.72213</v>
+        <v>9.9999999999999995E-7</v>
       </c>
       <c r="K249" s="5">
         <v>1</v>
       </c>
       <c r="L249" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M249" s="4">
-        <v>949932.28311199998</v>
+        <v>2.6363249999999998</v>
       </c>
       <c r="N249" s="4">
-        <v>949932.28311248997</v>
+        <v>2.6363258200000002</v>
       </c>
       <c r="O249" s="3" t="s">
-        <v>34</v>
+        <v>820</v>
       </c>
       <c r="P249" s="3" t="s">
-        <v>776</v>
+        <v>821</v>
       </c>
       <c r="Q249" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R249" s="3" t="s">
-        <v>784</v>
+        <v>818</v>
       </c>
       <c r="S249" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T249" s="4">
         <v>0.01</v>
       </c>
       <c r="U249" s="2">
-        <v>49324</v>
+        <v>49577</v>
       </c>
       <c r="V249" s="4">
-        <v>6.93</v>
+        <v>6.2288360000000003</v>
       </c>
       <c r="W249" s="3" t="s">
-        <v>786</v>
+        <v>822</v>
       </c>
       <c r="X249" s="4">
+        <v>2.6363207499999999</v>
+      </c>
+      <c r="Y249" s="4">
+        <v>2.63632</v>
+      </c>
+      <c r="Z249" s="6">
         <v>0</v>
-      </c>
-[...4 lines deleted...]
-        <v>7.7200000000000001E-4</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
-        <v>787</v>
+        <v>823</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>788</v>
+        <v>824</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D250" s="4">
-        <v>1822203.7752149999</v>
+        <v>2276849.2995179999</v>
       </c>
       <c r="E250" s="5">
-        <v>100.91289</v>
+        <v>97.40898</v>
       </c>
       <c r="F250" s="4">
-        <v>1838838.49125856</v>
+        <v>2219432.7353026499</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H250" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I250" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J250" s="5">
-        <v>100.91289</v>
+        <v>97.40898</v>
       </c>
       <c r="K250" s="5">
         <v>1</v>
       </c>
       <c r="L250" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M250" s="4">
-        <v>1838838.491258</v>
+        <v>2219432.7353019998</v>
       </c>
       <c r="N250" s="4">
-        <v>1838838.49125856</v>
+        <v>2219432.7353026499</v>
       </c>
       <c r="O250" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P250" s="3" t="s">
-        <v>776</v>
+        <v>825</v>
       </c>
       <c r="Q250" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R250" s="3" t="s">
-        <v>787</v>
+        <v>823</v>
       </c>
       <c r="S250" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T250" s="4">
         <v>0.01</v>
       </c>
       <c r="U250" s="2">
-        <v>50206</v>
+        <v>60170</v>
       </c>
       <c r="V250" s="4">
-        <v>6.89</v>
+        <v>4.9870700000000001</v>
       </c>
       <c r="W250" s="3" t="s">
-        <v>789</v>
+        <v>826</v>
       </c>
       <c r="X250" s="4">
-        <v>0</v>
+        <v>1577.05650502</v>
       </c>
       <c r="Y250" s="4">
-        <v>0</v>
+        <v>1577.056505</v>
       </c>
       <c r="Z250" s="6">
-        <v>1.4940000000000001E-3</v>
+        <v>1.81E-3</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
-        <v>790</v>
+        <v>827</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>791</v>
+        <v>828</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D251" s="4">
-        <v>1083456</v>
+        <v>15303443.983077001</v>
       </c>
       <c r="E251" s="5">
-        <v>0.01</v>
+        <v>22.80735</v>
       </c>
       <c r="F251" s="4">
-        <v>108.3456</v>
+        <v>3573203.6861826498</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H251" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I251" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J251" s="5">
-        <v>0.01</v>
+        <v>22.80735</v>
       </c>
       <c r="K251" s="5">
         <v>1</v>
       </c>
       <c r="L251" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M251" s="4">
-        <v>108.3456</v>
+        <v>3573203.6861820002</v>
       </c>
       <c r="N251" s="4">
-        <v>108.3456</v>
+        <v>3573203.6861826498</v>
       </c>
       <c r="O251" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P251" s="3" t="s">
-        <v>792</v>
+        <v>592</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R251" s="3" t="s">
-        <v>790</v>
+        <v>827</v>
       </c>
       <c r="S251" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T251" s="4">
         <v>0.01</v>
       </c>
       <c r="U251" s="2">
-        <v>46220</v>
+        <v>49881</v>
       </c>
       <c r="V251" s="4">
-        <v>0</v>
+        <v>6.5</v>
       </c>
       <c r="W251" s="3" t="s">
-        <v>793</v>
+        <v>829</v>
       </c>
       <c r="X251" s="4">
-        <v>0</v>
+        <v>82893.654908330005</v>
       </c>
       <c r="Y251" s="4">
-        <v>0</v>
+        <v>82893.654907999997</v>
       </c>
       <c r="Z251" s="6">
-        <v>0</v>
+        <v>2.9150000000000001E-3</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>794</v>
+        <v>830</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>795</v>
+        <v>831</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D252" s="4">
-        <v>1572516.9491099999</v>
+        <v>5518281.3261299999</v>
       </c>
       <c r="E252" s="5">
-        <v>100.09139999999999</v>
+        <v>100.0934</v>
       </c>
       <c r="F252" s="4">
-        <v>1592688.4207581501</v>
+        <v>5578827.4673777902</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H252" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I252" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J252" s="5">
-        <v>100.09139999999999</v>
+        <v>100.0934</v>
       </c>
       <c r="K252" s="5">
         <v>1</v>
       </c>
       <c r="L252" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M252" s="4">
-        <v>1592688.4207580001</v>
+        <v>5578827.4673769996</v>
       </c>
       <c r="N252" s="4">
-        <v>1592688.4207581501</v>
+        <v>5578827.4673777902</v>
       </c>
       <c r="O252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>792</v>
+        <v>832</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>794</v>
+        <v>830</v>
       </c>
       <c r="S252" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T252" s="4">
         <v>0.01</v>
       </c>
       <c r="U252" s="2">
-        <v>47865</v>
+        <v>48446</v>
       </c>
       <c r="V252" s="4">
-        <v>5.6432399999999996</v>
+        <v>5.0189599999999999</v>
       </c>
       <c r="W252" s="3" t="s">
-        <v>796</v>
+        <v>833</v>
       </c>
       <c r="X252" s="4">
-        <v>18734.19115667</v>
+        <v>55392.066489190001</v>
       </c>
       <c r="Y252" s="4">
-        <v>18734.191156000001</v>
+        <v>55392.066488999997</v>
       </c>
       <c r="Z252" s="6">
-        <v>1.294E-3</v>
+        <v>4.5510000000000004E-3</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>797</v>
+        <v>834</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>798</v>
+        <v>835</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D253" s="4">
-        <v>1673975.3169</v>
+        <v>6000000</v>
       </c>
       <c r="E253" s="5">
-        <v>99.999700000000004</v>
+        <v>100.1537</v>
       </c>
       <c r="F253" s="4">
-        <v>1692780.18366849</v>
+        <v>6079668.8399999999</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H253" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I253" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J253" s="5">
-        <v>99.999700000000004</v>
+        <v>100.1537</v>
       </c>
       <c r="K253" s="5">
         <v>1</v>
       </c>
       <c r="L253" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M253" s="4">
-        <v>1692780.1836679999</v>
+        <v>6079668.8399999999</v>
       </c>
       <c r="N253" s="4">
-        <v>1692780.18366849</v>
+        <v>6079668.8399999999</v>
       </c>
       <c r="O253" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>792</v>
+        <v>832</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>797</v>
+        <v>834</v>
       </c>
       <c r="S253" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T253" s="4">
         <v>0.01</v>
       </c>
       <c r="U253" s="2">
-        <v>47953</v>
+        <v>47988</v>
       </c>
       <c r="V253" s="4">
-        <v>5.1861499999999996</v>
+        <v>5.8705699999999998</v>
       </c>
       <c r="W253" s="3" t="s">
-        <v>799</v>
+        <v>836</v>
       </c>
       <c r="X253" s="4">
-        <v>18809.88869444</v>
+        <v>70446.84</v>
       </c>
       <c r="Y253" s="4">
-        <v>18809.888694000001</v>
+        <v>70446.84</v>
       </c>
       <c r="Z253" s="6">
-        <v>1.3749999999999999E-3</v>
+        <v>4.96E-3</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
-        <v>800</v>
+        <v>837</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>801</v>
+        <v>838</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D254" s="4">
-        <v>498817.84210900002</v>
+        <v>1939288.7339999999</v>
       </c>
       <c r="E254" s="5">
-        <v>100.4421</v>
+        <v>40.764380000000003</v>
       </c>
       <c r="F254" s="4">
-        <v>501023.1157888</v>
+        <v>804678.92544669996</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H254" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I254" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J254" s="5">
-        <v>100.4421</v>
+        <v>40.764380000000003</v>
       </c>
       <c r="K254" s="5">
         <v>1</v>
       </c>
       <c r="L254" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M254" s="4">
-        <v>501023.115788</v>
+        <v>804678.92544599995</v>
       </c>
       <c r="N254" s="4">
-        <v>501023.1157888</v>
+        <v>804678.92544669996</v>
       </c>
       <c r="O254" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P254" s="3" t="s">
-        <v>776</v>
+        <v>839</v>
       </c>
       <c r="Q254" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R254" s="3" t="s">
-        <v>800</v>
+        <v>837</v>
       </c>
       <c r="S254" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T254" s="4">
         <v>0.01</v>
       </c>
       <c r="U254" s="2">
-        <v>47863</v>
+        <v>50206</v>
       </c>
       <c r="V254" s="4">
-        <v>7.5</v>
+        <v>5.5848100000000001</v>
       </c>
       <c r="W254" s="3" t="s">
-        <v>802</v>
+        <v>840</v>
       </c>
       <c r="X254" s="4">
-        <v>0</v>
+        <v>14139.89662175</v>
       </c>
       <c r="Y254" s="4">
-        <v>0</v>
+        <v>14139.896621</v>
       </c>
       <c r="Z254" s="6">
-        <v>4.0700000000000003E-4</v>
+        <v>6.5600000000000001E-4</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
-        <v>803</v>
+        <v>841</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>804</v>
+        <v>842</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D255" s="4">
-        <v>1861389.4268370001</v>
+        <v>1709000</v>
       </c>
       <c r="E255" s="5">
-        <v>100.70610000000001</v>
+        <v>100</v>
       </c>
       <c r="F255" s="4">
-        <v>1874532.6975793899</v>
+        <v>1710933.6860277799</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H255" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I255" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J255" s="5">
-        <v>100.70610000000001</v>
+        <v>100</v>
       </c>
       <c r="K255" s="5">
         <v>1</v>
       </c>
       <c r="L255" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M255" s="4">
-        <v>1874532.6975789999</v>
+        <v>1710933.686027</v>
       </c>
       <c r="N255" s="4">
-        <v>1874532.6975793899</v>
+        <v>1710933.6860277799</v>
       </c>
       <c r="O255" s="3" t="s">
-        <v>34</v>
+        <v>843</v>
       </c>
       <c r="P255" s="3" t="s">
-        <v>776</v>
+        <v>839</v>
       </c>
       <c r="Q255" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R255" s="3" t="s">
-        <v>803</v>
+        <v>841</v>
       </c>
       <c r="S255" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T255" s="4">
         <v>0.01</v>
       </c>
       <c r="U255" s="2">
-        <v>47741</v>
+        <v>48382</v>
       </c>
       <c r="V255" s="4">
-        <v>7.415</v>
+        <v>4.75</v>
       </c>
       <c r="W255" s="3" t="s">
-        <v>805</v>
+        <v>844</v>
       </c>
       <c r="X255" s="4">
-        <v>0</v>
+        <v>1933.6860277799999</v>
       </c>
       <c r="Y255" s="4">
-        <v>0</v>
+        <v>1933.686027</v>
       </c>
       <c r="Z255" s="6">
-        <v>1.523E-3</v>
+        <v>1.395E-3</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
-        <v>806</v>
+        <v>845</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>807</v>
+        <v>846</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D256" s="4">
-        <v>6748853.6373749999</v>
+        <v>7367782.2336360002</v>
       </c>
       <c r="E256" s="5">
-        <v>100.83958</v>
+        <v>27.374590000000001</v>
       </c>
       <c r="F256" s="4">
-        <v>6805515.6627436699</v>
+        <v>2070617.3730814001</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H256" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I256" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J256" s="5">
-        <v>100.83958</v>
+        <v>27.374590000000001</v>
       </c>
       <c r="K256" s="5">
         <v>1</v>
       </c>
       <c r="L256" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M256" s="4">
-        <v>6805515.6627430003</v>
+        <v>2070617.3730810001</v>
       </c>
       <c r="N256" s="4">
-        <v>6805515.6627436699</v>
+        <v>2070617.3730814001</v>
       </c>
       <c r="O256" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P256" s="3" t="s">
-        <v>808</v>
+        <v>839</v>
       </c>
       <c r="Q256" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R256" s="3" t="s">
-        <v>806</v>
+        <v>845</v>
       </c>
       <c r="S256" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T256" s="4">
         <v>0.01</v>
       </c>
       <c r="U256" s="2">
-        <v>60351</v>
+        <v>50571</v>
       </c>
       <c r="V256" s="4">
-        <v>5.4720000000000004</v>
+        <v>5.5844610000000001</v>
       </c>
       <c r="W256" s="3" t="s">
-        <v>809</v>
+        <v>847</v>
       </c>
       <c r="X256" s="4">
-        <v>0</v>
+        <v>53717.194530699999</v>
       </c>
       <c r="Y256" s="4">
-        <v>0</v>
+        <v>53717.194530000001</v>
       </c>
       <c r="Z256" s="6">
-        <v>5.5300000000000002E-3</v>
+        <v>1.689E-3</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
-        <v>810</v>
+        <v>848</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>811</v>
+        <v>849</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D257" s="4">
-        <v>1267888.343625</v>
+        <v>800000</v>
       </c>
       <c r="E257" s="5">
-        <v>97.062389999999994</v>
+        <v>100</v>
       </c>
       <c r="F257" s="4">
-        <v>1230642.7288538399</v>
+        <v>802482.66666667</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H257" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I257" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J257" s="5">
-        <v>97.062389999999994</v>
+        <v>100</v>
       </c>
       <c r="K257" s="5">
         <v>1</v>
       </c>
       <c r="L257" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M257" s="4">
-        <v>1230642.7288530001</v>
+        <v>802482.66666600003</v>
       </c>
       <c r="N257" s="4">
-        <v>1230642.7288538399</v>
+        <v>802482.66666667</v>
       </c>
       <c r="O257" s="3" t="s">
-        <v>812</v>
+        <v>34</v>
       </c>
       <c r="P257" s="3" t="s">
-        <v>776</v>
+        <v>839</v>
       </c>
       <c r="Q257" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R257" s="3" t="s">
-        <v>810</v>
+        <v>848</v>
       </c>
       <c r="S257" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T257" s="4">
         <v>0.01</v>
       </c>
       <c r="U257" s="2">
-        <v>47953</v>
+        <v>49842</v>
       </c>
       <c r="V257" s="4">
-        <v>5.05</v>
+        <v>4.75</v>
       </c>
       <c r="W257" s="3" t="s">
-        <v>813</v>
+        <v>850</v>
       </c>
       <c r="X257" s="4">
-        <v>0</v>
+        <v>2482.6666666699998</v>
       </c>
       <c r="Y257" s="4">
-        <v>0</v>
+        <v>2482.6666660000001</v>
       </c>
       <c r="Z257" s="6">
-        <v>1E-3</v>
+        <v>6.5399999999999996E-4</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
-        <v>814</v>
+        <v>851</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>815</v>
+        <v>852</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D258" s="4">
-        <v>261866.13521099999</v>
+        <v>11085730.457268</v>
       </c>
       <c r="E258" s="5">
-        <v>98.287360000000007</v>
+        <v>22.018519999999999</v>
       </c>
       <c r="F258" s="4">
-        <v>257381.31103335999</v>
+        <v>2521737.87400572</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H258" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I258" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J258" s="5">
-        <v>98.287360000000007</v>
+        <v>22.018519999999999</v>
       </c>
       <c r="K258" s="5">
         <v>1</v>
       </c>
       <c r="L258" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M258" s="4">
-        <v>257381.31103300001</v>
+        <v>2521737.8740050001</v>
       </c>
       <c r="N258" s="4">
-        <v>257381.31103335999</v>
+        <v>2521737.87400572</v>
       </c>
       <c r="O258" s="3" t="s">
-        <v>816</v>
+        <v>34</v>
       </c>
       <c r="P258" s="3" t="s">
-        <v>776</v>
+        <v>839</v>
       </c>
       <c r="Q258" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R258" s="3" t="s">
-        <v>814</v>
+        <v>851</v>
       </c>
       <c r="S258" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T258" s="4">
         <v>0.01</v>
       </c>
       <c r="U258" s="2">
-        <v>48197</v>
+        <v>50298</v>
       </c>
       <c r="V258" s="4">
-        <v>5.69</v>
+        <v>5.5844610000000001</v>
       </c>
       <c r="W258" s="3" t="s">
-        <v>817</v>
+        <v>853</v>
       </c>
       <c r="X258" s="4">
-        <v>0</v>
+        <v>80824.096126150005</v>
       </c>
       <c r="Y258" s="4">
-        <v>0</v>
+        <v>80824.096126000004</v>
       </c>
       <c r="Z258" s="6">
-        <v>2.0900000000000001E-4</v>
+        <v>2.0569999999999998E-3</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
-        <v>818</v>
+        <v>854</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>819</v>
+        <v>855</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D259" s="4">
-        <v>1277292.8682500001</v>
+        <v>1853796.06858</v>
       </c>
       <c r="E259" s="5">
-        <v>95.119370000000004</v>
+        <v>99.756519999999995</v>
       </c>
       <c r="F259" s="4">
-        <v>1214952.9293343299</v>
+        <v>1859894.71108875</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H259" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I259" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J259" s="5">
-        <v>95.119370000000004</v>
+        <v>99.756519999999995</v>
       </c>
       <c r="K259" s="5">
         <v>1</v>
       </c>
       <c r="L259" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M259" s="4">
-        <v>1214952.929334</v>
+        <v>1859894.7110880001</v>
       </c>
       <c r="N259" s="4">
-        <v>1214952.9293343299</v>
+        <v>1859894.71108875</v>
       </c>
       <c r="O259" s="3" t="s">
-        <v>34</v>
+        <v>856</v>
       </c>
       <c r="P259" s="3" t="s">
-        <v>820</v>
+        <v>839</v>
       </c>
       <c r="Q259" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R259" s="3" t="s">
-        <v>818</v>
+        <v>854</v>
       </c>
       <c r="S259" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T259" s="4">
         <v>0.01</v>
       </c>
       <c r="U259" s="2">
-        <v>51487</v>
+        <v>48745</v>
       </c>
       <c r="V259" s="4">
-        <v>2.3929999999999998</v>
+        <v>4.3848099999999999</v>
       </c>
       <c r="W259" s="3" t="s">
-        <v>821</v>
+        <v>857</v>
       </c>
       <c r="X259" s="4">
-        <v>0</v>
+        <v>10612.26517653</v>
       </c>
       <c r="Y259" s="4">
-        <v>0</v>
+        <v>10612.265176000001</v>
       </c>
       <c r="Z259" s="6">
-        <v>9.8700000000000003E-4</v>
+        <v>1.5169999999999999E-3</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
-        <v>822</v>
+        <v>858</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>823</v>
+        <v>859</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D260" s="4">
-        <v>4000000</v>
+        <v>4861737.9273199998</v>
       </c>
       <c r="E260" s="5">
-        <v>102.73779</v>
+        <v>98.875470000000007</v>
       </c>
       <c r="F260" s="4">
-        <v>4109511.6</v>
+        <v>4835088.2122861501</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H260" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I260" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J260" s="5">
-        <v>102.73779</v>
+        <v>98.875470000000007</v>
       </c>
       <c r="K260" s="5">
         <v>1</v>
       </c>
       <c r="L260" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M260" s="4">
-        <v>4109511.6</v>
+        <v>4835088.2122860001</v>
       </c>
       <c r="N260" s="4">
-        <v>4109511.6</v>
+        <v>4835088.2122861501</v>
       </c>
       <c r="O260" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P260" s="3" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="Q260" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R260" s="3" t="s">
-        <v>822</v>
+        <v>858</v>
       </c>
       <c r="S260" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T260" s="4">
         <v>0.01</v>
       </c>
       <c r="U260" s="2">
-        <v>51818</v>
+        <v>48837</v>
       </c>
       <c r="V260" s="4">
-        <v>5.3883400000000004</v>
+        <v>4.4148100000000001</v>
       </c>
       <c r="W260" s="3" t="s">
-        <v>825</v>
+        <v>860</v>
       </c>
       <c r="X260" s="4">
-        <v>0</v>
+        <v>28021.986480250001</v>
       </c>
       <c r="Y260" s="4">
-        <v>0</v>
+        <v>28021.98648</v>
       </c>
       <c r="Z260" s="6">
-        <v>3.339E-3</v>
+        <v>3.9439999999999996E-3</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
-        <v>826</v>
+        <v>861</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>827</v>
+        <v>862</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D261" s="4">
-        <v>4000000</v>
+        <v>11506477.898258001</v>
       </c>
       <c r="E261" s="5">
-        <v>106.40788999999999</v>
+        <v>98.827219999999997</v>
       </c>
       <c r="F261" s="4">
-        <v>4256315.5999999996</v>
+        <v>11436050.3492095</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H261" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I261" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J261" s="5">
-        <v>106.40788999999999</v>
+        <v>98.827219999999997</v>
       </c>
       <c r="K261" s="5">
         <v>1</v>
       </c>
       <c r="L261" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M261" s="4">
-        <v>4256315.5999999996</v>
+        <v>11436050.349208999</v>
       </c>
       <c r="N261" s="4">
-        <v>4256315.5999999996</v>
+        <v>11436050.3492095</v>
       </c>
       <c r="O261" s="3" t="s">
-        <v>34</v>
+        <v>863</v>
       </c>
       <c r="P261" s="3" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="Q261" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R261" s="3" t="s">
-        <v>826</v>
+        <v>861</v>
       </c>
       <c r="S261" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T261" s="4">
         <v>0.01</v>
       </c>
       <c r="U261" s="2">
-        <v>51818</v>
+        <v>50754</v>
       </c>
       <c r="V261" s="4">
-        <v>8.8190600000000003</v>
+        <v>4.29481</v>
       </c>
       <c r="W261" s="3" t="s">
-        <v>828</v>
+        <v>864</v>
       </c>
       <c r="X261" s="4">
-        <v>0</v>
+        <v>64518.122446779998</v>
       </c>
       <c r="Y261" s="4">
-        <v>0</v>
+        <v>64518.122446000001</v>
       </c>
       <c r="Z261" s="6">
-        <v>3.4589999999999998E-3</v>
+        <v>9.3299999999999998E-3</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
-        <v>829</v>
+        <v>865</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>830</v>
+        <v>866</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D262" s="4">
-        <v>4328989.1145900004</v>
+        <v>8186124.3365190001</v>
       </c>
       <c r="E262" s="5">
-        <v>1.0683199999999999</v>
+        <v>97.682950000000005</v>
       </c>
       <c r="F262" s="4">
-        <v>46247.456508989999</v>
+        <v>8042562.0160232102</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H262" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I262" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J262" s="5">
-        <v>1.0683199999999999</v>
+        <v>97.682950000000005</v>
       </c>
       <c r="K262" s="5">
         <v>1</v>
       </c>
       <c r="L262" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M262" s="4">
-        <v>46247.456508000003</v>
+        <v>8042562.0160229998</v>
       </c>
       <c r="N262" s="4">
-        <v>46247.456508989999</v>
+        <v>8042562.0160232102</v>
       </c>
       <c r="O262" s="3" t="s">
-        <v>34</v>
+        <v>867</v>
       </c>
       <c r="P262" s="3" t="s">
-        <v>597</v>
+        <v>839</v>
       </c>
       <c r="Q262" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R262" s="3" t="s">
-        <v>829</v>
+        <v>865</v>
       </c>
       <c r="S262" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T262" s="4">
         <v>0.01</v>
       </c>
       <c r="U262" s="2">
-        <v>49577</v>
+        <v>50936</v>
       </c>
       <c r="V262" s="4">
-        <v>5.4084000000000003</v>
+        <v>4.3148099999999996</v>
       </c>
       <c r="W262" s="3" t="s">
-        <v>831</v>
+        <v>868</v>
       </c>
       <c r="X262" s="4">
-        <v>0</v>
+        <v>46114.273443819999</v>
       </c>
       <c r="Y262" s="4">
-        <v>0</v>
+        <v>46114.273442999998</v>
       </c>
       <c r="Z262" s="6">
-        <v>3.6999999999999998E-5</v>
+        <v>6.561E-3</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
-        <v>832</v>
+        <v>869</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>833</v>
+        <v>870</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D263" s="4">
-        <v>3375013.2077589999</v>
+        <v>13569464.0144</v>
       </c>
       <c r="E263" s="5">
-        <v>84.996039999999994</v>
+        <v>96.527090000000001</v>
       </c>
       <c r="F263" s="4">
-        <v>2868627.5760722901</v>
+        <v>13173939.946746901</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H263" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I263" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J263" s="5">
-        <v>84.996039999999994</v>
+        <v>96.527090000000001</v>
       </c>
       <c r="K263" s="5">
         <v>1</v>
       </c>
       <c r="L263" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M263" s="4">
-        <v>2868627.576072</v>
+        <v>13173939.946745999</v>
       </c>
       <c r="N263" s="4">
-        <v>2868627.5760722901</v>
+        <v>13173939.946746901</v>
       </c>
       <c r="O263" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P263" s="3" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="Q263" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R263" s="3" t="s">
-        <v>832</v>
+        <v>869</v>
       </c>
       <c r="S263" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T263" s="4">
         <v>0.01</v>
       </c>
       <c r="U263" s="2">
-        <v>49515</v>
+        <v>50936</v>
       </c>
       <c r="V263" s="4">
-        <v>5.5</v>
+        <v>4.2748100000000004</v>
       </c>
       <c r="W263" s="3" t="s">
-        <v>835</v>
+        <v>871</v>
       </c>
       <c r="X263" s="4">
-        <v>0</v>
+        <v>75731.205049440003</v>
       </c>
       <c r="Y263" s="4">
-        <v>0</v>
+        <v>75731.205048999997</v>
       </c>
       <c r="Z263" s="6">
-        <v>2.3310000000000002E-3</v>
+        <v>1.0747E-2</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
-        <v>836</v>
+        <v>872</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>837</v>
+        <v>873</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D264" s="4">
-        <v>507.89310599999999</v>
+        <v>6385678.4678400001</v>
       </c>
       <c r="E264" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>98.412170000000003</v>
       </c>
       <c r="F264" s="4">
-        <v>5.0799999999999996E-6</v>
+        <v>6319756.4962097201</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H264" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I264" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J264" s="5">
-        <v>9.9999999999999995E-7</v>
+        <v>98.412170000000003</v>
       </c>
       <c r="K264" s="5">
         <v>1</v>
       </c>
       <c r="L264" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M264" s="4">
-        <v>5.0000000000000004E-6</v>
+        <v>6319756.4962090002</v>
       </c>
       <c r="N264" s="4">
-        <v>5.0799999999999996E-6</v>
+        <v>6319756.4962097201</v>
       </c>
       <c r="O264" s="3" t="s">
-        <v>838</v>
+        <v>874</v>
       </c>
       <c r="P264" s="3" t="s">
         <v>839</v>
       </c>
       <c r="Q264" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R264" s="3" t="s">
-        <v>836</v>
+        <v>872</v>
       </c>
       <c r="S264" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T264" s="4">
         <v>0.01</v>
       </c>
       <c r="U264" s="2">
-        <v>49577</v>
+        <v>51119</v>
       </c>
       <c r="V264" s="4">
-        <v>6.2288360000000003</v>
+        <v>4.25481</v>
       </c>
       <c r="W264" s="3" t="s">
-        <v>840</v>
+        <v>875</v>
       </c>
       <c r="X264" s="4">
-        <v>0</v>
+        <v>35471.746785620002</v>
       </c>
       <c r="Y264" s="4">
-        <v>0</v>
+        <v>35471.746785000003</v>
       </c>
       <c r="Z264" s="6">
-        <v>0</v>
+        <v>5.1549999999999999E-3</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
-        <v>841</v>
+        <v>876</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>842</v>
+        <v>877</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D265" s="4">
-        <v>2287562.4358740002</v>
+        <v>1255936.5705599999</v>
       </c>
       <c r="E265" s="5">
-        <v>97.3446</v>
+        <v>98.132469999999998</v>
       </c>
       <c r="F265" s="4">
-        <v>2228742.42302506</v>
+        <v>1239458.16886687</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H265" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I265" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J265" s="5">
-        <v>97.3446</v>
+        <v>98.132469999999998</v>
       </c>
       <c r="K265" s="5">
         <v>1</v>
       </c>
       <c r="L265" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M265" s="4">
-        <v>2228742.4230249999</v>
+        <v>1239458.1688659999</v>
       </c>
       <c r="N265" s="4">
-        <v>2228742.42302506</v>
+        <v>1239458.16886687</v>
       </c>
       <c r="O265" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P265" s="3" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="Q265" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R265" s="3" t="s">
-        <v>841</v>
+        <v>876</v>
       </c>
       <c r="S265" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T265" s="4">
         <v>0.01</v>
       </c>
       <c r="U265" s="2">
-        <v>51160</v>
+        <v>51119</v>
       </c>
       <c r="V265" s="4">
-        <v>5.0462100000000003</v>
+        <v>4.1848099999999997</v>
       </c>
       <c r="W265" s="3" t="s">
-        <v>844</v>
+        <v>878</v>
       </c>
       <c r="X265" s="4">
-        <v>1923.92007326</v>
+        <v>6976.5905430499997</v>
       </c>
       <c r="Y265" s="4">
-        <v>1923.920073</v>
+        <v>6976.5905430000003</v>
       </c>
       <c r="Z265" s="6">
-        <v>1.8109999999999999E-3</v>
+        <v>1.011E-3</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
-        <v>845</v>
+        <v>879</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>846</v>
+        <v>880</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D266" s="4">
-        <v>15303443.983077001</v>
+        <v>8274772.6295999996</v>
       </c>
       <c r="E266" s="5">
-        <v>23.925450000000001</v>
+        <v>99.150120000000001</v>
       </c>
       <c r="F266" s="4">
-        <v>3661417.8384491</v>
+        <v>8250088.3553423099</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H266" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I266" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J266" s="5">
-        <v>23.925450000000001</v>
+        <v>99.150120000000001</v>
       </c>
       <c r="K266" s="5">
         <v>1</v>
       </c>
       <c r="L266" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M266" s="4">
-        <v>3661417.8384489999</v>
+        <v>8250088.3553419998</v>
       </c>
       <c r="N266" s="4">
-        <v>3661417.8384491</v>
+        <v>8250088.3553423099</v>
       </c>
       <c r="O266" s="3" t="s">
-        <v>34</v>
+        <v>881</v>
       </c>
       <c r="P266" s="3" t="s">
-        <v>612</v>
+        <v>839</v>
       </c>
       <c r="Q266" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R266" s="3" t="s">
-        <v>845</v>
+        <v>879</v>
       </c>
       <c r="S266" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T266" s="4">
         <v>0.01</v>
       </c>
       <c r="U266" s="2">
-        <v>49881</v>
+        <v>51851</v>
       </c>
       <c r="V266" s="4">
-        <v>6.5</v>
+        <v>4.2248099999999997</v>
       </c>
       <c r="W266" s="3" t="s">
-        <v>847</v>
+        <v>882</v>
       </c>
       <c r="X266" s="4">
-        <v>0</v>
+        <v>45641.363366760001</v>
       </c>
       <c r="Y266" s="4">
-        <v>0</v>
+        <v>45641.363365999998</v>
       </c>
       <c r="Z266" s="6">
-        <v>2.9750000000000002E-3</v>
+        <v>6.7299999999999999E-3</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
-        <v>848</v>
+        <v>883</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>849</v>
+        <v>884</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D267" s="4">
-        <v>6000000</v>
+        <v>2672290.9504</v>
       </c>
       <c r="E267" s="5">
-        <v>100.1678</v>
+        <v>94.752480000000006</v>
       </c>
       <c r="F267" s="4">
-        <v>6051161.9900000002</v>
+        <v>2547324.89173951</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H267" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I267" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J267" s="5">
-        <v>100.1678</v>
+        <v>94.752480000000006</v>
       </c>
       <c r="K267" s="5">
         <v>1</v>
       </c>
       <c r="L267" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M267" s="4">
-        <v>6051161.9900000002</v>
+        <v>2547324.8917390001</v>
       </c>
       <c r="N267" s="4">
-        <v>6051161.9900000002</v>
+        <v>2547324.89173951</v>
       </c>
       <c r="O267" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P267" s="3" t="s">
-        <v>850</v>
+        <v>839</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R267" s="3" t="s">
-        <v>848</v>
+        <v>883</v>
       </c>
       <c r="S267" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T267" s="4">
         <v>0.01</v>
       </c>
       <c r="U267" s="2">
-        <v>47988</v>
+        <v>51119</v>
       </c>
       <c r="V267" s="4">
-        <v>5.8705699999999998</v>
+        <v>4.3748100000000001</v>
       </c>
       <c r="W267" s="3" t="s">
-        <v>851</v>
+        <v>885</v>
       </c>
       <c r="X267" s="4">
-        <v>41093.99</v>
+        <v>15262.94341994</v>
       </c>
       <c r="Y267" s="4">
-        <v>41093.99</v>
+        <v>15262.943418999999</v>
       </c>
       <c r="Z267" s="6">
-        <v>4.9170000000000004E-3</v>
+        <v>2.078E-3</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
-        <v>852</v>
+        <v>886</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>853</v>
+        <v>887</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D268" s="4">
-        <v>1939288.7339999999</v>
+        <v>2487835.0906199999</v>
       </c>
       <c r="E268" s="5">
-        <v>40.84196</v>
+        <v>100.00069000000001</v>
       </c>
       <c r="F268" s="4">
-        <v>797157.95971775998</v>
+        <v>2489544.8898392902</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H268" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I268" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J268" s="5">
-        <v>40.84196</v>
+        <v>100.00069000000001</v>
       </c>
       <c r="K268" s="5">
         <v>1</v>
       </c>
       <c r="L268" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M268" s="4">
-        <v>797157.95971700002</v>
+        <v>2489544.8898390001</v>
       </c>
       <c r="N268" s="4">
-        <v>797157.95971775998</v>
+        <v>2489544.8898392902</v>
       </c>
       <c r="O268" s="3" t="s">
-        <v>34</v>
+        <v>888</v>
       </c>
       <c r="P268" s="3" t="s">
-        <v>854</v>
+        <v>839</v>
       </c>
       <c r="Q268" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R268" s="3" t="s">
-        <v>852</v>
+        <v>886</v>
       </c>
       <c r="S268" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T268" s="4">
         <v>0.01</v>
       </c>
       <c r="U268" s="2">
-        <v>50206</v>
+        <v>46230</v>
       </c>
       <c r="V268" s="4">
-        <v>5.5848100000000001</v>
+        <v>4.8986200000000002</v>
       </c>
       <c r="W268" s="3" t="s">
-        <v>855</v>
+        <v>889</v>
       </c>
       <c r="X268" s="4">
-        <v>5114.4306929699997</v>
+        <v>1692.63315717</v>
       </c>
       <c r="Y268" s="4">
-        <v>5114.4306919999999</v>
+        <v>1692.633157</v>
       </c>
       <c r="Z268" s="6">
-        <v>6.4700000000000001E-4</v>
+        <v>2.0309999999999998E-3</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D269" s="4">
-        <v>1709000</v>
+        <v>3692683.4828499998</v>
       </c>
       <c r="E269" s="5">
-        <v>99.68</v>
+        <v>98.963880000000003</v>
       </c>
       <c r="F269" s="4">
-        <v>1706339.215175</v>
+        <v>3656719.81270582</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H269" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I269" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J269" s="5">
-        <v>99.68</v>
+        <v>98.963880000000003</v>
       </c>
       <c r="K269" s="5">
         <v>1</v>
       </c>
       <c r="L269" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M269" s="4">
-        <v>1706339.215175</v>
+        <v>3656719.8127049999</v>
       </c>
       <c r="N269" s="4">
-        <v>1706339.215175</v>
+        <v>3656719.81270582</v>
       </c>
       <c r="O269" s="3" t="s">
-        <v>858</v>
+        <v>34</v>
       </c>
       <c r="P269" s="3" t="s">
-        <v>854</v>
+        <v>839</v>
       </c>
       <c r="Q269" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R269" s="3" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="S269" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T269" s="4">
         <v>0.01</v>
       </c>
       <c r="U269" s="2">
-        <v>48382</v>
+        <v>47051</v>
       </c>
       <c r="V269" s="4">
-        <v>4.75</v>
+        <v>4.4786200000000003</v>
       </c>
       <c r="W269" s="3" t="s">
-        <v>859</v>
+        <v>892</v>
       </c>
       <c r="X269" s="4">
-        <v>2808.015175</v>
+        <v>2296.96195833</v>
       </c>
       <c r="Y269" s="4">
-        <v>2808.015175</v>
+        <v>2296.9619579999999</v>
       </c>
       <c r="Z269" s="6">
-        <v>1.3860000000000001E-3</v>
+        <v>2.983E-3</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>861</v>
+        <v>894</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D270" s="4">
-        <v>7367782.2336360002</v>
+        <v>9423594.7557599992</v>
       </c>
       <c r="E270" s="5">
-        <v>27.555140000000002</v>
+        <v>99.117900000000006</v>
       </c>
       <c r="F270" s="4">
-        <v>2049632.33292718</v>
+        <v>9408492.2907735407</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H270" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I270" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J270" s="5">
-        <v>27.555140000000002</v>
+        <v>99.117900000000006</v>
       </c>
       <c r="K270" s="5">
         <v>1</v>
       </c>
       <c r="L270" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M270" s="4">
-        <v>2049632.332927</v>
+        <v>9408492.2907730006</v>
       </c>
       <c r="N270" s="4">
-        <v>2049632.33292718</v>
+        <v>9408492.2907735407</v>
       </c>
       <c r="O270" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P270" s="3" t="s">
-        <v>854</v>
+        <v>895</v>
       </c>
       <c r="Q270" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R270" s="3" t="s">
-        <v>860</v>
+        <v>893</v>
       </c>
       <c r="S270" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T270" s="4">
         <v>0.01</v>
       </c>
       <c r="U270" s="2">
-        <v>50571</v>
+        <v>51302</v>
       </c>
       <c r="V270" s="4">
-        <v>5.5844610000000001</v>
+        <v>5.2941200000000004</v>
       </c>
       <c r="W270" s="3" t="s">
-        <v>862</v>
+        <v>896</v>
       </c>
       <c r="X270" s="4">
-        <v>19429.62355366</v>
+        <v>68023.064354100003</v>
       </c>
       <c r="Y270" s="4">
-        <v>19429.623553000001</v>
+        <v>68023.064354000002</v>
       </c>
       <c r="Z270" s="6">
-        <v>1.665E-3</v>
+        <v>7.6750000000000004E-3</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
-        <v>863</v>
+        <v>897</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>864</v>
+        <v>898</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D271" s="4">
-        <v>800000</v>
+        <v>6768296.533698</v>
       </c>
       <c r="E271" s="5">
-        <v>99.68</v>
+        <v>100.67571</v>
       </c>
       <c r="F271" s="4">
-        <v>799661.33333333</v>
+        <v>6820626.0507672299</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H271" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I271" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J271" s="5">
-        <v>99.68</v>
+        <v>100.67571</v>
       </c>
       <c r="K271" s="5">
         <v>1</v>
       </c>
       <c r="L271" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M271" s="4">
-        <v>799661.33333299996</v>
+        <v>6820626.0507669998</v>
       </c>
       <c r="N271" s="4">
-        <v>799661.33333333</v>
+        <v>6820626.0507672299</v>
       </c>
       <c r="O271" s="3" t="s">
-        <v>34</v>
+        <v>899</v>
       </c>
       <c r="P271" s="3" t="s">
-        <v>854</v>
+        <v>839</v>
       </c>
       <c r="Q271" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R271" s="3" t="s">
-        <v>863</v>
+        <v>897</v>
       </c>
       <c r="S271" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T271" s="4">
         <v>0.01</v>
       </c>
       <c r="U271" s="2">
-        <v>49842</v>
+        <v>46868</v>
       </c>
       <c r="V271" s="4">
-        <v>4.75</v>
+        <v>5.8486200000000004</v>
       </c>
       <c r="W271" s="3" t="s">
-        <v>865</v>
+        <v>900</v>
       </c>
       <c r="X271" s="4">
-        <v>2221.3333333300002</v>
+        <v>6595.4605613800004</v>
       </c>
       <c r="Y271" s="4">
-        <v>2221.333333</v>
+        <v>6595.4605609999999</v>
       </c>
       <c r="Z271" s="6">
-        <v>6.4899999999999995E-4</v>
+        <v>5.5640000000000004E-3</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
-        <v>866</v>
+        <v>901</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>867</v>
+        <v>902</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D272" s="4">
-        <v>11085730.457268</v>
+        <v>1150000</v>
       </c>
       <c r="E272" s="5">
-        <v>22.205349999999999</v>
+        <v>89.582070000000002</v>
       </c>
       <c r="F272" s="4">
-        <v>2490859.4956278699</v>
+        <v>1032493.8050000001</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H272" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I272" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J272" s="5">
-        <v>22.205349999999999</v>
+        <v>89.582070000000002</v>
       </c>
       <c r="K272" s="5">
         <v>1</v>
       </c>
       <c r="L272" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M272" s="4">
-        <v>2490859.495627</v>
+        <v>1032493.8050000001</v>
       </c>
       <c r="N272" s="4">
-        <v>2490859.4956278699</v>
+        <v>1032493.8050000001</v>
       </c>
       <c r="O272" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P272" s="3" t="s">
-        <v>854</v>
+        <v>903</v>
       </c>
       <c r="Q272" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R272" s="3" t="s">
-        <v>866</v>
+        <v>901</v>
       </c>
       <c r="S272" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T272" s="4">
         <v>0.01</v>
       </c>
       <c r="U272" s="2">
-        <v>50298</v>
+        <v>53220</v>
       </c>
       <c r="V272" s="4">
-        <v>5.5844610000000001</v>
+        <v>4.5</v>
       </c>
       <c r="W272" s="3" t="s">
-        <v>868</v>
+        <v>904</v>
       </c>
       <c r="X272" s="4">
-        <v>29234.247534990001</v>
+        <v>2300</v>
       </c>
       <c r="Y272" s="4">
-        <v>29234.247533999998</v>
+        <v>2300</v>
       </c>
       <c r="Z272" s="6">
-        <v>2.0240000000000002E-3</v>
+        <v>8.4199999999999998E-4</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
-        <v>869</v>
+        <v>905</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>870</v>
+        <v>906</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D273" s="4">
-        <v>1853796.06858</v>
+        <v>6897193.9508260004</v>
       </c>
       <c r="E273" s="5">
-        <v>99.711690000000004</v>
+        <v>100.24692</v>
       </c>
       <c r="F273" s="4">
-        <v>1852289.8680283199</v>
+        <v>6920897.6713886596</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H273" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I273" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J273" s="5">
-        <v>99.711690000000004</v>
+        <v>100.24692</v>
       </c>
       <c r="K273" s="5">
         <v>1</v>
       </c>
       <c r="L273" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M273" s="4">
-        <v>1852289.868028</v>
+        <v>6920897.6713880002</v>
       </c>
       <c r="N273" s="4">
-        <v>1852289.8680283199</v>
+        <v>6920897.6713886596</v>
       </c>
       <c r="O273" s="3" t="s">
-        <v>871</v>
+        <v>34</v>
       </c>
       <c r="P273" s="3" t="s">
-        <v>854</v>
+        <v>839</v>
       </c>
       <c r="Q273" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R273" s="3" t="s">
-        <v>869</v>
+        <v>905</v>
       </c>
       <c r="S273" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T273" s="4">
         <v>0.01</v>
       </c>
       <c r="U273" s="2">
-        <v>48745</v>
+        <v>46959</v>
       </c>
       <c r="V273" s="4">
-        <v>4.3848099999999999</v>
+        <v>5.7986199999999997</v>
       </c>
       <c r="W273" s="3" t="s">
-        <v>872</v>
+        <v>907</v>
       </c>
       <c r="X273" s="4">
-        <v>3838.47889364</v>
+        <v>6673.1692595300001</v>
       </c>
       <c r="Y273" s="4">
-        <v>3838.478893</v>
+        <v>6673.1692590000002</v>
       </c>
       <c r="Z273" s="6">
-        <v>1.505E-3</v>
+        <v>5.646E-3</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
-        <v>873</v>
+        <v>908</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>874</v>
+        <v>909</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D274" s="4">
-        <v>4861737.9273199998</v>
+        <v>14661461.270372</v>
       </c>
       <c r="E274" s="5">
-        <v>98.759069999999994</v>
+        <v>100.02628</v>
       </c>
       <c r="F274" s="4">
-        <v>4811542.7749896599</v>
+        <v>14676002.141123399</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H274" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I274" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J274" s="5">
-        <v>98.759069999999994</v>
+        <v>100.02628</v>
       </c>
       <c r="K274" s="5">
         <v>1</v>
       </c>
       <c r="L274" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M274" s="4">
-        <v>4811542.7749889996</v>
+        <v>14676002.141123001</v>
       </c>
       <c r="N274" s="4">
-        <v>4811542.7749896599</v>
+        <v>14676002.141123399</v>
       </c>
       <c r="O274" s="3" t="s">
-        <v>34</v>
+        <v>910</v>
       </c>
       <c r="P274" s="3" t="s">
-        <v>854</v>
+        <v>839</v>
       </c>
       <c r="Q274" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R274" s="3" t="s">
-        <v>873</v>
+        <v>908</v>
       </c>
       <c r="S274" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T274" s="4">
         <v>0.01</v>
       </c>
       <c r="U274" s="2">
-        <v>48837</v>
+        <v>47508</v>
       </c>
       <c r="V274" s="4">
-        <v>4.4148100000000001</v>
+        <v>5.2486199999999998</v>
       </c>
       <c r="W274" s="3" t="s">
-        <v>875</v>
+        <v>911</v>
       </c>
       <c r="X274" s="4">
-        <v>10135.612131149999</v>
+        <v>10687.838729569999</v>
       </c>
       <c r="Y274" s="4">
-        <v>10135.612131</v>
+        <v>10687.838728999999</v>
       </c>
       <c r="Z274" s="6">
-        <v>3.9100000000000003E-3</v>
+        <v>1.1972999999999999E-2</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
-        <v>876</v>
+        <v>912</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>877</v>
+        <v>913</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D275" s="4">
-        <v>11376427.522898</v>
+        <v>3210993.5249999999</v>
       </c>
       <c r="E275" s="5">
-        <v>98.742509999999996</v>
+        <v>105.04921</v>
       </c>
       <c r="F275" s="4">
-        <v>11256442.670821499</v>
+        <v>3385317.50007177</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H275" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I275" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J275" s="5">
-        <v>98.742509999999996</v>
+        <v>105.04921</v>
       </c>
       <c r="K275" s="5">
         <v>1</v>
       </c>
       <c r="L275" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M275" s="4">
-        <v>11256442.670821</v>
+        <v>3385317.5000709998</v>
       </c>
       <c r="N275" s="4">
-        <v>11256442.670821499</v>
+        <v>3385317.50007177</v>
       </c>
       <c r="O275" s="3" t="s">
-        <v>878</v>
+        <v>34</v>
       </c>
       <c r="P275" s="3" t="s">
-        <v>854</v>
+        <v>839</v>
       </c>
       <c r="Q275" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R275" s="3" t="s">
-        <v>876</v>
+        <v>912</v>
       </c>
       <c r="S275" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T275" s="4">
         <v>0.01</v>
       </c>
       <c r="U275" s="2">
-        <v>50754</v>
+        <v>51789</v>
       </c>
       <c r="V275" s="4">
-        <v>4.29481</v>
+        <v>8.54467</v>
       </c>
       <c r="W275" s="3" t="s">
-        <v>879</v>
+        <v>914</v>
       </c>
       <c r="X275" s="4">
-        <v>23072.58638121</v>
+        <v>12194.16890812</v>
       </c>
       <c r="Y275" s="4">
-        <v>23072.586381000001</v>
+        <v>12194.168908</v>
       </c>
       <c r="Z275" s="6">
-        <v>9.1479999999999999E-3</v>
+        <v>2.761E-3</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
-        <v>880</v>
+        <v>915</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>881</v>
+        <v>916</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D276" s="4">
-        <v>8186124.3365190001</v>
+        <v>788221.81759999995</v>
       </c>
       <c r="E276" s="5">
-        <v>97.569730000000007</v>
+        <v>99.860929999999996</v>
       </c>
       <c r="F276" s="4">
-        <v>8003859.0434256904</v>
+        <v>788351.76034564001</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H276" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I276" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J276" s="5">
-        <v>97.569730000000007</v>
+        <v>99.860929999999996</v>
       </c>
       <c r="K276" s="5">
         <v>1</v>
       </c>
       <c r="L276" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M276" s="4">
-        <v>8003859.0434250003</v>
+        <v>788351.76034499996</v>
       </c>
       <c r="N276" s="4">
-        <v>8003859.0434256904</v>
+        <v>788351.76034564001</v>
       </c>
       <c r="O276" s="3" t="s">
-        <v>882</v>
+        <v>34</v>
       </c>
       <c r="P276" s="3" t="s">
-        <v>854</v>
+        <v>903</v>
       </c>
       <c r="Q276" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R276" s="3" t="s">
-        <v>880</v>
+        <v>915</v>
       </c>
       <c r="S276" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T276" s="4">
         <v>0.01</v>
       </c>
       <c r="U276" s="2">
-        <v>50936</v>
+        <v>51487</v>
       </c>
       <c r="V276" s="4">
-        <v>4.3148099999999996</v>
+        <v>3.5</v>
       </c>
       <c r="W276" s="3" t="s">
-        <v>883</v>
+        <v>917</v>
       </c>
       <c r="X276" s="4">
-        <v>16679.630820099999</v>
+        <v>1226.12282738</v>
       </c>
       <c r="Y276" s="4">
-        <v>16679.630819999998</v>
+        <v>1226.1228269999999</v>
       </c>
       <c r="Z276" s="6">
-        <v>6.5040000000000002E-3</v>
+        <v>6.4300000000000002E-4</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
-        <v>884</v>
+        <v>918</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>885</v>
+        <v>919</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D277" s="4">
-        <v>13569464.0144</v>
+        <v>11259322.664205</v>
       </c>
       <c r="E277" s="5">
-        <v>96.389939999999996</v>
+        <v>97.929310000000001</v>
       </c>
       <c r="F277" s="4">
-        <v>13106990.359798299</v>
+        <v>11037736.5669981</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H277" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I277" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J277" s="5">
-        <v>96.389939999999996</v>
+        <v>97.929310000000001</v>
       </c>
       <c r="K277" s="5">
         <v>1</v>
       </c>
       <c r="L277" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M277" s="4">
-        <v>13106990.359797999</v>
+        <v>11037736.566997999</v>
       </c>
       <c r="N277" s="4">
-        <v>13106990.359798299</v>
+        <v>11037736.5669981</v>
       </c>
       <c r="O277" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P277" s="3" t="s">
-        <v>854</v>
+        <v>903</v>
       </c>
       <c r="Q277" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R277" s="3" t="s">
-        <v>884</v>
+        <v>918</v>
       </c>
       <c r="S277" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T277" s="4">
         <v>0.01</v>
       </c>
       <c r="U277" s="2">
-        <v>50936</v>
+        <v>55899</v>
       </c>
       <c r="V277" s="4">
-        <v>4.2748100000000004</v>
+        <v>2.31</v>
       </c>
       <c r="W277" s="3" t="s">
-        <v>886</v>
+        <v>920</v>
       </c>
       <c r="X277" s="4">
-        <v>27392.137996599999</v>
+        <v>11559.571268580001</v>
       </c>
       <c r="Y277" s="4">
-        <v>27392.137996000001</v>
+        <v>11559.571268</v>
       </c>
       <c r="Z277" s="6">
-        <v>1.0652E-2</v>
+        <v>9.0050000000000009E-3</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
-        <v>887</v>
+        <v>921</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>888</v>
+        <v>922</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D278" s="4">
-        <v>6385678.4678400001</v>
+        <v>1000</v>
       </c>
       <c r="E278" s="5">
-        <v>97.614720000000005</v>
+        <v>45119.573409999997</v>
       </c>
       <c r="F278" s="4">
-        <v>6246192.3627664698</v>
+        <v>451195.7341</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H278" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I278" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J278" s="5">
-        <v>97.614720000000005</v>
+        <v>45119.573409999997</v>
       </c>
       <c r="K278" s="5">
         <v>1</v>
       </c>
       <c r="L278" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M278" s="4">
-        <v>6246192.3627660004</v>
+        <v>451195.7341</v>
       </c>
       <c r="N278" s="4">
-        <v>6246192.3627664698</v>
+        <v>451195.7341</v>
       </c>
       <c r="O278" s="3" t="s">
-        <v>889</v>
+        <v>34</v>
       </c>
       <c r="P278" s="3" t="s">
-        <v>854</v>
+        <v>903</v>
       </c>
       <c r="Q278" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R278" s="3" t="s">
-        <v>887</v>
+        <v>921</v>
       </c>
       <c r="S278" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T278" s="4">
         <v>0.01</v>
       </c>
       <c r="U278" s="2">
-        <v>51119</v>
+        <v>57269</v>
       </c>
       <c r="V278" s="4">
-        <v>4.25481</v>
+        <v>0</v>
       </c>
       <c r="W278" s="3" t="s">
-        <v>890</v>
+        <v>923</v>
       </c>
       <c r="X278" s="4">
-        <v>12830.20628416</v>
+        <v>0</v>
       </c>
       <c r="Y278" s="4">
-        <v>12830.206284</v>
+        <v>0</v>
       </c>
       <c r="Z278" s="6">
-        <v>5.0759999999999998E-3</v>
+        <v>3.68E-4</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
-        <v>891</v>
+        <v>924</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>892</v>
+        <v>925</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D279" s="4">
-        <v>1255936.5705599999</v>
+        <v>1024915.4387159999</v>
       </c>
       <c r="E279" s="5">
-        <v>97.169929999999994</v>
+        <v>97.753919999999994</v>
       </c>
       <c r="F279" s="4">
-        <v>1222916.1341007799</v>
+        <v>1002562.21947527</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H279" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I279" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J279" s="5">
-        <v>97.169929999999994</v>
+        <v>97.753919999999994</v>
       </c>
       <c r="K279" s="5">
         <v>1</v>
       </c>
       <c r="L279" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M279" s="4">
-        <v>1222916.1340999999</v>
+        <v>1002562.219475</v>
       </c>
       <c r="N279" s="4">
-        <v>1222916.1341007799</v>
+        <v>1002562.21947527</v>
       </c>
       <c r="O279" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P279" s="3" t="s">
-        <v>854</v>
+        <v>926</v>
       </c>
       <c r="Q279" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R279" s="3" t="s">
-        <v>891</v>
+        <v>924</v>
       </c>
       <c r="S279" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T279" s="4">
         <v>0.01</v>
       </c>
       <c r="U279" s="2">
-        <v>51119</v>
+        <v>49304</v>
       </c>
       <c r="V279" s="4">
-        <v>4.1848099999999997</v>
+        <v>4.6870700000000003</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>893</v>
+        <v>927</v>
       </c>
       <c r="X279" s="4">
-        <v>2523.4476432299998</v>
+        <v>667.20144518999996</v>
       </c>
       <c r="Y279" s="4">
-        <v>2523.447643</v>
+        <v>667.20144500000004</v>
       </c>
       <c r="Z279" s="6">
-        <v>9.9299999999999996E-4</v>
+        <v>8.1700000000000002E-4</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
-        <v>894</v>
+        <v>928</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>895</v>
+        <v>929</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D280" s="4">
-        <v>8274772.6295999996</v>
+        <v>103439.59600000001</v>
       </c>
       <c r="E280" s="5">
-        <v>99.072959999999995</v>
+        <v>100.0059</v>
       </c>
       <c r="F280" s="4">
-        <v>8214570.7556536002</v>
+        <v>104723.32003254</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H280" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I280" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J280" s="5">
-        <v>99.072959999999995</v>
+        <v>100.0059</v>
       </c>
       <c r="K280" s="5">
         <v>1</v>
       </c>
       <c r="L280" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M280" s="4">
-        <v>8214570.7556530004</v>
+        <v>104723.320032</v>
       </c>
       <c r="N280" s="4">
-        <v>8214570.7556536002</v>
+        <v>104723.32003254</v>
       </c>
       <c r="O280" s="3" t="s">
-        <v>896</v>
+        <v>34</v>
       </c>
       <c r="P280" s="3" t="s">
-        <v>854</v>
+        <v>930</v>
       </c>
       <c r="Q280" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R280" s="3" t="s">
-        <v>894</v>
+        <v>928</v>
       </c>
       <c r="S280" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T280" s="4">
         <v>0.01</v>
       </c>
       <c r="U280" s="2">
-        <v>51851</v>
+        <v>47975</v>
       </c>
       <c r="V280" s="4">
-        <v>4.2248099999999997</v>
+        <v>5.2311699999999997</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>897</v>
+        <v>931</v>
       </c>
       <c r="X280" s="4">
-        <v>16508.578239040002</v>
+        <v>1277.6210963799999</v>
       </c>
       <c r="Y280" s="4">
-        <v>16508.578238999999</v>
+        <v>1277.6210960000001</v>
       </c>
       <c r="Z280" s="6">
-        <v>6.6759999999999996E-3</v>
+        <v>8.5000000000000006E-5</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
-        <v>898</v>
+        <v>932</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>899</v>
+        <v>933</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D281" s="4">
-        <v>2672290.9504</v>
+        <v>595866.42983699997</v>
       </c>
       <c r="E281" s="5">
-        <v>94.569649999999996</v>
+        <v>100.128</v>
       </c>
       <c r="F281" s="4">
-        <v>2532696.8378842901</v>
+        <v>597553.91760763002</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H281" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I281" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J281" s="5">
-        <v>94.569649999999996</v>
+        <v>100.128</v>
       </c>
       <c r="K281" s="5">
         <v>1</v>
       </c>
       <c r="L281" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M281" s="4">
-        <v>2532696.837884</v>
+        <v>597553.91760699998</v>
       </c>
       <c r="N281" s="4">
-        <v>2532696.8378842901</v>
+        <v>597553.91760763002</v>
       </c>
       <c r="O281" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P281" s="3" t="s">
-        <v>854</v>
+        <v>934</v>
       </c>
       <c r="Q281" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R281" s="3" t="s">
-        <v>898</v>
+        <v>932</v>
       </c>
       <c r="S281" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T281" s="4">
         <v>0.01</v>
       </c>
       <c r="U281" s="2">
-        <v>51119</v>
+        <v>47956</v>
       </c>
       <c r="V281" s="4">
-        <v>4.3748100000000001</v>
+        <v>5.0792400000000004</v>
       </c>
       <c r="W281" s="3" t="s">
-        <v>900</v>
+        <v>935</v>
       </c>
       <c r="X281" s="4">
-        <v>5520.6391093399998</v>
+        <v>924.77874043999998</v>
       </c>
       <c r="Y281" s="4">
-        <v>5520.6391089999997</v>
+        <v>924.77873999999997</v>
       </c>
       <c r="Z281" s="6">
-        <v>2.0579999999999999E-3</v>
+        <v>4.8700000000000002E-4</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
-        <v>901</v>
+        <v>936</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>902</v>
+        <v>937</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D282" s="4">
-        <v>4014845.9865000001</v>
+        <v>51320.285201999999</v>
       </c>
       <c r="E282" s="5">
-        <v>99.99727</v>
+        <v>100.075</v>
       </c>
       <c r="F282" s="4">
-        <v>4053929.40140452</v>
+        <v>51471.310537290003</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H282" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I282" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J282" s="5">
-        <v>99.99727</v>
+        <v>100.075</v>
       </c>
       <c r="K282" s="5">
         <v>1</v>
       </c>
       <c r="L282" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M282" s="4">
-        <v>4053929.4014039999</v>
+        <v>51471.310536999998</v>
       </c>
       <c r="N282" s="4">
-        <v>4053929.40140452</v>
+        <v>51471.310537290003</v>
       </c>
       <c r="O282" s="3" t="s">
-        <v>903</v>
+        <v>34</v>
       </c>
       <c r="P282" s="3" t="s">
-        <v>854</v>
+        <v>934</v>
       </c>
       <c r="Q282" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R282" s="3" t="s">
-        <v>901</v>
+        <v>936</v>
       </c>
       <c r="S282" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T282" s="4">
         <v>0.01</v>
       </c>
       <c r="U282" s="2">
-        <v>46230</v>
+        <v>47953</v>
       </c>
       <c r="V282" s="4">
-        <v>5.3247400000000003</v>
+        <v>4.9337999999999997</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>904</v>
+        <v>938</v>
       </c>
       <c r="X282" s="4">
-        <v>39193.020199949999</v>
+        <v>112.53512139</v>
       </c>
       <c r="Y282" s="4">
-        <v>39193.020198999999</v>
+        <v>112.535121</v>
       </c>
       <c r="Z282" s="6">
-        <v>3.2940000000000001E-3</v>
+        <v>4.1E-5</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>905</v>
+        <v>939</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>906</v>
+        <v>940</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D283" s="4">
-        <v>3983896.0611999999</v>
+        <v>176202.37807199999</v>
       </c>
       <c r="E283" s="5">
-        <v>99.001040000000003</v>
+        <v>100.0183</v>
       </c>
       <c r="F283" s="4">
-        <v>3979921.81944692</v>
+        <v>176364.01120539001</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H283" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I283" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J283" s="5">
-        <v>99.001040000000003</v>
+        <v>100.0183</v>
       </c>
       <c r="K283" s="5">
         <v>1</v>
       </c>
       <c r="L283" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M283" s="4">
-        <v>3979921.8194459998</v>
+        <v>176364.01120499999</v>
       </c>
       <c r="N283" s="4">
-        <v>3979921.81944692</v>
+        <v>176364.01120539001</v>
       </c>
       <c r="O283" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>854</v>
+        <v>941</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R283" s="3" t="s">
-        <v>905</v>
+        <v>939</v>
       </c>
       <c r="S283" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T283" s="4">
         <v>0.01</v>
       </c>
       <c r="U283" s="2">
-        <v>46959</v>
+        <v>49699</v>
       </c>
       <c r="V283" s="4">
-        <v>4.9047400000000003</v>
+        <v>5.2870699999999999</v>
       </c>
       <c r="W283" s="3" t="s">
-        <v>907</v>
+        <v>942</v>
       </c>
       <c r="X283" s="4">
-        <v>35823.286339890001</v>
+        <v>129.3880982</v>
       </c>
       <c r="Y283" s="4">
-        <v>35823.286338999998</v>
+        <v>129.38809800000001</v>
       </c>
       <c r="Z283" s="6">
-        <v>3.2339999999999999E-3</v>
+        <v>1.4300000000000001E-4</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
-        <v>908</v>
+        <v>943</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>909</v>
+        <v>944</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D284" s="4">
-        <v>9423594.7557599992</v>
+        <v>337525.05547199998</v>
       </c>
       <c r="E284" s="5">
-        <v>99.068690000000004</v>
+        <v>100.0261</v>
       </c>
       <c r="F284" s="4">
-        <v>9360435.9625469297</v>
+        <v>339862.62340275</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H284" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I284" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J284" s="5">
-        <v>99.068690000000004</v>
+        <v>100.0261</v>
       </c>
       <c r="K284" s="5">
         <v>1</v>
       </c>
       <c r="L284" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M284" s="4">
-        <v>9360435.9625460003</v>
+        <v>339862.623402</v>
       </c>
       <c r="N284" s="4">
-        <v>9360435.9625469297</v>
+        <v>339862.62340275</v>
       </c>
       <c r="O284" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P284" s="3" t="s">
-        <v>910</v>
+        <v>945</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R284" s="3" t="s">
-        <v>908</v>
+        <v>943</v>
       </c>
       <c r="S284" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T284" s="4">
         <v>0.01</v>
       </c>
       <c r="U284" s="2">
-        <v>51302</v>
+        <v>48014</v>
       </c>
       <c r="V284" s="4">
-        <v>5.2941200000000004</v>
+        <v>5.1048099999999996</v>
       </c>
       <c r="W284" s="3" t="s">
-        <v>911</v>
+        <v>946</v>
       </c>
       <c r="X284" s="4">
-        <v>24604.087106800001</v>
+        <v>2249.4738912799999</v>
       </c>
       <c r="Y284" s="4">
-        <v>24604.087105999999</v>
+        <v>2249.4738910000001</v>
       </c>
       <c r="Z284" s="6">
-        <v>7.607E-3</v>
+        <v>2.7700000000000001E-4</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
-        <v>912</v>
+        <v>947</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>913</v>
+        <v>948</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D285" s="4">
-        <v>7653884.0634000003</v>
+        <v>3659148.088128</v>
       </c>
       <c r="E285" s="5">
-        <v>100.62463</v>
+        <v>81.218389999999999</v>
       </c>
       <c r="F285" s="4">
-        <v>7800143.8433349496</v>
+        <v>2988280.9449021402</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H285" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I285" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J285" s="5">
-        <v>100.62463</v>
+        <v>81.218389999999999</v>
       </c>
       <c r="K285" s="5">
         <v>1</v>
       </c>
       <c r="L285" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M285" s="4">
-        <v>7800143.8433339996</v>
+        <v>2988280.944902</v>
       </c>
       <c r="N285" s="4">
-        <v>7800143.8433349496</v>
+        <v>2988280.9449021402</v>
       </c>
       <c r="O285" s="3" t="s">
-        <v>914</v>
+        <v>949</v>
       </c>
       <c r="P285" s="3" t="s">
-        <v>854</v>
+        <v>950</v>
       </c>
       <c r="Q285" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R285" s="3" t="s">
-        <v>912</v>
+        <v>947</v>
       </c>
       <c r="S285" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T285" s="4">
         <v>0.01</v>
       </c>
       <c r="U285" s="2">
-        <v>46868</v>
+        <v>49454</v>
       </c>
       <c r="V285" s="4">
-        <v>6.2747400000000004</v>
+        <v>5.0681700000000003</v>
       </c>
       <c r="W285" s="3" t="s">
-        <v>915</v>
+        <v>951</v>
       </c>
       <c r="X285" s="4">
-        <v>98451.323909739993</v>
+        <v>16379.7800088</v>
       </c>
       <c r="Y285" s="4">
-        <v>98451.323908999999</v>
+        <v>16379.780008</v>
       </c>
       <c r="Z285" s="6">
-        <v>6.339E-3</v>
+        <v>2.4369999999999999E-3</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
-        <v>916</v>
+        <v>952</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>917</v>
+        <v>953</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D286" s="4">
-        <v>1150000</v>
+        <v>2947495.14384</v>
       </c>
       <c r="E286" s="5">
-        <v>86.842609999999993</v>
+        <v>90.856350000000006</v>
       </c>
       <c r="F286" s="4">
-        <v>1000990.015</v>
+        <v>2679667.83313144</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H286" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I286" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J286" s="5">
-        <v>86.842609999999993</v>
+        <v>90.856350000000006</v>
       </c>
       <c r="K286" s="5">
         <v>1</v>
       </c>
       <c r="L286" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M286" s="4">
-        <v>1000990.015</v>
+        <v>2679667.8331309999</v>
       </c>
       <c r="N286" s="4">
-        <v>1000990.015</v>
+        <v>2679667.83313144</v>
       </c>
       <c r="O286" s="3" t="s">
-        <v>34</v>
+        <v>954</v>
       </c>
       <c r="P286" s="3" t="s">
-        <v>918</v>
+        <v>955</v>
       </c>
       <c r="Q286" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R286" s="3" t="s">
-        <v>916</v>
+        <v>952</v>
       </c>
       <c r="S286" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T286" s="4">
         <v>0.01</v>
       </c>
       <c r="U286" s="2">
-        <v>53220</v>
+        <v>50065</v>
       </c>
       <c r="V286" s="4">
-        <v>4.5</v>
+        <v>4.1070700000000002</v>
       </c>
       <c r="W286" s="3" t="s">
-        <v>919</v>
+        <v>956</v>
       </c>
       <c r="X286" s="4">
-        <v>2300</v>
+        <v>1681.3290111700001</v>
       </c>
       <c r="Y286" s="4">
-        <v>2300</v>
+        <v>1681.329011</v>
       </c>
       <c r="Z286" s="6">
-        <v>8.1300000000000003E-4</v>
+        <v>2.186E-3</v>
       </c>
     </row>
     <row r="287" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
-        <v>920</v>
+        <v>957</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>921</v>
+        <v>958</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D287" s="4">
-        <v>7482197.9872770002</v>
+        <v>7552601.6520450003</v>
       </c>
       <c r="E287" s="5">
-        <v>100.303</v>
+        <v>43.280709999999999</v>
       </c>
       <c r="F287" s="4">
-        <v>7600426.1181047801</v>
+        <v>3273075.3731413102</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H287" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I287" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J287" s="5">
-        <v>100.303</v>
+        <v>43.280709999999999</v>
       </c>
       <c r="K287" s="5">
         <v>1</v>
       </c>
       <c r="L287" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M287" s="4">
-        <v>7600426.1181039996</v>
+        <v>3273075.373141</v>
       </c>
       <c r="N287" s="4">
-        <v>7600426.1181047801</v>
+        <v>3273075.3731413102</v>
       </c>
       <c r="O287" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P287" s="3" t="s">
-        <v>854</v>
+        <v>959</v>
       </c>
       <c r="Q287" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R287" s="3" t="s">
-        <v>920</v>
+        <v>957</v>
       </c>
       <c r="S287" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T287" s="4">
         <v>0.01</v>
       </c>
       <c r="U287" s="2">
-        <v>46959</v>
+        <v>57858</v>
       </c>
       <c r="V287" s="4">
-        <v>6.2247399999999997</v>
+        <v>4.32707</v>
       </c>
       <c r="W287" s="3" t="s">
-        <v>922</v>
+        <v>960</v>
       </c>
       <c r="X287" s="4">
-        <v>95557.070926329994</v>
+        <v>4255.7546645100001</v>
       </c>
       <c r="Y287" s="4">
-        <v>95557.070926</v>
+        <v>4255.754664</v>
       </c>
       <c r="Z287" s="6">
-        <v>6.1770000000000002E-3</v>
+        <v>2.6700000000000001E-3</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
-        <v>923</v>
+        <v>961</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>924</v>
+        <v>962</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D288" s="4">
-        <v>15494047.442468001</v>
+        <v>1652368.553786</v>
       </c>
       <c r="E288" s="5">
-        <v>100.12477</v>
+        <v>99.991349999999997</v>
       </c>
       <c r="F288" s="4">
-        <v>15674574.631898699</v>
+        <v>1653335.7103446501</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H288" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I288" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J288" s="5">
-        <v>100.12477</v>
+        <v>99.991349999999997</v>
       </c>
       <c r="K288" s="5">
         <v>1</v>
       </c>
       <c r="L288" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M288" s="4">
-        <v>15674574.631898001</v>
+        <v>1653335.710344</v>
       </c>
       <c r="N288" s="4">
-        <v>15674574.631898699</v>
+        <v>1653335.7103446501</v>
       </c>
       <c r="O288" s="3" t="s">
-        <v>925</v>
+        <v>34</v>
       </c>
       <c r="P288" s="3" t="s">
-        <v>854</v>
+        <v>963</v>
       </c>
       <c r="Q288" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R288" s="3" t="s">
-        <v>923</v>
+        <v>961</v>
       </c>
       <c r="S288" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T288" s="4">
         <v>0.01</v>
       </c>
       <c r="U288" s="2">
-        <v>47508</v>
+        <v>53352</v>
       </c>
       <c r="V288" s="4">
-        <v>5.6747399999999999</v>
+        <v>4.8370699999999998</v>
       </c>
       <c r="W288" s="3" t="s">
-        <v>926</v>
+        <v>964</v>
       </c>
       <c r="X288" s="4">
-        <v>161195.26643672999</v>
+        <v>1110.08643895</v>
       </c>
       <c r="Y288" s="4">
-        <v>161195.26643600001</v>
+        <v>1110.086438</v>
       </c>
       <c r="Z288" s="6">
-        <v>1.2739E-2</v>
+        <v>1.348E-3</v>
       </c>
     </row>
     <row r="289" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
-        <v>927</v>
+        <v>965</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>928</v>
+        <v>966</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D289" s="4">
-        <v>3251607.84375</v>
+        <v>6900000</v>
       </c>
       <c r="E289" s="5">
-        <v>105.12421999999999</v>
+        <v>99.246729999999999</v>
       </c>
       <c r="F289" s="4">
-        <v>3431454.9419738702</v>
+        <v>6858228.3660000004</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H289" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I289" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J289" s="5">
-        <v>105.12421999999999</v>
+        <v>99.246729999999999</v>
       </c>
       <c r="K289" s="5">
         <v>1</v>
       </c>
       <c r="L289" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M289" s="4">
-        <v>3431454.9419729998</v>
+        <v>6858228.3660000004</v>
       </c>
       <c r="N289" s="4">
-        <v>3431454.9419738702</v>
+        <v>6858228.3660000004</v>
       </c>
       <c r="O289" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P289" s="3" t="s">
-        <v>854</v>
+        <v>963</v>
       </c>
       <c r="Q289" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R289" s="3" t="s">
-        <v>927</v>
+        <v>965</v>
       </c>
       <c r="S289" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T289" s="4">
         <v>0.01</v>
       </c>
       <c r="U289" s="2">
-        <v>51789</v>
+        <v>59130</v>
       </c>
       <c r="V289" s="4">
-        <v>8.6145999999999994</v>
+        <v>4.8398399999999997</v>
       </c>
       <c r="W289" s="3" t="s">
-        <v>929</v>
+        <v>967</v>
       </c>
       <c r="X289" s="4">
-        <v>13227.55877286</v>
+        <v>10203.995999999999</v>
       </c>
       <c r="Y289" s="4">
-        <v>13227.558772</v>
+        <v>10203.995999999999</v>
       </c>
       <c r="Z289" s="6">
-        <v>2.7880000000000001E-3</v>
+        <v>5.5950000000000001E-3</v>
       </c>
     </row>
     <row r="290" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A290" s="3" t="s">
-        <v>930</v>
+        <v>968</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>931</v>
+        <v>969</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D290" s="4">
-        <v>1006519.2368</v>
+        <v>17741000</v>
       </c>
       <c r="E290" s="5">
-        <v>99.823509999999999</v>
+        <v>98.815389999999994</v>
       </c>
       <c r="F290" s="4">
-        <v>1006308.52758955</v>
+        <v>17558971.741728801</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H290" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I290" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J290" s="5">
-        <v>99.823509999999999</v>
+        <v>98.815389999999994</v>
       </c>
       <c r="K290" s="5">
         <v>1</v>
       </c>
       <c r="L290" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M290" s="4">
-        <v>1006308.5275889999</v>
+        <v>17558971.741728</v>
       </c>
       <c r="N290" s="4">
-        <v>1006308.52758955</v>
+        <v>17558971.741728801</v>
       </c>
       <c r="O290" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P290" s="3" t="s">
-        <v>918</v>
+        <v>963</v>
       </c>
       <c r="Q290" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R290" s="3" t="s">
-        <v>930</v>
+        <v>968</v>
       </c>
       <c r="S290" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T290" s="4">
         <v>0.01</v>
       </c>
       <c r="U290" s="2">
-        <v>51487</v>
+        <v>59130</v>
       </c>
       <c r="V290" s="4">
-        <v>3.5</v>
+        <v>5.1898400000000002</v>
       </c>
       <c r="W290" s="3" t="s">
-        <v>932</v>
+        <v>970</v>
       </c>
       <c r="X290" s="4">
-        <v>1565.69659058</v>
+        <v>28133.401828890001</v>
       </c>
       <c r="Y290" s="4">
-        <v>1565.69659</v>
+        <v>28133.401827999998</v>
       </c>
       <c r="Z290" s="6">
-        <v>8.1700000000000002E-4</v>
+        <v>1.4324999999999999E-2</v>
       </c>
     </row>
     <row r="291" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
-        <v>933</v>
+        <v>971</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>934</v>
+        <v>972</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D291" s="4">
-        <v>12344136.124430001</v>
+        <v>9915594.6899999995</v>
       </c>
       <c r="E291" s="5">
-        <v>97.897800000000004</v>
+        <v>99.215639999999993</v>
       </c>
       <c r="F291" s="4">
-        <v>12097311.0079099</v>
+        <v>9873351.6124620195</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H291" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I291" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J291" s="5">
-        <v>97.897800000000004</v>
+        <v>99.215639999999993</v>
       </c>
       <c r="K291" s="5">
         <v>1</v>
       </c>
       <c r="L291" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M291" s="4">
-        <v>12097311.007909</v>
+        <v>9873351.6124620009</v>
       </c>
       <c r="N291" s="4">
-        <v>12097311.0079099</v>
+        <v>9873351.6124620195</v>
       </c>
       <c r="O291" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P291" s="3" t="s">
-        <v>918</v>
+        <v>973</v>
       </c>
       <c r="Q291" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R291" s="3" t="s">
-        <v>933</v>
+        <v>971</v>
       </c>
       <c r="S291" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T291" s="4">
         <v>0.01</v>
       </c>
       <c r="U291" s="2">
-        <v>55899</v>
+        <v>51822</v>
       </c>
       <c r="V291" s="4">
-        <v>2.31</v>
+        <v>4.3</v>
       </c>
       <c r="W291" s="3" t="s">
-        <v>935</v>
+        <v>974</v>
       </c>
       <c r="X291" s="4">
-        <v>12673.313087750001</v>
+        <v>35530.880972500003</v>
       </c>
       <c r="Y291" s="4">
-        <v>12673.313087</v>
+        <v>35530.880971999999</v>
       </c>
       <c r="Z291" s="6">
-        <v>9.8309999999999995E-3</v>
+        <v>8.0549999999999997E-3</v>
       </c>
     </row>
     <row r="292" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>937</v>
+        <v>976</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D292" s="4">
-        <v>1000</v>
+        <v>11099646.009915</v>
       </c>
       <c r="E292" s="5">
-        <v>46745.587339999998</v>
+        <v>99.707999999999998</v>
       </c>
       <c r="F292" s="4">
-        <v>467455.87339999998</v>
+        <v>11092671.7323387</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H292" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I292" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J292" s="5">
-        <v>46745.587339999998</v>
+        <v>99.707999999999998</v>
       </c>
       <c r="K292" s="5">
         <v>1</v>
       </c>
       <c r="L292" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M292" s="4">
-        <v>467455.87339999998</v>
+        <v>11092671.732338</v>
       </c>
       <c r="N292" s="4">
-        <v>467455.87339999998</v>
+        <v>11092671.7323387</v>
       </c>
       <c r="O292" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P292" s="3" t="s">
-        <v>918</v>
+        <v>977</v>
       </c>
       <c r="Q292" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R292" s="3" t="s">
-        <v>936</v>
+        <v>975</v>
       </c>
       <c r="S292" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T292" s="4">
         <v>0.01</v>
       </c>
       <c r="U292" s="2">
-        <v>57269</v>
+        <v>50481</v>
       </c>
       <c r="V292" s="4">
-        <v>0</v>
+        <v>2.75</v>
       </c>
       <c r="W292" s="3" t="s">
-        <v>938</v>
+        <v>978</v>
       </c>
       <c r="X292" s="4">
-        <v>0</v>
+        <v>25436.688772720001</v>
       </c>
       <c r="Y292" s="4">
-        <v>0</v>
+        <v>25436.688772000001</v>
       </c>
       <c r="Z292" s="6">
-        <v>3.79E-4</v>
+        <v>9.0489999999999998E-3</v>
       </c>
     </row>
     <row r="293" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A293" s="3" t="s">
-        <v>939</v>
+        <v>979</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>940</v>
+        <v>980</v>
       </c>
       <c r="C293" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D293" s="4">
-        <v>1046367.012639</v>
+        <v>12755211.019572999</v>
       </c>
       <c r="E293" s="5">
-        <v>97.701629999999994</v>
+        <v>98.682850000000002</v>
       </c>
       <c r="F293" s="4">
-        <v>1023145.34006045</v>
+        <v>12603139.1420606</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H293" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I293" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J293" s="5">
-        <v>97.701629999999994</v>
+        <v>98.682850000000002</v>
       </c>
       <c r="K293" s="5">
         <v>1</v>
       </c>
       <c r="L293" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M293" s="4">
-        <v>1023145.34006</v>
+        <v>12603139.14206</v>
       </c>
       <c r="N293" s="4">
-        <v>1023145.34006045</v>
+        <v>12603139.1420606</v>
       </c>
       <c r="O293" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P293" s="3" t="s">
-        <v>941</v>
+        <v>977</v>
       </c>
       <c r="Q293" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R293" s="3" t="s">
-        <v>939</v>
+        <v>979</v>
       </c>
       <c r="S293" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T293" s="4">
         <v>0.01</v>
       </c>
       <c r="U293" s="2">
-        <v>49304</v>
+        <v>50603</v>
       </c>
       <c r="V293" s="4">
-        <v>4.7462099999999996</v>
+        <v>1.4990000000000001</v>
       </c>
       <c r="W293" s="3" t="s">
-        <v>942</v>
+        <v>981</v>
       </c>
       <c r="X293" s="4">
-        <v>827.71292984000002</v>
+        <v>15933.38443195</v>
       </c>
       <c r="Y293" s="4">
-        <v>827.71292900000003</v>
+        <v>15933.384431</v>
       </c>
       <c r="Z293" s="6">
-        <v>8.3100000000000003E-4</v>
+        <v>1.0281999999999999E-2</v>
       </c>
     </row>
     <row r="294" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
-        <v>943</v>
+        <v>982</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>944</v>
+        <v>983</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D294" s="4">
-        <v>103439.59600000001</v>
+        <v>5670996.8247400001</v>
       </c>
       <c r="E294" s="5">
-        <v>100.0157</v>
+        <v>95.341970000000003</v>
       </c>
       <c r="F294" s="4">
-        <v>104282.53202011</v>
+        <v>5413843.7724231202</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H294" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I294" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J294" s="5">
-        <v>100.0157</v>
+        <v>95.341970000000003</v>
       </c>
       <c r="K294" s="5">
         <v>1</v>
       </c>
       <c r="L294" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M294" s="4">
-        <v>104282.53202</v>
+        <v>5413843.7724230001</v>
       </c>
       <c r="N294" s="4">
-        <v>104282.53202011</v>
+        <v>5413843.7724231202</v>
       </c>
       <c r="O294" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P294" s="3" t="s">
-        <v>945</v>
+        <v>977</v>
       </c>
       <c r="Q294" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R294" s="3" t="s">
-        <v>943</v>
+        <v>982</v>
       </c>
       <c r="S294" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T294" s="4">
         <v>0.01</v>
       </c>
       <c r="U294" s="2">
-        <v>47975</v>
+        <v>51091</v>
       </c>
       <c r="V294" s="4">
-        <v>5.2311699999999997</v>
+        <v>1.482</v>
       </c>
       <c r="W294" s="3" t="s">
-        <v>946</v>
+        <v>984</v>
       </c>
       <c r="X294" s="4">
-        <v>826.69600353999999</v>
+        <v>7003.6810785500002</v>
       </c>
       <c r="Y294" s="4">
-        <v>826.69600300000002</v>
+        <v>7003.6810779999996</v>
       </c>
       <c r="Z294" s="6">
-        <v>8.3999999999999995E-5</v>
+        <v>4.4159999999999998E-3</v>
       </c>
     </row>
     <row r="295" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
-        <v>947</v>
+        <v>985</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>948</v>
+        <v>986</v>
       </c>
       <c r="C295" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D295" s="4">
-        <v>755452.01613</v>
+        <v>1146480.85671</v>
       </c>
       <c r="E295" s="5">
-        <v>100.0907</v>
+        <v>100.07259999999999</v>
       </c>
       <c r="F295" s="4">
-        <v>764250.17084339994</v>
+        <v>1148064.46842469</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H295" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I295" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J295" s="5">
-        <v>100.0907</v>
+        <v>100.07259999999999</v>
       </c>
       <c r="K295" s="5">
         <v>1</v>
       </c>
       <c r="L295" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M295" s="4">
-        <v>764250.17084300006</v>
+        <v>1148064.4684240001</v>
       </c>
       <c r="N295" s="4">
-        <v>764250.17084339994</v>
+        <v>1148064.46842469</v>
       </c>
       <c r="O295" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P295" s="3" t="s">
-        <v>949</v>
+        <v>987</v>
       </c>
       <c r="Q295" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R295" s="3" t="s">
-        <v>947</v>
+        <v>985</v>
       </c>
       <c r="S295" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T295" s="4">
         <v>0.01</v>
       </c>
       <c r="U295" s="2">
-        <v>47956</v>
+        <v>48694</v>
       </c>
       <c r="V295" s="4">
-        <v>5.2960500000000001</v>
+        <v>4.7180200000000001</v>
       </c>
       <c r="W295" s="3" t="s">
-        <v>950</v>
+        <v>988</v>
       </c>
       <c r="X295" s="4">
-        <v>8112.9597347700001</v>
+        <v>751.26661272000001</v>
       </c>
       <c r="Y295" s="4">
-        <v>8112.959734</v>
+        <v>751.26661200000001</v>
       </c>
       <c r="Z295" s="6">
-        <v>6.2100000000000002E-4</v>
+        <v>9.3599999999999998E-4</v>
       </c>
     </row>
     <row r="296" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
-        <v>951</v>
+        <v>989</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>952</v>
+        <v>990</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D296" s="4">
-        <v>311222.52979499998</v>
+        <v>1204945.3986569999</v>
       </c>
       <c r="E296" s="5">
-        <v>100.0273</v>
+        <v>97.251469999999998</v>
       </c>
       <c r="F296" s="4">
-        <v>314791.10846895003</v>
+        <v>1178580.8318507699</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H296" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I296" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J296" s="5">
-        <v>100.0273</v>
+        <v>97.251469999999998</v>
       </c>
       <c r="K296" s="5">
         <v>1</v>
       </c>
       <c r="L296" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M296" s="4">
-        <v>314791.10846800002</v>
+        <v>1178580.83185</v>
       </c>
       <c r="N296" s="4">
-        <v>314791.10846895003</v>
+        <v>1178580.8318507699</v>
       </c>
       <c r="O296" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P296" s="3" t="s">
-        <v>949</v>
+        <v>991</v>
       </c>
       <c r="Q296" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R296" s="3" t="s">
-        <v>951</v>
+        <v>989</v>
       </c>
       <c r="S296" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T296" s="4">
         <v>0.01</v>
       </c>
       <c r="U296" s="2">
-        <v>47953</v>
+        <v>53281</v>
       </c>
       <c r="V296" s="4">
-        <v>5.16615</v>
+        <v>6.726</v>
       </c>
       <c r="W296" s="3" t="s">
-        <v>953</v>
+        <v>992</v>
       </c>
       <c r="X296" s="4">
-        <v>3483.6149233199999</v>
+        <v>6753.7189594700003</v>
       </c>
       <c r="Y296" s="4">
-        <v>3483.6149230000001</v>
+        <v>6753.7189589999998</v>
       </c>
       <c r="Z296" s="6">
-        <v>2.5500000000000002E-4</v>
+        <v>9.6100000000000005E-4</v>
       </c>
     </row>
     <row r="297" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A297" s="3" t="s">
-        <v>954</v>
+        <v>993</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>955</v>
+        <v>994</v>
       </c>
       <c r="C297" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D297" s="4">
-        <v>225037.890288</v>
+        <v>3536409.6451699999</v>
       </c>
       <c r="E297" s="5">
-        <v>100.01521</v>
+        <v>90.690579999999997</v>
       </c>
       <c r="F297" s="4">
-        <v>225272.63518769</v>
+        <v>3214616.8786354698</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H297" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I297" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J297" s="5">
-        <v>100.01521</v>
+        <v>90.690579999999997</v>
       </c>
       <c r="K297" s="5">
         <v>1</v>
       </c>
       <c r="L297" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M297" s="4">
-        <v>225272.63518700001</v>
+        <v>3214616.878635</v>
       </c>
       <c r="N297" s="4">
-        <v>225272.63518769</v>
+        <v>3214616.8786354698</v>
       </c>
       <c r="O297" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P297" s="3" t="s">
-        <v>956</v>
+        <v>995</v>
       </c>
       <c r="Q297" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R297" s="3" t="s">
-        <v>954</v>
+        <v>993</v>
       </c>
       <c r="S297" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T297" s="4">
         <v>0.01</v>
       </c>
       <c r="U297" s="2">
-        <v>49699</v>
+        <v>55513</v>
       </c>
       <c r="V297" s="4">
-        <v>5.3462100000000001</v>
+        <v>2.52</v>
       </c>
       <c r="W297" s="3" t="s">
-        <v>957</v>
+        <v>996</v>
       </c>
       <c r="X297" s="4">
-        <v>200.51663657</v>
+        <v>7426.4602548599996</v>
       </c>
       <c r="Y297" s="4">
-        <v>200.51663600000001</v>
+        <v>7426.4602539999996</v>
       </c>
       <c r="Z297" s="6">
-        <v>1.83E-4</v>
+        <v>2.6220000000000002E-3</v>
       </c>
     </row>
     <row r="298" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
-        <v>958</v>
+        <v>997</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>959</v>
+        <v>998</v>
       </c>
       <c r="C298" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D298" s="4">
-        <v>337525.05547199998</v>
+        <v>1228135.8659999999</v>
       </c>
       <c r="E298" s="5">
-        <v>100.0416</v>
+        <v>83.304969999999997</v>
       </c>
       <c r="F298" s="4">
-        <v>338479.10538766999</v>
+        <v>1026997.5461050899</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H298" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I298" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J298" s="5">
-        <v>100.0416</v>
+        <v>83.304969999999997</v>
       </c>
       <c r="K298" s="5">
         <v>1</v>
       </c>
       <c r="L298" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M298" s="4">
-        <v>338479.10538700002</v>
+        <v>1026997.546105</v>
       </c>
       <c r="N298" s="4">
-        <v>338479.10538766999</v>
+        <v>1026997.5461050899</v>
       </c>
       <c r="O298" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P298" s="3" t="s">
-        <v>960</v>
+        <v>995</v>
       </c>
       <c r="Q298" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R298" s="3" t="s">
-        <v>958</v>
+        <v>997</v>
       </c>
       <c r="S298" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T298" s="4">
         <v>0.01</v>
       </c>
       <c r="U298" s="2">
-        <v>48014</v>
+        <v>55513</v>
       </c>
       <c r="V298" s="4">
-        <v>5.1048099999999996</v>
+        <v>3.81</v>
       </c>
       <c r="W298" s="3" t="s">
-        <v>961</v>
+        <v>999</v>
       </c>
       <c r="X298" s="4">
-        <v>813.63949259000003</v>
+        <v>3899.33137455</v>
       </c>
       <c r="Y298" s="4">
-        <v>813.63949200000002</v>
+        <v>3899.3313739999999</v>
       </c>
       <c r="Z298" s="6">
-        <v>2.7500000000000002E-4</v>
+        <v>8.3699999999999996E-4</v>
       </c>
     </row>
     <row r="299" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
-        <v>962</v>
+        <v>1000</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>963</v>
+        <v>1001</v>
       </c>
       <c r="C299" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D299" s="4">
-        <v>3727839.7939200001</v>
+        <v>1335296.534</v>
       </c>
       <c r="E299" s="5">
-        <v>81.43862</v>
+        <v>90.129530000000003</v>
       </c>
       <c r="F299" s="4">
-        <v>3035901.2839792902</v>
+        <v>1207257.5754379199</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H299" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I299" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J299" s="5">
-        <v>81.43862</v>
+        <v>90.129530000000003</v>
       </c>
       <c r="K299" s="5">
         <v>1</v>
       </c>
       <c r="L299" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M299" s="4">
-        <v>3035901.2839790001</v>
+        <v>1207257.575437</v>
       </c>
       <c r="N299" s="4">
-        <v>3035901.2839792902</v>
+        <v>1207257.5754379199</v>
       </c>
       <c r="O299" s="3" t="s">
-        <v>964</v>
+        <v>34</v>
       </c>
       <c r="P299" s="3" t="s">
-        <v>965</v>
+        <v>995</v>
       </c>
       <c r="Q299" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R299" s="3" t="s">
-        <v>962</v>
+        <v>1000</v>
       </c>
       <c r="S299" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T299" s="4">
         <v>0.01</v>
       </c>
       <c r="U299" s="2">
-        <v>49454</v>
+        <v>55574</v>
       </c>
       <c r="V299" s="4">
-        <v>5.4292699999999998</v>
+        <v>3.38</v>
       </c>
       <c r="W299" s="3" t="s">
-        <v>966</v>
+        <v>1002</v>
       </c>
       <c r="X299" s="4">
-        <v>0</v>
+        <v>3761.0852374299998</v>
       </c>
       <c r="Y299" s="4">
-        <v>0</v>
+        <v>3761.0852369999998</v>
       </c>
       <c r="Z299" s="6">
-        <v>2.467E-3</v>
+        <v>9.8400000000000007E-4</v>
       </c>
     </row>
     <row r="300" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A300" s="3" t="s">
-        <v>967</v>
+        <v>1003</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>968</v>
+        <v>1004</v>
       </c>
       <c r="C300" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D300" s="4">
-        <v>2955326.3084800001</v>
+        <v>977256.38236000005</v>
       </c>
       <c r="E300" s="5">
-        <v>91.185550000000006</v>
+        <v>100.283</v>
       </c>
       <c r="F300" s="4">
-        <v>2696882.6336854598</v>
+        <v>981523.77974949998</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H300" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I300" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J300" s="5">
-        <v>91.185550000000006</v>
+        <v>100.283</v>
       </c>
       <c r="K300" s="5">
         <v>1</v>
       </c>
       <c r="L300" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M300" s="4">
-        <v>2696882.6336849998</v>
+        <v>981523.77974899998</v>
       </c>
       <c r="N300" s="4">
-        <v>2696882.6336854598</v>
+        <v>981523.77974949998</v>
       </c>
       <c r="O300" s="3" t="s">
-        <v>969</v>
+        <v>34</v>
       </c>
       <c r="P300" s="3" t="s">
-        <v>970</v>
+        <v>1005</v>
       </c>
       <c r="Q300" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R300" s="3" t="s">
-        <v>967</v>
+        <v>1003</v>
       </c>
       <c r="S300" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T300" s="4">
         <v>0.01</v>
       </c>
       <c r="U300" s="2">
-        <v>50065</v>
+        <v>48047</v>
       </c>
       <c r="V300" s="4">
-        <v>4.1662100000000004</v>
+        <v>5.0292399999999997</v>
       </c>
       <c r="W300" s="3" t="s">
-        <v>971</v>
+        <v>1006</v>
       </c>
       <c r="X300" s="4">
-        <v>2052.0850032799999</v>
+        <v>1501.7618270200001</v>
       </c>
       <c r="Y300" s="4">
-        <v>2052.0850030000001</v>
+        <v>1501.761827</v>
       </c>
       <c r="Z300" s="6">
-        <v>2.1909999999999998E-3</v>
+        <v>8.0000000000000004E-4</v>
       </c>
     </row>
     <row r="301" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A301" s="3" t="s">
-        <v>972</v>
+        <v>1007</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>973</v>
+        <v>1008</v>
       </c>
       <c r="C301" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D301" s="4">
-        <v>255891.714175</v>
+        <v>1404356.6159999999</v>
       </c>
       <c r="E301" s="5">
-        <v>100.0282</v>
+        <v>100.06959999999999</v>
       </c>
       <c r="F301" s="4">
-        <v>258785.55262793001</v>
+        <v>1405334.04820474</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H301" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I301" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J301" s="5">
-        <v>100.0282</v>
+        <v>100.06959999999999</v>
       </c>
       <c r="K301" s="5">
         <v>1</v>
       </c>
       <c r="L301" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M301" s="4">
-        <v>258785.552627</v>
+        <v>1405334.0482040001</v>
       </c>
       <c r="N301" s="4">
-        <v>258785.55262793001</v>
+        <v>1405334.04820474</v>
       </c>
       <c r="O301" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P301" s="3" t="s">
-        <v>974</v>
+        <v>1005</v>
       </c>
       <c r="Q301" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R301" s="3" t="s">
-        <v>972</v>
+        <v>1007</v>
       </c>
       <c r="S301" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T301" s="4">
         <v>0.01</v>
       </c>
       <c r="U301" s="2">
-        <v>48230</v>
+        <v>48425</v>
       </c>
       <c r="V301" s="4">
-        <v>5.2232399999999997</v>
+        <v>4.6668399999999997</v>
       </c>
       <c r="W301" s="3" t="s">
-        <v>975</v>
+        <v>1009</v>
       </c>
       <c r="X301" s="4">
-        <v>2821.6769895299999</v>
+        <v>0</v>
       </c>
       <c r="Y301" s="4">
-        <v>2821.676989</v>
+        <v>0</v>
       </c>
       <c r="Z301" s="6">
-        <v>2.1000000000000001E-4</v>
+        <v>1.1460000000000001E-3</v>
       </c>
     </row>
     <row r="302" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A302" s="3" t="s">
-        <v>976</v>
+        <v>1010</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>977</v>
+        <v>1011</v>
       </c>
       <c r="C302" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D302" s="4">
-        <v>7563331.3055999996</v>
+        <v>4505678.6940000001</v>
       </c>
       <c r="E302" s="5">
-        <v>43.336590000000001</v>
+        <v>98.858329999999995</v>
       </c>
       <c r="F302" s="4">
-        <v>3282878.5882417602</v>
+        <v>4468506.6945852097</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H302" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I302" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J302" s="5">
-        <v>43.336590000000001</v>
+        <v>98.858329999999995</v>
       </c>
       <c r="K302" s="5">
         <v>1</v>
       </c>
       <c r="L302" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M302" s="4">
-        <v>3282878.5882410002</v>
+        <v>4468506.6945850002</v>
       </c>
       <c r="N302" s="4">
-        <v>3282878.5882417602</v>
+        <v>4468506.6945852097</v>
       </c>
       <c r="O302" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P302" s="3" t="s">
-        <v>978</v>
+        <v>1012</v>
       </c>
       <c r="Q302" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R302" s="3" t="s">
-        <v>976</v>
+        <v>1010</v>
       </c>
       <c r="S302" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T302" s="4">
         <v>0.01</v>
       </c>
       <c r="U302" s="2">
-        <v>57916</v>
+        <v>61112</v>
       </c>
       <c r="V302" s="4">
-        <v>4.3862100000000002</v>
+        <v>3.8</v>
       </c>
       <c r="W302" s="3" t="s">
-        <v>979</v>
+        <v>1013</v>
       </c>
       <c r="X302" s="4">
-        <v>5188.7099922400002</v>
+        <v>14267.982531</v>
       </c>
       <c r="Y302" s="4">
-        <v>5188.7099920000001</v>
+        <v>14267.982531</v>
       </c>
       <c r="Z302" s="6">
-        <v>2.6679999999999998E-3</v>
+        <v>3.6449999999999998E-3</v>
       </c>
     </row>
     <row r="303" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A303" s="3" t="s">
-        <v>980</v>
+        <v>1014</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>981</v>
+        <v>1015</v>
       </c>
       <c r="C303" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D303" s="4">
-        <v>1978114.711562</v>
+        <v>3621000</v>
       </c>
       <c r="E303" s="5">
-        <v>99.989900000000006</v>
+        <v>101.24505000000001</v>
       </c>
       <c r="F303" s="4">
-        <v>1979529.1328143801</v>
+        <v>3671205.9696666701</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H303" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I303" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J303" s="5">
-        <v>99.989900000000006</v>
+        <v>101.24505000000001</v>
       </c>
       <c r="K303" s="5">
         <v>1</v>
       </c>
       <c r="L303" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M303" s="4">
-        <v>1979529.1328139999</v>
+        <v>3671205.969666</v>
       </c>
       <c r="N303" s="4">
-        <v>1979529.1328143801</v>
+        <v>3671205.9696666701</v>
       </c>
       <c r="O303" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P303" s="3" t="s">
-        <v>982</v>
+        <v>1016</v>
       </c>
       <c r="Q303" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R303" s="3" t="s">
-        <v>980</v>
+        <v>1014</v>
       </c>
       <c r="S303" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T303" s="4">
         <v>0.01</v>
       </c>
       <c r="U303" s="2">
-        <v>53352</v>
+        <v>47319</v>
       </c>
       <c r="V303" s="4">
-        <v>4.89621</v>
+        <v>4.63</v>
       </c>
       <c r="W303" s="3" t="s">
-        <v>983</v>
+        <v>1017</v>
       </c>
       <c r="X303" s="4">
-        <v>1614.2108386499999</v>
+        <v>5122.7091666699998</v>
       </c>
       <c r="Y303" s="4">
-        <v>1614.210838</v>
+        <v>5122.7091659999996</v>
       </c>
       <c r="Z303" s="6">
-        <v>1.6080000000000001E-3</v>
+        <v>2.9949999999999998E-3</v>
       </c>
     </row>
     <row r="304" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A304" s="3" t="s">
-        <v>984</v>
+        <v>1018</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>985</v>
+        <v>1019</v>
       </c>
       <c r="C304" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D304" s="4">
-        <v>6900000</v>
+        <v>902594.66922399995</v>
       </c>
       <c r="E304" s="5">
-        <v>99.221270000000004</v>
+        <v>100.1037</v>
       </c>
       <c r="F304" s="4">
-        <v>6855656.1916666701</v>
+        <v>904873.11727896996</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H304" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I304" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J304" s="5">
-        <v>99.221270000000004</v>
+        <v>100.1037</v>
       </c>
       <c r="K304" s="5">
         <v>1</v>
       </c>
       <c r="L304" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M304" s="4">
-        <v>6855656.1916659996</v>
+        <v>904873.11727799999</v>
       </c>
       <c r="N304" s="4">
-        <v>6855656.1916666701</v>
+        <v>904873.11727896996</v>
       </c>
       <c r="O304" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P304" s="3" t="s">
-        <v>982</v>
+        <v>1020</v>
       </c>
       <c r="Q304" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R304" s="3" t="s">
-        <v>984</v>
+        <v>1018</v>
       </c>
       <c r="S304" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T304" s="4">
         <v>0.01</v>
       </c>
       <c r="U304" s="2">
-        <v>59130</v>
+        <v>48415</v>
       </c>
       <c r="V304" s="4">
-        <v>4.8983800000000004</v>
+        <v>4.8676300000000001</v>
       </c>
       <c r="W304" s="3" t="s">
-        <v>986</v>
+        <v>1021</v>
       </c>
       <c r="X304" s="4">
-        <v>9388.5616666700007</v>
+        <v>1342.4573829799999</v>
       </c>
       <c r="Y304" s="4">
-        <v>9388.5616659999996</v>
+        <v>1342.4573820000001</v>
       </c>
       <c r="Z304" s="6">
-        <v>5.5710000000000004E-3</v>
+        <v>7.3800000000000005E-4</v>
       </c>
     </row>
     <row r="305" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A305" s="3" t="s">
-        <v>987</v>
+        <v>1022</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>988</v>
+        <v>1023</v>
       </c>
       <c r="C305" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D305" s="4">
-        <v>17741000</v>
+        <v>593386.53454799997</v>
       </c>
       <c r="E305" s="5">
-        <v>98.790099999999995</v>
+        <v>94.996830000000003</v>
       </c>
       <c r="F305" s="4">
-        <v>17552215.949216601</v>
+        <v>566096.72243820003</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H305" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I305" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J305" s="5">
-        <v>98.790099999999995</v>
+        <v>94.996830000000003</v>
       </c>
       <c r="K305" s="5">
         <v>1</v>
       </c>
       <c r="L305" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M305" s="4">
-        <v>17552215.949216001</v>
+        <v>566096.72243800003</v>
       </c>
       <c r="N305" s="4">
-        <v>17552215.949216601</v>
+        <v>566096.72243820003</v>
       </c>
       <c r="O305" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P305" s="3" t="s">
-        <v>982</v>
+        <v>1024</v>
       </c>
       <c r="Q305" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R305" s="3" t="s">
-        <v>987</v>
+        <v>1022</v>
       </c>
       <c r="S305" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T305" s="4">
         <v>0.01</v>
       </c>
       <c r="U305" s="2">
-        <v>59130</v>
+        <v>49577</v>
       </c>
       <c r="V305" s="4">
-        <v>5.24838</v>
+        <v>4.6010340000000003</v>
       </c>
       <c r="W305" s="3" t="s">
-        <v>989</v>
+        <v>1025</v>
       </c>
       <c r="X305" s="4">
-        <v>25864.308216670001</v>
+        <v>2398.3249709000002</v>
       </c>
       <c r="Y305" s="4">
-        <v>25864.308216000001</v>
+        <v>2398.3249700000001</v>
       </c>
       <c r="Z305" s="6">
-        <v>1.4265E-2</v>
+        <v>4.6099999999999998E-4</v>
       </c>
     </row>
     <row r="306" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A306" s="3" t="s">
-        <v>990</v>
+        <v>1026</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>991</v>
+        <v>1027</v>
       </c>
       <c r="C306" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D306" s="4">
-        <v>9921693.5999999996</v>
+        <v>2434538.3048999999</v>
       </c>
       <c r="E306" s="5">
-        <v>99.376369999999994</v>
+        <v>97.85</v>
       </c>
       <c r="F306" s="4">
-        <v>9859818.9422023203</v>
+        <v>2390742.98957677</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H306" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I306" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J306" s="5">
-        <v>99.376369999999994</v>
+        <v>97.85</v>
       </c>
       <c r="K306" s="5">
         <v>1</v>
       </c>
       <c r="L306" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M306" s="4">
-        <v>9859818.9422019999</v>
+        <v>2390742.9895759998</v>
       </c>
       <c r="N306" s="4">
-        <v>9859818.9422023203</v>
+        <v>2390742.98957677</v>
       </c>
       <c r="O306" s="3" t="s">
-        <v>34</v>
+        <v>1028</v>
       </c>
       <c r="P306" s="3" t="s">
-        <v>992</v>
+        <v>1029</v>
       </c>
       <c r="Q306" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="R306" s="3" t="s">
-        <v>990</v>
+        <v>1026</v>
       </c>
       <c r="S306" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T306" s="4">
         <v>0.01</v>
       </c>
       <c r="U306" s="2">
-        <v>51822</v>
+        <v>53919</v>
       </c>
       <c r="V306" s="4">
-        <v>4.3</v>
+        <v>4.2130000000000001</v>
       </c>
       <c r="W306" s="3" t="s">
-        <v>993</v>
+        <v>1030</v>
       </c>
       <c r="X306" s="4">
-        <v>0</v>
+        <v>8547.2582321200007</v>
       </c>
       <c r="Y306" s="4">
-        <v>0</v>
+        <v>8547.2582320000001</v>
       </c>
       <c r="Z306" s="6">
-        <v>8.0129999999999993E-3</v>
+        <v>1.9499999999999999E-3</v>
       </c>
     </row>
     <row r="307" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A307" s="3" t="s">
-        <v>994</v>
+        <v>1031</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>995</v>
+        <v>1032</v>
       </c>
       <c r="C307" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D307" s="4">
-        <v>11107536.304262999</v>
+        <v>9814966</v>
       </c>
       <c r="E307" s="5">
-        <v>99.595640000000003</v>
+        <v>94.5</v>
       </c>
       <c r="F307" s="4">
-        <v>11062621.8704625</v>
+        <v>9309773.3417033292</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H307" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I307" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J307" s="5">
-        <v>99.595640000000003</v>
+        <v>94.5</v>
       </c>
       <c r="K307" s="5">
         <v>1</v>
       </c>
       <c r="L307" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M307" s="4">
-        <v>11062621.870462</v>
+        <v>9309773.3417029995</v>
       </c>
       <c r="N307" s="4">
-        <v>11062621.8704625</v>
+        <v>9309773.3417033292</v>
       </c>
       <c r="O307" s="3" t="s">
-        <v>34</v>
+        <v>1033</v>
       </c>
       <c r="P307" s="3" t="s">
-        <v>996</v>
+        <v>1029</v>
       </c>
       <c r="Q307" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R307" s="3" t="s">
-        <v>994</v>
+        <v>1031</v>
       </c>
       <c r="S307" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T307" s="4">
         <v>0.01</v>
       </c>
       <c r="U307" s="2">
-        <v>50481</v>
+        <v>53919</v>
       </c>
       <c r="V307" s="4">
-        <v>2.75</v>
+        <v>4.234</v>
       </c>
       <c r="W307" s="3" t="s">
-        <v>997</v>
+        <v>1034</v>
       </c>
       <c r="X307" s="4">
-        <v>0</v>
+        <v>34630.471703329997</v>
       </c>
       <c r="Y307" s="4">
-        <v>0</v>
+        <v>34630.471703000003</v>
       </c>
       <c r="Z307" s="6">
-        <v>8.9899999999999997E-3</v>
+        <v>7.5950000000000002E-3</v>
       </c>
     </row>
     <row r="308" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A308" s="3" t="s">
-        <v>998</v>
+        <v>1035</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>999</v>
+        <v>1036</v>
       </c>
       <c r="C308" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D308" s="4">
-        <v>12761770.655942</v>
+        <v>1725000.0055199999</v>
       </c>
       <c r="E308" s="5">
-        <v>98.482290000000006</v>
+        <v>100.0008</v>
       </c>
       <c r="F308" s="4">
-        <v>12568083.9865197</v>
+        <v>1727421.3271735799</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H308" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I308" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J308" s="5">
-        <v>98.482290000000006</v>
+        <v>100.0008</v>
       </c>
       <c r="K308" s="5">
         <v>1</v>
       </c>
       <c r="L308" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M308" s="4">
-        <v>12568083.986519</v>
+        <v>1727421.327173</v>
       </c>
       <c r="N308" s="4">
-        <v>12568083.9865197</v>
+        <v>1727421.3271735799</v>
       </c>
       <c r="O308" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P308" s="3" t="s">
-        <v>996</v>
+        <v>1020</v>
       </c>
       <c r="Q308" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R308" s="3" t="s">
-        <v>998</v>
+        <v>1035</v>
       </c>
       <c r="S308" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T308" s="4">
         <v>0.01</v>
       </c>
       <c r="U308" s="2">
-        <v>50603</v>
+        <v>50515</v>
       </c>
       <c r="V308" s="4">
-        <v>1.4990000000000001</v>
+        <v>4.5676300000000003</v>
       </c>
       <c r="W308" s="3" t="s">
-        <v>1000</v>
+        <v>1037</v>
       </c>
       <c r="X308" s="4">
-        <v>0</v>
+        <v>2407.52165354</v>
       </c>
       <c r="Y308" s="4">
-        <v>0</v>
+        <v>2407.5216529999998</v>
       </c>
       <c r="Z308" s="6">
-        <v>1.0214000000000001E-2</v>
+        <v>1.4090000000000001E-3</v>
       </c>
     </row>
     <row r="309" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A309" s="3" t="s">
-        <v>1001</v>
+        <v>1038</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>1002</v>
+        <v>1039</v>
       </c>
       <c r="C309" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D309" s="4">
-        <v>5691868.3294839999</v>
+        <v>3634787.1650999999</v>
       </c>
       <c r="E309" s="5">
-        <v>95.386510000000001</v>
+        <v>99.558480000000003</v>
       </c>
       <c r="F309" s="4">
-        <v>5429274.5532900896</v>
+        <v>3635843.4342501801</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H309" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I309" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J309" s="5">
-        <v>95.386510000000001</v>
+        <v>99.558480000000003</v>
       </c>
       <c r="K309" s="5">
         <v>1</v>
       </c>
       <c r="L309" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M309" s="4">
-        <v>5429274.5532900002</v>
+        <v>3635843.4342499999</v>
       </c>
       <c r="N309" s="4">
-        <v>5429274.5532900896</v>
+        <v>3635843.4342501801</v>
       </c>
       <c r="O309" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P309" s="3" t="s">
-        <v>996</v>
+        <v>1040</v>
       </c>
       <c r="Q309" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R309" s="3" t="s">
-        <v>1001</v>
+        <v>1038</v>
       </c>
       <c r="S309" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T309" s="4">
         <v>0.01</v>
       </c>
       <c r="U309" s="2">
-        <v>51091</v>
+        <v>52558</v>
       </c>
       <c r="V309" s="4">
-        <v>1.482</v>
+        <v>5.6492550000000001</v>
       </c>
       <c r="W309" s="3" t="s">
-        <v>1003</v>
+        <v>1041</v>
       </c>
       <c r="X309" s="4">
-        <v>0</v>
+        <v>17104.581441530001</v>
       </c>
       <c r="Y309" s="4">
-        <v>0</v>
+        <v>17104.581440999998</v>
       </c>
       <c r="Z309" s="6">
-        <v>4.4120000000000001E-3</v>
+        <v>2.9659999999999999E-3</v>
       </c>
     </row>
     <row r="310" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A310" s="3" t="s">
-        <v>1004</v>
+        <v>1042</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>1005</v>
+        <v>1043</v>
       </c>
       <c r="C310" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D310" s="4">
-        <v>1249179.9490169999</v>
+        <v>753225.05003200006</v>
       </c>
       <c r="E310" s="5">
-        <v>97.144769999999994</v>
+        <v>90.188410000000005</v>
       </c>
       <c r="F310" s="4">
-        <v>1213512.9883586799</v>
+        <v>682599.27355139004</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H310" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I310" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J310" s="5">
-        <v>97.144769999999994</v>
+        <v>90.188410000000005</v>
       </c>
       <c r="K310" s="5">
         <v>1</v>
       </c>
       <c r="L310" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M310" s="4">
-        <v>1213512.9883580001</v>
+        <v>682599.27355100005</v>
       </c>
       <c r="N310" s="4">
-        <v>1213512.9883586799</v>
+        <v>682599.27355139004</v>
       </c>
       <c r="O310" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P310" s="3" t="s">
-        <v>1006</v>
+        <v>1024</v>
       </c>
       <c r="Q310" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R310" s="3" t="s">
-        <v>1004</v>
+        <v>1042</v>
       </c>
       <c r="S310" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T310" s="4">
         <v>0.01</v>
       </c>
       <c r="U310" s="2">
-        <v>60221</v>
+        <v>53717</v>
       </c>
       <c r="V310" s="4">
-        <v>6.726</v>
+        <v>4.9181699999999999</v>
       </c>
       <c r="W310" s="3" t="s">
-        <v>1007</v>
+        <v>1044</v>
       </c>
       <c r="X310" s="4">
-        <v>0</v>
+        <v>3277.5772058299999</v>
       </c>
       <c r="Y310" s="4">
-        <v>0</v>
+        <v>3277.577205</v>
       </c>
       <c r="Z310" s="6">
-        <v>9.859999999999999E-4</v>
+        <v>5.5599999999999996E-4</v>
       </c>
     </row>
     <row r="311" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A311" s="3" t="s">
-        <v>1008</v>
+        <v>1045</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>1009</v>
+        <v>1046</v>
       </c>
       <c r="C311" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D311" s="4">
-        <v>3551664.2269449998</v>
+        <v>11594960</v>
       </c>
       <c r="E311" s="5">
-        <v>90.754249999999999</v>
+        <v>92.257450000000006</v>
       </c>
       <c r="F311" s="4">
-        <v>3223286.2316822298</v>
+        <v>10757624.2627446</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H311" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I311" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J311" s="5">
-        <v>90.754249999999999</v>
+        <v>92.257450000000006</v>
       </c>
       <c r="K311" s="5">
         <v>1</v>
       </c>
       <c r="L311" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M311" s="4">
-        <v>3223286.2316820002</v>
+        <v>10757624.262744</v>
       </c>
       <c r="N311" s="4">
-        <v>3223286.2316822298</v>
+        <v>10757624.2627446</v>
       </c>
       <c r="O311" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P311" s="3" t="s">
-        <v>1010</v>
+        <v>1040</v>
       </c>
       <c r="Q311" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R311" s="3" t="s">
-        <v>1008</v>
+        <v>1045</v>
       </c>
       <c r="S311" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T311" s="4">
         <v>0.01</v>
       </c>
       <c r="U311" s="2">
-        <v>55513</v>
+        <v>53044</v>
       </c>
       <c r="V311" s="4">
-        <v>2.52</v>
+        <v>6.3581430000000001</v>
       </c>
       <c r="W311" s="3" t="s">
-        <v>1011</v>
+        <v>1047</v>
       </c>
       <c r="X311" s="4">
-        <v>0</v>
+        <v>60409.838224669998</v>
       </c>
       <c r="Y311" s="4">
-        <v>0</v>
+        <v>60409.838223999999</v>
       </c>
       <c r="Z311" s="6">
-        <v>2.6189999999999998E-3</v>
+        <v>8.7760000000000008E-3</v>
       </c>
     </row>
     <row r="312" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A312" s="3" t="s">
-        <v>1012</v>
+        <v>1048</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>1013</v>
+        <v>1049</v>
       </c>
       <c r="C312" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D312" s="4">
-        <v>1235774.0020000001</v>
+        <v>1497986.750483</v>
       </c>
       <c r="E312" s="5">
-        <v>83.550489999999996</v>
+        <v>87.589119999999994</v>
       </c>
       <c r="F312" s="4">
-        <v>1032495.23396361</v>
+        <v>1313131.25825183</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H312" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I312" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J312" s="5">
-        <v>83.550489999999996</v>
+        <v>87.589119999999994</v>
       </c>
       <c r="K312" s="5">
         <v>1</v>
       </c>
       <c r="L312" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M312" s="4">
-        <v>1032495.233963</v>
+        <v>1313131.258251</v>
       </c>
       <c r="N312" s="4">
-        <v>1032495.23396361</v>
+        <v>1313131.25825183</v>
       </c>
       <c r="O312" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P312" s="3" t="s">
-        <v>1010</v>
+        <v>1050</v>
       </c>
       <c r="Q312" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R312" s="3" t="s">
-        <v>1012</v>
+        <v>1048</v>
       </c>
       <c r="S312" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T312" s="4">
         <v>0.01</v>
       </c>
       <c r="U312" s="2">
-        <v>55513</v>
+        <v>49485</v>
       </c>
       <c r="V312" s="4">
-        <v>3.81</v>
+        <v>4.2370700000000001</v>
       </c>
       <c r="W312" s="3" t="s">
-        <v>1014</v>
+        <v>1051</v>
       </c>
       <c r="X312" s="4">
-        <v>0</v>
+        <v>1057.8457868099999</v>
       </c>
       <c r="Y312" s="4">
-        <v>0</v>
+        <v>1057.8457860000001</v>
       </c>
       <c r="Z312" s="6">
-        <v>8.3900000000000001E-4</v>
+        <v>1.0709999999999999E-3</v>
       </c>
     </row>
     <row r="313" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A313" s="3" t="s">
-        <v>1015</v>
+        <v>1052</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>1016</v>
+        <v>1053</v>
       </c>
       <c r="C313" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D313" s="4">
-        <v>1339675.5160000001</v>
+        <v>1433943.7943879999</v>
       </c>
       <c r="E313" s="5">
-        <v>90.504589999999993</v>
+        <v>87.051079999999999</v>
       </c>
       <c r="F313" s="4">
-        <v>1212467.83308618</v>
+        <v>1254013.2798884199</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H313" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I313" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J313" s="5">
-        <v>90.504589999999993</v>
+        <v>87.051079999999999</v>
       </c>
       <c r="K313" s="5">
         <v>1</v>
       </c>
       <c r="L313" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M313" s="4">
-        <v>1212467.8330860001</v>
+        <v>1254013.2798880001</v>
       </c>
       <c r="N313" s="4">
-        <v>1212467.83308618</v>
+        <v>1254013.2798884199</v>
       </c>
       <c r="O313" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P313" s="3" t="s">
-        <v>1010</v>
+        <v>1050</v>
       </c>
       <c r="Q313" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R313" s="3" t="s">
-        <v>1015</v>
+        <v>1052</v>
       </c>
       <c r="S313" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T313" s="4">
         <v>0.01</v>
       </c>
       <c r="U313" s="2">
-        <v>55574</v>
+        <v>53656</v>
       </c>
       <c r="V313" s="4">
-        <v>3.38</v>
+        <v>4.5081699999999998</v>
       </c>
       <c r="W313" s="3" t="s">
-        <v>1017</v>
+        <v>1054</v>
       </c>
       <c r="X313" s="4">
-        <v>0</v>
+        <v>5749.7202809500004</v>
       </c>
       <c r="Y313" s="4">
-        <v>0</v>
+        <v>5749.7202799999995</v>
       </c>
       <c r="Z313" s="6">
-        <v>9.8499999999999998E-4</v>
+        <v>1.023E-3</v>
       </c>
     </row>
     <row r="314" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A314" s="3" t="s">
-        <v>1018</v>
+        <v>1055</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>1019</v>
+        <v>1056</v>
       </c>
       <c r="C314" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D314" s="4">
-        <v>1531843.307606</v>
+        <v>1599049.298011</v>
       </c>
       <c r="E314" s="5">
-        <v>100.1349</v>
+        <v>89.115970000000004</v>
       </c>
       <c r="F314" s="4">
-        <v>1550205.24313413</v>
+        <v>1426177.4829011301</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H314" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I314" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J314" s="5">
-        <v>100.1349</v>
+        <v>89.115970000000004</v>
       </c>
       <c r="K314" s="5">
         <v>1</v>
       </c>
       <c r="L314" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M314" s="4">
-        <v>1550205.2431340001</v>
+        <v>1426177.482901</v>
       </c>
       <c r="N314" s="4">
-        <v>1550205.24313413</v>
+        <v>1426177.4829011301</v>
       </c>
       <c r="O314" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P314" s="3" t="s">
-        <v>1020</v>
+        <v>1050</v>
       </c>
       <c r="Q314" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R314" s="3" t="s">
-        <v>1018</v>
+        <v>1055</v>
       </c>
       <c r="S314" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T314" s="4">
         <v>0.01</v>
       </c>
       <c r="U314" s="2">
-        <v>48047</v>
+        <v>49668</v>
       </c>
       <c r="V314" s="4">
-        <v>5.2460500000000003</v>
+        <v>4.3870699999999996</v>
       </c>
       <c r="W314" s="3" t="s">
-        <v>1021</v>
+        <v>1057</v>
       </c>
       <c r="X314" s="4">
-        <v>16295.478906169999</v>
+        <v>1169.1902006400001</v>
       </c>
       <c r="Y314" s="4">
-        <v>16295.478906</v>
+        <v>1169.1902</v>
       </c>
       <c r="Z314" s="6">
-        <v>1.2589999999999999E-3</v>
+        <v>1.163E-3</v>
       </c>
     </row>
     <row r="315" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A315" s="3" t="s">
-        <v>1022</v>
+        <v>1058</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>1023</v>
+        <v>1059</v>
       </c>
       <c r="C315" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D315" s="4">
-        <v>1667909.13</v>
+        <v>3798601.97</v>
       </c>
       <c r="E315" s="5">
-        <v>100.0147</v>
+        <v>32.392940000000003</v>
       </c>
       <c r="F315" s="4">
-        <v>1682276.6285087799</v>
+        <v>1243604.7678131701</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H315" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I315" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J315" s="5">
-        <v>100.0147</v>
+        <v>32.392940000000003</v>
       </c>
       <c r="K315" s="5">
         <v>1</v>
       </c>
       <c r="L315" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M315" s="4">
-        <v>1682276.6285079999</v>
+        <v>1243604.7678129999</v>
       </c>
       <c r="N315" s="4">
-        <v>1682276.6285087799</v>
+        <v>1243604.7678131701</v>
       </c>
       <c r="O315" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P315" s="3" t="s">
-        <v>1020</v>
+        <v>1050</v>
       </c>
       <c r="Q315" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R315" s="3" t="s">
-        <v>1022</v>
+        <v>1058</v>
       </c>
       <c r="S315" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T315" s="4">
         <v>0.01</v>
       </c>
       <c r="U315" s="2">
-        <v>48425</v>
+        <v>49973</v>
       </c>
       <c r="V315" s="4">
-        <v>4.83833</v>
+        <v>4.0741849999999999</v>
       </c>
       <c r="W315" s="3" t="s">
-        <v>1024</v>
+        <v>1060</v>
       </c>
       <c r="X315" s="4">
-        <v>14122.31586667</v>
+        <v>13125.91083225</v>
       </c>
       <c r="Y315" s="4">
-        <v>14122.315866000001</v>
+        <v>13125.910832</v>
       </c>
       <c r="Z315" s="6">
-        <v>1.3669999999999999E-3</v>
+        <v>1.0139999999999999E-3</v>
       </c>
     </row>
     <row r="316" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A316" s="3" t="s">
-        <v>1025</v>
+        <v>1061</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>1026</v>
+        <v>1062</v>
       </c>
       <c r="C316" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D316" s="4">
-        <v>4563123.8820000002</v>
+        <v>7103863.9352099998</v>
       </c>
       <c r="E316" s="5">
-        <v>98.645899999999997</v>
+        <v>92.709019999999995</v>
       </c>
       <c r="F316" s="4">
-        <v>4501334.6215138398</v>
+        <v>6621441.9561431399</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H316" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I316" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J316" s="5">
-        <v>98.645899999999997</v>
+        <v>92.709019999999995</v>
       </c>
       <c r="K316" s="5">
         <v>1</v>
       </c>
       <c r="L316" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M316" s="4">
-        <v>4501334.6215129998</v>
+        <v>6621441.9561430002</v>
       </c>
       <c r="N316" s="4">
-        <v>4501334.6215138398</v>
+        <v>6621441.9561431399</v>
       </c>
       <c r="O316" s="3" t="s">
-        <v>34</v>
+        <v>1063</v>
       </c>
       <c r="P316" s="3" t="s">
-        <v>1027</v>
+        <v>1050</v>
       </c>
       <c r="Q316" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R316" s="3" t="s">
-        <v>1025</v>
+        <v>1061</v>
       </c>
       <c r="S316" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T316" s="4">
         <v>0.01</v>
       </c>
       <c r="U316" s="2">
-        <v>61112</v>
+        <v>50216</v>
       </c>
       <c r="V316" s="4">
-        <v>3.8</v>
+        <v>6</v>
       </c>
       <c r="W316" s="3" t="s">
-        <v>1028</v>
+        <v>1064</v>
       </c>
       <c r="X316" s="4">
-        <v>0</v>
+        <v>35519.31967605</v>
       </c>
       <c r="Y316" s="4">
-        <v>0</v>
+        <v>35519.319675999999</v>
       </c>
       <c r="Z316" s="6">
-        <v>3.6579999999999998E-3</v>
+        <v>5.4019999999999997E-3</v>
       </c>
     </row>
     <row r="317" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A317" s="3" t="s">
-        <v>1029</v>
+        <v>1065</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>1030</v>
+        <v>1066</v>
       </c>
       <c r="C317" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D317" s="4">
-        <v>3621000</v>
+        <v>2285000</v>
       </c>
       <c r="E317" s="5">
-        <v>101.23927</v>
+        <v>96.011120000000005</v>
       </c>
       <c r="F317" s="4">
-        <v>3670996.67586667</v>
+        <v>2200158.7878333302</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H317" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I317" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J317" s="5">
-        <v>101.23927</v>
+        <v>96.011120000000005</v>
       </c>
       <c r="K317" s="5">
         <v>1</v>
       </c>
       <c r="L317" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M317" s="4">
-        <v>3670996.6758659999</v>
+        <v>2200158.7878330001</v>
       </c>
       <c r="N317" s="4">
-        <v>3670996.67586667</v>
+        <v>2200158.7878333302</v>
       </c>
       <c r="O317" s="3" t="s">
-        <v>34</v>
+        <v>1067</v>
       </c>
       <c r="P317" s="3" t="s">
-        <v>1031</v>
+        <v>1068</v>
       </c>
       <c r="Q317" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R317" s="3" t="s">
-        <v>1029</v>
+        <v>1065</v>
       </c>
       <c r="S317" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T317" s="4">
         <v>0.01</v>
       </c>
       <c r="U317" s="2">
-        <v>47319</v>
+        <v>55685</v>
       </c>
       <c r="V317" s="4">
-        <v>4.63</v>
+        <v>3.3109999999999999</v>
       </c>
       <c r="W317" s="3" t="s">
-        <v>1032</v>
+        <v>1069</v>
       </c>
       <c r="X317" s="4">
-        <v>5122.7091666699998</v>
+        <v>6304.6958333299999</v>
       </c>
       <c r="Y317" s="4">
-        <v>5122.7091659999996</v>
+        <v>6304.6958329999998</v>
       </c>
       <c r="Z317" s="6">
-        <v>2.983E-3</v>
+        <v>1.794E-3</v>
       </c>
     </row>
     <row r="318" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A318" s="3" t="s">
-        <v>1033</v>
+        <v>1070</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>1034</v>
+        <v>1071</v>
       </c>
       <c r="C318" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D318" s="4">
-        <v>594325.18111999996</v>
+        <v>6030000</v>
       </c>
       <c r="E318" s="5">
-        <v>94.928989999999999</v>
+        <v>100.59814</v>
       </c>
       <c r="F318" s="4">
-        <v>564186.89175288996</v>
+        <v>6077940.2419999996</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H318" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I318" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J318" s="5">
-        <v>94.928989999999999</v>
+        <v>100.59814</v>
       </c>
       <c r="K318" s="5">
         <v>1</v>
       </c>
       <c r="L318" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M318" s="4">
-        <v>564186.89175199997</v>
+        <v>6077940.2419999996</v>
       </c>
       <c r="N318" s="4">
-        <v>564186.89175288996</v>
+        <v>6077940.2419999996</v>
       </c>
       <c r="O318" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P318" s="3" t="s">
-        <v>1035</v>
+        <v>1072</v>
       </c>
       <c r="Q318" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R318" s="3" t="s">
-        <v>1033</v>
+        <v>1070</v>
       </c>
       <c r="S318" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T318" s="4">
         <v>0.01</v>
       </c>
       <c r="U318" s="2">
-        <v>49577</v>
+        <v>47469</v>
       </c>
       <c r="V318" s="4">
-        <v>4.6417520000000003</v>
+        <v>4.43</v>
       </c>
       <c r="W318" s="3" t="s">
-        <v>1036</v>
+        <v>1073</v>
       </c>
       <c r="X318" s="4">
-        <v>0</v>
+        <v>11872.4</v>
       </c>
       <c r="Y318" s="4">
-        <v>0</v>
+        <v>11872.4</v>
       </c>
       <c r="Z318" s="6">
-        <v>4.5800000000000002E-4</v>
+        <v>4.9579999999999997E-3</v>
       </c>
     </row>
     <row r="319" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A319" s="3" t="s">
-        <v>1037</v>
+        <v>1074</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>1038</v>
+        <v>1075</v>
       </c>
       <c r="C319" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D319" s="4">
-        <v>2440578.4223600002</v>
+        <v>5368000</v>
       </c>
       <c r="E319" s="5">
-        <v>97.59</v>
+        <v>99.935000000000002</v>
       </c>
       <c r="F319" s="4">
-        <v>2381760.4823811199</v>
+        <v>5364510.8</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H319" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I319" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J319" s="5">
-        <v>97.59</v>
+        <v>99.935000000000002</v>
       </c>
       <c r="K319" s="5">
         <v>1</v>
       </c>
       <c r="L319" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M319" s="4">
-        <v>2381760.4823810002</v>
+        <v>5364510.8</v>
       </c>
       <c r="N319" s="4">
-        <v>2381760.4823811199</v>
+        <v>5364510.8</v>
       </c>
       <c r="O319" s="3" t="s">
-        <v>1039</v>
+        <v>34</v>
       </c>
       <c r="P319" s="3" t="s">
-        <v>1040</v>
+        <v>1076</v>
       </c>
       <c r="Q319" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R319" s="3" t="s">
-        <v>1037</v>
+        <v>1074</v>
       </c>
       <c r="S319" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T319" s="4">
         <v>0.01</v>
       </c>
       <c r="U319" s="2">
-        <v>53919</v>
+        <v>49237</v>
       </c>
       <c r="V319" s="4">
-        <v>4.2130000000000001</v>
+        <v>4.7976299999999998</v>
       </c>
       <c r="W319" s="3" t="s">
-        <v>1041</v>
+        <v>1077</v>
       </c>
       <c r="X319" s="4">
         <v>0</v>
       </c>
       <c r="Y319" s="4">
         <v>0</v>
       </c>
       <c r="Z319" s="6">
-        <v>1.9350000000000001E-3</v>
+        <v>4.3759999999999997E-3</v>
       </c>
     </row>
     <row r="320" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A320" s="3" t="s">
-        <v>1042</v>
+        <v>1078</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>1043</v>
+        <v>1079</v>
       </c>
       <c r="C320" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D320" s="4">
-        <v>9814966</v>
+        <v>2278069.1717759999</v>
       </c>
       <c r="E320" s="5">
-        <v>94</v>
+        <v>100.0801</v>
       </c>
       <c r="F320" s="4">
-        <v>9226068.0399999991</v>
+        <v>2285924.1061515599</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="H320" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I320" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J320" s="5">
-        <v>94</v>
+        <v>100.0801</v>
       </c>
       <c r="K320" s="5">
         <v>1</v>
       </c>
       <c r="L320" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M320" s="4">
-        <v>9226068.0399999991</v>
+        <v>2285924.1061510001</v>
       </c>
       <c r="N320" s="4">
-        <v>9226068.0399999991</v>
+        <v>2285924.1061515599</v>
       </c>
       <c r="O320" s="3" t="s">
-        <v>1044</v>
+        <v>34</v>
       </c>
       <c r="P320" s="3" t="s">
-        <v>1040</v>
+        <v>1076</v>
       </c>
       <c r="Q320" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R320" s="3" t="s">
-        <v>1042</v>
+        <v>1078</v>
       </c>
       <c r="S320" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T320" s="4">
         <v>0.01</v>
       </c>
       <c r="U320" s="2">
-        <v>53919</v>
+        <v>48410</v>
       </c>
       <c r="V320" s="4">
-        <v>4.234</v>
+        <v>4.9721900000000003</v>
       </c>
       <c r="W320" s="3" t="s">
-        <v>1045</v>
+        <v>1080</v>
       </c>
       <c r="X320" s="4">
-        <v>0</v>
+        <v>6030.2009689699998</v>
       </c>
       <c r="Y320" s="4">
-        <v>0</v>
+        <v>6030.2009680000001</v>
       </c>
       <c r="Z320" s="6">
-        <v>7.4980000000000003E-3</v>
+        <v>1.864E-3</v>
       </c>
     </row>
     <row r="321" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A321" s="3" t="s">
-        <v>1046</v>
+        <v>1081</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>1047</v>
+        <v>1082</v>
       </c>
       <c r="C321" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D321" s="4">
-        <v>1897500.0027600001</v>
+        <v>153150000</v>
       </c>
       <c r="E321" s="5">
-        <v>99.999499999999998</v>
+        <v>100.12536299999999</v>
       </c>
       <c r="F321" s="4">
-        <v>1915899.6449450999</v>
+        <v>153341993.434499</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>206</v>
+        <v>1083</v>
       </c>
       <c r="H321" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I321" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J321" s="5">
-        <v>99.999499999999998</v>
+        <v>100.12536299999999</v>
       </c>
       <c r="K321" s="5">
         <v>1</v>
       </c>
       <c r="L321" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M321" s="4">
-        <v>1915899.6449450001</v>
+        <v>153341993.434499</v>
       </c>
       <c r="N321" s="4">
-        <v>1915899.6449450999</v>
+        <v>153341993.434499</v>
       </c>
       <c r="O321" s="3" t="s">
-        <v>34</v>
+        <v>1084</v>
       </c>
       <c r="P321" s="3" t="s">
-        <v>1048</v>
+        <v>1085</v>
       </c>
       <c r="Q321" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R321" s="3" t="s">
-        <v>1046</v>
+        <v>1081</v>
       </c>
       <c r="S321" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T321" s="4">
         <v>0.01</v>
       </c>
       <c r="U321" s="2">
-        <v>50515</v>
+        <v>46507</v>
       </c>
       <c r="V321" s="4">
-        <v>4.78444</v>
+        <v>3.7930608540000001</v>
       </c>
       <c r="W321" s="3" t="s">
-        <v>1049</v>
+        <v>1086</v>
       </c>
       <c r="X321" s="4">
-        <v>18409.129685110001</v>
+        <v>0</v>
       </c>
       <c r="Y321" s="4">
-        <v>18409.129685</v>
+        <v>0</v>
       </c>
       <c r="Z321" s="6">
-        <v>1.557E-3</v>
+        <v>0.12510299999999999</v>
       </c>
     </row>
     <row r="322" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A322" s="3" t="s">
-        <v>1050</v>
+        <v>1087</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>1051</v>
+        <v>1088</v>
       </c>
       <c r="C322" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D322" s="4">
-        <v>3674786.1513999999</v>
+        <v>13200000</v>
       </c>
       <c r="E322" s="5">
-        <v>99.578810000000004</v>
+        <v>100.118931</v>
       </c>
       <c r="F322" s="4">
-        <v>3659308.3196089198</v>
+        <v>13215698.892000001</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>206</v>
+        <v>1083</v>
       </c>
       <c r="H322" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I322" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J322" s="5">
-        <v>99.578810000000004</v>
+        <v>100.118931</v>
       </c>
       <c r="K322" s="5">
         <v>1</v>
       </c>
       <c r="L322" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M322" s="4">
-        <v>3659308.3196080001</v>
+        <v>13215698.892000001</v>
       </c>
       <c r="N322" s="4">
-        <v>3659308.3196089198</v>
+        <v>13215698.892000001</v>
       </c>
       <c r="O322" s="3" t="s">
-        <v>34</v>
+        <v>1089</v>
       </c>
       <c r="P322" s="3" t="s">
-        <v>1052</v>
+        <v>1085</v>
       </c>
       <c r="Q322" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R322" s="3" t="s">
-        <v>1050</v>
+        <v>1087</v>
       </c>
       <c r="S322" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T322" s="4">
         <v>0.01</v>
       </c>
       <c r="U322" s="2">
-        <v>52558</v>
+        <v>46599</v>
       </c>
       <c r="V322" s="4">
-        <v>5.6464509999999999</v>
+        <v>3.7920608539999998</v>
       </c>
       <c r="W322" s="3" t="s">
-        <v>1053</v>
+        <v>1090</v>
       </c>
       <c r="X322" s="4">
         <v>0</v>
       </c>
       <c r="Y322" s="4">
         <v>0</v>
       </c>
       <c r="Z322" s="6">
-        <v>2.9729999999999999E-3</v>
+        <v>1.0781000000000001E-2</v>
       </c>
     </row>
     <row r="323" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A323" s="3" t="s">
-        <v>1054</v>
+        <v>1091</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>1055</v>
+        <v>1092</v>
       </c>
       <c r="C323" s="3" t="s">
-        <v>178</v>
+        <v>1093</v>
       </c>
       <c r="D323" s="4">
-        <v>755067.29357600003</v>
+        <v>-976216.45</v>
       </c>
       <c r="E323" s="5">
-        <v>90.199749999999995</v>
+        <v>1</v>
       </c>
       <c r="F323" s="4">
-        <v>681068.81113707996</v>
+        <v>-976216.45</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>206</v>
+        <v>1094</v>
       </c>
       <c r="H323" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I323" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J323" s="5">
-        <v>90.199749999999995</v>
+        <v>1</v>
       </c>
       <c r="K323" s="5">
         <v>1</v>
       </c>
       <c r="L323" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M323" s="4">
-        <v>681068.81113699998</v>
+        <v>-976216.45</v>
       </c>
       <c r="N323" s="4">
-        <v>681068.81113707996</v>
+        <v>-976216.45</v>
       </c>
       <c r="O323" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P323" s="3" t="s">
-        <v>1035</v>
+        <v>34</v>
       </c>
       <c r="Q323" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R323" s="3" t="s">
-        <v>1054</v>
+        <v>34</v>
       </c>
       <c r="S323" s="3" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="T323" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>5.2792700000000004</v>
+        <v>1</v>
       </c>
       <c r="W323" s="3" t="s">
-        <v>1056</v>
+        <v>34</v>
       </c>
       <c r="X323" s="4">
         <v>0</v>
       </c>
       <c r="Y323" s="4">
         <v>0</v>
       </c>
       <c r="Z323" s="6">
-        <v>5.53E-4</v>
+        <v>-7.9600000000000005E-4</v>
       </c>
     </row>
     <row r="324" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A324" s="3" t="s">
-        <v>1057</v>
+        <v>1095</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>1058</v>
+        <v>1096</v>
       </c>
       <c r="C324" s="3" t="s">
-        <v>178</v>
+        <v>1097</v>
       </c>
       <c r="D324" s="4">
-        <v>11594960</v>
+        <v>2323242.2009999999</v>
       </c>
       <c r="E324" s="5">
-        <v>92.136349999999993</v>
+        <v>5.01</v>
       </c>
       <c r="F324" s="4">
-        <v>10683172.927959999</v>
+        <v>11639443.42701</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>206</v>
+        <v>1098</v>
       </c>
       <c r="H324" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I324" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J324" s="5">
-        <v>92.136349999999993</v>
+        <v>5.01</v>
       </c>
       <c r="K324" s="5">
         <v>1</v>
       </c>
       <c r="L324" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M324" s="4">
-        <v>10683172.927959999</v>
+        <v>11639443.42701</v>
       </c>
       <c r="N324" s="4">
-        <v>10683172.927959999</v>
+        <v>11639443.42701</v>
       </c>
       <c r="O324" s="3" t="s">
-        <v>34</v>
+        <v>1099</v>
       </c>
       <c r="P324" s="3" t="s">
-        <v>1052</v>
+        <v>1100</v>
       </c>
       <c r="Q324" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R324" s="3" t="s">
-        <v>1057</v>
+        <v>1101</v>
       </c>
       <c r="S324" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T324" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>6.369345</v>
+        <v>1</v>
       </c>
       <c r="W324" s="3" t="s">
-        <v>1059</v>
+        <v>1095</v>
       </c>
       <c r="X324" s="4">
         <v>0</v>
       </c>
       <c r="Y324" s="4">
         <v>0</v>
       </c>
       <c r="Z324" s="6">
-        <v>8.6820000000000005E-3</v>
+        <v>9.495E-3</v>
       </c>
     </row>
     <row r="325" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A325" s="3" t="s">
-        <v>1060</v>
+        <v>1102</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>1061</v>
+        <v>1103</v>
       </c>
       <c r="C325" s="3" t="s">
-        <v>178</v>
+        <v>1097</v>
       </c>
       <c r="D325" s="4">
-        <v>1506006.1543469999</v>
+        <v>5000</v>
       </c>
       <c r="E325" s="5">
-        <v>87.265720000000002</v>
+        <v>50.052199999999999</v>
       </c>
       <c r="F325" s="4">
-        <v>1315305.46695179</v>
+        <v>250261</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>206</v>
+        <v>1098</v>
       </c>
       <c r="H325" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I325" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J325" s="5">
-        <v>87.265720000000002</v>
+        <v>50.052199999999999</v>
       </c>
       <c r="K325" s="5">
         <v>1</v>
       </c>
       <c r="L325" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M325" s="4">
-        <v>1315305.466951</v>
+        <v>250261</v>
       </c>
       <c r="N325" s="4">
-        <v>1315305.46695179</v>
+        <v>250261</v>
       </c>
       <c r="O325" s="3" t="s">
-        <v>34</v>
+        <v>1104</v>
       </c>
       <c r="P325" s="3" t="s">
-        <v>1062</v>
+        <v>1105</v>
       </c>
       <c r="Q325" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R325" s="3" t="s">
-        <v>1060</v>
+        <v>1106</v>
       </c>
       <c r="S325" s="3" t="s">
-        <v>81</v>
+        <v>1107</v>
       </c>
       <c r="T325" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.2962100000000003</v>
+        <v>1</v>
       </c>
       <c r="W325" s="3" t="s">
-        <v>1063</v>
+        <v>1102</v>
       </c>
       <c r="X325" s="4">
-        <v>1078.35311673</v>
+        <v>0</v>
       </c>
       <c r="Y325" s="4">
-        <v>1078.353116</v>
+        <v>0</v>
       </c>
       <c r="Z325" s="6">
-        <v>1.0679999999999999E-3</v>
+        <v>2.04E-4</v>
       </c>
     </row>
     <row r="326" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A326" s="3" t="s">
-        <v>1064</v>
+        <v>1108</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>1065</v>
+        <v>1109</v>
       </c>
       <c r="C326" s="3" t="s">
-        <v>178</v>
+        <v>1097</v>
       </c>
       <c r="D326" s="4">
-        <v>1442025.4190430001</v>
+        <v>3348518.13</v>
       </c>
       <c r="E326" s="5">
-        <v>87.077259999999995</v>
+        <v>1</v>
       </c>
       <c r="F326" s="4">
-        <v>1255676.2234060899</v>
+        <v>3348518.13</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>206</v>
+        <v>1098</v>
       </c>
       <c r="H326" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I326" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J326" s="5">
-        <v>87.077259999999995</v>
+        <v>1</v>
       </c>
       <c r="K326" s="5">
         <v>1</v>
       </c>
       <c r="L326" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M326" s="4">
-        <v>1255676.2234060001</v>
+        <v>3348518.13</v>
       </c>
       <c r="N326" s="4">
-        <v>1255676.2234060899</v>
+        <v>3348518.13</v>
       </c>
       <c r="O326" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P326" s="3" t="s">
-        <v>1062</v>
+        <v>1110</v>
       </c>
       <c r="Q326" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="R326" s="3" t="s">
-        <v>1064</v>
+        <v>34</v>
       </c>
       <c r="S326" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T326" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.8692700000000002</v>
+        <v>1</v>
       </c>
       <c r="W326" s="3" t="s">
-        <v>1066</v>
+        <v>34</v>
       </c>
       <c r="X326" s="4">
         <v>0</v>
       </c>
       <c r="Y326" s="4">
         <v>0</v>
       </c>
       <c r="Z326" s="6">
-        <v>1.0200000000000001E-3</v>
+        <v>2.7309999999999999E-3</v>
       </c>
     </row>
     <row r="327" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A327" s="3" t="s">
-        <v>1067</v>
+        <v>1111</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>1068</v>
+        <v>1112</v>
       </c>
       <c r="C327" s="3" t="s">
-        <v>178</v>
+        <v>1113</v>
       </c>
       <c r="D327" s="4">
-        <v>1607841.849003</v>
+        <v>145000800</v>
       </c>
       <c r="E327" s="5">
-        <v>88.728480000000005</v>
+        <v>100</v>
       </c>
       <c r="F327" s="4">
-        <v>1427805.10050843</v>
+        <v>145015541.748</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>206</v>
+        <v>1114</v>
       </c>
       <c r="H327" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I327" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J327" s="5">
-        <v>88.728480000000005</v>
+        <v>100</v>
       </c>
       <c r="K327" s="5">
         <v>1</v>
       </c>
       <c r="L327" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M327" s="4">
-        <v>1427805.100508</v>
+        <v>145015541.748</v>
       </c>
       <c r="N327" s="4">
-        <v>1427805.10050843</v>
+        <v>145015541.748</v>
       </c>
       <c r="O327" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P327" s="3" t="s">
-        <v>1062</v>
+        <v>34</v>
       </c>
       <c r="Q327" s="3" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="R327" s="3" t="s">
-        <v>1067</v>
+        <v>34</v>
       </c>
       <c r="S327" s="3" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="T327" s="4">
         <v>0.01</v>
       </c>
       <c r="U327" s="2">
-        <v>49668</v>
+        <v>46055</v>
       </c>
       <c r="V327" s="4">
-        <v>4.4462099999999998</v>
+        <v>3.66</v>
       </c>
       <c r="W327" s="3" t="s">
-        <v>1069</v>
+        <v>34</v>
       </c>
       <c r="X327" s="4">
-        <v>1191.4670845799999</v>
+        <v>14741.748</v>
       </c>
       <c r="Y327" s="4">
-        <v>1191.4670840000001</v>
+        <v>14741.748</v>
       </c>
       <c r="Z327" s="6">
-        <v>1.16E-3</v>
+        <v>0.11831</v>
       </c>
     </row>
     <row r="328" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A328" s="3" t="s">
-        <v>1070</v>
+        <v>1115</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>1071</v>
-[...8 lines deleted...]
-        <v>32.419789999999999</v>
+        <v>1116</v>
       </c>
       <c r="F328" s="4">
-        <v>1233863.96414733</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>-202871632.59999999</v>
       </c>
       <c r="Z328" s="6">
-        <v>1.0020000000000001E-3</v>
+        <v>-0.165511693163059</v>
       </c>
     </row>
     <row r="329" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A329" s="3" t="s">
-        <v>1073</v>
+        <v>1117</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>1074</v>
-[...8 lines deleted...]
-        <v>92.632739999999998</v>
+        <v>1118</v>
       </c>
       <c r="F329" s="4">
-        <v>6602287.5662487801</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>305607981.138596</v>
       </c>
       <c r="Z329" s="6">
-        <v>5.365E-3</v>
+        <v>0.24932857173838899</v>
       </c>
     </row>
     <row r="330" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A330" s="3" t="s">
-        <v>1077</v>
+        <v>1119</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>1078</v>
-[...8 lines deleted...]
-        <v>95.38588</v>
+        <v>1120</v>
       </c>
       <c r="F330" s="4">
-        <v>2179567.358</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>35550000</v>
       </c>
       <c r="Z330" s="6">
-        <v>1.771E-3</v>
-[...79 lines deleted...]
-        <v>4.9389999999999998E-3</v>
+        <v>2.9003269784632999E-2</v>
       </c>
     </row>
     <row r="332" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A332" s="3" t="s">
-        <v>1086</v>
-[...74 lines deleted...]
-        <v>4.4000000000000003E-3</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="333" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A333" s="3" t="s">
-        <v>1090</v>
-[...74 lines deleted...]
-        <v>2.3280000000000002E-3</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="334" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A334" s="3" t="s">
-        <v>1093</v>
-[...74 lines deleted...]
-        <v>0.12534500000000001</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="335" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A335" s="3" t="s">
-        <v>1099</v>
-[...74 lines deleted...]
-        <v>1.0806E-2</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="336" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A336" s="3" t="s">
-        <v>1103</v>
-[...71 lines deleted...]
-    <row r="337" spans="1:26" x14ac:dyDescent="0.2">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="337" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A337" s="3" t="s">
-        <v>1107</v>
-[...238 lines deleted...]
-      <c r="G340" s="3" t="s">
         <v>1126</v>
-      </c>
-[...127 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>