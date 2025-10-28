--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd3db6d3f26a4758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb6ce44b911b45ba8371b66f7f6c2838.psmdcp" Id="R78c9382f3a01476d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd424c564e314a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0eaccd51954a4e39b1359d41934de587.psmdcp" Id="R489d0635c60a4faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Country CTD" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sector CTD" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Risk Profile - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 08/31/2020 to 08/31/2025</x:t>
+    <x:t>From 09/30/2020 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Aggregate</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Aggregate Index is an independently maintained and widely published index comprised of U.S. fixed rate debt issues having a maturity of at least one year and rated</x:t>
   </x:si>
   <x:si>
     <x:t>investment grade or higher.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>European Union</x:t>
   </x:si>
   <x:si>
     <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -435,66 +435,66 @@
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Government Related</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Net Duration Overlay</x:t>
   </x:si>
   <x:si>
     <x:t>Securitized</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Cntry Debt Exp.</x:t>
   </x:si>
   <x:si>
-    <x:t>5.1%</x:t>
+    <x:t>5.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>4.3%</x:t>
   </x:si>
   <x:si>
     <x:t>3.6%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
@@ -885,98 +885,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>6.85</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1031,128 +1031,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>97</x:v>
+        <x:v>97.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1180,337 +1180,337 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>95.9</x:v>
+        <x:v>97.1</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -1549,128 +1549,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>75.3</x:v>
+        <x:v>76.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>73.7</x:v>
+        <x:v>71.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
@@ -1831,142 +1831,142 @@
       <x:c r="A1" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="C11" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="2" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C12" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B14" s="2" t="n">
-        <x:v>5.55</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="C14" s="2" t="n">
-        <x:v>6.03</x:v>
+        <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1996,109 +1996,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
-        <x:v>1.62</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
-        <x:v>2.42</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C11" s="2" t="n">
-        <x:v>2.66</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2134,51 +2134,51 @@
         <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>5.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>114</x:v>