--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd424c564e314a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0eaccd51954a4e39b1359d41934de587.psmdcp" Id="R489d0635c60a4faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee8c87743b54396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1edf14791a494714b0ac5e6981fc7116.psmdcp" Id="R04972de673a74006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Country CTD" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sector CTD" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Risk Profile - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2020 to 09/30/2025</x:t>
+    <x:t>From 10/30/2020 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Aggregate</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Aggregate Index is an independently maintained and widely published index comprised of U.S. fixed rate debt issues having a maturity of at least one year and rated</x:t>
   </x:si>
   <x:si>
     <x:t>investment grade or higher.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>European Union</x:t>
   </x:si>
   <x:si>
     <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -435,72 +435,72 @@
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Government Related</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Net Duration Overlay</x:t>
   </x:si>
   <x:si>
     <x:t>Securitized</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Cntry Debt Exp.</x:t>
   </x:si>
   <x:si>
-    <x:t>5.2%</x:t>
+    <x:t>5.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
-    <x:t>4.3%</x:t>
+    <x:t>4.2%</x:t>
   </x:si>
   <x:si>
     <x:t>3.6%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -885,95 +885,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.06</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>6.86</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>6.32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
@@ -1031,128 +1031,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>97.6</x:v>
+        <x:v>96.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1180,348 +1180,348 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>-2.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>97.1</x:v>
+        <x:v>97.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1549,150 +1549,150 @@
       <x:c r="A1" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>76.1</x:v>
+        <x:v>77.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>71.7</x:v>
+        <x:v>73.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -1831,139 +1831,139 @@
       <x:c r="A1" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="C11" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="2" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C12" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B14" s="2" t="n">
-        <x:v>5.69</x:v>
+        <x:v>5.66</x:v>
       </x:c>
       <x:c r="C14" s="2" t="n">
         <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1996,106 +1996,106 @@
       <x:c r="A1" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
         <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>1.46</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
-        <x:v>2.49</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C11" s="2" t="n">
         <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -2123,65 +2123,65 @@
       <x:c r="A1" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">