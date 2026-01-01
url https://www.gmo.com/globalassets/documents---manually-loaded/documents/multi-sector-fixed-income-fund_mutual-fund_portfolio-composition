--- v2 (2025-11-19)
+++ v3 (2026-01-01)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee8c87743b54396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1edf14791a494714b0ac5e6981fc7116.psmdcp" Id="R04972de673a74006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa995b13364d43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/415b8f97fb514bca86a1ce6718952952.psmdcp" Id="R1e323216957048c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Country CTD" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sector CTD" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Risk Profile - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/30/2020 to 10/31/2025</x:t>
+    <x:t>From 11/30/2020 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Aggregate</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Aggregate Index is an independently maintained and widely published index comprised of U.S. fixed rate debt issues having a maturity of at least one year and rated</x:t>
   </x:si>
   <x:si>
     <x:t>investment grade or higher.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>European Union</x:t>
   </x:si>
   <x:si>
     <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -435,72 +435,72 @@
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Government Related</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Net Duration Overlay</x:t>
   </x:si>
   <x:si>
     <x:t>Securitized</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Cntry Debt Exp.</x:t>
   </x:si>
   <x:si>
-    <x:t>5.3%</x:t>
+    <x:t>5.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
-    <x:t>4.2%</x:t>
+    <x:t>4.1%</x:t>
   </x:si>
   <x:si>
     <x:t>3.6%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -885,98 +885,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.06</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>6.87</x:v>
+        <x:v>6.85</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>6.32</x:v>
+        <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1031,128 +1031,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>96.1</x:v>
+        <x:v>98.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1180,337 +1180,337 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>97.3</x:v>
+        <x:v>98.2</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -1549,128 +1549,128 @@
       <x:c r="A1" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>77.6</x:v>
+        <x:v>73.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>73.9</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
@@ -1831,139 +1831,139 @@
       <x:c r="A1" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="C11" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="2" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C12" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B14" s="2" t="n">
-        <x:v>5.66</x:v>
+        <x:v>5.37</x:v>
       </x:c>
       <x:c r="C14" s="2" t="n">
         <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1996,106 +1996,106 @@
       <x:c r="A1" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>1.52</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
         <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>1.46</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
-        <x:v>2.43</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C11" s="2" t="n">
         <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -2123,51 +2123,51 @@
       <x:c r="A1" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>