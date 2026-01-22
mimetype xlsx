--- v3 (2026-01-01)
+++ v4 (2026-01-22)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa995b13364d43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/415b8f97fb514bca86a1ce6718952952.psmdcp" Id="R1e323216957048c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46aedd50d44c4add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55aeba1b491548398eb1bb5cd750becd.psmdcp" Id="R4c6181e2585948f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Country CTD" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sector CTD" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Risk Profile - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 11/30/2020 to 11/30/2025</x:t>
+    <x:t>From 12/31/2020 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Aggregate</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -180,51 +180,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg U.S. Aggregate Index is an independently maintained and widely published index comprised of U.S. fixed rate debt issues having a maturity of at least one year and rated</x:t>
   </x:si>
   <x:si>
     <x:t>investment grade or higher.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>European Union</x:t>
   </x:si>
   <x:si>
     <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -360,51 +360,51 @@
   <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
-    <x:t>Copyright 2025, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
+    <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
   </x:si>
   <x:si>
     <x:t>Content and are not responsible for any errors or omissions (negligent or otherwise), regardless of the cause, or for the results obtained from the use of such Content. In no event shall</x:t>
   </x:si>
   <x:si>
     <x:t>Content Providers be liable for any damages, costs, expenses, legal fees, or losses (including lost income or lost profit and opportunity costs) in connection with any use of the Content.</x:t>
   </x:si>
   <x:si>
     <x:t>A reference to a particular investment or security, a rating or any observation concerning an investment that is part of the Content is not a recommendation to buy, sell or hold such</x:t>
   </x:si>
   <x:si>
     <x:t>investment or security, does not address the suitability of an investment or security and should not be relied on as investment advice. Credit ratings are statements of opinions and are</x:t>
   </x:si>
   <x:si>
     <x:t>not statements of fact.</x:t>
   </x:si>
   <x:si>
     <x:t>Unless you have a direct agreement with S&amp;P permitting otherwise:</x:t>
   </x:si>
   <x:si>
     <x:t>i. The credit ratings may not be used as a substitute for a direct license with S&amp;P;</x:t>
   </x:si>
@@ -435,75 +435,75 @@
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Government Related</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Net Duration Overlay</x:t>
   </x:si>
   <x:si>
     <x:t>Securitized</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Cntry Debt Exp.</x:t>
   </x:si>
   <x:si>
-    <x:t>5.0%</x:t>
+    <x:t>4.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>4.1%</x:t>
   </x:si>
   <x:si>
-    <x:t>3.6%</x:t>
+    <x:t>3.7%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -885,87 +885,87 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.06</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>6.85</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>6.31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
@@ -1042,117 +1042,117 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>98.4</x:v>
+        <x:v>100.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1180,337 +1180,337 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>98.2</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -1549,161 +1549,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>73.2</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>74</x:v>
+        <x:v>74.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
@@ -1842,128 +1842,128 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="C11" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="2" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C12" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B14" s="2" t="n">
-        <x:v>5.37</x:v>
+        <x:v>5.55</x:v>
       </x:c>
       <x:c r="C14" s="2" t="n">
         <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -2018,84 +2018,84 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
         <x:v>0.32</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>1.43</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
         <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
-        <x:v>2.44</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C11" s="2" t="n">
         <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -2134,51 +2134,51 @@
         <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>114</x:v>