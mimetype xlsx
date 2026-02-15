--- v4 (2026-01-22)
+++ v5 (2026-02-15)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46aedd50d44c4add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55aeba1b491548398eb1bb5cd750becd.psmdcp" Id="R4c6181e2585948f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e6b187e7704ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c0cbbeecc1b446ba12ac2bc6e31d045.psmdcp" Id="R4b8cf3b7c6f04c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Country CTD" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sector CTD" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Risk Profile - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 12/31/2020 to 12/31/2025</x:t>
+    <x:t>From 01/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Aggregate</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -402,84 +402,84 @@
   <x:si>
     <x:t>not statements of fact.</x:t>
   </x:si>
   <x:si>
     <x:t>Unless you have a direct agreement with S&amp;P permitting otherwise:</x:t>
   </x:si>
   <x:si>
     <x:t>i. The credit ratings may not be used as a substitute for a direct license with S&amp;P;</x:t>
   </x:si>
   <x:si>
     <x:t>ii. You may use the credit ratings for informational purposes only and not as an alternative to obtaining credit ratings from and/or pursuant to an agreement with S&amp;P;</x:t>
   </x:si>
   <x:si>
     <x:t>iii. The credit ratings may not be used to populate a security master, database or network server;</x:t>
   </x:si>
   <x:si>
     <x:t>iv. Redistribution of the credit ratings is prohibited without S&amp;P’s consent; and</x:t>
   </x:si>
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>Country CTD - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
+    <x:t>As of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Country contribution to duration is measure of each country’s contribution to the overall portfolio duration.</x:t>
   </x:si>
   <x:si>
     <x:t>Sector CTD - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Government Related</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Net Duration Overlay</x:t>
   </x:si>
   <x:si>
     <x:t>Securitized</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Multi-Sector Fixed Income Fund</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Cntry Debt Exp.</x:t>
   </x:si>
   <x:si>
     <x:t>4.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>4.1%</x:t>
   </x:si>
   <x:si>
     <x:t>3.7%</x:t>
   </x:si>
@@ -885,98 +885,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.06</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>6.85</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>6.31</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1812,100 +1812,100 @@
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.650625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.530625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.690625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.02</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
         <x:v>-0.02</x:v>
@@ -1927,228 +1927,228 @@
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B13" s="2" t="n">
         <x:v>0.12</x:v>
       </x:c>
       <x:c r="C13" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B14" s="2" t="n">
         <x:v>5.55</x:v>
       </x:c>
       <x:c r="C14" s="2" t="n">
         <x:v>6.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.100625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.530625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.690625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
         <x:v>0.32</x:v>
       </x:c>
       <x:c r="C6" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="2" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>1.39</x:v>
       </x:c>
       <x:c r="C8" s="2" t="n">
         <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
         <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>1.34</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B11" s="2" t="n">
         <x:v>2.64</x:v>
       </x:c>
       <x:c r="C11" s="2" t="n">
         <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.580625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.530625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.690625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">