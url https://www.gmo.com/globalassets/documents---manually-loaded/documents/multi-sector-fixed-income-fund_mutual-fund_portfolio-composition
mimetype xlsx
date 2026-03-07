--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e6b187e7704ddf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2c0cbbeecc1b446ba12ac2bc6e31d045.psmdcp" Id="R4b8cf3b7c6f04c10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3deb86256e37421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f71c4ccdbe5479ebfd7f08d1398195a.psmdcp" Id="R2f31b1e5ea114865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Country CTD" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sector CTD" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>
     <x:t>Risk Profile - Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 01/29/2021 to 01/31/2026</x:t>
+    <x:t>From 02/26/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Sector Fixed Income Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Aggregate</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -885,98 +885,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.06</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.96</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>6.84</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>