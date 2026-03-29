--- v6 (2026-03-07)
+++ v7 (2026-03-29)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3deb86256e37421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f71c4ccdbe5479ebfd7f08d1398195a.psmdcp" Id="R2f31b1e5ea114865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9f6c5e5bc44787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fed693cb57914e4b8b6d255f56179f99.psmdcp" Id="R7513c6fae92a4d88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Credit Ratings" sheetId="5" r:id="rId5"/>
     <x:sheet name="Country CTD" sheetId="6" r:id="rId6"/>
     <x:sheet name="Sector CTD" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>