--- v4 (2026-01-22)
+++ v5 (2026-02-15)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72064db32872425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a5b5b4ea7754f4997e358164919d047.psmdcp" Id="Rb08929def1fa4ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22fad3fdc88143ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1946fa8d9277483ab4d9956f4ae9172f.psmdcp" Id="R0f6f254ec2ee4145" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class III_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class IV_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class III_Month-End" sheetId="4" r:id="rId4"/>
     <x:sheet name="Share Class IV_Month-End" sheetId="5" r:id="rId5"/>
     <x:sheet name="Share Class III_Quarter-End" sheetId="6" r:id="rId6"/>
     <x:sheet name="Share Class IV_Quarter-End" sheetId="7" r:id="rId7"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="493" uniqueCount="493">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="497" uniqueCount="497">
   <x:si>
     <x:t>Performance - Multi-Sector Fixed Income Fund | Share Class III</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/30/1997</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg U.S. Aggregate</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -1046,50 +1049,53 @@
   <x:si>
     <x:t>01/31/1998</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/1997</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/1997</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/1997</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/1997</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/1997</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/1997</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/1997</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
@@ -1367,51 +1373,51 @@
   <x:si>
     <x:t>Q3-1999</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-1999</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-1999</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-1998</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-1998</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-1998</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-1997</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-1997</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Standardized/SEC) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>If certain expenses were not reimbursed, performance would be lower. Transaction costs, if any, are paid to the fund to offset the cost of portfolio transactions to invest or raise cash.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
@@ -1469,78 +1475,84 @@
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Multi-Sector Fixed Income Fund | Share Class IV</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 07/26/2005</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Sector Fixed Income Fund-IV</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2005</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -1881,12780 +1893,12864 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G498"/>
+  <x:dimension ref="A1:G501"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.210625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.64</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.61</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-2.64</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>-2.61</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>4.53</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.7</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.67</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-2.93</x:v>
+        <x:v>-4.7</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-4.67</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-2.93</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.73</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.85</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-3.85</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-2.04</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-1.29</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>-1.29</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1.49</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-2.25</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>-2.25</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
         <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
         <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
         <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>-3.69</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-3.69</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>-2.16</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-2.16</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
         <x:v>0.43</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
       <x:c r="A179" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:7">
       <x:c r="A180" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:7">
       <x:c r="A181" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:7">
       <x:c r="A182" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:7">
       <x:c r="A183" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:7">
       <x:c r="A184" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:7">
       <x:c r="A185" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:7">
       <x:c r="A186" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:7">
       <x:c r="A187" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B187" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C187" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D187" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:7">
       <x:c r="A188" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B188" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C188" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D188" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:7">
       <x:c r="A189" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B189" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C189" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D189" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:7">
       <x:c r="A190" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C190" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D190" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:7">
       <x:c r="A191" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:7">
       <x:c r="A192" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:7">
       <x:c r="A193" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:7">
       <x:c r="A194" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:7">
       <x:c r="A195" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:7">
       <x:c r="A196" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:7">
       <x:c r="A197" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:7">
       <x:c r="A198" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:7">
       <x:c r="A199" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>-1.29</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:7">
       <x:c r="A200" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-1.29</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:7">
       <x:c r="A201" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B201" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C201" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="D201" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:7">
       <x:c r="A202" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B202" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C202" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D202" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:7">
       <x:c r="A203" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B203" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="C203" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D203" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:7">
       <x:c r="A204" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B204" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C204" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D204" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:7">
       <x:c r="A205" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B205" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C205" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D205" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:7">
       <x:c r="A206" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B206" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C206" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D206" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:7">
       <x:c r="A207" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B207" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="C207" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D207" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:7">
       <x:c r="A208" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B208" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C208" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D208" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:7">
       <x:c r="A209" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B209" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C209" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D209" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:7">
       <x:c r="A210" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B210" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C210" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D210" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:7">
       <x:c r="A211" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B211" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C211" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D211" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:7">
       <x:c r="A212" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B212" s="4" t="n">
-        <x:v>-4.95</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C212" s="4" t="n">
-        <x:v>-4.92</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D212" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:7">
       <x:c r="A213" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B213" s="4" t="n">
-        <x:v>-10.61</x:v>
+        <x:v>-4.95</x:v>
       </x:c>
       <x:c r="C213" s="4" t="n">
-        <x:v>-10.57</x:v>
+        <x:v>-4.92</x:v>
       </x:c>
       <x:c r="D213" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:7">
       <x:c r="A214" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B214" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-10.61</x:v>
       </x:c>
       <x:c r="C214" s="4" t="n">
-        <x:v>-3.56</x:v>
+        <x:v>-10.57</x:v>
       </x:c>
       <x:c r="D214" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:7">
       <x:c r="A215" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B215" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="C215" s="4" t="n">
-        <x:v>-0.97</x:v>
+        <x:v>-3.56</x:v>
       </x:c>
       <x:c r="D215" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:7">
       <x:c r="A216" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B216" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="C216" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-0.97</x:v>
       </x:c>
       <x:c r="D216" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:7">
       <x:c r="A217" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B217" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="C217" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D217" s="4" t="n">
         <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:7">
       <x:c r="A218" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B218" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C218" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D218" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:7">
       <x:c r="A219" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B219" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C219" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D219" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:7">
       <x:c r="A220" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B220" s="4" t="n">
+        <x:v>0.21</x:v>
+      </x:c>
+      <x:c r="C220" s="4" t="n">
+        <x:v>0.25</x:v>
+      </x:c>
+      <x:c r="D220" s="4" t="n">
         <x:v>-0.21</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:7">
       <x:c r="A221" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B221" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C221" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D221" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:7">
       <x:c r="A222" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B222" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C222" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D222" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:7">
       <x:c r="A223" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B223" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C223" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D223" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>1.68</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:7">
       <x:c r="A224" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B224" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="C224" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D224" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:7">
       <x:c r="A225" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B225" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C225" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D225" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:7">
       <x:c r="A226" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B226" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C226" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D226" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:7">
       <x:c r="A227" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B227" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C227" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D227" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:7">
       <x:c r="A228" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B228" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C228" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="D228" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:7">
       <x:c r="A229" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B229" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="C229" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="D229" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:7">
       <x:c r="A230" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B230" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C230" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D230" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:7">
       <x:c r="A231" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B231" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C231" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D231" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:7">
       <x:c r="A232" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B232" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C232" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D232" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:7">
       <x:c r="A233" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B233" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C233" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="D233" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:7">
       <x:c r="A234" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B234" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C234" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D234" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:7">
       <x:c r="A235" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B235" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C235" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D235" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:7">
       <x:c r="A236" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B236" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="C236" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D236" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:7">
       <x:c r="A237" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B237" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C237" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D237" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:7">
       <x:c r="A238" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B238" s="4" t="n">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="C238" s="4" t="n">
+        <x:v>0.98</x:v>
+      </x:c>
+      <x:c r="D238" s="4" t="n">
         <x:v>0.66</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:7">
       <x:c r="A239" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B239" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C239" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D239" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:7">
       <x:c r="A240" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B240" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C240" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D240" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:7">
       <x:c r="A241" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B241" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C241" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D241" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:7">
       <x:c r="A242" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B242" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C242" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D242" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:7">
       <x:c r="A243" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B243" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C243" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D243" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:7">
       <x:c r="A244" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B244" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C244" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D244" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:7">
       <x:c r="A245" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B245" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="C245" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D245" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:7">
       <x:c r="A246" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B246" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="C246" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D246" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:7">
       <x:c r="A247" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B247" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="C247" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D247" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:7">
       <x:c r="A248" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B248" s="4" t="n">
+        <x:v>0.22</x:v>
+      </x:c>
+      <x:c r="C248" s="4" t="n">
+        <x:v>0.25</x:v>
+      </x:c>
+      <x:c r="D248" s="4" t="n">
         <x:v>0.95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:7">
       <x:c r="A249" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B249" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C249" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D249" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:7">
       <x:c r="A250" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B250" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C250" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D250" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:7">
       <x:c r="A251" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B251" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C251" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D251" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:7">
       <x:c r="A252" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B252" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C252" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D252" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:7">
       <x:c r="A253" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B253" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C253" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D253" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:7">
       <x:c r="A254" s="2" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B254" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="C254" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D254" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:7">
       <x:c r="A255" s="2" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B255" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="C255" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D255" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:7">
       <x:c r="A256" s="2" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B256" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C256" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D256" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:7">
       <x:c r="A257" s="2" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B257" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="C257" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="D257" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:7">
       <x:c r="A258" s="2" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B258" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C258" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D258" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:7">
       <x:c r="A259" s="2" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B259" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C259" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D259" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:7">
       <x:c r="A260" s="2" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B260" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C260" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D260" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:7">
       <x:c r="A261" s="2" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B261" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C261" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="D261" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:7">
       <x:c r="A262" s="2" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B262" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C262" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="D262" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:7">
       <x:c r="A263" s="2" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B263" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C263" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D263" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:7">
       <x:c r="A264" s="2" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B264" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C264" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D264" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:7">
       <x:c r="A265" s="2" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B265" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C265" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D265" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:7">
       <x:c r="A266" s="2" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B266" s="4" t="n">
-        <x:v>-3.43</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C266" s="4" t="n">
-        <x:v>-3.39</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D266" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:7">
       <x:c r="A267" s="2" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B267" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-3.43</x:v>
       </x:c>
       <x:c r="C267" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-3.39</x:v>
       </x:c>
       <x:c r="D267" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:7">
       <x:c r="A268" s="2" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B268" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C268" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D268" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:7">
       <x:c r="A269" s="2" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B269" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C269" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D269" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:7">
       <x:c r="A270" s="2" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B270" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C270" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D270" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:7">
       <x:c r="A271" s="2" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B271" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="C271" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D271" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:7">
       <x:c r="A272" s="2" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B272" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C272" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="D272" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:7">
       <x:c r="A273" s="2" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B273" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="C273" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D273" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:7">
       <x:c r="A274" s="2" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B274" s="4" t="n">
-        <x:v>-3.22</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C274" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D274" s="4" t="n">
-        <x:v>-3.36</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:7">
       <x:c r="A275" s="2" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B275" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-3.22</x:v>
       </x:c>
       <x:c r="C275" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="D275" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:7">
       <x:c r="A276" s="2" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B276" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C276" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D276" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:7">
       <x:c r="A277" s="2" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B277" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C277" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D277" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:7">
       <x:c r="A278" s="2" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B278" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C278" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="D278" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:7">
       <x:c r="A279" s="2" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B279" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C279" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D279" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:7">
       <x:c r="A280" s="2" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B280" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C280" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D280" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:7">
       <x:c r="A281" s="2" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B281" s="4" t="n">
-        <x:v>-4.14</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C281" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D281" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:7">
       <x:c r="A282" s="2" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B282" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>-4.14</x:v>
       </x:c>
       <x:c r="C282" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="D282" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:7">
       <x:c r="A283" s="2" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B283" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C283" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
       <x:c r="D283" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:7">
       <x:c r="A284" s="2" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B284" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="C284" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D284" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>1.62</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:7">
       <x:c r="A285" s="2" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B285" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C285" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D285" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:7">
       <x:c r="A286" s="2" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B286" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="C286" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D286" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:7">
       <x:c r="A287" s="2" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B287" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C287" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D287" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:7">
       <x:c r="A288" s="2" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B288" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C288" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D288" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:7">
       <x:c r="A289" s="2" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B289" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="C289" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D289" s="4" t="n">
-        <x:v>-1.66</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:7">
       <x:c r="A290" s="2" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B290" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C290" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D290" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:7">
       <x:c r="A291" s="2" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B291" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="C291" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D291" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:7">
       <x:c r="A292" s="2" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B292" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C292" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D292" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:7">
       <x:c r="A293" s="2" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B293" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="C293" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="D293" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:7">
       <x:c r="A294" s="2" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B294" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="C294" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D294" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:7">
       <x:c r="A295" s="2" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B295" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="C295" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D295" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:7">
       <x:c r="A296" s="2" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B296" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C296" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D296" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.15</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:7">
       <x:c r="A297" s="2" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B297" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="C297" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D297" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:7">
       <x:c r="A298" s="2" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B298" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C298" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D298" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:7">
       <x:c r="A299" s="2" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B299" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C299" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D299" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:7">
       <x:c r="A300" s="2" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B300" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C300" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D300" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:7">
       <x:c r="A301" s="2" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B301" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="C301" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="D301" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:7">
       <x:c r="A302" s="2" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B302" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C302" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D302" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:7">
       <x:c r="A303" s="2" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B303" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="C303" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D303" s="4" t="n">
         <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:7">
       <x:c r="A304" s="2" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B304" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C304" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D304" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:7">
       <x:c r="A305" s="2" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B305" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C305" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D305" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:7">
       <x:c r="A306" s="2" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B306" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C306" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D306" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:7">
       <x:c r="A307" s="2" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B307" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C307" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D307" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>1.45</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:7">
       <x:c r="A308" s="2" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B308" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="C308" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D308" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:7">
       <x:c r="A309" s="2" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B309" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C309" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D309" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:7">
       <x:c r="A310" s="2" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B310" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C310" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="D310" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:7">
       <x:c r="A311" s="2" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B311" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C311" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D311" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:7">
       <x:c r="A312" s="2" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B312" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C312" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D312" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:7">
       <x:c r="A313" s="2" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B313" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="C313" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="D313" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:7">
       <x:c r="A314" s="2" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B314" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C314" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D314" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:7">
       <x:c r="A315" s="2" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B315" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C315" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="D315" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:7">
       <x:c r="A316" s="2" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B316" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C316" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D316" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:7">
       <x:c r="A317" s="2" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B317" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C317" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D317" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:7">
       <x:c r="A318" s="2" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B318" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C318" s="4" t="n">
-        <x:v>-1.68</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D318" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:7">
       <x:c r="A319" s="2" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B319" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="C319" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>-1.68</x:v>
       </x:c>
       <x:c r="D319" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:7">
       <x:c r="A320" s="2" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B320" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="C320" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="D320" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:7">
       <x:c r="A321" s="2" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B321" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C321" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="D321" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:7">
       <x:c r="A322" s="2" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B322" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C322" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D322" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:7">
       <x:c r="A323" s="2" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B323" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C323" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D323" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:7">
       <x:c r="A324" s="2" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B324" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C324" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="D324" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:7">
       <x:c r="A325" s="2" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B325" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="C325" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="D325" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:7">
       <x:c r="A326" s="2" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B326" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C326" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D326" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:7">
       <x:c r="A327" s="2" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B327" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="C327" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="D327" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:7">
       <x:c r="A328" s="2" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B328" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="C328" s="4" t="n">
-        <x:v>-0.91</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="D328" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:7">
       <x:c r="A329" s="2" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B329" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C329" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.91</x:v>
       </x:c>
       <x:c r="D329" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:7">
       <x:c r="A330" s="2" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B330" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C330" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D330" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:7">
       <x:c r="A331" s="2" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B331" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="C331" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D331" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:7">
       <x:c r="A332" s="2" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B332" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C332" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D332" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:7">
       <x:c r="A333" s="2" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B333" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C333" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D333" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:7">
       <x:c r="A334" s="2" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B334" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C334" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D334" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:7">
       <x:c r="A335" s="2" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B335" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C335" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D335" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:7">
       <x:c r="A336" s="2" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B336" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C336" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D336" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:7">
       <x:c r="A337" s="2" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B337" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="C337" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D337" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:7">
       <x:c r="A338" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B338" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C338" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D338" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.45</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:7">
       <x:c r="A339" s="2" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B339" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="C339" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D339" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:7">
       <x:c r="A340" s="2" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B340" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="C340" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D340" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:7">
       <x:c r="A341" s="2" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B341" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="C341" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="D341" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:7">
       <x:c r="A342" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B342" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="C342" s="4" t="n">
+        <x:v>1.72</x:v>
+      </x:c>
+      <x:c r="D342" s="4" t="n">
+        <x:v>1.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="343" spans="1:7">
+      <x:c r="A343" s="2" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="B343" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
-      <x:c r="C342" s="4" t="n">
+      <x:c r="C343" s="4" t="n">
         <x:v>0.83</x:v>
       </x:c>
-      <x:c r="D342" s="4" t="n">
+      <x:c r="D343" s="4" t="n">
         <x:v>0.95</x:v>
       </x:c>
     </x:row>
-    <x:row r="344" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="345" spans="1:7">
-      <x:c r="A345" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A345" s="2" t="s"/>
+      <x:c r="B345" s="3" t="s"/>
+      <x:c r="C345" s="3" t="s"/>
+      <x:c r="D345" s="3" t="s"/>
     </x:row>
     <x:row r="346" spans="1:7">
       <x:c r="A346" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B346" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C346" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D346" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:7">
       <x:c r="A347" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B347" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C347" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D347" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:7">
       <x:c r="A348" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B348" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="C348" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D348" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:7">
       <x:c r="A349" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B349" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C349" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D349" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:7">
       <x:c r="A350" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B350" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C350" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D350" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:7">
       <x:c r="A351" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B351" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="C351" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="D351" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:7">
       <x:c r="A352" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B352" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="C352" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D352" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:7">
       <x:c r="A353" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B353" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C353" s="4" t="n">
-        <x:v>6.13</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D353" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:7">
       <x:c r="A354" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B354" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C354" s="4" t="n">
-        <x:v>-2.09</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="D354" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:7">
       <x:c r="A355" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B355" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C355" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D355" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:7">
       <x:c r="A356" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B356" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C356" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>-2.09</x:v>
       </x:c>
       <x:c r="D356" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:7">
       <x:c r="A357" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B357" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="C357" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D357" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:7">
       <x:c r="A358" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B358" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C358" s="4" t="n">
-        <x:v>-4.1</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D358" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:7">
       <x:c r="A359" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B359" s="4" t="n">
-        <x:v>-6.19</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C359" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D359" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:7">
       <x:c r="A360" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B360" s="4" t="n">
-        <x:v>-6.88</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="C360" s="4" t="n">
-        <x:v>-6.79</x:v>
+        <x:v>-4.1</x:v>
       </x:c>
       <x:c r="D360" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:7">
       <x:c r="A361" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B361" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-6.19</x:v>
       </x:c>
       <x:c r="C361" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="D361" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:7">
       <x:c r="A362" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B362" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-6.88</x:v>
       </x:c>
       <x:c r="C362" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>-6.79</x:v>
       </x:c>
       <x:c r="D362" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:7">
       <x:c r="A363" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B363" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C363" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="D363" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:7">
       <x:c r="A364" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B364" s="4" t="n">
-        <x:v>-4.66</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C364" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D364" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:7">
       <x:c r="A365" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B365" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C365" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D365" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:7">
       <x:c r="A366" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B366" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-4.66</x:v>
       </x:c>
       <x:c r="C366" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="D366" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:7">
       <x:c r="A367" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B367" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C367" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D367" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:7">
       <x:c r="A368" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B368" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C368" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D368" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:7">
       <x:c r="A369" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B369" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>4.47</x:v>
       </x:c>
       <x:c r="C369" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D369" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:7">
       <x:c r="A370" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B370" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C370" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D370" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:7">
       <x:c r="A371" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B371" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C371" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D371" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:7">
       <x:c r="A372" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B372" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C372" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D372" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:7">
       <x:c r="A373" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B373" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C373" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D373" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:7">
       <x:c r="A374" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B374" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C374" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D374" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:7">
       <x:c r="A375" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B375" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C375" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D375" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:7">
       <x:c r="A376" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B376" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C376" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D376" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:7">
       <x:c r="A377" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B377" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="C377" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D377" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:7">
       <x:c r="A378" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B378" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C378" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D378" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:7">
       <x:c r="A379" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B379" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C379" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D379" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:7">
       <x:c r="A380" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B380" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C380" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D380" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:7">
       <x:c r="A381" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B381" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C381" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D381" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>1.45</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:7">
       <x:c r="A382" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B382" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C382" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D382" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:7">
       <x:c r="A383" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B383" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
       <x:c r="C383" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D383" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:7">
       <x:c r="A384" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B384" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C384" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D384" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:7">
       <x:c r="A385" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B385" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C385" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D385" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:7">
       <x:c r="A386" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B386" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C386" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D386" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:7">
       <x:c r="A387" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B387" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C387" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D387" s="4" t="n">
-        <x:v>-1.68</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:7">
       <x:c r="A388" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B388" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="C388" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D388" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:7">
       <x:c r="A389" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B389" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="C389" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D389" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-1.68</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:7">
       <x:c r="A390" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B390" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="C390" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="D390" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:7">
       <x:c r="A391" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B391" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="C391" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D391" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:7">
       <x:c r="A392" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B392" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C392" s="4" t="n">
-        <x:v>3.28</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D392" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:7">
       <x:c r="A393" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B393" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="C393" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D393" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:7">
       <x:c r="A394" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B394" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="C394" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D394" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:7">
       <x:c r="A395" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B395" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C395" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D395" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:7">
       <x:c r="A396" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B396" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C396" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D396" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:7">
       <x:c r="A397" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B397" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="C397" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="D397" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:7">
       <x:c r="A398" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B398" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C398" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D398" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:7">
       <x:c r="A399" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B399" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C399" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D399" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:7">
       <x:c r="A400" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B400" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="C400" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D400" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:7">
       <x:c r="A401" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B401" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C401" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D401" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:7">
       <x:c r="A402" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B402" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C402" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D402" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:7">
       <x:c r="A403" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B403" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C403" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D403" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:7">
       <x:c r="A404" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B404" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C404" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D404" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:7">
       <x:c r="A405" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B405" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C405" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D405" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:7">
       <x:c r="A406" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B406" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C406" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D406" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:7">
       <x:c r="A407" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B407" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="C407" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D407" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:7">
       <x:c r="A408" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B408" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C408" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D408" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:7">
       <x:c r="A409" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B409" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="C409" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D409" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:7">
       <x:c r="A410" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B410" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C410" s="4" t="n">
-        <x:v>9.22</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D410" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:7">
       <x:c r="A411" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B411" s="4" t="n">
-        <x:v>7.68</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C411" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D411" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:7">
       <x:c r="A412" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B412" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C412" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>9.22</x:v>
       </x:c>
       <x:c r="D412" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:7">
       <x:c r="A413" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B413" s="4" t="n">
-        <x:v>-15.24</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="C413" s="4" t="n">
-        <x:v>-15.15</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D413" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:7">
       <x:c r="A414" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B414" s="4" t="n">
-        <x:v>-4.93</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="C414" s="4" t="n">
-        <x:v>-4.83</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D414" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:7">
       <x:c r="A415" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B415" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-15.24</x:v>
       </x:c>
       <x:c r="C415" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-15.15</x:v>
       </x:c>
       <x:c r="D415" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.58</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:7">
       <x:c r="A416" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B416" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-4.93</x:v>
       </x:c>
       <x:c r="C416" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-4.83</x:v>
       </x:c>
       <x:c r="D416" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:7">
       <x:c r="A417" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B417" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C417" s="4" t="n">
-        <x:v>-1.28</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D417" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:7">
       <x:c r="A418" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B418" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C418" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D418" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:7">
       <x:c r="A419" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B419" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="C419" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>-1.28</x:v>
       </x:c>
       <x:c r="D419" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:7">
       <x:c r="A420" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B420" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C420" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D420" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:7">
       <x:c r="A421" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B421" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C421" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D421" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:7">
       <x:c r="A422" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B422" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C422" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D422" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:7">
       <x:c r="A423" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B423" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C423" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D423" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>1.24</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:7">
       <x:c r="A424" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B424" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="C424" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D424" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:7">
       <x:c r="A425" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B425" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C425" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D425" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:7">
       <x:c r="A426" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B426" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="C426" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D426" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:7">
       <x:c r="A427" s="2" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B427" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C427" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D427" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:7">
       <x:c r="A428" s="2" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B428" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C428" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="D428" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:7">
       <x:c r="A429" s="2" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B429" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="C429" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D429" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:7">
       <x:c r="A430" s="2" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B430" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C430" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D430" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:7">
       <x:c r="A431" s="2" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B431" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="C431" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D431" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:7">
       <x:c r="A432" s="2" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B432" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="C432" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
       <x:c r="D432" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:7">
       <x:c r="A433" s="2" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B433" s="4" t="n">
-        <x:v>5.94</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="C433" s="4" t="n">
-        <x:v>6.04</x:v>
+        <x:v>4.37</x:v>
       </x:c>
       <x:c r="D433" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.66</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:7">
       <x:c r="A434" s="2" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B434" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="C434" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D434" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:7">
       <x:c r="A435" s="2" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B435" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>5.94</x:v>
       </x:c>
       <x:c r="C435" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>6.04</x:v>
       </x:c>
       <x:c r="D435" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:7">
       <x:c r="A436" s="2" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B436" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="C436" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D436" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:7">
       <x:c r="A437" s="2" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B437" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C437" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="D437" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>4.58</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:7">
       <x:c r="A438" s="2" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B438" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="C438" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="D438" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>3.69</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:7">
       <x:c r="A439" s="2" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B439" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C439" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D439" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:7">
       <x:c r="A440" s="2" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B440" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="C440" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D440" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>4.62</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:7">
       <x:c r="A441" s="2" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B441" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="C441" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D441" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:7">
       <x:c r="A442" s="2" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B442" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C442" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D442" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>3.04</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:7">
       <x:c r="A443" s="2" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B443" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="C443" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D443" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:7">
       <x:c r="A444" s="2" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B444" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C444" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D444" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:7">
       <x:c r="A445" s="2" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B445" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C445" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D445" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:7">
       <x:c r="A446" s="2" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B446" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C446" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D446" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:7">
       <x:c r="A447" s="2" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B447" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="C447" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="D447" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:7">
       <x:c r="A448" s="2" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B448" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
       <x:c r="C448" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="D448" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:7">
       <x:c r="A449" s="2" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B449" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C449" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D449" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>4.23</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:7">
       <x:c r="A450" s="2" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B450" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C450" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D450" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:7">
       <x:c r="A451" s="2" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B451" s="4" t="n">
+        <x:v>1.23</x:v>
+      </x:c>
+      <x:c r="C451" s="4" t="n">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="D451" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="452" spans="1:7">
+      <x:c r="A452" s="2" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="B452" s="4" t="n">
+        <x:v>5.07</x:v>
+      </x:c>
+      <x:c r="C452" s="4" t="n">
+        <x:v>5.18</x:v>
+      </x:c>
+      <x:c r="D452" s="4" t="n">
+        <x:v>3.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="453" spans="1:7">
+      <x:c r="A453" s="2" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B453" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
-      <x:c r="C451" s="4" t="n">
+      <x:c r="C453" s="4" t="n">
         <x:v>2.57</x:v>
       </x:c>
-      <x:c r="D451" s="4" t="n">
+      <x:c r="D453" s="4" t="n">
         <x:v>2.14</x:v>
       </x:c>
     </x:row>
-    <x:row r="453" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="455" spans="1:7">
-      <x:c r="A455" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A455" s="2" t="s"/>
+      <x:c r="B455" s="3" t="s"/>
+      <x:c r="C455" s="3" t="s"/>
+      <x:c r="D455" s="3" t="s"/>
     </x:row>
     <x:row r="456" spans="1:7">
-      <x:c r="A456" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A456" s="2" t="s">
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B456" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C456" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D456" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:7">
       <x:c r="A457" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B457" s="4" t="n">
-        <x:v>-14.52</x:v>
+        <x:v>7.29</x:v>
       </x:c>
       <x:c r="C457" s="4" t="n">
-        <x:v>-14.16</x:v>
+        <x:v>7.78</x:v>
       </x:c>
       <x:c r="D457" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:7">
       <x:c r="A458" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B458" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C458" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D458" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:7">
       <x:c r="A459" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B459" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C459" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D459" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>5.53</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:7">
       <x:c r="A460" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B460" s="4" t="n">
-        <x:v>9.64</x:v>
+        <x:v>-14.52</x:v>
       </x:c>
       <x:c r="C460" s="4" t="n">
-        <x:v>10.08</x:v>
+        <x:v>-14.16</x:v>
       </x:c>
       <x:c r="D460" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:7">
       <x:c r="A461" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B461" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C461" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
       <x:c r="D461" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:7">
       <x:c r="A462" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B462" s="4" t="n">
-        <x:v>4.45</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="C462" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="D462" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>7.51</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:7">
       <x:c r="A463" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B463" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>9.64</x:v>
       </x:c>
       <x:c r="C463" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>10.08</x:v>
       </x:c>
       <x:c r="D463" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:7">
       <x:c r="A464" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B464" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="C464" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D464" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:7">
       <x:c r="A465" s="2" t="n">
-        <x:v>2014</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B465" s="4" t="n">
-        <x:v>9.54</x:v>
+        <x:v>4.45</x:v>
       </x:c>
       <x:c r="C465" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D465" s="4" t="n">
-        <x:v>5.97</x:v>
+        <x:v>3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:7">
       <x:c r="A466" s="2" t="n">
-        <x:v>2013</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B466" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C466" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D466" s="4" t="n">
-        <x:v>-2.03</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:7">
       <x:c r="A467" s="2" t="n">
-        <x:v>2012</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="B467" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="C467" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D467" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:7">
       <x:c r="A468" s="2" t="n">
-        <x:v>2011</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="B468" s="4" t="n">
-        <x:v>8.76</x:v>
+        <x:v>9.54</x:v>
       </x:c>
       <x:c r="C468" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="D468" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>5.97</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:7">
       <x:c r="A469" s="2" t="n">
-        <x:v>2010</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="B469" s="4" t="n">
-        <x:v>13.27</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="C469" s="4" t="n">
-        <x:v>13.72</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D469" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>-2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:7">
       <x:c r="A470" s="2" t="n">
-        <x:v>2009</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="B470" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="C470" s="4" t="n">
-        <x:v>22.19</x:v>
+        <x:v>10.41</x:v>
       </x:c>
       <x:c r="D470" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>4.22</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:7">
       <x:c r="A471" s="2" t="n">
-        <x:v>2008</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="B471" s="4" t="n">
-        <x:v>-19.59</x:v>
+        <x:v>8.76</x:v>
       </x:c>
       <x:c r="C471" s="4" t="n">
-        <x:v>-19.26</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D471" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>7.84</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:7">
       <x:c r="A472" s="2" t="n">
-        <x:v>2007</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="B472" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>13.27</x:v>
       </x:c>
       <x:c r="C472" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>13.72</x:v>
       </x:c>
       <x:c r="D472" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:7">
       <x:c r="A473" s="2" t="n">
-        <x:v>2006</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="B473" s="4" t="n">
-        <x:v>5.63</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="C473" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>22.19</x:v>
       </x:c>
       <x:c r="D473" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:7">
       <x:c r="A474" s="2" t="n">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="B474" s="4" t="n">
+        <x:v>-19.59</x:v>
+      </x:c>
+      <x:c r="C474" s="4" t="n">
+        <x:v>-19.26</x:v>
+      </x:c>
+      <x:c r="D474" s="4" t="n">
+        <x:v>5.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="475" spans="1:7">
+      <x:c r="A475" s="2" t="n">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="B475" s="4" t="n">
+        <x:v>-1.44</x:v>
+      </x:c>
+      <x:c r="C475" s="4" t="n">
+        <x:v>-1.04</x:v>
+      </x:c>
+      <x:c r="D475" s="4" t="n">
+        <x:v>6.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="476" spans="1:7">
+      <x:c r="A476" s="2" t="n">
+        <x:v>2006</x:v>
+      </x:c>
+      <x:c r="B476" s="4" t="n">
+        <x:v>5.63</x:v>
+      </x:c>
+      <x:c r="C476" s="4" t="n">
+        <x:v>6.05</x:v>
+      </x:c>
+      <x:c r="D476" s="4" t="n">
+        <x:v>4.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="477" spans="1:7">
+      <x:c r="A477" s="2" t="n">
         <x:v>2005</x:v>
       </x:c>
-      <x:c r="B474" s="4" t="n">
+      <x:c r="B477" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="C474" s="4" t="n">
+      <x:c r="C477" s="4" t="n">
         <x:v>4.22</x:v>
       </x:c>
-      <x:c r="D474" s="4" t="n">
+      <x:c r="D477" s="4" t="n">
         <x:v>2.43</x:v>
       </x:c>
     </x:row>
-    <x:row r="476" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="479" spans="1:7">
-      <x:c r="A479" s="2" t="s"/>
-      <x:c r="B479" s="2" t="s">
+      <x:c r="A479" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C479" s="3" t="s">
+    </x:row>
+    <x:row r="480" spans="1:7">
+      <x:c r="A480" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D479" s="3" t="s">
+    </x:row>
+    <x:row r="482" spans="1:7">
+      <x:c r="A482" s="2" t="s"/>
+      <x:c r="B482" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="E479" s="3" t="s">
+      <x:c r="C482" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="F479" s="3" t="s">
+      <x:c r="D482" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="G479" s="3" t="s">
+      <x:c r="E482" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A480" s="1" t="s">
+      <x:c r="F482" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="B480" s="2" t="s">
+      <x:c r="G482" s="3" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...18 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:7">
       <x:c r="A483" s="1" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="B483" s="2" t="s">
         <x:v>461</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A484" s="1" t="s">
+      <x:c r="C483" s="4" t="n">
+        <x:v>7.29</x:v>
+      </x:c>
+      <x:c r="D483" s="4" t="n">
+        <x:v>4.84</x:v>
+      </x:c>
+      <x:c r="E483" s="4" t="n">
+        <x:v>-0.94</x:v>
+      </x:c>
+      <x:c r="F483" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G483" s="4" t="n">
+        <x:v>4.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="485" spans="1:7">
+      <x:c r="A485" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:7">
-      <x:c r="A486" s="2" t="s">
+      <x:c r="A486" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="B486" s="2" t="s">
+    </x:row>
+    <x:row r="487" spans="1:7">
+      <x:c r="A487" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
-    <x:row r="487" spans="1:7">
-      <x:c r="A487" s="2" t="s">
+    <x:row r="489" spans="1:7">
+      <x:c r="A489" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="B487" s="2" t="s">
+      <x:c r="B489" s="2" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
-    <x:row r="489" spans="1:7">
-      <x:c r="A489" s="1" t="s">
+    <x:row r="490" spans="1:7">
+      <x:c r="A490" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A490" s="1" t="s">
+      <x:c r="B490" s="2" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
-    <x:row r="491" spans="1:7">
-      <x:c r="A491" s="2" t="s">
+    <x:row r="492" spans="1:7">
+      <x:c r="A492" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:7">
       <x:c r="A493" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="494" spans="1:7">
+      <x:c r="A494" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
-    <x:row r="494" spans="1:7">
-      <x:c r="A494" s="1" t="s">
+    <x:row r="495" spans="1:7">
+      <x:c r="A495" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
-    <x:row r="495" spans="1:7">
-      <x:c r="A495" s="1" t="s">
+    <x:row r="496" spans="1:7">
+      <x:c r="A496" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
-    <x:row r="496" spans="1:7">
-      <x:c r="A496" s="2" t="s">
+    <x:row r="497" spans="1:7">
+      <x:c r="A497" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:7">
       <x:c r="A498" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="499" spans="1:7">
+      <x:c r="A499" s="2" t="s">
         <x:v>476</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="500" spans="1:7">
+      <x:c r="A500" s="2" t="s">
+        <x:v>477</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="501" spans="1:7">
+      <x:c r="A501" s="1" t="s">
+        <x:v>478</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G383"/>
+  <x:dimension ref="A1:G386"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.210625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="9.140625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="2" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.17</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.16</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.16</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>2.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.17</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>-1.17</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>4.53</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-2.04</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-1</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>3.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-4.74</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-4.71</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-4.32</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-4.74</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>-4.71</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>-4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>-2.89</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>2.44</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.87</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>0.37</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.05</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-2.05</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>-1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-0.81</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1.49</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-2.25</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>-2.25</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>2.59</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-0.43</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B111" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
         <x:v>0.83</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
         <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B112" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B113" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B115" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B116" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B117" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B118" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B119" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B120" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B121" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B122" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B123" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B124" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B125" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B126" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B127" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B128" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B129" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B130" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B131" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B132" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B133" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B134" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B135" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B136" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B137" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-2.04</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-2.01</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B138" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B139" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B140" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B141" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B142" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B143" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B144" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B145" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B146" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B147" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.14</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B148" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B149" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B150" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B151" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.48</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B152" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B153" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B154" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B155" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B156" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B157" s="4" t="n">
-        <x:v>-3.56</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>-3.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B158" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-3.56</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>-3.53</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B159" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B160" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B161" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B162" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B163" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B164" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="C164" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B165" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="C165" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B166" s="4" t="n">
         <x:v>0.27</x:v>
       </x:c>
       <x:c r="C166" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B167" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C167" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B168" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C168" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B169" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="C169" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B170" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="C170" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B171" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C171" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B172" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C172" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B173" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C173" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B174" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C174" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B175" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C175" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B176" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C176" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D176" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B177" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="C177" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D177" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B178" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C178" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D178" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
       <x:c r="A179" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B179" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="C179" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D179" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:7">
       <x:c r="A180" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B180" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="C180" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>0.96</x:v>
       </x:c>
       <x:c r="D180" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:7">
       <x:c r="A181" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B181" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C181" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D181" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:7">
       <x:c r="A182" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B182" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C182" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="D182" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:7">
       <x:c r="A183" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B183" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C183" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D183" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:7">
       <x:c r="A184" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B184" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="C184" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D184" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:7">
       <x:c r="A185" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B185" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C185" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D185" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:7">
       <x:c r="A186" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B186" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C186" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D186" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:7">
       <x:c r="A187" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B187" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C187" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D187" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:7">
       <x:c r="A188" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B188" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C188" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="D188" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:7">
       <x:c r="A189" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B189" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="C189" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="D189" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:7">
       <x:c r="A190" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B190" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C190" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D190" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:7">
       <x:c r="A191" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B191" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C191" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D191" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:7">
       <x:c r="A192" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B192" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="C192" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D192" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:7">
       <x:c r="A193" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B193" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C193" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D193" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:7">
       <x:c r="A194" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B194" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="C194" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="D194" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:7">
       <x:c r="A195" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B195" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C195" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D195" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:7">
       <x:c r="A196" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B196" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C196" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D196" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:7">
       <x:c r="A197" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B197" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C197" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D197" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:7">
       <x:c r="A198" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B198" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C198" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="D198" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:7">
       <x:c r="A199" s="2" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B199" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C199" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D199" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:7">
       <x:c r="A200" s="2" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B200" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="C200" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="D200" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-1.56</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:7">
       <x:c r="A201" s="2" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B201" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C201" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="D201" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:7">
       <x:c r="A202" s="2" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B202" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C202" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D202" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:7">
       <x:c r="A203" s="2" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B203" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="C203" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D203" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:7">
       <x:c r="A204" s="2" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B204" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C204" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="D204" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:7">
       <x:c r="A205" s="2" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B205" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C205" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D205" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:7">
       <x:c r="A206" s="2" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B206" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C206" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D206" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:7">
       <x:c r="A207" s="2" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B207" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C207" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D207" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:7">
       <x:c r="A208" s="2" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B208" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C208" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D208" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:7">
       <x:c r="A209" s="2" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B209" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C209" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D209" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:7">
       <x:c r="A210" s="2" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B210" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C210" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D210" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:7">
       <x:c r="A211" s="2" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B211" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="C211" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D211" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:7">
       <x:c r="A212" s="2" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B212" s="4" t="n">
-        <x:v>-4.82</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C212" s="4" t="n">
-        <x:v>-4.79</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D212" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:7">
       <x:c r="A213" s="2" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B213" s="4" t="n">
-        <x:v>-10.71</x:v>
+        <x:v>-4.82</x:v>
       </x:c>
       <x:c r="C213" s="4" t="n">
-        <x:v>-10.68</x:v>
+        <x:v>-4.79</x:v>
       </x:c>
       <x:c r="D213" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>3.25</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:7">
       <x:c r="A214" s="2" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B214" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>-10.71</x:v>
       </x:c>
       <x:c r="C214" s="4" t="n">
-        <x:v>-3.56</x:v>
+        <x:v>-10.68</x:v>
       </x:c>
       <x:c r="D214" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:7">
       <x:c r="A215" s="2" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B215" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="C215" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-3.56</x:v>
       </x:c>
       <x:c r="D215" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:7">
       <x:c r="A216" s="2" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B216" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C216" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D216" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:7">
       <x:c r="A217" s="2" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B217" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="C217" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D217" s="4" t="n">
         <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:7">
       <x:c r="A218" s="2" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B218" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C218" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D218" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:7">
       <x:c r="A219" s="2" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B219" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C219" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D219" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:7">
       <x:c r="A220" s="2" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B220" s="4" t="n">
+        <x:v>0.32</x:v>
+      </x:c>
+      <x:c r="C220" s="4" t="n">
+        <x:v>0.35</x:v>
+      </x:c>
+      <x:c r="D220" s="4" t="n">
         <x:v>-0.21</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:7">
       <x:c r="A221" s="2" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B221" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C221" s="4" t="n">
-        <x:v>-1.23</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D221" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:7">
       <x:c r="A222" s="2" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B222" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C222" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>-1.23</x:v>
       </x:c>
       <x:c r="D222" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:7">
       <x:c r="A223" s="2" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B223" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C223" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D223" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>1.68</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:7">
       <x:c r="A224" s="2" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B224" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C224" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D224" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:7">
       <x:c r="A225" s="2" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B225" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C225" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="D225" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:7">
       <x:c r="A226" s="2" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B226" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C226" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D226" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:7">
       <x:c r="A227" s="2" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B227" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C227" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D227" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:7">
       <x:c r="A228" s="2" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B228" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C228" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="D228" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:7">
       <x:c r="A229" s="2" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B229" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C229" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D229" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:7">
       <x:c r="A230" s="2" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B230" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C230" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D230" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:7">
       <x:c r="A231" s="2" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B231" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C231" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D231" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:7">
       <x:c r="A232" s="2" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B232" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C232" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D232" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:7">
       <x:c r="A233" s="2" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B233" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C233" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="D233" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:7">
       <x:c r="A234" s="2" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B234" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="C234" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D234" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:7">
       <x:c r="A235" s="2" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B235" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C235" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D235" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:7">
       <x:c r="A236" s="2" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B236" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C236" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="D236" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:7">
       <x:c r="A237" s="2" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B237" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C237" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D237" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:7">
       <x:c r="A238" s="2" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B238" s="4" t="n">
+        <x:v>0.94</x:v>
+      </x:c>
+      <x:c r="C238" s="4" t="n">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="D238" s="4" t="n">
         <x:v>0.66</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:7">
       <x:c r="A239" s="2" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B239" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C239" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="D239" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:7">
       <x:c r="A240" s="2" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B240" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C240" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D240" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:7">
       <x:c r="A241" s="2" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B241" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C241" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D241" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:7">
       <x:c r="A242" s="2" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B242" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C242" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D242" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:7">
       <x:c r="A243" s="2" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B243" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C243" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D243" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:7">
       <x:c r="A244" s="2" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B244" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C244" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D244" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:7">
       <x:c r="A245" s="2" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B245" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="C245" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D245" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:7">
       <x:c r="A246" s="2" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B246" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="C246" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>0.51</x:v>
       </x:c>
       <x:c r="D246" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:7">
       <x:c r="A247" s="2" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B247" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C247" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="D247" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:7">
       <x:c r="A248" s="2" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B248" s="4" t="n">
+        <x:v>0.33</x:v>
+      </x:c>
+      <x:c r="C248" s="4" t="n">
+        <x:v>0.36</x:v>
+      </x:c>
+      <x:c r="D248" s="4" t="n">
         <x:v>0.95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:7">
       <x:c r="A249" s="2" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B249" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C249" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="D249" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:7">
       <x:c r="A250" s="2" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B250" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C250" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D250" s="4" t="n">
-        <x:v>-1.03</x:v>
+        <x:v>-0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:7">
       <x:c r="A251" s="2" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B251" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C251" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D251" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:7">
       <x:c r="A252" s="2" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B252" s="4" t="n">
+        <x:v>1.05</x:v>
+      </x:c>
+      <x:c r="C252" s="4" t="n">
+        <x:v>1.08</x:v>
+      </x:c>
+      <x:c r="D252" s="4" t="n">
+        <x:v>1.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="253" spans="1:7">
+      <x:c r="A253" s="2" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="B253" s="4" t="n">
         <x:v>-0.19</x:v>
       </x:c>
-      <x:c r="C252" s="4" t="n">
+      <x:c r="C253" s="4" t="n">
         <x:v>-0.19</x:v>
       </x:c>
-      <x:c r="D252" s="4" t="n">
+      <x:c r="D253" s="4" t="n">
         <x:v>-0.1</x:v>
       </x:c>
     </x:row>
-    <x:row r="254" spans="1:7">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="255" spans="1:7">
-      <x:c r="A255" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A255" s="2" t="s"/>
+      <x:c r="B255" s="3" t="s"/>
+      <x:c r="C255" s="3" t="s"/>
+      <x:c r="D255" s="3" t="s"/>
     </x:row>
     <x:row r="256" spans="1:7">
       <x:c r="A256" s="2" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B256" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C256" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D256" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:7">
       <x:c r="A257" s="2" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B257" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C257" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D257" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:7">
       <x:c r="A258" s="2" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B258" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C258" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D258" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:7">
       <x:c r="A259" s="2" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B259" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C259" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D259" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>1.21</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:7">
       <x:c r="A260" s="2" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B260" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C260" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D260" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:7">
       <x:c r="A261" s="2" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B261" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="C261" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="D261" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:7">
       <x:c r="A262" s="2" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B262" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C262" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="D262" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:7">
       <x:c r="A263" s="2" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B263" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C263" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D263" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:7">
       <x:c r="A264" s="2" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B264" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.51</x:v>
       </x:c>
       <x:c r="C264" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D264" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:7">
       <x:c r="A265" s="2" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B265" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="C265" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>6.15</x:v>
       </x:c>
       <x:c r="D265" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>6.82</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:7">
       <x:c r="A266" s="2" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B266" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C266" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="D266" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:7">
       <x:c r="A267" s="2" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B267" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="C267" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="D267" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:7">
       <x:c r="A268" s="2" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B268" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C268" s="4" t="n">
-        <x:v>-4.09</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D268" s="4" t="n">
-        <x:v>-4.75</x:v>
+        <x:v>2.96</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:7">
       <x:c r="A269" s="2" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B269" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C269" s="4" t="n">
-        <x:v>-6.13</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="D269" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:7">
       <x:c r="A270" s="2" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B270" s="4" t="n">
-        <x:v>-6.85</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
       <x:c r="C270" s="4" t="n">
-        <x:v>-6.77</x:v>
+        <x:v>-4.09</x:v>
       </x:c>
       <x:c r="D270" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>-4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:7">
       <x:c r="A271" s="2" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B271" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
       <x:c r="C271" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>-6.13</x:v>
       </x:c>
       <x:c r="D271" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:7">
       <x:c r="A272" s="2" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B272" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>-6.85</x:v>
       </x:c>
       <x:c r="C272" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>-6.77</x:v>
       </x:c>
       <x:c r="D272" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:7">
       <x:c r="A273" s="2" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B273" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C273" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D273" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:7">
       <x:c r="A274" s="2" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B274" s="4" t="n">
-        <x:v>-4.69</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C274" s="4" t="n">
-        <x:v>-4.6</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="D274" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:7">
       <x:c r="A275" s="2" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B275" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="C275" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D275" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>1.83</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:7">
       <x:c r="A276" s="2" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B276" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-4.69</x:v>
       </x:c>
       <x:c r="C276" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-4.6</x:v>
       </x:c>
       <x:c r="D276" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:7">
       <x:c r="A277" s="2" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B277" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C277" s="4" t="n">
-        <x:v>4.55</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D277" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:7">
       <x:c r="A278" s="2" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B278" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C278" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D278" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:7">
       <x:c r="A279" s="2" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B279" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>4.46</x:v>
       </x:c>
       <x:c r="C279" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.55</x:v>
       </x:c>
       <x:c r="D279" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:7">
       <x:c r="A280" s="2" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B280" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C280" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D280" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:7">
       <x:c r="A281" s="2" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B281" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C281" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D281" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:7">
       <x:c r="A282" s="2" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B282" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C282" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D282" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:7">
       <x:c r="A283" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B283" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C283" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D283" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:7">
       <x:c r="A284" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B284" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C284" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="D284" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>2.94</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:7">
       <x:c r="A285" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B285" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C285" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D285" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>1.64</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:7">
       <x:c r="A286" s="2" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B286" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="C286" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="D286" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:7">
       <x:c r="A287" s="2" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B287" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="C287" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D287" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:7">
       <x:c r="A288" s="2" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B288" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C288" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D288" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:7">
       <x:c r="A289" s="2" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B289" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C289" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D289" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:7">
       <x:c r="A290" s="2" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B290" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C290" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D290" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:7">
       <x:c r="A291" s="2" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B291" s="4" t="n">
-        <x:v>-3.14</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C291" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D291" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>1.45</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:7">
       <x:c r="A292" s="2" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B292" s="4" t="n">
+        <x:v>1.48</x:v>
+      </x:c>
+      <x:c r="C292" s="4" t="n">
+        <x:v>1.57</x:v>
+      </x:c>
+      <x:c r="D292" s="4" t="n">
         <x:v>0.82</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:7">
       <x:c r="A293" s="2" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B293" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>-3.14</x:v>
       </x:c>
       <x:c r="C293" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="D293" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:7">
       <x:c r="A294" s="2" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B294" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C294" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D294" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:7">
       <x:c r="A295" s="2" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B295" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="C295" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="D295" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:7">
       <x:c r="A296" s="2" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B296" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C296" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="D296" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:7">
       <x:c r="A297" s="2" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B297" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C297" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D297" s="4" t="n">
-        <x:v>-1.68</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:7">
       <x:c r="A298" s="2" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B298" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C298" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D298" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:7">
       <x:c r="A299" s="2" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B299" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="C299" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D299" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-1.68</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:7">
       <x:c r="A300" s="2" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B300" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C300" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D300" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.61</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:7">
       <x:c r="A301" s="2" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B301" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C301" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D301" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.79</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:7">
       <x:c r="A302" s="2" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B302" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="C302" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D302" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:7">
       <x:c r="A303" s="2" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B303" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="C303" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D303" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:7">
       <x:c r="A304" s="2" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B304" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="C304" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D304" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:7">
       <x:c r="A305" s="2" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B305" s="4" t="n">
-        <x:v>-3.56</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C305" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D305" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:7">
       <x:c r="A306" s="2" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B306" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="C306" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D306" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:7">
       <x:c r="A307" s="2" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B307" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>-3.56</x:v>
       </x:c>
       <x:c r="C307" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="D307" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:7">
       <x:c r="A308" s="2" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B308" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C308" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D308" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:7">
       <x:c r="A309" s="2" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B309" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C309" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D309" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:7">
       <x:c r="A310" s="2" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B310" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="C310" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="D310" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.59</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:7">
       <x:c r="A311" s="2" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B311" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="C311" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="D311" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:7">
       <x:c r="A312" s="2" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B312" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C312" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D312" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:7">
       <x:c r="A313" s="2" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B313" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C313" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D313" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:7">
       <x:c r="A314" s="2" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B314" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C314" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D314" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:7">
       <x:c r="A315" s="2" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B315" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C315" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="D315" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:7">
       <x:c r="A316" s="2" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B316" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C316" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D316" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:7">
       <x:c r="A317" s="2" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B317" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="C317" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D317" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:7">
       <x:c r="A318" s="2" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B318" s="4" t="n">
-        <x:v>4.42</x:v>
+        <x:v>4.32</x:v>
       </x:c>
       <x:c r="C318" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="D318" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.48</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:7">
       <x:c r="A319" s="2" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B319" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="C319" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D319" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>3.49</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:7">
       <x:c r="A320" s="2" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B320" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>4.42</x:v>
       </x:c>
       <x:c r="C320" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D320" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:7">
       <x:c r="A321" s="2" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B321" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C321" s="4" t="n">
-        <x:v>7.79</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D321" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:7">
       <x:c r="A322" s="2" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B322" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C322" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="D322" s="4" t="n">
-        <x:v>0.12</x:v>
+        <x:v>3.74</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:7">
       <x:c r="A323" s="2" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B323" s="4" t="n">
-        <x:v>-15.28</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C323" s="4" t="n">
-        <x:v>-15.2</x:v>
+        <x:v>7.79</x:v>
       </x:c>
       <x:c r="D323" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:7">
       <x:c r="A324" s="2" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B324" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="C324" s="4" t="n">
-        <x:v>-4.94</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="D324" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:7">
       <x:c r="A325" s="2" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B325" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-15.28</x:v>
       </x:c>
       <x:c r="C325" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>-15.2</x:v>
       </x:c>
       <x:c r="D325" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>4.58</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:7">
       <x:c r="A326" s="2" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B326" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="C326" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-4.94</x:v>
       </x:c>
       <x:c r="D326" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:7">
       <x:c r="A327" s="2" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B327" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C327" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D327" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:7">
       <x:c r="A328" s="2" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B328" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="C328" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D328" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:7">
       <x:c r="A329" s="2" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B329" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C329" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="D329" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:7">
       <x:c r="A330" s="2" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B330" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>-0.92</x:v>
       </x:c>
       <x:c r="C330" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D330" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:7">
       <x:c r="A331" s="2" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B331" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C331" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D331" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:7">
       <x:c r="A332" s="2" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B332" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C332" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D332" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:7">
       <x:c r="A333" s="2" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B333" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C333" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D333" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>1.24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:7">
       <x:c r="A334" s="2" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B334" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="C334" s="4" t="n">
-        <x:v>-0.79</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D334" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:7">
       <x:c r="A335" s="2" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B335" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C335" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D335" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:7">
       <x:c r="A336" s="2" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B336" s="4" t="n">
+        <x:v>-0.87</x:v>
+      </x:c>
+      <x:c r="C336" s="4" t="n">
+        <x:v>-0.79</x:v>
+      </x:c>
+      <x:c r="D336" s="4" t="n">
+        <x:v>-0.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="337" spans="1:7">
+      <x:c r="A337" s="2" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="B337" s="4" t="n">
+        <x:v>1.28</x:v>
+      </x:c>
+      <x:c r="C337" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+      <x:c r="D337" s="4" t="n">
+        <x:v>0.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="338" spans="1:7">
+      <x:c r="A338" s="2" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="B338" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
-      <x:c r="C336" s="4" t="n">
+      <x:c r="C338" s="4" t="n">
         <x:v>0.83</x:v>
       </x:c>
-      <x:c r="D336" s="4" t="n">
+      <x:c r="D338" s="4" t="n">
         <x:v>0.14</x:v>
       </x:c>
     </x:row>
-    <x:row r="338" spans="1:7">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="340" spans="1:7">
-      <x:c r="A340" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A340" s="2" t="s"/>
+      <x:c r="B340" s="3" t="s"/>
+      <x:c r="C340" s="3" t="s"/>
+      <x:c r="D340" s="3" t="s"/>
     </x:row>
     <x:row r="341" spans="1:7">
-      <x:c r="A341" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A341" s="2" t="s">
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B341" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C341" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D341" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:7">
       <x:c r="A342" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B342" s="4" t="n">
-        <x:v>-14.47</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="C342" s="4" t="n">
-        <x:v>-14.16</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="D342" s="4" t="n">
-        <x:v>-13.01</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:7">
       <x:c r="A343" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B343" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C343" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D343" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:7">
       <x:c r="A344" s="2" t="n">
-        <x:v>2020</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B344" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="C344" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>6.44</x:v>
       </x:c>
       <x:c r="D344" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>5.53</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:7">
       <x:c r="A345" s="2" t="n">
-        <x:v>2019</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B345" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>-14.47</x:v>
       </x:c>
       <x:c r="C345" s="4" t="n">
-        <x:v>10.04</x:v>
+        <x:v>-14.16</x:v>
       </x:c>
       <x:c r="D345" s="4" t="n">
-        <x:v>8.72</x:v>
+        <x:v>-13.01</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:7">
       <x:c r="A346" s="2" t="n">
-        <x:v>2018</x:v>
+        <x:v>2021</x:v>
       </x:c>
       <x:c r="B346" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="C346" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
       <x:c r="D346" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:7">
       <x:c r="A347" s="2" t="n">
-        <x:v>2017</x:v>
+        <x:v>2020</x:v>
       </x:c>
       <x:c r="B347" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="C347" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="D347" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>7.51</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:7">
       <x:c r="A348" s="2" t="n">
-        <x:v>2016</x:v>
+        <x:v>2019</x:v>
       </x:c>
       <x:c r="B348" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="C348" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>10.04</x:v>
       </x:c>
       <x:c r="D348" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:7">
       <x:c r="A349" s="2" t="n">
-        <x:v>2015</x:v>
+        <x:v>2018</x:v>
       </x:c>
       <x:c r="B349" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C349" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D349" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:7">
       <x:c r="A350" s="2" t="n">
-        <x:v>2014</x:v>
+        <x:v>2017</x:v>
       </x:c>
       <x:c r="B350" s="4" t="n">
-        <x:v>9.47</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="C350" s="4" t="n">
-        <x:v>9.85</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D350" s="4" t="n">
-        <x:v>5.97</x:v>
+        <x:v>3.54</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:7">
       <x:c r="A351" s="2" t="n">
-        <x:v>2013</x:v>
+        <x:v>2016</x:v>
       </x:c>
       <x:c r="B351" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="C351" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D351" s="4" t="n">
-        <x:v>-2.03</x:v>
+        <x:v>2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:7">
       <x:c r="A352" s="2" t="n">
-        <x:v>2012</x:v>
+        <x:v>2015</x:v>
       </x:c>
       <x:c r="B352" s="4" t="n">
-        <x:v>9.85</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="C352" s="4" t="n">
-        <x:v>10.23</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D352" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:7">
       <x:c r="A353" s="2" t="n">
-        <x:v>2011</x:v>
+        <x:v>2014</x:v>
       </x:c>
       <x:c r="B353" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>9.47</x:v>
       </x:c>
       <x:c r="C353" s="4" t="n">
-        <x:v>9.32</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="D353" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>5.97</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:7">
       <x:c r="A354" s="2" t="n">
-        <x:v>2010</x:v>
+        <x:v>2013</x:v>
       </x:c>
       <x:c r="B354" s="4" t="n">
-        <x:v>13.31</x:v>
+        <x:v>0.63</x:v>
       </x:c>
       <x:c r="C354" s="4" t="n">
-        <x:v>13.71</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D354" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>-2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:7">
       <x:c r="A355" s="2" t="n">
-        <x:v>2009</x:v>
+        <x:v>2012</x:v>
       </x:c>
       <x:c r="B355" s="4" t="n">
-        <x:v>21.74</x:v>
+        <x:v>9.85</x:v>
       </x:c>
       <x:c r="C355" s="4" t="n">
-        <x:v>22.17</x:v>
+        <x:v>10.23</x:v>
       </x:c>
       <x:c r="D355" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>4.22</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:7">
       <x:c r="A356" s="2" t="n">
-        <x:v>2008</x:v>
+        <x:v>2011</x:v>
       </x:c>
       <x:c r="B356" s="4" t="n">
-        <x:v>-19.62</x:v>
+        <x:v>8.94</x:v>
       </x:c>
       <x:c r="C356" s="4" t="n">
-        <x:v>-19.33</x:v>
+        <x:v>9.32</x:v>
       </x:c>
       <x:c r="D356" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>7.84</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:7">
       <x:c r="A357" s="2" t="n">
-        <x:v>2007</x:v>
+        <x:v>2010</x:v>
       </x:c>
       <x:c r="B357" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>13.31</x:v>
       </x:c>
       <x:c r="C357" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>13.71</x:v>
       </x:c>
       <x:c r="D357" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:7">
       <x:c r="A358" s="2" t="n">
-        <x:v>2006</x:v>
+        <x:v>2009</x:v>
       </x:c>
       <x:c r="B358" s="4" t="n">
-        <x:v>5.68</x:v>
+        <x:v>21.74</x:v>
       </x:c>
       <x:c r="C358" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>22.17</x:v>
       </x:c>
       <x:c r="D358" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:7">
       <x:c r="A359" s="2" t="n">
+        <x:v>2008</x:v>
+      </x:c>
+      <x:c r="B359" s="4" t="n">
+        <x:v>-19.62</x:v>
+      </x:c>
+      <x:c r="C359" s="4" t="n">
+        <x:v>-19.33</x:v>
+      </x:c>
+      <x:c r="D359" s="4" t="n">
+        <x:v>5.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="360" spans="1:7">
+      <x:c r="A360" s="2" t="n">
+        <x:v>2007</x:v>
+      </x:c>
+      <x:c r="B360" s="4" t="n">
+        <x:v>-1.4</x:v>
+      </x:c>
+      <x:c r="C360" s="4" t="n">
+        <x:v>-1.05</x:v>
+      </x:c>
+      <x:c r="D360" s="4" t="n">
+        <x:v>6.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="361" spans="1:7">
+      <x:c r="A361" s="2" t="n">
+        <x:v>2006</x:v>
+      </x:c>
+      <x:c r="B361" s="4" t="n">
+        <x:v>5.68</x:v>
+      </x:c>
+      <x:c r="C361" s="4" t="n">
+        <x:v>6.05</x:v>
+      </x:c>
+      <x:c r="D361" s="4" t="n">
+        <x:v>4.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="362" spans="1:7">
+      <x:c r="A362" s="2" t="n">
         <x:v>2005</x:v>
       </x:c>
-      <x:c r="B359" s="4" t="n">
+      <x:c r="B362" s="4" t="n">
         <x:v>2.06</x:v>
       </x:c>
-      <x:c r="C359" s="4" t="n">
+      <x:c r="C362" s="4" t="n">
         <x:v>2.21</x:v>
       </x:c>
-      <x:c r="D359" s="4" t="n">
+      <x:c r="D362" s="4" t="n">
         <x:v>0.73</x:v>
       </x:c>
     </x:row>
-    <x:row r="361" spans="1:7">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="364" spans="1:7">
-      <x:c r="A364" s="2" t="s"/>
-      <x:c r="B364" s="2" t="s">
+      <x:c r="A364" s="2" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C364" s="3" t="s">
+    </x:row>
+    <x:row r="365" spans="1:7">
+      <x:c r="A365" s="2" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="D364" s="3" t="s">
+    </x:row>
+    <x:row r="367" spans="1:7">
+      <x:c r="A367" s="2" t="s"/>
+      <x:c r="B367" s="2" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="E364" s="3" t="s">
+      <x:c r="C367" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="F364" s="3" t="s">
+      <x:c r="D367" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
-      <x:c r="G364" s="3" t="s">
+      <x:c r="E367" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
-    </x:row>
-[...25 lines deleted...]
-        <x:v>460</x:v>
+      <x:c r="F367" s="3" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="G367" s="3" t="s">
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:7">
       <x:c r="A368" s="1" t="s">
-        <x:v>461</x:v>
-[...3 lines deleted...]
-      <x:c r="A369" s="1" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="B368" s="2" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="C368" s="4" t="n">
+        <x:v>7.36</x:v>
+      </x:c>
+      <x:c r="D368" s="4" t="n">
+        <x:v>4.89</x:v>
+      </x:c>
+      <x:c r="E368" s="4" t="n">
+        <x:v>-0.89</x:v>
+      </x:c>
+      <x:c r="F368" s="4" t="n">
+        <x:v>2.06</x:v>
+      </x:c>
+      <x:c r="G368" s="4" t="n">
+        <x:v>3.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="370" spans="1:7">
+      <x:c r="A370" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:7">
-      <x:c r="A371" s="2" t="s">
+      <x:c r="A371" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="B371" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="372" spans="1:7">
-      <x:c r="A372" s="2" t="s">
+      <x:c r="A372" s="1" t="s">
+        <x:v>464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="374" spans="1:7">
+      <x:c r="A374" s="2" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="B372" s="2" t="s">
-[...4 lines deleted...]
-      <x:c r="A374" s="1" t="s">
+      <x:c r="B374" s="2" t="s">
+        <x:v>483</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="375" spans="1:7">
+      <x:c r="A375" s="2" t="s">
         <x:v>467</x:v>
       </x:c>
-    </x:row>
-[...6 lines deleted...]
-      <x:c r="A376" s="2" t="s">
+      <x:c r="B375" s="2" t="s">
+        <x:v>484</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="377" spans="1:7">
+      <x:c r="A377" s="1" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:7">
       <x:c r="A378" s="1" t="s">
+        <x:v>470</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="379" spans="1:7">
+      <x:c r="A379" s="2" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
-    <x:row r="379" spans="1:7">
-      <x:c r="A379" s="1" t="s">
+    <x:row r="380" spans="1:7">
+      <x:c r="A380" s="2" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
-    <x:row r="380" spans="1:7">
-      <x:c r="A380" s="1" t="s">
+    <x:row r="381" spans="1:7">
+      <x:c r="A381" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
-    <x:row r="381" spans="1:7">
-      <x:c r="A381" s="2" t="s">
+    <x:row r="382" spans="1:7">
+      <x:c r="A382" s="1" t="s">
         <x:v>474</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:7">
       <x:c r="A383" s="1" t="s">
+        <x:v>475</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="384" spans="1:7">
+      <x:c r="A384" s="2" t="s">
         <x:v>476</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="385" spans="1:7">
+      <x:c r="A385" s="2" t="s">
+        <x:v>477</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="386" spans="1:7">
+      <x:c r="A386" s="1" t="s">
+        <x:v>478</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>7.29</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.85</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.18</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>7.78</x:v>
+        <x:v>7.75</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.85</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.29</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>4.84</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>-0.94</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.970625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>7.36</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>3.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.85</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
+        <x:v>0.46</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>0.46</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>0.46</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>0.43</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="H11" s="4" t="n">
+        <x:v>-0.39</x:v>
+      </x:c>
+      <x:c r="I11" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="J11" s="4" t="n">
         <x:v>-0.06</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>490</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.85</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>3.21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.36</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>4.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>2.06</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="2" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="2" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="2" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>484</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.94</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>7.29</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.29</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>4.84</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>-0.94</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -14663,118 +14759,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.66</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>-0.36</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>2.01</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.17</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>-0.58</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.78</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>7.78</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>-0.52</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>2.43</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>4.72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -14783,292 +14879,292 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.66</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>-0.36</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>2.01</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.25</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>-0.16</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.29</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>4.84</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>-0.94</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>4.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.970625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>484</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.97</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>7.36</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>7.36</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>4.89</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>2.06</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
@@ -15077,118 +15173,118 @@
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.66</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>-0.36</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>2.01</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>-0.53</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0.06</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>490</x:v>
+        <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>5.29</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>-0.52</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
@@ -15197,208 +15293,208 @@
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.66</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>-0.36</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>2.01</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>489</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>-0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>0.63</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>-0.15</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0.43</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s"/>
       <x:c r="B24" s="2" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>7.36</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>4.89</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>-0.89</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>2.06</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
         <x:v>3.14</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="B31" s="2" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="2" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="B32" s="2" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="2" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9">
       <x:c r="A40" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9">
       <x:c r="A41" s="2" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9">
       <x:c r="A42" s="2" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9">
       <x:c r="A43" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>