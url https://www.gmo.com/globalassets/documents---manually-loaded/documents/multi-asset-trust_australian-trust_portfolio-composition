--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceb271ae8a3947fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/846d10651abd4721907e83180617bd9c.psmdcp" Id="Rf91e630fc9f84e2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e25008b6a314995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3505891b4bfc4af0943ec4c2d171c98a.psmdcp" Id="Rffae99c26862414d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Equity - Characteristics" sheetId="10" r:id="rId10"/>
     <x:sheet name="Fixed Income - Credit Ratings" sheetId="11" r:id="rId11"/>
     <x:sheet name="Fixed Income - Characteristics" sheetId="12" r:id="rId12"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="224">
   <x:si>
     <x:t>Risk Profile - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/28/2022 to 08/31/2025</x:t>
+    <x:t>From 10/28/2022 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[1] Alpha is a measure of risk-adjusted return.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Beta is a measure of a portfolio's sensitivity to the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Fundamental Value</x:t>
   </x:si>
   <x:si>
     <x:t>US Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Equity</x:t>
   </x:si>
@@ -602,138 +602,138 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Market Cap Ranges - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Top Equity Holdings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP Paribas SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deutsche Bank AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TotalEnergies SE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
+    <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Bank AG</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Based on equity holdings. Holdings are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.6x</x:t>
+    <x:t>14.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
+    <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.7%</x:t>
+    <x:t>12.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>26.5 USD</x:t>
+    <x:t>30.1 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed Income - Credit Ratings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
@@ -1216,83 +1216,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.83</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.66</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>5.91</x:v>
+        <x:v>5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>13</x:v>
@@ -1341,115 +1341,115 @@
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>50.9</x:v>
+        <x:v>51.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
@@ -1635,103 +1635,103 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s"/>
       <x:c r="C12" s="3" t="s"/>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s"/>
       <x:c r="C15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.5</x:v>
@@ -1739,51 +1739,51 @@
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s"/>
       <x:c r="C21" s="3" t="s"/>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>5.5</x:v>
@@ -1829,91 +1829,91 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>22.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>36.8</x:v>
+        <x:v>27.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1929,443 +1929,443 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>36.8</x:v>
+        <x:v>27.6</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -2381,243 +2381,243 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -2637,107 +2637,107 @@
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>36.8</x:v>
+        <x:v>27.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -2748,131 +2748,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>156</x:v>
@@ -2908,278 +2908,278 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.8</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>21.6</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>