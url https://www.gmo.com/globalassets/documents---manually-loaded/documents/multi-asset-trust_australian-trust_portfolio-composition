--- v1 (2025-10-29)
+++ v2 (2025-11-26)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e25008b6a314995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3505891b4bfc4af0943ec4c2d171c98a.psmdcp" Id="Rffae99c26862414d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22723d342d614468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57bf4368f7184df591e7f0cb6e3d9c55.psmdcp" Id="R806c98f56f774efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Equity - Characteristics" sheetId="10" r:id="rId10"/>
     <x:sheet name="Fixed Income - Credit Ratings" sheetId="11" r:id="rId11"/>
     <x:sheet name="Fixed Income - Characteristics" sheetId="12" r:id="rId12"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="224">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
   <x:si>
     <x:t>Risk Profile - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/28/2022 to 09/30/2025</x:t>
+    <x:t>From 10/28/2022 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[1] Alpha is a measure of risk-adjusted return.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Beta is a measure of a portfolio's sensitivity to the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Fundamental Value</x:t>
   </x:si>
   <x:si>
     <x:t>US Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Equity</x:t>
   </x:si>
@@ -233,56 +233,50 @@
   <x:si>
     <x:t>Equity Dislocation</x:t>
   </x:si>
   <x:si>
     <x:t>Alternative Allocation</x:t>
   </x:si>
   <x:si>
     <x:t>FIXED INCOME</x:t>
   </x:si>
   <x:si>
     <x:t>ABS/Structured Products</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Nominals</x:t>
   </x:si>
   <x:si>
     <x:t>US Treasury Notes</x:t>
   </x:si>
   <x:si>
     <x:t>Euro Zone Nominal Bonds</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
-    <x:t>CASH/CASH PLUS</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Weightings are as of the date indicated and are subject to change. The groups indicated above represent exposures determined pursuant to proprietary methodologies and are subject to change</x:t>
   </x:si>
   <x:si>
     <x:t>over time. Totals may vary due to rounding.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Regions - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
@@ -602,138 +596,138 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Market Cap Ranges - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Top Equity Holdings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
+    <x:t>Bank of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
+    <x:t>Deutsche Bank AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TotalEnergies SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding AG</x:t>
+  </x:si>
+  <x:si>
     <x:t>BNP Paribas SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Roche Holding AG</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Based on equity holdings. Holdings are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>14.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>12.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>30.1 USD</x:t>
+    <x:t>30.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed Income - Credit Ratings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
@@ -1216,83 +1210,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.46</x:v>
+        <x:v>1.49</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>5.83</x:v>
+        <x:v>5.77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>13</x:v>
@@ -1312,1963 +1306,1947 @@
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>32.8</x:v>
+        <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>51.4</x:v>
+        <x:v>53.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B8"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.230625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C26"/>
+  <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.130625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.380625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s"/>
       <x:c r="C12" s="3" t="s"/>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s"/>
       <x:c r="C15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.9</x:v>
-[...3 lines deleted...]
-      <x:c r="A21" s="3" t="s">
+        <x:v>3.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:3">
+      <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="B21" s="3" t="s"/>
-[...4 lines deleted...]
-      <x:c r="B22" s="3" t="s">
+    </x:row>
+    <x:row r="23" spans="1:3">
+      <x:c r="A23" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
-      <x:c r="A24" s="3" t="s">
-[...9 lines deleted...]
-      <x:c r="A26" s="1" t="s">
+      <x:c r="A24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>27.6</x:v>
+        <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B58"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>27.6</x:v>
+        <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>27.6</x:v>
+        <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>31</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>24</x:v>
+        <x:v>25.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>20</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.840625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>