--- v2 (2025-11-26)
+++ v3 (2025-12-16)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22723d342d614468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57bf4368f7184df591e7f0cb6e3d9c55.psmdcp" Id="R806c98f56f774efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe108c4e82ae4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6885ef57745e4158b3bf7878eb36bbf8.psmdcp" Id="R9c717b2a22224924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Equity - Characteristics" sheetId="10" r:id="rId10"/>
     <x:sheet name="Fixed Income - Credit Ratings" sheetId="11" r:id="rId11"/>
     <x:sheet name="Fixed Income - Characteristics" sheetId="12" r:id="rId12"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
   <x:si>
     <x:t>Risk Profile - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/28/2022 to 10/31/2025</x:t>
+    <x:t>From 10/28/2022 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[1] Alpha is a measure of risk-adjusted return.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Beta is a measure of a portfolio's sensitivity to the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Fundamental Value</x:t>
   </x:si>
   <x:si>
     <x:t>US Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Equity</x:t>
   </x:si>
@@ -596,138 +596,138 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Market Cap Ranges - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Top Equity Holdings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
     <x:t>Bank of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
+    <x:t>Roche Holding AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP Paribas SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TotalEnergies SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Deutsche Bank AG</x:t>
   </x:si>
   <x:si>
-    <x:t>GSK PLC</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Based on equity holdings. Holdings are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.1x</x:t>
+    <x:t>14.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.3%</x:t>
+    <x:t>12.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>30.4 USD</x:t>
+    <x:t>29.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed Income - Credit Ratings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
@@ -1210,83 +1210,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>1.49</x:v>
+        <x:v>2.54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.65</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.49</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.06</x:v>
+        <x:v>1.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>5.77</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>13</x:v>
@@ -1327,131 +1327,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>36.1</x:v>
+        <x:v>34.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>53.2</x:v>
+        <x:v>53.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>204</x:v>
@@ -1562,51 +1562,51 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -1629,164 +1629,164 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s"/>
       <x:c r="C12" s="3" t="s"/>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s"/>
       <x:c r="C15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1807,91 +1807,91 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1947,115 +1947,115 @@
       <x:c r="B8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
@@ -2067,123 +2067,123 @@
       <x:c r="B23" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -2203,147 +2203,147 @@
       <x:c r="B40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -2359,243 +2359,243 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -2615,99 +2615,99 @@
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>27.2</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2726,131 +2726,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>29.9</x:v>
+        <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>154</x:v>
@@ -2886,83 +2886,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -2981,163 +2981,163 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>175</x:v>