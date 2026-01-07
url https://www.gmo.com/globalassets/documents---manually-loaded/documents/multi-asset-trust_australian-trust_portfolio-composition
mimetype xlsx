--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe108c4e82ae4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6885ef57745e4158b3bf7878eb36bbf8.psmdcp" Id="R9c717b2a22224924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf847e91eb19e41f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/523b62ba367248e4b6f417e51b2766ca.psmdcp" Id="Rb2138c2d65684d47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Equity - Characteristics" sheetId="10" r:id="rId10"/>
     <x:sheet name="Fixed Income - Credit Ratings" sheetId="11" r:id="rId11"/>
     <x:sheet name="Fixed Income - Characteristics" sheetId="12" r:id="rId12"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="223">
   <x:si>
     <x:t>Risk Profile - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/28/2022 to 11/30/2025</x:t>
+    <x:t>From 10/28/2022 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -176,114 +176,117 @@
   <x:si>
     <x:t>[1] Alpha is a measure of risk-adjusted return.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Beta is a measure of a portfolio's sensitivity to the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
+    <x:t>As of 12/31/2025 (%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class Strategy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exposure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQUITY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Fundamental Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resource Equity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACWI ex US Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTERNATIVE STRATEGIES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity Dislocation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternative Allocation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIXED INCOME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABS/Structured Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Australian Nominals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Treasury Notes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euro Zone Nominal Bonds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Debt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Weightings are as of the date indicated and are subject to change. The groups indicated above represent exposures determined pursuant to proprietary methodologies and are subject to change</x:t>
+  </x:si>
+  <x:si>
+    <x:t>over time. Totals may vary due to rounding.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity - Regions - Multi-Asset Trust</x:t>
+  </x:si>
+  <x:si>
     <x:t>As of 11/30/2025 (%)</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>Equity - Regions - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Based on equity holdings.</x:t>
   </x:si>
@@ -1210,83 +1213,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.01</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.64</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.18</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>13</x:v>
@@ -1306,304 +1309,304 @@
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>34.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>53.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B8"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.230625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
@@ -1629,155 +1632,155 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.6</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s"/>
       <x:c r="C12" s="3" t="s"/>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s"/>
       <x:c r="C15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
@@ -1791,1462 +1794,1462 @@
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B58"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>29.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.840625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>