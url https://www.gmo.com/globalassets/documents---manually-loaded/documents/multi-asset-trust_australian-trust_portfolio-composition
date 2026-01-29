--- v4 (2026-01-07)
+++ v5 (2026-01-29)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf847e91eb19e41f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/523b62ba367248e4b6f417e51b2766ca.psmdcp" Id="Rb2138c2d65684d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00da92e17bbb4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcb37061985e4088a79e61586e5a7aea.psmdcp" Id="R4dbdff4ae4e54e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Equity - Characteristics" sheetId="10" r:id="rId10"/>
     <x:sheet name="Fixed Income - Credit Ratings" sheetId="11" r:id="rId11"/>
     <x:sheet name="Fixed Income - Characteristics" sheetId="12" r:id="rId12"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="223">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
   <x:si>
     <x:t>Risk Profile - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>From 10/28/2022 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
@@ -242,53 +242,50 @@
   <x:si>
     <x:t>ABS/Structured Products</x:t>
   </x:si>
   <x:si>
     <x:t>Australian Nominals</x:t>
   </x:si>
   <x:si>
     <x:t>US Treasury Notes</x:t>
   </x:si>
   <x:si>
     <x:t>Euro Zone Nominal Bonds</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>Weightings are as of the date indicated and are subject to change. The groups indicated above represent exposures determined pursuant to proprietary methodologies and are subject to change</x:t>
   </x:si>
   <x:si>
     <x:t>over time. Totals may vary due to rounding.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Regions - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Based on equity holdings.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Countries - Multi-Asset Trust</x:t>
@@ -599,138 +596,138 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Market Cap Ranges - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Top Equity Holdings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
+    <x:t>Toronto-Dominion Bank/The</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bank of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
-    <x:t>Toronto-Dominion Bank/The</x:t>
+    <x:t>BNP Paribas SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
-    <x:t>BNP Paribas SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>TotalEnergies SE</x:t>
   </x:si>
   <x:si>
-    <x:t>GSK PLC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Deutsche Bank AG</x:t>
   </x:si>
   <x:si>
+    <x:t>Exxon Mobil Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Exxon Mobil Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Based on equity holdings. Holdings are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.2x</x:t>
+    <x:t>14.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4x</x:t>
+    <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.5%</x:t>
+    <x:t>12.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>29.8 USD</x:t>
+    <x:t>32.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed Income - Credit Ratings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
@@ -749,51 +746,51 @@
   <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
-    <x:t>Copyright 2025, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
+    <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
   </x:si>
   <x:si>
     <x:t>Content and are not responsible for any errors or omissions (negligent or otherwise), regardless of the cause, or for the results obtained from the use of such Content. In no event shall</x:t>
   </x:si>
   <x:si>
     <x:t>Content Providers be liable for any damages, costs, expenses, legal fees, or losses (including lost income or lost profit and opportunity costs) in connection with any use of the Content.</x:t>
   </x:si>
   <x:si>
     <x:t>A reference to a particular investment or security, a rating or any observation concerning an investment that is part of the Content is not a recommendation to buy, sell or hold such</x:t>
   </x:si>
   <x:si>
     <x:t>investment or security, does not address the suitability of an investment or security and should not be relied on as investment advice. Credit ratings are statements of opinions and are</x:t>
   </x:si>
   <x:si>
     <x:t>not statements of fact.</x:t>
   </x:si>
   <x:si>
     <x:t>Unless you have a direct agreement with S&amp;P permitting otherwise:</x:t>
   </x:si>
   <x:si>
     <x:t>i. The credit ratings may not be used as a substitute for a direct license with S&amp;P;</x:t>
   </x:si>
@@ -1309,307 +1306,307 @@
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>34.2</x:v>
+        <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>53.3</x:v>
+        <x:v>52.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B8"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.230625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -1632,1624 +1629,1624 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s"/>
       <x:c r="C12" s="3" t="s"/>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s"/>
       <x:c r="C15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>28</x:v>
+        <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B58"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>28</x:v>
+        <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>28</x:v>
+        <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B23"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>29.7</x:v>
+        <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>22</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.840625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.860625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>