--- v5 (2026-01-29)
+++ v6 (2026-02-27)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00da92e17bbb4ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcb37061985e4088a79e61586e5a7aea.psmdcp" Id="R4dbdff4ae4e54e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90175b2d1d904d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc29e61a6c4e4ebb9644dd26b5f085fe.psmdcp" Id="Rb4ef6926fdb74280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Equity - Characteristics" sheetId="10" r:id="rId10"/>
     <x:sheet name="Fixed Income - Credit Ratings" sheetId="11" r:id="rId11"/>
     <x:sheet name="Fixed Income - Characteristics" sheetId="12" r:id="rId12"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
   <x:si>
     <x:t>Risk Profile - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/28/2022 to 12/31/2025</x:t>
+    <x:t>From 10/28/2022 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[1] Alpha is a measure of risk-adjusted return.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Beta is a measure of a portfolio's sensitivity to the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Fundamental Value</x:t>
   </x:si>
   <x:si>
     <x:t>US Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Equity</x:t>
   </x:si>
@@ -596,177 +596,177 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Market Cap Ranges - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Top Equity Holdings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
+    <x:t>BNP Paribas SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bank of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
-    <x:t>BNP Paribas SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>GSK PLC</x:t>
   </x:si>
   <x:si>
+    <x:t>TotalEnergies SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxon Mobil Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
-    <x:t>TotalEnergies SE</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
+    <x:t>BHP Group Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Based on equity holdings. Holdings are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.4x</x:t>
+    <x:t>14.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>12.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>32.8 USD</x:t>
+    <x:t>33.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed Income - Credit Ratings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
+    <x:t>NR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
     <x:t>CCC</x:t>
   </x:si>
   <x:si>
     <x:t>CC</x:t>
   </x:si>
   <x:si>
     <x:t>C</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
@@ -1210,83 +1210,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.01</x:v>
+        <x:v>3.77</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>0.63</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>5.72</x:v>
+        <x:v>5.71</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>13</x:v>
@@ -1327,131 +1327,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>37.7</x:v>
+        <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>52.2</x:v>
+        <x:v>53.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>204</x:v>
@@ -1562,51 +1562,51 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -1629,164 +1629,164 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s"/>
       <x:c r="C12" s="3" t="s"/>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s"/>
       <x:c r="C15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1807,91 +1807,91 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>27.5</x:v>
+        <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1915,275 +1915,275 @@
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -2219,131 +2219,131 @@
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>27.5</x:v>
+        <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -2375,227 +2375,227 @@
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -2647,67 +2647,67 @@
       <x:c r="B39" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>27.5</x:v>
+        <x:v>27.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2726,131 +2726,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>30.3</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>154</x:v>
@@ -2886,83 +2886,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>18.8</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -3009,155 +3009,155 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>