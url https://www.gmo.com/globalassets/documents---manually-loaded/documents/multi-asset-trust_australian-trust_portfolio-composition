--- v6 (2026-02-27)
+++ v7 (2026-03-23)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90175b2d1d904d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc29e61a6c4e4ebb9644dd26b5f085fe.psmdcp" Id="Rb4ef6926fdb74280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111720f2595843c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3fa14d849b2b49eba8a4867e9e6cedfe.psmdcp" Id="R3a27aa7b865a49cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Portfolio Allocation" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Regions" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Countries" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Currencies" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Sectors" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="9" r:id="rId9"/>
     <x:sheet name="Equity - Characteristics" sheetId="10" r:id="rId10"/>
     <x:sheet name="Fixed Income - Credit Ratings" sheetId="11" r:id="rId11"/>
     <x:sheet name="Fixed Income - Characteristics" sheetId="12" r:id="rId12"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
   <x:si>
     <x:t>Risk Profile - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/28/2022 to 01/31/2026</x:t>
+    <x:t>From 10/28/2022 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -176,51 +176,51 @@
   <x:si>
     <x:t>[1] Alpha is a measure of risk-adjusted return.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Beta is a measure of a portfolio's sensitivity to the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio Allocation - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Fundamental Value</x:t>
   </x:si>
   <x:si>
     <x:t>US Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Resource Equity</x:t>
   </x:si>
@@ -596,177 +596,177 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Market Cap Ranges - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Top Equity Holdings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>BNP Paribas SA</x:t>
   </x:si>
   <x:si>
     <x:t>Bank of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>GSK PLC</x:t>
   </x:si>
   <x:si>
     <x:t>TotalEnergies SE</x:t>
   </x:si>
   <x:si>
     <x:t>Exxon Mobil Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Roche Holding AG</x:t>
+    <x:t>BHP Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>BHP Group Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Based on equity holdings. Holdings are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.7x</x:t>
+    <x:t>15.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
+    <x:t>1.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.6%</x:t>
+    <x:t>12.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>33.4 USD</x:t>
+    <x:t>36.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Fixed Income - Credit Ratings - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
+    <x:t>CCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
     <x:t>NR</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>C</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
@@ -1210,83 +1210,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>3.77</x:v>
+        <x:v>4.79</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.33</x:v>
+        <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>5.71</x:v>
+        <x:v>5.87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>13</x:v>
@@ -1359,99 +1359,99 @@
       <x:c r="B7" s="4" t="n">
         <x:v>53.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>204</x:v>
@@ -1562,51 +1562,51 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -1629,146 +1629,146 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s"/>
       <x:c r="C6" s="3" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s"/>
       <x:c r="B8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s"/>
       <x:c r="B9" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s"/>
       <x:c r="B10" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s"/>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s"/>
       <x:c r="C12" s="3" t="s"/>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s"/>
       <x:c r="B13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s"/>
       <x:c r="B14" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s"/>
       <x:c r="C15" s="3" t="s"/>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s"/>
       <x:c r="B16" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s"/>
       <x:c r="B17" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s"/>
       <x:c r="B18" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s"/>
       <x:c r="B19" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s"/>
       <x:c r="B20" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
@@ -1807,91 +1807,91 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1915,259 +1915,259 @@
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -2203,147 +2203,147 @@
       <x:c r="B40" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -2375,211 +2375,211 @@
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>15.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>23.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -2615,99 +2615,99 @@
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2726,131 +2726,131 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>29.9</x:v>
+        <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="3" t="s">
         <x:v>154</x:v>
@@ -2886,83 +2886,83 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>23.8</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
@@ -2981,93 +2981,93 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>170</x:v>
@@ -3082,82 +3082,82 @@
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>