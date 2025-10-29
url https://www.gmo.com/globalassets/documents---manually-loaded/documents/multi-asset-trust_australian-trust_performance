--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ed2f6b25ec14430" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0be1ea4ae9e4671a6cca1a670982d53.psmdcp" Id="Rdd3d8d3268d04490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re38bd07d84194e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3601ae1caf2849599cf70733448853af.psmdcp" Id="R418697b19f2d43b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
   <x:si>
     <x:t>Performance - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (AUD,%)</x:t>
+    <x:t>As of 09/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust Blended Index</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
@@ -137,51 +140,51 @@
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
@@ -224,117 +227,111 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 06/30/2025 (AUD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in AUD as of 06/30/2025</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -675,1656 +672,1670 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D78"/>
+  <x:dimension ref="A1:D79"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.110625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>4.62</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>3.34</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A58" s="2" t="s"/>
+      <x:c r="B58" s="3" t="s"/>
+      <x:c r="C58" s="3" t="s"/>
+      <x:c r="D58" s="3" t="s"/>
     </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A59" s="2" t="s">
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>8.42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>12.38</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>11.48</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>12.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B61" s="4" t="n">
+      <x:c r="B62" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C61" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D61" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>3.04</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
+      <x:c r="A66" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="1" t="s">
+      <x:c r="A71" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="2" t="s">
+      <x:c r="A77" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="1" t="s">
+      <x:c r="A78" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.69</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.99</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.29</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>9.87</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>12.18</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>6.44</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>4.84</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.92</x:v>
+        <x:v>11.09</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>10.23</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>11.11</x:v>
+        <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>8.42</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11.04</x:v>
       </x:c>
       <x:c r="F20" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="F21" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>