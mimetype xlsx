--- v1 (2025-10-29)
+++ v2 (2025-11-26)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re38bd07d84194e44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3601ae1caf2849599cf70733448853af.psmdcp" Id="R418697b19f2d43b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2a82c95e3f4bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ebfd426eea24a69b0d4201694f5ce96.psmdcp" Id="Rf54922740e8e4e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Performance - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (AUD,%)</x:t>
+    <x:t>As of 10/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust Blended Index</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -140,50 +143,53 @@
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -227,111 +233,117 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (AUD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
+  </x:si>
+  <x:si>
+    <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO Multi-Asset Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
+  </x:si>
+  <x:si>
+    <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -672,1670 +684,1698 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D79"/>
+  <x:dimension ref="A1:D81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.110625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>4.62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A45" s="2" t="s"/>
+      <x:c r="B45" s="3" t="s"/>
+      <x:c r="C45" s="3" t="s"/>
+      <x:c r="D45" s="3" t="s"/>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>3.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>3.34</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A61" s="2" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>12.38</x:v>
+        <x:v>13.64</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>10.56</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>6.11</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>6.96</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>13.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>11.48</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>12.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B62" s="4" t="n">
+      <x:c r="B64" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>3.04</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
-      <x:c r="A67" s="2" t="s">
+      <x:c r="A67" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
-      <x:c r="A68" s="2" t="s">
+      <x:c r="A68" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
-      <x:c r="A72" s="1" t="s">
+      <x:c r="A72" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="1" t="s">
+      <x:c r="A73" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="s">
+      <x:c r="A78" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:4">
+      <x:c r="A80" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:4">
+      <x:c r="A81" s="1" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>9.71</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>13.27</x:v>
+      </x:c>
+      <x:c r="G10" s="4" t="n">
+        <x:v>11.14</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.42</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>11.04</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>13.38</x:v>
+      </x:c>
+      <x:c r="G11" s="4" t="n">
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>13.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-1.33</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>-0.11</x:v>
+      </x:c>
+      <x:c r="G12" s="4" t="n">
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>13.64</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>10.59</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>14.18</x:v>
+      </x:c>
+      <x:c r="G19" s="4" t="n">
+        <x:v>12.04</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>11.98</x:v>
+        <x:v>12.24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>8.42</x:v>
+        <x:v>10.56</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>11.04</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>13.38</x:v>
+      </x:c>
+      <x:c r="G20" s="4" t="n">
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>13.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>-0.45</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>0.79</x:v>
+      </x:c>
+      <x:c r="G21" s="4" t="n">
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>4.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.09</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>9.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.42</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.04</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>2.67</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>-1.33</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>5.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>4.12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>8.42</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>11.04</x:v>
       </x:c>
       <x:c r="F20" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>0.97</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>-0.45</x:v>
       </x:c>
       <x:c r="F21" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>