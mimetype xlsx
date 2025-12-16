--- v2 (2025-11-26)
+++ v3 (2025-12-16)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2a82c95e3f4bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ebfd426eea24a69b0d4201694f5ce96.psmdcp" Id="Rf54922740e8e4e09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R255d77bdabdf4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c8382cf902747dea434f070bdefdc8f.psmdcp" Id="R81021a493e3a4940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <x:si>
     <x:t>Performance - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (AUD,%)</x:t>
+    <x:t>As of 11/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust Blended Index</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -233,102 +236,102 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
@@ -684,1698 +687,1712 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D81"/>
+  <x:dimension ref="A1:D82"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.110625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>4.62</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C43" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>3.34</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
     </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A62" s="2" t="s">
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>16.13</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>16.98</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>10.65</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>12.38</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>11.48</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>12.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B64" s="4" t="n">
+      <x:c r="B65" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="C65" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D64" s="4" t="n">
+      <x:c r="D65" s="4" t="n">
         <x:v>3.04</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="s">
+      <x:c r="A69" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="1" t="s">
+      <x:c r="A74" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="s">
+      <x:c r="A80" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
         <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="1" t="s">
+        <x:v>73</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>12.88</x:v>
+        <x:v>16.13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.27</x:v>
+        <x:v>16.35</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>11.14</x:v>
+        <x:v>10.64</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>12.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>13.38</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>13.07</x:v>
+        <x:v>12.73</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>2.48</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>5.48</x:v>
+      </x:c>
+      <x:c r="F12" s="4" t="n">
+        <x:v>5.85</x:v>
+      </x:c>
+      <x:c r="G12" s="4" t="n">
         <x:v>-0.36</x:v>
       </x:c>
-      <x:c r="D12" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>13.64</x:v>
+        <x:v>16.98</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>14.18</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>12.04</x:v>
+        <x:v>11.53</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>12.24</x:v>
+        <x:v>12.95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>10.56</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>13.38</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>13.07</x:v>
+        <x:v>12.73</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>6.78</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>4.88</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>11.09</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>9.71</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>4.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8.42</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.04</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>2.67</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>-1.33</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>-1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>5.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>11.98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>4.12</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>8.42</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>11.04</x:v>
       </x:c>
       <x:c r="F20" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>12.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>0.97</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>-0.45</x:v>
       </x:c>
       <x:c r="F21" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>-0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>