--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R255d77bdabdf4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c8382cf902747dea434f070bdefdc8f.psmdcp" Id="R81021a493e3a4940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R283a0b9876f846fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55a41647704243f188781686acb06de0.psmdcp" Id="R3c9fa46754574f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Performance - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (AUD,%)</x:t>
+    <x:t>As of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust Blended Index</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -146,51 +149,51 @@
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -236,117 +239,111 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -687,1712 +684,1726 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D82"/>
+  <x:dimension ref="A1:D83"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.110625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>4.62</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C45" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D45" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A47" s="2" t="s"/>
+      <x:c r="B47" s="3" t="s"/>
+      <x:c r="C47" s="3" t="s"/>
+      <x:c r="D47" s="3" t="s"/>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>3.34</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C59" s="4" t="n">
+      <x:c r="C60" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D59" s="4" t="n">
+      <x:c r="D60" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="62" spans="1:4">
-      <x:c r="A62" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A62" s="2" t="s"/>
+      <x:c r="B62" s="3" t="s"/>
+      <x:c r="C62" s="3" t="s"/>
+      <x:c r="D62" s="3" t="s"/>
     </x:row>
     <x:row r="63" spans="1:4">
-      <x:c r="A63" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A63" s="2" t="s">
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>17.77</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>18.71</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>12.38</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>11.48</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>12.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B65" s="4" t="n">
+      <x:c r="B66" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="n">
+      <x:c r="C66" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D65" s="4" t="n">
+      <x:c r="D66" s="4" t="n">
         <x:v>3.04</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="s">
+      <x:c r="A70" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
-      <x:c r="A75" s="1" t="s">
+      <x:c r="A75" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="2" t="s">
+      <x:c r="A81" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
-      <x:c r="A82" s="1" t="s">
+      <x:c r="A82" s="2" t="s">
         <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="1" t="s">
+        <x:v>74</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.13</x:v>
+        <x:v>17.77</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>16.35</x:v>
+        <x:v>17.77</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.64</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.05</x:v>
+        <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>12.73</x:v>
+        <x:v>12.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>7.23</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>7.23</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>16.98</x:v>
+        <x:v>18.71</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>18.71</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>11.53</x:v>
+        <x:v>12.58</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>12.95</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>12.73</x:v>
+        <x:v>12.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>6.78</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>17.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.71</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>17.77</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>8.42</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.04</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>10.54</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>12.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>7.23</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-1.33</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>7.23</x:v>
+      </x:c>
+      <x:c r="F12" s="4" t="n">
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>-1.63</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>18.71</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>10.59</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>18.71</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>12.58</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>11.98</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>8.42</x:v>
+        <x:v>10.54</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>11.04</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>10.54</x:v>
+      </x:c>
+      <x:c r="F20" s="4" t="n">
+        <x:v>12.15</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>12.72</x:v>
+        <x:v>12.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>4.27</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>8.17</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-0.45</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>8.17</x:v>
+      </x:c>
+      <x:c r="F21" s="4" t="n">
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>