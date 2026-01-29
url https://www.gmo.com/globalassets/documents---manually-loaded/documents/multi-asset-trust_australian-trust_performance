--- v4 (2026-01-07)
+++ v5 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R283a0b9876f846fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55a41647704243f188781686acb06de0.psmdcp" Id="R3c9fa46754574f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72adb0f3ace543ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c74402282d8741d2828b2fe46ae8a445.psmdcp" Id="R76d15ac1e7684c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Performance - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>As of 12/31/2025 (AUD,%)</x:t>