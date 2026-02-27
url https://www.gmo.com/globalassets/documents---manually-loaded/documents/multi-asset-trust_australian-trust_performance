--- v5 (2026-01-29)
+++ v6 (2026-02-27)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72adb0f3ace543ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c74402282d8741d2828b2fe46ae8a445.psmdcp" Id="R76d15ac1e7684c0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7abb747bd82b4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/850d14ae04984e77877e685e551ce802.psmdcp" Id="R0e3b64a9a9614715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <x:si>
     <x:t>Performance - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (AUD,%)</x:t>
+    <x:t>As of 01/31/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust Blended Index</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -149,201 +152,210 @@
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses an index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>The GMO Multi-Asset Trust ARSN 661 257 405 (“the Trust”) is issued by GMO Australia Limited ABN 30 071 502 639, AFS Licence No. 236 656.</x:t>
   </x:si>
   <x:si>
     <x:t>The Multi-Asset Trust Blended Index is an internally maintained benchmark computed by GMO, comprised of (i) 50% Bloomberg Global Aggregate Index, (ii) 25% MSCI ACWI (All Country World</x:t>
   </x:si>
   <x:si>
     <x:t>Index) ex-Australia Index (Hedged) (MSCI Standard Index Series, net of withholding tax), and (iii) 25% MSCI ACWI (All Country World Index) ex-Australia Index (MSCI Standard Index Series,</x:t>
   </x:si>
   <x:si>
     <x:t>net of withholding tax). MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (AUD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
+  </x:si>
+  <x:si>
+    <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO Multi-Asset Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
+  </x:si>
+  <x:si>
+    <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -684,1726 +696,1768 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D83"/>
+  <x:dimension ref="A1:D86"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.110625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>4.62</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C45" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="D45" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="48" spans="1:4">
-      <x:c r="A48" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A48" s="2" t="s"/>
+      <x:c r="B48" s="3" t="s"/>
+      <x:c r="C48" s="3" t="s"/>
+      <x:c r="D48" s="3" t="s"/>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
+        <x:v>1.95</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>2.15</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>3.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>3.34</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="3" t="s"/>
+      <x:c r="C64" s="3" t="s"/>
+      <x:c r="D64" s="3" t="s"/>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A65" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>12.38</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>17.77</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>18.71</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>10.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>6.11</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>6.96</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>13.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>11.48</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>12.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B66" s="4" t="n">
+      <x:c r="B69" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="n">
+      <x:c r="C69" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D66" s="4" t="n">
+      <x:c r="D69" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A70" s="1" t="s">
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:4">
-      <x:c r="A71" s="2" t="s">
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-      <x:c r="A72" s="2" t="s">
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="1" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:4">
-      <x:c r="A76" s="1" t="s">
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:4">
-      <x:c r="A77" s="1" t="s">
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="1" t="s">
         <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="1" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.77</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>17.77</x:v>
+        <x:v>18.87</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>11.44</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>12.15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>12.34</x:v>
+        <x:v>12.08</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>7.23</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>7.23</x:v>
+        <x:v>9.89</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>19.82</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>12.58</x:v>
+        <x:v>12.33</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13.62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>12.15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>12.34</x:v>
+        <x:v>12.08</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>8.17</x:v>
+        <x:v>10.83</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>1.54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.77</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>11.68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>12.15</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>12.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>4.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>7.23</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>7.23</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>-0.47</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>6.23</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>18.71</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.71</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>12.58</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>1.96</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>12.15</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>12.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>4.27</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>8.17</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>8.17</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>0.43</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>