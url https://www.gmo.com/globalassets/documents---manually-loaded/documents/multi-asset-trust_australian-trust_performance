--- v6 (2026-02-27)
+++ v7 (2026-03-23)
@@ -1,81 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7abb747bd82b4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/850d14ae04984e77877e685e551ce802.psmdcp" Id="R0e3b64a9a9614715" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f72d22b3e0f41f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6904581d13b45afb8e73799365e2bd7.psmdcp" Id="R459f8355608f4928" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="101">
   <x:si>
     <x:t>Performance - Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (AUD,%)</x:t>
+    <x:t>As of 02/28/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Trust Blended Index</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -245,102 +248,102 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Multi-Asset Trust</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2022</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
@@ -696,1768 +699,1782 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D86"/>
+  <x:dimension ref="A1:D87"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="29.110625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>2.52</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>2.69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.47</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-0.47</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.83</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>2.27</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>4.62</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.77</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>-2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.38</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.48</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.38</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.71</x:v>
+        <x:v>2.48</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.21</x:v>
+        <x:v>-1.71</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.21</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>4.3</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>4.36</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>3.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
         <x:v>1.06</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>3.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>1.96</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>4.12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.04</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>-1.04</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>0.88</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>3.34</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>3.04</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="3" t="s"/>
+      <x:c r="C65" s="3" t="s"/>
+      <x:c r="D65" s="3" t="s"/>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A66" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>17.77</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>18.71</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>10.54</x:v>
+        <x:v>1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.11</x:v>
+        <x:v>17.77</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>18.71</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>10.54</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>6.11</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>12.38</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13.05</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
+        <x:v>11.48</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>12.38</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>12.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B69" s="4" t="n">
+      <x:c r="B70" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="n">
+      <x:c r="C70" s="4" t="n">
         <x:v>4.09</x:v>
       </x:c>
-      <x:c r="D69" s="4" t="n">
+      <x:c r="D70" s="4" t="n">
         <x:v>3.04</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="1" t="s">
+      <x:c r="A79" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
-      <x:c r="A85" s="2" t="s">
+      <x:c r="A85" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="1" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>18.87</x:v>
+        <x:v>21.71</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>11.44</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>12.71</x:v>
+        <x:v>13.73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>9.58</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.71</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>12.08</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>9.89</x:v>
+        <x:v>12.13</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>0.63</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>19.82</x:v>
+        <x:v>22.68</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>13.62</x:v>
+        <x:v>14.64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>9.58</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>11.71</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>12.08</x:v>
+        <x:v>12.09</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>5.64</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>10.83</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.110625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>6.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>17.77</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>17.77</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>11.68</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>12.15</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>12.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>4.06</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>7.23</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>7.23</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>-0.47</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>6.23</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>18.71</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>18.71</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>12.58</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>1.96</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>12.15</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>12.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>4.27</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>8.17</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>8.17</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>0.43</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>