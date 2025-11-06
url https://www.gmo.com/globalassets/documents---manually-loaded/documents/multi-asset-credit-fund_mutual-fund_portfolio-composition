--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree41d991f0f44183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec6a43e445fb443e9b019733f4db5604.psmdcp" Id="R322ed8df260c4ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebac7fa3c5ff4f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/174360a9c2264f428229f87ee2caca07.psmdcp" Id="Rd3f05884b66445be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Credit Ratings - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
     <x:t>As of 09/30/2025 (%)</x:t>