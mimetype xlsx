--- v1 (2025-11-06)
+++ v2 (2025-11-26)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebac7fa3c5ff4f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/174360a9c2264f428229f87ee2caca07.psmdcp" Id="Rd3f05884b66445be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37557b530d1d46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fc1da7c6cc04a5a80c8a61dbe0bc41c.psmdcp" Id="R24ceb1b65dfe4ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Credit Ratings - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Multi-Asset Credit Blended Benchmark</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
@@ -161,78 +161,78 @@
   <x:si>
     <x:t>Agency MBS</x:t>
   </x:si>
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Securitized</x:t>
   </x:si>
   <x:si>
     <x:t>Tactical Long/Short</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>112.7bps</x:t>
+    <x:t>116.0bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>5.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Credit (%)</x:t>
   </x:si>
   <x:si>
-    <x:t>79.9%</x:t>
+    <x:t>83.5%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -606,164 +606,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>39.5</x:v>
+        <x:v>37.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>9.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>20</x:v>
@@ -888,117 +888,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>10.5</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>43.4</x:v>
+        <x:v>44.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1022,67 +1022,67 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>