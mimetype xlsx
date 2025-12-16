--- v2 (2025-11-26)
+++ v3 (2025-12-16)
@@ -1,76 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37557b530d1d46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5fc1da7c6cc04a5a80c8a61dbe0bc41c.psmdcp" Id="R24ceb1b65dfe4ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf933ecd19d224803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcdd2fa28a794dce9abc3650b3db3d1f.psmdcp" Id="Ra3c01c190b8a4454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Credit Ratings - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>GMO Multi-Asset Credit Blended Benchmark</x:t>
+    <x:t>Multi-Asset Credit Blended Benchmark</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>CCC</x:t>
   </x:si>
   <x:si>
     <x:t>CC</x:t>
   </x:si>
@@ -161,78 +161,72 @@
   <x:si>
     <x:t>Agency MBS</x:t>
   </x:si>
   <x:si>
     <x:t>Cash/Equiv.</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Securitized</x:t>
   </x:si>
   <x:si>
     <x:t>Tactical Long/Short</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>116.0bps</x:t>
+    <x:t>119.0bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
-    <x:t>Coupon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Credit (%)</x:t>
   </x:si>
   <x:si>
-    <x:t>83.5%</x:t>
+    <x:t>85.2%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -577,190 +571,190 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C40"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.470625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="40.680625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="35.630625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>19.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>37.2</x:v>
+        <x:v>32.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>26.5</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>13.8</x:v>
+        <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>9.2</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -859,250 +853,242 @@
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.100625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.470625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="40.680625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="35.630625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>6.9</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>7.4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>44.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B12"/>
+  <x:dimension ref="A1:B11"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="17.230625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.470625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:2">
-[...8 lines deleted...]
-      <x:c r="A12" s="1" t="s">
+    <x:row r="11" spans="1:2">
+      <x:c r="A11" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>