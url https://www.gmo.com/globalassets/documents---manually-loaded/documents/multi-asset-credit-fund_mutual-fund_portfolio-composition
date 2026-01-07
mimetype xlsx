--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf933ecd19d224803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcdd2fa28a794dce9abc3650b3db3d1f.psmdcp" Id="Ra3c01c190b8a4454" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860de67161274b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd9f297b870c457e8dd11d87a343925e.psmdcp" Id="Rbfa9fc37eecd4553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Credit Ratings - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
     <x:t>As of 11/30/2025 (%)</x:t>