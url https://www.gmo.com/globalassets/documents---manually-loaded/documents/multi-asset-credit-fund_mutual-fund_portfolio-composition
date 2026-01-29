--- v4 (2026-01-07)
+++ v5 (2026-01-29)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860de67161274b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd9f297b870c457e8dd11d87a343925e.psmdcp" Id="Rbfa9fc37eecd4553" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c204dcfd974d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fcc8455f01e47dcb49b790c4ca480a0.psmdcp" Id="Rd8fc1b3dca1c440a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Credit Ratings - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Credit Blended Benchmark</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
@@ -83,51 +83,51 @@
   <x:si>
     <x:t>NR</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
-    <x:t>Copyright 2025, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
+    <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
   <x:si>
     <x:t>permission of the relevant party. Such party, its affiliates and suppliers (“Content Providers”) do not guarantee the accuracy, adequacy, completeness, timeliness or availability of any</x:t>
   </x:si>
   <x:si>
     <x:t>Content and are not responsible for any errors or omissions (negligent or otherwise), regardless of the cause, or for the results obtained from the use of such Content. In no event shall</x:t>
   </x:si>
   <x:si>
     <x:t>Content Providers be liable for any damages, costs, expenses, legal fees, or losses (including lost income or lost profit and opportunity costs) in connection with any use of the Content.</x:t>
   </x:si>
   <x:si>
     <x:t>A reference to a particular investment or security, a rating or any observation concerning an investment that is part of the Content is not a recommendation to buy, sell or hold such</x:t>
   </x:si>
   <x:si>
     <x:t>investment or security, does not address the suitability of an investment or security and should not be relied on as investment advice. Credit ratings are statements of opinions and are</x:t>
   </x:si>
   <x:si>
     <x:t>not statements of fact.</x:t>
   </x:si>
   <x:si>
     <x:t>Unless you have a direct agreement with S&amp;P permitting otherwise:</x:t>
   </x:si>
   <x:si>
     <x:t>i. The credit ratings may not be used as a substitute for a direct license with S&amp;P;</x:t>
   </x:si>
@@ -140,93 +140,93 @@
   <x:si>
     <x:t>iv. Redistribution of the credit ratings is prohibited without S&amp;P’s consent; and</x:t>
   </x:si>
   <x:si>
     <x:t>v. S&amp;P may require that GMO stop providing the credit ratings unless you have or enter into any necessary direct license with S&amp;P.</x:t>
   </x:si>
   <x:si>
     <x:t>The Multi-Asset Credit Blended Benchmark is an internally maintained benchmark computed by GMO, comprised of (i) 25% Bloomberg U.S. Securitized Index, (ii) 25% Bloomberg U.S. Corporate</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Index, (iii) 25% Bloomberg U.S. Corporate Index, and (iv) 25% J.P. Morgan EMBI Global Diversified.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Agency MBS</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash/Equiv.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Securitized</x:t>
   </x:si>
   <x:si>
     <x:t>Tactical Long/Short</x:t>
   </x:si>
   <x:si>
+    <x:t>U.S. Treasuries</x:t>
+  </x:si>
+  <x:si>
     <x:t>Characteristics - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>119.0bps</x:t>
+    <x:t>118.0bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Credit (%)</x:t>
   </x:si>
   <x:si>
-    <x:t>85.2%</x:t>
+    <x:t>80.0%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -600,161 +600,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>32.2</x:v>
+        <x:v>27.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>13.3</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -882,117 +882,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>7.5</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>12.3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>44.8</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1016,67 +1016,67 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>