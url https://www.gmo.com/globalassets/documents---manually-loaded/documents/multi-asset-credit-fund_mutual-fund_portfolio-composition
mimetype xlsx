--- v5 (2026-01-29)
+++ v6 (2026-02-18)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c204dcfd974d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fcc8455f01e47dcb49b790c4ca480a0.psmdcp" Id="Rd8fc1b3dca1c440a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re404e96cd153490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f235fc7731324b5bafd70b28b3731070.psmdcp" Id="Rfd2dad3360674d90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Credit Ratings - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Credit Blended Benchmark</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
@@ -161,72 +161,72 @@
   <x:si>
     <x:t>Agency MBS</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Debt</x:t>
   </x:si>
   <x:si>
     <x:t>High Yield Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Investment Grade Corporates</x:t>
   </x:si>
   <x:si>
     <x:t>Securitized</x:t>
   </x:si>
   <x:si>
     <x:t>Tactical Long/Short</x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Spread Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Spread</x:t>
   </x:si>
   <x:si>
-    <x:t>118.0bps</x:t>
+    <x:t>112.0bps</x:t>
   </x:si>
   <x:si>
     <x:t>Effective Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Credit (%)</x:t>
   </x:si>
   <x:si>
-    <x:t>80.0%</x:t>
+    <x:t>78.2%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -600,164 +600,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.8</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>27.5</x:v>
+        <x:v>33.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>26.6</x:v>
+        <x:v>26.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>11.6</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>12.9</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>20</x:v>
@@ -882,117 +882,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>7.5</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1016,67 +1016,67 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>