--- v6 (2026-02-18)
+++ v7 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re404e96cd153490a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f235fc7731324b5bafd70b28b3731070.psmdcp" Id="Rfd2dad3360674d90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3221c2559eb428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc19dafb011a4f2d9ea5dd7a56fb6535.psmdcp" Id="R55fb6da463f54873" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Credit Ratings" sheetId="2" r:id="rId2"/>
     <x:sheet name="Sectors" sheetId="3" r:id="rId3"/>
     <x:sheet name="Characteristics" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Credit Ratings - Multi-Asset Credit Fund</x:t>
   </x:si>
   <x:si>
     <x:t>As of 01/31/2026 (%)</x:t>