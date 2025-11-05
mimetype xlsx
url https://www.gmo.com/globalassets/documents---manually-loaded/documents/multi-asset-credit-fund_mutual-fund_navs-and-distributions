--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -1,71 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R892a440c02c54cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e600c84f32f249488d3babe81dcef5bf.psmdcp" Id="R01ac4f454c804c4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77860e7a66734dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1ad4902bb6e4121a8f587d474b5409e.psmdcp" Id="R86c2c23e11a242e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class IV" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <x:si>
     <x:t>Multi-Asset Credit Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/24/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2025</x:t>
   </x:si>
@@ -731,1218 +773,1442 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B40"/>
+  <x:dimension ref="A1:B54"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:2">
+      <x:c r="A34" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
-      <x:c r="A40" s="1" t="s">
-        <x:v>38</x:v>
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:2">
+      <x:c r="A41" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:2">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:2">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:2">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:2">
+      <x:c r="A45" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>20.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:2">
+      <x:c r="A46" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:2">
+      <x:c r="A47" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
+        <x:v>20.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:2">
+      <x:c r="A49" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:2">
+      <x:c r="A50" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:2">
+      <x:c r="A51" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:2">
+      <x:c r="A52" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:2">
+      <x:c r="A53" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:2">
+      <x:c r="A54" s="1" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B112"/>
+  <x:dimension ref="A1:B126"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:2">
+      <x:c r="A106" s="2" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B106" s="3" t="n">
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B107" s="3" t="n">
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B108" s="3" t="n">
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B109" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B110" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B111" s="3" t="n">
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
-      <x:c r="A112" s="1" t="s">
-        <x:v>38</x:v>
+      <x:c r="A112" s="2" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B112" s="3" t="n">
+        <x:v>20.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:2">
+      <x:c r="A113" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B113" s="3" t="n">
+        <x:v>20.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:2">
+      <x:c r="A114" s="2" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B114" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:2">
+      <x:c r="A115" s="2" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B115" s="3" t="n">
+        <x:v>20.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:2">
+      <x:c r="A116" s="2" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B116" s="3" t="n">
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:2">
+      <x:c r="A117" s="2" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B117" s="3" t="n">
+        <x:v>20.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:2">
+      <x:c r="A118" s="2" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B118" s="3" t="n">
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:2">
+      <x:c r="A119" s="2" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B119" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:2">
+      <x:c r="A121" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:2">
+      <x:c r="A122" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:2">
+      <x:c r="A123" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:2">
+      <x:c r="A124" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:2">
+      <x:c r="A125" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:2">
+      <x:c r="A126" s="1" t="s">
+        <x:v>52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>