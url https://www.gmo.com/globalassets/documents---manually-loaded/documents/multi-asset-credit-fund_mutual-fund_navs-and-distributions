--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -1,71 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77860e7a66734dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1ad4902bb6e4121a8f587d474b5409e.psmdcp" Id="R86c2c23e11a242e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd540212865c44ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8627c4f310874244b0a3acaccaac1318.psmdcp" Id="R69d8dda0611949a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class IV" sheetId="3" r:id="rId3"/>
+    <x:sheet name="Share Class R6" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <x:si>
     <x:t>Multi-Asset Credit Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2025</x:t>
   </x:si>
@@ -393,50 +434,53 @@
     <x:t>06/03/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Multi-Asset Credit Fund in USD | Share Class R6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -482,51 +526,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -773,1461 +817,1936 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B54"/>
+  <x:dimension ref="A1:B67"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:2">
+      <x:c r="A48" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
-      <x:c r="A54" s="1" t="s">
-        <x:v>52</x:v>
+      <x:c r="A54" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:2">
+      <x:c r="A55" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:2">
+      <x:c r="A56" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B56" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:2">
+      <x:c r="A57" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B57" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:2">
+      <x:c r="A58" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B58" s="3" t="n">
+        <x:v>20.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:2">
+      <x:c r="A59" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B59" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:2">
+      <x:c r="A60" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B60" s="3" t="n">
+        <x:v>20.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:2">
+      <x:c r="A62" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:2">
+      <x:c r="A63" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:2">
+      <x:c r="A64" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:2">
+      <x:c r="A65" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:2">
+      <x:c r="A66" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:2">
+      <x:c r="A67" s="1" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B126"/>
+  <x:dimension ref="A1:B139"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:2">
+      <x:c r="A120" s="2" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B120" s="3" t="n">
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B121" s="3" t="n">
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B122" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B123" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="B124" s="3" t="n">
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B125" s="3" t="n">
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
-      <x:c r="A126" s="1" t="s">
-        <x:v>52</x:v>
+      <x:c r="A126" s="2" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B126" s="3" t="n">
+        <x:v>20.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:2">
+      <x:c r="A127" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B127" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:2">
+      <x:c r="A128" s="2" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="B128" s="3" t="n">
+        <x:v>20.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:2">
+      <x:c r="A129" s="2" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="B129" s="3" t="n">
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:2">
+      <x:c r="A130" s="2" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B130" s="3" t="n">
+        <x:v>20.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:2">
+      <x:c r="A131" s="2" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B131" s="3" t="n">
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:2">
+      <x:c r="A132" s="2" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B132" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:2">
+      <x:c r="A134" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:2">
+      <x:c r="A135" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:2">
+      <x:c r="A136" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:2">
+      <x:c r="A137" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:2">
+      <x:c r="A138" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:2">
+      <x:c r="A139" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:B35"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:2">
+      <x:c r="A1" s="1" t="s">
+        <x:v>139</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:2">
+      <x:c r="A3" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:2">
+      <x:c r="A4" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B4" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:2">
+      <x:c r="A5" s="2" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="B5" s="3" t="n">
+        <x:v>21.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:2">
+      <x:c r="A6" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="n">
+        <x:v>21.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:2">
+      <x:c r="A7" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="n">
+        <x:v>21.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:2">
+      <x:c r="A8" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:2">
+      <x:c r="A9" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>21.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:2">
+      <x:c r="A10" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>21.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:2">
+      <x:c r="A11" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:2">
+      <x:c r="A12" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>21.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:2">
+      <x:c r="A13" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>21.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:2">
+      <x:c r="A14" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:2">
+      <x:c r="A15" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:2">
+      <x:c r="A16" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:2">
+      <x:c r="A17" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>21.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:2">
+      <x:c r="A18" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:2">
+      <x:c r="A19" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:2">
+      <x:c r="A20" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:2">
+      <x:c r="A21" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:2">
+      <x:c r="A22" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:2">
+      <x:c r="A23" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
+        <x:v>21.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:2">
+      <x:c r="A24" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:2">
+      <x:c r="A25" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:2">
+      <x:c r="A26" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:2">
+      <x:c r="A27" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:2">
+      <x:c r="A28" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:2">
+      <x:c r="A30" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:2">
+      <x:c r="A31" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:2">
+      <x:c r="A32" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:2">
+      <x:c r="A33" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:2">
+      <x:c r="A34" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:2">
+      <x:c r="A35" s="1" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="6">
+    <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>Share Class I</vt:lpstr>
       <vt:lpstr>Share Class IV</vt:lpstr>
+      <vt:lpstr>Share Class R6</vt:lpstr>
       <vt:lpstr>Share Class I!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class I!Print_Titles</vt:lpstr>
       <vt:lpstr>Share Class IV!Print_Area</vt:lpstr>
       <vt:lpstr>Share Class IV!Print_Titles</vt:lpstr>
+      <vt:lpstr>Share Class R6!Print_Area</vt:lpstr>
+      <vt:lpstr>Share Class R6!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>