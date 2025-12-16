--- v2 (2025-11-26)
+++ v3 (2025-12-16)
@@ -1,73 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd540212865c44ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8627c4f310874244b0a3acaccaac1318.psmdcp" Id="R69d8dda0611949a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra23cea8348e2415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e58ce62028f4dd98ae1120a8b9f855a.psmdcp" Id="R1c4615506fda4df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class IV" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class R6" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="153">
   <x:si>
     <x:t>Multi-Asset Credit Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/12/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/19/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2025</x:t>
   </x:si>
@@ -817,1914 +856,2226 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B67"/>
+  <x:dimension ref="A1:B80"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
         <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:2">
+      <x:c r="A61" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B61" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B62" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B63" s="3" t="n">
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B64" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B65" s="3" t="n">
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B66" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
-      <x:c r="A67" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A67" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B67" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:2">
+      <x:c r="A68" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B68" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:2">
+      <x:c r="A69" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B69" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:2">
+      <x:c r="A70" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B70" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:2">
+      <x:c r="A71" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B71" s="3" t="n">
+        <x:v>20.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:2">
+      <x:c r="A72" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B72" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:2">
+      <x:c r="A73" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B73" s="3" t="n">
+        <x:v>20.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:2">
+      <x:c r="A75" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:2">
+      <x:c r="A76" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:2">
+      <x:c r="A77" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:2">
+      <x:c r="A78" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:2">
+      <x:c r="A79" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:2">
+      <x:c r="A80" s="1" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B139"/>
+  <x:dimension ref="A1:B152"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
         <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
         <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
         <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:2">
+      <x:c r="A133" s="2" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B133" s="3" t="n">
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="B134" s="3" t="n">
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B135" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B136" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="B137" s="3" t="n">
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="B138" s="3" t="n">
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
-      <x:c r="A139" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A139" s="2" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B139" s="3" t="n">
+        <x:v>20.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:2">
+      <x:c r="A140" s="2" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="B140" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:2">
+      <x:c r="A141" s="2" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="B141" s="3" t="n">
+        <x:v>20.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:2">
+      <x:c r="A142" s="2" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B142" s="3" t="n">
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:2">
+      <x:c r="A143" s="2" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B143" s="3" t="n">
+        <x:v>20.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:2">
+      <x:c r="A144" s="2" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="B144" s="3" t="n">
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:2">
+      <x:c r="A145" s="2" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B145" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:2">
+      <x:c r="A147" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:2">
+      <x:c r="A148" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:2">
+      <x:c r="A149" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:2">
+      <x:c r="A150" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:2">
+      <x:c r="A151" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:2">
+      <x:c r="A152" s="1" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B35"/>
+  <x:dimension ref="A1:B48"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:2">
+      <x:c r="A29" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B29" s="3" t="n">
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="n">
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
-      <x:c r="A35" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A35" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:2">
+      <x:c r="A36" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
+        <x:v>21.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:2">
+      <x:c r="A37" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:2">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:2">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:2">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:2">
+      <x:c r="A41" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:2">
+      <x:c r="A43" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:2">
+      <x:c r="A44" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:2">
+      <x:c r="A45" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:2">
+      <x:c r="A46" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:2">
+      <x:c r="A47" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:2">
+      <x:c r="A48" s="1" t="s">
+        <x:v>78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>