--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -1,73 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra23cea8348e2415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e58ce62028f4dd98ae1120a8b9f855a.psmdcp" Id="R1c4615506fda4df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff5abe72ec124896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eaf80aaf826c41eebdff4b3e77e082a6.psmdcp" Id="Rc01a1b4a8d884df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class IV" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class R6" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="153">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <x:si>
     <x:t>Multi-Asset Credit Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
+    <x:t>Distributions Since Inception</x:t>
+  </x:si>
+  <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Income</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ST Cap Gain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/26/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/24/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2025</x:t>
   </x:si>
@@ -482,123 +536,131 @@
     <x:t>05/29/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Multi-Asset Credit Fund in USD | Share Class R6</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:numFmts count="2">
+  <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
+    <x:numFmt numFmtId="166" formatCode="#0.0000"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="3">
+  <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="166" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+    <x:xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -856,2226 +918,2661 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B80"/>
+  <x:dimension ref="A1:G95"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:2">
+    <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:2">
+    <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:2">
+      <x:c r="E3" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:2">
+      <x:c r="F4" s="1" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="G4" s="1" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
+        <x:v>20.91</x:v>
+      </x:c>
+      <x:c r="E5" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="4" t="n">
+        <x:v>0.5406</x:v>
+      </x:c>
+      <x:c r="G5" s="4" t="n">
+        <x:v>0.0044</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:7">
+      <x:c r="A6" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="n">
+        <x:v>20.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:7">
+      <x:c r="A7" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="n">
+        <x:v>20.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:7">
+      <x:c r="A8" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:7">
+      <x:c r="A9" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>20.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:7">
+      <x:c r="A10" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>20.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:7">
+      <x:c r="A11" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>21.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:7">
+      <x:c r="A12" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>21.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:7">
+      <x:c r="A13" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:7">
+      <x:c r="A14" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:7">
+      <x:c r="A15" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:7">
+      <x:c r="A16" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>21.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>21.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:7">
+      <x:c r="A18" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7">
+      <x:c r="A19" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>21.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
         <x:v>21.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B6" s="3" t="n">
+    <x:row r="21" spans="1:7">
+      <x:c r="A21" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B7" s="3" t="n">
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
         <x:v>21.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B8" s="3" t="n">
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
         <x:v>21.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B9" s="3" t="n">
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
         <x:v>21.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B10" s="3" t="n">
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
         <x:v>21.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B11" s="3" t="n">
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B12" s="3" t="n">
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
         <x:v>21.33</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B13" s="3" t="n">
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B14" s="3" t="n">
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B29" s="3" t="n">
         <x:v>21.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B15" s="3" t="n">
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="n">
         <x:v>21.33</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B16" s="3" t="n">
+    <x:row r="31" spans="1:7">
+      <x:c r="A31" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
         <x:v>21.32</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B17" s="3" t="n">
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B18" s="3" t="n">
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
         <x:v>21.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B19" s="3" t="n">
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
         <x:v>21.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B20" s="3" t="n">
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
         <x:v>21.23</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B21" s="3" t="n">
+    <x:row r="36" spans="1:7">
+      <x:c r="A36" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
         <x:v>21.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:2">
-      <x:c r="A22" s="2" t="s">
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>21.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>21.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>21.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>21.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
+        <x:v>21.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B56" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B57" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B58" s="3" t="n">
+        <x:v>21.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B59" s="3" t="n">
+        <x:v>21.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B60" s="3" t="n">
+        <x:v>21.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B61" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B62" s="3" t="n">
+        <x:v>21.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B63" s="3" t="n">
+        <x:v>21.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B64" s="3" t="n">
+        <x:v>21.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B65" s="3" t="n">
+        <x:v>21.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B66" s="3" t="n">
+        <x:v>21.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B67" s="3" t="n">
+        <x:v>21.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B68" s="3" t="n">
+        <x:v>21.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B69" s="3" t="n">
+        <x:v>21.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B70" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B71" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B72" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B73" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B74" s="3" t="n">
+        <x:v>20.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B75" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="B22" s="3" t="n">
-[...207 lines deleted...]
-      <x:c r="B48" s="3" t="n">
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B76" s="3" t="n">
+        <x:v>20.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B77" s="3" t="n">
+        <x:v>20.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B78" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B79" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B80" s="3" t="n">
         <x:v>21.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:2">
-[...51 lines deleted...]
-      <x:c r="B55" s="3" t="n">
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B81" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B82" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B83" s="3" t="n">
         <x:v>20.99</x:v>
       </x:c>
     </x:row>
-    <x:row r="56" spans="1:2">
-[...11 lines deleted...]
-      <x:c r="B57" s="3" t="n">
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B84" s="3" t="n">
         <x:v>20.96</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:2">
-[...99 lines deleted...]
-      <x:c r="B70" s="3" t="n">
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B85" s="3" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="71" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B71" s="3" t="n">
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B86" s="3" t="n">
         <x:v>20.95</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B72" s="3" t="n">
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B87" s="3" t="n">
         <x:v>20.93</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B73" s="3" t="n">
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B88" s="3" t="n">
         <x:v>20.88</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:2">
-[...26 lines deleted...]
-        <x:v>78</x:v>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="1" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B152"/>
+  <x:dimension ref="A1:G167"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:2">
+    <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>79</x:v>
-[...2 lines deleted...]
-    <x:row r="3" spans="1:2">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:2">
+      <x:c r="E3" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:2">
+      <x:c r="F4" s="1" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="G4" s="1" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
+        <x:v>20.91</x:v>
+      </x:c>
+      <x:c r="E5" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="4" t="n">
+        <x:v>0.5425</x:v>
+      </x:c>
+      <x:c r="G5" s="4" t="n">
+        <x:v>0.0044</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:7">
+      <x:c r="A6" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="n">
+        <x:v>20.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:7">
+      <x:c r="A7" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="n">
+        <x:v>20.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:7">
+      <x:c r="A8" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:7">
+      <x:c r="A9" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>20.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:7">
+      <x:c r="A10" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>20.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:7">
+      <x:c r="A11" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>21.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:7">
+      <x:c r="A12" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>21.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:7">
+      <x:c r="A13" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:7">
+      <x:c r="A14" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:7">
+      <x:c r="A15" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:7">
+      <x:c r="A16" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>21.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>21.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:7">
+      <x:c r="A18" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7">
+      <x:c r="A19" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>21.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
         <x:v>21.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B6" s="3" t="n">
+    <x:row r="21" spans="1:7">
+      <x:c r="A21" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B7" s="3" t="n">
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
         <x:v>21.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B8" s="3" t="n">
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
         <x:v>21.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B9" s="3" t="n">
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
         <x:v>21.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B10" s="3" t="n">
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
         <x:v>21.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B11" s="3" t="n">
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B12" s="3" t="n">
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
         <x:v>21.33</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B13" s="3" t="n">
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B14" s="3" t="n">
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B29" s="3" t="n">
         <x:v>21.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B15" s="3" t="n">
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="n">
         <x:v>21.33</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B16" s="3" t="n">
+    <x:row r="31" spans="1:7">
+      <x:c r="A31" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
         <x:v>21.32</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B17" s="3" t="n">
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B18" s="3" t="n">
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
         <x:v>21.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B19" s="3" t="n">
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
         <x:v>21.25</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B20" s="3" t="n">
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
         <x:v>21.23</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:2">
-      <x:c r="A21" s="2" t="s">
+    <x:row r="36" spans="1:7">
+      <x:c r="A36" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
+        <x:v>21.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>21.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>21.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>21.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
+        <x:v>21.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B56" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B57" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B58" s="3" t="n">
+        <x:v>21.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B59" s="3" t="n">
+        <x:v>21.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B60" s="3" t="n">
+        <x:v>21.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B61" s="3" t="n">
+        <x:v>21.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B62" s="3" t="n">
+        <x:v>21.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B63" s="3" t="n">
+        <x:v>21.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B64" s="3" t="n">
+        <x:v>21.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B65" s="3" t="n">
+        <x:v>21.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B66" s="3" t="n">
+        <x:v>21.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B67" s="3" t="n">
+        <x:v>21.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B68" s="3" t="n">
+        <x:v>21.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B69" s="3" t="n">
+        <x:v>21.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B70" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B71" s="3" t="n">
+        <x:v>20.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B72" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B73" s="3" t="n">
+        <x:v>20.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B74" s="3" t="n">
+        <x:v>20.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B75" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B76" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B77" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B78" s="3" t="n">
+        <x:v>20.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B79" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B80" s="3" t="n">
+        <x:v>21.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B81" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B82" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B83" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B84" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B85" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B86" s="3" t="n">
+        <x:v>20.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B87" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B88" s="3" t="n">
+        <x:v>20.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B89" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B90" s="3" t="n">
+        <x:v>20.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B91" s="3" t="n">
+        <x:v>20.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B92" s="3" t="n">
+        <x:v>20.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B93" s="3" t="n">
+        <x:v>20.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B94" s="3" t="n">
+        <x:v>20.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B95" s="3" t="n">
+        <x:v>20.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B96" s="3" t="n">
+        <x:v>20.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:7">
+      <x:c r="A97" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B97" s="3" t="n">
+        <x:v>20.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B98" s="3" t="n">
+        <x:v>20.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:7">
+      <x:c r="A99" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B99" s="3" t="n">
+        <x:v>20.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:7">
+      <x:c r="A100" s="2" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B100" s="3" t="n">
+        <x:v>20.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:7">
+      <x:c r="A101" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B101" s="3" t="n">
+        <x:v>20.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="2" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B102" s="3" t="n">
+        <x:v>20.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:7">
+      <x:c r="A103" s="2" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B103" s="3" t="n">
+        <x:v>20.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="2" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B104" s="3" t="n">
+        <x:v>20.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="2" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B105" s="3" t="n">
+        <x:v>20.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:7">
+      <x:c r="A106" s="2" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B106" s="3" t="n">
+        <x:v>20.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:7">
+      <x:c r="A107" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B107" s="3" t="n">
+        <x:v>20.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:7">
+      <x:c r="A108" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B108" s="3" t="n">
+        <x:v>20.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:7">
+      <x:c r="A109" s="2" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B109" s="3" t="n">
+        <x:v>20.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:7">
+      <x:c r="A110" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B110" s="3" t="n">
+        <x:v>20.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="2" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B111" s="3" t="n">
+        <x:v>20.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="2" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B112" s="3" t="n">
+        <x:v>20.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="2" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B113" s="3" t="n">
+        <x:v>20.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:7">
+      <x:c r="A114" s="2" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B114" s="3" t="n">
+        <x:v>20.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:7">
+      <x:c r="A115" s="2" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B115" s="3" t="n">
+        <x:v>20.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:7">
+      <x:c r="A116" s="2" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B116" s="3" t="n">
+        <x:v>20.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:7">
+      <x:c r="A117" s="2" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B117" s="3" t="n">
+        <x:v>20.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:7">
+      <x:c r="A118" s="2" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B118" s="3" t="n">
+        <x:v>20.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:7">
+      <x:c r="A119" s="2" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B119" s="3" t="n">
+        <x:v>20.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:7">
+      <x:c r="A120" s="2" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B120" s="3" t="n">
+        <x:v>20.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:7">
+      <x:c r="A121" s="2" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="B121" s="3" t="n">
+        <x:v>20.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:7">
+      <x:c r="A122" s="2" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B122" s="3" t="n">
+        <x:v>20.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:7">
+      <x:c r="A123" s="2" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B123" s="3" t="n">
+        <x:v>20.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:7">
+      <x:c r="A124" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B124" s="3" t="n">
+        <x:v>20.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:7">
+      <x:c r="A125" s="2" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="B125" s="3" t="n">
+        <x:v>20.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:7">
+      <x:c r="A126" s="2" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="B126" s="3" t="n">
+        <x:v>20.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:7">
+      <x:c r="A127" s="2" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B127" s="3" t="n">
+        <x:v>20.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:7">
+      <x:c r="A128" s="2" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="B128" s="3" t="n">
+        <x:v>20.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:7">
+      <x:c r="A129" s="2" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="B129" s="3" t="n">
+        <x:v>20.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:7">
+      <x:c r="A130" s="2" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B130" s="3" t="n">
+        <x:v>20.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:7">
+      <x:c r="A131" s="2" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="B131" s="3" t="n">
+        <x:v>20.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:7">
+      <x:c r="A132" s="2" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B132" s="3" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:7">
+      <x:c r="A133" s="2" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B133" s="3" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:7">
+      <x:c r="A134" s="2" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="B134" s="3" t="n">
+        <x:v>20.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:7">
+      <x:c r="A135" s="2" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="B135" s="3" t="n">
+        <x:v>20.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:7">
+      <x:c r="A136" s="2" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B136" s="3" t="n">
+        <x:v>20.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:7">
+      <x:c r="A137" s="2" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="B137" s="3" t="n">
+        <x:v>20.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:7">
+      <x:c r="A138" s="2" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="B138" s="3" t="n">
+        <x:v>20.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:7">
+      <x:c r="A139" s="2" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B139" s="3" t="n">
+        <x:v>20.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:7">
+      <x:c r="A140" s="2" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="B140" s="3" t="n">
+        <x:v>20.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:7">
+      <x:c r="A141" s="2" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="B141" s="3" t="n">
+        <x:v>20.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:7">
+      <x:c r="A142" s="2" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B142" s="3" t="n">
+        <x:v>20.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:7">
+      <x:c r="A143" s="2" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="B143" s="3" t="n">
+        <x:v>20.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:7">
+      <x:c r="A144" s="2" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="B144" s="3" t="n">
+        <x:v>20.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:7">
+      <x:c r="A145" s="2" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B145" s="3" t="n">
+        <x:v>20.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:7">
+      <x:c r="A146" s="2" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="B146" s="3" t="n">
+        <x:v>20.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:7">
+      <x:c r="A147" s="2" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B147" s="3" t="n">
+        <x:v>20.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:7">
+      <x:c r="A148" s="2" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="B148" s="3" t="n">
+        <x:v>20.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:7">
+      <x:c r="A149" s="2" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="B149" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:7">
+      <x:c r="A150" s="2" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B150" s="3" t="n">
+        <x:v>20.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:7">
+      <x:c r="A151" s="2" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B151" s="3" t="n">
+        <x:v>20.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:7">
+      <x:c r="A152" s="2" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="B152" s="3" t="n">
+        <x:v>20.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:7">
+      <x:c r="A153" s="2" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="B153" s="3" t="n">
+        <x:v>20.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:7">
+      <x:c r="A154" s="2" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B154" s="3" t="n">
+        <x:v>20.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:7">
+      <x:c r="A155" s="2" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B155" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:7">
+      <x:c r="A156" s="2" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="B156" s="3" t="n">
+        <x:v>20.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:7">
+      <x:c r="A157" s="2" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B157" s="3" t="n">
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:7">
+      <x:c r="A158" s="2" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="B158" s="3" t="n">
+        <x:v>20.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:7">
+      <x:c r="A159" s="2" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B159" s="3" t="n">
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:7">
+      <x:c r="A160" s="2" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B160" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
-      <x:c r="B21" s="3" t="n">
-[...508 lines deleted...]
-      <x:c r="A85" s="2" t="s">
+    </x:row>
+    <x:row r="162" spans="1:7">
+      <x:c r="A162" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B85" s="3" t="n">
-[...4 lines deleted...]
-      <x:c r="A86" s="2" t="s">
+    </x:row>
+    <x:row r="163" spans="1:7">
+      <x:c r="A163" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="B86" s="3" t="n">
-[...4 lines deleted...]
-      <x:c r="A87" s="2" t="s">
+    </x:row>
+    <x:row r="164" spans="1:7">
+      <x:c r="A164" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="B87" s="3" t="n">
-[...4 lines deleted...]
-      <x:c r="A88" s="2" t="s">
+    </x:row>
+    <x:row r="165" spans="1:7">
+      <x:c r="A165" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="B88" s="3" t="n">
-[...4 lines deleted...]
-      <x:c r="A89" s="2" t="s">
+    </x:row>
+    <x:row r="166" spans="1:7">
+      <x:c r="A166" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B89" s="3" t="n">
-[...4 lines deleted...]
-      <x:c r="A90" s="2" t="s">
+    </x:row>
+    <x:row r="167" spans="1:7">
+      <x:c r="A167" s="1" t="s">
         <x:v>96</x:v>
-      </x:c>
-[...471 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B48"/>
+  <x:dimension ref="A1:G63"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:2">
+    <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>152</x:v>
-[...2 lines deleted...]
-    <x:row r="3" spans="1:2">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:2">
+      <x:c r="E3" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:2">
+      <x:c r="F4" s="1" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="G4" s="1" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
-        <x:v>4</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
+        <x:v>20.91</x:v>
+      </x:c>
+      <x:c r="E5" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F5" s="4" t="n">
+        <x:v>0.5487</x:v>
+      </x:c>
+      <x:c r="G5" s="4" t="n">
+        <x:v>0.0044</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:7">
+      <x:c r="A6" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="n">
+        <x:v>20.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:7">
+      <x:c r="A7" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="n">
+        <x:v>20.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:7">
+      <x:c r="A8" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="n">
+        <x:v>20.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:7">
+      <x:c r="A9" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
+        <x:v>20.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:7">
+      <x:c r="A10" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
+        <x:v>20.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:7">
+      <x:c r="A11" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>21.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:7">
+      <x:c r="A12" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>21.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:7">
+      <x:c r="A13" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>21.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:7">
+      <x:c r="A14" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="n">
+        <x:v>21.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:7">
+      <x:c r="A15" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="n">
+        <x:v>21.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:7">
+      <x:c r="A16" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="n">
+        <x:v>21.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:7">
+      <x:c r="A18" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>21.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7">
+      <x:c r="A19" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>21.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
         <x:v>21.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="6" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B6" s="3" t="n">
+    <x:row r="21" spans="1:7">
+      <x:c r="A21" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B7" s="3" t="n">
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
         <x:v>21.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="8" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B8" s="3" t="n">
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
         <x:v>21.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B9" s="3" t="n">
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
         <x:v>21.28</x:v>
       </x:c>
     </x:row>
-    <x:row r="10" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B10" s="3" t="n">
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
         <x:v>21.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B11" s="3" t="n">
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
         <x:v>21.32</x:v>
       </x:c>
     </x:row>
-    <x:row r="12" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B12" s="3" t="n">
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
         <x:v>21.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B13" s="3" t="n">
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
         <x:v>21.32</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B14" s="3" t="n">
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B29" s="3" t="n">
         <x:v>21.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B15" s="3" t="n">
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="n">
         <x:v>21.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="16" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B16" s="3" t="n">
+    <x:row r="31" spans="1:7">
+      <x:c r="A31" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
         <x:v>21.33</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B17" s="3" t="n">
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
         <x:v>21.32</x:v>
       </x:c>
     </x:row>
-    <x:row r="18" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B18" s="3" t="n">
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
         <x:v>21.29</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B19" s="3" t="n">
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
         <x:v>21.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="20" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B20" s="3" t="n">
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
         <x:v>21.23</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B21" s="3" t="n">
+    <x:row r="36" spans="1:7">
+      <x:c r="A36" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
         <x:v>21.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B22" s="3" t="n">
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
         <x:v>21.2</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B23" s="3" t="n">
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
         <x:v>21.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B24" s="3" t="n">
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
         <x:v>21.18</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B25" s="3" t="n">
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
         <x:v>21.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B26" s="3" t="n">
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
         <x:v>21.22</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B27" s="3" t="n">
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
         <x:v>21.18</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B28" s="3" t="n">
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
         <x:v>21.18</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B29" s="3" t="n">
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
         <x:v>21.18</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B30" s="3" t="n">
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
         <x:v>21.14</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B31" s="3" t="n">
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B46" s="3" t="n">
         <x:v>21.16</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B32" s="3" t="n">
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="n">
         <x:v>21.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B33" s="3" t="n">
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="n">
         <x:v>21.17</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B34" s="3" t="n">
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="n">
         <x:v>21.15</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B35" s="3" t="n">
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="n">
         <x:v>21.18</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B36" s="3" t="n">
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="n">
         <x:v>21.22</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B37" s="3" t="n">
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="n">
         <x:v>21.21</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B38" s="3" t="n">
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="n">
         <x:v>21.18</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B39" s="3" t="n">
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="n">
         <x:v>21.16</x:v>
       </x:c>
     </x:row>
-    <x:row r="40" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B40" s="3" t="n">
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="n">
         <x:v>21.17</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:2">
-[...3 lines deleted...]
-      <x:c r="B41" s="3" t="n">
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B56" s="3" t="n">
         <x:v>21.17</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:2">
-[...26 lines deleted...]
-        <x:v>78</x:v>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="1" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>