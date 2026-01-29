--- v4 (2026-01-07)
+++ v5 (2026-01-29)
@@ -1,88 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff5abe72ec124896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eaf80aaf826c41eebdff4b3e77e082a6.psmdcp" Id="Rc01a1b4a8d884df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc316067036064cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb6c5c5d020d41cbb6463e6534f50bba.psmdcp" Id="R73c0c6e2db5a4e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class IV" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class R6" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="186">
   <x:si>
     <x:t>Multi-Asset Credit Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Income</x:t>
   </x:si>
   <x:si>
     <x:t>ST Cap Gain</x:t>
   </x:si>
   <x:si>
+    <x:t>01/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/23/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/21/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/20/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/16/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/14/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/06/2026</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/29/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/26/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025</x:t>
   </x:si>
@@ -918,2661 +963,3021 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G95"/>
+  <x:dimension ref="A1:G110"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.5406</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>0.0044</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B89" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B90" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B91" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B92" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B93" s="3" t="n">
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B94" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
-      <x:c r="A95" s="1" t="s">
-        <x:v>96</x:v>
+      <x:c r="A95" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B95" s="3" t="n">
+        <x:v>21.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B96" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:7">
+      <x:c r="A97" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B97" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B98" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:7">
+      <x:c r="A99" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B99" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:7">
+      <x:c r="A100" s="2" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B100" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:7">
+      <x:c r="A101" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B101" s="3" t="n">
+        <x:v>20.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="2" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B102" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:7">
+      <x:c r="A103" s="2" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B103" s="3" t="n">
+        <x:v>20.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:7">
+      <x:c r="A106" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:7">
+      <x:c r="A107" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:7">
+      <x:c r="A108" s="2" t="s">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:7">
+      <x:c r="A109" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:7">
+      <x:c r="A110" s="1" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G167"/>
+  <x:dimension ref="A1:G182"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.5425</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>0.0044</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="2" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="2" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="2" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="2" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:7">
+      <x:c r="A161" s="2" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="B161" s="3" t="n">
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="B162" s="3" t="n">
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B163" s="3" t="n">
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="B164" s="3" t="n">
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B165" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B166" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
-      <x:c r="A167" s="1" t="s">
-        <x:v>96</x:v>
+      <x:c r="A167" s="2" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B167" s="3" t="n">
+        <x:v>20.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:7">
+      <x:c r="A168" s="2" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="B168" s="3" t="n">
+        <x:v>20.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:7">
+      <x:c r="A169" s="2" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B169" s="3" t="n">
+        <x:v>20.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:7">
+      <x:c r="A170" s="2" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="B170" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:7">
+      <x:c r="A171" s="2" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="B171" s="3" t="n">
+        <x:v>20.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:7">
+      <x:c r="A172" s="2" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B172" s="3" t="n">
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:7">
+      <x:c r="A173" s="2" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="B173" s="3" t="n">
+        <x:v>20.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:7">
+      <x:c r="A174" s="2" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="B174" s="3" t="n">
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:7">
+      <x:c r="A175" s="2" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B175" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:7">
+      <x:c r="A177" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:7">
+      <x:c r="A178" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:7">
+      <x:c r="A179" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:7">
+      <x:c r="A180" s="2" t="s">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:7">
+      <x:c r="A181" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:7">
+      <x:c r="A182" s="1" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G63"/>
+  <x:dimension ref="A1:G78"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.5487</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>0.0044</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B57" s="3" t="n">
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B58" s="3" t="n">
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B59" s="3" t="n">
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B60" s="3" t="n">
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B61" s="3" t="n">
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B62" s="3" t="n">
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
-      <x:c r="A63" s="1" t="s">
-        <x:v>96</x:v>
+      <x:c r="A63" s="2" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B63" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="2" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B64" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B65" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B66" s="3" t="n">
+        <x:v>21.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B67" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B68" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B69" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B70" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B71" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="2" t="s">
+        <x:v>108</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="2" t="s">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="2" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="1" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>