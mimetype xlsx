--- v5 (2026-01-29)
+++ v6 (2026-02-18)
@@ -1,88 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc316067036064cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb6c5c5d020d41cbb6463e6534f50bba.psmdcp" Id="R73c0c6e2db5a4e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469ed92684fe4c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea3434a501ed4534af1c3868217672c5.psmdcp" Id="Re80db143241b4f14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class IV" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class R6" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="186">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="199">
   <x:si>
     <x:t>Multi-Asset Credit Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Income</x:t>
   </x:si>
   <x:si>
     <x:t>ST Cap Gain</x:t>
   </x:si>
   <x:si>
+    <x:t>02/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/29/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/28/2026</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/29/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026</x:t>
   </x:si>
@@ -963,3021 +1002,3333 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G110"/>
+  <x:dimension ref="A1:G123"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.16</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.5406</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>0.0044</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
         <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
         <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B104" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B105" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B106" s="3" t="n">
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="B107" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B108" s="3" t="n">
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="B109" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
-      <x:c r="A110" s="1" t="s">
-        <x:v>111</x:v>
+      <x:c r="A110" s="2" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B110" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="2" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B111" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="2" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="B112" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="2" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B113" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:7">
+      <x:c r="A114" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B114" s="3" t="n">
+        <x:v>20.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:7">
+      <x:c r="A115" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B115" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:7">
+      <x:c r="A116" s="2" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B116" s="3" t="n">
+        <x:v>20.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:7">
+      <x:c r="A118" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:7">
+      <x:c r="A119" s="2" t="s">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:7">
+      <x:c r="A120" s="2" t="s">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:7">
+      <x:c r="A121" s="2" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:7">
+      <x:c r="A122" s="2" t="s">
+        <x:v>123</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:7">
+      <x:c r="A123" s="1" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G182"/>
+  <x:dimension ref="A1:G195"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.16</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.5425</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>0.0044</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
         <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
         <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
         <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="2" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="2" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="2" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="2" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="2" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="2" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="2" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="2" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="2" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="2" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="2" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.21</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:7">
+      <x:c r="A176" s="2" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B176" s="3" t="n">
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="B177" s="3" t="n">
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B178" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
       <x:c r="A179" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B179" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:7">
       <x:c r="A180" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B180" s="3" t="n">
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:7">
       <x:c r="A181" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B181" s="3" t="n">
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:7">
-      <x:c r="A182" s="1" t="s">
-        <x:v>111</x:v>
+      <x:c r="A182" s="2" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B182" s="3" t="n">
+        <x:v>20.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:7">
+      <x:c r="A183" s="2" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B183" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:7">
+      <x:c r="A184" s="2" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B184" s="3" t="n">
+        <x:v>20.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:7">
+      <x:c r="A185" s="2" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="B185" s="3" t="n">
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:7">
+      <x:c r="A186" s="2" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="B186" s="3" t="n">
+        <x:v>20.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:7">
+      <x:c r="A187" s="2" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B187" s="3" t="n">
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:7">
+      <x:c r="A188" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B188" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:7">
+      <x:c r="A190" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:7">
+      <x:c r="A191" s="2" t="s">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:7">
+      <x:c r="A192" s="2" t="s">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:7">
+      <x:c r="A193" s="2" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:7">
+      <x:c r="A194" s="2" t="s">
+        <x:v>123</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:7">
+      <x:c r="A195" s="1" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G78"/>
+  <x:dimension ref="A1:G91"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.16</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.5487</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>0.0044</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B72" s="3" t="n">
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B73" s="3" t="n">
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B74" s="3" t="n">
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B75" s="3" t="n">
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B76" s="3" t="n">
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B77" s="3" t="n">
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
-      <x:c r="A78" s="1" t="s">
-        <x:v>111</x:v>
+      <x:c r="A78" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B78" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B79" s="3" t="n">
+        <x:v>21.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B80" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B81" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B82" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B83" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B84" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="2" t="s">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="2" t="s">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="2" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="2" t="s">
+        <x:v>123</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="1" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>