--- v6 (2026-02-18)
+++ v7 (2026-03-10)
@@ -1,88 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469ed92684fe4c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea3434a501ed4534af1c3868217672c5.psmdcp" Id="Re80db143241b4f14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d799f2bb514b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55e2134b7dec42c3b9555a55f9a823f5.psmdcp" Id="R2115d056374c45a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class IV" sheetId="3" r:id="rId3"/>
     <x:sheet name="Share Class R6" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="199">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="213">
   <x:si>
     <x:t>Multi-Asset Credit Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Distributions Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
   </x:si>
   <x:si>
     <x:t>Income</x:t>
   </x:si>
   <x:si>
     <x:t>ST Cap Gain</x:t>
   </x:si>
   <x:si>
+    <x:t>03/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/29/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/17/2026</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/29/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026</x:t>
   </x:si>
@@ -1002,3333 +1044,3669 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G123"/>
+  <x:dimension ref="A1:G137"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.06</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.5406</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>0.0044</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.06</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
         <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
         <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:7">
+      <x:c r="A117" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B117" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B118" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B119" s="3" t="n">
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B120" s="3" t="n">
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="B121" s="3" t="n">
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B122" s="3" t="n">
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
-      <x:c r="A123" s="1" t="s">
-        <x:v>124</x:v>
+      <x:c r="A123" s="2" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="B123" s="3" t="n">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:7">
+      <x:c r="A124" s="2" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B124" s="3" t="n">
+        <x:v>20.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:7">
+      <x:c r="A125" s="2" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B125" s="3" t="n">
+        <x:v>20.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:7">
+      <x:c r="A126" s="2" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B126" s="3" t="n">
+        <x:v>20.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:7">
+      <x:c r="A127" s="2" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B127" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:7">
+      <x:c r="A128" s="2" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="B128" s="3" t="n">
+        <x:v>20.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:7">
+      <x:c r="A129" s="2" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B129" s="3" t="n">
+        <x:v>20.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:7">
+      <x:c r="A130" s="2" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B130" s="3" t="n">
+        <x:v>20.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:7">
+      <x:c r="A132" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:7">
+      <x:c r="A133" s="2" t="s">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:7">
+      <x:c r="A134" s="2" t="s">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:7">
+      <x:c r="A135" s="2" t="s">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:7">
+      <x:c r="A136" s="2" t="s">
+        <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:7">
+      <x:c r="A137" s="1" t="s">
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G195"/>
+  <x:dimension ref="A1:G209"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.06</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.5425</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>0.0044</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.05</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>20.94</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.05</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.36</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.25</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.13</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.25</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
         <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B85" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B86" s="3" t="n">
-        <x:v>21.11</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B87" s="3" t="n">
         <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B88" s="3" t="n">
-        <x:v>21.08</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B89" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B90" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B91" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B92" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B93" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B94" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B95" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B96" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B97" s="3" t="n">
-        <x:v>21.01</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B98" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B99" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B100" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B101" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.13</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B102" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B103" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B104" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B105" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="2" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B106" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B107" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="2" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B108" s="3" t="n">
         <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="2" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B109" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="2" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B110" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B111" s="3" t="n">
-        <x:v>20.99</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="2" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B112" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="2" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B113" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B114" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="2" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B115" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="2" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B116" s="3" t="n">
-        <x:v>20.88</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B117" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B118" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B119" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B120" s="3" t="n">
-        <x:v>20.81</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B121" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B122" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>21.01</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B123" s="3" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B124" s="3" t="n">
-        <x:v>20.77</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B125" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.99</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B126" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B127" s="3" t="n">
-        <x:v>20.72</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B128" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B129" s="3" t="n">
-        <x:v>20.7</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B130" s="3" t="n">
-        <x:v>20.71</x:v>
+        <x:v>20.88</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="2" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B131" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="2" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B132" s="3" t="n">
-        <x:v>20.68</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="2" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B133" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="2" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B134" s="3" t="n">
-        <x:v>20.65</x:v>
+        <x:v>20.81</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="2" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B135" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.8</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="2" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B136" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="2" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B137" s="3" t="n">
-        <x:v>20.66</x:v>
+        <x:v>20.75</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="2" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B138" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.77</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="2" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B139" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B140" s="3" t="n">
-        <x:v>20.53</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="2" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B141" s="3" t="n">
-        <x:v>20.52</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="2" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B142" s="3" t="n">
-        <x:v>20.56</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="2" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B143" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="2" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B144" s="3" t="n">
-        <x:v>20.51</x:v>
+        <x:v>20.71</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="2" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B145" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="2" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B146" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.68</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="2" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B147" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="2" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B148" s="3" t="n">
-        <x:v>20.48</x:v>
+        <x:v>20.65</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="2" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B149" s="3" t="n">
-        <x:v>20.43</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="2" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B150" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="2" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B151" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="2" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B152" s="3" t="n">
-        <x:v>20.36</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B153" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="2" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B154" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.53</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="2" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B155" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B156" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="2" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B157" s="3" t="n">
-        <x:v>20.39</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="2" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B158" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.51</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B159" s="3" t="n">
-        <x:v>20.44</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="2" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B160" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="2" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B161" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B162" s="3" t="n">
-        <x:v>20.45</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="2" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B163" s="3" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="2" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B164" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="2" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B165" s="3" t="n">
-        <x:v>20.37</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="2" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B166" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="2" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B167" s="3" t="n">
-        <x:v>20.31</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="2" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B168" s="3" t="n">
-        <x:v>20.25</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="2" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B169" s="3" t="n">
-        <x:v>20.23</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="2" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B170" s="3" t="n">
-        <x:v>20.22</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B171" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="2" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B172" s="3" t="n">
-        <x:v>20.19</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="2" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B173" s="3" t="n">
-        <x:v>20.24</x:v>
+        <x:v>20.44</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B174" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="2" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B175" s="3" t="n">
-        <x:v>20.15</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="2" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B176" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.45</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="2" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B177" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="2" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B178" s="3" t="n">
-        <x:v>20.18</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
       <x:c r="A179" s="2" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B179" s="3" t="n">
-        <x:v>20.2</x:v>
+        <x:v>20.37</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:7">
       <x:c r="A180" s="2" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B180" s="3" t="n">
-        <x:v>20.12</x:v>
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:7">
       <x:c r="A181" s="2" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B181" s="3" t="n">
-        <x:v>20.11</x:v>
+        <x:v>20.31</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:7">
       <x:c r="A182" s="2" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B182" s="3" t="n">
-        <x:v>20.13</x:v>
+        <x:v>20.25</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:7">
       <x:c r="A183" s="2" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B183" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.23</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:7">
       <x:c r="A184" s="2" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B184" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:7">
       <x:c r="A185" s="2" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B185" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:7">
       <x:c r="A186" s="2" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B186" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.19</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:7">
       <x:c r="A187" s="2" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B187" s="3" t="n">
-        <x:v>20.01</x:v>
+        <x:v>20.24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:7">
       <x:c r="A188" s="2" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B188" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:7">
+      <x:c r="A189" s="2" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="B189" s="3" t="n">
+        <x:v>20.15</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:7">
       <x:c r="A190" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B190" s="3" t="n">
+        <x:v>20.13</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:7">
       <x:c r="A191" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B191" s="3" t="n">
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:7">
       <x:c r="A192" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B192" s="3" t="n">
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:7">
       <x:c r="A193" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B193" s="3" t="n">
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:7">
       <x:c r="A194" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="B194" s="3" t="n">
+        <x:v>20.12</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:7">
-      <x:c r="A195" s="1" t="s">
-        <x:v>124</x:v>
+      <x:c r="A195" s="2" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B195" s="3" t="n">
+        <x:v>20.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:7">
+      <x:c r="A196" s="2" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B196" s="3" t="n">
+        <x:v>20.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:7">
+      <x:c r="A197" s="2" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B197" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:7">
+      <x:c r="A198" s="2" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B198" s="3" t="n">
+        <x:v>20.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:7">
+      <x:c r="A199" s="2" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B199" s="3" t="n">
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:7">
+      <x:c r="A200" s="2" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="B200" s="3" t="n">
+        <x:v>20.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:7">
+      <x:c r="A201" s="2" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="B201" s="3" t="n">
+        <x:v>20.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:7">
+      <x:c r="A202" s="2" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B202" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:7">
+      <x:c r="A204" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:7">
+      <x:c r="A205" s="2" t="s">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:7">
+      <x:c r="A206" s="2" t="s">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:7">
+      <x:c r="A207" s="2" t="s">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:7">
+      <x:c r="A208" s="2" t="s">
+        <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:7">
+      <x:c r="A209" s="1" t="s">
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G91"/>
+  <x:dimension ref="A1:G105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="9.140625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.950625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.280625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="12.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E3" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
       <x:c r="A4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.06</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>0.5487</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
         <x:v>0.0044</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.12</x:v>
+        <x:v>21.08</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>21.07</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>21.09</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>21.03</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>21.02</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.96</x:v>
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.98</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>20.97</x:v>
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>20.95</x:v>
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>21.07</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.09</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>20.86</x:v>
+        <x:v>21.04</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>21.03</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>21.02</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>20.92</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.96</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
-        <x:v>20.89</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
-        <x:v>20.91</x:v>
+        <x:v>20.97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>20.95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>20.82</x:v>
+        <x:v>20.93</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>20.83</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
-        <x:v>20.85</x:v>
+        <x:v>20.86</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
-        <x:v>21.39</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>21.38</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.92</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>21.35</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>21.37</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>20.91</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>20.82</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>20.83</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>21.28</x:v>
+        <x:v>20.85</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
-        <x:v>21.31</x:v>
+        <x:v>21.39</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B54" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.38</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B55" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B56" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B57" s="3" t="n">
-        <x:v>21.3</x:v>
+        <x:v>21.35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B58" s="3" t="n">
-        <x:v>21.34</x:v>
+        <x:v>21.37</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="3" t="n">
-        <x:v>21.33</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B60" s="3" t="n">
-        <x:v>21.32</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B61" s="3" t="n">
-        <x:v>21.29</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B62" s="3" t="n">
-        <x:v>21.26</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B63" s="3" t="n">
-        <x:v>21.23</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B64" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B65" s="3" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.28</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B67" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.31</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="3" t="n">
-        <x:v>21.19</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B69" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B71" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.34</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B73" s="3" t="n">
-        <x:v>21.14</x:v>
+        <x:v>21.33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B74" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.29</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B76" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.26</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B77" s="3" t="n">
-        <x:v>21.15</x:v>
+        <x:v>21.23</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B78" s="3" t="n">
-        <x:v>21.18</x:v>
+        <x:v>21.21</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B79" s="3" t="n">
-        <x:v>21.22</x:v>
+        <x:v>21.2</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B80" s="3" t="n">
-        <x:v>21.21</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B81" s="3" t="n">
         <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B82" s="3" t="n">
-        <x:v>21.16</x:v>
+        <x:v>21.19</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B83" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.22</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B84" s="3" t="n">
-        <x:v>21.17</x:v>
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B85" s="3" t="n">
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B86" s="3" t="n">
+        <x:v>21.18</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B87" s="3" t="n">
+        <x:v>21.14</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B88" s="3" t="n">
+        <x:v>21.16</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B89" s="3" t="n">
+        <x:v>21.15</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B90" s="3" t="n">
+        <x:v>21.17</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
-      <x:c r="A91" s="1" t="s">
-        <x:v>124</x:v>
+      <x:c r="A91" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B91" s="3" t="n">
+        <x:v>21.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B92" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B93" s="3" t="n">
+        <x:v>21.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B94" s="3" t="n">
+        <x:v>21.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B95" s="3" t="n">
+        <x:v>21.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B96" s="3" t="n">
+        <x:v>21.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:7">
+      <x:c r="A97" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B97" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B98" s="3" t="n">
+        <x:v>21.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:7">
+      <x:c r="A100" s="2" t="s">
+        <x:v>133</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:7">
+      <x:c r="A101" s="2" t="s">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="2" t="s">
+        <x:v>135</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:7">
+      <x:c r="A103" s="2" t="s">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="2" t="s">
+        <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="1" t="s">
+        <x:v>138</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>