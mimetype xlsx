--- v0 (2026-02-04)
+++ v1 (2026-03-20)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0CCAD5B3-E6FF-4C74-9147-272F5DB6C409}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FBD255F8-039C-48AD-91A3-96CDBAABED40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{9327985F-E2E8-4A3D-8041-D423D22A380E}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{4C08F80D-D40A-4D49-BC4F-E6D81B79CFC3}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -691,92 +691,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3F6B236-3AF9-4582-8436-B8CDF77DAF6A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B040CF0-17D5-4D65-888B-8228345C8849}">
   <dimension ref="A1:Z20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="21.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="6.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -826,777 +826,777 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>567019.18000000005</v>
+        <v>75187.61</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>567019.18000000005</v>
+        <v>75187.61</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>567019.18000000005</v>
+        <v>75187.61</v>
       </c>
       <c r="N4" s="4">
-        <v>567019.18000000005</v>
+        <v>75187.61</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.558E-3</v>
+        <v>3.9300000000000001E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="4">
-        <v>-101243.77</v>
+        <v>-104940.88</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>-101243.77</v>
+        <v>-104940.88</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>-101243.77</v>
+        <v>-104940.88</v>
       </c>
       <c r="N5" s="4">
-        <v>-101243.77</v>
+        <v>-104940.88</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>-6.3500000000000004E-4</v>
+        <v>-5.4900000000000001E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D6" s="4">
-        <v>2928346.2850000001</v>
+        <v>3517450.7609999999</v>
       </c>
       <c r="E6" s="5">
-        <v>24.46</v>
+        <v>24.42</v>
       </c>
       <c r="F6" s="4">
-        <v>71627350.131099895</v>
+        <v>85896147.583619893</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
-        <v>24.46</v>
+        <v>24.42</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>71627350.131099001</v>
+        <v>85896147.583618999</v>
       </c>
       <c r="N6" s="4">
-        <v>71627350.131099895</v>
+        <v>85896147.583619893</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>0.44956299999999999</v>
+        <v>0.44989299999999999</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D7" s="4">
-        <v>265314.96399999998</v>
+        <v>2304306.0970000001</v>
       </c>
       <c r="E7" s="5">
         <v>5.01</v>
       </c>
       <c r="F7" s="4">
-        <v>1329227.96964</v>
+        <v>11544573.54597</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="5">
         <v>5.01</v>
       </c>
       <c r="K7" s="5">
         <v>1</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M7" s="4">
-        <v>1329227.96964</v>
+        <v>11544573.54597</v>
       </c>
       <c r="N7" s="4">
-        <v>1329227.96964</v>
+        <v>11544573.54597</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>52</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>8.3420000000000005E-3</v>
+        <v>6.0465999999999999E-2</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="4">
-        <v>1153092.632</v>
+        <v>1363168.682</v>
       </c>
       <c r="E8" s="5">
-        <v>17.25</v>
+        <v>17.329999999999998</v>
       </c>
       <c r="F8" s="4">
-        <v>19890847.901999999</v>
+        <v>23623713.259059899</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="5">
-        <v>17.25</v>
+        <v>17.329999999999998</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>19890847.901999999</v>
+        <v>23623713.259059001</v>
       </c>
       <c r="N8" s="4">
-        <v>19890847.901999999</v>
+        <v>23623713.259059899</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0.124843</v>
+        <v>0.12373199999999999</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="4">
-        <v>2284491.6310000001</v>
+        <v>2146314.4</v>
       </c>
       <c r="E9" s="5">
-        <v>10.58</v>
+        <v>10.59</v>
       </c>
       <c r="F9" s="4">
-        <v>24169921.455979999</v>
+        <v>22729469.495999999</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>10.58</v>
+        <v>10.59</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
-        <v>24169921.455979999</v>
+        <v>22729469.495999999</v>
       </c>
       <c r="N9" s="4">
-        <v>24169921.455979999</v>
+        <v>22729469.495999999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>62</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>0.1517</v>
+        <v>0.119048</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="4">
         <v>928198.08</v>
       </c>
       <c r="E10" s="5">
-        <v>22.46</v>
+        <v>23.33</v>
       </c>
       <c r="F10" s="4">
-        <v>20847328.876800001</v>
+        <v>21654861.2064</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>22.46</v>
+        <v>23.33</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
-        <v>20847328.876800001</v>
+        <v>21654861.2064</v>
       </c>
       <c r="N10" s="4">
-        <v>20847328.876800001</v>
+        <v>21654861.2064</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>53</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>0.13084599999999999</v>
+        <v>0.11342000000000001</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="4">
-        <v>621143</v>
+        <v>733409</v>
       </c>
       <c r="E11" s="5">
-        <v>25.664999999999999</v>
+        <v>25.724399999999999</v>
       </c>
       <c r="F11" s="4">
-        <v>15941635.095000001</v>
+        <v>18866506.479600001</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>25.664999999999999</v>
+        <v>25.724399999999999</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
-        <v>15941635.095000001</v>
+        <v>18866506.479600001</v>
       </c>
       <c r="N11" s="4">
-        <v>15941635.095000001</v>
+        <v>18866506.479600001</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>0.10005600000000001</v>
+        <v>9.8815E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D12" s="4">
-        <v>95300</v>
+        <v>132169</v>
       </c>
       <c r="E12" s="5">
-        <v>49.994999999999997</v>
+        <v>50.052199999999999</v>
       </c>
       <c r="F12" s="4">
-        <v>4764523.5</v>
+        <v>6615349.2218000004</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>49.994999999999997</v>
+        <v>50.052199999999999</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>4764523.5</v>
+        <v>6615349.2218000004</v>
       </c>
       <c r="N12" s="4">
-        <v>4764523.5</v>
+        <v>6615349.2218000004</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>77</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.9904E-2</v>
+        <v>3.4647999999999998E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="4">
-        <v>289809.09000000003</v>
+        <v>24770.67</v>
       </c>
       <c r="E13" s="5">
         <v>1</v>
       </c>
       <c r="F13" s="4">
-        <v>289809.09000000003</v>
+        <v>24770.67</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>43</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>289809.09000000003</v>
+        <v>24770.67</v>
       </c>
       <c r="N13" s="4">
-        <v>289809.09000000003</v>
+        <v>24770.67</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>53</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>1.818E-3</v>
+        <v>1.2899999999999999E-4</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>85</v>
@@ -1607,44 +1607,44 @@
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>