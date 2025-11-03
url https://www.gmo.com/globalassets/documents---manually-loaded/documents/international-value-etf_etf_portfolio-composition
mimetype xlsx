--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77827e50cdae4cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42543db379a74018bb5ee24e964da2d1.psmdcp" Id="R5d3b02b3f3ae46e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da15e40a47c4ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f4d680347f74d4ea3bde0ac1219791b.psmdcp" Id="R22d989eef39844b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <x:si>