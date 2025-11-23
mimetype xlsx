--- v1 (2025-11-03)
+++ v2 (2025-11-23)
@@ -1,113 +1,255 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da15e40a47c4ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f4d680347f74d4ea3bde0ac1219791b.psmdcp" Id="R22d989eef39844b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1162082cdf4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7d779c9db59436b8136db52fd908571.psmdcp" Id="R4aea340346234922" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
-[...5 lines deleted...]
-    <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
+    <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
+    <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
+    <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
+    <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
+    <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
+    <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
+    <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
+    <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="135">
+  <x:si>
+    <x:t>Risk Profile - International Value ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>From 10/31/2024 to 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Value ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSCI World ex USA Value</x:t>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Alpha (Jensen's)</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>1</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Beta</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>2</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>R Squared</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>3</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Sharpe Ratio</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>4</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Standard Deviation</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>5</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:t>[1] Alpha is a measure of risk-adjusted return.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[2] Beta is a measure of a portfolio's sensitivity to the market.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk profile data is net of fees.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
+  </x:si>
+  <x:si>
+    <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hereunder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
+  </x:si>
   <x:si>
     <x:t>Regions - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
-    <x:t>International Value ETF</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
-    <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Countries - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Austria</x:t>
   </x:si>
   <x:si>
     <x:t>Belgium</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
@@ -244,279 +386,284 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>BHP Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>TotalEnergies SE</x:t>
   </x:si>
   <x:si>
     <x:t>Bank of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
+    <x:t>GSK PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Novartis AG</x:t>
   </x:si>
   <x:si>
-    <x:t>BNP Paribas SA</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
-    <x:t>GSK PLC</x:t>
+    <x:t>Sanofi SA</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.4x</x:t>
-[...2 lines deleted...]
-    <x:t>12.3x</x:t>
+    <x:t>10.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.2x</x:t>
-[...2 lines deleted...]
-    <x:t>15.2x</x:t>
+    <x:t>12.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.3x</x:t>
-[...2 lines deleted...]
-    <x:t>9.3x</x:t>
+    <x:t>7.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.1%</x:t>
-[...2 lines deleted...]
-    <x:t>11.3%</x:t>
+    <x:t>12.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>42.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>53.6 USD</x:t>
+    <x:t>40.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54.6 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>65.7%</x:t>
-[...2 lines deleted...]
-    <x:t>N/A</x:t>
+    <x:t>66.0%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:numFmts count="2">
+  <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="165" formatCode="#0.0"/>
+    <x:numFmt numFmtId="165" formatCode="#0.00"/>
+    <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="3">
+  <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="166" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId13" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -763,1426 +910,1580 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
+  <x:dimension ref="A1:C22"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="19.360625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="22.180625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="24.240625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:3">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:3">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:3">
+      <x:c r="A5" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:3">
+      <x:c r="A6" s="0" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="n">
+        <x:v>-0.34</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:3">
+      <x:c r="A7" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="n">
+        <x:v>1.02</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="n">
+        <x:v>0.86</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="n">
+        <x:v>3.01</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="n">
+        <x:v>3.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="n">
+        <x:v>8.38</x:v>
+      </x:c>
+      <x:c r="C10" s="2" t="n">
+        <x:v>7.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="3" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:3">
+      <x:c r="A19" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:3">
+      <x:c r="A20" s="3" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:3">
+      <x:c r="A22" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="30.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.180625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.240625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>0</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>2</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C6" s="3" t="n">
+      <x:c r="A6" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C7" s="3" t="n">
+      <x:c r="A7" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>29.6</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
         <x:v>29.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C8" s="3" t="n">
+      <x:c r="A8" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B9" s="3" t="n">
+      <x:c r="A9" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
         <x:v>53.8</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="n">
-        <x:v>57.6</x:v>
+      <x:c r="C9" s="4" t="n">
+        <x:v>57.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>12.3</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>14.6</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="2" t="s">
-        <x:v>10</x:v>
+      <x:c r="A12" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A13" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
-      <x:c r="A14" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A14" s="3" t="s">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.180625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.240625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C6" s="3" t="n">
+      <x:c r="A6" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
+      <x:c r="A7" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>14.6</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>12.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>8.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>2.1</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="3" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>19.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:3">
+      <x:c r="A19" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:3">
+      <x:c r="A20" s="3" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:3">
+      <x:c r="A21" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:3">
+      <x:c r="A22" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:3">
+      <x:c r="A23" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:3">
+      <x:c r="A24" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:3">
+      <x:c r="A25" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:3">
+      <x:c r="A26" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>7.3</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:3">
+      <x:c r="A27" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>10.1</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>15.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:3">
+      <x:c r="A28" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:3">
+      <x:c r="A30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="n">
-[...7 lines deleted...]
-      <x:c r="A8" s="2" t="s">
+    </x:row>
+    <x:row r="31" spans="1:3">
+      <x:c r="A31" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="n">
-[...7 lines deleted...]
-      <x:c r="A9" s="2" t="s">
+    </x:row>
+    <x:row r="32" spans="1:3">
+      <x:c r="A32" s="3" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...228 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.180625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.240625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C6" s="3" t="n">
+      <x:c r="A6" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>5.6</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>12.3</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>14.6</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C8" s="3" t="n">
+      <x:c r="A8" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>7.3</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B9" s="3" t="n">
+      <x:c r="A9" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="n">
+      <x:c r="C9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>31</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>29.9</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>30.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
-      <x:c r="A11" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>15.5</x:v>
+      <x:c r="A11" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>10.1</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C12" s="3" t="n">
+      <x:c r="A12" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B13" s="3" t="n">
+      <x:c r="A13" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>21.2</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>19.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>3.1</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
-      <x:c r="C13" s="3" t="n">
-[...21 lines deleted...]
-      <x:c r="C15" s="3" t="n">
+      <x:c r="C18" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:3">
+      <x:c r="A19" s="3" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-    </x:row>
-[...4 lines deleted...]
-      <x:c r="B16" s="3" t="n">
+      <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="n">
-[...34 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
-      <x:c r="A21" s="2" t="s">
-        <x:v>10</x:v>
+      <x:c r="A21" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
-      <x:c r="A22" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A22" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
-      <x:c r="A23" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A23" s="3" t="s">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.180625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.240625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>4.7</x:v>
+      <x:c r="A6" s="3" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>6.4</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>11.1</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C8" s="3" t="n">
+      <x:c r="A8" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>5.4</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C9" s="3" t="n">
+      <x:c r="A9" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>39.8</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>31.3</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>39.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
-      <x:c r="A11" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>6.8</x:v>
+      <x:c r="A11" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>11.8</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C12" s="3" t="n">
+      <x:c r="A12" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>13.6</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>1.9</x:v>
+      <x:c r="A13" s="3" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
-      <x:c r="A14" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>7.4</x:v>
+      <x:c r="A14" s="3" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>9.3</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
-      <x:c r="A15" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>2.8</x:v>
+      <x:c r="A15" s="3" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
-      <x:c r="A16" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B16" s="3" t="n">
+      <x:c r="A16" s="3" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="n">
-        <x:v>5.3</x:v>
+      <x:c r="C16" s="4" t="n">
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
-      <x:c r="A18" s="2" t="s">
-        <x:v>68</x:v>
+      <x:c r="A18" s="3" t="s">
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
-      <x:c r="A19" s="2" t="s">
-        <x:v>69</x:v>
+      <x:c r="A19" s="3" t="s">
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
-      <x:c r="A20" s="2" t="s">
-        <x:v>70</x:v>
+      <x:c r="A20" s="3" t="s">
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
-      <x:c r="A21" s="2" t="s">
-        <x:v>71</x:v>
+      <x:c r="A21" s="3" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
-      <x:c r="A22" s="2" t="s">
-        <x:v>10</x:v>
+      <x:c r="A22" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
-      <x:c r="A23" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A23" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
-      <x:c r="A24" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A24" s="3" t="s">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.180625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.240625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>16.8</x:v>
+      <x:c r="A6" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>9.2</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>36.5</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>36.2</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>36.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>26.5</x:v>
+      <x:c r="A8" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>25.5</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>25.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>17.5</x:v>
+      <x:c r="A9" s="3" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>22.3</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>2.7</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>6.8</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="2" t="s">
-        <x:v>10</x:v>
+      <x:c r="A12" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A13" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
-      <x:c r="A14" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A14" s="3" t="s">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.840625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D5" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:4">
+      <x:c r="A6" s="3" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>3.6</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:4">
+      <x:c r="A7" s="3" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
-[...27 lines deleted...]
-      <x:c r="B7" s="3" t="n">
+    </x:row>
+    <x:row r="8" spans="1:4">
+      <x:c r="A8" s="3" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
-      <x:c r="C7" s="2" t="s">
-[...10 lines deleted...]
-      <x:c r="B8" s="3" t="n">
+      <x:c r="C8" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:4">
+      <x:c r="A9" s="3" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
-      <x:c r="C8" s="2" t="s">
-[...17 lines deleted...]
-        <x:v>61</x:v>
+      <x:c r="C9" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
-      <x:c r="A10" s="2" t="s">
-[...9 lines deleted...]
-        <x:v>61</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
-      <x:c r="A11" s="2" t="s">
-[...9 lines deleted...]
-        <x:v>62</x:v>
+      <x:c r="A11" s="3" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>2.8</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
-      <x:c r="A12" s="2" t="s">
-[...9 lines deleted...]
-        <x:v>61</x:v>
+      <x:c r="A12" s="3" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
-      <x:c r="A13" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C13" s="2" t="s">
+      <x:c r="A13" s="3" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="3" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>2.4</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:4">
+      <x:c r="A15" s="3" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>2.3</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="D13" s="2" t="s">
-[...28 lines deleted...]
-        <x:v>62</x:v>
+      <x:c r="D15" s="3" t="s">
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
-      <x:c r="A17" s="2" t="s">
-        <x:v>92</x:v>
+      <x:c r="A17" s="3" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
-      <x:c r="A18" s="2" t="s">
-        <x:v>93</x:v>
+      <x:c r="A18" s="3" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.180625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.240625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>99</x:v>
+      <x:c r="A6" s="3" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>102</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>105</x:v>
+      <x:c r="A8" s="3" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>108</x:v>
+      <x:c r="A9" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="s">
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>111</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
-      <x:c r="A11" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>104</x:v>
+      <x:c r="A11" s="3" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s">
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>116</x:v>
+      <x:c r="A12" s="3" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C13" s="2" t="n">
+      <x:c r="A13" s="3" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="n">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
-      <x:c r="A14" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>120</x:v>
+      <x:c r="A14" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="s">
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
-      <x:c r="A16" s="2" t="s">
-        <x:v>10</x:v>
+      <x:c r="A16" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
-      <x:c r="A17" s="2" t="s">
-        <x:v>11</x:v>
+      <x:c r="A17" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
-      <x:c r="A18" s="2" t="s">
-        <x:v>12</x:v>
+      <x:c r="A18" s="3" t="s">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="21">
+    <vt:vector baseType="lpstr" size="24">
+      <vt:lpstr>Risk Profile</vt:lpstr>
       <vt:lpstr>Regions</vt:lpstr>
       <vt:lpstr>Countries</vt:lpstr>
       <vt:lpstr>Currencies</vt:lpstr>
       <vt:lpstr>Sectors</vt:lpstr>
       <vt:lpstr>Market Cap Ranges</vt:lpstr>
       <vt:lpstr>Top Equity Holdings</vt:lpstr>
       <vt:lpstr>Characteristics</vt:lpstr>
+      <vt:lpstr>Risk Profile!Print_Area</vt:lpstr>
+      <vt:lpstr>Risk Profile!Print_Titles</vt:lpstr>
       <vt:lpstr>Regions!Print_Area</vt:lpstr>
       <vt:lpstr>Regions!Print_Titles</vt:lpstr>
       <vt:lpstr>Countries!Print_Area</vt:lpstr>
       <vt:lpstr>Countries!Print_Titles</vt:lpstr>
       <vt:lpstr>Currencies!Print_Area</vt:lpstr>
       <vt:lpstr>Currencies!Print_Titles</vt:lpstr>
       <vt:lpstr>Sectors!Print_Area</vt:lpstr>
       <vt:lpstr>Sectors!Print_Titles</vt:lpstr>
       <vt:lpstr>Market Cap Ranges!Print_Area</vt:lpstr>
       <vt:lpstr>Market Cap Ranges!Print_Titles</vt:lpstr>
       <vt:lpstr>Top Equity Holdings!Print_Area</vt:lpstr>
       <vt:lpstr>Top Equity Holdings!Print_Titles</vt:lpstr>
       <vt:lpstr>Characteristics!Print_Area</vt:lpstr>
       <vt:lpstr>Characteristics!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>