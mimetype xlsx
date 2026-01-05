--- v2 (2025-11-23)
+++ v3 (2026-01-05)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1162082cdf4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7d779c9db59436b8136db52fd908571.psmdcp" Id="R4aea340346234922" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2af873a4774e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/454632a3132b4f6d866afccd2f9225ca.psmdcp" Id="Rd5988a429e864fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="135">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <x:si>
     <x:t>Risk Profile - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/31/2024 to 10/31/2025</x:t>
+    <x:t>From 10/31/2024 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
@@ -386,186 +386,183 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
+    <x:t>TotalEnergies SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>BHP Group Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>TotalEnergies SE</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>GSK PLC</x:t>
   </x:si>
   <x:si>
+    <x:t>Roche Holding AG</x:t>
+  </x:si>
+  <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis AG</x:t>
   </x:si>
   <x:si>
-    <x:t>Roche Holding AG</x:t>
-[...2 lines deleted...]
-    <x:t>Sanofi SA</x:t>
+    <x:t>BNP Paribas SA</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>10.8x</x:t>
   </x:si>
   <x:si>
-    <x:t>12.2x</x:t>
+    <x:t>12.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.7x</x:t>
+    <x:t>12.6x</x:t>
   </x:si>
   <x:si>
     <x:t>15.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.6x</x:t>
-[...2 lines deleted...]
-    <x:t>9.8x</x:t>
+    <x:t>7.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.5%</x:t>
-[...2 lines deleted...]
-    <x:t>11.5%</x:t>
+    <x:t>12.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>40.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>54.6 USD</x:t>
+    <x:t>37.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>66.0%</x:t>
+    <x:t>66.9%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -947,98 +944,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>3.01</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>3.29</x:v>
+        <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>8.38</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>7.59</x:v>
+        <x:v>7.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1098,98 +1095,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>29.6</x:v>
+        <x:v>29.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>29.1</x:v>
+        <x:v>28.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>53.8</x:v>
+        <x:v>53.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>57.8</x:v>
+        <x:v>58.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1219,293 +1216,293 @@
       <x:c r="A1" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>21.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1538,194 +1535,194 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>29.9</x:v>
+        <x:v>30.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>30.9</x:v>
+        <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1761,161 +1758,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>39.2</x:v>
+        <x:v>40.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1965,98 +1962,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>36.2</x:v>
+        <x:v>37.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>36.6</x:v>
+        <x:v>34.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>25.5</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>25.5</x:v>
+        <x:v>25.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>21.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2090,183 +2087,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2338,92 +2335,92 @@
         <x:v>119</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="C12" s="3" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>449</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>