--- v3 (2026-01-05)
+++ v4 (2026-02-04)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f2af873a4774e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/454632a3132b4f6d866afccd2f9225ca.psmdcp" Id="Rd5988a429e864fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431bdb9a3e654a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/94613f418f3f41a8b61f6ae9e1469dbd.psmdcp" Id="R0bb0c473b754436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>Risk Profile - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/31/2024 to 11/30/2025</x:t>
+    <x:t>From 10/31/2024 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
@@ -386,183 +386,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
+    <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank of Nova Scotia/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP Group Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>TotalEnergies SE</x:t>
   </x:si>
   <x:si>
-    <x:t>Bank of Nova Scotia/The</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>GSK PLC</x:t>
   </x:si>
   <x:si>
+    <x:t>Rio Tinto PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP Paribas SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
-    <x:t>Rio Tinto PLC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Novartis AG</x:t>
   </x:si>
   <x:si>
-    <x:t>BNP Paribas SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.8x</x:t>
-[...2 lines deleted...]
-    <x:t>12.3x</x:t>
+    <x:t>11.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.6x</x:t>
-[...2 lines deleted...]
-    <x:t>15.4x</x:t>
+    <x:t>13.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
+    <x:t>1.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Debt/Equity - Wtd Mdn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8x</x:t>
+  </x:si>
+  <x:si>
     <x:t>1.2x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>37.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>57.8 USD</x:t>
+    <x:t>50.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>66.9%</x:t>
+    <x:t>66.6%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -944,98 +950,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.03</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.86</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>3.33</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.88</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>8.19</x:v>
+        <x:v>8.12</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>7.33</x:v>
+        <x:v>7.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1106,87 +1112,87 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>29.7</x:v>
+        <x:v>28.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>28.9</x:v>
+        <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>53.7</x:v>
+        <x:v>54.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>58.1</x:v>
+        <x:v>58.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1216,293 +1222,293 @@
       <x:c r="A1" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1535,194 +1541,194 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>30.5</x:v>
+        <x:v>30.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>30.6</x:v>
+        <x:v>30.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1755,164 +1761,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>32</x:v>
+        <x:v>32.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>40.3</x:v>
+        <x:v>41.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1962,95 +1968,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>15.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>37.7</x:v>
+        <x:v>34.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>34.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>22.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>25.6</x:v>
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>20.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2087,183 +2093,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2335,92 +2341,92 @@
         <x:v>119</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>443</x:v>
+        <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>