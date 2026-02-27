--- v4 (2026-02-04)
+++ v5 (2026-02-27)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431bdb9a3e654a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/94613f418f3f41a8b61f6ae9e1469dbd.psmdcp" Id="R0bb0c473b754436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R123e7fe0452b4364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67f119675b8c4711a19491c999f18789.psmdcp" Id="Rdb2e78b2efcb465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>Risk Profile - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/31/2024 to 12/31/2025</x:t>
+    <x:t>From 10/31/2024 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
@@ -386,189 +386,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>BHP Group Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
+    <x:t>TotalEnergies SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP Paribas SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bank of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
-    <x:t>BHP Group Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>TotalEnergies SE</x:t>
+    <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
     <x:t>GSK PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Rio Tinto PLC</x:t>
-[...2 lines deleted...]
-    <x:t>BNP Paribas SA</x:t>
+    <x:t>Novartis AG</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
-    <x:t>Novartis AG</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.3x</x:t>
-[...2 lines deleted...]
-    <x:t>12.4x</x:t>
+    <x:t>11.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.4x</x:t>
-[...2 lines deleted...]
-    <x:t>15.9x</x:t>
+    <x:t>13.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.3x</x:t>
   </x:si>
   <x:si>
     <x:t>1.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.7x</x:t>
-[...2 lines deleted...]
-    <x:t>8.9x</x:t>
+    <x:t>8.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>12.2%</x:t>
   </x:si>
   <x:si>
-    <x:t>12.1%</x:t>
+    <x:t>12.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.8x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2x</x:t>
+    <x:t>1.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>50.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>58.7 USD</x:t>
+    <x:t>45.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>66.6%</x:t>
+    <x:t>67.2%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -950,98 +950,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.87</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>3.65</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>3.88</x:v>
+        <x:v>4.19</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>8.12</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>7.29</x:v>
+        <x:v>7.48</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1101,98 +1101,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>28.7</x:v>
+        <x:v>29.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>54.2</x:v>
+        <x:v>54.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>58.3</x:v>
+        <x:v>57.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1222,293 +1222,293 @@
       <x:c r="A1" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>20.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1541,194 +1541,194 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>30.6</x:v>
+        <x:v>30.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>30.9</x:v>
+        <x:v>30.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>20.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>19.5</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1764,161 +1764,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>32.4</x:v>
+        <x:v>32.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>41.3</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>11.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1968,95 +1968,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>21.5</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>34.6</x:v>
+        <x:v>33.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>34.6</x:v>
+        <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>22.7</x:v>
+        <x:v>28.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24.9</x:v>
+        <x:v>25.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>20.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16.6</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2093,155 +2093,155 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>51</x:v>
@@ -2371,54 +2371,54 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>160</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>442</x:v>
+        <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">