--- v5 (2026-02-27)
+++ v6 (2026-03-20)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R123e7fe0452b4364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/67f119675b8c4711a19491c999f18789.psmdcp" Id="Rdb2e78b2efcb465f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71d43f1ee45a40ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2dedd55da228409486a3f3be06b8fdeb.psmdcp" Id="R9b3a57b7d10a452f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="136">
   <x:si>
     <x:t>Risk Profile - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/31/2024 to 01/31/2026</x:t>
+    <x:t>From 10/31/2024 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
@@ -386,189 +386,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>TotalEnergies SE</x:t>
+  </x:si>
+  <x:si>
     <x:t>BHP Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Toronto-Dominion Bank/The</x:t>
   </x:si>
   <x:si>
+    <x:t>GSK PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP Paribas SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Banco Bilbao Vizcaya Argentaria SA</x:t>
   </x:si>
   <x:si>
-    <x:t>TotalEnergies SE</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bank of Nova Scotia/The</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>GSK PLC</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Novartis AG</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.5x</x:t>
-[...2 lines deleted...]
-    <x:t>13.0x</x:t>
+    <x:t>12.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.7x</x:t>
-[...2 lines deleted...]
-    <x:t>16.5x</x:t>
+    <x:t>15.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3x</x:t>
-[...2 lines deleted...]
-    <x:t>1.6x</x:t>
+    <x:t>1.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.1x</x:t>
-[...2 lines deleted...]
-    <x:t>9.9x</x:t>
+    <x:t>7.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>11.4%</x:t>
+  </x:si>
+  <x:si>
     <x:t>12.2%</x:t>
   </x:si>
   <x:si>
-    <x:t>12.5%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.8x</x:t>
+    <x:t>0.9x</x:t>
   </x:si>
   <x:si>
     <x:t>1.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>45.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>68.9 USD</x:t>
+    <x:t>46.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>67.2%</x:t>
+    <x:t>66.3%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -950,98 +950,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.88</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>3.96</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>4.19</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>7.48</x:v>
+        <x:v>7.73</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1101,98 +1101,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>29.3</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>29.3</x:v>
+        <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>54.5</x:v>
+        <x:v>53.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>57.9</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1222,293 +1222,293 @@
       <x:c r="A1" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>22.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1541,194 +1541,194 @@
       <x:c r="A1" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>30.2</x:v>
+        <x:v>29.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>30.4</x:v>
+        <x:v>29.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>22.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1761,164 +1761,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>11.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>32.2</x:v>
+        <x:v>29.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>41</x:v>
+        <x:v>39.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1968,95 +1968,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>19.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>33.1</x:v>
+        <x:v>28.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>35.1</x:v>
+        <x:v>32.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>29.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>25.6</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2096,174 +2096,174 @@
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -2371,51 +2371,51 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>