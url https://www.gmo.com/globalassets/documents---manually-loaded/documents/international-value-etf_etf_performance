--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -1,217 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7e1a2104984614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d74bd3cc6ee143f3a538fc42cde61dde.psmdcp" Id="Rd616b62fcbda47e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfa2701731d14ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c65c4520625245b3bdfdadaa81e2d052.psmdcp" Id="R1fcadfd9ea0e4cec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="52">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>Performance - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 10/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor’s</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO International Value ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSCI World ex USA Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (NAV, Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Inception</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Market Price) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -552,51 +564,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E39"/>
+  <x:dimension ref="A1:E41"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="46.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="53.780625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -605,1061 +617,1095 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
+        <x:v>-1.22</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>-0.92</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
         <x:v>-1.48</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="n">
+      <x:c r="C20" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
-      <x:c r="D19" s="4" t="n">
+      <x:c r="D20" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="E19" s="4" t="n">
+      <x:c r="E20" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="22" spans="1:5">
-      <x:c r="A22" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A22" s="2" t="s"/>
+      <x:c r="B22" s="3" t="s"/>
+      <x:c r="C22" s="3" t="s"/>
+      <x:c r="D22" s="3" t="s"/>
+      <x:c r="E22" s="3" t="s"/>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>9.39</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>11.98</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>7.88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
+        <x:v>9.7</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>10.53</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>9.39</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>10.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="n">
+      <x:c r="C27" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D25" s="4" t="n">
+      <x:c r="D27" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E25" s="4" t="n">
+      <x:c r="E27" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:5">
-[...22 lines deleted...]
-    </x:row>
     <x:row r="29" spans="1:5">
-      <x:c r="A29" s="2" t="n">
+      <x:c r="A29" s="2" t="s"/>
+      <x:c r="B29" s="3" t="s"/>
+      <x:c r="C29" s="3" t="s"/>
+      <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="3" t="s"/>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>34.1</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>32.36</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>34.35</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>32.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B29" s="4" t="n">
+      <x:c r="B31" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D29" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E29" s="4" t="n">
+      <x:c r="E31" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:5">
-[...8 lines deleted...]
-    </x:row>
     <x:row r="33" spans="1:5">
-      <x:c r="A33" s="2" t="s">
+      <x:c r="A33" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
-      <x:c r="A34" s="2" t="s">
+      <x:c r="A34" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
-      <x:c r="A39" s="1" t="s">
+      <x:c r="A39" s="2" t="s">
         <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="1" t="s">
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>32.95</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>34.1</x:v>
+      </x:c>
+      <x:c r="F7" s="4" t="n">
+        <x:v>29.74</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>26.73</x:v>
+        <x:v>27.59</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>31.51</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>32.36</x:v>
+      </x:c>
+      <x:c r="F8" s="4" t="n">
+        <x:v>29.49</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>27.04</x:v>
+        <x:v>27.63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.44</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>33.28</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>34.35</x:v>
+      </x:c>
+      <x:c r="F13" s="4" t="n">
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>27.16</x:v>
+        <x:v>27.94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>31.51</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>32.36</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="n">
+        <x:v>29.49</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>27.04</x:v>
+        <x:v>27.63</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>1.77</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>1.99</x:v>
+      </x:c>
+      <x:c r="F15" s="4" t="n">
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>8.23</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>32.95</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>26.73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
         <x:v>7.88</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>31.51</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>27.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>1.44</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>8.31</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>33.28</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>27.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
         <x:v>7.88</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>31.51</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>27.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>