--- v1 (2025-11-23)
+++ v2 (2026-01-05)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfa2701731d14ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c65c4520625245b3bdfdadaa81e2d052.psmdcp" Id="R1fcadfd9ea0e4cec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2700855aae3640a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8ed4e0c350343dfbf5867f727fa74df.psmdcp" Id="R20b47317cd534510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Performance - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -122,99 +125,99 @@
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (NAV, Net) in USD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Market Price) in USD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (NAV, Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Market Price) in USD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -564,51 +567,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E41"/>
+  <x:dimension ref="A1:E42"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="46.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="53.780625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -617,1095 +620,1112 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
+        <x:v>-1.22</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>-0.92</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
         <x:v>-1.48</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="n">
+      <x:c r="C21" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="n">
+      <x:c r="D21" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="E20" s="4" t="n">
+      <x:c r="E21" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="23" spans="1:5">
-      <x:c r="A23" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A23" s="2" t="s"/>
+      <x:c r="B23" s="3" t="s"/>
+      <x:c r="C23" s="3" t="s"/>
+      <x:c r="D23" s="3" t="s"/>
+      <x:c r="E23" s="3" t="s"/>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>3.73</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>9.39</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>7.88</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>11.98</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.53</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="E27" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="n">
+      <x:c r="C28" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D27" s="4" t="n">
+      <x:c r="D28" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E27" s="4" t="n">
+      <x:c r="E28" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="30" spans="1:5">
-      <x:c r="A30" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A30" s="2" t="s"/>
+      <x:c r="B30" s="3" t="s"/>
+      <x:c r="C30" s="3" t="s"/>
+      <x:c r="D30" s="3" t="s"/>
+      <x:c r="E30" s="3" t="s"/>
     </x:row>
     <x:row r="31" spans="1:5">
-      <x:c r="A31" s="2" t="n">
+      <x:c r="A31" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>39.25</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>36.42</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>39.5</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>36.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B31" s="4" t="n">
+      <x:c r="B32" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C32" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D32" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E31" s="4" t="n">
+      <x:c r="E32" s="4" t="n">
         <x:v>-3.4</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
-      <x:c r="A35" s="2" t="s">
+      <x:c r="A35" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
-      <x:c r="A41" s="1" t="s">
+      <x:c r="A41" s="2" t="s">
         <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="1" t="s">
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>34.1</x:v>
+        <x:v>39.25</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>29.74</x:v>
+        <x:v>36.38</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>27.59</x:v>
+        <x:v>29.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>32.36</x:v>
+        <x:v>36.42</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>29.49</x:v>
+        <x:v>33.49</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>27.63</x:v>
+        <x:v>28.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>34.35</x:v>
+        <x:v>39.5</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
+        <x:v>36.24</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="I13" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="J13" s="4" t="n">
         <x:v>30</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>27.94</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>32.36</x:v>
+        <x:v>36.42</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>29.49</x:v>
+        <x:v>33.49</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>27.63</x:v>
+        <x:v>28.83</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>8.23</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>32.95</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>26.73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
         <x:v>7.88</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>31.51</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>27.04</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>1.44</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>-0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>8.31</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>33.28</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>27.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
         <x:v>7.88</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>31.51</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>27.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>