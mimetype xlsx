--- v2 (2026-01-05)
+++ v3 (2026-02-04)
@@ -1,232 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2700855aae3640a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8ed4e0c350343dfbf5867f727fa74df.psmdcp" Id="R20b47317cd534510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037ff080738642fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70d0ec5f15da452cbf5e33d52a581d63.psmdcp" Id="R7059c6d4a8474fbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>Performance - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2025</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor’s</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (NAV, Net) in USD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Market Price) in USD as of 11/30/2025</x:t>
-[...8 lines deleted...]
-    <x:t>Average Annual Total Return (Market Price) in USD as of 09/30/2025</x:t>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -567,51 +564,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E42"/>
+  <x:dimension ref="A1:E43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="46.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="53.780625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -620,1112 +617,1129 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
+        <x:v>-1.22</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>-0.92</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
         <x:v>-1.48</x:v>
       </x:c>
-      <x:c r="C21" s="4" t="n">
+      <x:c r="C22" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
-      <x:c r="D21" s="4" t="n">
+      <x:c r="D22" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="E21" s="4" t="n">
+      <x:c r="E22" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="24" spans="1:5">
-      <x:c r="A24" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A24" s="2" t="s"/>
+      <x:c r="B24" s="3" t="s"/>
+      <x:c r="C24" s="3" t="s"/>
+      <x:c r="D24" s="3" t="s"/>
+      <x:c r="E24" s="3" t="s"/>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>9.47</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>8.15</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>9.39</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>7.88</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>11.98</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.53</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="E28" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C28" s="4" t="n">
+      <x:c r="C29" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D28" s="4" t="n">
+      <x:c r="D29" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E28" s="4" t="n">
+      <x:c r="E29" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="31" spans="1:5">
-      <x:c r="A31" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A31" s="2" t="s"/>
+      <x:c r="B31" s="3" t="s"/>
+      <x:c r="C31" s="3" t="s"/>
+      <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="3" t="s"/>
     </x:row>
     <x:row r="32" spans="1:5">
-      <x:c r="A32" s="2" t="n">
+      <x:c r="A32" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>45.54</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>42.23</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>45.63</x:v>
+      </x:c>
+      <x:c r="E32" s="4" t="n">
+        <x:v>42.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B32" s="4" t="n">
+      <x:c r="B33" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C32" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E32" s="4" t="n">
+      <x:c r="E33" s="4" t="n">
         <x:v>-3.4</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
-      <x:c r="A36" s="2" t="s">
+      <x:c r="A36" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
-      <x:c r="A42" s="1" t="s">
+      <x:c r="A42" s="2" t="s">
         <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="1" t="s">
+        <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>9.47</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>39.25</x:v>
+        <x:v>45.54</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>36.38</x:v>
+        <x:v>45.54</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>29.68</x:v>
+        <x:v>32.14</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>36.42</x:v>
+        <x:v>42.23</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>33.49</x:v>
+        <x:v>42.23</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>28.83</x:v>
+        <x:v>31.06</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>4.67</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>39.5</x:v>
+        <x:v>45.63</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>36.24</x:v>
+        <x:v>45.63</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>30</x:v>
+        <x:v>32.31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>36.42</x:v>
+        <x:v>42.23</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>33.49</x:v>
+        <x:v>42.23</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>28.83</x:v>
+        <x:v>31.06</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.13</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>9.47</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>32.95</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>45.54</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
+        <x:v>45.54</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>26.73</x:v>
+        <x:v>32.14</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>31.51</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>42.23</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>42.23</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>27.04</x:v>
+        <x:v>31.06</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.44</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>3.31</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>33.28</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>45.63</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>45.63</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
-        <x:v>27.16</x:v>
+        <x:v>32.31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>31.51</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>42.23</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>42.23</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
-        <x:v>27.04</x:v>
+        <x:v>31.06</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.77</x:v>
-[...2 lines deleted...]
-        <x:v>50</x:v>
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>