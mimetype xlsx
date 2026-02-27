--- v3 (2026-02-04)
+++ v4 (2026-02-27)
@@ -1,229 +1,241 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037ff080738642fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70d0ec5f15da452cbf5e33d52a581d63.psmdcp" Id="R7059c6d4a8474fbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611779553d7b46f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4f2b337c9ee440781248d515192d866.psmdcp" Id="Rf4711bfee9c14d19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
   <x:si>
     <x:t>Performance - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2024</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2024</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor’s</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO International Value ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSCI World ex USA Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (NAV, Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Inception</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Market Price) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -564,51 +576,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E43"/>
+  <x:dimension ref="A1:E46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="46.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="53.780625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -617,1129 +629,1180 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>5.34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
+        <x:v>-1.22</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>-0.92</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
         <x:v>-1.48</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="n">
+      <x:c r="C23" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="n">
+      <x:c r="D23" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="E22" s="4" t="n">
+      <x:c r="E23" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="25" spans="1:5">
-      <x:c r="A25" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A25" s="2" t="s"/>
+      <x:c r="B25" s="3" t="s"/>
+      <x:c r="C25" s="3" t="s"/>
+      <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="3" t="s"/>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>5.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.47</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>9.39</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>8.15</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>11.98</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>7.88</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
+        <x:v>9.7</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>10.53</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>9.39</x:v>
+      </x:c>
+      <x:c r="E29" s="4" t="n">
+        <x:v>10.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="E30" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C29" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D29" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E29" s="4" t="n">
+      <x:c r="E31" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="31" spans="1:5">
-[...10 lines deleted...]
-      <x:c r="B32" s="4" t="n">
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2" t="s"/>
+      <x:c r="B33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="3" t="s"/>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>5.96</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>5.34</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>6.18</x:v>
+      </x:c>
+      <x:c r="E34" s="4" t="n">
+        <x:v>5.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
         <x:v>45.54</x:v>
       </x:c>
-      <x:c r="C32" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>45.63</x:v>
       </x:c>
-      <x:c r="E32" s="4" t="n">
+      <x:c r="E35" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:5">
-      <x:c r="A33" s="2" t="n">
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B33" s="4" t="n">
+      <x:c r="B36" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C36" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D36" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E33" s="4" t="n">
+      <x:c r="E36" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:5">
-[...10 lines deleted...]
-      <x:c r="A37" s="2" t="s">
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:5">
-      <x:c r="A38" s="2" t="s">
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="1" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:5">
-      <x:c r="A43" s="1" t="s">
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2" t="s">
         <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="1" t="s">
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>9.47</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>45.54</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>45.54</x:v>
+        <x:v>48.03</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>32.14</x:v>
+        <x:v>35.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>8.15</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>42.23</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>42.23</x:v>
+        <x:v>43.06</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>31.06</x:v>
+        <x:v>34.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.66</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>9.27</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>45.63</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>45.63</x:v>
+        <x:v>48.42</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>32.31</x:v>
+        <x:v>36.17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>8.15</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>42.23</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>42.23</x:v>
+        <x:v>43.06</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>31.06</x:v>
+        <x:v>34.13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>2.05</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>9.47</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>45.54</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>45.54</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>32.14</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>31.06</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>1.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>3.31</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>3.31</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>9.27</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>45.63</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>45.63</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>32.31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>31.06</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>