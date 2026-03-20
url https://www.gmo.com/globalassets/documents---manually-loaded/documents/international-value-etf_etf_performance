--- v4 (2026-02-27)
+++ v5 (2026-03-20)
@@ -1,87 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611779553d7b46f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4f2b337c9ee440781248d515192d866.psmdcp" Id="Rf4711bfee9c14d19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2760cb695b548cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d895c79e7a974ce1892b88d5133d6b05.psmdcp" Id="Rcfce26ad3d834348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="60">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Performance - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>NAV Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>NAV, Net</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from NAV inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -134,99 +137,99 @@
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Funds (ETFs) are bought and sold through exchange trading at market price (not NAV), and are not individually redeemed from the fund. Shares may trade at a premium or</x:t>
   </x:si>
   <x:si>
     <x:t>discount to their NAV in the secondary market. Brokerage commissions will reduce returns.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex USA Value Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability</x:t>
   </x:si>
   <x:si>
     <x:t>hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (NAV, Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (NAV, Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO International Value ETF</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2024</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA Value</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Market Price) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (NAV, Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Market Price) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -576,51 +579,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E46"/>
+  <x:dimension ref="A1:E47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="46.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="53.780625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -629,1180 +632,1196 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>5.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>5.34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.51</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>3.07</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>6.02</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.72</x:v>
+        <x:v>1.71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>6.02</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>5.72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>0.43</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>4.11</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>2.31</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>1.92</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-2.15</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.22</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-0.92</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.15</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
+        <x:v>-1.22</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>-0.92</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
         <x:v>-1.48</x:v>
       </x:c>
-      <x:c r="C23" s="4" t="n">
+      <x:c r="C24" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
-      <x:c r="D23" s="4" t="n">
+      <x:c r="D24" s="4" t="n">
         <x:v>-1.4</x:v>
       </x:c>
-      <x:c r="E23" s="4" t="n">
+      <x:c r="E24" s="4" t="n">
         <x:v>-1.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="26" spans="1:5">
-      <x:c r="A26" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A26" s="2" t="s"/>
+      <x:c r="B26" s="3" t="s"/>
+      <x:c r="C26" s="3" t="s"/>
+      <x:c r="D26" s="3" t="s"/>
+      <x:c r="E26" s="3" t="s"/>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>9.47</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>8.15</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>9.27</x:v>
+        <x:v>13.16</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>8.15</x:v>
+        <x:v>11.49</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>8.23</x:v>
+        <x:v>9.47</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>8.15</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>8.31</x:v>
+        <x:v>9.27</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>7.88</x:v>
+        <x:v>8.15</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>8.23</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>7.88</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>9.39</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>10.53</x:v>
+        <x:v>7.88</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>11.98</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.53</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>9.39</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
+        <x:v>11.98</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="E31" s="4" t="n">
+        <x:v>10.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C32" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D32" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E31" s="4" t="n">
+      <x:c r="E32" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="34" spans="1:5">
-      <x:c r="A34" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A34" s="2" t="s"/>
+      <x:c r="B34" s="3" t="s"/>
+      <x:c r="C34" s="3" t="s"/>
+      <x:c r="D34" s="3" t="s"/>
+      <x:c r="E34" s="3" t="s"/>
     </x:row>
     <x:row r="35" spans="1:5">
-      <x:c r="A35" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A35" s="2" t="s">
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>45.54</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>42.23</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>45.63</x:v>
+        <x:v>13.16</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>42.23</x:v>
+        <x:v>11.49</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>45.54</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>42.23</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>45.63</x:v>
+      </x:c>
+      <x:c r="E36" s="4" t="n">
+        <x:v>42.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B36" s="4" t="n">
+      <x:c r="B37" s="4" t="n">
         <x:v>-4.68</x:v>
       </x:c>
-      <x:c r="C36" s="4" t="n">
+      <x:c r="C37" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="D36" s="4" t="n">
+      <x:c r="D37" s="4" t="n">
         <x:v>-4.59</x:v>
       </x:c>
-      <x:c r="E36" s="4" t="n">
+      <x:c r="E37" s="4" t="n">
         <x:v>-3.4</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
-      <x:c r="A40" s="2" t="s">
+      <x:c r="A40" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
-      <x:c r="A46" s="1" t="s">
+      <x:c r="A46" s="2" t="s">
         <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="1" t="s">
+        <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>7.06</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>13.44</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>48.03</x:v>
+        <x:v>50.83</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>35.78</x:v>
+        <x:v>40.41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>43.06</x:v>
+        <x:v>46.55</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>34.13</x:v>
+        <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>2.81</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>13.16</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>13.16</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>48.42</x:v>
+        <x:v>49.91</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>36.17</x:v>
+        <x:v>40.31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>11.49</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>43.06</x:v>
+        <x:v>46.55</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>34.13</x:v>
+        <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>9.47</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>45.54</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>45.54</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>32.14</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>31.06</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>1.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>3.31</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>3.31</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>9.27</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>45.63</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>45.63</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>32.31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
         <x:v>8.15</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>42.23</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>31.06</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>