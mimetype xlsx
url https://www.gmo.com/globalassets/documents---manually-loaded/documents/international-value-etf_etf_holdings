--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,1587 +1,1629 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ca4f1ddcba14935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09c88258eec9429588474e90c0cb85ab.psmdcp" Id="Ra8f65208311d40be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ea929933c947e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4f8526848a54cc2ac773e7fb17dc286.psmdcp" Id="Rd7a94e84d17a4ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="513" uniqueCount="513">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="527" uniqueCount="527">
   <x:si>
     <x:t>Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/13/2025 (%)</x:t>
+    <x:t>As of 11/03/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TD</x:t>
   </x:si>
   <x:si>
-    <x:t>TORONTO DOMINION BANK COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>891160954</x:t>
+    <x:t>Toronto-Dominion Bank</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S28972222</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>BHP</x:t>
   </x:si>
   <x:si>
-    <x:t>BHP GROUP LTD SPON ADR ADR</x:t>
+    <x:t>Bhp Group Ltd-Spon Adr</x:t>
   </x:si>
   <x:si>
     <x:t>088606108</x:t>
   </x:si>
   <x:si>
+    <x:t>TTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Totalenergies Se -Spon Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89151E109</x:t>
+  </x:si>
+  <x:si>
     <x:t>BNS</x:t>
   </x:si>
   <x:si>
-    <x:t>BANK OF NOVA SCOTIA COMMON STOCK</x:t>
+    <x:t>Bank Of Nova Scotia</x:t>
   </x:si>
   <x:si>
     <x:t>064149107</x:t>
   </x:si>
   <x:si>
-    <x:t>TTE</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BBVA</x:t>
   </x:si>
   <x:si>
-    <x:t>BANCO BILBAO VIZCAYA SP ADR ADR</x:t>
+    <x:t>Banco Bilbao Vizcaya-Sp Adr</x:t>
   </x:si>
   <x:si>
     <x:t>05946K101</x:t>
   </x:si>
   <x:si>
+    <x:t>GSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gsk Plc-Spon Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37733W204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Plc-Spon Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>767204100</x:t>
+  </x:si>
+  <x:si>
     <x:t>NVS</x:t>
   </x:si>
   <x:si>
-    <x:t>NOVARTIS AG SPONSORED ADR ADR</x:t>
+    <x:t>Novartis Ag-Sponsored Adr</x:t>
   </x:si>
   <x:si>
     <x:t>66987V109</x:t>
   </x:si>
   <x:si>
-    <x:t>GSK</x:t>
-[...5 lines deleted...]
-    <x:t>37733W204</x:t>
+    <x:t>SNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sanofi-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80105N105</x:t>
   </x:si>
   <x:si>
     <x:t>BNP</x:t>
   </x:si>
   <x:si>
-    <x:t>BNP PARIBAS COMMON STOCK EUR2.0</x:t>
-[...11 lines deleted...]
-    <x:t>767204100</x:t>
+    <x:t>Bnp Paribas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S73096810</x:t>
   </x:si>
   <x:si>
     <x:t>ROG</x:t>
   </x:si>
   <x:si>
-    <x:t>ROCHE HOLDING AG GENUSSCHEIN COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>80105N105</x:t>
+    <x:t>Roche Holding Ag-Genusschein</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S71103881</x:t>
   </x:si>
   <x:si>
     <x:t>EQNR</x:t>
   </x:si>
   <x:si>
-    <x:t>EQUINOR ASA SPON ADR ADR</x:t>
+    <x:t>Equinor Asa-Spon Adr</x:t>
   </x:si>
   <x:si>
     <x:t>29446M102</x:t>
   </x:si>
   <x:si>
     <x:t>MFC</x:t>
   </x:si>
   <x:si>
-    <x:t>MANULIFE FINANCIAL CORP COMMON STOCK</x:t>
+    <x:t>Manulife Financial Corp</x:t>
   </x:si>
   <x:si>
     <x:t>56501R106</x:t>
   </x:si>
   <x:si>
     <x:t>SLF</x:t>
   </x:si>
   <x:si>
-    <x:t>SUN LIFE FINANCIAL INC COMMON STOCK</x:t>
+    <x:t>Sun Life Financial Inc</x:t>
   </x:si>
   <x:si>
     <x:t>866796105</x:t>
   </x:si>
   <x:si>
     <x:t>HMC</x:t>
   </x:si>
   <x:si>
-    <x:t>HONDA MOTOR CO LTD SPONS ADR ADR</x:t>
+    <x:t>Honda Motor Co Ltd-Spons Adr</x:t>
   </x:si>
   <x:si>
     <x:t>438128308</x:t>
   </x:si>
   <x:si>
+    <x:t>9432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ntt Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66413733</x:t>
+  </x:si>
+  <x:si>
     <x:t>8031</x:t>
   </x:si>
   <x:si>
-    <x:t>MITSUI + CO LTD COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>664137007</x:t>
+    <x:t>Mitsui &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65973026</x:t>
   </x:si>
   <x:si>
     <x:t>NSRGY</x:t>
   </x:si>
   <x:si>
-    <x:t>NESTLE SA SPONS ADR ADR</x:t>
+    <x:t>Nestle Sa-Spons Adr</x:t>
   </x:si>
   <x:si>
     <x:t>641069406</x:t>
   </x:si>
   <x:si>
     <x:t>1605</x:t>
   </x:si>
   <x:si>
-    <x:t>INPEX CORP COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>B10RB1904</x:t>
+    <x:t>Inpex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB10RB150</x:t>
   </x:si>
   <x:si>
     <x:t>HSBC</x:t>
   </x:si>
   <x:si>
-    <x:t>HSBC HOLDINGS PLC SPONS ADR ADR</x:t>
+    <x:t>Hsbc Holdings Plc-Spons Adr</x:t>
   </x:si>
   <x:si>
     <x:t>404280406</x:t>
   </x:si>
   <x:si>
+    <x:t>FMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S60862539</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dhl Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S46178596</x:t>
+  </x:si>
+  <x:si>
     <x:t>6752</x:t>
   </x:si>
   <x:si>
-    <x:t>PANASONIC HOLDINGS CORP COMMON STOCK</x:t>
-[...20 lines deleted...]
-    <x:t>461785909</x:t>
+    <x:t>Panasonic Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65727075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercedes-Benz Group Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S55290274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLVB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volvo Ab-B Shs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1QH8300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Of Montreal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S20760096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ING</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ing Groep N.v.-Sponsored Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>456837103</x:t>
   </x:si>
   <x:si>
     <x:t>6301</x:t>
   </x:si>
   <x:si>
-    <x:t>KOMATSU LTD COMMON STOCK</x:t>
-[...38 lines deleted...]
-    <x:t>456837103</x:t>
+    <x:t>Komatsu Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64965841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Repsol Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S56693542</x:t>
   </x:si>
   <x:si>
     <x:t>SAN</x:t>
   </x:si>
   <x:si>
-    <x:t>BANCO SANTANDER SA COMMON STOCK EUR.5</x:t>
-[...11 lines deleted...]
-    <x:t>566935904</x:t>
+    <x:t>Banco Santander Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S57059461</x:t>
   </x:si>
   <x:si>
     <x:t>9101</x:t>
   </x:si>
   <x:si>
-    <x:t>NIPPON YUSEN KK COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>664396009</x:t>
+    <x:t>Nippon Yusen Kk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66439605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ericsson (lm) Tel-Sp Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294821608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Power Corp Of Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S26977017</x:t>
   </x:si>
   <x:si>
     <x:t>1925</x:t>
   </x:si>
   <x:si>
-    <x:t>DAIWA HOUSE INDUSTRY CO LTD COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>739239952</x:t>
+    <x:t>Daiwa House Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S62513635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Toyota Tsusho Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S69005809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bayerische Motoren Werke Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S57560294</x:t>
   </x:si>
   <x:si>
     <x:t>DTEGY</x:t>
   </x:si>
   <x:si>
-    <x:t>DEUTSCHE TELEKOM AG SPON ADR ADR</x:t>
+    <x:t>Deutsche Telekom Ag-Spon Adr</x:t>
   </x:si>
   <x:si>
     <x:t>251566105</x:t>
   </x:si>
   <x:si>
-    <x:t>BMW</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>DBK</x:t>
   </x:si>
   <x:si>
-    <x:t>DEUTSCHE BANK AG REGISTERED COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>575035902</x:t>
+    <x:t>Deutsche Bank Ag-Registered</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S57503559</x:t>
   </x:si>
   <x:si>
     <x:t>VOW3</x:t>
   </x:si>
   <x:si>
-    <x:t>VOLKSWAGEN AG PREF PREFERENCE</x:t>
-[...2 lines deleted...]
-    <x:t>549716900</x:t>
+    <x:t>Volkswagen Ag-Pref</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S54971684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stellantis Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBMD8KX71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRIXX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Str Instl Invt Tr Treas Mmkt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSYEKQM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ck Hutchison Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBW9P8164</x:t>
   </x:si>
   <x:si>
     <x:t>16</x:t>
   </x:si>
   <x:si>
-    <x:t>SUN HUNG KAI PROPERTIES COMMON STOCK</x:t>
-[...20 lines deleted...]
-    <x:t>BMD8KX906</x:t>
+    <x:t>Sun Hung Kai Properties</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S68599273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Omv Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S46514592</x:t>
   </x:si>
   <x:si>
     <x:t>8053</x:t>
   </x:si>
   <x:si>
-    <x:t>SUMITOMO CORP COMMON STOCK</x:t>
-[...20 lines deleted...]
-    <x:t>465145001</x:t>
+    <x:t>Sumitomo Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S68589464</x:t>
   </x:si>
   <x:si>
     <x:t>8591</x:t>
   </x:si>
   <x:si>
-    <x:t>ORIX CORP COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>666114004</x:t>
+    <x:t>Orix Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66611443</x:t>
   </x:si>
   <x:si>
     <x:t>HEN3</x:t>
   </x:si>
   <x:si>
-    <x:t>HENKEL AG + CO KGAA VOR PREF PREFERENCE</x:t>
-[...2 lines deleted...]
-    <x:t>507670909</x:t>
+    <x:t>Henkel Ag &amp; Co Kgaa Vor-Pref</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S50767052</x:t>
   </x:si>
   <x:si>
     <x:t>6326</x:t>
   </x:si>
   <x:si>
-    <x:t>KUBOTA CORP COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>B0F9V2906</x:t>
+    <x:t>Kubota Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64975097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSKB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ap Moller-Maersk A/S-B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S42530485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OCBC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oversea-Chinese Banking Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB0F9V204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingfisher Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S33195215</x:t>
   </x:si>
   <x:si>
     <x:t>DTG</x:t>
   </x:si>
   <x:si>
-    <x:t>DAIMLER TRUCK HOLDING AG COMMON STOCK</x:t>
-[...38 lines deleted...]
-    <x:t>425304003</x:t>
+    <x:t>Daimler Truck Holding Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBP6VLQ40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bt Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S30913578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWEDA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swedbank Ab - A Shares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S48465231</x:t>
   </x:si>
   <x:si>
     <x:t>2503</x:t>
   </x:si>
   <x:si>
-    <x:t>KIRIN HOLDINGS CO LTD COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>649374006</x:t>
+    <x:t>Kirin Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64937451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magna International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559222401</x:t>
   </x:si>
   <x:si>
     <x:t>ABN</x:t>
   </x:si>
   <x:si>
-    <x:t>ABN AMRO BANK NV CVA DUTCH CERT EUR1.0</x:t>
-[...2 lines deleted...]
-    <x:t>BYQP13905</x:t>
+    <x:t>Abn Amro Group Nv-Cva</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSX5C4P7</x:t>
   </x:si>
   <x:si>
     <x:t>4507</x:t>
   </x:si>
   <x:si>
-    <x:t>SHIONOGI + CO LTD COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>559222401</x:t>
+    <x:t>Shionogi &amp; Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S68046820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valeo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBDC5ST82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yamaha Motor Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S69852648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raiffeisen Bank Internationa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB0704T93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wh Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSMXP5F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenaris Sa-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88031M109</x:t>
   </x:si>
   <x:si>
     <x:t>LIGHT</x:t>
   </x:si>
   <x:si>
-    <x:t>SIGNIFY NV COMMON STOCK EUR.01</x:t>
-[...20 lines deleted...]
-    <x:t>698526001</x:t>
+    <x:t>Signify Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRT1SE550</x:t>
   </x:si>
   <x:si>
     <x:t>GLE</x:t>
   </x:si>
   <x:si>
-    <x:t>SOCIETE GENERALE SA COMMON STOCK EUR1.25</x:t>
-[...11 lines deleted...]
-    <x:t>B0704T905</x:t>
+    <x:t>Societe Generale Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S59665166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Post Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBYT81436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UOB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Overseas Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S69167815</x:t>
   </x:si>
   <x:si>
     <x:t>ADEN</x:t>
   </x:si>
   <x:si>
-    <x:t>ADECCO GROUP AG REG COMMON STOCK CHF.1</x:t>
-[...20 lines deleted...]
-    <x:t>BDC5ST904</x:t>
+    <x:t>Adecco Group Ag-Reg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S71107205</x:t>
   </x:si>
   <x:si>
     <x:t>EXO</x:t>
   </x:si>
   <x:si>
-    <x:t>EXOR NV COMMON STOCK EUR.01</x:t>
-[...11 lines deleted...]
-    <x:t>691678007</x:t>
+    <x:t>Exor Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBMJ18250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ono Pharmaceutical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66601071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ck Asset Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBYZQ0772</x:t>
   </x:si>
   <x:si>
     <x:t>6988</x:t>
   </x:si>
   <x:si>
-    <x:t>NITTO DENKO CORP COMMON STOCK</x:t>
-[...29 lines deleted...]
-    <x:t>666010004</x:t>
+    <x:t>Nitto Denko Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66418013</x:t>
   </x:si>
   <x:si>
     <x:t>DCC</x:t>
   </x:si>
   <x:si>
-    <x:t>DCC PLC COMMON STOCK EUR.25</x:t>
-[...2 lines deleted...]
-    <x:t>024249906</x:t>
+    <x:t>Dcc Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSHNHVC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Can Imperial Bk Of Commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136069101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Woodside Energy Group-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>980228308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3i Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1YW4404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sekisui House Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S67939066</x:t>
   </x:si>
   <x:si>
     <x:t>AGS</x:t>
   </x:si>
   <x:si>
-    <x:t>AGEAS COMMON STOCK</x:t>
-[...29 lines deleted...]
-    <x:t>679390005</x:t>
+    <x:t>Ageas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB86S2N06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koninklijke Ahold Delhaize N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBD0Q3982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fresenius Medical Care Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S51290740</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Hapoalim Bm</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S60758083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Valmet Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBH6XZT50</x:t>
   </x:si>
   <x:si>
     <x:t>4204</x:t>
   </x:si>
   <x:si>
-    <x:t>SEKISUI CHEMICAL CO LTD COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>BD0Q39902</x:t>
+    <x:t>Sekisui Chemical Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S67938217</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isuzu Motors Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64671043</x:t>
   </x:si>
   <x:si>
     <x:t>CS</x:t>
   </x:si>
   <x:si>
-    <x:t>AXA SA COMMON STOCK EUR2.29</x:t>
-[...47 lines deleted...]
-    <x:t>980228308</x:t>
+    <x:t>Axa Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S70884291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Associated British Foods Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S06731236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brother Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S61465001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carrefour Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S56415672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mitsui Osk Lines Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65975849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unipol Assicurazioni Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB7SF1356</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDZNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandoz Group Ag-Adr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>799926100</x:t>
   </x:si>
   <x:si>
     <x:t>SDR</x:t>
   </x:si>
   <x:si>
-    <x:t>SCHRODERS PLC COMMON STOCK GBP.2</x:t>
-[...47 lines deleted...]
-    <x:t>659758007</x:t>
+    <x:t>Schroders Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBP9LHF20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orkla Asa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1VQF428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niterra Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66196049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Subaru Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S63564066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bper Banca Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S41160995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suzuki Motor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S68655042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Henkel Ag &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S50024652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSKA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ap Moller-Maersk A/S-A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S42530592</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSCT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Israel Discount Bank-A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64512718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jde Peet S Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBMC4ZZ31</x:t>
   </x:si>
   <x:si>
     <x:t>RO</x:t>
   </x:si>
   <x:si>
-    <x:t>ROCHE HOLDING AG BR COMMON STOCK CHF1.0</x:t>
-[...92 lines deleted...]
-    <x:t>411609902</x:t>
+    <x:t>Roche Holding Ag-Br</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S71089189</x:t>
   </x:si>
   <x:si>
     <x:t>5105</x:t>
   </x:si>
   <x:si>
-    <x:t>TOYO TIRE CORP COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>690018007</x:t>
+    <x:t>Toyo Tire Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S69001824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSABB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssab Ab - B Shares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB17H3F67</x:t>
   </x:si>
   <x:si>
     <x:t>IGG</x:t>
   </x:si>
   <x:si>
-    <x:t>IG GROUP HOLDINGS PLC COMMON STOCK GBP.00005</x:t>
-[...11 lines deleted...]
-    <x:t>425305000</x:t>
+    <x:t>Ig Group Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB06QFB75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank Leumi Le-Israel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S60764255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (JPY)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XJPY00002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>2768</x:t>
   </x:si>
   <x:si>
-    <x:t>SOJITZ CORP COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>607642907</x:t>
+    <x:t>Sojitz Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65941437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hitachi Construction Machine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64294051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITYB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Essity Aktiebolag-B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBF1K7P79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parex Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB575D144</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sainsbury (j) Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB019KW71</x:t>
   </x:si>
   <x:si>
     <x:t>ITV</x:t>
   </x:si>
   <x:si>
-    <x:t>ITV PLC COMMON STOCK GBP.1</x:t>
-[...11 lines deleted...]
-    <x:t>69946Q997</x:t>
+    <x:t>Itv Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S33986498</x:t>
   </x:si>
   <x:si>
     <x:t>1911</x:t>
   </x:si>
   <x:si>
-    <x:t>SUMITOMO FORESTRY CO LTD COMMON STOCK</x:t>
-[...29 lines deleted...]
-    <x:t>ACI0V9407</x:t>
+    <x:t>Sumitomo Forestry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S68588615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluescope Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65332322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teleperformance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S59993303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S62201033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suntory Beverage &amp; Food Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBBD7Q846</x:t>
   </x:si>
   <x:si>
     <x:t>ACX</x:t>
   </x:si>
   <x:si>
-    <x:t>ACERINOX SA COMMON STOCK EUR.25</x:t>
-[...20 lines deleted...]
-    <x:t>ACI0690K5</x:t>
+    <x:t>Acerinox Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB01ZVZ59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco Bpm Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBYMD5K95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCMN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swisscom Ag-Reg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S55339766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denso Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66403817</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aberdeen Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBF8Q6K67</x:t>
   </x:si>
   <x:si>
     <x:t>1878</x:t>
   </x:si>
   <x:si>
-    <x:t>DAITO TRUST CONSTRUCT CO LTD COMMON STOCK</x:t>
-[...53 lines deleted...]
-    <x:t>622010007</x:t>
+    <x:t>Daito Trust Construct Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S62505086</x:t>
   </x:si>
   <x:si>
     <x:t>2502</x:t>
   </x:si>
   <x:si>
-    <x:t>ASAHI GROUP HOLDINGS LTD COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>605440007</x:t>
+    <x:t>Asahi Group Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S60544095</x:t>
   </x:si>
   <x:si>
     <x:t>3407</x:t>
   </x:si>
   <x:si>
-    <x:t>ASAHI KASEI CORP COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>605460005</x:t>
+    <x:t>Asahi Kasei Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S60546033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intesa Sanpaolo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S40768368</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMP/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empire Co Ltd  A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291843407</x:t>
   </x:si>
   <x:si>
     <x:t>ACA</x:t>
   </x:si>
   <x:si>
-    <x:t>CREDIT AGRICOLE SA COMMON STOCK EUR3.0</x:t>
-[...20 lines deleted...]
-    <x:t>407683002</x:t>
+    <x:t>Credit Agricole Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S72626104</x:t>
   </x:si>
   <x:si>
     <x:t>5108</x:t>
   </x:si>
   <x:si>
-    <x:t>BRIDGESTONE CORP COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>613210004</x:t>
+    <x:t>Bridgestone Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S61321014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Renesas Electronics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66356775</x:t>
   </x:si>
   <x:si>
     <x:t>4042</x:t>
   </x:si>
   <x:si>
-    <x:t>TOSOH CORP COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>663567907</x:t>
+    <x:t>Tosoh Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S69002897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Berkeley Group Holdings/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBP0RGD01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dws Group Gmbh &amp; Co Kgaa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBFMHVQ65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nn Group Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBNG8PQ96</x:t>
   </x:si>
   <x:si>
     <x:t>FRFHF</x:t>
   </x:si>
   <x:si>
-    <x:t>FAIRFAX FINANCIAL HLDGS LTD COMMON STOCK</x:t>
+    <x:t>Fairfax Financial Hldgs Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>303901102</x:t>
   </x:si>
   <x:si>
-    <x:t>NN</x:t>
-[...23 lines deleted...]
-    <x:t>BP0RGD900</x:t>
+    <x:t>IGM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igm Financial Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449586106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zim Integrated Shipping Serv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBLC90J08</x:t>
   </x:si>
   <x:si>
     <x:t>5101</x:t>
   </x:si>
   <x:si>
-    <x:t>YOKOHAMA RUBBER CO LTD COMMON STOCK</x:t>
-[...20 lines deleted...]
-    <x:t>M9T951109</x:t>
+    <x:t>Yokohama Rubber Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S69864619</x:t>
   </x:si>
   <x:si>
     <x:t>AZJ</x:t>
   </x:si>
   <x:si>
-    <x:t>AURIZON HOLDINGS LTD COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>B87CVM907</x:t>
+    <x:t>Aurizon Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB87CVM32</x:t>
   </x:si>
   <x:si>
     <x:t>MT</x:t>
   </x:si>
   <x:si>
-    <x:t>ARCELORMITTAL COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>ACI0V4RB9</x:t>
+    <x:t>Arcelormittal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBYPBS670</x:t>
   </x:si>
   <x:si>
     <x:t>4578</x:t>
   </x:si>
   <x:si>
-    <x:t>OTSUKA HOLDINGS CO LTD COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>B5LTM9909</x:t>
+    <x:t>Otsuka Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB5LTM931</x:t>
   </x:si>
   <x:si>
     <x:t>IMO</x:t>
   </x:si>
   <x:si>
-    <x:t>IMPERIAL OIL LTD COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>453038960</x:t>
+    <x:t>Imperial Oil Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S24542417</x:t>
   </x:si>
   <x:si>
     <x:t>BMW3</x:t>
   </x:si>
   <x:si>
-    <x:t>BAYERISCHE MOTOREN WERKE PRF PREFERENCE</x:t>
-[...2 lines deleted...]
-    <x:t>575603907</x:t>
+    <x:t>Bayerische Motoren Werke-Prf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S57560302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kawasaki Kisen Kaisha Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64846868</x:t>
   </x:si>
   <x:si>
     <x:t>MZTF</x:t>
   </x:si>
   <x:si>
-    <x:t>MIZRAHI TEFAHOT BANK LTD COMMON STOCK ILS.1</x:t>
-[...2 lines deleted...]
-    <x:t>691670004</x:t>
+    <x:t>Mizrahi Tefahot Bank Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S69167039</x:t>
   </x:si>
   <x:si>
     <x:t>DRX</x:t>
   </x:si>
   <x:si>
-    <x:t>DRAX GROUP PLC COMMON STOCK GBP.1155172</x:t>
-[...11 lines deleted...]
-    <x:t>648468007</x:t>
+    <x:t>Drax Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1VNSX39</x:t>
   </x:si>
   <x:si>
     <x:t>HLUNB</x:t>
   </x:si>
   <x:si>
-    <x:t>H LUNDBECK A/S COMMON STOCK DKK1.0</x:t>
-[...2 lines deleted...]
-    <x:t>BMGTJT908</x:t>
+    <x:t>H Lundbeck A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBMGTJT61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S76343946</x:t>
   </x:si>
   <x:si>
     <x:t>SU</x:t>
   </x:si>
   <x:si>
-    <x:t>SUNCOR ENERGY INC COMMON STOCK</x:t>
+    <x:t>Suncor Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>867224107</x:t>
   </x:si>
   <x:si>
+    <x:t>SKFB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skf Ab-B Shares</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1Q3J350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BZU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Buzzi Spa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S57822066</x:t>
+  </x:si>
+  <x:si>
     <x:t>7912</x:t>
   </x:si>
   <x:si>
-    <x:t>DAI NIPPON PRINTING CO LTD COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>B1Q3J3907</x:t>
+    <x:t>Dai Nippon Printing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S62509062</x:t>
   </x:si>
   <x:si>
     <x:t>EVK</x:t>
   </x:si>
   <x:si>
-    <x:t>EVONIK INDUSTRIES AG COMMON STOCK</x:t>
-[...29 lines deleted...]
-    <x:t>BF0L35906</x:t>
+    <x:t>Evonik Industries Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB5ZQ9D37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIBG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aib Group Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBF0L3530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Russel Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S22488084</x:t>
   </x:si>
   <x:si>
     <x:t>AKE</x:t>
   </x:si>
   <x:si>
-    <x:t>ARKEMA COMMON STOCK EUR10.0</x:t>
-[...2 lines deleted...]
-    <x:t>B0Z5YZ906</x:t>
+    <x:t>Arkema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB0Z5YZ28</x:t>
   </x:si>
   <x:si>
     <x:t>ICL</x:t>
   </x:si>
   <x:si>
-    <x:t>ICL GROUP LTD COMMON STOCK ILS1.0</x:t>
-[...11 lines deleted...]
-    <x:t>781903950</x:t>
+    <x:t>Icl Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64555303</x:t>
   </x:si>
   <x:si>
     <x:t>APAM</x:t>
   </x:si>
   <x:si>
-    <x:t>APERAM COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>B58C6H901</x:t>
+    <x:t>Aperam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB58C6H18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACCRUED EXPENSES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRWA0JXZ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seiko Epson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S66165085</x:t>
   </x:si>
   <x:si>
     <x:t>7261</x:t>
   </x:si>
   <x:si>
-    <x:t>MAZDA MOTOR CORP COMMON STOCK</x:t>
-[...11 lines deleted...]
-    <x:t>661650903</x:t>
+    <x:t>Mazda Motor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S69003085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (CAD)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XCAD00009</x:t>
   </x:si>
   <x:si>
     <x:t>683</x:t>
   </x:si>
   <x:si>
-    <x:t>KERRY PROPERTIES LTD COMMON STOCK HKD1.0</x:t>
-[...2 lines deleted...]
-    <x:t>648631901</x:t>
+    <x:t>Kerry Properties Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S64863145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (USD)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XUSD00000</x:t>
   </x:si>
   <x:si>
     <x:t>ORA</x:t>
   </x:si>
   <x:si>
-    <x:t>ORANGE COMMON STOCK EUR4.0</x:t>
-[...2 lines deleted...]
-    <x:t>517617908</x:t>
+    <x:t>Orange</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S51761773</x:t>
   </x:si>
   <x:si>
     <x:t>5019</x:t>
   </x:si>
   <x:si>
-    <x:t>IDEMITSU KOSAN CO LTD COMMON STOCK</x:t>
-[...2 lines deleted...]
-    <x:t>B1FF8P905</x:t>
+    <x:t>Idemitsu Kosan Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SB1FF8P77</x:t>
   </x:si>
   <x:si>
     <x:t>8253</x:t>
   </x:si>
   <x:si>
-    <x:t>CREDIT SAISON CO LTD COMMON STOCK</x:t>
-[...29 lines deleted...]
-    <x:t>999NOKZ96</x:t>
+    <x:t>Credit Saison Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S65918096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (GBP)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XGBP00002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (EUR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XEUR00002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (ILS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XILS00001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (AUD)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XAUD00001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GBP/USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMO537RD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (NOK)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XNOK00004</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1931,59 +1973,59 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G177"/>
+  <x:dimension ref="A1:G183"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="12.780625" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="10.200625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="29.880625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="12.380625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
@@ -1993,3903 +2035,4031 @@
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>80023</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>6274722.3</x:v>
+        <x:v>6577060.8</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>110110</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>5904098.2</x:v>
+        <x:v>6281775.5</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>92716</x:v>
+        <x:v>100498</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>5880975.9</x:v>
+        <x:v>6254995.5</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>100498</x:v>
+        <x:v>92716</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>5767580.2</x:v>
+        <x:v>6082169.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>291719</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5262610.8</x:v>
+        <x:v>5872303.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>39459</x:v>
+        <x:v>110631</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5130853.8</x:v>
+        <x:v>5184168.7</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>110631</x:v>
+        <x:v>69693</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>4816873.7</x:v>
+        <x:v>4999775.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>52590</x:v>
+        <x:v>39459</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>4611191.7</x:v>
+        <x:v>4884629.6</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>69693</x:v>
+        <x:v>85164</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>4560709.9</x:v>
+        <x:v>4307595.1</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>12556</x:v>
+        <x:v>52590</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>4548718.8</x:v>
+        <x:v>4070500.3</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>85164</x:v>
+        <x:v>12556</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>4095536.8</x:v>
+        <x:v>4049515.3</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>168817</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>3918242.6</x:v>
+        <x:v>4044855.3</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>119120</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>3776104</x:v>
+        <x:v>3855914.4</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>58820</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3622135.6</x:v>
+        <x:v>3579785.2</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>117033</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>3492264.7</x:v>
+        <x:v>3569506.5</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>130400</x:v>
+        <x:v>3167800</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>3194838.7</x:v>
+        <x:v>3257145.3</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3167800</x:v>
+        <x:v>130400</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>3193085.6</x:v>
+        <x:v>3218206.5</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>28735</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>2709997.9</x:v>
+        <x:v>2744767.2</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>142600</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>2516359.9</x:v>
+        <x:v>2629753</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>36920</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>2433766.4</x:v>
+        <x:v>2586984.4</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>194600</x:v>
+        <x:v>184248</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>2400567.3</x:v>
+        <x:v>2567956.2</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>184248</x:v>
+        <x:v>50486</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>2289152.7</x:v>
+        <x:v>2319183.5</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>50486</x:v>
+        <x:v>194600</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>2249706.3</x:v>
+        <x:v>2271838.6</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>61900</x:v>
+        <x:v>35004</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>2174401.4</x:v>
+        <x:v>2270974.9</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>35004</x:v>
+        <x:v>77009</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>2162680.5</x:v>
+        <x:v>2125505.2</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>77009</x:v>
+        <x:v>17077</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>2160605.6</x:v>
+        <x:v>2123488.4</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>17077</x:v>
+        <x:v>83855</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>2146502.2</x:v>
+        <x:v>2090505.2</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>83855</x:v>
+        <x:v>61900</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>2011681.5</x:v>
+        <x:v>2075722.3</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>200335</x:v>
+        <x:v>113069</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>1982254.8</x:v>
+        <x:v>2071754.8</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>113069</x:v>
+        <x:v>200335</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>1902063.9</x:v>
+        <x:v>2040806.5</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>54900</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>1802837.9</x:v>
+        <x:v>1899788.4</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>51400</x:v>
+        <x:v>180639</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>1743171.7</x:v>
+        <x:v>1822647.5</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>37795</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>1681547.5</x:v>
+        <x:v>1772209.6</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>48435</x:v>
+        <x:v>51400</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>1664711</x:v>
+        <x:v>1745975.1</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>17588</x:v>
+        <x:v>54100</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>1603018.4</x:v>
+        <x:v>1656484.4</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>54100</x:v>
+        <x:v>17588</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>1549945.9</x:v>
+        <x:v>1638621.6</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>180639</x:v>
+        <x:v>48435</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>1488465.4</x:v>
+        <x:v>1505359.8</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>42141</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>1472128.5</x:v>
+        <x:v>1504408.7</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
         <x:v>13121</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>1358626.4</x:v>
+        <x:v>1366315</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>108500</x:v>
+        <x:v>133726</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>1349653.4</x:v>
+        <x:v>1354854</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>200500</x:v>
+        <x:v>1334242</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>1341072.5</x:v>
+        <x:v>1334242</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>133726</x:v>
+        <x:v>200500</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>1329390.8</x:v>
+        <x:v>1328549.2</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>43600</x:v>
+        <x:v>108500</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>1285076.9</x:v>
+        <x:v>1318523.1</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
-      <x:c r="A49" s="3" t="s"/>
+      <x:c r="A49" s="3" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>1273604.5</x:v>
+        <x:v>23935</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>1273604.5</x:v>
+        <x:v>1311119.4</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>23935</x:v>
+        <x:v>43600</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>1227511.5</x:v>
+        <x:v>1269608.9</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>49300</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>1227377.8</x:v>
+        <x:v>1203258.6</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>14339</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>1170677.4</x:v>
+        <x:v>1162808.2</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>83453</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>1045433.4</x:v>
+        <x:v>1083689.1</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>79000</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>1027879.9</x:v>
+        <x:v>1048657.2</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>25443</x:v>
+        <x:v>79000</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>1015867.9</x:v>
+        <x:v>1033747</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>253540</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>1002978.6</x:v>
+        <x:v>1028654.6</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>400588</x:v>
+        <x:v>25443</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>987553.9</x:v>
+        <x:v>1019304.6</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>31555</x:v>
+        <x:v>400588</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>957940.4</x:v>
+        <x:v>977625.6</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>508</x:v>
+        <x:v>31555</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>949949.9</x:v>
+        <x:v>960694.8</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>62000</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>880368.1</x:v>
+        <x:v>871111</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>27560</x:v>
+        <x:v>18138</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>847540.1</x:v>
+        <x:v>856295</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>48600</x:v>
+        <x:v>27560</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>796374.4</x:v>
+        <x:v>824190.7</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>18138</x:v>
+        <x:v>48600</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>789728.5</x:v>
+        <x:v>813917.1</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>29101</x:v>
+        <x:v>56476</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>784753.4</x:v>
+        <x:v>781237.4</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>762500</x:v>
+        <x:v>102600</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>756439.7</x:v>
+        <x:v>742585.4</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>102600</x:v>
+        <x:v>19818</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>744508.2</x:v>
+        <x:v>739743.1</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>10855</x:v>
+        <x:v>762500</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>678983.5</x:v>
+        <x:v>731871.3</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>19818</x:v>
+        <x:v>18057</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>671596.1</x:v>
+        <x:v>718668.6</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>22048</x:v>
+        <x:v>29101</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>670481.6</x:v>
+        <x:v>697966.4</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>69800</x:v>
+        <x:v>10855</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>657526.2</x:v>
+        <x:v>687332.2</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>56476</x:v>
+        <x:v>69800</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>650636.9</x:v>
+        <x:v>655387.4</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>7092</x:v>
+        <x:v>23200</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>635430</x:v>
+        <x:v>618036.8</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>23200</x:v>
+        <x:v>22048</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>631792.5</x:v>
+        <x:v>615778.5</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>24300</x:v>
+        <x:v>7092</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>616036</x:v>
+        <x:v>615556.1</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>18057</x:v>
+        <x:v>50300</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>608340.3</x:v>
+        <x:v>612689.9</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
         <x:v>123000</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>606950.8</x:v>
+        <x:v>608337.4</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>50300</x:v>
+        <x:v>24300</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>599093.9</x:v>
+        <x:v>607914.1</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
         <x:v>9123</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>588542.9</x:v>
+        <x:v>600511.3</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>8614</x:v>
+        <x:v>7215</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>581724.9</x:v>
+        <x:v>597907.1</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>10028</x:v>
+        <x:v>36400</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>579448.9</x:v>
+        <x:v>590044</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>7215</x:v>
+        <x:v>10028</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>575829.2</x:v>
+        <x:v>579712.7</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
         <x:v>26900</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>573171.1</x:v>
+        <x:v>578143.5</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>31100</x:v>
+        <x:v>8614</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>566955.9</x:v>
+        <x:v>570686.8</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
         <x:v>13641</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>566192.1</x:v>
+        <x:v>559085.1</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>12226</x:v>
+        <x:v>10388</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>561699.1</x:v>
+        <x:v>558246.5</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>10388</x:v>
+        <x:v>27348</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>560980.7</x:v>
+        <x:v>557179.2</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>27348</x:v>
+        <x:v>16645</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>543669.8</x:v>
+        <x:v>541960.9</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>43400</x:v>
+        <x:v>31100</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>542965.2</x:v>
+        <x:v>540018.2</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>16645</x:v>
+        <x:v>43400</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>531206.8</x:v>
+        <x:v>533854.8</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>36400</x:v>
+        <x:v>12226</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>519792</x:v>
+        <x:v>531006.3</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>96902</x:v>
+        <x:v>17133</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>511544</x:v>
+        <x:v>516608.9</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>32822</x:v>
+        <x:v>29100</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>492672.9</x:v>
+        <x:v>496695.7</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>17133</x:v>
+        <x:v>32822</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>488594.1</x:v>
+        <x:v>494375.1</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>29100</x:v>
+        <x:v>16500</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>487879.5</x:v>
+        <x:v>490860.4</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
         <x:v>22305</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>486604.9</x:v>
+        <x:v>488243.1</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>16500</x:v>
+        <x:v>7309</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>473154.6</x:v>
+        <x:v>486267.8</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>1236</x:v>
+        <x:v>96902</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>470607.3</x:v>
+        <x:v>483031.9</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
-        <x:v>286</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
         <x:v>44682</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>459709.1</x:v>
+        <x:v>453579.5</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>7309</x:v>
+        <x:v>10900</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>447749.3</x:v>
+        <x:v>448721.6</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>5768</x:v>
+        <x:v>20600</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>431394.1</x:v>
+        <x:v>438997.8</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>10900</x:v>
+        <x:v>36593</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>430132.6</x:v>
+        <x:v>437350.1</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
-        <x:v>299</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
         <x:v>28900</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>426474.7</x:v>
+        <x:v>432970</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>42520</x:v>
+        <x:v>5768</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>418518.9</x:v>
+        <x:v>431068.3</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>11486</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>417519</x:v>
+        <x:v>427467.1</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>20600</x:v>
+        <x:v>42520</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>415424.5</x:v>
+        <x:v>426480.5</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
-        <x:v>310</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>64177</x:v>
+        <x:v>11486</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>414336.7</x:v>
+        <x:v>418660.5</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>36593</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>407038.9</x:v>
+        <x:v>418492.4</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
         <x:v>14900</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>400930.8</x:v>
+        <x:v>408636.5</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>27109</x:v>
+        <x:v>64177</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>389077</x:v>
+        <x:v>399563.9</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>207</x:v>
+        <x:v>27109</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>388534.4</x:v>
+        <x:v>396775.2</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>14100</x:v>
+        <x:v>18596</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>367219.5</x:v>
+        <x:v>379040.2</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
-      <x:c r="A112" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A112" s="3" t="s"/>
       <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>18596</x:v>
+        <x:v>57794151</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>363483.8</x:v>
+        <x:v>375152.7</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>358742</x:v>
+        <x:v>14100</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>363288.3</x:v>
+        <x:v>374889.5</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>27123</x:v>
+        <x:v>11200</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>349293</x:v>
+        <x:v>365760.3</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>31200</x:v>
+        <x:v>12707</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>346289.3</x:v>
+        <x:v>349250.1</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>11200</x:v>
+        <x:v>27123</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>344444.9</x:v>
+        <x:v>347276.6</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
         <x:v>76208</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>338404.7</x:v>
+        <x:v>342030</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>12707</x:v>
+        <x:v>358742</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>336352</x:v>
+        <x:v>328283.6</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>22986</x:v>
+        <x:v>31200</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>316066.3</x:v>
+        <x:v>325559.1</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>4264</x:v>
+        <x:v>21425</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>313065.2</x:v>
+        <x:v>321192.6</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>9900</x:v>
+        <x:v>4264</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>308056.6</x:v>
+        <x:v>304936.7</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
-        <x:v>358</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>3503</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>303582</x:v>
+        <x:v>304702.7</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>20800</x:v>
+        <x:v>9900</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>301523.9</x:v>
+        <x:v>299593</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>20316</x:v>
+        <x:v>22986</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>298817.8</x:v>
+        <x:v>296610.3</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>400</x:v>
+        <x:v>20316</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>293365</x:v>
+        <x:v>295571.2</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>21425</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>291614.9</x:v>
+        <x:v>293740.3</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>105646</x:v>
+        <x:v>20800</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>289994.5</x:v>
+        <x:v>291838.6</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>3503</x:v>
+        <x:v>105646</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>284280.8</x:v>
+        <x:v>281770.1</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>24100</x:v>
+        <x:v>15000</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>279648.4</x:v>
+        <x:v>280078.5</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>33400</x:v>
+        <x:v>24100</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>261092.4</x:v>
+        <x:v>259842.9</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
-        <x:v>386</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>13291</x:v>
+        <x:v>33400</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>255148.8</x:v>
+        <x:v>256372.7</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
-        <x:v>387</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
-        <x:v>388</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>7348</x:v>
+        <x:v>39570</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>254546.6</x:v>
+        <x:v>254665.4</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>39570</x:v>
+        <x:v>7348</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>249533.5</x:v>
+        <x:v>249889.2</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
-        <x:v>393</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>5400</x:v>
+        <x:v>13291</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>243087.3</x:v>
+        <x:v>239925</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
-        <x:v>398</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>16400</x:v>
+        <x:v>5400</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>237523.6</x:v>
+        <x:v>237094.5</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
         <x:v>19100</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>226355</x:v>
+        <x:v>236929</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
-        <x:v>402</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
-        <x:v>404</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>126</x:v>
+        <x:v>16400</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>220321.1</x:v>
+        <x:v>234202.1</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>3091</x:v>
+        <x:v>4011</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>216819.8</x:v>
+        <x:v>212269.7</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
         <x:v>3317</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>213219.1</x:v>
+        <x:v>212289.3</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>4011</x:v>
+        <x:v>3091</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>205742.3</x:v>
+        <x:v>211846</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
-        <x:v>414</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
-        <x:v>415</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
-        <x:v>416</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>5500</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>196939.1</x:v>
+        <x:v>204561</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
-        <x:v>418</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
         <x:v>5294</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>194169.4</x:v>
+        <x:v>203840.6</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
-        <x:v>421</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
         <x:v>12850</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>159854</x:v>
+        <x:v>197633</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>74501</x:v>
+        <x:v>5500</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>157008.1</x:v>
+        <x:v>197286.7</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>4143</x:v>
+        <x:v>74501</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>155506.8</x:v>
+        <x:v>167288.2</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>2900</x:v>
+        <x:v>4143</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>155091.4</x:v>
+        <x:v>158566.2</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>1769</x:v>
+        <x:v>2900</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>154087</x:v>
+        <x:v>157635.9</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
-        <x:v>436</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
-        <x:v>437</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>1705</x:v>
+        <x:v>1769</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>144943.4</x:v>
+        <x:v>156617.4</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
-        <x:v>439</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>2119</x:v>
+        <x:v>1705</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>139539.3</x:v>
+        <x:v>147691.7</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
-        <x:v>442</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>14167</x:v>
+        <x:v>9800</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>134575.6</x:v>
+        <x:v>140777</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
-        <x:v>446</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>9800</x:v>
+        <x:v>2119</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>130556.8</x:v>
+        <x:v>138175.8</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
-        <x:v>447</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
-        <x:v>449</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>18210</x:v>
+        <x:v>14167</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>129922.8</x:v>
+        <x:v>134295.1</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>3139</x:v>
+        <x:v>18210</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>123959.1</x:v>
+        <x:v>132798.7</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>7300</x:v>
+        <x:v>213279</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>122268.6</x:v>
+        <x:v>125840.4</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>4822</x:v>
+        <x:v>3139</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>120493</x:v>
+        <x:v>124963.6</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
-        <x:v>461</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>7153</x:v>
+        <x:v>4822</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>119207.4</x:v>
+        <x:v>124455.1</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>213279</x:v>
+        <x:v>2056</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>117603.9</x:v>
+        <x:v>123753.8</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
-        <x:v>465</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>2056</x:v>
+        <x:v>7300</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>115470.9</x:v>
+        <x:v>122231.3</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>12924</x:v>
+        <x:v>7153</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>115196.3</x:v>
+        <x:v>119959.6</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>1764</x:v>
+        <x:v>12924</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>101898.4</x:v>
+        <x:v>119111.3</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
-        <x:v>475</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
-        <x:v>476</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>15301</x:v>
+        <x:v>3468</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>101083.9</x:v>
+        <x:v>107444.5</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
-        <x:v>477</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
-        <x:v>478</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>3468</x:v>
+        <x:v>1764</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>101113.4</x:v>
+        <x:v>104854.5</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>2705</x:v>
+        <x:v>15301</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>98704.4</x:v>
+        <x:v>100574.1</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="3" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>12700</x:v>
+        <x:v>2705</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>89559.3</x:v>
+        <x:v>94475.1</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
-      <x:c r="A165" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A165" s="3" t="s"/>
       <x:c r="B165" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>7000</x:v>
+        <x:v>-90885</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>89399</x:v>
+        <x:v>-90885</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>29500</x:v>
+        <x:v>7000</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>79835.8</x:v>
+        <x:v>88900.1</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>4251</x:v>
+        <x:v>12700</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>67092.4</x:v>
+        <x:v>88373.6</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
-      <x:c r="A168" s="3" t="s">
+      <x:c r="A168" s="3" t="s"/>
+      <x:c r="B168" s="3" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="B168" s="3" t="s">
+      <x:c r="C168" s="3" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="C168" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>8800</x:v>
+        <x:v>119672.5</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>58544.8</x:v>
+        <x:v>85410.2</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="B169" s="3" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="B169" s="3" t="s">
+      <x:c r="C169" s="3" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="C169" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>1700</x:v>
+        <x:v>29500</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>43590.6</x:v>
+        <x:v>74241.5</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="3" t="s"/>
       <x:c r="B170" s="3" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="C170" s="3" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="C170" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>16327.7</x:v>
+        <x:v>70222.7</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>18962.2</x:v>
+        <x:v>70222.7</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:7">
+      <x:c r="A171" s="3" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="B171" s="3" t="s">
         <x:v>503</x:v>
       </x:c>
-    </x:row>
-[...2 lines deleted...]
-      <x:c r="B171" s="3" t="s">
+      <x:c r="C171" s="3" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="C171" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>26471.1</x:v>
+        <x:v>4251</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>8021.9</x:v>
+        <x:v>67881.5</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
-        <x:v>503</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
-      <x:c r="A172" s="3" t="s"/>
+      <x:c r="A172" s="3" t="s">
+        <x:v>505</x:v>
+      </x:c>
       <x:c r="B172" s="3" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C172" s="3" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>9992.7</x:v>
+        <x:v>8800</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
-        <x:v>7137.4</x:v>
+        <x:v>61206.7</x:v>
       </x:c>
       <x:c r="G172" s="3" t="s">
-        <x:v>503</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
-      <x:c r="A173" s="3" t="s"/>
+      <x:c r="A173" s="3" t="s">
+        <x:v>508</x:v>
+      </x:c>
       <x:c r="B173" s="3" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>32.2</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F173" s="4" t="n">
+        <x:v>41568.9</x:v>
+      </x:c>
+      <x:c r="G173" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:7">
+      <x:c r="A174" s="3" t="s"/>
+      <x:c r="B174" s="3" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="C174" s="3" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="D174" s="4" t="n">
+        <x:v>24811.4</x:v>
+      </x:c>
+      <x:c r="E174" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F174" s="4" t="n">
+        <x:v>32598.4</x:v>
+      </x:c>
+      <x:c r="G174" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:7">
+      <x:c r="A175" s="3" t="s"/>
+      <x:c r="B175" s="3" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="C175" s="3" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="D175" s="4" t="n">
+        <x:v>18661.2</x:v>
+      </x:c>
+      <x:c r="E175" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F175" s="4" t="n">
+        <x:v>21538.8</x:v>
+      </x:c>
+      <x:c r="G175" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:7">
+      <x:c r="A176" s="3" t="s"/>
+      <x:c r="B176" s="3" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C176" s="3" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="D176" s="4" t="n">
+        <x:v>26471.1</x:v>
+      </x:c>
+      <x:c r="E176" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F176" s="4" t="n">
+        <x:v>8134.4</x:v>
+      </x:c>
+      <x:c r="G176" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:7">
+      <x:c r="A177" s="3" t="s"/>
+      <x:c r="B177" s="3" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="C177" s="3" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="D177" s="4" t="n">
+        <x:v>7472.1</x:v>
+      </x:c>
+      <x:c r="E177" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F177" s="4" t="n">
+        <x:v>4891.6</x:v>
+      </x:c>
+      <x:c r="G177" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:7">
+      <x:c r="A178" s="3" t="s"/>
+      <x:c r="B178" s="3" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C178" s="3" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="D178" s="4" t="n">
+        <x:v>-9078.2</x:v>
+      </x:c>
+      <x:c r="E178" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F178" s="4" t="n">
+        <x:v>26.4</x:v>
+      </x:c>
+      <x:c r="G178" s="3" t="s">
+        <x:v>521</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:7">
+      <x:c r="A179" s="3" t="s"/>
+      <x:c r="B179" s="3" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="C179" s="3" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="D179" s="4" t="n">
+        <x:v>32.2</x:v>
+      </x:c>
+      <x:c r="E179" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F179" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
-      <x:c r="G173" s="3" t="s">
-[...15 lines deleted...]
-        <x:v>512</x:v>
+      <x:c r="G179" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:7">
+      <x:c r="A181" s="3" t="s">
+        <x:v>524</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:7">
+      <x:c r="A182" s="3" t="s">
+        <x:v>525</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:7">
+      <x:c r="A183" s="1" t="s">
+        <x:v>526</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>