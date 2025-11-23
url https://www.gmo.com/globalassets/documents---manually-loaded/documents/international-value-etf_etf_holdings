--- v1 (2025-11-03)
+++ v2 (2025-11-23)
@@ -1,1629 +1,1602 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ea929933c947e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b4f8526848a54cc2ac773e7fb17dc286.psmdcp" Id="Rd7a94e84d17a4ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc08eb8ade7164a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33d7cbfd67a3415d9afb406644c25a62.psmdcp" Id="R42d1bb4d9c504604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="527" uniqueCount="527">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="518" uniqueCount="518">
   <x:si>
     <x:t>Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/03/2025 (%)</x:t>
+    <x:t>As of 11/21/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TD</x:t>
   </x:si>
   <x:si>
-    <x:t>Toronto-Dominion Bank</x:t>
-[...2 lines deleted...]
-    <x:t>S28972222</x:t>
+    <x:t>TORONTO DOMINION BANK COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>891160954</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>TTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOTALENERGIES SE  SPON ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89151E109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NOVA SCOTIA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064149107</x:t>
+  </x:si>
+  <x:si>
     <x:t>BHP</x:t>
   </x:si>
   <x:si>
-    <x:t>Bhp Group Ltd-Spon Adr</x:t>
+    <x:t>BHP GROUP LTD SPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>088606108</x:t>
   </x:si>
   <x:si>
-    <x:t>TTE</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BBVA</x:t>
   </x:si>
   <x:si>
-    <x:t>Banco Bilbao Vizcaya-Sp Adr</x:t>
+    <x:t>BANCO BILBAO VIZCAYA SP ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>05946K101</x:t>
   </x:si>
   <x:si>
     <x:t>GSK</x:t>
   </x:si>
   <x:si>
-    <x:t>Gsk Plc-Spon Adr</x:t>
+    <x:t>GSK PLC SPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>37733W204</x:t>
   </x:si>
   <x:si>
     <x:t>RIO</x:t>
   </x:si>
   <x:si>
-    <x:t>Rio Tinto Plc-Spon Adr</x:t>
+    <x:t>RIO TINTO PLC SPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>767204100</x:t>
   </x:si>
   <x:si>
     <x:t>NVS</x:t>
   </x:si>
   <x:si>
-    <x:t>Novartis Ag-Sponsored Adr</x:t>
+    <x:t>NOVARTIS AG SPONSORED ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>66987V109</x:t>
   </x:si>
   <x:si>
+    <x:t>ROG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDING AG GENUSSCHEIN COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>711038901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP PARIBAS COMMON STOCK EUR2.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730968906</x:t>
+  </x:si>
+  <x:si>
     <x:t>SNY</x:t>
   </x:si>
   <x:si>
-    <x:t>Sanofi-Adr</x:t>
+    <x:t>SANOFI ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>80105N105</x:t>
   </x:si>
   <x:si>
-    <x:t>BNP</x:t>
-[...14 lines deleted...]
-    <x:t>S71103881</x:t>
+    <x:t>MFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANULIFE FINANCIAL CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56501R106</x:t>
   </x:si>
   <x:si>
     <x:t>EQNR</x:t>
   </x:si>
   <x:si>
-    <x:t>Equinor Asa-Spon Adr</x:t>
+    <x:t>EQUINOR ASA SPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>29446M102</x:t>
   </x:si>
   <x:si>
-    <x:t>MFC</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SLF</x:t>
   </x:si>
   <x:si>
-    <x:t>Sun Life Financial Inc</x:t>
+    <x:t>SUN LIFE FINANCIAL INC COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>866796105</x:t>
   </x:si>
   <x:si>
     <x:t>HMC</x:t>
   </x:si>
   <x:si>
-    <x:t>Honda Motor Co Ltd-Spons Adr</x:t>
+    <x:t>HONDA MOTOR CO LTD SPONS ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>438128308</x:t>
   </x:si>
   <x:si>
+    <x:t>8031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MITSUI + CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659730006</x:t>
+  </x:si>
+  <x:si>
     <x:t>9432</x:t>
   </x:si>
   <x:si>
-    <x:t>Ntt Inc</x:t>
-[...11 lines deleted...]
-    <x:t>S65973026</x:t>
+    <x:t>NTT INC COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664137007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INPEX CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B10RB1904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTESCUE LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>608625901</x:t>
   </x:si>
   <x:si>
     <x:t>NSRGY</x:t>
   </x:si>
   <x:si>
-    <x:t>Nestle Sa-Spons Adr</x:t>
+    <x:t>NESTLE SA SPONS ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>641069406</x:t>
   </x:si>
   <x:si>
-    <x:t>1605</x:t>
-[...5 lines deleted...]
-    <x:t>SB10RB150</x:t>
+    <x:t>DHL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHL GROUP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461785909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MBG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCEDES BENZ GROUP AG COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>552902900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANASONIC HOLDINGS CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>657270005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLV B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLVO AB B SHS COMMON STOCK SEK1.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1QH83908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REPSOL SA COMMON STOCK EUR1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566935904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYERISCHE MOTOREN WERKE AG COMMON STOCK EUR1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575602909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ING</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ING GROEP N.V. SPONSORED ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>456837103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOMATSU LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649658002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF MONTREAL COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>063671952</x:t>
   </x:si>
   <x:si>
     <x:t>HSBC</x:t>
   </x:si>
   <x:si>
-    <x:t>Hsbc Holdings Plc-Spons Adr</x:t>
+    <x:t>HSBC HOLDINGS PLC SPONS ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>404280406</x:t>
   </x:si>
   <x:si>
-    <x:t>FMG</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>SAN</x:t>
   </x:si>
   <x:si>
-    <x:t>Banco Santander Sa</x:t>
-[...2 lines deleted...]
-    <x:t>S57059461</x:t>
+    <x:t>BANCO SANTANDER SA COMMON STOCK EUR.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570594903</x:t>
   </x:si>
   <x:si>
     <x:t>9101</x:t>
   </x:si>
   <x:si>
-    <x:t>Nippon Yusen Kk</x:t>
-[...2 lines deleted...]
-    <x:t>S66439605</x:t>
+    <x:t>NIPPON YUSEN KK COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664396009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIWA HOUSE INDUSTRY CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625136007</x:t>
   </x:si>
   <x:si>
     <x:t>ERIC</x:t>
   </x:si>
   <x:si>
-    <x:t>Ericsson (lm) Tel-Sp Adr</x:t>
+    <x:t>ERICSSON (LM) TEL SP ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>294821608</x:t>
   </x:si>
   <x:si>
+    <x:t>8591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORIX CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666114004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOYOTA TSUSHO CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690058003</x:t>
+  </x:si>
+  <x:si>
     <x:t>POW</x:t>
   </x:si>
   <x:si>
-    <x:t>Power Corp Of Canada</x:t>
-[...29 lines deleted...]
-    <x:t>S57560294</x:t>
+    <x:t>POWER CORP OF CANADA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>739239952</x:t>
   </x:si>
   <x:si>
     <x:t>DTEGY</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Telekom Ag-Spon Adr</x:t>
+    <x:t>DEUTSCHE TELEKOM AG SPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>251566105</x:t>
   </x:si>
   <x:si>
     <x:t>DBK</x:t>
   </x:si>
   <x:si>
-    <x:t>Deutsche Bank Ag-Registered</x:t>
-[...2 lines deleted...]
-    <x:t>S57503559</x:t>
+    <x:t>DEUTSCHE BANK AG REGISTERED COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575035902</x:t>
   </x:si>
   <x:si>
     <x:t>VOW3</x:t>
   </x:si>
   <x:si>
-    <x:t>Volkswagen Ag-Pref</x:t>
-[...2 lines deleted...]
-    <x:t>S54971684</x:t>
+    <x:t>VOLKSWAGEN AG PREF PREFERENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549716900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN HUNG KAI PROPERTIES COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685992000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK HUTCHISON HOLDINGS LTD COMMON STOCK HKD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW9P81905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV AG COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>465145001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685894008</x:t>
   </x:si>
   <x:si>
     <x:t>STLAM</x:t>
   </x:si>
   <x:si>
-    <x:t>Stellantis Nv</x:t>
-[...59 lines deleted...]
-    <x:t>S66611443</x:t>
+    <x:t>STELLANTIS NV COMMON STOCK EUR.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMD8KX906</x:t>
   </x:si>
   <x:si>
     <x:t>HEN3</x:t>
   </x:si>
   <x:si>
-    <x:t>Henkel Ag &amp; Co Kgaa Vor-Pref</x:t>
-[...2 lines deleted...]
-    <x:t>S50767052</x:t>
+    <x:t>HENKEL AG + CO KGAA VOR PREF PREFERENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>507670909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT GROUP PLC COMMON STOCK GBP.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309135903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OVERSEA CHINESE BANKING CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0F9V2906</x:t>
   </x:si>
   <x:si>
     <x:t>6326</x:t>
   </x:si>
   <x:si>
-    <x:t>Kubota Corp</x:t>
-[...20 lines deleted...]
-    <x:t>SB0F9V204</x:t>
+    <x:t>KUBOTA CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649750007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIMLER TRUCK HOLDING AG COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI223RB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED OVERSEAS BANK LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691678007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSK B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S B COMMON STOCK DKK1000.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425304003</x:t>
   </x:si>
   <x:si>
     <x:t>KGF</x:t>
   </x:si>
   <x:si>
-    <x:t>Kingfisher Plc</x:t>
-[...29 lines deleted...]
-    <x:t>S48465231</x:t>
+    <x:t>KINGFISHER PLC COMMON STOCK GBP.157143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331952903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWED A_SEK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWEDBANK AB   A SHARES COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>484652904</x:t>
   </x:si>
   <x:si>
     <x:t>2503</x:t>
   </x:si>
   <x:si>
-    <x:t>Kirin Holdings Co Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>S64937451</x:t>
+    <x:t>KIRIN HOLDINGS CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649374006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JAPAN POST HOLDINGS CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYT814908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK HAPOALIM BM COMMON STOCK ILS1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607580909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABN AMRO BANK NV CVA DUTCH CERT EUR1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYQP13905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHIONOGI + CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680468006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WH GROUP LTD COMMON STOCK USD.0001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLLHKZ904</x:t>
   </x:si>
   <x:si>
     <x:t>MGA</x:t>
   </x:si>
   <x:si>
-    <x:t>Magna International Inc</x:t>
+    <x:t>MAGNA INTERNATIONAL INC COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>559222401</x:t>
   </x:si>
   <x:si>
-    <x:t>ABN</x:t>
-[...14 lines deleted...]
-    <x:t>S68046820</x:t>
+    <x:t>CM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAN IMPERIAL BK OF COMMERCE COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136069101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIFFEISEN BANK INTERNATIONA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0704T905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOODSIDE ENERGY GROUP ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>980228308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOCIETE GENERALE SA COMMON STOCK EUR1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>596651901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TENARIS SA ADR ADR USD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88031M109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAMAHA MOTOR CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>698526001</x:t>
   </x:si>
   <x:si>
     <x:t>FR</x:t>
   </x:si>
   <x:si>
-    <x:t>Valeo</x:t>
-[...38 lines deleted...]
-    <x:t>88031M109</x:t>
+    <x:t>VALEO COMMON STOCK EUR1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDC5ST904</x:t>
   </x:si>
   <x:si>
     <x:t>LIGHT</x:t>
   </x:si>
   <x:si>
-    <x:t>Signify Nv</x:t>
-[...29 lines deleted...]
-    <x:t>S69167815</x:t>
+    <x:t>SIGNIFY NV COMMON STOCK EUR.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYY7VY905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONO PHARMACEUTICAL CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666010004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>ADEN</x:t>
   </x:si>
   <x:si>
-    <x:t>Adecco Group Ag-Reg</x:t>
-[...2 lines deleted...]
-    <x:t>S71107205</x:t>
+    <x:t>ADECCO GROUP AG REG COMMON STOCK CHF.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>711072900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK ASSET HOLDINGS LTD COMMON STOCK HKD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYZQ07905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISUZU MOTORS LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>646710004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCC PLC COMMON STOCK EUR.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>024249906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGEAS COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B86S2N903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSCT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRAEL DISCOUNT BANK A COMMON STOCK ILS.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645127903</x:t>
   </x:si>
   <x:si>
     <x:t>EXO</x:t>
   </x:si>
   <x:si>
-    <x:t>Exor Nv</x:t>
-[...20 lines deleted...]
-    <x:t>SBYZQ0772</x:t>
+    <x:t>EXOR NV COMMON STOCK EUR.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMJ182907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI HOUSE LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679390005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI GROUP HOLDINGS LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605440007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROTHER INDUSTRIES LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>614650000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXA SA COMMON STOCK EUR2.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>708842901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMET OYJ COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BH6XZT903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK LEUMI LE ISRAEL COMMON STOCK ILS.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607642907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI CHEMICAL CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679382002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDING AG BR COMMON STOCK CHF1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710891904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIPOL ASSICURAZIONI SPA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI01TKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARREFOUR SA COMMON STOCK EUR2.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>564156909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHRODERS PLC COMMON STOCK GBP.2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP9LHF908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDZNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANDOZ GROUP AG ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>799926100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRESENIUS MEDICAL CARE AG COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>512907908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSOCIATED BRITISH FOODS PLC COMMON STOCK GBP.0568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>067312900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MITSUI OSK LINES LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659758007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORKLA ASA COMMON STOCK NOK1.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VQF4902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NITERRA CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661960005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUZUKI MOTOR CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>686550005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3I GROUP PLC COMMON STOCK GBP.738636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1YW44908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BPER BANCA SPA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>411609902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HENKEL AG + CO KGAA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500246905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUBARU CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635640006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DENSO CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664038007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KONINKLIJKE AHOLD DELHAIZE N COMMON STOCK EUR.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD0Q39902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB AB   B SHARES COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B17H3F907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOYO TIRE CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690018007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSK A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S A COMMON STOCK DKK1000.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425305000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A5G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIB GROUP PLC COMMON STOCK EUR.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF0L35906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOJITZ CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659414908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV PLC COMMON STOCK GBP.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339864902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAREX RESOURCES INC COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69946Q997</x:t>
   </x:si>
   <x:si>
     <x:t>6988</x:t>
   </x:si>
   <x:si>
-    <x:t>Nitto Denko Corp</x:t>
-[...254 lines deleted...]
-    <x:t>S64512718</x:t>
+    <x:t>NITTO DENKO CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664180007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY AKTIEBOLAG B COMMON STOCK SEK3.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0V9407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HITACHI CONSTRUCTION MACHINE COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>642940001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINSBURY (J) PLC COMMON STOCK GBP.285714</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B019KW907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACERINOX SA COMMON STOCK EUR.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B01ZVZ900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNTORY BEVERAGE + FOOD LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0690K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO FORESTRY CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685886004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO TINTO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>622010007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCA COLA HBC AG DI COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B9895B904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO BPM SPA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYMD5K904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCMN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWISSCOM AG REG COMMON STOCK CHF1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553397902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELEPERFORMANCE COMMON STOCK EUR2.5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>599933900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAITO TRUST CONSTRUCT CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625050000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI KASEI CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605460005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABERDEEN GROUP PLC COMMON STOCK GBP.1396825</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF8Q6K901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMP.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMPIRE CO LTD  A COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291843951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IG GROUP HOLDINGS PLC COMMON STOCK GBP.00005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B06QFB906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MZTF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIZRAHI TEFAHOT BANK LTD COMMON STOCK ILS.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691670004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTESA SANPAOLO COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407683002</x:t>
   </x:si>
   <x:si>
     <x:t>JDEP</x:t>
   </x:si>
   <x:si>
-    <x:t>Jde Peet S Nv</x:t>
-[...53 lines deleted...]
-    <x:t>XJPY00002</x:t>
+    <x:t>JDE PEET S NV COMMON STOCK EUR.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1MNCX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREDIT AGRICOLE SA COMMON STOCK EUR3.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726261902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOSOH CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690028006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF IRELAND GROUP PLC COMMON STOCK EUR1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD1RP6901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RENESAS ELECTRONICS CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663567907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN GROUP NV COMMON STOCK EUR.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNG8PQ901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM INTEGRATED SHIPPING SERV COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M9T951109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRFHF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAIRFAX FINANCIAL HLDGS LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>303901102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM FINANCIAL INC COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449586957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS GROUP GMBH + CO KGAA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI11F2W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BERKELEY GROUP HOLDINGS/THE COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP0RGD900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLUESCOPE STEEL LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>653323907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMPERIAL OIL LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>453038960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAPGEMINI SE COMMON STOCK EUR8.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416343002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCELORMITTAL COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0V4RB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURIZON HOLDINGS LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B87CVM907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYERISCHE MOTOREN WERKE PRF PREFERENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575603907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNCOR ENERGY INC COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>867224107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAWASAKI KISEN KAISHA LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648468007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTSUKA HOLDINGS CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B5LTM9909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAX GROUP PLC COMMON STOCK GBP.1155172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VNSX901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLUNB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H LUNDBECK A/S COMMON STOCK DKK1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMGTJT908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BZU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUZZI SPA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>578220907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELECOM ITALIA SPA COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>763439908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAI NIPPON PRINTING CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625090006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVONIK INDUSTRIES AG COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0559Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUSQ B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUSQVARNA AB B SHS COMMON STOCK SEK2.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B12PJ2906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARKEMA COMMON STOCK EUR10.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0Z5YZ906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APERAM COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B58C6H901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUSSEL METALS INC COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>781903950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAZDA MOTOR CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690030002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YOKOHAMA RUBBER CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>698646007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL GROUP LTD COMMON STOCK ILS1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645553900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIKO EPSON CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661650903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KERRY PROPERTIES LTD COMMON STOCK HKD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648631901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE COMMON STOCK EUR4.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517617908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREDIT SAISON CO LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659180004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POUND STERLING</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999GBPZ94</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>2768</x:t>
-[...572 lines deleted...]
-    <x:t>XNOK00004</x:t>
+    <x:t>NEW ISRAELI SHEQEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999ILSZ93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUSTRALIAN DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999AUDZ93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EURO CURRENCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999EURZ94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NORWEGIAN KRONE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999NOKZ96</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1973,4093 +1946,4009 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G183"/>
+  <x:dimension ref="A1:G179"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="10.200625" style="0" customWidth="1"/>
-[...1 lines deleted...]
-    <x:col min="3" max="3" width="12.380625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="12.780625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="53.480625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>80023</x:v>
+        <x:v>88159</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>6577060.8</x:v>
+        <x:v>7168252.3</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>110110</x:v>
+        <x:v>110716</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>6281775.5</x:v>
+        <x:v>7027144.5</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>100498</x:v>
+        <x:v>102142</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>6254995.5</x:v>
+        <x:v>6779164.5</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>92716</x:v>
+        <x:v>121306</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>6082169.6</x:v>
+        <x:v>6378269.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>291719</x:v>
+        <x:v>314903</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5872303.5</x:v>
+        <x:v>6370487.7</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>110631</x:v>
+        <x:v>128324</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5184168.7</x:v>
+        <x:v>5917019.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>69693</x:v>
+        <x:v>76779</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>4999775.8</x:v>
+        <x:v>5280859.6</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>39459</x:v>
+        <x:v>41315</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>4884629.6</x:v>
+        <x:v>5137933.4</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>85164</x:v>
+        <x:v>13153</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>4307595.1</x:v>
+        <x:v>5087273.3</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>52590</x:v>
+        <x:v>62077</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>4070500.3</x:v>
+        <x:v>5009925.7</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>12556</x:v>
+        <x:v>93822</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>4049515.3</x:v>
+        <x:v>4586957.6</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>168817</x:v>
+        <x:v>131234</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>4044855.3</x:v>
+        <x:v>4443583.2</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>119120</x:v>
+        <x:v>185983</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>3855914.4</x:v>
+        <x:v>4285048.3</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>58820</x:v>
+        <x:v>64802</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3579785.2</x:v>
+        <x:v>3803229.4</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>117033</x:v>
+        <x:v>128937</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>3569506.5</x:v>
+        <x:v>3672125.8</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3167800</x:v>
+        <x:v>143600</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>3257145.3</x:v>
+        <x:v>3669874</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>130400</x:v>
+        <x:v>3490000</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>3218206.5</x:v>
+        <x:v>3380671</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>28735</x:v>
+        <x:v>157000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>2744767.2</x:v>
+        <x:v>3124353.3</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>142600</x:v>
+        <x:v>202986</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>2629753</x:v>
+        <x:v>2775879.6</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>36920</x:v>
+        <x:v>27963</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>2586984.4</x:v>
+        <x:v>2742890.7</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>184248</x:v>
+        <x:v>55622</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>2567956.2</x:v>
+        <x:v>2725952.7</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>50486</x:v>
+        <x:v>38562</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>2319183.5</x:v>
+        <x:v>2516118.9</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>194600</x:v>
+        <x:v>214400</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>2271838.6</x:v>
+        <x:v>2388497.8</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>35004</x:v>
+        <x:v>84839</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>2270974.9</x:v>
+        <x:v>2362941.2</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>77009</x:v>
+        <x:v>124565</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>2125505.2</x:v>
+        <x:v>2345992.1</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>17077</x:v>
+        <x:v>23841</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>2123488.4</x:v>
+        <x:v>2319787.9</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>83855</x:v>
+        <x:v>92381</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>2090505.2</x:v>
+        <x:v>2251325</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>61900</x:v>
+        <x:v>67900</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>2075722.3</x:v>
+        <x:v>2161110.9</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>113069</x:v>
+        <x:v>17357</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>2071754.8</x:v>
+        <x:v>2081756.8</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>200335</x:v>
+        <x:v>29356</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>2040806.5</x:v>
+        <x:v>1983291.4</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>54900</x:v>
+        <x:v>191969</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>1899788.4</x:v>
+        <x:v>1974112</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>180639</x:v>
+        <x:v>60300</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>1822647.5</x:v>
+        <x:v>1893573.5</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>37795</x:v>
+        <x:v>56800</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>1772209.6</x:v>
+        <x:v>1874163.8</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>51400</x:v>
+        <x:v>199011</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>1745975.1</x:v>
+        <x:v>1848812.2</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>54100</x:v>
+        <x:v>66600</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>1656484.4</x:v>
+        <x:v>1702467.4</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>17588</x:v>
+        <x:v>55400</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>1638621.6</x:v>
+        <x:v>1673939.1</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>48435</x:v>
+        <x:v>34164</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>1505359.8</x:v>
+        <x:v>1664651.6</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>42141</x:v>
+        <x:v>53361</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>1504408.7</x:v>
+        <x:v>1655791.8</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>13121</x:v>
+        <x:v>46425</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>1366315</x:v>
+        <x:v>1596186.5</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>133726</x:v>
+        <x:v>14453</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>1354854</x:v>
+        <x:v>1561903</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>1334242</x:v>
+        <x:v>120500</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>1334242</x:v>
+        <x:v>1528490.5</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="B47" s="3" t="s">
+      <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C47" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>200500</x:v>
+        <x:v>221500</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>1328549.2</x:v>
+        <x:v>1520757.7</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="B48" s="3" t="s">
+      <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C48" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>108500</x:v>
+        <x:v>26371</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>1318523.1</x:v>
+        <x:v>1483285.9</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="B49" s="3" t="s">
+      <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="C49" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>23935</x:v>
+        <x:v>47800</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>1311119.4</x:v>
+        <x:v>1437019.1</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B50" s="3" t="s">
+      <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C50" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>43600</x:v>
+        <x:v>147328</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>1269608.9</x:v>
+        <x:v>1391764.3</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="B51" s="3" t="s">
+      <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C51" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>49300</x:v>
+        <x:v>15797</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>1203258.6</x:v>
+        <x:v>1261423.6</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="B52" s="3" t="s">
+      <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C52" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>14339</x:v>
+        <x:v>532752</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>1162808.2</x:v>
+        <x:v>1227194.2</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="B53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="B53" s="3" t="s">
+      <x:c r="C53" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C53" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>83453</x:v>
+        <x:v>86800</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>1083689.1</x:v>
+        <x:v>1211564</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="B54" s="3" t="s">
+      <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C54" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>508</x:v>
+        <x:v>91853</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>1048657.2</x:v>
+        <x:v>1204610.4</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="B55" s="3" t="s">
+      <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C55" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>79000</x:v>
+        <x:v>28029</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>1033747</x:v>
+        <x:v>1132978.9</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="B56" s="3" t="s">
+      <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C56" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>253540</x:v>
+        <x:v>42500</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>1028654.6</x:v>
+        <x:v>1101322.4</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="B57" s="3" t="s">
+      <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C57" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>25443</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>1019304.6</x:v>
+        <x:v>1062881.1</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B58" s="3" t="s">
+      <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C58" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>400588</x:v>
+        <x:v>279322</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>977625.6</x:v>
+        <x:v>1052833</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="B59" s="3" t="s">
+      <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C59" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>31555</x:v>
+        <x:v>34765</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>960694.8</x:v>
+        <x:v>1047602.2</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="B60" s="3" t="s">
+      <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C60" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>68600</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>871111</x:v>
+        <x:v>1044447.9</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="B61" s="3" t="s">
+      <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="C61" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>18138</x:v>
+        <x:v>107400</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>856295</x:v>
+        <x:v>991610.1</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="B62" s="3" t="s">
+      <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C62" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>27560</x:v>
+        <x:v>46018</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>824190.7</x:v>
+        <x:v>968342.7</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="B63" s="3" t="s">
+      <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>48600</x:v>
+        <x:v>30362</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>813917.1</x:v>
+        <x:v>940671.7</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="B64" s="3" t="s">
+      <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C64" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>56476</x:v>
+        <x:v>53400</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>781237.4</x:v>
+        <x:v>921496.2</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="B65" s="3" t="s">
+      <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C65" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>102600</x:v>
+        <x:v>840500</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>742585.4</x:v>
+        <x:v>918768</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="B66" s="3" t="s">
+      <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C66" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>19818</x:v>
+        <x:v>19980</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>739743.1</x:v>
+        <x:v>912087</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="B67" s="3" t="s">
+      <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C67" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>762500</x:v>
+        <x:v>9960</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>731871.3</x:v>
+        <x:v>826281.6</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="B68" s="3" t="s">
+      <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C68" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>18057</x:v>
+        <x:v>21834</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>718668.6</x:v>
+        <x:v>822420.3</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="B69" s="3" t="s">
+      <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="C69" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>29101</x:v>
+        <x:v>49041</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>697966.4</x:v>
+        <x:v>813590.2</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="B70" s="3" t="s">
+      <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C70" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>10855</x:v>
+        <x:v>11959</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>687332.2</x:v>
+        <x:v>791473.7</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="B71" s="3" t="s">
+      <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C71" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>69800</x:v>
+        <x:v>19893</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>655387.4</x:v>
+        <x:v>788160.7</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="B72" s="3" t="s">
+      <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C72" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>23200</x:v>
+        <x:v>112800</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>618036.8</x:v>
+        <x:v>782264.3</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="B73" s="3" t="s">
+      <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>22048</x:v>
+        <x:v>62218</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>615778.5</x:v>
+        <x:v>745809.4</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="B74" s="3" t="s">
+      <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C74" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>7092</x:v>
+        <x:v>32059</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>615556.1</x:v>
+        <x:v>735328.7</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="B75" s="3" t="s">
+      <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="C75" s="3" t="s">
+      <x:c r="D75" s="4" t="n">
+        <x:v>55700</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="F75" s="4" t="n">
+        <x:v>727651.6</x:v>
+      </x:c>
+      <x:c r="G75" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="3" t="s"/>
+      <x:c r="B76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="n">
-[...13 lines deleted...]
-      <x:c r="A76" s="3" t="s">
+      <x:c r="C76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="B76" s="3" t="s">
+      <x:c r="D76" s="4" t="n">
+        <x:v>723578.5</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="F76" s="4" t="n">
+        <x:v>723578.5</x:v>
+      </x:c>
+      <x:c r="G76" s="3" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="B77" s="3" t="s">
+      <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="C77" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>24300</x:v>
+        <x:v>24292</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>607914.1</x:v>
+        <x:v>718379.1</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="B78" s="3" t="s">
+      <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C78" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>9123</x:v>
+        <x:v>135000</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>600511.3</x:v>
+        <x:v>691556.3</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="B79" s="3" t="s">
+      <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C79" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>7215</x:v>
+        <x:v>47600</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>597907.1</x:v>
+        <x:v>686949.6</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="B80" s="3" t="s">
+      <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C80" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>36400</x:v>
+        <x:v>10053</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>590044</x:v>
+        <x:v>637230.4</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="B81" s="3" t="s">
+      <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="C81" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>10028</x:v>
+        <x:v>9490</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>579712.7</x:v>
+        <x:v>636054.6</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="B82" s="3" t="s">
+      <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C82" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>26900</x:v>
+        <x:v>61843</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>578143.5</x:v>
+        <x:v>634663.8</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="B83" s="3" t="s">
+      <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C83" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>8614</x:v>
+        <x:v>7812</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>570686.8</x:v>
+        <x:v>634339.4</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="B84" s="3" t="s">
+      <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C84" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>13641</x:v>
+        <x:v>29900</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>559085.1</x:v>
+        <x:v>626337</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="B85" s="3" t="s">
+      <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C85" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>10388</x:v>
+        <x:v>54300</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>558246.5</x:v>
+        <x:v>601475.9</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="B86" s="3" t="s">
+      <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C86" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>27348</x:v>
+        <x:v>32100</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>557179.2</x:v>
+        <x:v>600798.9</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="B87" s="3" t="s">
+      <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C87" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>16645</x:v>
+        <x:v>13468</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>541960.9</x:v>
+        <x:v>586466.9</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="B88" s="3" t="s">
+      <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C88" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>31100</x:v>
+        <x:v>18337</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>540018.2</x:v>
+        <x:v>580373.1</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="B89" s="3" t="s">
+      <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="C89" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>43400</x:v>
+        <x:v>26787</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>533854.8</x:v>
+        <x:v>564078.5</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="B90" s="3" t="s">
+      <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C90" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>12226</x:v>
+        <x:v>34100</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>531006.3</x:v>
+        <x:v>551215</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="B91" s="3" t="s">
+      <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C91" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>17133</x:v>
+        <x:v>1362</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>516608.9</x:v>
+        <x:v>545374.4</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="B92" s="3" t="s">
+      <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C92" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>29100</x:v>
+        <x:v>24573</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>496695.7</x:v>
+        <x:v>542665.4</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="B93" s="3" t="s">
+      <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C93" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>32822</x:v>
+        <x:v>36158</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>494375.1</x:v>
+        <x:v>535324.3</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="B94" s="3" t="s">
+      <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C94" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>16500</x:v>
+        <x:v>106754</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>490860.4</x:v>
+        <x:v>533532.8</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="B95" s="3" t="s">
+      <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C95" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>22305</x:v>
+        <x:v>8053</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>488243.1</x:v>
+        <x:v>530692.7</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="B96" s="3" t="s">
+      <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C96" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>7309</x:v>
+        <x:v>11444</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>486267.8</x:v>
+        <x:v>522601.7</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="B97" s="3" t="s">
+      <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C97" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>96902</x:v>
+        <x:v>18873</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>483031.9</x:v>
+        <x:v>517740.9</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="B98" s="3" t="s">
+      <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C98" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>44682</x:v>
+        <x:v>18300</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>453579.5</x:v>
+        <x:v>512286.2</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="B99" s="3" t="s">
+      <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C99" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>10900</x:v>
+        <x:v>49224</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>448721.6</x:v>
+        <x:v>502816.5</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="B100" s="3" t="s">
+      <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C100" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>20600</x:v>
+        <x:v>12100</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>438997.8</x:v>
+        <x:v>500406.3</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="B101" s="3" t="s">
+      <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C101" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>36593</x:v>
+        <x:v>34400</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>437350.1</x:v>
+        <x:v>498525.4</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="B102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="B102" s="3" t="s">
+      <x:c r="C102" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="C102" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>28900</x:v>
+        <x:v>11048</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>432970</x:v>
+        <x:v>476060</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="B103" s="3" t="s">
+      <x:c r="C103" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C103" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>5768</x:v>
+        <x:v>40313</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>431068.3</x:v>
+        <x:v>473243.5</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="B104" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="B104" s="3" t="s">
+      <x:c r="C104" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="C104" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>207</x:v>
+        <x:v>6356</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>427467.1</x:v>
+        <x:v>472522</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="B105" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="B105" s="3" t="s">
+      <x:c r="C105" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C105" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>42520</x:v>
+        <x:v>22400</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>426480.5</x:v>
+        <x:v>471930.7</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="B106" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="B106" s="3" t="s">
+      <x:c r="C106" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="C106" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>11486</x:v>
+        <x:v>36600</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>418660.5</x:v>
+        <x:v>469072.9</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="B107" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="B107" s="3" t="s">
+      <x:c r="C107" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C107" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>1236</x:v>
+        <x:v>11393</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>418492.4</x:v>
+        <x:v>458160.4</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="B108" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="B108" s="3" t="s">
+      <x:c r="C108" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C108" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>14900</x:v>
+        <x:v>70705</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>408636.5</x:v>
+        <x:v>455132.4</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="B109" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="B109" s="3" t="s">
+      <x:c r="C109" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C109" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>64177</x:v>
+        <x:v>16700</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>399563.9</x:v>
+        <x:v>446612.5</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="B110" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="B110" s="3" t="s">
+      <x:c r="C110" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C110" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>27109</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>396775.2</x:v>
+        <x:v>439195.4</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="B111" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="B111" s="3" t="s">
+      <x:c r="C111" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C111" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>18596</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>379040.2</x:v>
+        <x:v>429397.4</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
-      <x:c r="A112" s="3" t="s"/>
+      <x:c r="A112" s="3" t="s">
+        <x:v>328</x:v>
+      </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>57794151</x:v>
+        <x:v>15300</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>375152.7</x:v>
+        <x:v>426071</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="B113" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="B113" s="3" t="s">
+      <x:c r="C113" s="3" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C113" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>14100</x:v>
+        <x:v>395222</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>374889.5</x:v>
+        <x:v>397474.1</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="B114" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="B114" s="3" t="s">
+      <x:c r="C114" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C114" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>11200</x:v>
+        <x:v>29883</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>365760.3</x:v>
+        <x:v>395854.7</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="B115" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="B115" s="3" t="s">
+      <x:c r="C115" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C115" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>12707</x:v>
+        <x:v>16000</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>349250.1</x:v>
+        <x:v>379039.6</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="B116" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="B116" s="3" t="s">
+      <x:c r="C116" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C116" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>27123</x:v>
+        <x:v>13997</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>347276.6</x:v>
+        <x:v>375488</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="B117" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="B117" s="3" t="s">
+      <x:c r="C117" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C117" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>76208</x:v>
+        <x:v>12400</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>342030</x:v>
+        <x:v>351609.5</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="B118" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="B118" s="3" t="s">
+      <x:c r="C118" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C118" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>358742</x:v>
+        <x:v>83960</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>328283.6</x:v>
+        <x:v>350921.5</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="B119" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="B119" s="3" t="s">
+      <x:c r="C119" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C119" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>31200</x:v>
+        <x:v>25326</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>325559.1</x:v>
+        <x:v>342407.3</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="B120" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="B120" s="3" t="s">
+      <x:c r="C120" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C120" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>21425</x:v>
+        <x:v>11100</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>321192.6</x:v>
+        <x:v>339197</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="B121" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="B121" s="3" t="s">
+      <x:c r="C121" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="C121" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>4264</x:v>
+        <x:v>34200</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>304936.7</x:v>
+        <x:v>329875.3</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="C122" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>3503</x:v>
+        <x:v>3857</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>304702.7</x:v>
+        <x:v>328403.2</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="B123" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="B123" s="3" t="s">
+      <x:c r="C123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C123" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>9900</x:v>
+        <x:v>7007</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>299593</x:v>
+        <x:v>327666.1</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="B124" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="B124" s="3" t="s">
+      <x:c r="C124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="C124" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>22986</x:v>
+        <x:v>22380</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>296610.3</x:v>
+        <x:v>325019.3</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="B125" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="B125" s="3" t="s">
+      <x:c r="C125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C125" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>20316</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>295571.2</x:v>
+        <x:v>316086.3</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="B126" s="3" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="B126" s="3" t="s">
+      <x:c r="C126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="C126" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>400</x:v>
+        <x:v>4696</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>293740.3</x:v>
+        <x:v>313281.7</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="B127" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="B127" s="3" t="s">
+      <x:c r="C127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C127" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>20800</x:v>
+        <x:v>16800</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>291838.6</x:v>
+        <x:v>309691.2</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="B128" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="B128" s="3" t="s">
+      <x:c r="C128" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C128" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>105646</x:v>
+        <x:v>37000</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>281770.1</x:v>
+        <x:v>305211.5</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="B129" s="3" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="B129" s="3" t="s">
+      <x:c r="C129" s="3" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C129" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>15000</x:v>
+        <x:v>116392</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>280078.5</x:v>
+        <x:v>300129.9</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="B130" s="3" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="B130" s="3" t="s">
+      <x:c r="C130" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C130" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>24100</x:v>
+        <x:v>8098</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>259842.9</x:v>
+        <x:v>298962.4</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="B131" s="3" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="B131" s="3" t="s">
+      <x:c r="C131" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="C131" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>33400</x:v>
+        <x:v>21495</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>256372.7</x:v>
+        <x:v>292728</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="B132" s="3" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="B132" s="3" t="s">
+      <x:c r="C132" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C132" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>39570</x:v>
+        <x:v>4195</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>254665.4</x:v>
+        <x:v>287944.8</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="B133" s="3" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="B133" s="3" t="s">
+      <x:c r="C133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="C133" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>7348</x:v>
+        <x:v>43596</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>249889.2</x:v>
+        <x:v>283704.3</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="B134" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="B134" s="3" t="s">
+      <x:c r="C134" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="C134" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>13291</x:v>
+        <x:v>7514</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>239925</x:v>
+        <x:v>272290.3</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="B135" s="3" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="B135" s="3" t="s">
+      <x:c r="C135" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="C135" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>5400</x:v>
+        <x:v>14641</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>237094.5</x:v>
+        <x:v>269750.2</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="B136" s="3" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="B136" s="3" t="s">
+      <x:c r="C136" s="3" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="C136" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>19100</x:v>
+        <x:v>18200</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>236929</x:v>
+        <x:v>257689.4</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="B137" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="B137" s="3" t="s">
+      <x:c r="C137" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="C137" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>16400</x:v>
+        <x:v>14350</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>234202.1</x:v>
+        <x:v>249006.8</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="B138" s="3" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="B138" s="3" t="s">
+      <x:c r="C138" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="C138" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>4011</x:v>
+        <x:v>20900</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>212269.7</x:v>
+        <x:v>245039.5</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="B139" s="3" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="B139" s="3" t="s">
+      <x:c r="C139" s="3" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="C139" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>3317</x:v>
+        <x:v>3403</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>212289.3</x:v>
+        <x:v>238946.3</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B140" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="B140" s="3" t="s">
+      <x:c r="C140" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C140" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>3091</x:v>
+        <x:v>14158</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>211846</x:v>
+        <x:v>237146.5</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="B141" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="B141" s="3" t="s">
+      <x:c r="C141" s="3" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="C141" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>126</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>204561</x:v>
+        <x:v>232029.3</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="B142" s="3" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="B142" s="3" t="s">
+      <x:c r="C142" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C142" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>5294</x:v>
+        <x:v>5834</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>203840.6</x:v>
+        <x:v>229653.1</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="B143" s="3" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="B143" s="3" t="s">
+      <x:c r="C143" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="C143" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>12850</x:v>
+        <x:v>3653</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>197633</x:v>
+        <x:v>217890.6</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="B144" s="3" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="B144" s="3" t="s">
+      <x:c r="C144" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="C144" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>5500</x:v>
+        <x:v>4419</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>197286.7</x:v>
+        <x:v>214614.4</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="B145" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="B145" s="3" t="s">
+      <x:c r="C145" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
-      <x:c r="C145" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>74501</x:v>
+        <x:v>13458</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>167288.2</x:v>
+        <x:v>196270.1</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="B146" s="3" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="B146" s="3" t="s">
+      <x:c r="C146" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="C146" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>4143</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>158566.2</x:v>
+        <x:v>191009.3</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="B147" s="3" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="B147" s="3" t="s">
+      <x:c r="C147" s="3" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="C147" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>2900</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>157635.9</x:v>
+        <x:v>184658</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="B148" s="3" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="B148" s="3" t="s">
+      <x:c r="C148" s="3" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="C148" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>1769</x:v>
+        <x:v>4563</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>156617.4</x:v>
+        <x:v>183918.1</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="B149" s="3" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="B149" s="3" t="s">
+      <x:c r="C149" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="C149" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>1705</x:v>
+        <x:v>82079</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>147691.7</x:v>
+        <x:v>181432.6</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="B150" s="3" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="B150" s="3" t="s">
+      <x:c r="C150" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="C150" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>9800</x:v>
+        <x:v>1879</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>140777</x:v>
+        <x:v>168169.3</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="B151" s="3" t="s">
         <x:v>445</x:v>
       </x:c>
-      <x:c r="B151" s="3" t="s">
+      <x:c r="C151" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
-      <x:c r="C151" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>2119</x:v>
+        <x:v>3726</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>138175.8</x:v>
+        <x:v>166440.4</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="B152" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="B152" s="3" t="s">
+      <x:c r="C152" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="C152" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>14167</x:v>
+        <x:v>12000</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>134295.1</x:v>
+        <x:v>158745.7</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="B153" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
-      <x:c r="B153" s="3" t="s">
+      <x:c r="C153" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
-      <x:c r="C153" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>18210</x:v>
+        <x:v>2900</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>132798.7</x:v>
+        <x:v>153380.5</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="B154" s="3" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="B154" s="3" t="s">
+      <x:c r="C154" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
-      <x:c r="C154" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>213279</x:v>
+        <x:v>15607</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>125840.4</x:v>
+        <x:v>146658.6</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="B155" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
-      <x:c r="B155" s="3" t="s">
+      <x:c r="C155" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
-      <x:c r="C155" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>3139</x:v>
+        <x:v>20064</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>124963.6</x:v>
+        <x:v>136673.7</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="B156" s="3" t="s">
         <x:v>460</x:v>
       </x:c>
-      <x:c r="B156" s="3" t="s">
+      <x:c r="C156" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
-      <x:c r="C156" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>4822</x:v>
+        <x:v>2266</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>124455.1</x:v>
+        <x:v>134507.2</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="B157" s="3" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="B157" s="3" t="s">
+      <x:c r="C157" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="C157" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>2056</x:v>
+        <x:v>234969</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>123753.8</x:v>
+        <x:v>132650.2</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="B158" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="B158" s="3" t="s">
+      <x:c r="C158" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="C158" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>7300</x:v>
+        <x:v>7900</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>122231.3</x:v>
+        <x:v>125770.2</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="B159" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
-      <x:c r="B159" s="3" t="s">
+      <x:c r="C159" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
-      <x:c r="C159" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>7153</x:v>
+        <x:v>7879</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>119959.6</x:v>
+        <x:v>119510.3</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="B160" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
-      <x:c r="B160" s="3" t="s">
+      <x:c r="C160" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
-      <x:c r="C160" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>12924</x:v>
+        <x:v>25667</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>119111.3</x:v>
+        <x:v>116943.6</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="B161" s="3" t="s">
         <x:v>475</x:v>
       </x:c>
-      <x:c r="B161" s="3" t="s">
+      <x:c r="C161" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="C161" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>3468</x:v>
+        <x:v>1944</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>107444.5</x:v>
+        <x:v>111539.7</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="B162" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="B162" s="3" t="s">
+      <x:c r="C162" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="C162" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>1764</x:v>
+        <x:v>2981</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>104854.5</x:v>
+        <x:v>108437</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B163" s="3" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="B163" s="3" t="s">
+      <x:c r="C163" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="C163" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>15301</x:v>
+        <x:v>3822</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>100574.1</x:v>
+        <x:v>107194.3</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="3" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="B164" s="3" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="B164" s="3" t="s">
+      <x:c r="C164" s="3" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="C164" s="3" t="s">
+      <x:c r="D164" s="4" t="n">
+        <x:v>13900</x:v>
+      </x:c>
+      <x:c r="E164" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F164" s="4" t="n">
+        <x:v>97896</x:v>
+      </x:c>
+      <x:c r="G164" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:7">
+      <x:c r="A165" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="D164" s="4" t="n">
-[...13 lines deleted...]
-      <x:c r="A165" s="3" t="s"/>
       <x:c r="B165" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>-90885</x:v>
+        <x:v>2600</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>-90885</x:v>
+        <x:v>95955.8</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>7000</x:v>
+        <x:v>16855</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>88900.1</x:v>
+        <x:v>90696.1</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>12700</x:v>
+        <x:v>7600</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>88373.6</x:v>
+        <x:v>90287.2</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
-      <x:c r="A168" s="3" t="s"/>
+      <x:c r="A168" s="3" t="s">
+        <x:v>495</x:v>
+      </x:c>
       <x:c r="B168" s="3" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>119672.5</x:v>
+        <x:v>32500</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>85410.2</x:v>
+        <x:v>87501</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>29500</x:v>
+        <x:v>4683</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>74241.5</x:v>
+        <x:v>73731.5</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
-      <x:c r="A170" s="3" t="s"/>
+      <x:c r="A170" s="3" t="s">
+        <x:v>501</x:v>
+      </x:c>
       <x:c r="B170" s="3" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>70222.7</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>70222.7</x:v>
+        <x:v>40100.3</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
-      <x:c r="A171" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A171" s="3" t="s"/>
       <x:c r="B171" s="3" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>4251</x:v>
+        <x:v>9634.5</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>67881.5</x:v>
+        <x:v>12591.8</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
-      <x:c r="A172" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A172" s="3" t="s"/>
       <x:c r="B172" s="3" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C172" s="3" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>8800</x:v>
+        <x:v>26471.1</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
-        <x:v>61206.7</x:v>
+        <x:v>8061.1</x:v>
       </x:c>
       <x:c r="G172" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
-      <x:c r="A173" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A173" s="3" t="s"/>
       <x:c r="B173" s="3" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
-        <x:v>1700</x:v>
+        <x:v>7472.1</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F173" s="4" t="n">
-        <x:v>41568.9</x:v>
+        <x:v>4815.4</x:v>
       </x:c>
       <x:c r="G173" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="3" t="s"/>
       <x:c r="B174" s="3" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C174" s="3" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>24811.4</x:v>
+        <x:v>171.7</x:v>
       </x:c>
       <x:c r="E174" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F174" s="4" t="n">
-        <x:v>32598.4</x:v>
+        <x:v>197.9</x:v>
       </x:c>
       <x:c r="G174" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>506</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="3" t="s"/>
       <x:c r="B175" s="3" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>18661.2</x:v>
+        <x:v>32.2</x:v>
       </x:c>
       <x:c r="E175" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F175" s="4" t="n">
-        <x:v>21538.8</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="G175" s="3" t="s">
-        <x:v>331</x:v>
-[...4 lines deleted...]
-      <x:c r="B176" s="3" t="s">
+        <x:v>506</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:7">
+      <x:c r="A177" s="3" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="C176" s="3" t="s">
+    </x:row>
+    <x:row r="178" spans="1:7">
+      <x:c r="A178" s="3" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="D176" s="4" t="n">
-[...14 lines deleted...]
-      <x:c r="B177" s="3" t="s">
+    </x:row>
+    <x:row r="179" spans="1:7">
+      <x:c r="A179" s="1" t="s">
         <x:v>517</x:v>
-      </x:c>
-[...70 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>