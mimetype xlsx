--- v2 (2025-11-23)
+++ v3 (2025-12-15)
@@ -1,1596 +1,1599 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc08eb8ade7164a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33d7cbfd67a3415d9afb406644c25a62.psmdcp" Id="R42d1bb4d9c504604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb412e24e8b4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcd8d4ed11a4463497dca114e1906195.psmdcp" Id="R3d59a496e0664d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="518" uniqueCount="518">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="519" uniqueCount="519">
   <x:si>
     <x:t>Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/21/2025 (%)</x:t>
+    <x:t>As of 12/15/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TD</x:t>
   </x:si>
   <x:si>
-    <x:t>TORONTO DOMINION BANK COMMON STOCK</x:t>
+    <x:t>TORONTO DOMINION BANK</x:t>
   </x:si>
   <x:si>
     <x:t>891160954</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>BNS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NOVA SCOTIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064149107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP GROUP LTD SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>088606108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO BILBAO VIZCAYA SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05946K101</x:t>
+  </x:si>
+  <x:si>
     <x:t>TTE</x:t>
   </x:si>
   <x:si>
-    <x:t>TOTALENERGIES SE  SPON ADR ADR</x:t>
-[...29 lines deleted...]
-    <x:t>05946K101</x:t>
+    <x:t>TOTALENERGIES SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F92124100</x:t>
   </x:si>
   <x:si>
     <x:t>GSK</x:t>
   </x:si>
   <x:si>
-    <x:t>GSK PLC SPON ADR ADR</x:t>
+    <x:t>GSK PLC SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>37733W204</x:t>
   </x:si>
   <x:si>
     <x:t>RIO</x:t>
   </x:si>
   <x:si>
-    <x:t>RIO TINTO PLC SPON ADR ADR</x:t>
+    <x:t>RIO TINTO PLC SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>767204100</x:t>
   </x:si>
   <x:si>
+    <x:t>BNP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP PARIBAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730968906</x:t>
+  </x:si>
+  <x:si>
     <x:t>NVS</x:t>
   </x:si>
   <x:si>
-    <x:t>NOVARTIS AG SPONSORED ADR ADR</x:t>
+    <x:t>NOVARTIS AG SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>66987V109</x:t>
   </x:si>
   <x:si>
     <x:t>ROG</x:t>
   </x:si>
   <x:si>
-    <x:t>ROCHE HOLDING AG GENUSSCHEIN COMMON STOCK</x:t>
+    <x:t>ROCHE HOLDING AG GENUSSCHEIN</x:t>
   </x:si>
   <x:si>
     <x:t>711038901</x:t>
   </x:si>
   <x:si>
-    <x:t>BNP</x:t>
-[...5 lines deleted...]
-    <x:t>730968906</x:t>
+    <x:t>MFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANULIFE FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56501R106</x:t>
   </x:si>
   <x:si>
     <x:t>SNY</x:t>
   </x:si>
   <x:si>
-    <x:t>SANOFI ADR ADR</x:t>
+    <x:t>SANOFI ADR</x:t>
   </x:si>
   <x:si>
     <x:t>80105N105</x:t>
   </x:si>
   <x:si>
-    <x:t>MFC</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>EQNR</x:t>
   </x:si>
   <x:si>
-    <x:t>EQUINOR ASA SPON ADR ADR</x:t>
+    <x:t>EQUINOR ASA SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>29446M102</x:t>
   </x:si>
   <x:si>
     <x:t>SLF</x:t>
   </x:si>
   <x:si>
-    <x:t>SUN LIFE FINANCIAL INC COMMON STOCK</x:t>
+    <x:t>SUN LIFE FINANCIAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>866796105</x:t>
   </x:si>
   <x:si>
+    <x:t>8031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MITSUI + CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659730006</x:t>
+  </x:si>
+  <x:si>
     <x:t>HMC</x:t>
   </x:si>
   <x:si>
-    <x:t>HONDA MOTOR CO LTD SPONS ADR ADR</x:t>
+    <x:t>HONDA MOTOR CO LTD SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>438128308</x:t>
   </x:si>
   <x:si>
-    <x:t>8031</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>9432</x:t>
   </x:si>
   <x:si>
-    <x:t>NTT INC COMMON STOCK</x:t>
+    <x:t>NTT INC</x:t>
   </x:si>
   <x:si>
     <x:t>664137007</x:t>
   </x:si>
   <x:si>
+    <x:t>NSRGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESTLE SA SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641069406</x:t>
+  </x:si>
+  <x:si>
     <x:t>1605</x:t>
   </x:si>
   <x:si>
-    <x:t>INPEX CORP COMMON STOCK</x:t>
+    <x:t>INPEX CORP</x:t>
   </x:si>
   <x:si>
     <x:t>B10RB1904</x:t>
   </x:si>
   <x:si>
     <x:t>FMG</x:t>
   </x:si>
   <x:si>
-    <x:t>FORTESCUE LTD COMMON STOCK</x:t>
+    <x:t>FORTESCUE LTD</x:t>
   </x:si>
   <x:si>
     <x:t>608625901</x:t>
   </x:si>
   <x:si>
-    <x:t>NSRGY</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>DHL</x:t>
   </x:si>
   <x:si>
-    <x:t>DHL GROUP COMMON STOCK</x:t>
+    <x:t>DHL GROUP</x:t>
   </x:si>
   <x:si>
     <x:t>461785909</x:t>
   </x:si>
   <x:si>
+    <x:t>6752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANASONIC HOLDINGS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>657270005</x:t>
+  </x:si>
+  <x:si>
     <x:t>MBG</x:t>
   </x:si>
   <x:si>
-    <x:t>MERCEDES BENZ GROUP AG COMMON STOCK</x:t>
+    <x:t>MERCEDES BENZ GROUP AG</x:t>
   </x:si>
   <x:si>
     <x:t>552902900</x:t>
   </x:si>
   <x:si>
-    <x:t>6752</x:t>
-[...5 lines deleted...]
-    <x:t>657270005</x:t>
+    <x:t>DTEGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE TELEKOM AG SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251566105</x:t>
   </x:si>
   <x:si>
     <x:t>VOLV B</x:t>
   </x:si>
   <x:si>
-    <x:t>VOLVO AB B SHS COMMON STOCK SEK1.26</x:t>
+    <x:t>VOLVO AB B SHS</x:t>
   </x:si>
   <x:si>
     <x:t>B1QH83908</x:t>
   </x:si>
   <x:si>
+    <x:t>BMW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYERISCHE MOTOREN WERKE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575602909</x:t>
+  </x:si>
+  <x:si>
     <x:t>REP</x:t>
   </x:si>
   <x:si>
-    <x:t>REPSOL SA COMMON STOCK EUR1.0</x:t>
+    <x:t>REPSOL SA</x:t>
   </x:si>
   <x:si>
     <x:t>566935904</x:t>
   </x:si>
   <x:si>
-    <x:t>BMW</x:t>
-[...5 lines deleted...]
-    <x:t>575602909</x:t>
+    <x:t>BMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF MONTREAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>063671952</x:t>
   </x:si>
   <x:si>
     <x:t>ING</x:t>
   </x:si>
   <x:si>
-    <x:t>ING GROEP N.V. SPONSORED ADR ADR</x:t>
+    <x:t>ING GROEP N.V. SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>456837103</x:t>
   </x:si>
   <x:si>
     <x:t>6301</x:t>
   </x:si>
   <x:si>
-    <x:t>KOMATSU LTD COMMON STOCK</x:t>
+    <x:t>KOMATSU LTD</x:t>
   </x:si>
   <x:si>
     <x:t>649658002</x:t>
   </x:si>
   <x:si>
-    <x:t>BMO</x:t>
-[...5 lines deleted...]
-    <x:t>063671952</x:t>
+    <x:t>ERIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERICSSON (LM) TEL SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294821608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO SANTANDER SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570594903</x:t>
   </x:si>
   <x:si>
     <x:t>HSBC</x:t>
   </x:si>
   <x:si>
-    <x:t>HSBC HOLDINGS PLC SPONS ADR ADR</x:t>
+    <x:t>HSBC HOLDINGS PLC SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>404280406</x:t>
   </x:si>
   <x:si>
-    <x:t>SAN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>9101</x:t>
   </x:si>
   <x:si>
-    <x:t>NIPPON YUSEN KK COMMON STOCK</x:t>
+    <x:t>NIPPON YUSEN KK</x:t>
   </x:si>
   <x:si>
     <x:t>664396009</x:t>
   </x:si>
   <x:si>
+    <x:t>8591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORIX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666114004</x:t>
+  </x:si>
+  <x:si>
     <x:t>1925</x:t>
   </x:si>
   <x:si>
-    <x:t>DAIWA HOUSE INDUSTRY CO LTD COMMON STOCK</x:t>
+    <x:t>DAIWA HOUSE INDUSTRY CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>625136007</x:t>
   </x:si>
   <x:si>
-    <x:t>ERIC</x:t>
-[...14 lines deleted...]
-    <x:t>666114004</x:t>
+    <x:t>VOW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLKSWAGEN AG PREF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549716900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE BANK AG REGISTERED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575035902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685894008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POWER CORP OF CANADA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>739239952</x:t>
   </x:si>
   <x:si>
     <x:t>8015</x:t>
   </x:si>
   <x:si>
-    <x:t>TOYOTA TSUSHO CORP COMMON STOCK</x:t>
+    <x:t>TOYOTA TSUSHO CORP</x:t>
   </x:si>
   <x:si>
     <x:t>690058003</x:t>
   </x:si>
   <x:si>
-    <x:t>POW</x:t>
-[...32 lines deleted...]
-    <x:t>549716900</x:t>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK HUTCHISON HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW9P81905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STELLANTIS NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMD8KX906</x:t>
   </x:si>
   <x:si>
     <x:t>16</x:t>
   </x:si>
   <x:si>
-    <x:t>SUN HUNG KAI PROPERTIES COMMON STOCK</x:t>
+    <x:t>SUN HUNG KAI PROPERTIES</x:t>
   </x:si>
   <x:si>
     <x:t>685992000</x:t>
   </x:si>
   <x:si>
-    <x:t>1</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>OMV</x:t>
   </x:si>
   <x:si>
-    <x:t>OMV AG COMMON STOCK</x:t>
+    <x:t>OMV AG</x:t>
   </x:si>
   <x:si>
     <x:t>465145001</x:t>
   </x:si>
   <x:si>
-    <x:t>8053</x:t>
-[...14 lines deleted...]
-    <x:t>BMD8KX906</x:t>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KUBOTA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649750007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>HEN3</x:t>
   </x:si>
   <x:si>
-    <x:t>HENKEL AG + CO KGAA VOR PREF PREFERENCE</x:t>
+    <x:t>HENKEL AG + CO KGAA VOR PREF</x:t>
   </x:si>
   <x:si>
     <x:t>507670909</x:t>
   </x:si>
   <x:si>
+    <x:t>FME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRESENIUS MEDICAL CARE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>512907908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSK B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425304003</x:t>
+  </x:si>
+  <x:si>
     <x:t>BT.A</x:t>
   </x:si>
   <x:si>
-    <x:t>BT GROUP PLC COMMON STOCK GBP.05</x:t>
+    <x:t>BT GROUP PLC</x:t>
   </x:si>
   <x:si>
     <x:t>309135903</x:t>
   </x:si>
   <x:si>
+    <x:t>6178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JAPAN POST HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYT814908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIMLER TRUCK HOLDING AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI223RB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINGFISHER PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331952903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK HAPOALIM BM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607580909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAGNA INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559222401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIRIN HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649374006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIFFEISEN BANK INTERNATIONA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0704T905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WH GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLLHKZ904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TENARIS SA ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88031M109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHIONOGI + CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680468006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED OVERSEAS BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691678007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWED A_SEK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWEDBANK AB   A SHARES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>484652904</x:t>
+  </x:si>
+  <x:si>
     <x:t>O39</x:t>
   </x:si>
   <x:si>
-    <x:t>OVERSEA CHINESE BANKING CORP COMMON STOCK</x:t>
+    <x:t>OVERSEA CHINESE BANKING CORP</x:t>
   </x:si>
   <x:si>
     <x:t>B0F9V2906</x:t>
   </x:si>
   <x:si>
-    <x:t>6326</x:t>
-[...77 lines deleted...]
-    <x:t>607580909</x:t>
+    <x:t>UNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIPOL ASSICURAZIONI SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI01TKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDC5ST904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOODSIDE ENERGY GROUP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>980228308</x:t>
   </x:si>
   <x:si>
     <x:t>ABN</x:t>
   </x:si>
   <x:si>
-    <x:t>ABN AMRO BANK NV CVA DUTCH CERT EUR1.0</x:t>
+    <x:t>ABN AMRO BANK NV CVA</x:t>
   </x:si>
   <x:si>
     <x:t>BYQP13905</x:t>
   </x:si>
   <x:si>
-    <x:t>4507</x:t>
-[...23 lines deleted...]
-    <x:t>559222401</x:t>
+    <x:t>LIGHT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIGNIFY NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYY7VY905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3I GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1YW44908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAMAHA MOTOR CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>698526001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DENSO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664038007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSCT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRAEL DISCOUNT BANK A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645127903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK ASSET HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYZQ07905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCC PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>024249906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADECCO GROUP AG REG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>711072900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI HOUSE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679390005</x:t>
   </x:si>
   <x:si>
     <x:t>CM</x:t>
   </x:si>
   <x:si>
-    <x:t>CAN IMPERIAL BK OF COMMERCE COMMON STOCK</x:t>
+    <x:t>CAN IMPERIAL BK OF COMMERCE</x:t>
   </x:si>
   <x:si>
     <x:t>136069101</x:t>
   </x:si>
   <x:si>
-    <x:t>RBI</x:t>
-[...14 lines deleted...]
-    <x:t>980228308</x:t>
+    <x:t>4528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONO PHARMACEUTICAL CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666010004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGEAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B86S2N903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROTHER INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>614650000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>708842901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY AKTIEBOLAG B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0V9407</x:t>
   </x:si>
   <x:si>
     <x:t>GLE</x:t>
   </x:si>
   <x:si>
-    <x:t>SOCIETE GENERALE SA COMMON STOCK EUR1.25</x:t>
+    <x:t>SOCIETE GENERALE SA</x:t>
   </x:si>
   <x:si>
     <x:t>596651901</x:t>
   </x:si>
   <x:si>
-    <x:t>TS</x:t>
-[...68 lines deleted...]
-    <x:t>BYZQ07905</x:t>
+    <x:t>LUMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK LEUMI LE ISRAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607642907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI GROUP HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605440007</x:t>
   </x:si>
   <x:si>
     <x:t>7202</x:t>
   </x:si>
   <x:si>
-    <x:t>ISUZU MOTORS LTD COMMON STOCK</x:t>
+    <x:t>ISUZU MOTORS LTD</x:t>
   </x:si>
   <x:si>
     <x:t>646710004</x:t>
   </x:si>
   <x:si>
-    <x:t>DCC</x:t>
-[...23 lines deleted...]
-    <x:t>645127903</x:t>
+    <x:t>CA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARREFOUR SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>564156909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDZNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANDOZ GROUP AG ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>799926100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMET OYJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BH6XZT903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI CHEMICAL CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679382002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDING AG BR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710891904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHRODERS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP9LHF908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSK A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425305000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB AB   B SHARES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B17H3F907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORKLA ASA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VQF4902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSOCIATED BRITISH FOODS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>067312900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUZUKI MOTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>686550005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HITACHI CONSTRUCTION MACHINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>642940001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUBARU CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635640006</x:t>
   </x:si>
   <x:si>
     <x:t>EXO</x:t>
   </x:si>
   <x:si>
-    <x:t>EXOR NV COMMON STOCK EUR.01</x:t>
+    <x:t>EXOR NV</x:t>
   </x:si>
   <x:si>
     <x:t>BMJ182907</x:t>
   </x:si>
   <x:si>
-    <x:t>1928</x:t>
-[...122 lines deleted...]
-    <x:t>067312900</x:t>
+    <x:t>2768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOJITZ CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659414908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HENKEL AG + CO KGAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500246905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRFHF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAIRFAX FINANCIAL HLDGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>303901102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI KASEI CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605460005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A5G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIB GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF0L35906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOYO TIRE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690018007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KONINKLIJKE AHOLD DELHAIZE N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD0Q39902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339864902</x:t>
   </x:si>
   <x:si>
     <x:t>9104</x:t>
   </x:si>
   <x:si>
-    <x:t>MITSUI OSK LINES LTD COMMON STOCK</x:t>
+    <x:t>MITSUI OSK LINES LTD</x:t>
   </x:si>
   <x:si>
     <x:t>659758007</x:t>
   </x:si>
   <x:si>
-    <x:t>ORK</x:t>
-[...5 lines deleted...]
-    <x:t>B1VQF4902</x:t>
+    <x:t>PXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAREX RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69946Q997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO TINTO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>622010007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINSBURY (J) PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B019KW907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO FORESTRY CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685886004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCA COLA HBC AG DI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B9895B904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNTORY BEVERAGE + FOOD LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0690K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELEPERFORMANCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>599933900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IG GROUP HOLDINGS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B06QFB906</x:t>
   </x:si>
   <x:si>
     <x:t>5334</x:t>
   </x:si>
   <x:si>
-    <x:t>NITERRA CO LTD COMMON STOCK</x:t>
+    <x:t>NITERRA CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>661960005</x:t>
   </x:si>
   <x:si>
-    <x:t>7269</x:t>
-[...14 lines deleted...]
-    <x:t>B1YW44908</x:t>
+    <x:t>BAMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO BPM SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYMD5K904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAITO TRUST CONSTRUCT CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625050000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MZTF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIZRAHI TEFAHOT BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691670004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCMN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWISSCOM AG REG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553397902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABERDEEN GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF8Q6K901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREDIT AGRICOLE SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726261902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RENESAS ELECTRONICS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663567907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTESA SANPAOLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407683002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDE PEET S NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1MNCX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOSOH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690028006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMP.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMPIRE CO LTD  A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291843951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM INTEGRATED SHIPPING SERV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M9T951109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF IRELAND GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD1RP6901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449586957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN GROUP NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNG8PQ901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS GROUP GMBH + CO KGAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI11F2W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BERKELEY GROUP HOLDINGS/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP0RGD900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NITTO DENKO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664180007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAPGEMINI SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416343002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACERINOX SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B01ZVZ900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645553900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVE B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVESTOR AB B SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMV7PQ908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURIZON HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B87CVM907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYERISCHE MOTOREN WERKE PRF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575603907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MS+AD INSURANCE GROUP HOLDIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2Q4CS905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMPERIAL OIL LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>453038960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALIMENTATION COUCHE TARD INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01626P973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAWASAKI KISEN KAISHA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648468007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTSUKA HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B5LTM9909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNCOR ENERGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>867224107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAX GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VNSX901</x:t>
   </x:si>
   <x:si>
     <x:t>BPE</x:t>
   </x:si>
   <x:si>
-    <x:t>BPER BANCA SPA COMMON STOCK</x:t>
+    <x:t>BPER BANCA SPA</x:t>
   </x:si>
   <x:si>
     <x:t>411609902</x:t>
   </x:si>
   <x:si>
-    <x:t>HEN</x:t>
-[...362 lines deleted...]
-    <x:t>BP0RGD900</x:t>
+    <x:t>BZU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUZZI SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>578220907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAI NIPPON PRINTING CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625090006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLUNB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H LUNDBECK A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMGTJT908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELECOM ITALIA SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>763439908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUSQ B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUSQVARNA AB B SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B12PJ2906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVONIK INDUSTRIES AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0559Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARKEMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0Z5YZ906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUSSEL METALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>781903950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAZDA MOTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690030002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIKO EPSON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661650903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KERRY PROPERTIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648631901</x:t>
   </x:si>
   <x:si>
     <x:t>BSL</x:t>
   </x:si>
   <x:si>
-    <x:t>BLUESCOPE STEEL LTD COMMON STOCK</x:t>
+    <x:t>BLUESCOPE STEEL LTD</x:t>
   </x:si>
   <x:si>
     <x:t>653323907</x:t>
   </x:si>
   <x:si>
-    <x:t>IMO</x:t>
-[...212 lines deleted...]
-    <x:t>517617908</x:t>
+    <x:t>JAPANESE YEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999JPYZ94</x:t>
   </x:si>
   <x:si>
     <x:t>8253</x:t>
   </x:si>
   <x:si>
-    <x:t>CREDIT SAISON CO LTD COMMON STOCK</x:t>
+    <x:t>CREDIT SAISON CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>659180004</x:t>
   </x:si>
   <x:si>
-    <x:t>POUND STERLING</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>NEW ISRAELI SHEQEL</x:t>
   </x:si>
   <x:si>
     <x:t>999ILSZ93</x:t>
   </x:si>
   <x:si>
     <x:t>AUSTRALIAN DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
-    <x:t>EURO CURRENCY</x:t>
-[...2 lines deleted...]
-    <x:t>999EURZ94</x:t>
+    <x:t>JPY999999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HONG KONG DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HKD999999</x:t>
   </x:si>
   <x:si>
     <x:t>NORWEGIAN KRONE</x:t>
   </x:si>
   <x:si>
     <x:t>999NOKZ96</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
@@ -1946,58 +1949,58 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G179"/>
+  <x:dimension ref="A1:G180"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.780625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="53.480625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="32.120625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
@@ -2005,3950 +2008,3969 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>88159</x:v>
+        <x:v>91161</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>7168252.3</x:v>
+        <x:v>8329801.2</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>110716</x:v>
+        <x:v>105692</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>7027144.5</x:v>
+        <x:v>7691206.8</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>102142</x:v>
+        <x:v>128945</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>6779164.5</x:v>
+        <x:v>7690279.8</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>121306</x:v>
+        <x:v>335196</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>6378269.5</x:v>
+        <x:v>7585485.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>314903</x:v>
+        <x:v>114097</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>6370487.7</x:v>
+        <x:v>7501877.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>128324</x:v>
+        <x:v>134246</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5917019.6</x:v>
+        <x:v>6552547.3</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>76779</x:v>
+        <x:v>80322</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>5280859.6</x:v>
+        <x:v>6077162.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>41315</x:v>
+        <x:v>64942</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>5137933.4</x:v>
+        <x:v>5953225.7</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>13153</x:v>
+        <x:v>40122</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>5087273.3</x:v>
+        <x:v>5318973.5</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>62077</x:v>
+        <x:v>12443</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>5009925.7</x:v>
+        <x:v>4950945</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>93822</x:v>
+        <x:v>137291</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>4586957.6</x:v>
+        <x:v>4871084.7</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>131234</x:v>
+        <x:v>98151</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>4443583.2</x:v>
+        <x:v>4777990.7</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>185983</x:v>
+        <x:v>194566</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4285048.3</x:v>
+        <x:v>4486692</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>64802</x:v>
+        <x:v>74122</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3803229.4</x:v>
+        <x:v>4477710</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>128937</x:v>
+        <x:v>150200</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>3672125.8</x:v>
+        <x:v>4439128.8</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>143600</x:v>
+        <x:v>134889</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>3669874</x:v>
+        <x:v>4172116.8</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3490000</x:v>
+        <x:v>4058600</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>3380671</x:v>
+        <x:v>4048706.1</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>157000</x:v>
+        <x:v>35521</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>3124353.3</x:v>
+        <x:v>3474309</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>202986</x:v>
+        <x:v>164200</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>2775879.6</x:v>
+        <x:v>3353944.1</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>27963</x:v>
+        <x:v>212355</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>2742890.7</x:v>
+        <x:v>3245878</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>55622</x:v>
+        <x:v>58190</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>2725952.7</x:v>
+        <x:v>3209169.3</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>38562</x:v>
+        <x:v>224300</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>2516118.9</x:v>
+        <x:v>3129667.1</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>214400</x:v>
+        <x:v>40341</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>2388497.8</x:v>
+        <x:v>2921411.2</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>84839</x:v>
+        <x:v>92600</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>2362941.2</x:v>
+        <x:v>2920604</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>124565</x:v>
+        <x:v>88754</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>2345992.1</x:v>
+        <x:v>2837065</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>23841</x:v>
+        <x:v>24942</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>2319787.9</x:v>
+        <x:v>2814923.9</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>92381</x:v>
+        <x:v>130313</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>2251325</x:v>
+        <x:v>2422351</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>67900</x:v>
+        <x:v>18158</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>2161110.9</x:v>
+        <x:v>2391171.5</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>17357</x:v>
+        <x:v>85404</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>2081756.8</x:v>
+        <x:v>2326405</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>29356</x:v>
+        <x:v>70900</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>1983291.4</x:v>
+        <x:v>2301475.5</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>191969</x:v>
+        <x:v>231923</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>1974112</x:v>
+        <x:v>2219503.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>60300</x:v>
+        <x:v>188809</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>1893573.5</x:v>
+        <x:v>2134865.1</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>56800</x:v>
+        <x:v>27612</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>1874163.8</x:v>
+        <x:v>2070623.9</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>199011</x:v>
+        <x:v>63000</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>1848812.2</x:v>
+        <x:v>2000173.2</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>66600</x:v>
+        <x:v>69600</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>1702467.4</x:v>
+        <x:v>1988252.5</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>55400</x:v>
+        <x:v>59500</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>1673939.1</x:v>
+        <x:v>1971882.2</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>34164</x:v>
+        <x:v>15119</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>1664651.6</x:v>
+        <x:v>1927454.6</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>53361</x:v>
+        <x:v>48567</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>1655791.8</x:v>
+        <x:v>1801035.1</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>46425</x:v>
+        <x:v>49900</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>1596186.5</x:v>
+        <x:v>1727997.2</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>14453</x:v>
+        <x:v>31313</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>1561903</x:v>
+        <x:v>1663051.8</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>120500</x:v>
+        <x:v>49700</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>1528490.5</x:v>
+        <x:v>1659536.2</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>221500</x:v>
+        <x:v>228500</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>1520757.7</x:v>
+        <x:v>1626345</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>26371</x:v>
+        <x:v>137620</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>1483285.9</x:v>
+        <x:v>1621983.9</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>47800</x:v>
+        <x:v>126500</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>1437019.1</x:v>
+        <x:v>1613012.5</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>147328</x:v>
+        <x:v>27589</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>1391764.3</x:v>
+        <x:v>1529301.8</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
-      <x:c r="A51" s="3" t="s">
+      <x:c r="A51" s="3" t="s"/>
+      <x:c r="B51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="B51" s="3" t="s">
+      <x:c r="C51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="C51" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>15797</x:v>
+        <x:v>1481210.6</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>1261423.6</x:v>
+        <x:v>1481210.6</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>532752</x:v>
+        <x:v>96053</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>1227194.2</x:v>
+        <x:v>1399078.4</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="3" t="s">
+      <x:c r="A53" s="3" t="s"/>
+      <x:c r="B53" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="B53" s="3" t="s">
+      <x:c r="C53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C53" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>86800</x:v>
+        <x:v>-1380589.5</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>1211564</x:v>
+        <x:v>-1380589.5</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>91853</x:v>
+        <x:v>16526</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>1204610.4</x:v>
+        <x:v>1359931.5</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>28029</x:v>
+        <x:v>28783</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>1132978.9</x:v>
+        <x:v>1355927.5</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>42500</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>1101322.4</x:v>
+        <x:v>1355634.9</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>562</x:v>
+        <x:v>557340</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>1062881.1</x:v>
+        <x:v>1344245.4</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>279322</x:v>
+        <x:v>129300</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>1052833</x:v>
+        <x:v>1340861.2</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>34765</x:v>
+        <x:v>29322</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>1047602.2</x:v>
+        <x:v>1324180.1</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>68600</x:v>
+        <x:v>292213</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>1044447.9</x:v>
+        <x:v>1183042.3</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>107400</x:v>
+        <x:v>48142</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>991610.1</x:v>
+        <x:v>1144344.3</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>46018</x:v>
+        <x:v>20901</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>968342.7</x:v>
+        <x:v>1083925.9</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>30362</x:v>
+        <x:v>71900</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>940671.7</x:v>
+        <x:v>1069874.6</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>53400</x:v>
+        <x:v>22842</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>921496.2</x:v>
+        <x:v>994808.1</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>840500</x:v>
+        <x:v>879500</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>918768</x:v>
+        <x:v>985301.2</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>19980</x:v>
+        <x:v>24085</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>912087</x:v>
+        <x:v>973034</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>9960</x:v>
+        <x:v>55800</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>826281.6</x:v>
+        <x:v>958100.5</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>21834</x:v>
+        <x:v>35400</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>822420.3</x:v>
+        <x:v>951601.1</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>49041</x:v>
+        <x:v>28027</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>813590.2</x:v>
+        <x:v>934283.7</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>11959</x:v>
+        <x:v>62200</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>791473.7</x:v>
+        <x:v>924620.6</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>19893</x:v>
+        <x:v>39848</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>788160.7</x:v>
+        <x:v>910057.9</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>112800</x:v>
+        <x:v>65089</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>782264.3</x:v>
+        <x:v>876399.8</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>62218</x:v>
+        <x:v>51303</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>745809.4</x:v>
+        <x:v>832134.7</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>32059</x:v>
+        <x:v>23764</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>735328.7</x:v>
+        <x:v>804258.1</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>55700</x:v>
+        <x:v>33538</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>727651.6</x:v>
+        <x:v>800003.9</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
-      <x:c r="A76" s="3" t="s"/>
+      <x:c r="A76" s="3" t="s">
+        <x:v>220</x:v>
+      </x:c>
       <x:c r="B76" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>723578.5</x:v>
+        <x:v>18910</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>723578.5</x:v>
+        <x:v>790605.3</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>24292</x:v>
+        <x:v>97700</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>718379.1</x:v>
+        <x:v>754624.1</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>135000</x:v>
+        <x:v>53600</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>691556.3</x:v>
+        <x:v>730862.2</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>47600</x:v>
+        <x:v>64696</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>686949.6</x:v>
+        <x:v>729336.9</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>10053</x:v>
+        <x:v>141000</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>637230.4</x:v>
+        <x:v>724233.5</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>9490</x:v>
+        <x:v>10518</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>636054.6</x:v>
+        <x:v>714164.6</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>61843</x:v>
+        <x:v>25414</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>634663.8</x:v>
+        <x:v>706689.2</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>7812</x:v>
+        <x:v>31400</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>634339.4</x:v>
+        <x:v>696972</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>29900</x:v>
+        <x:v>7451</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>626337</x:v>
+        <x:v>691899.9</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>54300</x:v>
+        <x:v>49000</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>601475.9</x:v>
+        <x:v>684327.7</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>32100</x:v>
+        <x:v>9928</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>600798.9</x:v>
+        <x:v>670715.5</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>13468</x:v>
+        <x:v>33600</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>586466.9</x:v>
+        <x:v>668206.3</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>18337</x:v>
+        <x:v>14089</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>580373.1</x:v>
+        <x:v>667848.2</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>26787</x:v>
+        <x:v>23580</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>564078.5</x:v>
+        <x:v>667538.4</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>34100</x:v>
+        <x:v>8645</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>551215</x:v>
+        <x:v>645233.3</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1362</x:v>
+        <x:v>28023</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>545374.4</x:v>
+        <x:v>644006.8</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>24573</x:v>
+        <x:v>56700</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>542665.4</x:v>
+        <x:v>641094.1</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>36158</x:v>
+        <x:v>40300</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>535324.3</x:v>
+        <x:v>629784.5</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>106754</x:v>
+        <x:v>37826</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>533532.8</x:v>
+        <x:v>629204.1</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>8053</x:v>
+        <x:v>8425</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>530692.7</x:v>
+        <x:v>609633</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>11444</x:v>
+        <x:v>19183</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>522601.7</x:v>
+        <x:v>597877.7</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>18873</x:v>
+        <x:v>35600</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>517740.9</x:v>
+        <x:v>584654.9</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>18300</x:v>
+        <x:v>1425</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>512286.2</x:v>
+        <x:v>583816.9</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>49224</x:v>
+        <x:v>111680</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>502816.5</x:v>
+        <x:v>574098.1</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>12100</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>500406.3</x:v>
+        <x:v>557949.1</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>34400</x:v>
+        <x:v>73969</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>498525.4</x:v>
+        <x:v>557130.8</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>11048</x:v>
+        <x:v>51495</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>476060</x:v>
+        <x:v>555043.2</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>40313</x:v>
+        <x:v>19743</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>473243.5</x:v>
+        <x:v>550464</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>6356</x:v>
+        <x:v>35900</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>472522</x:v>
+        <x:v>531084.2</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>22400</x:v>
+        <x:v>17900</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>471930.7</x:v>
+        <x:v>528801</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>36600</x:v>
+        <x:v>23300</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>469072.9</x:v>
+        <x:v>525699.9</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>11393</x:v>
+        <x:v>6149</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>458160.4</x:v>
+        <x:v>518274.9</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>70705</x:v>
+        <x:v>15900</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>455132.4</x:v>
+        <x:v>512047.7</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>16700</x:v>
+        <x:v>6650</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>446612.5</x:v>
+        <x:v>510150.7</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>231</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>439195.4</x:v>
+        <x:v>507936</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>45212</x:v>
+        <x:v>56000</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>429397.4</x:v>
+        <x:v>502052.9</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>15300</x:v>
+        <x:v>47300</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>426071</x:v>
+        <x:v>490290.1</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>395222</x:v>
+        <x:v>17600</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>397474.1</x:v>
+        <x:v>489453.4</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>29883</x:v>
+        <x:v>11918</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>395854.7</x:v>
+        <x:v>483793.1</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>16000</x:v>
+        <x:v>413462</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>379039.6</x:v>
+        <x:v>457856.7</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>13997</x:v>
+        <x:v>15400</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>375488</x:v>
+        <x:v>451982.3</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>12400</x:v>
+        <x:v>31263</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>351609.5</x:v>
+        <x:v>408968</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B118" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="B118" s="3" t="s">
+      <x:c r="C118" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="C118" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>83960</x:v>
+        <x:v>4034</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>350921.5</x:v>
+        <x:v>384773.1</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="B119" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="B119" s="3" t="s">
+      <x:c r="C119" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C119" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>25326</x:v>
+        <x:v>87836</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>342407.3</x:v>
+        <x:v>377798.3</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="B120" s="3" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="B120" s="3" t="s">
+      <x:c r="C120" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="C120" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>11100</x:v>
+        <x:v>35700</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>339197</x:v>
+        <x:v>368611.4</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="B121" s="3" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="B121" s="3" t="s">
+      <x:c r="C121" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C121" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>34200</x:v>
+        <x:v>7331</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>329875.3</x:v>
+        <x:v>362156.8</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>3857</x:v>
+        <x:v>11700</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>328403.2</x:v>
+        <x:v>359376.4</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>7007</x:v>
+        <x:v>4912</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>327666.1</x:v>
+        <x:v>354044.6</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>22380</x:v>
+        <x:v>22488</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>325019.3</x:v>
+        <x:v>346562.5</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>442</x:v>
+        <x:v>7900</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>316086.3</x:v>
+        <x:v>345130.9</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>4696</x:v>
+        <x:v>23412</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>313281.7</x:v>
+        <x:v>340106.5</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>16800</x:v>
+        <x:v>17700</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>309691.2</x:v>
+        <x:v>333720.2</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>37000</x:v>
+        <x:v>4390</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>305211.5</x:v>
+        <x:v>326523.3</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>116392</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>300129.9</x:v>
+        <x:v>323902.3</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>8098</x:v>
+        <x:v>121765</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>298962.4</x:v>
+        <x:v>316876.4</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>21495</x:v>
+        <x:v>15316</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>292728</x:v>
+        <x:v>307718.4</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>4195</x:v>
+        <x:v>21800</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>287944.8</x:v>
+        <x:v>306693.6</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>43596</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>283704.3</x:v>
+        <x:v>303520.7</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>7514</x:v>
+        <x:v>7862</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>272290.3</x:v>
+        <x:v>292381.2</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>14641</x:v>
+        <x:v>19100</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>269750.2</x:v>
+        <x:v>288007.1</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>18200</x:v>
+        <x:v>8473</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>257689.4</x:v>
+        <x:v>283407.8</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>14350</x:v>
+        <x:v>14812</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>249006.8</x:v>
+        <x:v>277873.1</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>20900</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>245039.5</x:v>
+        <x:v>276957.5</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>3403</x:v>
+        <x:v>6104</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>238946.3</x:v>
+        <x:v>269121.3</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>14158</x:v>
+        <x:v>3559</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>237146.5</x:v>
+        <x:v>264044</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>138</x:v>
+        <x:v>3821</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>232029.3</x:v>
+        <x:v>238402.9</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>5834</x:v>
+        <x:v>4623</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>229653.1</x:v>
+        <x:v>233199.3</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>3653</x:v>
+        <x:v>9400</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>217890.6</x:v>
+        <x:v>233010</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>4419</x:v>
+        <x:v>1318</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>214614.4</x:v>
+        <x:v>228366.8</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>13458</x:v>
+        <x:v>16228</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>196270.1</x:v>
+        <x:v>228219.7</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>1949</x:v>
+        <x:v>42365</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>191009.3</x:v>
+        <x:v>213667</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>1261</x:v>
+        <x:v>5946</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>184658</x:v>
+        <x:v>205841.6</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>4563</x:v>
+        <x:v>85868</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>183918.1</x:v>
+        <x:v>203901</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>82079</x:v>
+        <x:v>1966</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>181432.6</x:v>
+        <x:v>200555.5</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>1879</x:v>
+        <x:v>7900</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>168169.3</x:v>
+        <x:v>188377.6</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>3726</x:v>
+        <x:v>2039</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>166440.4</x:v>
+        <x:v>187364.4</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>12000</x:v>
+        <x:v>3404</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>158745.7</x:v>
+        <x:v>178612.7</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>2900</x:v>
+        <x:v>12600</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>153380.5</x:v>
+        <x:v>173504.6</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>15607</x:v>
+        <x:v>2900</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>146658.6</x:v>
+        <x:v>173241</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>20064</x:v>
+        <x:v>3897</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>136673.7</x:v>
+        <x:v>172909.9</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>2266</x:v>
+        <x:v>16327</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>134507.2</x:v>
+        <x:v>170980.6</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>234969</x:v>
+        <x:v>11868</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>132650.2</x:v>
+        <x:v>149837.1</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>7900</x:v>
+        <x:v>2371</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>125770.2</x:v>
+        <x:v>144315</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>7879</x:v>
+        <x:v>8200</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>119510.3</x:v>
+        <x:v>143663.1</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>25667</x:v>
+        <x:v>20991</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>116943.6</x:v>
+        <x:v>143041</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>1944</x:v>
+        <x:v>245814</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>111539.7</x:v>
+        <x:v>141972.1</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>2981</x:v>
+        <x:v>26852</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>108437</x:v>
+        <x:v>138046.4</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>3822</x:v>
+        <x:v>8242</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>107194.3</x:v>
+        <x:v>128197.6</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="3" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>13900</x:v>
+        <x:v>2034</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>97896</x:v>
+        <x:v>126668.2</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>2600</x:v>
+        <x:v>3999</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>95955.8</x:v>
+        <x:v>125394.5</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>16855</x:v>
+        <x:v>14500</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>90696.1</x:v>
+        <x:v>110415.1</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>7600</x:v>
+        <x:v>7900</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>90287.2</x:v>
+        <x:v>101258.7</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="3" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B168" s="3" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>32500</x:v>
+        <x:v>33500</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>87501</x:v>
+        <x:v>89004.5</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>4683</x:v>
+        <x:v>4541</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>73731.5</x:v>
+        <x:v>72400.1</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
-      <x:c r="A170" s="3" t="s">
+      <x:c r="A170" s="3" t="s"/>
+      <x:c r="B170" s="3" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="B170" s="3" t="s">
+      <x:c r="C170" s="3" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C170" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>1700</x:v>
+        <x:v>10677517</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>40100.3</x:v>
+        <x:v>68498.3</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
-      <x:c r="A171" s="3" t="s"/>
+      <x:c r="A171" s="3" t="s">
+        <x:v>503</x:v>
+      </x:c>
       <x:c r="B171" s="3" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>9634.5</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>12591.8</x:v>
+        <x:v>45848.1</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
-        <x:v>506</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="3" t="s"/>
       <x:c r="B172" s="3" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="C172" s="3" t="s">
         <x:v>507</x:v>
       </x:c>
-      <x:c r="C172" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D172" s="4" t="n">
-        <x:v>26471.1</x:v>
+        <x:v>28925.6</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
-        <x:v>8061.1</x:v>
+        <x:v>8983.1</x:v>
       </x:c>
       <x:c r="G172" s="3" t="s">
-        <x:v>506</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="3" t="s"/>
       <x:c r="B173" s="3" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C173" s="3" t="s">
         <x:v>509</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>510</x:v>
       </x:c>
       <x:c r="D173" s="4" t="n">
         <x:v>7472.1</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F173" s="4" t="n">
-        <x:v>4815.4</x:v>
+        <x:v>4970.1</x:v>
       </x:c>
       <x:c r="G173" s="3" t="s">
-        <x:v>506</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="3" t="s"/>
       <x:c r="B174" s="3" t="s">
-        <x:v>511</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C174" s="3" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D174" s="4" t="n">
-        <x:v>171.7</x:v>
+        <x:v>-10677517</x:v>
       </x:c>
       <x:c r="E174" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F174" s="4" t="n">
-        <x:v>197.9</x:v>
+        <x:v>279.3</x:v>
       </x:c>
       <x:c r="G174" s="3" t="s">
-        <x:v>506</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="3" t="s"/>
       <x:c r="B175" s="3" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="C175" s="3" t="s">
         <x:v>513</x:v>
       </x:c>
-      <x:c r="C175" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D175" s="4" t="n">
-        <x:v>32.2</x:v>
+        <x:v>597006.7</x:v>
       </x:c>
       <x:c r="E175" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F175" s="4" t="n">
+        <x:v>20.9</x:v>
+      </x:c>
+      <x:c r="G175" s="3" t="s">
+        <x:v>511</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:7">
+      <x:c r="A176" s="3" t="s"/>
+      <x:c r="B176" s="3" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="C176" s="3" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="D176" s="4" t="n">
+        <x:v>32.2</x:v>
+      </x:c>
+      <x:c r="E176" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F176" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
-      <x:c r="G175" s="3" t="s">
-[...5 lines deleted...]
-        <x:v>515</x:v>
+      <x:c r="G176" s="3" t="s">
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="3" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
-      <x:c r="A179" s="1" t="s">
+      <x:c r="A179" s="3" t="s">
         <x:v>517</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:7">
+      <x:c r="A180" s="1" t="s">
+        <x:v>518</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>