--- v3 (2025-12-15)
+++ v4 (2026-02-04)
@@ -1,1599 +1,1554 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb412e24e8b4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcd8d4ed11a4463497dca114e1906195.psmdcp" Id="R3d59a496e0664d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00affb778370468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd5e841bc4d0495198e3c5ba58a6fed0.psmdcp" Id="R8880885c9be84266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="519" uniqueCount="519">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="504" uniqueCount="504">
   <x:si>
     <x:t>Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/15/2025 (%)</x:t>
+    <x:t>As of 02/03/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>BHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP GROUP LTD SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>088606108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
     <x:t>TD</x:t>
   </x:si>
   <x:si>
     <x:t>TORONTO DOMINION BANK</x:t>
   </x:si>
   <x:si>
     <x:t>891160954</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
+    <x:t>BBVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO BILBAO VIZCAYA SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05946K101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOTALENERGIES SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F92124100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP PARIBAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730968906</x:t>
   </x:si>
   <x:si>
     <x:t>BNS</x:t>
   </x:si>
   <x:si>
     <x:t>BANK OF NOVA SCOTIA</x:t>
   </x:si>
   <x:si>
     <x:t>064149107</x:t>
   </x:si>
   <x:si>
-    <x:t>BHP</x:t>
-[...23 lines deleted...]
-    <x:t>F92124100</x:t>
+    <x:t>RIO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO TINTO PLC SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>767204100</x:t>
   </x:si>
   <x:si>
     <x:t>GSK</x:t>
   </x:si>
   <x:si>
     <x:t>GSK PLC SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>37733W204</x:t>
   </x:si>
   <x:si>
-    <x:t>RIO</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>NVS</x:t>
   </x:si>
   <x:si>
     <x:t>NOVARTIS AG SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>66987V109</x:t>
   </x:si>
   <x:si>
+    <x:t>EQNR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQUINOR ASA SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29446M102</x:t>
+  </x:si>
+  <x:si>
     <x:t>ROG</x:t>
   </x:si>
   <x:si>
     <x:t>ROCHE HOLDING AG GENUSSCHEIN</x:t>
   </x:si>
   <x:si>
     <x:t>711038901</x:t>
   </x:si>
   <x:si>
+    <x:t>SNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANOFI ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80105N105</x:t>
+  </x:si>
+  <x:si>
     <x:t>MFC</x:t>
   </x:si>
   <x:si>
     <x:t>MANULIFE FINANCIAL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>56501R106</x:t>
   </x:si>
   <x:si>
-    <x:t>SNY</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SLF</x:t>
   </x:si>
   <x:si>
     <x:t>SUN LIFE FINANCIAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>866796105</x:t>
   </x:si>
   <x:si>
+    <x:t>HMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HONDA MOTOR CO LTD SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438128308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTT INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664137007</x:t>
+  </x:si>
+  <x:si>
     <x:t>8031</x:t>
   </x:si>
   <x:si>
     <x:t>MITSUI + CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>659730006</x:t>
   </x:si>
   <x:si>
-    <x:t>HMC</x:t>
-[...14 lines deleted...]
-    <x:t>664137007</x:t>
+    <x:t>1605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INPEX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B10RB1904</x:t>
   </x:si>
   <x:si>
     <x:t>NSRGY</x:t>
   </x:si>
   <x:si>
     <x:t>NESTLE SA SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>641069406</x:t>
   </x:si>
   <x:si>
-    <x:t>1605</x:t>
-[...5 lines deleted...]
-    <x:t>B10RB1904</x:t>
+    <x:t>DTEGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE TELEKOM AG SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251566105</x:t>
   </x:si>
   <x:si>
     <x:t>FMG</x:t>
   </x:si>
   <x:si>
     <x:t>FORTESCUE LTD</x:t>
   </x:si>
   <x:si>
     <x:t>608625901</x:t>
   </x:si>
   <x:si>
     <x:t>DHL</x:t>
   </x:si>
   <x:si>
     <x:t>DHL GROUP</x:t>
   </x:si>
   <x:si>
     <x:t>461785909</x:t>
   </x:si>
   <x:si>
+    <x:t>BMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF MONTREAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>063671952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLV B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLVO AB B SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1QH83908</x:t>
+  </x:si>
+  <x:si>
     <x:t>6752</x:t>
   </x:si>
   <x:si>
     <x:t>PANASONIC HOLDINGS CORP</x:t>
   </x:si>
   <x:si>
     <x:t>657270005</x:t>
   </x:si>
   <x:si>
+    <x:t>6301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOMATSU LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649658002</x:t>
+  </x:si>
+  <x:si>
     <x:t>MBG</x:t>
   </x:si>
   <x:si>
     <x:t>MERCEDES BENZ GROUP AG</x:t>
   </x:si>
   <x:si>
     <x:t>552902900</x:t>
   </x:si>
   <x:si>
-    <x:t>DTEGY</x:t>
-[...14 lines deleted...]
-    <x:t>B1QH83908</x:t>
+    <x:t>ING</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ING GROEP N.V. SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>456837103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERICSSON (LM) TEL SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294821608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REPSOL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566935904</x:t>
   </x:si>
   <x:si>
     <x:t>BMW</x:t>
   </x:si>
   <x:si>
     <x:t>BAYERISCHE MOTOREN WERKE AG</x:t>
   </x:si>
   <x:si>
     <x:t>575602909</x:t>
   </x:si>
   <x:si>
-    <x:t>REP</x:t>
-[...41 lines deleted...]
-    <x:t>294821608</x:t>
+    <x:t>HSBC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSBC HOLDINGS PLC SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404280406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABN AMRO BANK NV CVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYQP13905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIPPON YUSEN KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664396009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685894008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORIX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666114004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIWA HOUSE INDUSTRY CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625136007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN HUNG KAI PROPERTIES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685992000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK HUTCHISON HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW9P81905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLKSWAGEN AG PREF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549716900</x:t>
   </x:si>
   <x:si>
     <x:t>SAN</x:t>
   </x:si>
   <x:si>
     <x:t>BANCO SANTANDER SA</x:t>
   </x:si>
   <x:si>
     <x:t>570594903</x:t>
   </x:si>
   <x:si>
-    <x:t>HSBC</x:t>
-[...41 lines deleted...]
-    <x:t>549716900</x:t>
+    <x:t>OMV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>465145001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSK B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425304003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JAPAN POST HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYT814908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KUBOTA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649750007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK HAPOALIM BM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607580909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIMLER TRUCK HOLDING AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI223RB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309135903</x:t>
   </x:si>
   <x:si>
     <x:t>DBK</x:t>
   </x:si>
   <x:si>
     <x:t>DEUTSCHE BANK AG REGISTERED</x:t>
   </x:si>
   <x:si>
     <x:t>575035902</x:t>
   </x:si>
   <x:si>
-    <x:t>8053</x:t>
-[...5 lines deleted...]
-    <x:t>685894008</x:t>
+    <x:t>HEN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HENKEL AG + CO KGAA VOR PREF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>507670909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINGFISHER PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331952903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TENARIS SA ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88031M109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRESENIUS MEDICAL CARE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>512907908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3I GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1YW44908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOYOTA TSUSHO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690058003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIFFEISEN BANK INTERNATIONA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0704T905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHIONOGI + CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680468006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWED A_SEK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWEDBANK AB   A SHARES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>484652904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOODSIDE ENERGY GROUP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>980228308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED OVERSEAS BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691678007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STELLANTIS NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMD8KX906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WH GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLLHKZ904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OVERSEA CHINESE BANKING CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0F9V2906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDC5ST904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DENSO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664038007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIPOL ASSICURAZIONI SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI01TKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK ASSET HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYZQ07905</x:t>
   </x:si>
   <x:si>
     <x:t>POW</x:t>
   </x:si>
   <x:si>
     <x:t>POWER CORP OF CANADA</x:t>
   </x:si>
   <x:si>
     <x:t>739239952</x:t>
   </x:si>
   <x:si>
-    <x:t>8015</x:t>
-[...59 lines deleted...]
-    <x:t>649750007</x:t>
+    <x:t>DSCT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRAEL DISCOUNT BANK A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645127903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIGHT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIGNIFY NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYY7VY905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADECCO GROUP AG REG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>711072900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAMAHA MOTOR CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>698526001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONO PHARMACEUTICAL CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666010004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIRIN HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649374006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAGNA INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559222401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI HOUSE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679390005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGEAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B86S2N903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAN IMPERIAL BK OF COMMERCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136069101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHRODERS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP9LHF908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY AKTIEBOLAG B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0V9407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK LEUMI LE ISRAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607642907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCC PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>024249906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDZNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANDOZ GROUP AG ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>799926100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDING AG BR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710891904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KONINKLIJKE AHOLD DELHAIZE N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD0Q39902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISUZU MOTORS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>646710004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMET OYJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BH6XZT903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>708842901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI CHEMICAL CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679382002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARREFOUR SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>564156909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HITACHI CONSTRUCTION MACHINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>642940001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSK A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425305000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB AB   B SHARES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B17H3F907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORKLA ASA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VQF4902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI GROUP HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605440007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAITO TRUST CONSTRUCT CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625050000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HENKEL AG + CO KGAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500246905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A5G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIB GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF0L35906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOJITZ CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659414908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI KASEI CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605460005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSOCIATED BRITISH FOODS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>067312900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROTHER INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>614650000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOYO TIRE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690018007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUBARU CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635640006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUZUKI MOTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>686550005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339864902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRFHF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAIRFAX FINANCIAL HLDGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>303901102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAREX RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69946Q997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IG GROUP HOLDINGS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B06QFB906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO TINTO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>622010007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCA COLA HBC AG DI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B9895B904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNTORY BEVERAGE + FOOD LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0690K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINSBURY (J) PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B019KW907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449586957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MITSUI OSK LINES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659758007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCMN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWISSCOM AG REG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553397902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO FORESTRY CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685886004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABERDEEN GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF8Q6K901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOSOH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690028006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO BPM SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYMD5K904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXOR NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMJ182907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MZTF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIZRAHI TEFAHOT BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691670004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS GROUP GMBH + CO KGAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI11F2W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOCIETE GENERALE SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>596651901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREDIT AGRICOLE SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726261902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM INTEGRATED SHIPPING SERV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M9T951109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELEPERFORMANCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>599933900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTESA SANPAOLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407683002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BERKELEY GROUP HOLDINGS/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP0RGD900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF IRELAND GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD1RP6901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIKO EPSON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661650903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMP.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMPIRE CO LTD  A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291843951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NN GROUP NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNG8PQ901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURIZON HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B87CVM907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYERISCHE MOTOREN WERKE PRF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575603907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAX GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VNSX901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVE B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVESTOR AB B SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMV7PQ908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645553900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NITERRA CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661960005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAPGEMINI SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416343002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNCOR ENERGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>867224107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MS+AD INSURANCE GROUP HOLDIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2Q4CS905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLUNB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H LUNDBECK A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMGTJT908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAWASAKI KISEN KAISHA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648468007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALIMENTATION COUCHE TARD INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01626P973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELECOM ITALIA SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>763439908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARKEMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0Z5YZ906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAZDA MOTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690030002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUSSEL METALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>781903950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUSQ B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUSQVARNA AB B SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B12PJ2906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BZU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUZZI SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>578220907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RENESAS ELECTRONICS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663567907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVONIK INDUSTRIES AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0559Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTSUKA HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B5LTM9909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KERRY PROPERTIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648631901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JDE PEET S NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI1MNCX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAI NIPPON PRINTING CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625090006</x:t>
   </x:si>
   <x:si>
     <x:t>US DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>HEN3</x:t>
-[...1045 lines deleted...]
-  <x:si>
     <x:t>8253</x:t>
   </x:si>
   <x:si>
     <x:t>CREDIT SAISON CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>659180004</x:t>
   </x:si>
   <x:si>
+    <x:t>CANADIAN DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999CADZ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUSTRALIAN DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999AUDZ93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EURO CURRENCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999EURZ94</x:t>
+  </x:si>
+  <x:si>
     <x:t>NEW ISRAELI SHEQEL</x:t>
   </x:si>
   <x:si>
     <x:t>999ILSZ93</x:t>
   </x:si>
   <x:si>
-    <x:t>AUSTRALIAN DOLLAR</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>HONG KONG DOLLAR</x:t>
   </x:si>
   <x:si>
-    <x:t>HKD999999</x:t>
+    <x:t>999HKDZ99</x:t>
   </x:si>
   <x:si>
     <x:t>NORWEGIAN KRONE</x:t>
   </x:si>
   <x:si>
     <x:t>999NOKZ96</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
@@ -1949,51 +1904,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G180"/>
+  <x:dimension ref="A1:G175"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.120625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -2008,3969 +1963,3854 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>91161</x:v>
+        <x:v>192923</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>8329801.2</x:v>
+        <x:v>13386927</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>105692</x:v>
+        <x:v>136915</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>7691206.8</x:v>
+        <x:v>12933948.7</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>128945</x:v>
+        <x:v>496280</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>7690279.8</x:v>
+        <x:v>12868540.4</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>335196</x:v>
+        <x:v>168921</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>7585485.5</x:v>
+        <x:v>12142041.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>114097</x:v>
+        <x:v>107502</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>7501877.8</x:v>
+        <x:v>11710670.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>134246</x:v>
+        <x:v>153463</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6552547.3</x:v>
+        <x:v>11540417.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>80322</x:v>
+        <x:v>117756</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>6077162.5</x:v>
+        <x:v>10894785.1</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>64942</x:v>
+        <x:v>207036</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>5953225.7</x:v>
+        <x:v>10863178.9</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>40122</x:v>
+        <x:v>61690</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>5318973.5</x:v>
+        <x:v>9317657.6</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>12443</x:v>
+        <x:v>318096</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>4950945</x:v>
+        <x:v>8254591.2</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>137291</x:v>
+        <x:v>17427</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>4871084.7</x:v>
+        <x:v>7925936.9</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>98151</x:v>
+        <x:v>155101</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>4777990.7</x:v>
+        <x:v>7331624.3</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>194566</x:v>
+        <x:v>190995</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4486692</x:v>
+        <x:v>7330388.1</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>74122</x:v>
+        <x:v>114199</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4477710</x:v>
+        <x:v>7276760.3</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>150200</x:v>
+        <x:v>216683</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>4439128.8</x:v>
+        <x:v>6658668.6</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>134889</x:v>
+        <x:v>6253200</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>4172116.8</x:v>
+        <x:v>6279532.2</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>4058600</x:v>
+        <x:v>197200</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>4048706.1</x:v>
+        <x:v>6278147.2</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>35521</x:v>
+        <x:v>248200</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>3474309</x:v>
+        <x:v>5335952.9</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>164200</x:v>
+        <x:v>51014</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>3353944.1</x:v>
+        <x:v>4960601.4</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>212355</x:v>
+        <x:v>143486</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>3245878</x:v>
+        <x:v>4867045.1</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>58190</x:v>
+        <x:v>321660</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>3209169.3</x:v>
+        <x:v>4735890.7</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>224300</x:v>
+        <x:v>83343</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>3129667.1</x:v>
+        <x:v>4675085.2</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>40341</x:v>
+        <x:v>33575</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>2921411.2</x:v>
+        <x:v>4649790.6</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>92600</x:v>
+        <x:v>123303</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>2920604</x:v>
+        <x:v>4543856.8</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>88754</x:v>
+        <x:v>339800</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>2837065</x:v>
+        <x:v>4519889.4</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>24942</x:v>
+        <x:v>110300</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>2814923.9</x:v>
+        <x:v>4405759.8</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>130313</x:v>
+        <x:v>61096</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>2422351</x:v>
+        <x:v>4208831.9</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>18158</x:v>
+        <x:v>129364</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>2391171.5</x:v>
+        <x:v>3926197.4</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>85404</x:v>
+        <x:v>351308</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>2326405</x:v>
+        <x:v>3843309.5</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>70900</x:v>
+        <x:v>195627</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>2301475.5</x:v>
+        <x:v>3773977.8</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>231923</x:v>
+        <x:v>35571</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>2219503.1</x:v>
+        <x:v>3691186.6</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>188809</x:v>
+        <x:v>39008</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>2134865.1</x:v>
+        <x:v>3495116.8</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
-      <x:c r="A38" s="3" t="s">
+      <x:c r="A38" s="3" t="s"/>
+      <x:c r="B38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="B38" s="3" t="s">
+      <x:c r="C38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C38" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>27612</x:v>
+        <x:v>3327996.5</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>2070623.9</x:v>
+        <x:v>3327996.5</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>63000</x:v>
+        <x:v>89379</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>2000173.2</x:v>
+        <x:v>3319963.4</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>69600</x:v>
+        <x:v>95700</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>1988252.5</x:v>
+        <x:v>3148880.4</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>59500</x:v>
+        <x:v>80200</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>1971882.2</x:v>
+        <x:v>3123028.1</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>15119</x:v>
+        <x:v>104600</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>1927454.6</x:v>
+        <x:v>3114228</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>48567</x:v>
+        <x:v>91100</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>1801035.1</x:v>
+        <x:v>3087133</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>49900</x:v>
+        <x:v>196500</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>1727997.2</x:v>
+        <x:v>3026773.5</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>31313</x:v>
+        <x:v>357500</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>1663051.8</x:v>
+        <x:v>2815158.9</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>49700</x:v>
+        <x:v>22889</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>1659536.2</x:v>
+        <x:v>2773293.9</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>228500</x:v>
+        <x:v>204176</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>1626345</x:v>
+        <x:v>2659963.1</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>137620</x:v>
+        <x:v>41799</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>1621983.9</x:v>
+        <x:v>2446723.6</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>126500</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>1613012.5</x:v>
+        <x:v>2316109.4</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>27589</x:v>
+        <x:v>195800</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>1529301.8</x:v>
+        <x:v>2314303.3</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
-      <x:c r="A51" s="3" t="s"/>
+      <x:c r="A51" s="3" t="s">
+        <x:v>145</x:v>
+      </x:c>
       <x:c r="B51" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1481210.6</x:v>
+        <x:v>152753</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>1481210.6</x:v>
+        <x:v>2302907.7</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>96053</x:v>
+        <x:v>91453</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>1399078.4</x:v>
+        <x:v>2301681.4</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="3" t="s"/>
+      <x:c r="A53" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1380589.5</x:v>
+        <x:v>46248</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>-1380589.5</x:v>
+        <x:v>2256683.7</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>16526</x:v>
+        <x:v>844200</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>1359931.5</x:v>
+        <x:v>2222076.9</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>28783</x:v>
+        <x:v>55740</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>1355927.5</x:v>
+        <x:v>2197634.9</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>589</x:v>
+        <x:v>25031</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>1355634.9</x:v>
+        <x:v>2184814.3</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>557340</x:v>
+        <x:v>461829</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>1344245.4</x:v>
+        <x:v>2147833.4</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>129300</x:v>
+        <x:v>45597</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>1340861.2</x:v>
+        <x:v>2036818</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>29322</x:v>
+        <x:v>44603</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>1324180.1</x:v>
+        <x:v>2003901.2</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>292213</x:v>
+        <x:v>43336</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>1183042.3</x:v>
+        <x:v>1973974.7</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>48142</x:v>
+        <x:v>52600</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>1144344.3</x:v>
+        <x:v>1882230.9</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>20901</x:v>
+        <x:v>34602</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>1083925.9</x:v>
+        <x:v>1770835.3</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>71900</x:v>
+        <x:v>83800</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>1069874.6</x:v>
+        <x:v>1733161.5</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>22842</x:v>
+        <x:v>42447</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>994808.1</x:v>
+        <x:v>1671689.7</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>879500</x:v>
+        <x:v>93832</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>985301.2</x:v>
+        <x:v>1616725.4</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>24085</x:v>
+        <x:v>53400</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>973034</x:v>
+        <x:v>1611822</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>55800</x:v>
+        <x:v>158099</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>958100.5</x:v>
+        <x:v>1567132.6</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>35400</x:v>
+        <x:v>1334500</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>951601.1</x:v>
+        <x:v>1563476.7</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>28027</x:v>
+        <x:v>93700</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>934283.7</x:v>
+        <x:v>1554056</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>62200</x:v>
+        <x:v>98584</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>924620.6</x:v>
+        <x:v>1413021.1</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>39848</x:v>
+        <x:v>101200</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>910057.9</x:v>
+        <x:v>1400775.3</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>65089</x:v>
+        <x:v>60358</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>876399.8</x:v>
+        <x:v>1373660.5</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>51303</x:v>
+        <x:v>222000</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>832134.7</x:v>
+        <x:v>1267767.4</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>23764</x:v>
+        <x:v>23964</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>804258.1</x:v>
+        <x:v>1212528.5</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>33538</x:v>
+        <x:v>97981</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>800003.9</x:v>
+        <x:v>1174455.8</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>18910</x:v>
+        <x:v>52832</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>790605.3</x:v>
+        <x:v>1164377</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>97700</x:v>
+        <x:v>38504</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>754624.1</x:v>
+        <x:v>1146055.3</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>53600</x:v>
+        <x:v>150900</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>730862.2</x:v>
+        <x:v>1130209.9</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>64696</x:v>
+        <x:v>73500</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>729336.9</x:v>
+        <x:v>1125335.1</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>141000</x:v>
+        <x:v>74300</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>724233.5</x:v>
+        <x:v>1117521.3</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>10518</x:v>
+        <x:v>21717</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>714164.6</x:v>
+        <x:v>1115602.3</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>25414</x:v>
+        <x:v>48900</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>706689.2</x:v>
+        <x:v>1083662.6</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>31400</x:v>
+        <x:v>15038</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>696972</x:v>
+        <x:v>1082587.5</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>7451</x:v>
+        <x:v>11301</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>691899.9</x:v>
+        <x:v>1070769.8</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>49000</x:v>
+        <x:v>169150</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>684327.7</x:v>
+        <x:v>1053205.6</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>9928</x:v>
+        <x:v>35725</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>670715.5</x:v>
+        <x:v>1041570.8</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>33600</x:v>
+        <x:v>42443</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>668206.3</x:v>
+        <x:v>1030786</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>14089</x:v>
+        <x:v>15943</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>667848.2</x:v>
+        <x:v>1013165.6</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>23580</x:v>
+        <x:v>12765</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>667538.4</x:v>
+        <x:v>1005754.4</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>8645</x:v>
+        <x:v>2160</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>645233.3</x:v>
+        <x:v>1003723.1</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>28023</x:v>
+        <x:v>25453</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>644006.8</x:v>
+        <x:v>1003673.6</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>56700</x:v>
+        <x:v>61300</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>641094.1</x:v>
+        <x:v>998250.7</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>40300</x:v>
+        <x:v>29053</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>629784.5</x:v>
+        <x:v>990093.2</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>37826</x:v>
+        <x:v>21512</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>629204.1</x:v>
+        <x:v>987534.9</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>8425</x:v>
+        <x:v>55100</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>609633</x:v>
+        <x:v>972207.1</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>19183</x:v>
+        <x:v>57286</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>597877.7</x:v>
+        <x:v>960921.7</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>35600</x:v>
+        <x:v>28400</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>584654.9</x:v>
+        <x:v>952905</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>1425</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>583816.9</x:v>
+        <x:v>951263.6</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>111680</x:v>
+        <x:v>112049</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>574098.1</x:v>
+        <x:v>947301.3</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>243</x:v>
+        <x:v>77990</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>557949.1</x:v>
+        <x:v>923315.5</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>73969</x:v>
+        <x:v>85600</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>557130.8</x:v>
+        <x:v>909959.2</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>51495</x:v>
+        <x:v>41900</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>555043.2</x:v>
+        <x:v>848532.6</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>19743</x:v>
+        <x:v>10080</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>550464</x:v>
+        <x:v>824317</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>35900</x:v>
+        <x:v>71660</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>531084.2</x:v>
+        <x:v>823043.9</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>17900</x:v>
+        <x:v>22900</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>528801</x:v>
+        <x:v>801489</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>23300</x:v>
+        <x:v>84000</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>525699.9</x:v>
+        <x:v>789803.6</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>6149</x:v>
+        <x:v>29893</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>518274.9</x:v>
+        <x:v>782340.4</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>15900</x:v>
+        <x:v>37900</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>512047.7</x:v>
+        <x:v>767283.4</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>6650</x:v>
+        <x:v>28100</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>510150.7</x:v>
+        <x:v>750260.7</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>286</x:v>
+        <x:v>33800</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>507936</x:v>
+        <x:v>725348.9</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>56000</x:v>
+        <x:v>53400</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>502052.9</x:v>
+        <x:v>719404</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>47300</x:v>
+        <x:v>626262</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>490290.1</x:v>
+        <x:v>714660.8</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>17600</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>489453.4</x:v>
+        <x:v>707160</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>11918</x:v>
+        <x:v>47363</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>483793.1</x:v>
+        <x:v>692475</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>413462</x:v>
+        <x:v>34073</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>457856.7</x:v>
+        <x:v>639349.5</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B116" s="3" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="B116" s="3" t="s">
+      <x:c r="C116" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="C116" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>15400</x:v>
+        <x:v>6099</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>451982.3</x:v>
+        <x:v>635873.4</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="B117" s="3" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="B117" s="3" t="s">
+      <x:c r="C117" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C117" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>31263</x:v>
+        <x:v>11111</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>408968</x:v>
+        <x:v>611038.5</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>4034</x:v>
+        <x:v>18700</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>384773.1</x:v>
+        <x:v>597986.4</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>87836</x:v>
+        <x:v>133056</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>377798.3</x:v>
+        <x:v>587346.6</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>35700</x:v>
+        <x:v>11758</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>368611.4</x:v>
+        <x:v>579192.8</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>7331</x:v>
+        <x:v>18300</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>362156.8</x:v>
+        <x:v>578371.5</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>11700</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>359376.4</x:v>
+        <x:v>576791.3</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>4912</x:v>
+        <x:v>53100</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>354044.6</x:v>
+        <x:v>560717.2</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>22488</x:v>
+        <x:v>184450</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>346562.5</x:v>
+        <x:v>555581.4</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>7900</x:v>
+        <x:v>33500</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>345130.9</x:v>
+        <x:v>545859.7</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>23412</x:v>
+        <x:v>35452</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>340106.5</x:v>
+        <x:v>545136.9</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>17700</x:v>
+        <x:v>6567</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>333720.2</x:v>
+        <x:v>539355.8</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>4390</x:v>
+        <x:v>6665</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>326523.3</x:v>
+        <x:v>530092.2</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>463</x:v>
+        <x:v>7177</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>323902.3</x:v>
+        <x:v>529790.9</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>121765</x:v>
+        <x:v>5768</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>316876.4</x:v>
+        <x:v>514746.8</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>15316</x:v>
+        <x:v>23191</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>307718.4</x:v>
+        <x:v>505369.1</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>21800</x:v>
+        <x:v>22442</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>306693.6</x:v>
+        <x:v>503374.1</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>45609</x:v>
+        <x:v>7484</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>303520.7</x:v>
+        <x:v>493854.2</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>7862</x:v>
+        <x:v>69094</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>292381.2</x:v>
+        <x:v>487142.6</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>19100</x:v>
+        <x:v>8544</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>288007.1</x:v>
+        <x:v>485515.6</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>8473</x:v>
+        <x:v>22748</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>283407.8</x:v>
+        <x:v>472244.1</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>14812</x:v>
+        <x:v>34400</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>277873.1</x:v>
+        <x:v>437007.9</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>15013</x:v>
+        <x:v>12848</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>276957.5</x:v>
+        <x:v>435643.3</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>6104</x:v>
+        <x:v>5379</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>269121.3</x:v>
+        <x:v>430176.4</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>3559</x:v>
+        <x:v>165747</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>264044</x:v>
+        <x:v>415940.8</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>3821</x:v>
+        <x:v>3843</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>238402.9</x:v>
+        <x:v>396294</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>4623</x:v>
+        <x:v>30599</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>233199.3</x:v>
+        <x:v>381590.5</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>9400</x:v>
+        <x:v>8991</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>233010</x:v>
+        <x:v>349880.7</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>1318</x:v>
+        <x:v>64170</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>228366.8</x:v>
+        <x:v>346254.4</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>16228</x:v>
+        <x:v>7900</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>228219.7</x:v>
+        <x:v>327945.6</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>42365</x:v>
+        <x:v>1983</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>213667</x:v>
+        <x:v>314040.7</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>5946</x:v>
+        <x:v>5892</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>205841.6</x:v>
+        <x:v>310272.7</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>85868</x:v>
+        <x:v>11400</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>203901</x:v>
+        <x:v>286713.2</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>1966</x:v>
+        <x:v>42546</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>200555.5</x:v>
+        <x:v>286181.6</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>7900</x:v>
+        <x:v>19600</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>188377.6</x:v>
+        <x:v>281818.1</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>2039</x:v>
+        <x:v>5154</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>187364.4</x:v>
+        <x:v>278725</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>3404</x:v>
+        <x:v>372339</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>178612.7</x:v>
+        <x:v>256763.4</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>12600</x:v>
+        <x:v>4000</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>173504.6</x:v>
+        <x:v>242443.4</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>2900</x:v>
+        <x:v>31400</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>173241</x:v>
+        <x:v>239116</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>3897</x:v>
+        <x:v>6064</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>172909.9</x:v>
+        <x:v>216436.8</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>16327</x:v>
+        <x:v>40677</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>170980.6</x:v>
+        <x:v>208743.1</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>11868</x:v>
+        <x:v>3596</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>149837.1</x:v>
+        <x:v>206762</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>2371</x:v>
+        <x:v>13100</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>144315</x:v>
+        <x:v>206633.8</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>8200</x:v>
+        <x:v>12477</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>143663.1</x:v>
+        <x:v>194945.5</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>20991</x:v>
+        <x:v>2900</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>143041</x:v>
+        <x:v>172085.3</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>245814</x:v>
+        <x:v>51000</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>141972.1</x:v>
+        <x:v>153849.9</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>26852</x:v>
+        <x:v>3388</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>138046.4</x:v>
+        <x:v>126565.6</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>8242</x:v>
+        <x:v>6800</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>128197.6</x:v>
+        <x:v>122473.9</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
-      <x:c r="A164" s="3" t="s">
+      <x:c r="A164" s="3" t="s"/>
+      <x:c r="B164" s="3" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="B164" s="3" t="s">
+      <x:c r="C164" s="3" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="C164" s="3" t="s">
+      <x:c r="D164" s="4" t="n">
+        <x:v>69802.7</x:v>
+      </x:c>
+      <x:c r="E164" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F164" s="4" t="n">
+        <x:v>69802.7</x:v>
+      </x:c>
+      <x:c r="G164" s="3" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>3999</x:v>
+        <x:v>1700</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>125394.5</x:v>
+        <x:v>44788.3</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
-      <x:c r="A166" s="3" t="s">
+      <x:c r="A166" s="3" t="s"/>
+      <x:c r="B166" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="B166" s="3" t="s">
+      <x:c r="C166" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C166" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>14500</x:v>
+        <x:v>22439.2</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>110415.1</x:v>
+        <x:v>16411.9</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
-      <x:c r="A167" s="3" t="s">
+      <x:c r="A167" s="3" t="s"/>
+      <x:c r="B167" s="3" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C167" s="3" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="B167" s="3" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>7900</x:v>
+        <x:v>7472.1</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>101258.7</x:v>
+        <x:v>5194.2</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
-      <x:c r="A168" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A168" s="3" t="s"/>
       <x:c r="B168" s="3" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
-        <x:v>497</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>33500</x:v>
+        <x:v>743.9</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>89004.5</x:v>
+        <x:v>877.2</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
-      <x:c r="A169" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A169" s="3" t="s"/>
       <x:c r="B169" s="3" t="s">
-        <x:v>499</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
-        <x:v>500</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>4541</x:v>
+        <x:v>2427.1</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>72400.1</x:v>
+        <x:v>783.7</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="3" t="s"/>
       <x:c r="B170" s="3" t="s">
-        <x:v>501</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
-        <x:v>502</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>10677517</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>68498.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
-      <x:c r="A171" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A171" s="3" t="s"/>
       <x:c r="B171" s="3" t="s">
-        <x:v>504</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
-        <x:v>505</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="D171" s="4" t="n">
-        <x:v>1700</x:v>
+        <x:v>32.2</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>45848.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
-        <x:v>12</x:v>
-[...20 lines deleted...]
-        <x:v>153</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
-      <x:c r="A173" s="3" t="s"/>
-[...16 lines deleted...]
-        <x:v>153</x:v>
+      <x:c r="A173" s="3" t="s">
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
-      <x:c r="A174" s="3" t="s"/>
-[...16 lines deleted...]
-        <x:v>511</x:v>
+      <x:c r="A174" s="3" t="s">
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
-      <x:c r="A175" s="3" t="s"/>
-[...52 lines deleted...]
-        <x:v>518</x:v>
+      <x:c r="A175" s="1" t="s">
+        <x:v>503</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>