--- v4 (2026-02-04)
+++ v5 (2026-02-27)
@@ -1,1536 +1,1533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00affb778370468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd5e841bc4d0495198e3c5ba58a6fed0.psmdcp" Id="R8880885c9be84266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57caf8ee9e9490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28e6a30f16e8499b8932d693c461d71c.psmdcp" Id="Re98b9f3b77384c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="504" uniqueCount="504">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="503">
   <x:si>
     <x:t>Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/03/2026 (%)</x:t>
+    <x:t>As of 02/27/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>TTE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOTALENERGIES SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F92124100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TORONTO DOMINION BANK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>891160954</x:t>
+  </x:si>
+  <x:si>
     <x:t>BHP</x:t>
   </x:si>
   <x:si>
     <x:t>BHP GROUP LTD SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>088606108</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
-[...8 lines deleted...]
-    <x:t>891160954</x:t>
+    <x:t>BNP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP PARIBAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730968906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK PLC SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37733W204</x:t>
   </x:si>
   <x:si>
     <x:t>BBVA</x:t>
   </x:si>
   <x:si>
     <x:t>BANCO BILBAO VIZCAYA SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>05946K101</x:t>
   </x:si>
   <x:si>
-    <x:t>TTE</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BNS</x:t>
   </x:si>
   <x:si>
     <x:t>BANK OF NOVA SCOTIA</x:t>
   </x:si>
   <x:si>
     <x:t>064149107</x:t>
   </x:si>
   <x:si>
     <x:t>RIO</x:t>
   </x:si>
   <x:si>
     <x:t>RIO TINTO PLC SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>767204100</x:t>
   </x:si>
   <x:si>
-    <x:t>GSK</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>NVS</x:t>
   </x:si>
   <x:si>
     <x:t>NOVARTIS AG SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>66987V109</x:t>
   </x:si>
   <x:si>
     <x:t>EQNR</x:t>
   </x:si>
   <x:si>
     <x:t>EQUINOR ASA SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>29446M102</x:t>
   </x:si>
   <x:si>
     <x:t>ROG</x:t>
   </x:si>
   <x:si>
     <x:t>ROCHE HOLDING AG GENUSSCHEIN</x:t>
   </x:si>
   <x:si>
     <x:t>711038901</x:t>
   </x:si>
   <x:si>
+    <x:t>SLF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN LIFE FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866796105</x:t>
+  </x:si>
+  <x:si>
     <x:t>SNY</x:t>
   </x:si>
   <x:si>
     <x:t>SANOFI ADR</x:t>
   </x:si>
   <x:si>
     <x:t>80105N105</x:t>
   </x:si>
   <x:si>
+    <x:t>NSRGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESTLE SA SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641069406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MITSUI + CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659730006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTT INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664137007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HONDA MOTOR CO LTD SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>438128308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTEGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE TELEKOM AG SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251566105</x:t>
+  </x:si>
+  <x:si>
     <x:t>MFC</x:t>
   </x:si>
   <x:si>
     <x:t>MANULIFE FINANCIAL CORP</x:t>
   </x:si>
   <x:si>
     <x:t>56501R106</x:t>
   </x:si>
   <x:si>
-    <x:t>SLF</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>1605</x:t>
   </x:si>
   <x:si>
     <x:t>INPEX CORP</x:t>
   </x:si>
   <x:si>
     <x:t>B10RB1904</x:t>
   </x:si>
   <x:si>
-    <x:t>NSRGY</x:t>
-[...14 lines deleted...]
-    <x:t>251566105</x:t>
+    <x:t>6752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANASONIC HOLDINGS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>657270005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KOMATSU LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649658002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REPSOL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566935904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF MONTREAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>063671952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461785909</x:t>
   </x:si>
   <x:si>
     <x:t>FMG</x:t>
   </x:si>
   <x:si>
     <x:t>FORTESCUE LTD</x:t>
   </x:si>
   <x:si>
     <x:t>608625901</x:t>
   </x:si>
   <x:si>
-    <x:t>DHL</x:t>
-[...14 lines deleted...]
-    <x:t>063671952</x:t>
+    <x:t>MBG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCEDES BENZ GROUP AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>552902900</x:t>
   </x:si>
   <x:si>
     <x:t>VOLV B</x:t>
   </x:si>
   <x:si>
     <x:t>VOLVO AB B SHS</x:t>
   </x:si>
   <x:si>
     <x:t>B1QH83908</x:t>
   </x:si>
   <x:si>
-    <x:t>6752</x:t>
-[...23 lines deleted...]
-    <x:t>552902900</x:t>
+    <x:t>ERIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERICSSON (LM) TEL SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294821608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORIX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666114004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYERISCHE MOTOREN WERKE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575602909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN HUNG KAI PROPERTIES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685992000</x:t>
   </x:si>
   <x:si>
     <x:t>ING</x:t>
   </x:si>
   <x:si>
     <x:t>ING GROEP N.V. SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>456837103</x:t>
   </x:si>
   <x:si>
-    <x:t>ERIC</x:t>
-[...23 lines deleted...]
-    <x:t>575602909</x:t>
+    <x:t>9101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIPPON YUSEN KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664396009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIWA HOUSE INDUSTRY CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625136007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK HUTCHISON HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW9P81905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685894008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KUBOTA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649750007</x:t>
   </x:si>
   <x:si>
     <x:t>HSBC</x:t>
   </x:si>
   <x:si>
     <x:t>HSBC HOLDINGS PLC SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>404280406</x:t>
   </x:si>
   <x:si>
+    <x:t>TS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TENARIS SA ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88031M109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLKSWAGEN AG PREF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549716900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>465145001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOYOTA MOTOR CORP  SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>892331307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JAPAN POST HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYT814908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HENKEL AG + CO KGAA VOR PREF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>507670909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3I GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1YW44908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309135903</x:t>
+  </x:si>
+  <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
+    <x:t>DTG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIMLER TRUCK HOLDING AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI223RB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK HAPOALIM BM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607580909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSK B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425304003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO SANTANDER SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570594903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRESENIUS MEDICAL CARE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>512907908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE BANK AG REGISTERED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575035902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINGFISHER PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331952903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHIONOGI + CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680468006</x:t>
+  </x:si>
+  <x:si>
     <x:t>ABN</x:t>
   </x:si>
   <x:si>
     <x:t>ABN AMRO BANK NV CVA</x:t>
   </x:si>
   <x:si>
     <x:t>BYQP13905</x:t>
   </x:si>
   <x:si>
-    <x:t>9101</x:t>
-[...185 lines deleted...]
-    <x:t>B1YW44908</x:t>
+    <x:t>WDS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOODSIDE ENERGY GROUP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>980228308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIFFEISEN BANK INTERNATIONA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0704T905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KONINKLIJKE AHOLD DELHAIZE N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD0Q39902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WH GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLLHKZ904</x:t>
   </x:si>
   <x:si>
     <x:t>8015</x:t>
   </x:si>
   <x:si>
     <x:t>TOYOTA TSUSHO CORP</x:t>
   </x:si>
   <x:si>
     <x:t>690058003</x:t>
   </x:si>
   <x:si>
-    <x:t>RBI</x:t>
-[...14 lines deleted...]
-    <x:t>680468006</x:t>
+    <x:t>O39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OVERSEA CHINESE BANKING CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0F9V2906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAN IMPERIAL BK OF COMMERCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136069101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIPOL ASSICURAZIONI SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI01TKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDC5ST904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK ASSET HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYZQ07905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DENSO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664038007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI GROUP HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605440007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HITACHI CONSTRUCTION MACHINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>642940001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIRIN HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649374006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHRODERS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP9LHF908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONO PHARMACEUTICAL CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666010004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIGHT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIGNIFY NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYY7VY905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDZNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANDOZ GROUP AG ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>799926100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI HOUSE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679390005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSCT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRAEL DISCOUNT BANK A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645127903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAGNA INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559222401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY AKTIEBOLAG B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0V9407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED OVERSEAS BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691678007</x:t>
   </x:si>
   <x:si>
     <x:t>SWED A_SEK</x:t>
   </x:si>
   <x:si>
     <x:t>SWEDBANK AB   A SHARES</x:t>
   </x:si>
   <x:si>
     <x:t>484652904</x:t>
   </x:si>
   <x:si>
-    <x:t>WDS</x:t>
-[...14 lines deleted...]
-    <x:t>691678007</x:t>
+    <x:t>DCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCC PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>024249906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI CHEMICAL CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679382002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADECCO GROUP AG REG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>711072900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORKLA ASA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VQF4902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSOCIATED BRITISH FOODS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>067312900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>708842901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDING AG BR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710891904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMET OYJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BH6XZT903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK LEUMI LE ISRAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607642907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI KASEI CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605460005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAITO TRUST CONSTRUCT CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625050000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HENKEL AG + CO KGAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500246905</x:t>
   </x:si>
   <x:si>
     <x:t>STLAM</x:t>
   </x:si>
   <x:si>
     <x:t>STELLANTIS NV</x:t>
   </x:si>
   <x:si>
     <x:t>BMD8KX906</x:t>
   </x:si>
   <x:si>
-    <x:t>288</x:t>
-[...50 lines deleted...]
-    <x:t>BYZQ07905</x:t>
+    <x:t>INVE B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVESTOR AB B SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMV7PQ908</x:t>
   </x:si>
   <x:si>
     <x:t>POW</x:t>
   </x:si>
   <x:si>
     <x:t>POWER CORP OF CANADA</x:t>
   </x:si>
   <x:si>
     <x:t>739239952</x:t>
   </x:si>
   <x:si>
-    <x:t>DSCT</x:t>
-[...23 lines deleted...]
-    <x:t>711072900</x:t>
+    <x:t>MAERSK A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425305000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISUZU MOTORS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>646710004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGEAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B86S2N903</x:t>
   </x:si>
   <x:si>
     <x:t>7272</x:t>
   </x:si>
   <x:si>
     <x:t>YAMAHA MOTOR CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>698526001</x:t>
   </x:si>
   <x:si>
-    <x:t>4528</x:t>
-[...149 lines deleted...]
-    <x:t>679382002</x:t>
+    <x:t>6367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIKIN INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625072004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOYO TIRE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690018007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUZUKI MOTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>686550005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROTHER INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>614650000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRFHF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAIRFAX FINANCIAL HLDGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>303901102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A5G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIB GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF0L35906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOJITZ CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659414908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAREX RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69946Q997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNTORY BEVERAGE + FOOD LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0690K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB AB   B SHARES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B17H3F907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO TINTO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>622010007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COCA COLA HBC AG DI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B9895B904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUBARU CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635640006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUTRIEN LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67077M108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MITSUI OSK LINES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659758007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339864902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCMN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWISSCOM AG REG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553397902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM INTEGRATED SHIPPING SERV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M9T951109</x:t>
   </x:si>
   <x:si>
     <x:t>CA</x:t>
   </x:si>
   <x:si>
     <x:t>CARREFOUR SA</x:t>
   </x:si>
   <x:si>
     <x:t>564156909</x:t>
   </x:si>
   <x:si>
-    <x:t>6305</x:t>
-[...158 lines deleted...]
-    <x:t>69946Q997</x:t>
+    <x:t>SBRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINSBURY (J) PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B019KW907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALIMENTATION COUCHE TARD INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01626P973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449586957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOSOH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690028006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO FORESTRY CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685886004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABERDEEN GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF8Q6K901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREDIT AGRICOLE SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726261902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS GROUP GMBH + CO KGAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI11F2W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MZTF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIZRAHI TEFAHOT BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691670004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURIZON HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B87CVM907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTESA SANPAOLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407683002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELEPERFORMANCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>599933900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIKO EPSON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661650903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMP.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMPIRE CO LTD  A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291843951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF IRELAND GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD1RP6901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUSQ B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUSQVARNA AB B SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B12PJ2906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYERISCHE MOTOREN WERKE PRF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575603907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTSUKA HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B5LTM9909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAX GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VNSX901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NITERRA CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661960005</x:t>
   </x:si>
   <x:si>
     <x:t>IGG</x:t>
   </x:si>
   <x:si>
     <x:t>IG GROUP HOLDINGS PLC</x:t>
   </x:si>
   <x:si>
     <x:t>B06QFB906</x:t>
   </x:si>
   <x:si>
-    <x:t>RIO TINTO LTD</x:t>
-[...83 lines deleted...]
-    <x:t>690028006</x:t>
+    <x:t>OTEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPEN TEXT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>683715106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELECOM ITALIA SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>763439908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUJIFILM HOLDINGS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635652001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNCOR ENERGY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>867224107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAWASAKI KISEN KAISHA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648468007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645553900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MS+AD INSURANCE GROUP HOLDIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2Q4CS905</x:t>
   </x:si>
   <x:si>
     <x:t>BAMI</x:t>
   </x:si>
   <x:si>
     <x:t>BANCO BPM SPA</x:t>
   </x:si>
   <x:si>
     <x:t>BYMD5K904</x:t>
   </x:si>
   <x:si>
-    <x:t>EXO</x:t>
-[...68 lines deleted...]
-    <x:t>407683002</x:t>
+    <x:t>AKE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARKEMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0Z5YZ906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUSSEL METALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>781903950</x:t>
   </x:si>
   <x:si>
     <x:t>BKG</x:t>
   </x:si>
   <x:si>
     <x:t>BERKELEY GROUP HOLDINGS/THE</x:t>
   </x:si>
   <x:si>
     <x:t>BP0RGD900</x:t>
   </x:si>
   <x:si>
-    <x:t>BIRG</x:t>
-[...86 lines deleted...]
-    <x:t>661960005</x:t>
+    <x:t>7261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAZDA MOTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690030002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLUNB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H LUNDBECK A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMGTJT908</x:t>
   </x:si>
   <x:si>
     <x:t>CAP</x:t>
   </x:si>
   <x:si>
     <x:t>CAPGEMINI SE</x:t>
   </x:si>
   <x:si>
     <x:t>416343002</x:t>
   </x:si>
   <x:si>
-    <x:t>SU</x:t>
-[...86 lines deleted...]
-    <x:t>B12PJ2906</x:t>
+    <x:t>EVK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EVONIK INDUSTRIES AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0559Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RICOH CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>673822003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFE MEDIAFOREUROPE NV CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLC8J1901</x:t>
   </x:si>
   <x:si>
     <x:t>BZU</x:t>
   </x:si>
   <x:si>
     <x:t>BUZZI SPA</x:t>
   </x:si>
   <x:si>
     <x:t>578220907</x:t>
   </x:si>
   <x:si>
-    <x:t>6723</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>683</x:t>
   </x:si>
   <x:si>
     <x:t>KERRY PROPERTIES LTD</x:t>
   </x:si>
   <x:si>
     <x:t>648631901</x:t>
   </x:si>
   <x:si>
-    <x:t>JDEP</x:t>
-[...20 lines deleted...]
-    <x:t>999USDZ92</x:t>
+    <x:t>8253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREDIT SAISON CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659180004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUSTRALIAN DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
     <x:t>EURO CURRENCY</x:t>
   </x:si>
   <x:si>
     <x:t>999EURZ94</x:t>
   </x:si>
   <x:si>
     <x:t>NEW ISRAELI SHEQEL</x:t>
   </x:si>
   <x:si>
     <x:t>999ILSZ93</x:t>
   </x:si>
   <x:si>
     <x:t>HONG KONG DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999HKDZ99</x:t>
   </x:si>
   <x:si>
     <x:t>NORWEGIAN KRONE</x:t>
   </x:si>
   <x:si>
     <x:t>999NOKZ96</x:t>
   </x:si>
@@ -1904,51 +1901,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G175"/>
+  <x:dimension ref="A1:G174"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.780625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.120625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -1963,3854 +1960,3835 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>192923</x:v>
+        <x:v>197376</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>13386927</x:v>
+        <x:v>15578887.7</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>136915</x:v>
+        <x:v>156524</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>12933948.7</x:v>
+        <x:v>15461900.8</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>496280</x:v>
+        <x:v>187852</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>12868540.4</x:v>
+        <x:v>15229161.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>168921</x:v>
+        <x:v>123410</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>12142041.5</x:v>
+        <x:v>14026545</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>107502</x:v>
+        <x:v>236144</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11710670.2</x:v>
+        <x:v>13712882.1</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>153463</x:v>
+        <x:v>575082</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>11540417.6</x:v>
+        <x:v>13606440.1</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>117756</x:v>
+        <x:v>175334</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>10894785.1</x:v>
+        <x:v>13460391.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>207036</x:v>
+        <x:v>123636</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>10863178.9</x:v>
+        <x:v>12251091.2</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>61690</x:v>
+        <x:v>67990</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>9317657.6</x:v>
+        <x:v>11253024.9</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>318096</x:v>
+        <x:v>335213</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>8254591.2</x:v>
+        <x:v>9704416.4</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>17427</x:v>
+        <x:v>19283</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>7925936.9</x:v>
+        <x:v>9059696.1</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>155101</x:v>
+        <x:v>130880</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>7331624.3</x:v>
+        <x:v>8556934.4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>190995</x:v>
+        <x:v>176119</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>7330388.1</x:v>
+        <x:v>8515353.7</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>114199</x:v>
+        <x:v>77994</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>7276760.3</x:v>
+        <x:v>8359396.9</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>216683</x:v>
+        <x:v>223700</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>6658668.6</x:v>
+        <x:v>8178310.4</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>6253200</x:v>
+        <x:v>8367100</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>6279532.2</x:v>
+        <x:v>8151129.9</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>197200</x:v>
+        <x:v>249331</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>6278147.2</x:v>
+        <x:v>7509849.7</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>248200</x:v>
+        <x:v>189267</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>5335952.9</x:v>
+        <x:v>7366839.4</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>51014</x:v>
+        <x:v>195558</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>4960601.4</x:v>
+        <x:v>7004887.6</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>143486</x:v>
+        <x:v>288500</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>4867045.1</x:v>
+        <x:v>6809213.5</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>321660</x:v>
+        <x:v>393400</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>4735890.7</x:v>
+        <x:v>6359710.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>83343</x:v>
+        <x:v>125600</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>4675085.2</x:v>
+        <x:v>6058371.9</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>33575</x:v>
+        <x:v>259938</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>4649790.6</x:v>
+        <x:v>5821375.7</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>123303</x:v>
+        <x:v>38688</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>4543856.8</x:v>
+        <x:v>5758871.6</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>339800</x:v>
+        <x:v>94639</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>4519889.4</x:v>
+        <x:v>5564779.2</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>110300</x:v>
+        <x:v>372191</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>4405759.8</x:v>
+        <x:v>5518654.1</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>61096</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>4208831.9</x:v>
+        <x:v>4896855.6</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>129364</x:v>
+        <x:v>123831</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>3926197.4</x:v>
+        <x:v>4796001.2</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>351308</x:v>
+        <x:v>398926</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>3843309.5</x:v>
+        <x:v>4503874.5</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>195627</x:v>
+        <x:v>122100</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>3773977.8</x:v>
+        <x:v>4300441.3</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>35571</x:v>
+        <x:v>40389</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>3691186.6</x:v>
+        <x:v>4234925</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>39008</x:v>
+        <x:v>228000</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>3495116.8</x:v>
+        <x:v>3972414.9</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
-      <x:c r="A38" s="3" t="s"/>
+      <x:c r="A38" s="3" t="s">
+        <x:v>106</x:v>
+      </x:c>
       <x:c r="B38" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3327996.5</x:v>
+        <x:v>132180</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>3327996.5</x:v>
+        <x:v>3901953.6</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>89379</x:v>
+        <x:v>110400</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>3319963.4</x:v>
+        <x:v>3804214.4</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>95700</x:v>
+        <x:v>103700</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>3148880.4</x:v>
+        <x:v>3719464.6</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>80200</x:v>
+        <x:v>417500</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>3123028.1</x:v>
+        <x:v>3458242</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>104600</x:v>
+        <x:v>83300</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>3114228</x:v>
+        <x:v>3434864.5</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>91100</x:v>
+        <x:v>173653</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>3087133</x:v>
+        <x:v>3429015.6</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>196500</x:v>
+        <x:v>36235</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>3026773.5</x:v>
+        <x:v>3424207.5</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>357500</x:v>
+        <x:v>60404</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>2815158.9</x:v>
+        <x:v>3286581.6</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>22889</x:v>
+        <x:v>26358</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>2773293.9</x:v>
+        <x:v>3159122.4</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>204176</x:v>
+        <x:v>47468</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>2659963.1</x:v>
+        <x:v>3098133.6</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>41799</x:v>
+        <x:v>12274</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>2446723.6</x:v>
+        <x:v>2977917.9</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>924</x:v>
+        <x:v>228700</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>2316109.4</x:v>
+        <x:v>2956708.8</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>195800</x:v>
+        <x:v>28970</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>2314303.3</x:v>
+        <x:v>2839974.8</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>152753</x:v>
+        <x:v>63340</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>2302907.7</x:v>
+        <x:v>2796196.3</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>91453</x:v>
+        <x:v>980933</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>2301681.4</x:v>
+        <x:v>2751504</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="3" t="s">
+      <x:c r="A53" s="3" t="s"/>
+      <x:c r="B53" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="B53" s="3" t="s">
+      <x:c r="C53" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="C53" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>46248</x:v>
+        <x:v>2635455.7</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>2256683.7</x:v>
+        <x:v>2635455.7</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>844200</x:v>
+        <x:v>52518</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>2222076.9</x:v>
+        <x:v>2632476.5</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>55740</x:v>
+        <x:v>103852</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>2197634.9</x:v>
+        <x:v>2580016.6</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>25031</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>2184814.3</x:v>
+        <x:v>2541051.6</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>461829</x:v>
+        <x:v>190543</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>2147833.4</x:v>
+        <x:v>2495811.5</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>45597</x:v>
+        <x:v>50649</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>2036818</x:v>
+        <x:v>2344512.4</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>44603</x:v>
+        <x:v>63294</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>2003901.2</x:v>
+        <x:v>2318773.5</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>43336</x:v>
+        <x:v>460242</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>1973974.7</x:v>
+        <x:v>2300651.1</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>52600</x:v>
+        <x:v>97700</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>1882230.9</x:v>
+        <x:v>2282774.6</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>34602</x:v>
+        <x:v>66363</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>1770835.3</x:v>
+        <x:v>2264374.1</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>83800</x:v>
+        <x:v>106553</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>1733161.5</x:v>
+        <x:v>2108683.9</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>42447</x:v>
+        <x:v>41333</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>1671689.7</x:v>
+        <x:v>2088900.1</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>93832</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>1616725.4</x:v>
+        <x:v>2084457.6</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>53400</x:v>
+        <x:v>1634000</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>1611822</x:v>
+        <x:v>2080344.6</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>158099</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>1567132.6</x:v>
+        <x:v>2035932.2</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1334500</x:v>
+        <x:v>106300</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>1563476.7</x:v>
+        <x:v>1794795.5</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>93700</x:v>
+        <x:v>17242</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>1554056</x:v>
+        <x:v>1788857.5</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>98584</x:v>
+        <x:v>70564</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>1413021.1</x:v>
+        <x:v>1766436.1</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>101200</x:v>
+        <x:v>111947</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>1400775.3</x:v>
+        <x:v>1678654</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>60358</x:v>
+        <x:v>270500</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>1373660.5</x:v>
+        <x:v>1661785.4</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>222000</x:v>
+        <x:v>115100</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>1267767.4</x:v>
+        <x:v>1645812.8</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>23964</x:v>
+        <x:v>131100</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>1212528.5</x:v>
+        <x:v>1454334.2</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>97981</x:v>
+        <x:v>32600</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>1174455.8</x:v>
+        <x:v>1435502.5</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>52832</x:v>
+        <x:v>84100</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>1164377</x:v>
+        <x:v>1423931</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>38504</x:v>
+        <x:v>177300</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>1146055.3</x:v>
+        <x:v>1401789</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>150900</x:v>
+        <x:v>83300</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>1130209.9</x:v>
+        <x:v>1399715.3</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>73500</x:v>
+        <x:v>59995</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>1125335.1</x:v>
+        <x:v>1393523.3</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>74300</x:v>
+        <x:v>15242</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>1117521.3</x:v>
+        <x:v>1381230</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>21717</x:v>
+        <x:v>55900</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>1115602.3</x:v>
+        <x:v>1360532.9</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>48900</x:v>
+        <x:v>111260</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>1083662.6</x:v>
+        <x:v>1349190.1</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>15038</x:v>
+        <x:v>20385</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>1082587.5</x:v>
+        <x:v>1297607.2</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>11301</x:v>
+        <x:v>40570</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>1070769.8</x:v>
+        <x:v>1283843.7</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>169150</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>1053205.6</x:v>
+        <x:v>1279721.5</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>35725</x:v>
+        <x:v>33067</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>1041570.8</x:v>
+        <x:v>1279230</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>42443</x:v>
+        <x:v>18107</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>1030786</x:v>
+        <x:v>1269136.6</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>15943</x:v>
+        <x:v>65400</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>1013165.6</x:v>
+        <x:v>1254760.1</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>12765</x:v>
+        <x:v>43726</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>1005754.4</x:v>
+        <x:v>1240758.4</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>2160</x:v>
+        <x:v>88560</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>1003723.1</x:v>
+        <x:v>1204803.3</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>25453</x:v>
+        <x:v>45121</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>1003673.6</x:v>
+        <x:v>1186497.6</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>61300</x:v>
+        <x:v>24430</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>998250.7</x:v>
+        <x:v>1178137.3</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>29053</x:v>
+        <x:v>2453</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>990093.2</x:v>
+        <x:v>1172140.3</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>21512</x:v>
+        <x:v>34721</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>987534.9</x:v>
+        <x:v>1156440.5</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>55100</x:v>
+        <x:v>48196</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>972207.1</x:v>
+        <x:v>1146629.3</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>57286</x:v>
+        <x:v>95200</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>960921.7</x:v>
+        <x:v>1103949.3</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>28400</x:v>
+        <x:v>47500</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>952905</x:v>
+        <x:v>1085201.4</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>383</x:v>
+        <x:v>12033</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>951263.6</x:v>
+        <x:v>1085029</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>112049</x:v>
+        <x:v>130598</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>947301.3</x:v>
+        <x:v>1044749.5</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>77990</x:v>
+        <x:v>24853</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>923315.5</x:v>
+        <x:v>1029864.5</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>85600</x:v>
+        <x:v>20170</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>909959.2</x:v>
+        <x:v>1013770.8</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>41900</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>848532.6</x:v>
+        <x:v>1009122.6</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>10080</x:v>
+        <x:v>55100</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>824317</x:v>
+        <x:v>1008443.3</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>71660</x:v>
+        <x:v>13299</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>823043.9</x:v>
+        <x:v>998275</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>22900</x:v>
+        <x:v>124400</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>801489</x:v>
+        <x:v>974452.1</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>84000</x:v>
+        <x:v>7500</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>789803.6</x:v>
+        <x:v>946326.8</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>29893</x:v>
+        <x:v>30700</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>782340.4</x:v>
+        <x:v>939109.7</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>37900</x:v>
+        <x:v>60400</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>767283.4</x:v>
+        <x:v>892285.9</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>28100</x:v>
+        <x:v>43500</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>750260.7</x:v>
+        <x:v>891007.5</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>33800</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>725348.9</x:v>
+        <x:v>864473.8</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>53400</x:v>
+        <x:v>81367</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>719404</x:v>
+        <x:v>851336.2</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>626262</x:v>
+        <x:v>19300</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>714660.8</x:v>
+        <x:v>844042.8</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>426</x:v>
+        <x:v>53786</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>707160</x:v>
+        <x:v>839392.6</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>47363</x:v>
+        <x:v>26800</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>692475</x:v>
+        <x:v>832511.4</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>34073</x:v>
+        <x:v>94266</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>639349.5</x:v>
+        <x:v>830839.5</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>6099</x:v>
+        <x:v>6923</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>635873.4</x:v>
+        <x:v>830214.7</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>11111</x:v>
+        <x:v>12619</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>611038.5</x:v>
+        <x:v>811778.4</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>18700</x:v>
+        <x:v>41800</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>597986.4</x:v>
+        <x:v>795412.8</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>133056</x:v>
+        <x:v>10816</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>587346.6</x:v>
+        <x:v>790974.1</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>11758</x:v>
+        <x:v>21100</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>579192.8</x:v>
+        <x:v>769103.3</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>18300</x:v>
+        <x:v>711137</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>578371.5</x:v>
+        <x:v>758457.9</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>708</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>576791.3</x:v>
+        <x:v>737366.6</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>53100</x:v>
+        <x:v>25486</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>560717.2</x:v>
+        <x:v>735526</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>184450</x:v>
+        <x:v>38763</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>555581.4</x:v>
+        <x:v>732229.4</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>33500</x:v>
+        <x:v>151085</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>545859.7</x:v>
+        <x:v>719161.2</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>35452</x:v>
+        <x:v>11364</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>545136.9</x:v>
+        <x:v>687795.9</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>6567</x:v>
+        <x:v>13350</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>539355.8</x:v>
+        <x:v>676355.8</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>6665</x:v>
+        <x:v>37700</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>530092.2</x:v>
+        <x:v>649783.5</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>7177</x:v>
+        <x:v>60100</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>529790.9</x:v>
+        <x:v>645922</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>5768</x:v>
+        <x:v>209447</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>514746.8</x:v>
+        <x:v>609820.3</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>23191</x:v>
+        <x:v>26333</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>505369.1</x:v>
+        <x:v>591288</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>22442</x:v>
+        <x:v>8154</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>503374.1</x:v>
+        <x:v>579350.3</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>7484</x:v>
+        <x:v>7572</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>493854.2</x:v>
+        <x:v>568905.1</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>69094</x:v>
+        <x:v>188214</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>487142.6</x:v>
+        <x:v>550116.9</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>8544</x:v>
+        <x:v>78463</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>485515.6</x:v>
+        <x:v>544986.1</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>22748</x:v>
+        <x:v>8503</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>472244.1</x:v>
+        <x:v>535703.9</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>34400</x:v>
+        <x:v>38600</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>437007.9</x:v>
+        <x:v>523880.1</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>12848</x:v>
+        <x:v>14593</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>435643.3</x:v>
+        <x:v>517029.9</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>5379</x:v>
+        <x:v>25834</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>430176.4</x:v>
+        <x:v>513918.8</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>165747</x:v>
+        <x:v>95633</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>415940.8</x:v>
+        <x:v>459074.8</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>3843</x:v>
+        <x:v>4360</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>396294</x:v>
+        <x:v>456697.8</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>30599</x:v>
+        <x:v>6400</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>381590.5</x:v>
+        <x:v>426106.5</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>8991</x:v>
+        <x:v>34746</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>349880.7</x:v>
+        <x:v>421679.3</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>64170</x:v>
+        <x:v>8200</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>346254.4</x:v>
+        <x:v>413019.9</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>7900</x:v>
+        <x:v>23208</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>327945.6</x:v>
+        <x:v>408624.6</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>1983</x:v>
+        <x:v>15872</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>314040.7</x:v>
+        <x:v>397593.6</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>5892</x:v>
+        <x:v>530077</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>310272.7</x:v>
+        <x:v>392891.5</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>11400</x:v>
+        <x:v>18800</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>286713.2</x:v>
+        <x:v>383995.4</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>42546</x:v>
+        <x:v>6688</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>286181.6</x:v>
+        <x:v>371184</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>19600</x:v>
+        <x:v>22400</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>281818.1</x:v>
+        <x:v>359105.9</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>5154</x:v>
+        <x:v>72869</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>278725</x:v>
+        <x:v>357197.5</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>372339</x:v>
+        <x:v>12800</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>256763.4</x:v>
+        <x:v>351624.9</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>4000</x:v>
+        <x:v>22536</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>242443.4</x:v>
+        <x:v>343780.7</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>31400</x:v>
+        <x:v>4544</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>239116</x:v>
+        <x:v>329559.8</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>6064</x:v>
+        <x:v>9238</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>216436.8</x:v>
+        <x:v>327842.5</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>40677</x:v>
+        <x:v>5388</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>208743.1</x:v>
+        <x:v>316222.8</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>3596</x:v>
+        <x:v>35600</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>206762</x:v>
+        <x:v>310214.6</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>13100</x:v>
+        <x:v>48313</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>206633.8</x:v>
+        <x:v>292910.1</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>12477</x:v>
+        <x:v>2249</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>194945.5</x:v>
+        <x:v>277913.9</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>2900</x:v>
+        <x:v>14167</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>172085.3</x:v>
+        <x:v>248802.6</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>51000</x:v>
+        <x:v>26300</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>153849.9</x:v>
+        <x:v>246020.3</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>3388</x:v>
+        <x:v>64623</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>126565.6</x:v>
+        <x:v>233237.7</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>6800</x:v>
+        <x:v>4085</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>122473.9</x:v>
+        <x:v>232580.6</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
-      <x:c r="A164" s="3" t="s"/>
+      <x:c r="A164" s="3" t="s">
+        <x:v>483</x:v>
+      </x:c>
       <x:c r="B164" s="3" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>69802.7</x:v>
+        <x:v>58000</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>69802.7</x:v>
+        <x:v>183125.5</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
-        <x:v>485</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>1700</x:v>
+        <x:v>4800</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>44788.3</x:v>
+        <x:v>145355.8</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="3" t="s"/>
       <x:c r="B166" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>22439.2</x:v>
+        <x:v>7472.1</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>16411.9</x:v>
+        <x:v>5313.8</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s"/>
       <x:c r="B167" s="3" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>7472.1</x:v>
+        <x:v>2962.3</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>5194.2</x:v>
+        <x:v>3496.2</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="3" t="s"/>
       <x:c r="B168" s="3" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>743.9</x:v>
+        <x:v>2427.1</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>877.2</x:v>
+        <x:v>778.6</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s"/>
       <x:c r="B169" s="3" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>2427.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>783.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
-        <x:v>485</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="3" t="s"/>
       <x:c r="B170" s="3" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>32.2</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
-        <x:v>485</x:v>
-[...7 lines deleted...]
-      <x:c r="C171" s="3" t="s">
+        <x:v>491</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:7">
+      <x:c r="A172" s="3" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="3" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
-      <x:c r="A174" s="3" t="s">
+      <x:c r="A174" s="1" t="s">
         <x:v>502</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>503</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>