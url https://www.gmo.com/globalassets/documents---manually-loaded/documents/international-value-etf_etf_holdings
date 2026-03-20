--- v5 (2026-02-27)
+++ v6 (2026-03-20)
@@ -1,1557 +1,1575 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57caf8ee9e9490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28e6a30f16e8499b8932d693c461d71c.psmdcp" Id="Re98b9f3b77384c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf47ae0a9e4514939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6840e7d4e24a49f9ab80104f194f8b8b.psmdcp" Id="R3e83d7ffa8ce4382" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="503">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="509" uniqueCount="509">
   <x:si>
     <x:t>Holdings - International Value ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/27/2026 (%)</x:t>
+    <x:t>As of 03/19/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TTE</x:t>
   </x:si>
   <x:si>
     <x:t>TOTALENERGIES SE</x:t>
   </x:si>
   <x:si>
     <x:t>F92124100</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>TD</x:t>
   </x:si>
   <x:si>
     <x:t>TORONTO DOMINION BANK</x:t>
   </x:si>
   <x:si>
     <x:t>891160954</x:t>
   </x:si>
   <x:si>
+    <x:t>BNP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNP PARIBAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730968906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSK PLC SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>37733W204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQNR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQUINOR ASA SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29446M102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BNS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF NOVA SCOTIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>064149107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO BILBAO VIZCAYA SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05946K101</x:t>
+  </x:si>
+  <x:si>
     <x:t>BHP</x:t>
   </x:si>
   <x:si>
     <x:t>BHP GROUP LTD SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>088606108</x:t>
   </x:si>
   <x:si>
-    <x:t>BNP</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>RIO</x:t>
   </x:si>
   <x:si>
     <x:t>RIO TINTO PLC SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>767204100</x:t>
   </x:si>
   <x:si>
+    <x:t>SLF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN LIFE FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>866796105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MITSUI + CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>659730006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INPEX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B10RB1904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NSRGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESTLE SA SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641069406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTT INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664137007</x:t>
+  </x:si>
+  <x:si>
     <x:t>NVS</x:t>
   </x:si>
   <x:si>
     <x:t>NOVARTIS AG SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>66987V109</x:t>
   </x:si>
   <x:si>
-    <x:t>EQNR</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>SNY</x:t>
   </x:si>
   <x:si>
     <x:t>SANOFI ADR</x:t>
   </x:si>
   <x:si>
     <x:t>80105N105</x:t>
   </x:si>
   <x:si>
-    <x:t>NSRGY</x:t>
-[...23 lines deleted...]
-    <x:t>664137007</x:t>
+    <x:t>REP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REPSOL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>566935904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDING AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI38LVK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANULIFE FINANCIAL CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56501R106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTEGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE TELEKOM AG SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>251566105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANASONIC HOLDINGS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>657270005</x:t>
   </x:si>
   <x:si>
     <x:t>HMC</x:t>
   </x:si>
   <x:si>
     <x:t>HONDA MOTOR CO LTD SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>438128308</x:t>
   </x:si>
   <x:si>
-    <x:t>DTEGY</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>6301</x:t>
   </x:si>
   <x:si>
     <x:t>KOMATSU LTD</x:t>
   </x:si>
   <x:si>
     <x:t>649658002</x:t>
   </x:si>
   <x:si>
-    <x:t>REP</x:t>
-[...5 lines deleted...]
-    <x:t>566935904</x:t>
+    <x:t>FMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTESCUE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>608625901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DHL GROUP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>461785909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ERICSSON (LM) TEL SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>294821608</x:t>
   </x:si>
   <x:si>
     <x:t>BMO</x:t>
   </x:si>
   <x:si>
     <x:t>BANK OF MONTREAL</x:t>
   </x:si>
   <x:si>
     <x:t>063671952</x:t>
   </x:si>
   <x:si>
-    <x:t>DHL</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>MBG</x:t>
   </x:si>
   <x:si>
     <x:t>MERCEDES BENZ GROUP AG</x:t>
   </x:si>
   <x:si>
     <x:t>552902900</x:t>
   </x:si>
   <x:si>
+    <x:t>9101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NIPPON YUSEN KK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664396009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN HUNG KAI PROPERTIES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685992000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYERISCHE MOTOREN WERKE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575602909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORIX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666114004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIWA HOUSE INDUSTRY CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625136007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OMV AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>465145001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TENARIS SA ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88031M109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>III</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3I GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1YW44908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK HUTCHISON HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BW9P81905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOYOTA MOTOR CORP  SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>892331307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSK B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425304003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>309135903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOLKSWAGEN AG PREF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549716900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POLI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK HAPOALIM BM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607580909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JAPAN POST HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYT814908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WOODSIDE ENERGY GROUP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>980228308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KUBOTA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649750007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HENKEL AG + CO KGAA VOR PREF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>507670909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685894008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DTG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIMLER TRUCK HOLDING AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI223RB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHIONOGI + CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680468006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRESENIUS MEDICAL CARE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>512907908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSBC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSBC HOLDINGS PLC SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>404280406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WH GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLLHKZ904</x:t>
+  </x:si>
+  <x:si>
     <x:t>VOLV B</x:t>
   </x:si>
   <x:si>
     <x:t>VOLVO AB B SHS</x:t>
   </x:si>
   <x:si>
     <x:t>B1QH83908</x:t>
   </x:si>
   <x:si>
-    <x:t>ERIC</x:t>
-[...32 lines deleted...]
-    <x:t>685992000</x:t>
+    <x:t>RBI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAIFFEISEN BANK INTERNATIONA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0704T905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABN AMRO BANK NV CVA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYQP13905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DBK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEUTSCHE BANK AG REGISTERED</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575035902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DENSO CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>664038007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KGF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KINGFISHER PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>331952903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAN IMPERIAL BK OF COMMERCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136069101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2502</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI GROUP HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605440007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CK ASSET HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYZQ07905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>O39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OVERSEA CHINESE BANKING CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B0F9V2906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIPOL ASSICURAZIONI SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI01TKW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1928</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI HOUSE LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679390005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO SANTANDER SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570594903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCC PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>024249906</x:t>
   </x:si>
   <x:si>
     <x:t>ING</x:t>
   </x:si>
   <x:si>
     <x:t>ING GROEP N.V. SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>456837103</x:t>
   </x:si>
   <x:si>
-    <x:t>9101</x:t>
-[...230 lines deleted...]
-    <x:t>B0704T905</x:t>
+    <x:t>6367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAIKIN INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625072004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BDC5ST904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRFHF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAIRFAX FINANCIAL HLDGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>303901102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADECCO GROUP AG REG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>711072900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUTRIEN LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67077M108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2503</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIRIN HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>649374006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ONO PHARMACEUTICAL CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666010004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSCT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISRAEL DISCOUNT BANK A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645127903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIGHT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIGNIFY NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYY7VY905</x:t>
   </x:si>
   <x:si>
     <x:t>AD</x:t>
   </x:si>
   <x:si>
     <x:t>KONINKLIJKE AHOLD DELHAIZE N</x:t>
   </x:si>
   <x:si>
     <x:t>BD0Q39902</x:t>
   </x:si>
   <x:si>
-    <x:t>288</x:t>
-[...5 lines deleted...]
-    <x:t>BLLHKZ904</x:t>
+    <x:t>LUMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK LEUMI LE ISRAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>607642907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESSITY AKTIEBOLAG B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0V9407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDZNY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANDOZ GROUP AG ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>799926100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAITO TRUST CONSTRUCT CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>625050000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HITACHI CONSTRUCTION MACHINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>642940001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAERSK A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AP MOLLER MAERSK A/S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425305000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEKISUI CHEMICAL CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679382002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSOCIATED BRITISH FOODS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>067312900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MGA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAGNA INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>559222401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORKLA ASA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VQF4902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASAHI KASEI CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605460005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAREX RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69946Q997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALMET OYJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BH6XZT903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDING AG BR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710891904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POWER CORP OF CANADA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>739239952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUMITOMO FORESTRY CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685886004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SDR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHRODERS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP9LHF908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGEAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B86S2N903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVE B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVESTOR AB B SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMV7PQ908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AXA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>708842901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED OVERSEAS BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691678007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HENKEL AG + CO KGAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500246905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MZTF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIZRAHI TEFAHOT BANK LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>691670004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STELLANTIS NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMD8KX906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A5G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIB GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF0L35906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BROTHER INDUSTRIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>614650000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUJIFILM HOLDINGS CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635652001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SEIKO EPSON CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661650903</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNTORY BEVERAGE + FOOD LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0690K5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO TINTO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>622010007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITV PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>339864902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOYO TIRE CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690018007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCMN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWISSCOM AG REG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>553397902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINSBURY (J) PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B019KW907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZIM INTEGRATED SHIPPING SERV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M9T951109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YAMAHA MOTOR CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>698526001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALIMENTATION COUCHE TARD INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01626P973</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPEN TEXT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>683715106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISUZU MOTORS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>646710004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IGM FINANCIAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>449586957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWED A_SEK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWEDBANK AB   A SHARES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>484652904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4042</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOSOH CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690028006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUZUKI MOTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>686550005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ABERDEEN GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF8Q6K901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMP.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMPIRE CO LTD  A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>291843951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AURIZON HOLDINGS LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B87CVM907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSAB AB   B SHARES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B17H3F907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DWS GROUP GMBH + CO KGAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI11F2W6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREDIT AGRICOLE SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>726261902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELEPERFORMANCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>599933900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUBARU CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635640006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RICOH CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>673822003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTESA SANPAOLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>407683002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANK OF IRELAND GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BD1RP6901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCK KGAA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>474184900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4578</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTSUKA HOLDINGS CO LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B5LTM9909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBE INSURANCE GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>671574002</x:t>
   </x:si>
   <x:si>
     <x:t>8015</x:t>
   </x:si>
   <x:si>
     <x:t>TOYOTA TSUSHO CORP</x:t>
   </x:si>
   <x:si>
     <x:t>690058003</x:t>
   </x:si>
   <x:si>
-    <x:t>O39</x:t>
-[...641 lines deleted...]
-    <x:t>BD1RP6901</x:t>
+    <x:t>IGG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IG GROUP HOLDINGS PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B06QFB906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAX GROUP PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1VNSX901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAWASAKI KISEN KAISHA LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648468007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAYERISCHE MOTOREN WERKE PRF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>575603907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICL GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>645553900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TELECOM ITALIA SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>763439908</x:t>
   </x:si>
   <x:si>
     <x:t>HUSQ B</x:t>
   </x:si>
   <x:si>
     <x:t>HUSQVARNA AB B SHS</x:t>
   </x:si>
   <x:si>
     <x:t>B12PJ2906</x:t>
   </x:si>
   <x:si>
-    <x:t>BMW3</x:t>
-[...23 lines deleted...]
-    <x:t>B1VNSX901</x:t>
+    <x:t>RY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROYAL BANK OF CANADA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780087102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUSSEL METALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>781903950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAMI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO BPM SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYMD5K904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUNCORP GROUP LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>658508007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLUNB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H LUNDBECK A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMGTJT908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAPGEMINI SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416343002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BKG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BERKELEY GROUP HOLDINGS/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BP0RGD900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUIG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUIG BRANDS SA B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI2NTSC6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAZDA MOTOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690030002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOOMIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOOMIS AB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMVB56905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WAWI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WALLENIUS WILHELMSEN ASA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B55WMQ902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BZU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUZZI SPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>578220907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFEA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MFE MEDIAFOREUROPE NV CL A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLC8J1901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWISS FRANC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999CHFZ99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KERRY PROPERTIES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>648631901</x:t>
   </x:si>
   <x:si>
     <x:t>5334</x:t>
   </x:si>
   <x:si>
     <x:t>NITERRA CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>661960005</x:t>
   </x:si>
   <x:si>
-    <x:t>IGG</x:t>
-[...178 lines deleted...]
-  <x:si>
     <x:t>8253</x:t>
   </x:si>
   <x:si>
     <x:t>CREDIT SAISON CO LTD</x:t>
   </x:si>
   <x:si>
     <x:t>659180004</x:t>
   </x:si>
   <x:si>
+    <x:t>NEW ISRAELI SHEQEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999ILSZ93</x:t>
+  </x:si>
+  <x:si>
     <x:t>AUSTRALIAN DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>EURO CURRENCY</x:t>
   </x:si>
   <x:si>
     <x:t>999EURZ94</x:t>
   </x:si>
   <x:si>
-    <x:t>NEW ISRAELI SHEQEL</x:t>
-[...2 lines deleted...]
-    <x:t>999ILSZ93</x:t>
+    <x:t>CANADIAN DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999CADZ91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHF999999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spot</x:t>
   </x:si>
   <x:si>
     <x:t>HONG KONG DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999HKDZ99</x:t>
   </x:si>
   <x:si>
     <x:t>NORWEGIAN KRONE</x:t>
   </x:si>
   <x:si>
     <x:t>999NOKZ96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI38SN20</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1901,3894 +1919,3976 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G174"/>
+  <x:dimension ref="A1:G178"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="12.780625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="32.120625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="31.990625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="12.700625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>197376</x:v>
+        <x:v>206242</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>15578887.7</x:v>
+        <x:v>17922429.8</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>156524</x:v>
+        <x:v>165476</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>15461900.8</x:v>
+        <x:v>15613855.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>187852</x:v>
+        <x:v>130473</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>15229161.6</x:v>
+        <x:v>13064090.3</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>123410</x:v>
+        <x:v>250123</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14026545</x:v>
+        <x:v>13021403.4</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>236144</x:v>
+        <x:v>328840</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13712882.1</x:v>
+        <x:v>12670205.2</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>575082</x:v>
+        <x:v>180617</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>13606440.1</x:v>
+        <x:v>12605260.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>175334</x:v>
+        <x:v>598595</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>13460391.2</x:v>
+        <x:v>12432818.2</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>123636</x:v>
+        <x:v>174295</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>12251091.2</x:v>
+        <x:v>11904348.5</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>67990</x:v>
+        <x:v>124693</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>11253024.9</x:v>
+        <x:v>10938070</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>335213</x:v>
+        <x:v>146510</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>9704416.4</x:v>
+        <x:v>9281408.5</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>19283</x:v>
+        <x:v>219300</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>9059696.1</x:v>
+        <x:v>9136413.8</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>130880</x:v>
+        <x:v>304500</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>8556934.4</x:v>
+        <x:v>8906294</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>176119</x:v>
+        <x:v>90175</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8515353.7</x:v>
+        <x:v>8799276.5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>77994</x:v>
+        <x:v>8858400</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8359396.9</x:v>
+        <x:v>8756700.4</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>223700</x:v>
+        <x:v>55462</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>8178310.4</x:v>
+        <x:v>8308762.2</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>8367100</x:v>
+        <x:v>189071</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>8151129.9</x:v>
+        <x:v>8264293.4</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>249331</x:v>
+        <x:v>275175</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>7509849.7</x:v>
+        <x:v>7713552.8</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>189267</x:v>
+        <x:v>19221</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>7366839.4</x:v>
+        <x:v>7631190.3</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>195558</x:v>
+        <x:v>206304</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>7004887.6</x:v>
+        <x:v>7076227.2</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>288500</x:v>
+        <x:v>181986</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>6809213.5</x:v>
+        <x:v>6737121.7</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>393400</x:v>
+        <x:v>396800</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>6359710.5</x:v>
+        <x:v>6583749.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>125600</x:v>
+        <x:v>265287</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>6058371.9</x:v>
+        <x:v>6581770.5</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>259938</x:v>
+        <x:v>132200</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>5821375.7</x:v>
+        <x:v>5460533.7</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>38688</x:v>
+        <x:v>393532</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>5758871.6</x:v>
+        <x:v>5454715.9</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>94639</x:v>
+        <x:v>100523</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>5564779.2</x:v>
+        <x:v>5229772.2</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>372191</x:v>
+        <x:v>433122</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>5518654.1</x:v>
+        <x:v>4967909.3</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>70322</x:v>
+        <x:v>33256</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>4896855.6</x:v>
+        <x:v>4594127.8</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>123831</x:v>
+        <x:v>74351</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>4796001.2</x:v>
+        <x:v>4559752.6</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>398926</x:v>
+        <x:v>117300</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>4503874.5</x:v>
+        <x:v>4536857.4</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>122100</x:v>
+        <x:v>240000</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>4300441.3</x:v>
+        <x:v>4218986.2</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>40389</x:v>
+        <x:v>42906</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>4234925</x:v>
+        <x:v>3888654.3</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>228000</x:v>
+        <x:v>119100</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>3972414.9</x:v>
+        <x:v>3656418.8</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>132180</x:v>
+        <x:v>109800</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>3901953.6</x:v>
+        <x:v>3623018.7</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>110400</x:v>
+        <x:v>50838</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>3804214.4</x:v>
+        <x:v>3577233.6</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>103700</x:v>
+        <x:v>64392</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>3719464.6</x:v>
+        <x:v>3553794.5</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>417500</x:v>
+        <x:v>91026</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>3458242</x:v>
+        <x:v>3474588.5</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>83300</x:v>
+        <x:v>442500</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>3434864.5</x:v>
+        <x:v>3440603.5</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>173653</x:v>
+        <x:v>15510</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>3429015.6</x:v>
+        <x:v>3243296.1</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>36235</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>3424207.5</x:v>
+        <x:v>3201719</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>60404</x:v>
+        <x:v>1037219</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>3286581.6</x:v>
+        <x:v>3011752.7</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="3" t="s">
+      <x:c r="A46" s="3" t="s"/>
+      <x:c r="B46" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="B46" s="3" t="s">
+      <x:c r="C46" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C46" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>26358</x:v>
+        <x:v>2895365.2</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>3159122.4</x:v>
+        <x:v>2895365.2</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>47468</x:v>
+        <x:v>27873</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>3098133.6</x:v>
+        <x:v>2826692.1</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>12274</x:v>
+        <x:v>111505</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>2977917.9</x:v>
+        <x:v>2791832.3</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>228700</x:v>
+        <x:v>241200</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>2956708.8</x:v>
+        <x:v>2783454.2</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>28970</x:v>
+        <x:v>117646</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>2839974.8</x:v>
+        <x:v>2688211.1</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>63340</x:v>
+        <x:v>144553</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>2796196.3</x:v>
+        <x:v>2454059.3</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>980933</x:v>
+        <x:v>30625</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>2751504</x:v>
+        <x:v>2413812.5</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
-      <x:c r="A53" s="3" t="s"/>
+      <x:c r="A53" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>2635455.7</x:v>
+        <x:v>63700</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>2635455.7</x:v>
+        <x:v>2388027.7</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>52518</x:v>
+        <x:v>48919</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>2632476.5</x:v>
+        <x:v>2347542.8</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>103852</x:v>
+        <x:v>103800</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>2580016.6</x:v>
+        <x:v>2278813.8</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1050</x:v>
+        <x:v>48488</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>2541051.6</x:v>
+        <x:v>2189495</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>190543</x:v>
+        <x:v>26923</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>2495811.5</x:v>
+        <x:v>2152224.6</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>50649</x:v>
+        <x:v>1728000</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>2344512.4</x:v>
+        <x:v>2138272.8</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>63294</x:v>
+        <x:v>60585</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>2318773.5</x:v>
+        <x:v>2012617.3</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>460242</x:v>
+        <x:v>43720</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>2300651.1</x:v>
+        <x:v>1931571.2</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>97700</x:v>
+        <x:v>60562</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>2282774.6</x:v>
+        <x:v>1931031.2</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>66363</x:v>
+        <x:v>63835</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>2264374.1</x:v>
+        <x:v>1887862.2</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>106553</x:v>
+        <x:v>147100</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>2108683.9</x:v>
+        <x:v>1808436.8</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>41333</x:v>
+        <x:v>433025</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>2088900.1</x:v>
+        <x:v>1790324.1</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>43097</x:v>
+        <x:v>18254</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>2084457.6</x:v>
+        <x:v>1760598.3</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1634000</x:v>
+        <x:v>174500</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
-        <x:v>2080344.6</x:v>
+        <x:v>1745163.8</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>45300</x:v>
+        <x:v>273000</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>2035932.2</x:v>
+        <x:v>1669584.2</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>106300</x:v>
+        <x:v>99500</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>1794795.5</x:v>
+        <x:v>1663503.5</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>17242</x:v>
+        <x:v>71167</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>1788857.5</x:v>
+        <x:v>1632499</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>70564</x:v>
+        <x:v>69600</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>1766436.1</x:v>
+        <x:v>1571100.2</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>111947</x:v>
+        <x:v>140951</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>1678654</x:v>
+        <x:v>1564581</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>270500</x:v>
+        <x:v>25134</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>1661785.4</x:v>
+        <x:v>1551724.6</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>115100</x:v>
+        <x:v>58654</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>1645812.8</x:v>
+        <x:v>1509754</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>131100</x:v>
+        <x:v>11700</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
-        <x:v>1454334.2</x:v>
+        <x:v>1447905.7</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>32600</x:v>
+        <x:v>119959</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>1435502.5</x:v>
+        <x:v>1427464.2</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>84100</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>1423931</x:v>
+        <x:v>1413225.8</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>177300</x:v>
+        <x:v>58198</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
-        <x:v>1401789</x:v>
+        <x:v>1393111.4</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>83300</x:v>
+        <x:v>17732</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>1399715.3</x:v>
+        <x:v>1380968.2</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>59995</x:v>
+        <x:v>84800</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>1393523.3</x:v>
+        <x:v>1377035.1</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>15242</x:v>
+        <x:v>90900</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>1381230</x:v>
+        <x:v>1370879</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>55900</x:v>
+        <x:v>120404</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
-        <x:v>1360532.9</x:v>
+        <x:v>1330819.7</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>111260</x:v>
+        <x:v>60508</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
-        <x:v>1349190.1</x:v>
+        <x:v>1300548.8</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>20385</x:v>
+        <x:v>26075</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
-        <x:v>1297607.2</x:v>
+        <x:v>1250997.6</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>40570</x:v>
+        <x:v>52151</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>1283843.7</x:v>
+        <x:v>1233899.3</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>44000</x:v>
+        <x:v>44173</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
-        <x:v>1279721.5</x:v>
+        <x:v>1207188.5</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>33067</x:v>
+        <x:v>15372</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
-        <x:v>1279230</x:v>
+        <x:v>1203397</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>18107</x:v>
+        <x:v>52200</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
-        <x:v>1269136.6</x:v>
+        <x:v>1194327.9</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>65400</x:v>
+        <x:v>32900</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
-        <x:v>1254760.1</x:v>
+        <x:v>1182946.8</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>43726</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>1240758.4</x:v>
+        <x:v>1177913.4</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>88560</x:v>
+        <x:v>66000</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
-        <x:v>1204803.3</x:v>
+        <x:v>1145869.2</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>45121</x:v>
+        <x:v>45507</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>1186497.6</x:v>
+        <x:v>1123805.7</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>24430</x:v>
+        <x:v>20559</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>1178137.3</x:v>
+        <x:v>1113269.9</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>2453</x:v>
+        <x:v>89317</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
-        <x:v>1172140.3</x:v>
+        <x:v>1096079.5</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>34721</x:v>
+        <x:v>104900</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
-        <x:v>1156440.5</x:v>
+        <x:v>1073709.8</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>48196</x:v>
+        <x:v>54246</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>1146629.3</x:v>
+        <x:v>1053658.1</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>95200</x:v>
+        <x:v>35018</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
-        <x:v>1103949.3</x:v>
+        <x:v>1053900.1</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>47500</x:v>
+        <x:v>2474</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>1085201.4</x:v>
+        <x:v>1002205.6</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>12033</x:v>
+        <x:v>20342</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
-        <x:v>1085029</x:v>
+        <x:v>985421</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>130598</x:v>
+        <x:v>101600</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
-        <x:v>1044749.5</x:v>
+        <x:v>947762.4</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>24853</x:v>
+        <x:v>124319</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>1029864.5</x:v>
+        <x:v>945784.5</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>20170</x:v>
+        <x:v>13413</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>1013770.8</x:v>
+        <x:v>942272</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="3" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>420</x:v>
+        <x:v>25065</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
-        <x:v>1009122.6</x:v>
+        <x:v>933935.5</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="3" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>55100</x:v>
+        <x:v>20482</x:v>
       </x:c>
       <x:c r="E103" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
-        <x:v>1008443.3</x:v>
+        <x:v>921819</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>13299</x:v>
+        <x:v>31600</x:v>
       </x:c>
       <x:c r="E104" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
-        <x:v>998275</x:v>
+        <x:v>916473.9</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="3" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>124400</x:v>
+        <x:v>12136</x:v>
       </x:c>
       <x:c r="E105" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
-        <x:v>974452.1</x:v>
+        <x:v>892928.1</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="3" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>7500</x:v>
+        <x:v>11739</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
-        <x:v>946326.8</x:v>
+        <x:v>878323.4</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="3" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>30700</x:v>
+        <x:v>131714</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>939109.7</x:v>
+        <x:v>870461.3</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>60400</x:v>
+        <x:v>82062</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
-        <x:v>892285.9</x:v>
+        <x:v>866383.5</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="3" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>43500</x:v>
+        <x:v>43900</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>891007.5</x:v>
+        <x:v>818756.2</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="3" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>505</x:v>
+        <x:v>42800</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
-        <x:v>864473.8</x:v>
+        <x:v>815110.6</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>81367</x:v>
+        <x:v>64600</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>851336.2</x:v>
+        <x:v>813385.7</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>19300</x:v>
+        <x:v>27000</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
-        <x:v>844042.8</x:v>
+        <x:v>778740.6</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B113" s="3" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="B113" s="3" t="s">
+      <x:c r="C113" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C113" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>53786</x:v>
+        <x:v>6982</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
-        <x:v>839392.6</x:v>
+        <x:v>768222.3</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="3" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="B114" s="3" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="B114" s="3" t="s">
+      <x:c r="C114" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="C114" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>26800</x:v>
+        <x:v>717215</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>832511.4</x:v>
+        <x:v>766558.5</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="3" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="B115" s="3" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="B115" s="3" t="s">
+      <x:c r="C115" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="C115" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>94266</x:v>
+        <x:v>31000</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
-        <x:v>830839.5</x:v>
+        <x:v>743798.3</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>6923</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>830214.7</x:v>
+        <x:v>730049.2</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>12619</x:v>
+        <x:v>152376</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>811778.4</x:v>
+        <x:v>704037.6</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>41800</x:v>
+        <x:v>25704</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>795412.8</x:v>
+        <x:v>697606.6</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>10816</x:v>
+        <x:v>97200</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>790974.1</x:v>
+        <x:v>681406.5</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>21100</x:v>
+        <x:v>11461</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
-        <x:v>769103.3</x:v>
+        <x:v>657073.4</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>711137</x:v>
+        <x:v>28465</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>758457.9</x:v>
+        <x:v>653841.1</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="3" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>806</x:v>
+        <x:v>42600</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>737366.6</x:v>
+        <x:v>652452.8</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>25486</x:v>
+        <x:v>13464</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>735526</x:v>
+        <x:v>629278.1</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="3" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>38763</x:v>
+        <x:v>16970</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>732229.4</x:v>
+        <x:v>613905.1</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>151085</x:v>
+        <x:v>38000</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>719161.2</x:v>
+        <x:v>577720.8</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="3" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>11364</x:v>
+        <x:v>43700</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
-        <x:v>687795.9</x:v>
+        <x:v>540388.8</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="3" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>13350</x:v>
+        <x:v>211237</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
-        <x:v>676355.8</x:v>
+        <x:v>539604</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="3" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>37700</x:v>
+        <x:v>14718</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
-        <x:v>649783.5</x:v>
+        <x:v>537549.3</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="3" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>60100</x:v>
+        <x:v>189823</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>645922</x:v>
+        <x:v>534237.9</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="3" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>209447</x:v>
+        <x:v>71649</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
-        <x:v>609820.3</x:v>
+        <x:v>533936.1</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="3" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>26333</x:v>
+        <x:v>8224</x:v>
       </x:c>
       <x:c r="E131" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
-        <x:v>591288</x:v>
+        <x:v>520203.1</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>8154</x:v>
+        <x:v>26558</x:v>
       </x:c>
       <x:c r="E132" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
-        <x:v>579350.3</x:v>
+        <x:v>506865.8</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>7572</x:v>
+        <x:v>8576</x:v>
       </x:c>
       <x:c r="E133" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
-        <x:v>568905.1</x:v>
+        <x:v>497713.7</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="3" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>188214</x:v>
+        <x:v>29500</x:v>
       </x:c>
       <x:c r="E134" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
-        <x:v>550116.9</x:v>
+        <x:v>481438.7</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="3" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>78463</x:v>
+        <x:v>55900</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
-        <x:v>544986.1</x:v>
+        <x:v>481061.4</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>8503</x:v>
+        <x:v>79134</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>535703.9</x:v>
+        <x:v>473236.7</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="3" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>38600</x:v>
+        <x:v>26055</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
-        <x:v>523880.1</x:v>
+        <x:v>472313</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="3" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>14593</x:v>
+        <x:v>3654</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>517029.9</x:v>
+        <x:v>458280.8</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="3" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>25834</x:v>
+        <x:v>6500</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>513918.8</x:v>
+        <x:v>452216.4</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>95633</x:v>
+        <x:v>30606</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
-        <x:v>459074.8</x:v>
+        <x:v>447053.8</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="3" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>4360</x:v>
+        <x:v>10300</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>456697.8</x:v>
+        <x:v>431113.3</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="3" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>6400</x:v>
+        <x:v>23406</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>426106.5</x:v>
+        <x:v>422635.7</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="3" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>34746</x:v>
+        <x:v>35043</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
-        <x:v>421679.3</x:v>
+        <x:v>418041.5</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="3" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>8200</x:v>
+        <x:v>22600</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>413019.9</x:v>
+        <x:v>406513</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="3" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>23208</x:v>
+        <x:v>4397</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>408624.6</x:v>
+        <x:v>399164.3</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="3" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>15872</x:v>
+        <x:v>73492</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>397593.6</x:v>
+        <x:v>390576</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="3" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>530077</x:v>
+        <x:v>534608</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
-        <x:v>392891.5</x:v>
+        <x:v>382985</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>18800</x:v>
+        <x:v>96450</x:v>
       </x:c>
       <x:c r="E148" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
-        <x:v>383995.4</x:v>
+        <x:v>379377.6</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="3" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>6688</x:v>
+        <x:v>2149</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
-        <x:v>371184</x:v>
+        <x:v>348890.2</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="3" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>22400</x:v>
+        <x:v>9317</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>359105.9</x:v>
+        <x:v>321959.4</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="3" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>72869</x:v>
+        <x:v>22729</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>357197.5</x:v>
+        <x:v>310221.3</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="3" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>12800</x:v>
+        <x:v>25262</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
-        <x:v>351624.9</x:v>
+        <x:v>277102</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>22536</x:v>
+        <x:v>48726</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>343780.7</x:v>
+        <x:v>275592.4</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>4544</x:v>
+        <x:v>2268</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
-        <x:v>329559.8</x:v>
+        <x:v>270533.3</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>9238</x:v>
+        <x:v>5434</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>327842.5</x:v>
+        <x:v>267666.3</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="3" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>5388</x:v>
+        <x:v>14384</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>316222.8</x:v>
+        <x:v>261653.9</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="3" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>35600</x:v>
+        <x:v>35900</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>310214.6</x:v>
+        <x:v>257286.9</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="3" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>48313</x:v>
+        <x:v>4825</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
-        <x:v>292910.1</x:v>
+        <x:v>217031.5</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>2249</x:v>
+        <x:v>15773</x:v>
       </x:c>
       <x:c r="E159" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
-        <x:v>277913.9</x:v>
+        <x:v>207025.4</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>14167</x:v>
+        <x:v>4120</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>248802.6</x:v>
+        <x:v>204989.2</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>26300</x:v>
+        <x:v>65175</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>246020.3</x:v>
+        <x:v>185685</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
-      <x:c r="A162" s="3" t="s">
+      <x:c r="A162" s="3" t="s"/>
+      <x:c r="B162" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
-      <x:c r="B162" s="3" t="s">
+      <x:c r="C162" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
-      <x:c r="C162" s="3" t="s">
+      <x:c r="D162" s="4" t="n">
+        <x:v>180855.8</x:v>
+      </x:c>
+      <x:c r="E162" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F162" s="4" t="n">
+        <x:v>180855.8</x:v>
+      </x:c>
+      <x:c r="G162" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
-      <x:c r="D162" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
-      <x:c r="A163" s="3" t="s">
+      <x:c r="A163" s="3" t="s"/>
+      <x:c r="B163" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="B163" s="3" t="s">
+      <x:c r="C163" s="3" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="C163" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>4085</x:v>
+        <x:v>142114.7</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
-        <x:v>232580.6</x:v>
+        <x:v>179234</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="3" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="B164" s="3" t="s">
         <x:v>483</x:v>
       </x:c>
-      <x:c r="B164" s="3" t="s">
+      <x:c r="C164" s="3" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="C164" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D164" s="4" t="n">
-        <x:v>58000</x:v>
+        <x:v>58500</x:v>
       </x:c>
       <x:c r="E164" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F164" s="4" t="n">
-        <x:v>183125.5</x:v>
+        <x:v>173436.2</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="3" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="B165" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
-      <x:c r="B165" s="3" t="s">
+      <x:c r="C165" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
-      <x:c r="C165" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D165" s="4" t="n">
-        <x:v>4800</x:v>
+        <x:v>3600</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
-        <x:v>145355.8</x:v>
+        <x:v>172325.2</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
-      <x:c r="A166" s="3" t="s"/>
+      <x:c r="A166" s="3" t="s">
+        <x:v>488</x:v>
+      </x:c>
       <x:c r="B166" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="D166" s="4" t="n">
-        <x:v>7472.1</x:v>
+        <x:v>4800</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>5313.8</x:v>
+        <x:v>130334.4</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
-        <x:v>491</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="3" t="s"/>
       <x:c r="B167" s="3" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C167" s="3" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="C167" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D167" s="4" t="n">
-        <x:v>2962.3</x:v>
+        <x:v>17894</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
-        <x:v>3496.2</x:v>
+        <x:v>5746.1</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
-        <x:v>491</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="3" t="s"/>
       <x:c r="B168" s="3" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C168" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="C168" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D168" s="4" t="n">
-        <x:v>2427.1</x:v>
+        <x:v>7472.1</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>778.6</x:v>
+        <x:v>5257.4</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
-        <x:v>491</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="3" t="s"/>
       <x:c r="B169" s="3" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C169" s="3" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="C169" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D169" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3339.5</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3830.3</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
-        <x:v>491</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="3" t="s"/>
       <x:c r="B170" s="3" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C170" s="3" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C170" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D170" s="4" t="n">
-        <x:v>32.2</x:v>
+        <x:v>3376.5</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
+        <x:v>2460</x:v>
+      </x:c>
+      <x:c r="G170" s="3" t="s">
+        <x:v>479</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:7">
+      <x:c r="A171" s="3" t="s"/>
+      <x:c r="B171" s="3" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="C171" s="3" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="D171" s="4" t="n">
+        <x:v>-142114.7</x:v>
+      </x:c>
+      <x:c r="E171" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F171" s="4" t="n">
+        <x:v>1621.8</x:v>
+      </x:c>
+      <x:c r="G171" s="3" t="s">
+        <x:v>500</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:7">
+      <x:c r="A172" s="3" t="s"/>
+      <x:c r="B172" s="3" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C172" s="3" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="D172" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E172" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F172" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G172" s="3" t="s">
+        <x:v>479</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:7">
+      <x:c r="A173" s="3" t="s"/>
+      <x:c r="B173" s="3" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C173" s="3" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="D173" s="4" t="n">
+        <x:v>32.2</x:v>
+      </x:c>
+      <x:c r="E173" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F173" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
-      <x:c r="G170" s="3" t="s">
-[...10 lines deleted...]
-        <x:v>501</x:v>
+      <x:c r="G173" s="3" t="s">
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
-      <x:c r="A174" s="1" t="s">
-        <x:v>502</x:v>
+      <x:c r="A174" s="3" t="s"/>
+      <x:c r="B174" s="3" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C174" s="3" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="D174" s="4" t="n">
+        <x:v>534608</x:v>
+      </x:c>
+      <x:c r="E174" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F174" s="4" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+      <x:c r="G174" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:7">
+      <x:c r="A176" s="3" t="s">
+        <x:v>506</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:7">
+      <x:c r="A177" s="3" t="s">
+        <x:v>507</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:7">
+      <x:c r="A178" s="1" t="s">
+        <x:v>508</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>