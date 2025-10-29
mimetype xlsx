--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26ce13995e094628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea31ce1233aa4e6cbbaf51f1b89d4ad9.psmdcp" Id="R9ea34c15e4bc41e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec46deb05994789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba697c7a58f14186937c72fa4fade1a0.psmdcp" Id="R99f1b5b658b545c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Currencies" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <x:si>
     <x:t>Regions - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex-USA Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets, excluding</x:t>
   </x:si>
   <x:si>
     <x:t>the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
@@ -202,144 +202,144 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>SAP SE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>SAP SE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Amadeus IT Group SA</x:t>
   </x:si>
   <x:si>
+    <x:t>Industria de Diseno Textil SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>LVMH Moet Hennessy Louis Vuitton SE</x:t>
   </x:si>
   <x:si>
     <x:t>L'Oreal SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Industria de Diseno Textil SA</x:t>
+    <x:t>Compass Group PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML Holding NV</x:t>
   </x:si>
   <x:si>
     <x:t>Unilever PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML Holding NV</x:t>
-[...5 lines deleted...]
-    <x:t>Compass Group PLC</x:t>
+    <x:t>Safran SA</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.3x</x:t>
-[...2 lines deleted...]
-    <x:t>16.1x</x:t>
+    <x:t>22.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.3%</x:t>
-[...2 lines deleted...]
-    <x:t>14.5%</x:t>
+    <x:t>25.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>61.6 USD</x:t>
-[...2 lines deleted...]
-    <x:t>57.6 USD</x:t>
+    <x:t>80.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.8x</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -725,62 +725,62 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>83.4</x:v>
+        <x:v>83.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>57.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>42.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
@@ -819,153 +819,153 @@
       <x:c r="A1" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>22.6</x:v>
+        <x:v>25.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>14.5</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -990,216 +990,216 @@
       <x:c r="A1" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>53.2</x:v>
+        <x:v>54.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>14.5</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>13.1</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1230,139 +1230,139 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>23.3</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>9.8</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>15.6</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>18.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
@@ -1429,98 +1429,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>36.8</x:v>
+        <x:v>37.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>25.7</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>35.7</x:v>
+        <x:v>35.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>24.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>25.1</x:v>
+        <x:v>25.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>9.4</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1549,183 +1549,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1783,51 +1783,51 @@
         <x:v>86</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
         <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>9</x:v>
       </x:c>