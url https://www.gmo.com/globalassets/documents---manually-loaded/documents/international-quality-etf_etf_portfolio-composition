--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -1,104 +1,246 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec46deb05994789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba697c7a58f14186937c72fa4fade1a0.psmdcp" Id="R99f1b5b658b545c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd244f0bb400141a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17ed3b7fe990485892725e768ae95b4c.psmdcp" Id="Rcd5a2fefcae34930" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
-[...5 lines deleted...]
-    <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
+    <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
+    <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
+    <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
+    <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
+    <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
+    <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
+    <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
+    <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
+  <x:si>
+    <x:t>Risk Profile - International Quality ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>From 10/31/2024 to 10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Quality ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSCI World ex USA</x:t>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Alpha (Jensen's)</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>1</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Beta</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>2</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>R Squared</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>3</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Sharpe Ratio</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>4</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="baseline"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>Standard Deviation</x:t>
+    </x:r>
+    <x:r>
+      <x:rPr>
+        <x:vertAlign val="superscript"/>
+        <x:sz val="11"/>
+        <x:color rgb="FF000000"/>
+        <x:rFont val="Calibri"/>
+        <x:family val="2"/>
+      </x:rPr>
+      <x:t>5</x:t>
+    </x:r>
+  </x:si>
+  <x:si>
+    <x:t>[1] Alpha is a measure of risk-adjusted return.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[2] Beta is a measure of a portfolio's sensitivity to the market.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Risk profile data is net of fees.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The MSCI World ex-USA Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets, excluding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
+  </x:si>
   <x:si>
     <x:t>Regions - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
-    <x:t>International Quality ETF</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
-    <x:t>The MSCI World ex-USA Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets, excluding</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Countries - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
@@ -202,246 +344,254 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LVMH Moet Hennessy Louis Vuitton SE</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAP SE</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+    <x:t>Industria de Diseno Textil SA</x:t>
   </x:si>
   <x:si>
     <x:t>Amadeus IT Group SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Industria de Diseno Textil SA</x:t>
-[...2 lines deleted...]
-    <x:t>LVMH Moet Hennessy Louis Vuitton SE</x:t>
+    <x:t>ASML Holding NV</x:t>
   </x:si>
   <x:si>
     <x:t>L'Oreal SA</x:t>
   </x:si>
   <x:si>
+    <x:t>Unilever PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Compass Group PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML Holding NV</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Safran SA</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.7x</x:t>
-[...2 lines deleted...]
-    <x:t>16.2x</x:t>
+    <x:t>22.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.0%</x:t>
-[...2 lines deleted...]
-    <x:t>14.6%</x:t>
+    <x:t>25.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.4%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>80.0 USD</x:t>
-[...2 lines deleted...]
-    <x:t>58.2 USD</x:t>
+    <x:t>99.4 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.8x</x:t>
+    <x:t>1.0x</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:numFmts count="2">
+  <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
-    <x:numFmt numFmtId="165" formatCode="#0.0"/>
+    <x:numFmt numFmtId="165" formatCode="#0.00"/>
+    <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border diagonalUp="0" diagonalDown="0">
       <x:left style="none">
         <x:color rgb="FF000000"/>
       </x:left>
       <x:right style="none">
         <x:color rgb="FF000000"/>
       </x:right>
       <x:top style="none">
         <x:color rgb="FF000000"/>
       </x:top>
       <x:bottom style="none">
         <x:color rgb="FF000000"/>
       </x:bottom>
       <x:diagonal style="none">
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
-  <x:cellStyleXfs count="3">
+  <x:cellStyleXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="166" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
   </x:cellStyleXfs>
-  <x:cellXfs count="4">
+  <x:cellXfs count="5">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
+    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
-    <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+    <x:xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId13" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -688,1209 +838,1358 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
+  <x:dimension ref="A1:C21"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="19.360625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="23.560625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="18.800625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:3">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:3">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:3">
+      <x:c r="A5" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:3">
+      <x:c r="A6" s="0" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="n">
+        <x:v>-21.63</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:3">
+      <x:c r="A7" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="n">
+        <x:v>1.27</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="n">
+        <x:v>0.89</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="n">
+        <x:v>0.23</x:v>
+      </x:c>
+      <x:c r="C9" s="2" t="n">
+        <x:v>2.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="2" t="n">
+        <x:v>11.33</x:v>
+      </x:c>
+      <x:c r="C10" s="2" t="n">
+        <x:v>8.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="3" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:3">
+      <x:c r="A19" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:3">
+      <x:c r="A21" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
   <x:dimension ref="A1:C12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.560625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="18.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>0</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>2</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C6" s="3" t="n">
+      <x:c r="A6" s="3" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>57.9</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>83.1</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>57.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>42.1</x:v>
+      <x:c r="A8" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>16.1</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>42.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-        <x:v>8</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
-      <x:c r="A11" s="2" t="s">
-        <x:v>9</x:v>
+      <x:c r="A11" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.560625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="18.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
+      <x:c r="A6" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:3">
+      <x:c r="A7" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>8.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>3.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>8.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>13.4</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="B6" s="3" t="n">
-[...40 lines deleted...]
-      <x:c r="A10" s="2" t="s">
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="n">
-[...7 lines deleted...]
-      <x:c r="A11" s="2" t="s">
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
-      </x:c>
-[...58 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.560625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="18.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B6" s="3" t="n">
+      <x:c r="A6" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
-      <x:c r="C6" s="3" t="n">
-        <x:v>6</x:v>
+      <x:c r="C6" s="4" t="n">
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B7" s="3" t="n">
+      <x:c r="A7" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C7" s="3" t="n">
-        <x:v>11.9</x:v>
+      <x:c r="C7" s="4" t="n">
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C8" s="3" t="n">
+      <x:c r="A8" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>9.8</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>1.7</x:v>
+      <x:c r="A9" s="3" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>2.7</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>31.4</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>54.7</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>31.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
-      <x:c r="A11" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C11" s="3" t="n">
+      <x:c r="A11" s="3" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>13.4</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B12" s="3" t="n">
+      <x:c r="A12" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C12" s="3" t="n">
+      <x:c r="C12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B13" s="3" t="n">
+      <x:c r="A13" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C13" s="3" t="n">
+      <x:c r="C13" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
-      <x:c r="A14" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>19.7</x:v>
+      <x:c r="A14" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
-      <x:c r="A15" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C15" s="3" t="n">
+      <x:c r="A15" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
-      <x:c r="A16" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B16" s="3" t="n">
+      <x:c r="A16" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C16" s="3" t="n">
+      <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
-      <x:c r="A17" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B17" s="3" t="n">
+      <x:c r="A17" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C17" s="3" t="n">
+      <x:c r="C17" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
-      <x:c r="A18" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C18" s="3" t="n">
+      <x:c r="A18" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>2.5</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
-      <x:c r="A19" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B19" s="3" t="n">
+      <x:c r="A19" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C19" s="3" t="n">
+      <x:c r="C19" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
-      <x:c r="A20" s="2" t="s">
-[...5 lines deleted...]
-      <x:c r="C20" s="3" t="n">
+      <x:c r="A20" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
-      <x:c r="A21" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B21" s="3" t="n">
+      <x:c r="A21" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C21" s="3" t="n">
+      <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
-      <x:c r="A23" s="2" t="s">
-        <x:v>8</x:v>
+      <x:c r="A23" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
-      <x:c r="A24" s="2" t="s">
-        <x:v>9</x:v>
+      <x:c r="A24" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.560625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="18.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B6" s="3" t="n">
+      <x:c r="A6" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C6" s="3" t="n">
-        <x:v>4.4</x:v>
+      <x:c r="C6" s="4" t="n">
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B7" s="3" t="n">
+      <x:c r="A7" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>18.1</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>9.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>21.6</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>4.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>25.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>18.3</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
         <x:v>17.8</x:v>
       </x:c>
-      <x:c r="C7" s="3" t="n">
-[...18 lines deleted...]
-      <x:c r="B9" s="3" t="n">
+      <x:c r="C12" s="4" t="n">
+        <x:v>18.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>9.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>5.2</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>6.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="n">
-[...7 lines deleted...]
-      <x:c r="B10" s="3" t="n">
+      <x:c r="C15" s="4" t="n">
+        <x:v>1.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="C10" s="3" t="n">
-[...66 lines deleted...]
-        <x:v>3.3</x:v>
+      <x:c r="C16" s="4" t="n">
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
-      <x:c r="A18" s="2" t="s">
-        <x:v>54</x:v>
+      <x:c r="A18" s="3" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
-      <x:c r="A19" s="2" t="s">
-        <x:v>55</x:v>
+      <x:c r="A19" s="3" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
-      <x:c r="A20" s="2" t="s">
-        <x:v>56</x:v>
+      <x:c r="A20" s="3" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
-      <x:c r="A21" s="2" t="s">
-        <x:v>57</x:v>
+      <x:c r="A21" s="3" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
-      <x:c r="A22" s="2" t="s">
-        <x:v>8</x:v>
+      <x:c r="A22" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
-      <x:c r="A23" s="2" t="s">
-        <x:v>9</x:v>
+      <x:c r="A23" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.560625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="18.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>19.5</x:v>
+      <x:c r="A6" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>34.7</x:v>
+      </x:c>
+      <x:c r="C6" s="4" t="n">
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>35.9</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>31.6</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B8" s="3" t="n">
+      <x:c r="A8" s="3" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>18.7</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
         <x:v>24.3</x:v>
       </x:c>
-      <x:c r="C8" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>17.1</x:v>
+      <x:c r="A9" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>2.3</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="2" t="s">
-        <x:v>8</x:v>
+      <x:c r="A12" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-        <x:v>9</x:v>
+      <x:c r="A13" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
-      <x:c r="A6" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B6" s="3" t="n">
+      <x:c r="A6" s="3" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B6" s="4" t="n">
+        <x:v>5.3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:4">
+      <x:c r="A7" s="3" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
-      <x:c r="C6" s="2" t="s">
-[...17 lines deleted...]
-        <x:v>50</x:v>
+      <x:c r="C7" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="s">
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
-      <x:c r="A8" s="2" t="s">
-[...9 lines deleted...]
-        <x:v>44</x:v>
+      <x:c r="A8" s="3" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>4.9</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
-      <x:c r="A9" s="2" t="s">
-[...9 lines deleted...]
-        <x:v>44</x:v>
+      <x:c r="A9" s="3" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>4.6</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D9" s="3" t="s">
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
-      <x:c r="A10" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B10" s="3" t="n">
+      <x:c r="A10" s="3" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
-      <x:c r="C10" s="2" t="s">
-[...3 lines deleted...]
-        <x:v>44</x:v>
+      <x:c r="C10" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D10" s="3" t="s">
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
-      <x:c r="A11" s="2" t="s">
-[...9 lines deleted...]
-        <x:v>45</x:v>
+      <x:c r="A11" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D11" s="3" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
-      <x:c r="A12" s="2" t="s">
-[...9 lines deleted...]
-        <x:v>44</x:v>
+      <x:c r="A12" s="3" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>3.8</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
-      <x:c r="A13" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B13" s="3" t="n">
+      <x:c r="A13" s="3" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
-      <x:c r="C13" s="2" t="s">
-[...3 lines deleted...]
-        <x:v>50</x:v>
+      <x:c r="C13" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D13" s="3" t="s">
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
-      <x:c r="A14" s="2" t="s">
-[...9 lines deleted...]
-        <x:v>45</x:v>
+      <x:c r="A14" s="3" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="s">
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
-      <x:c r="A15" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B15" s="3" t="n">
+      <x:c r="A15" s="3" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
-      <x:c r="C15" s="2" t="s">
-[...3 lines deleted...]
-        <x:v>49</x:v>
+      <x:c r="C15" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="D15" s="3" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
-      <x:c r="A17" s="2" t="s">
-        <x:v>78</x:v>
+      <x:c r="A17" s="3" t="s">
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
-      <x:c r="A18" s="2" t="s">
-        <x:v>79</x:v>
+      <x:c r="A18" s="3" t="s">
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="37.370625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.560625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="18.800625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
-      <x:c r="A6" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>85</x:v>
+      <x:c r="A6" s="3" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B6" s="3" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
-      <x:c r="A7" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>88</x:v>
+      <x:c r="A7" s="3" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
-      <x:c r="A8" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>91</x:v>
+      <x:c r="A8" s="3" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
-      <x:c r="A9" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B9" s="2" t="n">
+      <x:c r="A9" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C9" s="2" t="n">
+      <x:c r="C9" s="3" t="n">
         <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="2" t="s">
-[...6 lines deleted...]
-        <x:v>95</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="2" t="s">
-        <x:v>8</x:v>
+      <x:c r="A12" s="3" t="s">
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="2" t="s">
-        <x:v>9</x:v>
+      <x:c r="A13" s="3" t="s">
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="21">
+    <vt:vector baseType="lpstr" size="24">
+      <vt:lpstr>Risk Profile</vt:lpstr>
       <vt:lpstr>Regions</vt:lpstr>
       <vt:lpstr>Countries</vt:lpstr>
       <vt:lpstr>Currencies</vt:lpstr>
       <vt:lpstr>Sectors</vt:lpstr>
       <vt:lpstr>Market Cap Ranges</vt:lpstr>
       <vt:lpstr>Top Equity Holdings</vt:lpstr>
       <vt:lpstr>Characteristics</vt:lpstr>
+      <vt:lpstr>Risk Profile!Print_Area</vt:lpstr>
+      <vt:lpstr>Risk Profile!Print_Titles</vt:lpstr>
       <vt:lpstr>Regions!Print_Area</vt:lpstr>
       <vt:lpstr>Regions!Print_Titles</vt:lpstr>
       <vt:lpstr>Countries!Print_Area</vt:lpstr>
       <vt:lpstr>Countries!Print_Titles</vt:lpstr>
       <vt:lpstr>Currencies!Print_Area</vt:lpstr>
       <vt:lpstr>Currencies!Print_Titles</vt:lpstr>
       <vt:lpstr>Sectors!Print_Area</vt:lpstr>
       <vt:lpstr>Sectors!Print_Titles</vt:lpstr>
       <vt:lpstr>Market Cap Ranges!Print_Area</vt:lpstr>
       <vt:lpstr>Market Cap Ranges!Print_Titles</vt:lpstr>
       <vt:lpstr>Top Equity Holdings!Print_Area</vt:lpstr>
       <vt:lpstr>Top Equity Holdings!Print_Titles</vt:lpstr>
       <vt:lpstr>Characteristics!Print_Area</vt:lpstr>
       <vt:lpstr>Characteristics!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>