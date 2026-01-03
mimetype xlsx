--- v2 (2025-11-18)
+++ v3 (2026-01-03)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd244f0bb400141a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17ed3b7fe990485892725e768ae95b4c.psmdcp" Id="Rcd5a2fefcae34930" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbbdc9cbe8df4621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85bc931ef56542908dc50aca58364b7a.psmdcp" Id="Ra5fd1b9f6acd4533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
   <x:si>
     <x:t>Risk Profile - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/31/2024 to 10/31/2025</x:t>
+    <x:t>From 10/31/2024 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex-USA Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets, excluding</x:t>
   </x:si>
   <x:si>
     <x:t>the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
@@ -344,144 +344,144 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>LVMH Moet Hennessy Louis Vuitton SE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>LVMH Moet Hennessy Louis Vuitton SE</x:t>
+    <x:t>Industria de Diseno Textil SA</x:t>
   </x:si>
   <x:si>
     <x:t>SAP SE</x:t>
   </x:si>
   <x:si>
-    <x:t>Industria de Diseno Textil SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Amadeus IT Group SA</x:t>
   </x:si>
   <x:si>
     <x:t>ASML Holding NV</x:t>
   </x:si>
   <x:si>
     <x:t>L'Oreal SA</x:t>
   </x:si>
   <x:si>
+    <x:t>Haleon PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unilever PLC</x:t>
   </x:si>
   <x:si>
-    <x:t>Compass Group PLC</x:t>
-[...2 lines deleted...]
-    <x:t>Safran SA</x:t>
+    <x:t>Nestle SA</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.5x</x:t>
-[...2 lines deleted...]
-    <x:t>16.4x</x:t>
+    <x:t>21.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.2%</x:t>
-[...2 lines deleted...]
-    <x:t>14.4%</x:t>
+    <x:t>25.4%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>99.4 USD</x:t>
-[...2 lines deleted...]
-    <x:t>59.8 USD</x:t>
+    <x:t>91.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>60.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.0x</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
@@ -875,98 +875,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-21.63</x:v>
+        <x:v>-20.71</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.89</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>2.26</x:v>
+        <x:v>2.25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.33</x:v>
+        <x:v>10.89</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>8.43</x:v>
+        <x:v>8.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1021,76 +1021,76 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>83.1</x:v>
+        <x:v>83.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>57.7</x:v>
+        <x:v>57.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>42.3</x:v>
+        <x:v>42.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1118,136 +1118,136 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>25</x:v>
+        <x:v>24.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -1286,142 +1286,142 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>54.7</x:v>
+        <x:v>54.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>31.2</x:v>
+        <x:v>31.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
@@ -1432,70 +1432,70 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1526,161 +1526,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.6</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>25.6</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1725,303 +1725,303 @@
       <x:c r="A1" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>34.7</x:v>
+        <x:v>38.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>31.6</x:v>
+        <x:v>27.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>35.4</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>18.7</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24.3</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>12</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="22.320625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2082,51 +2082,51 @@
         <x:v>102</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">