--- v3 (2026-01-03)
+++ v4 (2026-02-07)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbbdc9cbe8df4621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85bc931ef56542908dc50aca58364b7a.psmdcp" Id="Ra5fd1b9f6acd4533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra265617cec30448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8369a11850a45bcab74aecd5160ad6a.psmdcp" Id="Rb10d5458a7af4f8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
   <x:si>
     <x:t>Risk Profile - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/31/2024 to 11/30/2025</x:t>
+    <x:t>From 10/31/2024 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex-USA Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets, excluding</x:t>
   </x:si>
   <x:si>
     <x:t>the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
@@ -344,144 +344,144 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Industria de Diseno Textil SA</x:t>
+  </x:si>
+  <x:si>
     <x:t>LVMH Moet Hennessy Louis Vuitton SE</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Industria de Diseno Textil SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SAP SE</x:t>
   </x:si>
   <x:si>
     <x:t>Amadeus IT Group SA</x:t>
   </x:si>
   <x:si>
     <x:t>ASML Holding NV</x:t>
   </x:si>
   <x:si>
+    <x:t>Haleon PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>L'Oreal SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Haleon PLC</x:t>
-[...5 lines deleted...]
-    <x:t>Nestle SA</x:t>
+    <x:t>Roche Holding AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novartis AG</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.1x</x:t>
-[...2 lines deleted...]
-    <x:t>16.3x</x:t>
+    <x:t>21.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.4%</x:t>
+    <x:t>25.6%</x:t>
   </x:si>
   <x:si>
     <x:t>14.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>91.3 USD</x:t>
-[...2 lines deleted...]
-    <x:t>60.8 USD</x:t>
+    <x:t>98.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63.1 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.0x</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
@@ -875,98 +875,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-20.71</x:v>
+        <x:v>-21.26</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.26</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.89</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>2.25</x:v>
+        <x:v>2.79</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.89</x:v>
+        <x:v>10.34</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>8.13</x:v>
+        <x:v>8.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1021,76 +1021,76 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>83.6</x:v>
+        <x:v>83.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>57.9</x:v>
+        <x:v>58.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>15.5</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>42.1</x:v>
+        <x:v>41.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1126,142 +1126,142 @@
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>24.7</x:v>
+        <x:v>23.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1286,216 +1286,216 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>54.4</x:v>
+        <x:v>54.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>31.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>6.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1526,161 +1526,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>26.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>17.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1725,98 +1725,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>38.9</x:v>
+        <x:v>32.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>27.1</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>36</x:v>
+        <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>20.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>24.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>13.5</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1845,183 +1845,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2079,54 +2079,54 @@
         <x:v>101</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>761</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">