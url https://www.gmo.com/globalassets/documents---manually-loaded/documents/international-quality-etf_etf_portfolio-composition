--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra265617cec30448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8369a11850a45bcab74aecd5160ad6a.psmdcp" Id="Rb10d5458a7af4f8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a8ad6a3f454c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a16e00ff7da9438eb98421be11656d83.psmdcp" Id="Rae251bdb476b4f47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex-USA Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets, excluding</x:t>
   </x:si>
   <x:si>
     <x:t>the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
@@ -344,144 +344,144 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Industria de Diseno Textil SA</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>LVMH Moet Hennessy Louis Vuitton SE</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+    <x:t>ASML Holding NV</x:t>
   </x:si>
   <x:si>
     <x:t>SAP SE</x:t>
   </x:si>
   <x:si>
+    <x:t>Roche Holding AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'Oreal SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haleon PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novartis AG</x:t>
+  </x:si>
+  <x:si>
     <x:t>Amadeus IT Group SA</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML Holding NV</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.2x</x:t>
-[...2 lines deleted...]
-    <x:t>15.9x</x:t>
+    <x:t>20.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.6%</x:t>
-[...2 lines deleted...]
-    <x:t>14.7%</x:t>
+    <x:t>25.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>98.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>63.1 USD</x:t>
+    <x:t>108.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.0x</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
@@ -1021,76 +1021,76 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>83.8</x:v>
+        <x:v>83.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>58.5</x:v>
+        <x:v>58.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>15.6</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>41.5</x:v>
+        <x:v>41.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1115,139 +1115,139 @@
       <x:c r="A1" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>22.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -1286,216 +1286,216 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>54.2</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>31.5</x:v>
+        <x:v>31.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1526,161 +1526,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>26.9</x:v>
+        <x:v>26.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1725,98 +1725,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>32.8</x:v>
+        <x:v>34.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>20</x:v>
+        <x:v>20.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>25.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>36.4</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>24.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24.2</x:v>
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1845,183 +1845,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2079,54 +2079,54 @@
         <x:v>101</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>759</x:v>
+        <x:v>758</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">