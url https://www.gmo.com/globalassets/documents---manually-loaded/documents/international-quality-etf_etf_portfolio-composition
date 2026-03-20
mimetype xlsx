--- v5 (2026-02-27)
+++ v6 (2026-03-20)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a8ad6a3f454c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a16e00ff7da9438eb98421be11656d83.psmdcp" Id="Rae251bdb476b4f47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73cbf03f208340a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2983e364320f4fcf9dc47e6928bab002.psmdcp" Id="Rd978fef8b5a8459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
   <x:si>
     <x:t>Risk Profile - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/31/2024 to 01/31/2026</x:t>
+    <x:t>From 10/31/2024 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI World ex USA</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,92 +182,92 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI World ex-USA Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed markets, excluding</x:t>
   </x:si>
   <x:si>
     <x:t>the United States. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
-    <x:t>Denmark</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
+    <x:t>Sweden</x:t>
+  </x:si>
+  <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AUD</x:t>
   </x:si>
   <x:si>
     <x:t>CAD</x:t>
   </x:si>
   <x:si>
     <x:t>CHF</x:t>
   </x:si>
   <x:si>
     <x:t>DKK</x:t>
@@ -344,153 +344,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Industria de Diseno Textil SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+    <x:t>Novartis AG</x:t>
   </x:si>
   <x:si>
     <x:t>LVMH Moet Hennessy Louis Vuitton SE</x:t>
   </x:si>
   <x:si>
     <x:t>ASML Holding NV</x:t>
   </x:si>
   <x:si>
     <x:t>SAP SE</x:t>
   </x:si>
   <x:si>
     <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
+    <x:t>Haleon PLC</x:t>
+  </x:si>
+  <x:si>
     <x:t>L'Oreal SA</x:t>
   </x:si>
   <x:si>
-    <x:t>Haleon PLC</x:t>
-[...5 lines deleted...]
-    <x:t>Amadeus IT Group SA</x:t>
+    <x:t>Safran SA</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>20.7x</x:t>
-[...2 lines deleted...]
-    <x:t>16.5x</x:t>
+    <x:t>22.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.8%</x:t>
+    <x:t>26.1%</x:t>
   </x:si>
   <x:si>
     <x:t>14.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>108.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>67.8 USD</x:t>
+    <x:t>112.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>67.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0x</x:t>
+    <x:t>0.9x</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -875,98 +875,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-21.26</x:v>
+        <x:v>-21.81</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.85</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>2.79</x:v>
+        <x:v>3.11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>10.34</x:v>
+        <x:v>10.26</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>8.04</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1032,65 +1032,65 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>83.3</x:v>
+        <x:v>82.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>58.4</x:v>
+        <x:v>57.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>41.6</x:v>
+        <x:v>42.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1115,139 +1115,139 @@
       <x:c r="A1" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>22.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>22.8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>19.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -1286,205 +1286,205 @@
       <x:c r="A1" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>53</x:v>
+        <x:v>52.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>30.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>13.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>13.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>19.8</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -1534,153 +1534,153 @@
         <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>21.2</x:v>
+        <x:v>21.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>26.6</x:v>
+        <x:v>25.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>20</x:v>
+        <x:v>19.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>19</x:v>
+        <x:v>18.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -1725,303 +1725,303 @@
       <x:c r="A1" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>34.6</x:v>
+        <x:v>36.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>24.1</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>24.9</x:v>
+        <x:v>24.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>12.3</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="22.320625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2082,51 +2082,51 @@
         <x:v>102</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>758</x:v>
+        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">