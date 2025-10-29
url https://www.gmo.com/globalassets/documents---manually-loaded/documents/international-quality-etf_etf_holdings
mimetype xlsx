--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,359 +1,359 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R378c375ce64a4dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7cb6332c9e5445b5b13be9924af37c7e.psmdcp" Id="R72d3ebcaaaa94e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e57aafdb4544468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de31c23c14c848f28a43e388ff23ab84.psmdcp" Id="Rcbefd27b95954654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="123">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <x:si>
     <x:t>Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/06/2025 (%)</x:t>
+    <x:t>As of 10/28/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>TSM</x:t>
   </x:si>
   <x:si>
     <x:t>TAIWAN SEMICONDUCTOR SP ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>SAP</x:t>
   </x:si>
   <x:si>
     <x:t>SAP SE SPONSORED ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>803054204</x:t>
   </x:si>
   <x:si>
+    <x:t>LVMUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LVMH MOET HENNESSY UNSP ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502441306</x:t>
+  </x:si>
+  <x:si>
     <x:t>ITX</x:t>
   </x:si>
   <x:si>
     <x:t>INDUSTRIA DE DISENO TEXTIL COMMON STOCK EUR.03</x:t>
   </x:si>
   <x:si>
     <x:t>ACI08XL68</x:t>
   </x:si>
   <x:si>
-    <x:t>LVMUY</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>AMS</x:t>
   </x:si>
   <x:si>
     <x:t>AMADEUS IT GROUP SA COMMON STOCK EUR.01</x:t>
   </x:si>
   <x:si>
     <x:t>B3MSM2900</x:t>
   </x:si>
   <x:si>
+    <x:t>ASML</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML HOLDING NV NY REG SHS NY REG SHRS EUR.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N07059210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMPGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMPASS GROUP PLC SPON ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20449X401</x:t>
+  </x:si>
+  <x:si>
     <x:t>LRLCY</x:t>
   </x:si>
   <x:si>
     <x:t>L OREAL UNSPONSORED ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>502117203</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>UL</x:t>
   </x:si>
   <x:si>
     <x:t>UNILEVER PLC SPONSORED ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>904767704</x:t>
   </x:si>
   <x:si>
     <x:t>SAFRY</x:t>
   </x:si>
   <x:si>
     <x:t>SAFRAN SA UNSPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>786584102</x:t>
   </x:si>
   <x:si>
+    <x:t>NSRGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESTLE SA SPONS ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641069406</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALEON PLC ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>405552100</x:t>
+  </x:si>
+  <x:si>
     <x:t>NVS</x:t>
   </x:si>
   <x:si>
     <x:t>NOVARTIS AG SPONSORED ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>66987V109</x:t>
   </x:si>
   <x:si>
-    <x:t>HLN</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>RHHBY</x:t>
   </x:si>
   <x:si>
     <x:t>ROCHE HOLDINGS LTD SPONS ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>771195104</x:t>
   </x:si>
   <x:si>
-    <x:t>NSRGY</x:t>
-[...5 lines deleted...]
-    <x:t>641069406</x:t>
+    <x:t>KRZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KERRY GROUP PLC A COMMON STOCK EUR.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>451957906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIQUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIR LIQUIDE UNSPONSORED ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009126202</x:t>
   </x:si>
   <x:si>
     <x:t>DSY</x:t>
   </x:si>
   <x:si>
     <x:t>DASSAULT SYSTEMES SE COMMON STOCK EUR.1</x:t>
   </x:si>
   <x:si>
     <x:t>BM8H5Y907</x:t>
   </x:si>
   <x:si>
     <x:t>NVO</x:t>
   </x:si>
   <x:si>
     <x:t>NOVO NORDISK A/S SPONS ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>670100205</x:t>
   </x:si>
   <x:si>
-    <x:t>AIQUY</x:t>
-[...14 lines deleted...]
-    <x:t>451957906</x:t>
+    <x:t>SBGSY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHNEIDER ELECT SE UNSP ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80687P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSAB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSA ABLOY AB B COMMON STOCK SEK1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0CQYQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAMBLES LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1FJ0C904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOYA CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>644150005</x:t>
   </x:si>
   <x:si>
     <x:t>SHECY</x:t>
   </x:si>
   <x:si>
     <x:t>SHIN ETSU CHEM UNSPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>824551105</x:t>
   </x:si>
   <x:si>
-    <x:t>SBGSY</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>DEO</x:t>
   </x:si>
   <x:si>
     <x:t>DIAGEO PLC SPONSORED ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>25243Q205</x:t>
   </x:si>
   <x:si>
     <x:t>KBX</x:t>
   </x:si>
   <x:si>
     <x:t>KNORR BREMSE AG COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>ACI159PM3</x:t>
   </x:si>
   <x:si>
-    <x:t>7741</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>RYAAY</x:t>
   </x:si>
   <x:si>
     <x:t>RYANAIR HOLDINGS PLC SP ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>783513203</x:t>
   </x:si>
   <x:si>
     <x:t>KNEBV</x:t>
   </x:si>
   <x:si>
     <x:t>KONE OYJ B COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>B09M9D905</x:t>
   </x:si>
   <x:si>
     <x:t>FMX</x:t>
   </x:si>
   <x:si>
     <x:t>FOMENTO ECONOMICO MEX SP ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>344419106</x:t>
   </x:si>
   <x:si>
+    <x:t>8035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOKYO ELECTRON LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>689567006</x:t>
+  </x:si>
+  <x:si>
     <x:t>BIM</x:t>
   </x:si>
   <x:si>
     <x:t>BIOMERIEUX COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>BF0LBX906</x:t>
   </x:si>
   <x:si>
-    <x:t>8035</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>DIM</x:t>
   </x:si>
   <x:si>
     <x:t>SARTORIUS STEDIM BIOTECH COMMON STOCK EUR.2</x:t>
   </x:si>
   <x:si>
     <x:t>BYZ2QP900</x:t>
   </x:si>
   <x:si>
     <x:t>CPR</x:t>
   </x:si>
   <x:si>
     <x:t>DAVIDE CAMPARI MILANO NV COMMON STOCK EUR.01</x:t>
   </x:si>
   <x:si>
     <x:t>BMQ5W1905</x:t>
   </x:si>
   <x:si>
     <x:t>PRNDY</x:t>
   </x:si>
   <x:si>
     <x:t>PERNOD RICARD SA   SPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>714264306</x:t>
@@ -362,50 +362,56 @@
     <x:t>BEI</x:t>
   </x:si>
   <x:si>
     <x:t>BEIERSDORF AG COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>510740905</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>EURO CURRENCY</x:t>
   </x:si>
   <x:si>
     <x:t>999EURZ94</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUSTRALIAN DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
     <x:t>SWEDISH KRONA</x:t>
   </x:si>
   <x:si>
     <x:t>999SEKZ96</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
@@ -761,51 +767,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G46"/>
+  <x:dimension ref="A1:G47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.030625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.830625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -823,894 +829,915 @@
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>13559</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>3961804.2</x:v>
+        <x:v>4043971.8</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>14396</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>3894549.9</x:v>
+        <x:v>3918015.4</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>64082</x:v>
+        <x:v>27518</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>3637944.7</x:v>
+        <x:v>3907005.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>27518</x:v>
+        <x:v>64082</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>3571010.9</x:v>
+        <x:v>3748397.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>44627</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>3552637.9</x:v>
+        <x:v>3536672.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>34698</x:v>
+        <x:v>2956</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>3072507.9</x:v>
+        <x:v>3133300.9</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2956</x:v>
+        <x:v>86103</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>3051242.3</x:v>
+        <x:v>3052351.4</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>86103</x:v>
+        <x:v>34698</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>2978302.8</x:v>
+        <x:v>3026012.6</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>48138</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>2843030.3</x:v>
+        <x:v>3018734</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>31953</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>2840302.2</x:v>
+        <x:v>2822983.6</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>20906</x:v>
+        <x:v>27484</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>2767745.3</x:v>
+        <x:v>2755518.4</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>299060</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>2676587</x:v>
+        <x:v>2751352</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>56627</x:v>
+        <x:v>20906</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>2565203.1</x:v>
+        <x:v>2699800.8</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>27484</x:v>
+        <x:v>56627</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2556286.8</x:v>
+        <x:v>2383430.4</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>74392</x:v>
+        <x:v>24122</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>2549669.5</x:v>
+        <x:v>2343215.6</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>41339</x:v>
+        <x:v>57103</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>2465044.6</x:v>
+        <x:v>2293256.5</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>57103</x:v>
+        <x:v>74392</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>2304106.1</x:v>
+        <x:v>2201728.6</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>24122</x:v>
+        <x:v>41339</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>2152536.2</x:v>
+        <x:v>2186419.7</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>115062</x:v>
+        <x:v>32874</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>1972162.7</x:v>
+        <x:v>1981644.7</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>32874</x:v>
+        <x:v>50740</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>1919841.6</x:v>
+        <x:v>1962404.2</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>115050</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>1884422.6</x:v>
+        <x:v>1884771.1</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>50740</x:v>
+        <x:v>11800</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>1798393.5</x:v>
+        <x:v>1879000.6</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>18421</x:v>
+        <x:v>115062</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>1773389.7</x:v>
+        <x:v>1768502.9</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>18286</x:v>
+        <x:v>18421</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>1760581.4</x:v>
+        <x:v>1754416</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>11800</x:v>
+        <x:v>18286</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>1713722.8</x:v>
+        <x:v>1730513.4</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>27138</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>1614711</x:v>
+        <x:v>1672243.6</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>22962</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>1563188.9</x:v>
+        <x:v>1574210.7</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>14573</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>1394781.8</x:v>
+        <x:v>1395364.8</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>8731</x:v>
+        <x:v>5900</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>1195325.2</x:v>
+        <x:v>1181659.4</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>5900</x:v>
+        <x:v>8731</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>1139947.8</x:v>
+        <x:v>1149146.3</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>4660</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>1086647.6</x:v>
+        <x:v>1140910.4</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>157645</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>1043957.6</x:v>
+        <x:v>1042577.8</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>49392</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>975985.9</x:v>
+        <x:v>993273.1</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>5192</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>551826.8</x:v>
+        <x:v>568333.2</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>480338.4</x:v>
+        <x:v>478550.7</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>480338.4</x:v>
+        <x:v>478550.7</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>1156.2</x:v>
+        <x:v>1170.9</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>1357.6</x:v>
+        <x:v>1363.8</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>55.7</x:v>
+        <x:v>1246.4</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>817.1</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-      <x:c r="A44" s="3" t="s">
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="3" t="s"/>
+      <x:c r="B43" s="3" t="s">
         <x:v>120</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>55.7</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="s">
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="1" t="s">
-        <x:v>122</x:v>
+      <x:c r="A46" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="1" t="s">
+        <x:v>124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>