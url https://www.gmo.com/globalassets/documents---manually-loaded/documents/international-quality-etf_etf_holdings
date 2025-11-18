--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -1,423 +1,423 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e57aafdb4544468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de31c23c14c848f28a43e388ff23ab84.psmdcp" Id="Rcbefd27b95954654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raae35bd759274444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/753822c96fbf436f983d308621fb4c74.psmdcp" Id="R75a0b4882f8b460b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <x:si>
     <x:t>Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/28/2025 (%)</x:t>
+    <x:t>As of 11/18/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>LVMUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LVMH MOET HENNESSY UNSP ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502441306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
     <x:t>TSM</x:t>
   </x:si>
   <x:si>
     <x:t>TAIWAN SEMICONDUCTOR SP ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
+    <x:t>ITX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTRIA DE DISENO TEXTIL COMMON STOCK EUR.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI08XL68</x:t>
   </x:si>
   <x:si>
     <x:t>SAP</x:t>
   </x:si>
   <x:si>
     <x:t>SAP SE SPONSORED ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>803054204</x:t>
   </x:si>
   <x:si>
-    <x:t>LVMUY</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>AMS</x:t>
   </x:si>
   <x:si>
     <x:t>AMADEUS IT GROUP SA COMMON STOCK EUR.01</x:t>
   </x:si>
   <x:si>
     <x:t>B3MSM2900</x:t>
   </x:si>
   <x:si>
     <x:t>ASML</x:t>
   </x:si>
   <x:si>
     <x:t>ASML HOLDING NV NY REG SHS NY REG SHRS EUR.09</x:t>
   </x:si>
   <x:si>
     <x:t>N07059210</x:t>
   </x:si>
   <x:si>
+    <x:t>HLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALEON PLC ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>405552100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNILEVER PLC SPONSORED ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>904767704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRLCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L OREAL UNSPONSORED ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502117203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFRAN SA UNSPON ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>786584102</x:t>
+  </x:si>
+  <x:si>
     <x:t>CMPGY</x:t>
   </x:si>
   <x:si>
     <x:t>COMPASS GROUP PLC SPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>20449X401</x:t>
   </x:si>
   <x:si>
-    <x:t>LRLCY</x:t>
-[...23 lines deleted...]
-    <x:t>786584102</x:t>
+    <x:t>NVS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVARTIS AG SPONSORED ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66987V109</x:t>
   </x:si>
   <x:si>
     <x:t>NSRGY</x:t>
   </x:si>
   <x:si>
     <x:t>NESTLE SA SPONS ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>641069406</x:t>
   </x:si>
   <x:si>
-    <x:t>HLN</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>RHHBY</x:t>
   </x:si>
   <x:si>
     <x:t>ROCHE HOLDINGS LTD SPONS ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>771195104</x:t>
   </x:si>
   <x:si>
+    <x:t>AIQUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIR LIQUIDE UNSPONSORED ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009126202</x:t>
+  </x:si>
+  <x:si>
     <x:t>KRZ</x:t>
   </x:si>
   <x:si>
     <x:t>KERRY GROUP PLC A COMMON STOCK EUR.125</x:t>
   </x:si>
   <x:si>
     <x:t>451957906</x:t>
   </x:si>
   <x:si>
-    <x:t>AIQUY</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>DSY</x:t>
   </x:si>
   <x:si>
     <x:t>DASSAULT SYSTEMES SE COMMON STOCK EUR.1</x:t>
   </x:si>
   <x:si>
     <x:t>BM8H5Y907</x:t>
   </x:si>
   <x:si>
     <x:t>NVO</x:t>
   </x:si>
   <x:si>
     <x:t>NOVO NORDISK A/S SPONS ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>670100205</x:t>
   </x:si>
   <x:si>
+    <x:t>ASSAB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSA ABLOY AB B COMMON STOCK SEK1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0CQYQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOYA CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>644150005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNORR BREMSE AG COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI159PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAMBLES LTD COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1FJ0C904</x:t>
+  </x:si>
+  <x:si>
     <x:t>SBGSY</x:t>
   </x:si>
   <x:si>
     <x:t>SCHNEIDER ELECT SE UNSP ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>80687P106</x:t>
   </x:si>
   <x:si>
-    <x:t>ASSAB</x:t>
-[...23 lines deleted...]
-    <x:t>644150005</x:t>
+    <x:t>DEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIAGEO PLC SPONSORED ADR ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25243Q205</x:t>
   </x:si>
   <x:si>
     <x:t>SHECY</x:t>
   </x:si>
   <x:si>
     <x:t>SHIN ETSU CHEM UNSPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>824551105</x:t>
   </x:si>
   <x:si>
-    <x:t>DEO</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>RYAAY</x:t>
   </x:si>
   <x:si>
     <x:t>RYANAIR HOLDINGS PLC SP ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>783513203</x:t>
   </x:si>
   <x:si>
     <x:t>KNEBV</x:t>
   </x:si>
   <x:si>
     <x:t>KONE OYJ B COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>B09M9D905</x:t>
   </x:si>
   <x:si>
     <x:t>FMX</x:t>
   </x:si>
   <x:si>
     <x:t>FOMENTO ECONOMICO MEX SP ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>344419106</x:t>
   </x:si>
   <x:si>
     <x:t>8035</x:t>
   </x:si>
   <x:si>
     <x:t>TOKYO ELECTRON LTD COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>689567006</x:t>
   </x:si>
   <x:si>
     <x:t>BIM</x:t>
   </x:si>
   <x:si>
     <x:t>BIOMERIEUX COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>BF0LBX906</x:t>
   </x:si>
   <x:si>
+    <x:t>CPR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAVIDE CAMPARI MILANO NV COMMON STOCK EUR.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMQ5W1905</x:t>
+  </x:si>
+  <x:si>
     <x:t>DIM</x:t>
   </x:si>
   <x:si>
     <x:t>SARTORIUS STEDIM BIOTECH COMMON STOCK EUR.2</x:t>
   </x:si>
   <x:si>
     <x:t>BYZ2QP900</x:t>
   </x:si>
   <x:si>
-    <x:t>CPR</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>PRNDY</x:t>
   </x:si>
   <x:si>
     <x:t>PERNOD RICARD SA   SPON ADR ADR</x:t>
   </x:si>
   <x:si>
     <x:t>714264306</x:t>
   </x:si>
   <x:si>
     <x:t>BEI</x:t>
   </x:si>
   <x:si>
     <x:t>BEIERSDORF AG COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>510740905</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
+    <x:t>SWEDISH KRONA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999SEKZ96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
     <x:t>EURO CURRENCY</x:t>
   </x:si>
   <x:si>
     <x:t>999EURZ94</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AUSTRALIAN DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999AUDZ93</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>999SEKZ96</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -826,900 +826,900 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>13559</x:v>
+        <x:v>33576</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>4043971.8</x:v>
+        <x:v>4816477.2</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>14396</x:v>
+        <x:v>16549</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>3918015.4</x:v>
+        <x:v>4666983.5</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>27518</x:v>
+        <x:v>78200</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>3907005.6</x:v>
+        <x:v>4263582.9</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>64082</x:v>
+        <x:v>17568</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>3748397.6</x:v>
+        <x:v>4196995.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>44627</x:v>
+        <x:v>54455</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>3536672.8</x:v>
+        <x:v>4147091.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2956</x:v>
+        <x:v>3606</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>3133300.9</x:v>
+        <x:v>3678120</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>86103</x:v>
+        <x:v>364957</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>3052351.4</x:v>
+        <x:v>3532783.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>34698</x:v>
+        <x:v>58746</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>3026012.6</x:v>
+        <x:v>3478350.7</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>48138</x:v>
+        <x:v>42342</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>3018734</x:v>
+        <x:v>3468233.2</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>31953</x:v>
+        <x:v>38999</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>2822983.6</x:v>
+        <x:v>3438541.8</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>27484</x:v>
+        <x:v>105070</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>2755518.4</x:v>
+        <x:v>3368544.2</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>299060</x:v>
+        <x:v>25508</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>2751352</x:v>
+        <x:v>3355577.4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>20906</x:v>
+        <x:v>33542</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>2699800.8</x:v>
+        <x:v>3343802</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>56627</x:v>
+        <x:v>69107</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2383430.4</x:v>
+        <x:v>3080790.1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>24122</x:v>
+        <x:v>69687</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>2343215.6</x:v>
+        <x:v>2724064.8</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>57103</x:v>
+        <x:v>29439</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>2293256.5</x:v>
+        <x:v>2637004.5</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>74392</x:v>
+        <x:v>90785</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>2201728.6</x:v>
+        <x:v>2475394.1</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>41339</x:v>
+        <x:v>50452</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>2186419.7</x:v>
+        <x:v>2444903.9</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>32874</x:v>
+        <x:v>61920</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>1981644.7</x:v>
+        <x:v>2296405.5</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>50740</x:v>
+        <x:v>14400</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>1962404.2</x:v>
+        <x:v>2219024</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>115050</x:v>
+        <x:v>22316</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>1884771.1</x:v>
+        <x:v>2157997.9</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>11800</x:v>
+        <x:v>140400</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>1879000.6</x:v>
+        <x:v>2139400.4</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>115062</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>1768502.9</x:v>
+        <x:v>2134920.3</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>18421</x:v>
+        <x:v>22477</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>1754416</x:v>
+        <x:v>2090136.2</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>18286</x:v>
+        <x:v>140412</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>1730513.4</x:v>
+        <x:v>2061248.2</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>27138</x:v>
+        <x:v>33118</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>1672243.6</x:v>
+        <x:v>2031458.1</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>22962</x:v>
+        <x:v>28019</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>1574210.7</x:v>
+        <x:v>1877972.6</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>14573</x:v>
+        <x:v>17784</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>1395364.8</x:v>
+        <x:v>1662981.8</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>5900</x:v>
+        <x:v>7200</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>1181659.4</x:v>
+        <x:v>1544596.6</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>8731</x:v>
+        <x:v>10655</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>1149146.3</x:v>
+        <x:v>1313721.8</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>4660</x:v>
+        <x:v>192381</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>1140910.4</x:v>
+        <x:v>1256885.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>157645</x:v>
+        <x:v>5687</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>1042577.8</x:v>
+        <x:v>1252447.2</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>49392</x:v>
+        <x:v>60273</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>993273.1</x:v>
+        <x:v>1134337.9</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>5192</x:v>
+        <x:v>6336</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>568333.2</x:v>
+        <x:v>661234.4</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>478550.7</x:v>
+        <x:v>656910</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>478550.7</x:v>
+        <x:v>656910</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>1170.9</x:v>
+        <x:v>155320.1</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>1363.8</x:v>
+        <x:v>16383.1</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>1246.4</x:v>
+        <x:v>10128</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>817.1</x:v>
+        <x:v>11736.3</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>55.7</x:v>
+        <x:v>1246.4</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>809.3</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>