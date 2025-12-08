--- v2 (2025-11-18)
+++ v3 (2025-12-08)
@@ -1,423 +1,420 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raae35bd759274444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/753822c96fbf436f983d308621fb4c74.psmdcp" Id="R75a0b4882f8b460b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac10da55fb634c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c2ef4d7be73484c9f0b680b035d13e7.psmdcp" Id="R2c532db626a74f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="124">
   <x:si>
     <x:t>Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/18/2025 (%)</x:t>
+    <x:t>As of 12/08/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>ITX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTRIA DE DISENO TEXTIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI08XL68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
     <x:t>LVMUY</x:t>
   </x:si>
   <x:si>
-    <x:t>LVMH MOET HENNESSY UNSP ADR ADR</x:t>
+    <x:t>LVMH MOET HENNESSY UNSP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>502441306</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>TSM</x:t>
   </x:si>
   <x:si>
-    <x:t>TAIWAN SEMICONDUCTOR SP ADR ADR</x:t>
+    <x:t>TAIWAN SEMICONDUCTOR SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
-    <x:t>ITX</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SAP</x:t>
   </x:si>
   <x:si>
-    <x:t>SAP SE SPONSORED ADR ADR</x:t>
+    <x:t>SAP SE SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>803054204</x:t>
   </x:si>
   <x:si>
+    <x:t>ASML</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML HOLDING NV NY REG SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N07059210</x:t>
+  </x:si>
+  <x:si>
     <x:t>AMS</x:t>
   </x:si>
   <x:si>
-    <x:t>AMADEUS IT GROUP SA COMMON STOCK EUR.01</x:t>
+    <x:t>AMADEUS IT GROUP SA</x:t>
   </x:si>
   <x:si>
     <x:t>B3MSM2900</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML</x:t>
-[...5 lines deleted...]
-    <x:t>N07059210</x:t>
+    <x:t>LRLCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L OREAL UNSPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502117203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNILEVER PLC SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>904767704</x:t>
   </x:si>
   <x:si>
     <x:t>HLN</x:t>
   </x:si>
   <x:si>
-    <x:t>HALEON PLC ADR ADR</x:t>
+    <x:t>HALEON PLC ADR</x:t>
   </x:si>
   <x:si>
     <x:t>405552100</x:t>
   </x:si>
   <x:si>
-    <x:t>UL</x:t>
-[...14 lines deleted...]
-    <x:t>502117203</x:t>
+    <x:t>NVS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVARTIS AG SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66987V109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHHBY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDINGS LTD SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>771195104</x:t>
   </x:si>
   <x:si>
     <x:t>SAFRY</x:t>
   </x:si>
   <x:si>
-    <x:t>SAFRAN SA UNSPON ADR ADR</x:t>
+    <x:t>SAFRAN SA UNSPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>786584102</x:t>
   </x:si>
   <x:si>
     <x:t>CMPGY</x:t>
   </x:si>
   <x:si>
-    <x:t>COMPASS GROUP PLC SPON ADR ADR</x:t>
+    <x:t>COMPASS GROUP PLC SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>20449X401</x:t>
   </x:si>
   <x:si>
-    <x:t>NVS</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>NSRGY</x:t>
   </x:si>
   <x:si>
-    <x:t>NESTLE SA SPONS ADR ADR</x:t>
+    <x:t>NESTLE SA SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>641069406</x:t>
   </x:si>
   <x:si>
-    <x:t>RHHBY</x:t>
-[...5 lines deleted...]
-    <x:t>771195104</x:t>
+    <x:t>KRZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KERRY GROUP PLC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>451957906</x:t>
   </x:si>
   <x:si>
     <x:t>AIQUY</x:t>
   </x:si>
   <x:si>
-    <x:t>AIR LIQUIDE UNSPONSORED ADR ADR</x:t>
+    <x:t>AIR LIQUIDE UNSPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>009126202</x:t>
   </x:si>
   <x:si>
-    <x:t>KRZ</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>DSY</x:t>
   </x:si>
   <x:si>
-    <x:t>DASSAULT SYSTEMES SE COMMON STOCK EUR.1</x:t>
+    <x:t>DASSAULT SYSTEMES SE</x:t>
   </x:si>
   <x:si>
     <x:t>BM8H5Y907</x:t>
   </x:si>
   <x:si>
     <x:t>NVO</x:t>
   </x:si>
   <x:si>
-    <x:t>NOVO NORDISK A/S SPONS ADR ADR</x:t>
+    <x:t>NOVO NORDISK A/S SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>670100205</x:t>
   </x:si>
   <x:si>
     <x:t>ASSAB</x:t>
   </x:si>
   <x:si>
-    <x:t>ASSA ABLOY AB B COMMON STOCK SEK1.0</x:t>
+    <x:t>ASSA ABLOY AB B</x:t>
   </x:si>
   <x:si>
     <x:t>ACI0CQYQ0</x:t>
   </x:si>
   <x:si>
+    <x:t>KBX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNORR BREMSE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI159PM3</x:t>
+  </x:si>
+  <x:si>
     <x:t>7741</x:t>
   </x:si>
   <x:si>
-    <x:t>HOYA CORP COMMON STOCK</x:t>
+    <x:t>HOYA CORP</x:t>
   </x:si>
   <x:si>
     <x:t>644150005</x:t>
   </x:si>
   <x:si>
-    <x:t>KBX</x:t>
-[...5 lines deleted...]
-    <x:t>ACI159PM3</x:t>
+    <x:t>SBGSY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHNEIDER ELECT SE UNSP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80687P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RYAAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RYANAIR HOLDINGS PLC SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>783513203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHECY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHIN ETSU CHEM UNSPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>824551105</x:t>
   </x:si>
   <x:si>
     <x:t>BXB</x:t>
   </x:si>
   <x:si>
-    <x:t>BRAMBLES LTD COMMON STOCK</x:t>
+    <x:t>BRAMBLES LTD</x:t>
   </x:si>
   <x:si>
     <x:t>B1FJ0C904</x:t>
   </x:si>
   <x:si>
-    <x:t>SBGSY</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>DEO</x:t>
   </x:si>
   <x:si>
-    <x:t>DIAGEO PLC SPONSORED ADR ADR</x:t>
+    <x:t>DIAGEO PLC SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>25243Q205</x:t>
   </x:si>
   <x:si>
-    <x:t>SHECY</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>KNEBV</x:t>
   </x:si>
   <x:si>
-    <x:t>KONE OYJ B COMMON STOCK</x:t>
+    <x:t>KONE OYJ B</x:t>
   </x:si>
   <x:si>
     <x:t>B09M9D905</x:t>
   </x:si>
   <x:si>
     <x:t>FMX</x:t>
   </x:si>
   <x:si>
-    <x:t>FOMENTO ECONOMICO MEX SP ADR ADR</x:t>
+    <x:t>FOMENTO ECONOMICO MEX SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>344419106</x:t>
   </x:si>
   <x:si>
     <x:t>8035</x:t>
   </x:si>
   <x:si>
-    <x:t>TOKYO ELECTRON LTD COMMON STOCK</x:t>
+    <x:t>TOKYO ELECTRON LTD</x:t>
   </x:si>
   <x:si>
     <x:t>689567006</x:t>
   </x:si>
   <x:si>
+    <x:t>DIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SARTORIUS STEDIM BIOTECH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYZ2QP900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAVIDE CAMPARI MILANO NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMQ5W1905</x:t>
+  </x:si>
+  <x:si>
     <x:t>BIM</x:t>
   </x:si>
   <x:si>
-    <x:t>BIOMERIEUX COMMON STOCK</x:t>
+    <x:t>BIOMERIEUX</x:t>
   </x:si>
   <x:si>
     <x:t>BF0LBX906</x:t>
   </x:si>
   <x:si>
-    <x:t>CPR</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>PRNDY</x:t>
   </x:si>
   <x:si>
-    <x:t>PERNOD RICARD SA   SPON ADR ADR</x:t>
+    <x:t>PERNOD RICARD SA   SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>714264306</x:t>
   </x:si>
   <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
     <x:t>BEI</x:t>
   </x:si>
   <x:si>
-    <x:t>BEIERSDORF AG COMMON STOCK</x:t>
+    <x:t>BEIERSDORF AG</x:t>
   </x:si>
   <x:si>
     <x:t>510740905</x:t>
   </x:si>
   <x:si>
-    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
-[...11 lines deleted...]
-    <x:t>999SEKZ96</x:t>
+    <x:t>AUSTRALIAN DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>EURO CURRENCY</x:t>
-[...8 lines deleted...]
-    <x:t>999AUDZ93</x:t>
+    <x:t>MICC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAGNUM ICE CREAM CO NV/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N5505D105</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -767,58 +764,58 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G47"/>
+  <x:dimension ref="A1:G46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.170625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="49.030625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="33.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.830625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
@@ -826,918 +823,899 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>33576</x:v>
+        <x:v>114038</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>5.3</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>4816477.2</x:v>
+        <x:v>7284940.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>16549</x:v>
+        <x:v>48954</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>4666983.5</x:v>
+        <x:v>7152668.9</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>78200</x:v>
+        <x:v>24139</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>4263582.9</x:v>
+        <x:v>7114246.1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>17568</x:v>
+        <x:v>25620</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>4196995.2</x:v>
+        <x:v>6334801.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>54455</x:v>
+        <x:v>5256</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4147091.8</x:v>
+        <x:v>5778814.3</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3606</x:v>
+        <x:v>79403</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>3678120</x:v>
+        <x:v>5660448.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>364957</x:v>
+        <x:v>61746</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>3532783.8</x:v>
+        <x:v>5344116.3</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>58746</x:v>
+        <x:v>85674</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>3478350.7</x:v>
+        <x:v>5095889.5</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>42342</x:v>
+        <x:v>532234</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>3468233.2</x:v>
+        <x:v>5066867.7</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>38999</x:v>
+        <x:v>37190</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>3438541.8</x:v>
+        <x:v>4915030.4</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>105070</x:v>
+        <x:v>100787</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>3368544.2</x:v>
+        <x:v>4890185.2</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>25508</x:v>
+        <x:v>56885</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>3355577.4</x:v>
+        <x:v>4850584</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>33542</x:v>
+        <x:v>153217</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>3343802</x:v>
+        <x:v>4838592.9</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>69107</x:v>
+        <x:v>48920</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3080790.1</x:v>
+        <x:v>4778505.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>69687</x:v>
+        <x:v>42936</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>2724064.8</x:v>
+        <x:v>3902250.1</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>29439</x:v>
+        <x:v>101631</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>2637004.5</x:v>
+        <x:v>3843684.4</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>90785</x:v>
+        <x:v>132398</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>2475394.1</x:v>
+        <x:v>3666180.8</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>50452</x:v>
+        <x:v>73585</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>2444903.9</x:v>
+        <x:v>3521778.1</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>61920</x:v>
+        <x:v>90300</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>2296405.5</x:v>
+        <x:v>3465303.1</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>14400</x:v>
+        <x:v>32546</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>2219024</x:v>
+        <x:v>3433574.1</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>22316</x:v>
+        <x:v>21000</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>2157997.9</x:v>
+        <x:v>3231913.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>140400</x:v>
+        <x:v>58496</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>2139400.4</x:v>
+        <x:v>3204995.8</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>40115</x:v>
+        <x:v>48298</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>2134920.3</x:v>
+        <x:v>3192497.8</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>22477</x:v>
+        <x:v>204762</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>2090136.2</x:v>
+        <x:v>3186096.7</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>140412</x:v>
+        <x:v>204750</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>2061248.2</x:v>
+        <x:v>3151175.4</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>33118</x:v>
+        <x:v>32773</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>2031458.1</x:v>
+        <x:v>2899099.6</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>28019</x:v>
+        <x:v>40856</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>1877972.6</x:v>
+        <x:v>2836406.2</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>17784</x:v>
+        <x:v>25935</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>1662981.8</x:v>
+        <x:v>2609839.1</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>7200</x:v>
+        <x:v>10500</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>1544596.6</x:v>
+        <x:v>2240703.2</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>10655</x:v>
+        <x:v>8294</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>1313721.8</x:v>
+        <x:v>2060039.2</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>192381</x:v>
+        <x:v>280557</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>1256885.1</x:v>
+        <x:v>1911162.4</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>5687</x:v>
+        <x:v>15539</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>1252447.2</x:v>
+        <x:v>1896290.9</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>60273</x:v>
+        <x:v>87894</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>1134337.9</x:v>
+        <x:v>1568907.9</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
-      <x:c r="A39" s="3" t="s">
+      <x:c r="A39" s="3" t="s"/>
+      <x:c r="B39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="B39" s="3" t="s">
+      <x:c r="C39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="C39" s="3" t="s">
+      <x:c r="D39" s="4" t="n">
+        <x:v>1124386.7</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="F39" s="4" t="n">
+        <x:v>1124386.7</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="3" t="s"/>
+      <x:c r="A40" s="3" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="B40" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>656910</x:v>
+        <x:v>9240</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>656910</x:v>
+        <x:v>976748.5</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>155320.1</x:v>
+        <x:v>1246.4</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>16383.1</x:v>
+        <x:v>827.6</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
-      <x:c r="A42" s="3" t="s"/>
+      <x:c r="A42" s="3" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="B42" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>10128</x:v>
+        <x:v>17134.8</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>11736.3</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
-        <x:v>117</x:v>
-[...7 lines deleted...]
-      <x:c r="C43" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="3" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="3" t="s">
+      <x:c r="A46" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>