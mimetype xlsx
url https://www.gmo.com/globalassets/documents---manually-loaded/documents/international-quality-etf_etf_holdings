--- v3 (2025-12-08)
+++ v4 (2026-01-03)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac10da55fb634c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c2ef4d7be73484c9f0b680b035d13e7.psmdcp" Id="R2c532db626a74f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra57f869e39e64df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/787614b9eee64f568151ec93699bb768.psmdcp" Id="Rf838fd3ac7a84c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="124">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="120">
   <x:si>
     <x:t>Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/08/2025 (%)</x:t>
+    <x:t>As of 01/02/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>ITX</x:t>
   </x:si>
@@ -76,345 +76,333 @@
   <x:si>
     <x:t>LVMH MOET HENNESSY UNSP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>502441306</x:t>
   </x:si>
   <x:si>
     <x:t>TSM</x:t>
   </x:si>
   <x:si>
     <x:t>TAIWAN SEMICONDUCTOR SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
     <x:t>SAP</x:t>
   </x:si>
   <x:si>
     <x:t>SAP SE SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>803054204</x:t>
   </x:si>
   <x:si>
+    <x:t>AMS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMADEUS IT GROUP SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B3MSM2900</x:t>
+  </x:si>
+  <x:si>
     <x:t>ASML</x:t>
   </x:si>
   <x:si>
     <x:t>ASML HOLDING NV NY REG SHS</x:t>
   </x:si>
   <x:si>
     <x:t>N07059210</x:t>
   </x:si>
   <x:si>
-    <x:t>AMS</x:t>
-[...5 lines deleted...]
-    <x:t>B3MSM2900</x:t>
+    <x:t>HLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALEON PLC ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>405552100</x:t>
   </x:si>
   <x:si>
     <x:t>LRLCY</x:t>
   </x:si>
   <x:si>
     <x:t>L OREAL UNSPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>502117203</x:t>
   </x:si>
   <x:si>
+    <x:t>RHHBY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDINGS LTD SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>771195104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVARTIS AG SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66987V109</x:t>
+  </x:si>
+  <x:si>
     <x:t>UL</x:t>
   </x:si>
   <x:si>
     <x:t>UNILEVER PLC SPONSORED ADR</x:t>
   </x:si>
   <x:si>
-    <x:t>904767704</x:t>
-[...26 lines deleted...]
-    <x:t>771195104</x:t>
+    <x:t>904767803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KERRY GROUP PLC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>451957906</x:t>
   </x:si>
   <x:si>
     <x:t>SAFRY</x:t>
   </x:si>
   <x:si>
     <x:t>SAFRAN SA UNSPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>786584102</x:t>
   </x:si>
   <x:si>
     <x:t>CMPGY</x:t>
   </x:si>
   <x:si>
     <x:t>COMPASS GROUP PLC SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>20449X401</x:t>
   </x:si>
   <x:si>
     <x:t>NSRGY</x:t>
   </x:si>
   <x:si>
     <x:t>NESTLE SA SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>641069406</x:t>
   </x:si>
   <x:si>
-    <x:t>KRZ</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>AIQUY</x:t>
   </x:si>
   <x:si>
     <x:t>AIR LIQUIDE UNSPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>009126202</x:t>
   </x:si>
   <x:si>
+    <x:t>NVO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVO NORDISK A/S SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670100205</x:t>
+  </x:si>
+  <x:si>
     <x:t>DSY</x:t>
   </x:si>
   <x:si>
     <x:t>DASSAULT SYSTEMES SE</x:t>
   </x:si>
   <x:si>
     <x:t>BM8H5Y907</x:t>
   </x:si>
   <x:si>
-    <x:t>NVO</x:t>
-[...5 lines deleted...]
-    <x:t>670100205</x:t>
+    <x:t>KBX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNORR BREMSE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI159PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIAGEO PLC SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25243Q205</x:t>
   </x:si>
   <x:si>
     <x:t>ASSAB</x:t>
   </x:si>
   <x:si>
     <x:t>ASSA ABLOY AB B</x:t>
   </x:si>
   <x:si>
     <x:t>ACI0CQYQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>KBX</x:t>
-[...5 lines deleted...]
-    <x:t>ACI159PM3</x:t>
+    <x:t>RYAAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RYANAIR HOLDINGS PLC SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>783513203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBGSY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHNEIDER ELECT SE UNSP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80687P106</x:t>
   </x:si>
   <x:si>
     <x:t>7741</x:t>
   </x:si>
   <x:si>
     <x:t>HOYA CORP</x:t>
   </x:si>
   <x:si>
     <x:t>644150005</x:t>
   </x:si>
   <x:si>
-    <x:t>SBGSY</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SHECY</x:t>
   </x:si>
   <x:si>
     <x:t>SHIN ETSU CHEM UNSPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>824551105</x:t>
   </x:si>
   <x:si>
     <x:t>BXB</x:t>
   </x:si>
   <x:si>
     <x:t>BRAMBLES LTD</x:t>
   </x:si>
   <x:si>
     <x:t>B1FJ0C904</x:t>
   </x:si>
   <x:si>
-    <x:t>DEO</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>KNEBV</x:t>
   </x:si>
   <x:si>
     <x:t>KONE OYJ B</x:t>
   </x:si>
   <x:si>
     <x:t>B09M9D905</x:t>
   </x:si>
   <x:si>
+    <x:t>CPR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAVIDE CAMPARI MILANO NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMQ5W1905</x:t>
+  </x:si>
+  <x:si>
     <x:t>FMX</x:t>
   </x:si>
   <x:si>
     <x:t>FOMENTO ECONOMICO MEX SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>344419106</x:t>
   </x:si>
   <x:si>
     <x:t>8035</x:t>
   </x:si>
   <x:si>
     <x:t>TOKYO ELECTRON LTD</x:t>
   </x:si>
   <x:si>
     <x:t>689567006</x:t>
   </x:si>
   <x:si>
     <x:t>DIM</x:t>
   </x:si>
   <x:si>
     <x:t>SARTORIUS STEDIM BIOTECH</x:t>
   </x:si>
   <x:si>
     <x:t>BYZ2QP900</x:t>
   </x:si>
   <x:si>
-    <x:t>CPR</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BIM</x:t>
   </x:si>
   <x:si>
     <x:t>BIOMERIEUX</x:t>
   </x:si>
   <x:si>
     <x:t>BF0LBX906</x:t>
   </x:si>
   <x:si>
-    <x:t>PRNDY</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
-    <x:t>BEI</x:t>
-[...5 lines deleted...]
-    <x:t>510740905</x:t>
+    <x:t>MICC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAGNUM ICE CREAM CO NV/THE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N5505D105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EURO CURRENCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999EURZ94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>AUSTRALIAN DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999AUDZ93</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>N5505D105</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -764,51 +752,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G46"/>
+  <x:dimension ref="A1:G45"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.830625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -823,899 +811,874 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>114038</x:v>
+        <x:v>206348</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>7284940.4</x:v>
+        <x:v>13662459.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>48954</x:v>
+        <x:v>88564</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>7152668.9</x:v>
+        <x:v>13356336.8</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>24139</x:v>
+        <x:v>43689</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>7114246.1</x:v>
+        <x:v>13276650.2</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>25620</x:v>
+        <x:v>46360</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>6334801.2</x:v>
+        <x:v>11261307.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5256</x:v>
+        <x:v>143663</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5778814.3</x:v>
+        <x:v>10609450.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>79403</x:v>
+        <x:v>9506</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5660448.5</x:v>
+        <x:v>10170089.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>61746</x:v>
+        <x:v>963099</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>5344116.3</x:v>
+        <x:v>9736930.9</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>85674</x:v>
+        <x:v>111726</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>5095889.5</x:v>
+        <x:v>9569331.9</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>532234</x:v>
+        <x:v>182387</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>5066867.7</x:v>
+        <x:v>9405697.6</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>37190</x:v>
+        <x:v>67280</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>4915030.4</x:v>
+        <x:v>9275893.6</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>100787</x:v>
+        <x:v>137780</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>4890185.2</x:v>
+        <x:v>9010812</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>56885</x:v>
+        <x:v>97845</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>4850584</x:v>
+        <x:v>8969020.6</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>153217</x:v>
+        <x:v>102955</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4838592.9</x:v>
+        <x:v>8962232.8</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>48920</x:v>
+        <x:v>277232</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4778505.6</x:v>
+        <x:v>8868651.7</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>42936</x:v>
+        <x:v>88530</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>3902250.1</x:v>
+        <x:v>8744993.4</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>101631</x:v>
+        <x:v>183911</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>3843684.4</x:v>
+        <x:v>6907697.2</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>132398</x:v>
+        <x:v>133170</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>3666180.8</x:v>
+        <x:v>6775689.6</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>73585</x:v>
+        <x:v>239583</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>3521778.1</x:v>
+        <x:v>6712341.3</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>90300</x:v>
+        <x:v>58896</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>3465303.1</x:v>
+        <x:v>6585767.2</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>32546</x:v>
+        <x:v>75606</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>3433574.1</x:v>
+        <x:v>6522529.6</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>21000</x:v>
+        <x:v>163400</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>3231913.5</x:v>
+        <x:v>6369875.6</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>58496</x:v>
+        <x:v>87398</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>3204995.8</x:v>
+        <x:v>6309261.6</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>48298</x:v>
+        <x:v>105841</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>3192497.8</x:v>
+        <x:v>5814322.4</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>204762</x:v>
+        <x:v>38000</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>3186096.7</x:v>
+        <x:v>5745850.4</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>204750</x:v>
+        <x:v>370512</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>3151175.4</x:v>
+        <x:v>5742936</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>32773</x:v>
+        <x:v>370500</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>2899099.6</x:v>
+        <x:v>5676933.2</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>40856</x:v>
+        <x:v>73921</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>2836406.2</x:v>
+        <x:v>5260965.8</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>25935</x:v>
+        <x:v>730795</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>2609839.1</x:v>
+        <x:v>4756202.1</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>10500</x:v>
+        <x:v>46930</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>2240703.2</x:v>
+        <x:v>4743215.1</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>8294</x:v>
+        <x:v>19000</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>2060039.2</x:v>
+        <x:v>4162921.4</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>280557</x:v>
+        <x:v>15009</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>1911162.4</x:v>
+        <x:v>3704101.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>15539</x:v>
+        <x:v>28119</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>1896290.9</x:v>
+        <x:v>3644913</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
-      <x:c r="A38" s="3" t="s">
+      <x:c r="A38" s="3" t="s"/>
+      <x:c r="B38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="B38" s="3" t="s">
+      <x:c r="C38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="C38" s="3" t="s">
+      <x:c r="D38" s="4" t="n">
+        <x:v>1676352.5</x:v>
+      </x:c>
+      <x:c r="E38" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="F38" s="4" t="n">
+        <x:v>1676352.5</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
-      <x:c r="A39" s="3" t="s"/>
+      <x:c r="A39" s="3" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="B39" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1124386.7</x:v>
+        <x:v>31858</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>1124386.7</x:v>
+        <x:v>504949.3</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="3" t="s">
+      <x:c r="A40" s="3" t="s"/>
+      <x:c r="B40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="B40" s="3" t="s">
+      <x:c r="C40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C40" s="3" t="s">
+      <x:c r="D40" s="4" t="n">
+        <x:v>2153.2</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="n">
+        <x:v>2530.4</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>1246.4</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>827.6</x:v>
+        <x:v>831.8</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="3" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...21 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="3" t="s">
-[...5 lines deleted...]
-        <x:v>123</x:v>
+      <x:c r="A45" s="1" t="s">
+        <x:v>119</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>