--- v4 (2026-01-03)
+++ v5 (2026-02-07)
@@ -1,408 +1,420 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra57f869e39e64df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/787614b9eee64f568151ec93699bb768.psmdcp" Id="Rf838fd3ac7a84c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bf8edda8844a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a2dad98ebc347b486ffce17440bc400.psmdcp" Id="Rbf8fb0b81f1c43c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="120">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="124">
   <x:si>
     <x:t>Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/02/2026 (%)</x:t>
+    <x:t>As of 02/06/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>ITX</x:t>
   </x:si>
   <x:si>
     <x:t>INDUSTRIA DE DISENO TEXTIL</x:t>
   </x:si>
   <x:si>
     <x:t>ACI08XL68</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>TSM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAIWAN SEMICONDUCTOR SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874039100</x:t>
+  </x:si>
+  <x:si>
     <x:t>LVMUY</x:t>
   </x:si>
   <x:si>
     <x:t>LVMH MOET HENNESSY UNSP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>502441306</x:t>
   </x:si>
   <x:si>
-    <x:t>TSM</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SAP</x:t>
   </x:si>
   <x:si>
     <x:t>SAP SE SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>803054204</x:t>
   </x:si>
   <x:si>
+    <x:t>ASML</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML HOLDING NV NY REG SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N07059210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALEON PLC ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>405552100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RHHBY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDINGS LTD SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>771195104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRLCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L OREAL UNSPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502117203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVARTIS AG SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66987V109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNILEVER PLC SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>904767803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFRAN SA UNSPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>786584102</x:t>
+  </x:si>
+  <x:si>
     <x:t>AMS</x:t>
   </x:si>
   <x:si>
     <x:t>AMADEUS IT GROUP SA</x:t>
   </x:si>
   <x:si>
     <x:t>B3MSM2900</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>KRZ</x:t>
   </x:si>
   <x:si>
     <x:t>KERRY GROUP PLC A</x:t>
   </x:si>
   <x:si>
     <x:t>451957906</x:t>
   </x:si>
   <x:si>
-    <x:t>SAFRY</x:t>
-[...5 lines deleted...]
-    <x:t>786584102</x:t>
+    <x:t>NSRGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESTLE SA SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641069406</x:t>
   </x:si>
   <x:si>
     <x:t>CMPGY</x:t>
   </x:si>
   <x:si>
     <x:t>COMPASS GROUP PLC SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>20449X401</x:t>
   </x:si>
   <x:si>
-    <x:t>NSRGY</x:t>
-[...5 lines deleted...]
-    <x:t>641069406</x:t>
+    <x:t>KBX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNORR BREMSE AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI159PM3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIAGEO PLC SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25243Q205</x:t>
   </x:si>
   <x:si>
     <x:t>AIQUY</x:t>
   </x:si>
   <x:si>
     <x:t>AIR LIQUIDE UNSPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>009126202</x:t>
   </x:si>
   <x:si>
+    <x:t>ASSAB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSA ABLOY AB B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0CQYQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DASSAULT SYSTEMES SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BM8H5Y907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOYA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>644150005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBGSY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHNEIDER ELECT SE UNSP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80687P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHECY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHIN ETSU CHEM UNSPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>824551105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RYAAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RYANAIR HOLDINGS PLC SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>783513203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAMBLES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1FJ0C904</x:t>
+  </x:si>
+  <x:si>
     <x:t>NVO</x:t>
   </x:si>
   <x:si>
     <x:t>NOVO NORDISK A/S SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>670100205</x:t>
   </x:si>
   <x:si>
-    <x:t>DSY</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>KNEBV</x:t>
   </x:si>
   <x:si>
     <x:t>KONE OYJ B</x:t>
   </x:si>
   <x:si>
     <x:t>B09M9D905</x:t>
   </x:si>
   <x:si>
     <x:t>CPR</x:t>
   </x:si>
   <x:si>
     <x:t>DAVIDE CAMPARI MILANO NV</x:t>
   </x:si>
   <x:si>
     <x:t>BMQ5W1905</x:t>
   </x:si>
   <x:si>
     <x:t>FMX</x:t>
   </x:si>
   <x:si>
     <x:t>FOMENTO ECONOMICO MEX SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>344419106</x:t>
   </x:si>
   <x:si>
     <x:t>8035</x:t>
   </x:si>
   <x:si>
     <x:t>TOKYO ELECTRON LTD</x:t>
   </x:si>
   <x:si>
     <x:t>689567006</x:t>
   </x:si>
   <x:si>
+    <x:t>BIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOMERIEUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BF0LBX906</x:t>
+  </x:si>
+  <x:si>
     <x:t>DIM</x:t>
   </x:si>
   <x:si>
     <x:t>SARTORIUS STEDIM BIOTECH</x:t>
   </x:si>
   <x:si>
     <x:t>BYZ2QP900</x:t>
   </x:si>
   <x:si>
-    <x:t>BIM</x:t>
-[...5 lines deleted...]
-    <x:t>BF0LBX906</x:t>
+    <x:t>CSU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONSTELLATION SOFTWARE INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21037X951</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAPGEMINI SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>416343002</x:t>
+  </x:si>
+  <x:si>
     <x:t>MICC</x:t>
   </x:si>
   <x:si>
     <x:t>MAGNUM ICE CREAM CO NV/THE</x:t>
   </x:si>
   <x:si>
     <x:t>N5505D105</x:t>
   </x:si>
   <x:si>
-    <x:t>EURO CURRENCY</x:t>
-[...2 lines deleted...]
-    <x:t>999EURZ94</x:t>
+    <x:t>AUSTRALIAN DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -752,51 +764,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G45"/>
+  <x:dimension ref="A1:G46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.830625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -811,874 +823,899 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>206348</x:v>
+        <x:v>220444</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>13662459.4</x:v>
+        <x:v>14725284.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>88564</x:v>
+        <x:v>40967</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>13356336.8</x:v>
+        <x:v>13549015.9</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>43689</x:v>
+        <x:v>94612</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>13276650.2</x:v>
+        <x:v>11940034.4</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>46360</x:v>
+        <x:v>57620</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11261307.6</x:v>
+        <x:v>11374764.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>143663</x:v>
+        <x:v>8322</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>10609450.4</x:v>
+        <x:v>11236031.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>9506</x:v>
+        <x:v>1028879</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>10170089.2</x:v>
+        <x:v>11173625.9</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>963099</x:v>
+        <x:v>194847</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>9736930.9</x:v>
+        <x:v>11129855.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>111726</x:v>
+        <x:v>119358</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>9569331.9</x:v>
+        <x:v>11078809.6</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>182387</x:v>
+        <x:v>71874</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>9405697.6</x:v>
+        <x:v>11065002.3</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>67280</x:v>
+        <x:v>147191</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>9275893.6</x:v>
+        <x:v>10534459.9</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>137780</x:v>
+        <x:v>109989</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>9010812</x:v>
+        <x:v>9773622.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>97845</x:v>
+        <x:v>153475</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>8969020.6</x:v>
+        <x:v>9622653.8</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>102955</x:v>
+        <x:v>104530</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8962232.8</x:v>
+        <x:v>9513094</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>277232</x:v>
+        <x:v>94578</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8868651.7</x:v>
+        <x:v>9511709.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>88530</x:v>
+        <x:v>296169</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>8744993.4</x:v>
+        <x:v>8680713.4</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>183911</x:v>
+        <x:v>62920</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>6907697.2</x:v>
+        <x:v>7849952.4</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>133170</x:v>
+        <x:v>80772</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>6775689.6</x:v>
+        <x:v>7842961.2</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>239583</x:v>
+        <x:v>196475</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>6712341.3</x:v>
+        <x:v>7733256</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>58896</x:v>
+        <x:v>174562</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>6585767.2</x:v>
+        <x:v>7479645.1</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>75606</x:v>
+        <x:v>275747</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>6522529.6</x:v>
+        <x:v>7393760.9</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>163400</x:v>
+        <x:v>40600</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>6369875.6</x:v>
+        <x:v>6963323.3</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>87398</x:v>
+        <x:v>113070</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>6309261.6</x:v>
+        <x:v>6672260.7</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>105841</x:v>
+        <x:v>395822</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>5814322.4</x:v>
+        <x:v>6507313.7</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>38000</x:v>
+        <x:v>93368</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>5745850.4</x:v>
+        <x:v>6307008.4</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>370512</x:v>
+        <x:v>395810</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>5742936</x:v>
+        <x:v>6245054.3</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>370500</x:v>
+        <x:v>142269</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>5676933.2</x:v>
+        <x:v>6165938.5</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>73921</x:v>
+        <x:v>78970</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>5260965.8</x:v>
+        <x:v>5913279.1</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>730795</x:v>
+        <x:v>780713</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>4756202.1</x:v>
+        <x:v>5833107.8</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>46930</x:v>
+        <x:v>50135</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>4743215.1</x:v>
+        <x:v>5380488.2</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>19000</x:v>
+        <x:v>17600</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>4162921.4</x:v>
+        <x:v>4480814.9</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>15009</x:v>
+        <x:v>30039</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>3704101.1</x:v>
+        <x:v>3450423.8</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>28119</x:v>
+        <x:v>16034</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>3644913</x:v>
+        <x:v>3426585</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
-      <x:c r="A38" s="3" t="s"/>
+      <x:c r="A38" s="3" t="s">
+        <x:v>106</x:v>
+      </x:c>
       <x:c r="B38" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1676352.5</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>1676352.5</x:v>
+        <x:v>1598965</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
-      <x:c r="A39" s="3" t="s">
+      <x:c r="A39" s="3" t="s"/>
+      <x:c r="B39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="B39" s="3" t="s">
+      <x:c r="C39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="C39" s="3" t="s">
+      <x:c r="D39" s="4" t="n">
+        <x:v>1155100.7</x:v>
+      </x:c>
+      <x:c r="E39" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="F39" s="4" t="n">
+        <x:v>1155100.7</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
-[...2 lines deleted...]
-      <x:c r="E39" s="4" t="n">
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="3" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C40" s="3" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>8098</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="n">
+        <x:v>1126227.5</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="3" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>34038</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="F39" s="4" t="n">
-[...17 lines deleted...]
-      <x:c r="E40" s="4" t="n">
+      <x:c r="F41" s="4" t="n">
+        <x:v>633787.6</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="3" t="s"/>
+      <x:c r="B42" s="3" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>1246.4</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="F40" s="4" t="n">
-[...29 lines deleted...]
-        <x:v>117</x:v>
+      <x:c r="F42" s="4" t="n">
+        <x:v>865.6</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="s">
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="1" t="s">
-        <x:v>119</x:v>
+      <x:c r="A45" s="3" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="1" t="s">
+        <x:v>123</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>