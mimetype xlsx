--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -1,420 +1,426 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bf8edda8844a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a2dad98ebc347b486ffce17440bc400.psmdcp" Id="Rbf8fb0b81f1c43c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R079d59b9cec546cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34c156de3a374ab192ba9ff886891706.psmdcp" Id="R7192c39b56f24847" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="124">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <x:si>
     <x:t>Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/06/2026 (%)</x:t>
+    <x:t>As of 02/27/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>TSM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TAIWAN SEMICONDUCTOR SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>874039100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
     <x:t>ITX</x:t>
   </x:si>
   <x:si>
     <x:t>INDUSTRIA DE DISENO TEXTIL</x:t>
   </x:si>
   <x:si>
     <x:t>ACI08XL68</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>LVMUY</x:t>
   </x:si>
   <x:si>
     <x:t>LVMH MOET HENNESSY UNSP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>502441306</x:t>
   </x:si>
   <x:si>
+    <x:t>ASML</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASML HOLDING NV NY REG SHS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N07059210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVARTIS AG SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66987V109</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAP</x:t>
   </x:si>
   <x:si>
     <x:t>SAP SE SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>803054204</x:t>
   </x:si>
   <x:si>
-    <x:t>ASML</x:t>
-[...5 lines deleted...]
-    <x:t>N07059210</x:t>
+    <x:t>RHHBY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDINGS LTD SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>771195104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFRAN SA UNSPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>786584102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRLCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L OREAL UNSPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502117203</x:t>
   </x:si>
   <x:si>
     <x:t>HLN</x:t>
   </x:si>
   <x:si>
     <x:t>HALEON PLC ADR</x:t>
   </x:si>
   <x:si>
     <x:t>405552100</x:t>
   </x:si>
   <x:si>
-    <x:t>RHHBY</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>UL</x:t>
   </x:si>
   <x:si>
     <x:t>UNILEVER PLC SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>904767803</x:t>
   </x:si>
   <x:si>
-    <x:t>SAFRY</x:t>
-[...5 lines deleted...]
-    <x:t>786584102</x:t>
+    <x:t>NSRGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESTLE SA SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>641069406</x:t>
   </x:si>
   <x:si>
     <x:t>AMS</x:t>
   </x:si>
   <x:si>
     <x:t>AMADEUS IT GROUP SA</x:t>
   </x:si>
   <x:si>
     <x:t>B3MSM2900</x:t>
   </x:si>
   <x:si>
     <x:t>KRZ</x:t>
   </x:si>
   <x:si>
     <x:t>KERRY GROUP PLC A</x:t>
   </x:si>
   <x:si>
     <x:t>451957906</x:t>
   </x:si>
   <x:si>
-    <x:t>NSRGY</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CMPGY</x:t>
   </x:si>
   <x:si>
     <x:t>COMPASS GROUP PLC SPON ADR</x:t>
   </x:si>
   <x:si>
     <x:t>20449X401</x:t>
   </x:si>
   <x:si>
+    <x:t>AIQUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIR LIQUIDE UNSPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009126202</x:t>
+  </x:si>
+  <x:si>
     <x:t>KBX</x:t>
   </x:si>
   <x:si>
     <x:t>KNORR BREMSE AG</x:t>
   </x:si>
   <x:si>
     <x:t>ACI159PM3</x:t>
   </x:si>
   <x:si>
+    <x:t>7741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOYA CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>644150005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHECY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHIN ETSU CHEM UNSPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>824551105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSAB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSA ABLOY AB B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI0CQYQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBGSY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHNEIDER ELECT SE UNSP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>80687P106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BXB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAMBLES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1FJ0C904</x:t>
+  </x:si>
+  <x:si>
     <x:t>DEO</x:t>
   </x:si>
   <x:si>
     <x:t>DIAGEO PLC SPONSORED ADR</x:t>
   </x:si>
   <x:si>
     <x:t>25243Q205</x:t>
   </x:si>
   <x:si>
-    <x:t>AIQUY</x:t>
-[...14 lines deleted...]
-    <x:t>ACI0CQYQ0</x:t>
+    <x:t>RYAAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RYANAIR HOLDINGS PLC SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>783513203</x:t>
   </x:si>
   <x:si>
     <x:t>DSY</x:t>
   </x:si>
   <x:si>
     <x:t>DASSAULT SYSTEMES SE</x:t>
   </x:si>
   <x:si>
     <x:t>BM8H5Y907</x:t>
   </x:si>
   <x:si>
-    <x:t>7741</x:t>
-[...41 lines deleted...]
-    <x:t>B1FJ0C904</x:t>
+    <x:t>KNEBV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KONE OYJ B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B09M9D905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DAVIDE CAMPARI MILANO NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BMQ5W1905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOMENTO ECONOMICO MEX SP ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>344419106</x:t>
   </x:si>
   <x:si>
     <x:t>NVO</x:t>
   </x:si>
   <x:si>
     <x:t>NOVO NORDISK A/S SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>670100205</x:t>
   </x:si>
   <x:si>
-    <x:t>KNEBV</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>8035</x:t>
   </x:si>
   <x:si>
     <x:t>TOKYO ELECTRON LTD</x:t>
   </x:si>
   <x:si>
     <x:t>689567006</x:t>
   </x:si>
   <x:si>
+    <x:t>DIM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SARTORIUS STEDIM BIOTECH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BYZ2QP900</x:t>
+  </x:si>
+  <x:si>
     <x:t>BIM</x:t>
   </x:si>
   <x:si>
     <x:t>BIOMERIEUX</x:t>
   </x:si>
   <x:si>
     <x:t>BF0LBX906</x:t>
   </x:si>
   <x:si>
-    <x:t>DIM</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>CSU</x:t>
   </x:si>
   <x:si>
     <x:t>CONSTELLATION SOFTWARE INC</x:t>
   </x:si>
   <x:si>
     <x:t>21037X951</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>CAP</x:t>
   </x:si>
   <x:si>
     <x:t>CAPGEMINI SE</x:t>
   </x:si>
   <x:si>
     <x:t>416343002</x:t>
   </x:si>
   <x:si>
     <x:t>MICC</x:t>
   </x:si>
   <x:si>
     <x:t>MAGNUM ICE CREAM CO NV/THE</x:t>
   </x:si>
   <x:si>
     <x:t>N5505D105</x:t>
   </x:si>
   <x:si>
     <x:t>AUSTRALIAN DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EURO CURRENCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999EURZ94</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -764,51 +770,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G46"/>
+  <x:dimension ref="A1:G47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.830625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -823,899 +829,920 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>220444</x:v>
+        <x:v>41371</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>5.4</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>14725284.4</x:v>
+        <x:v>15589006.5</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>40967</x:v>
+        <x:v>222616</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>13549015.9</x:v>
+        <x:v>15091933.3</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>94612</x:v>
+        <x:v>95544</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>11940034.4</x:v>
+        <x:v>12436007</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>57620</x:v>
+        <x:v>8404</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11374764.2</x:v>
+        <x:v>12301775.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8322</x:v>
+        <x:v>72582</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11236031.5</x:v>
+        <x:v>12013046.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1028879</x:v>
+        <x:v>58188</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>11173625.9</x:v>
+        <x:v>11909919.8</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>194847</x:v>
+        <x:v>196767</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>11129855.5</x:v>
+        <x:v>11615156</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>119358</x:v>
+        <x:v>111073</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>11078809.6</x:v>
+        <x:v>11383871.8</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>71874</x:v>
+        <x:v>120534</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>11065002.3</x:v>
+        <x:v>11309705.2</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>147191</x:v>
+        <x:v>1039015</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>10534459.9</x:v>
+        <x:v>11179801.4</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>109989</x:v>
+        <x:v>148641</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>9773622.5</x:v>
+        <x:v>10809961.3</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>153475</x:v>
+        <x:v>95510</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>9622653.8</x:v>
+        <x:v>10236761.8</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>104530</x:v>
+        <x:v>154987</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>9513094</x:v>
+        <x:v>9394947.5</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>94578</x:v>
+        <x:v>105560</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>9511709.5</x:v>
+        <x:v>9188306.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>296169</x:v>
+        <x:v>299087</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>8680713.4</x:v>
+        <x:v>9149071.3</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>62920</x:v>
+        <x:v>198411</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>7849952.4</x:v>
+        <x:v>8410642.3</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>80772</x:v>
+        <x:v>63540</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>7842961.2</x:v>
+        <x:v>8361730.2</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>196475</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>7733256</x:v>
+        <x:v>7669282</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>174562</x:v>
+        <x:v>399722</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>7479645.1</x:v>
+        <x:v>7638687.4</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>275747</x:v>
+        <x:v>176282</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>7393760.9</x:v>
+        <x:v>7464589.5</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>40600</x:v>
+        <x:v>114184</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>6963323.3</x:v>
+        <x:v>7375715.5</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>113070</x:v>
+        <x:v>399710</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>6672260.7</x:v>
+        <x:v>7083604.4</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>395822</x:v>
+        <x:v>81568</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>6507313.7</x:v>
+        <x:v>6975695.4</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>93368</x:v>
+        <x:v>94288</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>6307008.4</x:v>
+        <x:v>6564802</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>395810</x:v>
+        <x:v>278463</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>6245054.3</x:v>
+        <x:v>6042340.6</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>142269</x:v>
+        <x:v>79748</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>6165938.5</x:v>
+        <x:v>5961724.9</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>78970</x:v>
+        <x:v>788405</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>5913279.1</x:v>
+        <x:v>5847357.1</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>780713</x:v>
+        <x:v>50629</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>5833107.8</x:v>
+        <x:v>5729683.9</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>50135</x:v>
+        <x:v>143671</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>5380488.2</x:v>
+        <x:v>5404903</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>17600</x:v>
+        <x:v>17800</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>4480814.9</x:v>
+        <x:v>5165682.4</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>30039</x:v>
+        <x:v>16192</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>3450423.8</x:v>
+        <x:v>3478131.1</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>16034</x:v>
+        <x:v>30335</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>3426585</x:v>
+        <x:v>3451398.5</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>884</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>1598965</x:v>
+        <x:v>1685044</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s"/>
       <x:c r="B39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1155100.7</x:v>
+        <x:v>1053795</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>1155100.7</x:v>
+        <x:v>1053795</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>8098</x:v>
+        <x:v>8178</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>1126227.5</x:v>
+        <x:v>1010573.4</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>34038</x:v>
+        <x:v>34374</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>633787.6</x:v>
+        <x:v>555827.6</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s"/>
       <x:c r="B42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>1246.4</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>865.6</x:v>
+        <x:v>886.4</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:7">
-      <x:c r="A44" s="3" t="s">
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="3" t="s"/>
+      <x:c r="B43" s="3" t="s">
         <x:v>121</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>346.8</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="n">
+        <x:v>409.3</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="s">
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
-      <x:c r="A46" s="1" t="s">
-        <x:v>123</x:v>
+      <x:c r="A46" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="1" t="s">
+        <x:v>125</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>