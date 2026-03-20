--- v6 (2026-02-27)
+++ v7 (2026-03-20)
@@ -1,423 +1,444 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R079d59b9cec546cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34c156de3a374ab192ba9ff886891706.psmdcp" Id="R7192c39b56f24847" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9d95f96c4a42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4c651ccff764e4d9d4f164213192563.psmdcp" Id="R1fe6804668da4e6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>Holdings - International Quality ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/27/2026 (%)</x:t>
+    <x:t>As of 03/19/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>ITX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTRIA DE DISENO TEXTIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACI08XL68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
     <x:t>TSM</x:t>
   </x:si>
   <x:si>
     <x:t>TAIWAN SEMICONDUCTOR SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>874039100</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
-[...8 lines deleted...]
-    <x:t>ACI08XL68</x:t>
+    <x:t>NVS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVARTIS AG SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66987V109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALEON PLC ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>405552100</x:t>
   </x:si>
   <x:si>
     <x:t>LVMUY</x:t>
   </x:si>
   <x:si>
     <x:t>LVMH MOET HENNESSY UNSP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>502441306</x:t>
   </x:si>
   <x:si>
+    <x:t>RHHBY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCHE HOLDINGS LTD SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>771195104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAP SE SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>803054204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFRY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAFRAN SA UNSPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>786584102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRLCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L OREAL UNSPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502117203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNILEVER PLC SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>904767803</x:t>
+  </x:si>
+  <x:si>
     <x:t>ASML</x:t>
   </x:si>
   <x:si>
     <x:t>ASML HOLDING NV NY REG SHS</x:t>
   </x:si>
   <x:si>
     <x:t>N07059210</x:t>
   </x:si>
   <x:si>
-    <x:t>NVS</x:t>
-[...59 lines deleted...]
-    <x:t>904767803</x:t>
+    <x:t>CMPGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMPASS GROUP PLC SPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20449X401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KRZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KERRY GROUP PLC A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>451957906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIQUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIR LIQUIDE UNSPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>009126202</x:t>
   </x:si>
   <x:si>
     <x:t>NSRGY</x:t>
   </x:si>
   <x:si>
     <x:t>NESTLE SA SPONS ADR</x:t>
   </x:si>
   <x:si>
     <x:t>641069406</x:t>
   </x:si>
   <x:si>
     <x:t>AMS</x:t>
   </x:si>
   <x:si>
     <x:t>AMADEUS IT GROUP SA</x:t>
   </x:si>
   <x:si>
     <x:t>B3MSM2900</x:t>
   </x:si>
   <x:si>
-    <x:t>KRZ</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>KBX</x:t>
   </x:si>
   <x:si>
     <x:t>KNORR BREMSE AG</x:t>
   </x:si>
   <x:si>
     <x:t>ACI159PM3</x:t>
   </x:si>
   <x:si>
+    <x:t>SHECY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHIN ETSU CHEM UNSPON ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>824551105</x:t>
+  </x:si>
+  <x:si>
     <x:t>7741</x:t>
   </x:si>
   <x:si>
     <x:t>HOYA CORP</x:t>
   </x:si>
   <x:si>
     <x:t>644150005</x:t>
   </x:si>
   <x:si>
-    <x:t>SHECY</x:t>
-[...5 lines deleted...]
-    <x:t>824551105</x:t>
+    <x:t>BXB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRAMBLES LTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B1FJ0C904</x:t>
   </x:si>
   <x:si>
     <x:t>ASSAB</x:t>
   </x:si>
   <x:si>
     <x:t>ASSA ABLOY AB B</x:t>
   </x:si>
   <x:si>
     <x:t>ACI0CQYQ0</x:t>
   </x:si>
   <x:si>
+    <x:t>DEO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIAGEO PLC SPONSORED ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25243Q205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNEBV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KONE OYJ B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B09M9D905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DSY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DASSAULT SYSTEMES SE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BM8H5Y907</x:t>
+  </x:si>
+  <x:si>
     <x:t>SBGSY</x:t>
   </x:si>
   <x:si>
     <x:t>SCHNEIDER ELECT SE UNSP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>80687P106</x:t>
   </x:si>
   <x:si>
-    <x:t>BXB</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>RYAAY</x:t>
   </x:si>
   <x:si>
     <x:t>RYANAIR HOLDINGS PLC SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>783513203</x:t>
   </x:si>
   <x:si>
-    <x:t>DSY</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CPR</x:t>
   </x:si>
   <x:si>
     <x:t>DAVIDE CAMPARI MILANO NV</x:t>
   </x:si>
   <x:si>
     <x:t>BMQ5W1905</x:t>
   </x:si>
   <x:si>
+    <x:t>NVO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOVO NORDISK A/S SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670100205</x:t>
+  </x:si>
+  <x:si>
     <x:t>FMX</x:t>
   </x:si>
   <x:si>
     <x:t>FOMENTO ECONOMICO MEX SP ADR</x:t>
   </x:si>
   <x:si>
     <x:t>344419106</x:t>
   </x:si>
   <x:si>
-    <x:t>NVO</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>8035</x:t>
   </x:si>
   <x:si>
     <x:t>TOKYO ELECTRON LTD</x:t>
   </x:si>
   <x:si>
     <x:t>689567006</x:t>
   </x:si>
   <x:si>
     <x:t>DIM</x:t>
   </x:si>
   <x:si>
     <x:t>SARTORIUS STEDIM BIOTECH</x:t>
   </x:si>
   <x:si>
     <x:t>BYZ2QP900</x:t>
   </x:si>
   <x:si>
     <x:t>BIM</x:t>
   </x:si>
   <x:si>
     <x:t>BIOMERIEUX</x:t>
   </x:si>
   <x:si>
     <x:t>BF0LBX906</x:t>
   </x:si>
   <x:si>
     <x:t>CSU</x:t>
   </x:si>
   <x:si>
     <x:t>CONSTELLATION SOFTWARE INC</x:t>
   </x:si>
   <x:si>
     <x:t>21037X951</x:t>
   </x:si>
   <x:si>
+    <x:t>EXPGY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPERIAN PLC SPONS ADR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30215C101</x:t>
+  </x:si>
+  <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>CAP</x:t>
   </x:si>
   <x:si>
     <x:t>CAPGEMINI SE</x:t>
   </x:si>
   <x:si>
     <x:t>416343002</x:t>
   </x:si>
   <x:si>
     <x:t>MICC</x:t>
   </x:si>
   <x:si>
     <x:t>MAGNUM ICE CREAM CO NV/THE</x:t>
   </x:si>
   <x:si>
     <x:t>N5505D105</x:t>
   </x:si>
   <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
     <x:t>AUSTRALIAN DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999AUDZ93</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>EURO CURRENCY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EUR999999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spot</x:t>
   </x:si>
   <x:si>
     <x:t>999EURZ94</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -770,51 +791,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G47"/>
+  <x:dimension ref="A1:G50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="8.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="33.340625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.830625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -829,920 +850,985 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>41371</x:v>
+        <x:v>233476</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>15589006.5</x:v>
+        <x:v>13908761.8</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>222616</x:v>
+        <x:v>40629</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>15091933.3</x:v>
+        <x:v>13796389.5</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>95544</x:v>
+        <x:v>76122</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>12436007</x:v>
+        <x:v>11403836.8</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8404</x:v>
+        <x:v>1089695</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>12301775.2</x:v>
+        <x:v>11234755.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>72582</x:v>
+        <x:v>100204</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12013046.8</x:v>
+        <x:v>10696777</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>58188</x:v>
+        <x:v>206367</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>11909919.8</x:v>
+        <x:v>10157383.7</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>196767</x:v>
+        <x:v>55261</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>11615156</x:v>
+        <x:v>10153656.1</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>111073</x:v>
+        <x:v>116493</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>11383871.8</x:v>
+        <x:v>10112757.3</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>120534</x:v>
+        <x:v>126414</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>11309705.2</x:v>
+        <x:v>10017045.4</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1039015</x:v>
+        <x:v>155891</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>11179801.4</x:v>
+        <x:v>9719803.9</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>148641</x:v>
+        <x:v>6721</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>10809961.3</x:v>
+        <x:v>9108097.6</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>95510</x:v>
+        <x:v>313677</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>10236761.8</x:v>
+        <x:v>9015077</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>154987</x:v>
+        <x:v>117095</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>9394947.5</x:v>
+        <x:v>8964661.6</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>105560</x:v>
+        <x:v>225280</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>9188306.6</x:v>
+        <x:v>8729600</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>299087</x:v>
+        <x:v>89055</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>9149071.3</x:v>
+        <x:v>8689986.9</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>198411</x:v>
+        <x:v>146396</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>8410642.3</x:v>
+        <x:v>8442455.1</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>63540</x:v>
+        <x:v>66640</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>8361730.2</x:v>
+        <x:v>7750277</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>41000</x:v>
+        <x:v>375854</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>7669282</x:v>
+        <x:v>7686214.3</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>399722</x:v>
+        <x:v>43000</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>7638687.4</x:v>
+        <x:v>7573122.3</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>176282</x:v>
+        <x:v>466721</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>7464589.5</x:v>
+        <x:v>7339402.8</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>114184</x:v>
+        <x:v>201080</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>7375715.5</x:v>
+        <x:v>7312738.7</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>399710</x:v>
+        <x:v>85548</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>7083604.4</x:v>
+        <x:v>6432354.1</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>81568</x:v>
+        <x:v>94308</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>6975695.4</x:v>
+        <x:v>6152511.1</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>94288</x:v>
+        <x:v>292043</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>6564802</x:v>
+        <x:v>6007481.8</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>278463</x:v>
+        <x:v>103972</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>6042340.6</x:v>
+        <x:v>5951357.3</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>79748</x:v>
+        <x:v>98888</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>5961724.9</x:v>
+        <x:v>5913502.4</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>788405</x:v>
+        <x:v>826865</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>5847357.1</x:v>
+        <x:v>5720582.1</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>50629</x:v>
+        <x:v>150681</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>5729683.9</x:v>
+        <x:v>5643003.5</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>143671</x:v>
+        <x:v>53099</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>5404903</x:v>
+        <x:v>5596634.6</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>17800</x:v>
+        <x:v>15500</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>5165682.4</x:v>
+        <x:v>3907123</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>16192</x:v>
+        <x:v>16982</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>3478131.1</x:v>
+        <x:v>3429987</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>30335</x:v>
+        <x:v>31815</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>3451398.5</x:v>
+        <x:v>3380816.8</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>884</x:v>
+        <x:v>1635</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>1685044</x:v>
+        <x:v>3058952.7</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
-      <x:c r="A39" s="3" t="s"/>
+      <x:c r="A39" s="3" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="B39" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1053795</x:v>
+        <x:v>81664</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>1053795</x:v>
+        <x:v>2944803.8</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="3" t="s">
+      <x:c r="A40" s="3" t="s"/>
+      <x:c r="B40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="B40" s="3" t="s">
+      <x:c r="C40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C40" s="3" t="s">
+      <x:c r="D40" s="4" t="n">
+        <x:v>2165384.9</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="n">
+        <x:v>2165384.9</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>34374</x:v>
+        <x:v>17289</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="F41" s="4" t="n">
+        <x:v>2062279.4</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="3" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>36054</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="F41" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>886.4</x:v>
+        <x:v>553428.9</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s"/>
       <x:c r="B43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>346.8</x:v>
+        <x:v>113208.7</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>409.3</x:v>
+        <x:v>113208.7</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="3" t="s"/>
+      <x:c r="B44" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>1246.4</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="n">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="s">
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="3" t="s">
+      <x:c r="A45" s="3" t="s"/>
+      <x:c r="B45" s="3" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-98203.2</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="n">
+        <x:v>574.5</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="3" t="s"/>
+      <x:c r="B46" s="3" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C46" s="3" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>346.8</x:v>
+      </x:c>
+      <x:c r="E46" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F46" s="4" t="n">
+        <x:v>397.7</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:7">
-[...6 lines deleted...]
-        <x:v>125</x:v>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="3" t="s">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="1" t="s">
+        <x:v>132</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>