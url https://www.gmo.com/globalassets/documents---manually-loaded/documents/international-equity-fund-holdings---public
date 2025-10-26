--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\gmo\data\ClientServ\WEB Holdings\Holdings\2025_07\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5E5C425E-80FC-4880-B8D7-1B3EC906FB9A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{62315638-D4C7-49F4-8B4D-7338EC645E1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25180" windowHeight="16140" xr2:uid="{867567FA-018C-4373-96C3-EC8002BC28A4}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{891F8377-B3B0-4F8E-A166-6C4353E816A2}"/>
   </bookViews>
   <sheets>
-    <sheet name="July" sheetId="1" r:id="rId1"/>
+    <sheet name="August" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2438" uniqueCount="849">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2568" uniqueCount="892">
   <si>
     <t>GMO International Equity Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -143,59 +143,74 @@
   <si>
     <t>USD TAX RECLAIMS</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
+    <t>AUDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (AUD)</t>
+  </si>
+  <si>
+    <t>Trade Date Cash</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
     <t>CHFTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CHF)</t>
   </si>
   <si>
-    <t>Trade Date Cash</t>
-[...1 lines deleted...]
-  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
     <t>GBPTCash</t>
@@ -206,50 +221,65 @@
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>HKDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (HKD)</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
+    <t>ILSTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (ILS)</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>ILS</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
     <t>JPYTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (JPY)</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>NOKTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (NOK)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NOK</t>
@@ -371,122 +401,155 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>IT0000062072</t>
   </si>
   <si>
     <t>MTAA</t>
   </si>
   <si>
     <t>4076836</t>
   </si>
   <si>
     <t>Intesa Sanpaolo</t>
   </si>
   <si>
     <t>ISP</t>
   </si>
   <si>
     <t>IT0000072618</t>
   </si>
   <si>
+    <t>4253048</t>
+  </si>
+  <si>
+    <t>Ap Moller-Maersk A/S-B</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>MAERSKB</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>DK0010244508</t>
+  </si>
+  <si>
+    <t>XCSE</t>
+  </si>
+  <si>
     <t>4457088</t>
   </si>
   <si>
     <t>Derichebourg</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>DBG</t>
   </si>
   <si>
-    <t>Industrials</t>
-[...1 lines deleted...]
-  <si>
     <t>FR0000053381</t>
   </si>
   <si>
     <t>XPAR</t>
   </si>
   <si>
     <t>4476210</t>
   </si>
   <si>
     <t>Indra Sistemas Sa</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>IDR</t>
   </si>
   <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>ES0118594417</t>
   </si>
   <si>
     <t>XMAD</t>
   </si>
   <si>
+    <t>4497749</t>
+  </si>
+  <si>
+    <t>Kbc Group Nv</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>KBC</t>
+  </si>
+  <si>
+    <t>BE0003565737</t>
+  </si>
+  <si>
+    <t>XBRU</t>
+  </si>
+  <si>
     <t>4834108</t>
   </si>
   <si>
     <t>Schneider Electric Se</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>FR0000121972</t>
   </si>
   <si>
-    <t>4834777</t>
-[...10 lines deleted...]
-  <si>
     <t>4943510</t>
   </si>
   <si>
     <t>Indus Holding Ag</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>INH</t>
   </si>
   <si>
     <t>DE0006200108</t>
   </si>
   <si>
     <t>XETR</t>
   </si>
   <si>
     <t>5120679</t>
   </si>
   <si>
     <t>Heidelberg Materials Ag</t>
@@ -593,98 +656,101 @@
   <si>
     <t>SIE</t>
   </si>
   <si>
     <t>DE0007236101</t>
   </si>
   <si>
     <t>5750355</t>
   </si>
   <si>
     <t>Deutsche Bank Ag-Registered</t>
   </si>
   <si>
     <t>DBK</t>
   </si>
   <si>
     <t>DE0005140008</t>
   </si>
   <si>
     <t>5827431</t>
   </si>
   <si>
     <t>Bekaert Nv</t>
   </si>
   <si>
-    <t>Belgium</t>
-[...4 lines deleted...]
-  <si>
     <t>BEKB</t>
   </si>
   <si>
     <t>BE0974258874</t>
   </si>
   <si>
-    <t>XBRU</t>
-[...1 lines deleted...]
-  <si>
     <t>5902941</t>
   </si>
   <si>
     <t>Nokia Oyj</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>NOKIA</t>
   </si>
   <si>
     <t>FI0009000681</t>
   </si>
   <si>
     <t>XHEL</t>
   </si>
   <si>
     <t>5962343</t>
   </si>
   <si>
     <t>Stmicroelectronics Nv</t>
   </si>
   <si>
     <t>STMMI</t>
   </si>
   <si>
     <t>NL0000226223</t>
   </si>
   <si>
+    <t>5966516</t>
+  </si>
+  <si>
+    <t>Societe Generale Sa</t>
+  </si>
+  <si>
+    <t>GLE</t>
+  </si>
+  <si>
+    <t>FR0000130809</t>
+  </si>
+  <si>
     <t>5973992</t>
   </si>
   <si>
     <t>Sonae</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>SON</t>
   </si>
   <si>
     <t>PTSON0AM0001</t>
   </si>
   <si>
     <t>XLIS</t>
   </si>
   <si>
     <t>5993901</t>
   </si>
   <si>
     <t>M6-Metropole Television</t>
@@ -701,77 +767,83 @@
   <si>
     <t>Television Francaise (t.f.1)</t>
   </si>
   <si>
     <t>TFI</t>
   </si>
   <si>
     <t>FR0000054900</t>
   </si>
   <si>
     <t>6045759</t>
   </si>
   <si>
     <t>Aoki Holdings Inc</t>
   </si>
   <si>
     <t>8214</t>
   </si>
   <si>
     <t>JP3105400000</t>
   </si>
   <si>
     <t>XTKS</t>
   </si>
   <si>
+    <t>6075808</t>
+  </si>
+  <si>
+    <t>Bank Hapoalim Bm</t>
+  </si>
+  <si>
+    <t>POLI</t>
+  </si>
+  <si>
+    <t>IL0006625771</t>
+  </si>
+  <si>
+    <t>XTAE</t>
+  </si>
+  <si>
     <t>6084848</t>
   </si>
   <si>
     <t>Ly Corp</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>JP3933800009</t>
   </si>
   <si>
     <t>6086253</t>
   </si>
   <si>
     <t>Fortescue Ltd</t>
   </si>
   <si>
-    <t>Australia</t>
-[...7 lines deleted...]
-  <si>
     <t>FMG</t>
   </si>
   <si>
     <t>AU000000FMG4</t>
   </si>
   <si>
     <t>XASX</t>
   </si>
   <si>
     <t>6102331</t>
   </si>
   <si>
     <t>Graincorp Ltd-A</t>
   </si>
   <si>
     <t>GNC</t>
   </si>
   <si>
     <t>AU000000GNC9</t>
   </si>
   <si>
     <t>6146500</t>
   </si>
   <si>
     <t>Brother Industries Ltd</t>
@@ -959,62 +1031,50 @@
   <si>
     <t>6437947</t>
   </si>
   <si>
     <t>Horiba Ltd</t>
   </si>
   <si>
     <t>6856</t>
   </si>
   <si>
     <t>JP3853000002</t>
   </si>
   <si>
     <t>6467803</t>
   </si>
   <si>
     <t>Itochu Corp</t>
   </si>
   <si>
     <t>8001</t>
   </si>
   <si>
     <t>JP3143600009</t>
   </si>
   <si>
-    <t>6474535</t>
-[...10 lines deleted...]
-  <si>
     <t>6480758</t>
   </si>
   <si>
     <t>Kaga Electronics Co Ltd</t>
   </si>
   <si>
     <t>8154</t>
   </si>
   <si>
     <t>JP3206200002</t>
   </si>
   <si>
     <t>6481320</t>
   </si>
   <si>
     <t>Kajima Corp</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>JP3210200006</t>
   </si>
   <si>
     <t>6483467</t>
@@ -1154,50 +1214,62 @@
   <si>
     <t>Seiko Epson Corp</t>
   </si>
   <si>
     <t>6724</t>
   </si>
   <si>
     <t>JP3414750004</t>
   </si>
   <si>
     <t>6622806</t>
   </si>
   <si>
     <t>Modec Inc</t>
   </si>
   <si>
     <t>6269</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>JP3888250002</t>
   </si>
   <si>
+    <t>6635677</t>
+  </si>
+  <si>
+    <t>Renesas Electronics Corp</t>
+  </si>
+  <si>
+    <t>6723</t>
+  </si>
+  <si>
+    <t>JP3164720009</t>
+  </si>
+  <si>
     <t>6640400</t>
   </si>
   <si>
     <t>Nec Corp</t>
   </si>
   <si>
     <t>6701</t>
   </si>
   <si>
     <t>JP3733000008</t>
   </si>
   <si>
     <t>6641146</t>
   </si>
   <si>
     <t>Nichias Corp</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
     <t>JP3660400007</t>
   </si>
   <si>
     <t>6641373</t>
@@ -1250,62 +1322,50 @@
   <si>
     <t>6701006</t>
   </si>
   <si>
     <t>Press Kogyo Co Ltd</t>
   </si>
   <si>
     <t>7246</t>
   </si>
   <si>
     <t>JP3833600004</t>
   </si>
   <si>
     <t>6702623</t>
   </si>
   <si>
     <t>Jb Hi-Fi Ltd</t>
   </si>
   <si>
     <t>JBH</t>
   </si>
   <si>
     <t>AU000000JBH7</t>
   </si>
   <si>
-    <t>6703400</t>
-[...10 lines deleted...]
-  <si>
     <t>6776781</t>
   </si>
   <si>
     <t>Sanwa Holdings Corp</t>
   </si>
   <si>
     <t>5929</t>
   </si>
   <si>
     <t>JP3344400001</t>
   </si>
   <si>
     <t>6793821</t>
   </si>
   <si>
     <t>Sekisui Chemical Co Ltd</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
     <t>JP3419400001</t>
   </si>
   <si>
     <t>6793906</t>
@@ -1334,50 +1394,65 @@
   <si>
     <t>6858708</t>
   </si>
   <si>
     <t>Sumitomo Electric Industries</t>
   </si>
   <si>
     <t>5802</t>
   </si>
   <si>
     <t>JP3407400005</t>
   </si>
   <si>
     <t>6858861</t>
   </si>
   <si>
     <t>Sumitomo Forestry Co Ltd</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>JP3409800004</t>
   </si>
   <si>
+    <t>6859927</t>
+  </si>
+  <si>
+    <t>Sun Hung Kai Properties</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Real Estate</t>
+  </si>
+  <si>
+    <t>HK0016000132</t>
+  </si>
+  <si>
     <t>6867748</t>
   </si>
   <si>
     <t>Swire Pacific Ltd - Cl A</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>HK0019000162</t>
   </si>
   <si>
     <t>6880927</t>
   </si>
   <si>
     <t>Tpr Co Ltd</t>
   </si>
   <si>
     <t>6463</t>
   </si>
   <si>
     <t>JP3542400001</t>
   </si>
   <si>
     <t>6899581</t>
@@ -1529,50 +1604,62 @@
   <si>
     <t>7110388</t>
   </si>
   <si>
     <t>Roche Holding Ag-Genusschein</t>
   </si>
   <si>
     <t>ROG</t>
   </si>
   <si>
     <t>CH0012032048</t>
   </si>
   <si>
     <t>7242087</t>
   </si>
   <si>
     <t>Banca Ifis Spa</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>IT0003188064</t>
   </si>
   <si>
+    <t>7309681</t>
+  </si>
+  <si>
+    <t>Bnp Paribas</t>
+  </si>
+  <si>
+    <t>BNP</t>
+  </si>
+  <si>
+    <t>FR0000131104</t>
+  </si>
+  <si>
     <t>7370063</t>
   </si>
   <si>
     <t>Melexis Nv</t>
   </si>
   <si>
     <t>MELE</t>
   </si>
   <si>
     <t>BE0165385973</t>
   </si>
   <si>
     <t>7380482</t>
   </si>
   <si>
     <t>Compagnie De Saint Gobain</t>
   </si>
   <si>
     <t>SGO</t>
   </si>
   <si>
     <t>FR0000125007</t>
   </si>
   <si>
     <t>B00D9P6</t>
@@ -1793,485 +1880,506 @@
   <si>
     <t>B1FJ0C0</t>
   </si>
   <si>
     <t>BRAMBLES LTD</t>
   </si>
   <si>
     <t>BXB</t>
   </si>
   <si>
     <t>AU000000BXB1</t>
   </si>
   <si>
     <t>B1G40S0</t>
   </si>
   <si>
     <t>Mapfre Sa</t>
   </si>
   <si>
     <t>MAP</t>
   </si>
   <si>
     <t>ES0124244E34</t>
   </si>
   <si>
-    <t>B1QH830</t>
-[...2 lines deleted...]
-    <t>Volvo Ab-B Shs</t>
+    <t>B1P70H9</t>
+  </si>
+  <si>
+    <t>The United Laboratories Inte</t>
+  </si>
+  <si>
+    <t>3933</t>
+  </si>
+  <si>
+    <t>KYG8813K1085</t>
+  </si>
+  <si>
+    <t>B1VQF42</t>
+  </si>
+  <si>
+    <t>Orkla Asa</t>
+  </si>
+  <si>
+    <t>ORK</t>
+  </si>
+  <si>
+    <t>NO0003733800</t>
+  </si>
+  <si>
+    <t>XOSL</t>
+  </si>
+  <si>
+    <t>B1VT035</t>
+  </si>
+  <si>
+    <t>Yangzijiang Shipbuilding</t>
+  </si>
+  <si>
+    <t>YZJSGD</t>
+  </si>
+  <si>
+    <t>SG1U76934819</t>
+  </si>
+  <si>
+    <t>B1WMLF2</t>
+  </si>
+  <si>
+    <t>Pacific Textiles Holdings</t>
+  </si>
+  <si>
+    <t>1382</t>
+  </si>
+  <si>
+    <t>KYG686121032</t>
+  </si>
+  <si>
+    <t>B1WY233</t>
+  </si>
+  <si>
+    <t>Smiths Group Plc</t>
+  </si>
+  <si>
+    <t>SMIN</t>
+  </si>
+  <si>
+    <t>GB00B1WY2338</t>
+  </si>
+  <si>
+    <t>B1XH2C0</t>
+  </si>
+  <si>
+    <t>Ferrexpo Plc</t>
+  </si>
+  <si>
+    <t>FXPO</t>
+  </si>
+  <si>
+    <t>GB00B1XH2C03</t>
+  </si>
+  <si>
+    <t>B1YW440</t>
+  </si>
+  <si>
+    <t>3i Group Plc</t>
+  </si>
+  <si>
+    <t>III</t>
+  </si>
+  <si>
+    <t>GB00B1YW4409</t>
+  </si>
+  <si>
+    <t>B233HR5</t>
+  </si>
+  <si>
+    <t>Redes Energeticas Nacionais</t>
+  </si>
+  <si>
+    <t>RENE</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>PTREL0AM0008</t>
+  </si>
+  <si>
+    <t>B283W97</t>
+  </si>
+  <si>
+    <t>Caixabank Sa</t>
+  </si>
+  <si>
+    <t>CABK</t>
+  </si>
+  <si>
+    <t>ES0140609019</t>
+  </si>
+  <si>
+    <t>B28PS95</t>
+  </si>
+  <si>
+    <t>U-Blox Holding Ag</t>
+  </si>
+  <si>
+    <t>UBXN</t>
+  </si>
+  <si>
+    <t>CH0033361673</t>
+  </si>
+  <si>
+    <t>B2927P4</t>
+  </si>
+  <si>
+    <t>First Resources Ltd</t>
+  </si>
+  <si>
+    <t>SG1W35938974</t>
+  </si>
+  <si>
+    <t>B55WMQ5</t>
+  </si>
+  <si>
+    <t>Wallenius Wilhelmsen Asa</t>
+  </si>
+  <si>
+    <t>WAWI</t>
+  </si>
+  <si>
+    <t>NO0010571680</t>
+  </si>
+  <si>
+    <t>B61X7R5</t>
+  </si>
+  <si>
+    <t>Sitc International Holdings</t>
+  </si>
+  <si>
+    <t>1308</t>
+  </si>
+  <si>
+    <t>KYG8187G1055</t>
+  </si>
+  <si>
+    <t>B657MH8</t>
+  </si>
+  <si>
+    <t>Sheng Siong Group Ltd</t>
+  </si>
+  <si>
+    <t>SSG</t>
+  </si>
+  <si>
+    <t>SG2D54973185</t>
+  </si>
+  <si>
+    <t>B7SF135</t>
+  </si>
+  <si>
+    <t>Unipol Assicurazioni Spa</t>
+  </si>
+  <si>
+    <t>UNI</t>
+  </si>
+  <si>
+    <t>IT0004810054</t>
+  </si>
+  <si>
+    <t>B82YXW8</t>
+  </si>
+  <si>
+    <t>Vesuvius Plc</t>
+  </si>
+  <si>
+    <t>VSVS</t>
+  </si>
+  <si>
+    <t>GB00B82YXW83</t>
+  </si>
+  <si>
+    <t>B86S2N0</t>
+  </si>
+  <si>
+    <t>Ageas</t>
+  </si>
+  <si>
+    <t>AGS</t>
+  </si>
+  <si>
+    <t>BE0974264930</t>
+  </si>
+  <si>
+    <t>B8VZXT9</t>
+  </si>
+  <si>
+    <t>Crest Nicholson Holdings</t>
+  </si>
+  <si>
+    <t>CRST</t>
+  </si>
+  <si>
+    <t>GB00B8VZXT93</t>
+  </si>
+  <si>
+    <t>B9895B7</t>
+  </si>
+  <si>
+    <t>Coca-Cola Hbc Ag-Di</t>
+  </si>
+  <si>
+    <t>CCH</t>
+  </si>
+  <si>
+    <t>CH0198251305</t>
+  </si>
+  <si>
+    <t>BCZM1B2</t>
+  </si>
+  <si>
+    <t>Prosiebensat.1 Media Se</t>
+  </si>
+  <si>
+    <t>PSM</t>
+  </si>
+  <si>
+    <t>DE000PSM7770</t>
+  </si>
+  <si>
+    <t>BD0Q398</t>
+  </si>
+  <si>
+    <t>Koninklijke Ahold Delhaize N</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>AD</t>
+  </si>
+  <si>
+    <t>NL0011794037</t>
+  </si>
+  <si>
+    <t>XAMS</t>
+  </si>
+  <si>
+    <t>BDT88L2</t>
+  </si>
+  <si>
+    <t>Rubis</t>
+  </si>
+  <si>
+    <t>RUI</t>
+  </si>
+  <si>
+    <t>FR0013269123</t>
+  </si>
+  <si>
+    <t>BFMHVQ6</t>
+  </si>
+  <si>
+    <t>Dws Group Gmbh &amp; Co Kgaa</t>
+  </si>
+  <si>
+    <t>DWS</t>
+  </si>
+  <si>
+    <t>DE000DWS1007</t>
+  </si>
+  <si>
+    <t>BFRB2W6</t>
+  </si>
+  <si>
+    <t>Igg Inc</t>
+  </si>
+  <si>
+    <t>799</t>
+  </si>
+  <si>
+    <t>KYG6771K1022</t>
+  </si>
+  <si>
+    <t>BG0T3J8</t>
+  </si>
+  <si>
+    <t>Elkem Asa</t>
+  </si>
+  <si>
+    <t>ELK</t>
+  </si>
+  <si>
+    <t>NO0010816093</t>
+  </si>
+  <si>
+    <t>BH0W286</t>
+  </si>
+  <si>
+    <t>Kln Logistics Group Ltd</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>BMG524181036</t>
+  </si>
+  <si>
+    <t>BH4HKS3</t>
+  </si>
+  <si>
+    <t>Vodafone Group Plc</t>
+  </si>
+  <si>
+    <t>VOD</t>
+  </si>
+  <si>
+    <t>GB00BH4HKS39</t>
+  </si>
+  <si>
+    <t>BJDS7L3</t>
+  </si>
+  <si>
+    <t>Prosus Nv</t>
+  </si>
+  <si>
+    <t>PRX</t>
+  </si>
+  <si>
+    <t>NL0013654783</t>
+  </si>
+  <si>
+    <t>BKPGF52</t>
+  </si>
+  <si>
+    <t>Iveco Group Nv</t>
+  </si>
+  <si>
+    <t>IVG</t>
+  </si>
+  <si>
+    <t>NL0015000LU4</t>
+  </si>
+  <si>
+    <t>BKY40Q3</t>
+  </si>
+  <si>
+    <t>Galliford Try Holdings Plc</t>
+  </si>
+  <si>
+    <t>GFRD</t>
+  </si>
+  <si>
+    <t>GB00BKY40Q38</t>
+  </si>
+  <si>
+    <t>BLC8J12</t>
+  </si>
+  <si>
+    <t>Mfe-Mediaforeurope Nv-Cl A</t>
+  </si>
+  <si>
+    <t>MFEA</t>
+  </si>
+  <si>
+    <t>NL0015001OI1</t>
+  </si>
+  <si>
+    <t>BLLHKZ1</t>
+  </si>
+  <si>
+    <t>Wh Group Ltd</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>KYG960071028</t>
+  </si>
+  <si>
+    <t>BLLJ381</t>
+  </si>
+  <si>
+    <t>Anima Holding Spa</t>
+  </si>
+  <si>
+    <t>ANIM</t>
+  </si>
+  <si>
+    <t>IT0004998065</t>
+  </si>
+  <si>
+    <t>BMFDP24</t>
+  </si>
+  <si>
+    <t>Hoegh Autoliners Asa</t>
+  </si>
+  <si>
+    <t>HAUTO</t>
+  </si>
+  <si>
+    <t>NO0011082075</t>
+  </si>
+  <si>
+    <t>BMJ1825</t>
+  </si>
+  <si>
+    <t>Exor Nv</t>
+  </si>
+  <si>
+    <t>EXO</t>
+  </si>
+  <si>
+    <t>NL0012059018</t>
+  </si>
+  <si>
+    <t>BMWC784</t>
+  </si>
+  <si>
+    <t>Betsson Ab-B</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SEK</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
-    <t>VOLVB</t>
-[...2 lines deleted...]
-    <t>SE0000115446</t>
+    <t>BETSB</t>
+  </si>
+  <si>
+    <t>SE0022726485</t>
   </si>
   <si>
     <t>XSTO</t>
   </si>
   <si>
-    <t>928856301</t>
-[...409 lines deleted...]
-  <si>
     <t>BNFWV75</t>
   </si>
   <si>
     <t>Coface Sa</t>
   </si>
   <si>
     <t>COFA</t>
   </si>
   <si>
     <t>FR0010667147</t>
   </si>
   <si>
     <t>BNG8PQ9</t>
   </si>
   <si>
     <t>Nn Group Nv</t>
   </si>
   <si>
     <t>NN</t>
   </si>
   <si>
     <t>NL0010773842</t>
   </si>
   <si>
     <t>BNZKT97</t>
@@ -2348,50 +2456,62 @@
   <si>
     <t>BYQCQ32</t>
   </si>
   <si>
     <t>Galenica Ag</t>
   </si>
   <si>
     <t>GALE</t>
   </si>
   <si>
     <t>CH0360674466</t>
   </si>
   <si>
     <t>BYY7VY5</t>
   </si>
   <si>
     <t>Signify Nv</t>
   </si>
   <si>
     <t>LIGHT</t>
   </si>
   <si>
     <t>NL0011821392</t>
   </si>
   <si>
+    <t>BYZR014</t>
+  </si>
+  <si>
+    <t>Amundi Sa</t>
+  </si>
+  <si>
+    <t>AMUN</t>
+  </si>
+  <si>
+    <t>FR0004125920</t>
+  </si>
+  <si>
     <t>BZ07696</t>
   </si>
   <si>
     <t>Europris Asa</t>
   </si>
   <si>
     <t>EPR</t>
   </si>
   <si>
     <t>NO0010735343</t>
   </si>
   <si>
     <t>BZBWTJ1</t>
   </si>
   <si>
     <t>Hornbach Holding Ag &amp; Co Kga</t>
   </si>
   <si>
     <t>HBH</t>
   </si>
   <si>
     <t>DE0006083405</t>
   </si>
   <si>
     <t>110448107</t>
@@ -2450,57 +2570,66 @@
   <si>
     <t>Sandoz Group Ag-Adr</t>
   </si>
   <si>
     <t>BS1L687</t>
   </si>
   <si>
     <t>SDZNY</t>
   </si>
   <si>
     <t>US7999261008</t>
   </si>
   <si>
     <t>OOTC</t>
   </si>
   <si>
     <t>92857W308</t>
   </si>
   <si>
     <t>Vodafone Group Plc-Sp Adr</t>
   </si>
   <si>
     <t>BK019T4</t>
   </si>
   <si>
-    <t>VOD</t>
-[...1 lines deleted...]
-  <si>
     <t>US92857W3088</t>
   </si>
   <si>
     <t>XNGS</t>
+  </si>
+  <si>
+    <t>BYQP136</t>
+  </si>
+  <si>
+    <t>Abn Amro Group Nv-Cva</t>
+  </si>
+  <si>
+    <t>ABN</t>
+  </si>
+  <si>
+    <t>NL0011540547</t>
   </si>
   <si>
     <t>5169218</t>
   </si>
   <si>
     <t>Draegerwerk Ag - Pref</t>
   </si>
   <si>
     <t>Preferred/Preference Share</t>
   </si>
   <si>
     <t>DRW3</t>
   </si>
   <si>
     <t>DE0005550636</t>
   </si>
   <si>
     <t>861012102</t>
   </si>
   <si>
     <t>Stmicroelectronics Nv-Ny Shs</t>
   </si>
   <si>
     <t>Registered Share</t>
   </si>
@@ -2975,97 +3104,95 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{970BCA7E-642C-45C4-84D0-7F0560867476}">
-  <dimension ref="A1:Z195"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8159A558-1831-4A6D-B4AD-AE148F878EE1}">
+  <dimension ref="A1:Z205"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.54296875" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="22.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="19.81640625" style="3" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="8.26953125" style="5" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="20.1796875" style="3" bestFit="1" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="23" max="23" width="9.453125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="20.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.140625" style="5"/>
+    <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
-    <col min="25" max="25" width="16.26953125" style="4" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="27" max="16384" width="9.1796875" style="1"/>
+    <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
+    <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45869</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:26" x14ac:dyDescent="0.3">
+        <v>45898</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="3" t="s">
@@ -3101,13798 +3228,14538 @@
       <c r="S3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="T3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="U3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="V3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="4" spans="1:26" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>3033467.59</v>
+        <v>3080162.63</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>3033467.59</v>
+        <v>3080162.63</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>3033467.59</v>
+        <v>3080162.63</v>
       </c>
       <c r="N4" s="4">
-        <v>3033467.59</v>
+        <v>3080162.63</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.2429999999999998E-3</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:26" x14ac:dyDescent="0.3">
+        <v>3.1970000000000002E-3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>0.03</v>
+        <v>151554.45000000001</v>
       </c>
       <c r="E5" s="5">
-        <v>1.2314510000000001</v>
+        <v>0.65449999999999997</v>
       </c>
       <c r="F5" s="4">
-        <v>3.6943539999999997E-2</v>
+        <v>99192.387524999998</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>0.81204999691136792</v>
+        <v>1.5278838808250572</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>0.03</v>
+        <v>151554.45000000001</v>
       </c>
       <c r="N5" s="4">
-        <v>3.6943539999999997E-2</v>
+        <v>99192.387524999998</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.02E-4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>239226.92</v>
+        <v>0.03</v>
       </c>
       <c r="E6" s="5">
-        <v>1.14455</v>
+        <v>1.2514860000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>273807.171286</v>
+        <v>3.7544580000000001E-2</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.79904999986655867</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>239226.92</v>
+        <v>2.9999000000000001E-2</v>
       </c>
       <c r="N6" s="4">
-        <v>273807.171286</v>
+        <v>3.7544580000000001E-2</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>2.92E-4</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:26" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>293137.55</v>
+        <v>241613.8</v>
       </c>
       <c r="E7" s="5">
-        <v>1.32335</v>
+        <v>1.1705000000000001</v>
       </c>
       <c r="F7" s="4">
-        <v>387923.57679249998</v>
+        <v>282808.95289999997</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.75565798919409077</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>293137.55</v>
+        <v>241613.8</v>
       </c>
       <c r="N7" s="4">
-        <v>387923.57679249998</v>
+        <v>282808.95289999997</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>4.1399999999999998E-4</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.9300000000000002E-4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>305091.24</v>
+        <v>658446.49</v>
       </c>
       <c r="E8" s="5">
-        <v>0.127389</v>
+        <v>1.3510500000000001</v>
       </c>
       <c r="F8" s="4">
-        <v>38865.126114649996</v>
+        <v>889594.13031449995</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>7.8499996938500116</v>
+        <v>0.74016505680766809</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>305091.22810000001</v>
+        <v>658446.49</v>
       </c>
       <c r="N8" s="4">
-        <v>38865.126114649996</v>
+        <v>889594.13031449995</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>4.1E-5</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:26" x14ac:dyDescent="0.3">
+        <v>9.2299999999999999E-4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>155314221</v>
+        <v>2147925.46</v>
       </c>
       <c r="E9" s="5">
-        <v>6.6449999999999999E-3</v>
+        <v>0.128273</v>
       </c>
       <c r="F9" s="4">
-        <v>1032022.46586265</v>
+        <v>275521.65062179998</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>150.49497798258471</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>155314198.27753201</v>
+        <v>2147925.3966930001</v>
       </c>
       <c r="N9" s="4">
-        <v>1032022.46586265</v>
+        <v>275521.65062179998</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>1.103E-3</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.8600000000000001E-4</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>-0.03</v>
+        <v>88713.83</v>
       </c>
       <c r="E10" s="5">
-        <v>9.7148999999999999E-2</v>
+        <v>0.29899399999999998</v>
       </c>
       <c r="F10" s="4">
-        <v>-2.9144700000000002E-3</v>
+        <v>26524.89273594</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>10.293449783816969</v>
+        <v>3.3445499505023326</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>-2.9999000000000001E-2</v>
+        <v>88713.828687000001</v>
       </c>
       <c r="N10" s="4">
-        <v>-2.9144700000000002E-3</v>
+        <v>26524.89273594</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.6999999999999999E-5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>0.08</v>
+        <v>143359268</v>
       </c>
       <c r="E11" s="5">
-        <v>0.77080199999999999</v>
+        <v>6.8110000000000002E-3</v>
       </c>
       <c r="F11" s="4">
-        <v>6.1664160000000003E-2</v>
+        <v>976395.49123106</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>1.2973499991606146</v>
+        <v>146.82498315183318</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>7.9999000000000001E-2</v>
+        <v>143359251.54952601</v>
       </c>
       <c r="N11" s="4">
-        <v>6.1664160000000003E-2</v>
+        <v>976395.49123106</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.013E-3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>-53944154.380000003</v>
+        <v>324141.96000000002</v>
       </c>
       <c r="E12" s="5">
-        <v>1</v>
+        <v>9.9528000000000005E-2</v>
       </c>
       <c r="F12" s="4">
-        <v>-53944154.380000003</v>
+        <v>32261.11699984</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>1</v>
+        <v>10.04745008778457</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>-53944154.380000003</v>
+        <v>324141.962833</v>
       </c>
       <c r="N12" s="4">
-        <v>-53944154.380000003</v>
+        <v>32261.11699984</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>-5.7688000000000003E-2</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:26" x14ac:dyDescent="0.3">
+        <v>3.3000000000000003E-5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>524417</v>
+        <v>106266.58</v>
       </c>
       <c r="E13" s="5">
-        <v>39.091759000000003</v>
+        <v>0.77942299999999998</v>
       </c>
       <c r="F13" s="4">
-        <v>20500382.979502901</v>
+        <v>82826.640685890001</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="J13" s="5">
-        <v>29.54</v>
+        <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>0.75565798919409077</v>
+        <v>1.2829999947525301</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>15491278.179998999</v>
+        <v>106266.57956499999</v>
       </c>
       <c r="N13" s="4">
-        <v>20500382.979502901</v>
+        <v>82826.640685890001</v>
       </c>
       <c r="O13" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
-        <v>81</v>
+        <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.1923000000000002E-2</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:26" x14ac:dyDescent="0.3">
+        <v>8.5000000000000006E-5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>230225</v>
+        <v>-54889440.299999997</v>
       </c>
       <c r="E14" s="5">
-        <v>12.211874</v>
+        <v>1</v>
       </c>
       <c r="F14" s="4">
-        <v>2811478.6456050002</v>
+        <v>-54889440.299999997</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>9.2279999999999998</v>
+        <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>0.75565798919409077</v>
+        <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>2124516.2999999998</v>
+        <v>-54889440.299999997</v>
       </c>
       <c r="N14" s="4">
-        <v>2811478.6456050002</v>
+        <v>-54889440.299999997</v>
       </c>
       <c r="O14" s="3" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S14" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T14" s="4">
+        <v>1</v>
+      </c>
+      <c r="W14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X14" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y14" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z14" s="6">
+        <v>-5.6986000000000002E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="Q14" s="3" t="s">
+      <c r="B15" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="R14" s="3" t="s">
-[...22 lines deleted...]
-      <c r="A15" s="3" t="s">
+      <c r="C15" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" s="4">
+        <v>524417</v>
+      </c>
+      <c r="E15" s="5">
+        <v>42.179780999999998</v>
+      </c>
+      <c r="F15" s="4">
+        <v>22119794.212676998</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="H15" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J15" s="5">
+        <v>31.22</v>
+      </c>
+      <c r="K15" s="5">
+        <v>0.74016505680766809</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M15" s="4">
+        <v>16372298.74</v>
+      </c>
+      <c r="N15" s="4">
+        <v>22119794.212676998</v>
+      </c>
+      <c r="O15" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="P15" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C15" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P15" s="3" t="s">
+      <c r="Q15" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="Q15" s="3" t="s">
+      <c r="R15" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="R15" s="3" t="s">
+      <c r="S15" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="S15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.2107999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.2963999999999998E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D16" s="4">
-        <v>31016</v>
+        <v>230225</v>
       </c>
       <c r="E16" s="5">
-        <v>162.90438499999999</v>
+        <v>12.79039</v>
       </c>
       <c r="F16" s="4">
-        <v>5052642.4051599996</v>
+        <v>2944667.6183287501</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J16" s="5">
-        <v>123.1</v>
+        <v>9.4670000000000005</v>
       </c>
       <c r="K16" s="5">
-        <v>0.75565798919409077</v>
+        <v>0.74016505680766809</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="M16" s="4">
-        <v>3818069.6</v>
+        <v>2179540.0750000002</v>
       </c>
       <c r="N16" s="4">
-        <v>5052642.4051599996</v>
+        <v>2944667.6183287501</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>94</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>95</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>96</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>5.4029999999999998E-3</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:26" x14ac:dyDescent="0.3">
+        <v>3.0569999999999998E-3</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D17" s="4">
-        <v>870521</v>
+        <v>7543326</v>
       </c>
       <c r="E17" s="5">
-        <v>3.5796619999999999</v>
+        <v>2.9250229999999999</v>
       </c>
       <c r="F17" s="4">
-        <v>3116170.7262717499</v>
+        <v>22064403.932329498</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J17" s="5">
-        <v>2.7050000000000001</v>
+        <v>2.165</v>
       </c>
       <c r="K17" s="5">
-        <v>0.75565798919409077</v>
+        <v>0.74016505680766809</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="M17" s="4">
-        <v>2354759.3050000002</v>
+        <v>16331300.789999999</v>
       </c>
       <c r="N17" s="4">
-        <v>3116170.7262717499</v>
+        <v>22064403.932329498</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>97</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>99</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>3.3319999999999999E-3</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.2907E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B18" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" s="4">
+        <v>17345</v>
+      </c>
+      <c r="E18" s="5">
+        <v>161.51802799999999</v>
+      </c>
+      <c r="F18" s="4">
+        <v>2801530.1869875002</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J18" s="5">
+        <v>119.55</v>
+      </c>
+      <c r="K18" s="5">
+        <v>0.74016505680766809</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M18" s="4">
+        <v>2073594.75</v>
+      </c>
+      <c r="N18" s="4">
+        <v>2801530.1869875002</v>
+      </c>
+      <c r="O18" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C18" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L18" s="3" t="s">
+      <c r="P18" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="M18" s="4">
-[...8 lines deleted...]
-      <c r="P18" s="3" t="s">
+      <c r="Q18" s="3" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>106</v>
       </c>
       <c r="S18" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T18" s="4">
+        <v>1</v>
+      </c>
+      <c r="W18" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X18" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y18" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z18" s="6">
+        <v>2.908E-3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A19" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="T18" s="4">
-[...16 lines deleted...]
-      <c r="A19" s="3" t="s">
+      <c r="B19" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" s="4">
+        <v>605290</v>
+      </c>
+      <c r="E19" s="5">
+        <v>3.4776030000000002</v>
+      </c>
+      <c r="F19" s="4">
+        <v>2104958.1382829999</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J19" s="5">
+        <v>2.5739999999999998</v>
+      </c>
+      <c r="K19" s="5">
+        <v>0.74016505680766809</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M19" s="4">
+        <v>1558016.46</v>
+      </c>
+      <c r="N19" s="4">
+        <v>2104958.1382829999</v>
+      </c>
+      <c r="O19" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="P19" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="C19" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P19" s="3" t="s">
+      <c r="Q19" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R19" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="Q19" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R19" s="3" t="s">
+      <c r="S19" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T19" s="4">
+        <v>1</v>
+      </c>
+      <c r="W19" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X19" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z19" s="6">
+        <v>2.1849999999999999E-3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A20" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="S19" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A20" s="3" t="s">
+      <c r="B20" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" s="4">
+        <v>442789</v>
+      </c>
+      <c r="E20" s="5">
+        <v>39.047879999999999</v>
+      </c>
+      <c r="F20" s="4">
+        <v>17289971.737319998</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H20" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="C20" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H20" s="3" t="s">
+      <c r="I20" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J20" s="5">
+        <v>33.36</v>
+      </c>
+      <c r="K20" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L20" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="I20" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L20" s="3" t="s">
+      <c r="M20" s="4">
+        <v>14771441.039999999</v>
+      </c>
+      <c r="N20" s="4">
+        <v>17289971.737319998</v>
+      </c>
+      <c r="O20" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="P20" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="M20" s="4">
-[...8 lines deleted...]
-      <c r="P20" s="3" t="s">
+      <c r="Q20" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R20" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="Q20" s="3" t="s">
+      <c r="S20" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="R20" s="3" t="s">
+      <c r="T20" s="4">
+        <v>1</v>
+      </c>
+      <c r="W20" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X20" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y20" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z20" s="6">
+        <v>1.7950000000000001E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A21" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="S20" s="3" t="s">
+      <c r="B21" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="T20" s="4">
-[...16 lines deleted...]
-      <c r="A21" s="3" t="s">
+      <c r="C21" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D21" s="4">
+        <v>1853747</v>
+      </c>
+      <c r="E21" s="5">
+        <v>6.2914380000000003</v>
+      </c>
+      <c r="F21" s="4">
+        <v>11662733.3913125</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J21" s="5">
+        <v>5.375</v>
+      </c>
+      <c r="K21" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="M21" s="4">
+        <v>9963890.125</v>
+      </c>
+      <c r="N21" s="4">
+        <v>11662733.3913125</v>
+      </c>
+      <c r="O21" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="P21" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="Q21" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R21" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="4">
+      <c r="S21" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="T21" s="4">
+        <v>1</v>
+      </c>
+      <c r="W21" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X21" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y21" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z21" s="6">
+        <v>1.2108000000000001E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A22" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="4">
+        <v>279</v>
+      </c>
+      <c r="E22" s="5">
+        <v>2059.665199</v>
+      </c>
+      <c r="F22" s="4">
+        <v>574646.59531929996</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="J22" s="5">
+        <v>13135</v>
+      </c>
+      <c r="K22" s="5">
+        <v>6.3772500532500382</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="M22" s="4">
+        <v>3664665.0305989999</v>
+      </c>
+      <c r="N22" s="4">
+        <v>574646.59531929996</v>
+      </c>
+      <c r="O22" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="P22" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="Q22" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R22" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="S22" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="T22" s="4">
+        <v>1</v>
+      </c>
+      <c r="W22" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X22" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y22" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z22" s="6">
+        <v>5.9599999999999996E-4</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A23" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23" s="4">
+        <v>94864</v>
+      </c>
+      <c r="E23" s="5">
+        <v>6.9995900000000004</v>
+      </c>
+      <c r="F23" s="4">
+        <v>664009.10575999995</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J23" s="5">
+        <v>5.98</v>
+      </c>
+      <c r="K23" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M23" s="4">
+        <v>567286.72</v>
+      </c>
+      <c r="N23" s="4">
+        <v>664009.10575999995</v>
+      </c>
+      <c r="O23" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="P23" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q23" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R23" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="S23" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T23" s="4">
+        <v>1</v>
+      </c>
+      <c r="W23" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X23" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y23" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z23" s="6">
+        <v>6.8900000000000005E-4</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A24" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D24" s="4">
         <v>293337</v>
       </c>
-      <c r="E21" s="5">
-[...61 lines deleted...]
-      <c r="A22" s="3" t="s">
+      <c r="E24" s="5">
+        <v>40.358840000000001</v>
+      </c>
+      <c r="F24" s="4">
+        <v>11838741.049079999</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J24" s="5">
+        <v>34.479999999999997</v>
+      </c>
+      <c r="K24" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L24" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M24" s="4">
+        <v>10114259.76</v>
+      </c>
+      <c r="N24" s="4">
+        <v>11838741.049079999</v>
+      </c>
+      <c r="O24" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="P24" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="Q24" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R24" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="S24" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="T24" s="4">
+        <v>1</v>
+      </c>
+      <c r="W24" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X24" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y24" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z24" s="6">
+        <v>1.2291E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A25" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D25" s="4">
+        <v>7982</v>
+      </c>
+      <c r="E25" s="5">
+        <v>117.927875</v>
+      </c>
+      <c r="F25" s="4">
+        <v>941300.29824999999</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J25" s="5">
+        <v>100.75</v>
+      </c>
+      <c r="K25" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="M25" s="4">
+        <v>804186.5</v>
+      </c>
+      <c r="N25" s="4">
+        <v>941300.29824999999</v>
+      </c>
+      <c r="O25" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="P25" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q25" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R25" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="S25" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="T25" s="4">
+        <v>1</v>
+      </c>
+      <c r="W25" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X25" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y25" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z25" s="6">
+        <v>9.77E-4</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A26" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" s="4">
+        <v>12341</v>
+      </c>
+      <c r="E26" s="5">
+        <v>245.86352500000001</v>
+      </c>
+      <c r="F26" s="4">
+        <v>3034201.7620250001</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J26" s="5">
+        <v>210.05</v>
+      </c>
+      <c r="K26" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M26" s="4">
+        <v>2592227.0499999998</v>
+      </c>
+      <c r="N26" s="4">
+        <v>3034201.7620250001</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="P26" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q26" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...38 lines deleted...]
-      <c r="O22" s="3" t="s">
+      <c r="R26" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="S26" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T26" s="4">
+        <v>1</v>
+      </c>
+      <c r="W26" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X26" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y26" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z26" s="6">
+        <v>3.15E-3</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A27" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D27" s="4">
+        <v>5326</v>
+      </c>
+      <c r="E27" s="5">
+        <v>26.277725</v>
+      </c>
+      <c r="F27" s="4">
+        <v>139955.16334999999</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J27" s="5">
+        <v>22.45</v>
+      </c>
+      <c r="K27" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M27" s="4">
+        <v>119568.7</v>
+      </c>
+      <c r="N27" s="4">
+        <v>139955.16334999999</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q27" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="P22" s="3" t="s">
-[...31 lines deleted...]
-      <c r="B23" s="3" t="s">
+      <c r="R27" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="S27" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T27" s="4">
+        <v>1</v>
+      </c>
+      <c r="W27" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X27" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y27" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z27" s="6">
+        <v>1.45E-4</v>
+      </c>
+    </row>
+    <row r="28" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A28" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D28" s="4">
+        <v>32816</v>
+      </c>
+      <c r="E28" s="5">
+        <v>236.441</v>
+      </c>
+      <c r="F28" s="4">
+        <v>7759047.8559999997</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J28" s="5">
+        <v>202</v>
+      </c>
+      <c r="K28" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L28" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M28" s="4">
+        <v>6628832</v>
+      </c>
+      <c r="N28" s="4">
+        <v>7759047.8559999997</v>
+      </c>
+      <c r="O28" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="P28" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q28" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R28" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="S28" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T28" s="4">
+        <v>1</v>
+      </c>
+      <c r="W28" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X28" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y28" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z28" s="6">
+        <v>8.0549999999999997E-3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D29" s="4">
+        <v>7657</v>
+      </c>
+      <c r="E29" s="5">
+        <v>16.269950000000001</v>
+      </c>
+      <c r="F29" s="4">
+        <v>124579.00715</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H29" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="C23" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P23" s="3" t="s">
+      <c r="I29" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J29" s="5">
+        <v>13.9</v>
+      </c>
+      <c r="K29" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L29" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="Q23" s="3" t="s">
-[...28 lines deleted...]
-      <c r="B24" s="3" t="s">
+      <c r="M29" s="4">
+        <v>106432.3</v>
+      </c>
+      <c r="N29" s="4">
+        <v>124579.00715</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R29" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="S29" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="C24" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P24" s="3" t="s">
+      <c r="T29" s="4">
+        <v>1</v>
+      </c>
+      <c r="W29" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X29" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y29" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z29" s="6">
+        <v>1.2899999999999999E-4</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D30" s="4">
+        <v>14025</v>
+      </c>
+      <c r="E30" s="5">
+        <v>422.78460000000001</v>
+      </c>
+      <c r="F30" s="4">
+        <v>5929554.0149999997</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J30" s="5">
+        <v>361.2</v>
+      </c>
+      <c r="K30" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M30" s="4">
+        <v>5065830</v>
+      </c>
+      <c r="N30" s="4">
+        <v>5929554.0149999997</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="Q30" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R30" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="S30" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T30" s="4">
+        <v>1</v>
+      </c>
+      <c r="W30" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X30" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y30" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z30" s="6">
+        <v>6.156E-3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A31" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="4">
+        <v>14681</v>
+      </c>
+      <c r="E31" s="5">
+        <v>62.5047</v>
+      </c>
+      <c r="F31" s="4">
+        <v>917631.50069999998</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J31" s="5">
+        <v>53.4</v>
+      </c>
+      <c r="K31" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M31" s="4">
+        <v>783965.4</v>
+      </c>
+      <c r="N31" s="4">
+        <v>917631.50069999998</v>
+      </c>
+      <c r="O31" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="P31" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q31" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R31" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="S31" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T31" s="4">
+        <v>1</v>
+      </c>
+      <c r="W31" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X31" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y31" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z31" s="6">
+        <v>9.5200000000000005E-4</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A32" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D32" s="4">
+        <v>33105</v>
+      </c>
+      <c r="E32" s="5">
+        <v>26.07874</v>
+      </c>
+      <c r="F32" s="4">
+        <v>863336.68770000001</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J32" s="5">
+        <v>22.28</v>
+      </c>
+      <c r="K32" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M32" s="4">
+        <v>737579.4</v>
+      </c>
+      <c r="N32" s="4">
+        <v>863336.68770000001</v>
+      </c>
+      <c r="O32" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="P32" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="Q32" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R32" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="S32" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T32" s="4">
+        <v>1</v>
+      </c>
+      <c r="W32" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X32" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y32" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z32" s="6">
+        <v>8.9599999999999999E-4</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A33" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" s="4">
+        <v>1563158</v>
+      </c>
+      <c r="E33" s="5">
+        <v>18.131045</v>
+      </c>
+      <c r="F33" s="4">
+        <v>28341688.040109999</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H33" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="Q24" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R24" s="3" t="s">
+      <c r="I33" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J33" s="5">
+        <v>15.49</v>
+      </c>
+      <c r="K33" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L33" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="S24" s="3" t="s">
-[...64 lines deleted...]
-      <c r="P25" s="3" t="s">
+      <c r="M33" s="4">
+        <v>24213317.420000002</v>
+      </c>
+      <c r="N33" s="4">
+        <v>28341688.040109999</v>
+      </c>
+      <c r="O33" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="P33" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q33" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R33" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="S33" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="Q25" s="3" t="s">
-[...25 lines deleted...]
-      <c r="A26" s="3" t="s">
+      <c r="T33" s="4">
+        <v>1</v>
+      </c>
+      <c r="W33" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X33" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y33" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z33" s="6">
+        <v>2.9423999999999999E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A34" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D34" s="4">
+        <v>235834</v>
+      </c>
+      <c r="E34" s="5">
+        <v>98.895544999999998</v>
+      </c>
+      <c r="F34" s="4">
+        <v>23322931.95953</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J34" s="5">
+        <v>84.49</v>
+      </c>
+      <c r="K34" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L34" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M34" s="4">
+        <v>19925614.66</v>
+      </c>
+      <c r="N34" s="4">
+        <v>23322931.95953</v>
+      </c>
+      <c r="O34" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="P34" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="R34" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="S34" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T34" s="4">
+        <v>1</v>
+      </c>
+      <c r="W34" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X34" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y34" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z34" s="6">
+        <v>2.4212999999999998E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A35" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D35" s="4">
+        <v>827471</v>
+      </c>
+      <c r="E35" s="5">
+        <v>9.5512800000000002</v>
+      </c>
+      <c r="F35" s="4">
+        <v>7903407.2128799995</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J35" s="5">
+        <v>8.16</v>
+      </c>
+      <c r="K35" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M35" s="4">
+        <v>6752163.3600000003</v>
+      </c>
+      <c r="N35" s="4">
+        <v>7903407.2128799995</v>
+      </c>
+      <c r="O35" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="P35" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="Q35" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R35" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="S35" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="T35" s="4">
+        <v>1</v>
+      </c>
+      <c r="W35" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X35" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y35" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z35" s="6">
+        <v>8.2050000000000005E-3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A36" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D36" s="4">
+        <v>94507</v>
+      </c>
+      <c r="E36" s="5">
+        <v>276.94029999999998</v>
+      </c>
+      <c r="F36" s="4">
+        <v>26172796.932100002</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J36" s="5">
+        <v>236.6</v>
+      </c>
+      <c r="K36" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M36" s="4">
+        <v>22360356.199999999</v>
+      </c>
+      <c r="N36" s="4">
+        <v>26172796.932100002</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="P36" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="Q36" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R36" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="S36" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T36" s="4">
+        <v>1</v>
+      </c>
+      <c r="W36" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X36" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y36" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z36" s="6">
+        <v>2.7172000000000002E-2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A37" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D37" s="4">
+        <v>761246</v>
+      </c>
+      <c r="E37" s="5">
+        <v>35.150115</v>
+      </c>
+      <c r="F37" s="4">
+        <v>26757884.443289999</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J37" s="5">
+        <v>30.03</v>
+      </c>
+      <c r="K37" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M37" s="4">
+        <v>22860217.379999999</v>
+      </c>
+      <c r="N37" s="4">
+        <v>26757884.443289999</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="P37" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q37" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R37" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="S37" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T37" s="4">
+        <v>1</v>
+      </c>
+      <c r="W37" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X37" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y37" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z37" s="6">
+        <v>2.7779999999999999E-2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A38" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D38" s="4">
+        <v>25386</v>
+      </c>
+      <c r="E38" s="5">
+        <v>44.947200000000002</v>
+      </c>
+      <c r="F38" s="4">
+        <v>1141029.6192000001</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H38" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="I38" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J38" s="5">
+        <v>38.4</v>
+      </c>
+      <c r="K38" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L38" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...67 lines deleted...]
-      <c r="A27" s="3" t="s">
+      <c r="M38" s="4">
+        <v>974822.40000000002</v>
+      </c>
+      <c r="N38" s="4">
+        <v>1141029.6192000001</v>
+      </c>
+      <c r="O38" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="P38" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q38" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R38" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="S38" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...866 lines deleted...]
-      </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.1720000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.1839999999999999E-3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D39" s="4">
-        <v>34139</v>
+        <v>4964168</v>
       </c>
       <c r="E39" s="5">
-        <v>14.673131</v>
+        <v>4.3062699999999996</v>
       </c>
       <c r="F39" s="4">
-        <v>500926.01920899999</v>
+        <v>21377045.251276001</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>114</v>
+        <v>211</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J39" s="5">
-        <v>12.82</v>
+        <v>3.6789999999999998</v>
       </c>
       <c r="K39" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>115</v>
+        <v>212</v>
       </c>
       <c r="M39" s="4">
-        <v>437661.98</v>
+        <v>18263174.072000001</v>
       </c>
       <c r="N39" s="4">
-        <v>500926.01920899999</v>
+        <v>21377045.251276001</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>209</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>90</v>
+        <v>143</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>119</v>
+        <v>215</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>5.3499999999999999E-4</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.2193000000000001E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D40" s="4">
-        <v>104657</v>
+        <v>53722</v>
       </c>
       <c r="E40" s="5">
-        <v>9.6027749999999994</v>
+        <v>27.208272999999998</v>
       </c>
       <c r="F40" s="4">
-        <v>1004997.5708465</v>
+        <v>1461682.8152449999</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J40" s="5">
-        <v>8.39</v>
+        <v>23.245000000000001</v>
       </c>
       <c r="K40" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="M40" s="4">
-        <v>878072.23</v>
+        <v>1248767.8899999999</v>
       </c>
       <c r="N40" s="4">
-        <v>1004997.5708465</v>
+        <v>1461682.8152449999</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>90</v>
+        <v>143</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.0740000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.5169999999999999E-3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D41" s="4">
-        <v>38420</v>
+        <v>63687</v>
       </c>
       <c r="E41" s="5">
-        <v>11.4954</v>
+        <v>61.708759999999998</v>
       </c>
       <c r="F41" s="4">
-        <v>441653.21107014001</v>
+        <v>3930045.7981199999</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="J41" s="5">
-        <v>1730</v>
+        <v>52.72</v>
       </c>
       <c r="K41" s="5">
-        <v>150.49497798258471</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>61</v>
+        <v>134</v>
       </c>
       <c r="M41" s="4">
-        <v>66466590.275937997</v>
+        <v>3357578.64</v>
       </c>
       <c r="N41" s="4">
-        <v>441653.21107014001</v>
+        <v>3930045.7981199999</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="Q41" s="3" t="s">
         <v>95</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>221</v>
+        <v>137</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>4.7199999999999998E-4</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:26" x14ac:dyDescent="0.3">
+        <v>4.0800000000000003E-3</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D42" s="4">
-        <v>964300</v>
+        <v>757857</v>
       </c>
       <c r="E42" s="5">
-        <v>3.6878310000000001</v>
+        <v>1.4958990000000001</v>
       </c>
       <c r="F42" s="4">
-        <v>3556174.62374165</v>
+        <v>1133677.528443</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>59</v>
+        <v>226</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="J42" s="5">
-        <v>555</v>
+        <v>1.278</v>
       </c>
       <c r="K42" s="5">
-        <v>150.49497798258471</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>61</v>
+        <v>227</v>
       </c>
       <c r="M42" s="4">
-        <v>535186421.70222598</v>
+        <v>968541.24600000004</v>
       </c>
       <c r="N42" s="4">
-        <v>3556174.62374165</v>
+        <v>1133677.528443</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>3.8019999999999998E-3</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.176E-3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D43" s="4">
-        <v>341169</v>
+        <v>34139</v>
       </c>
       <c r="E43" s="5">
-        <v>11.441215</v>
+        <v>15.403779999999999</v>
       </c>
       <c r="F43" s="4">
-        <v>3903387.7097505</v>
+        <v>525869.64541999996</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>228</v>
+        <v>133</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>229</v>
+        <v>50</v>
       </c>
       <c r="J43" s="5">
-        <v>17.77</v>
+        <v>13.16</v>
       </c>
       <c r="K43" s="5">
-        <v>1.5531567911780695</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>230</v>
+        <v>134</v>
       </c>
       <c r="M43" s="4">
-        <v>6062573.1299999999</v>
+        <v>449269.24</v>
       </c>
       <c r="N43" s="4">
-        <v>3903387.7097505</v>
+        <v>525869.64541999996</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>146</v>
+        <v>100</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>233</v>
+        <v>137</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>4.1739999999999998E-3</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:26" x14ac:dyDescent="0.3">
+        <v>5.4500000000000002E-4</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B44" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44" s="4">
+        <v>104657</v>
+      </c>
+      <c r="E44" s="5">
+        <v>9.8731679999999997</v>
+      </c>
+      <c r="F44" s="4">
+        <v>1033296.0910475</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J44" s="5">
+        <v>8.4350000000000005</v>
+      </c>
+      <c r="K44" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M44" s="4">
+        <v>882781.79500000004</v>
+      </c>
+      <c r="N44" s="4">
+        <v>1033296.0910475</v>
+      </c>
+      <c r="O44" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C44" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P44" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>233</v>
+        <v>137</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>9.0499999999999999E-4</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.072E-3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B45" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D45" s="4">
+        <v>38420</v>
+      </c>
+      <c r="E45" s="5">
+        <v>12.191386</v>
+      </c>
+      <c r="F45" s="4">
+        <v>468392.98484590999</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J45" s="5">
+        <v>1790</v>
+      </c>
+      <c r="K45" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M45" s="4">
+        <v>68771792.108437002</v>
+      </c>
+      <c r="N45" s="4">
+        <v>468392.98484590999</v>
+      </c>
+      <c r="O45" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P45" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>3.091E-3</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:26" x14ac:dyDescent="0.3">
+        <v>4.86E-4</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D46" s="4">
-        <v>13800</v>
+        <v>122456</v>
       </c>
       <c r="E46" s="5">
-        <v>36.426465</v>
+        <v>19.524301000000001</v>
       </c>
       <c r="F46" s="4">
-        <v>502685.13904116</v>
+        <v>2390867.7699540998</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="J46" s="5">
-        <v>5482</v>
+        <v>65.3</v>
       </c>
       <c r="K46" s="5">
-        <v>150.49497798258471</v>
+        <v>3.3445499505023326</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M46" s="4">
-        <v>75651588.932171002</v>
+        <v>7996376.6816570004</v>
       </c>
       <c r="N46" s="4">
-        <v>502685.13904116</v>
+        <v>2390867.7699540998</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>221</v>
+        <v>248</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>5.3700000000000004E-4</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.4819999999999998E-3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D47" s="4">
-        <v>132800</v>
+        <v>1183100</v>
       </c>
       <c r="E47" s="5">
-        <v>36.929124999999999</v>
+        <v>3.192917</v>
       </c>
       <c r="F47" s="4">
-        <v>4904187.7673719497</v>
+        <v>3777539.79226971</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J47" s="5">
-        <v>47.91</v>
+        <v>468.8</v>
       </c>
       <c r="K47" s="5">
-        <v>1.2973499991606146</v>
+        <v>146.82498315183318</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M47" s="4">
-        <v>6362447.9958830001</v>
+        <v>554637216.35537899</v>
       </c>
       <c r="N47" s="4">
-        <v>4904187.7673719497</v>
+        <v>3777539.79226971</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>5.2440000000000004E-3</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:26" x14ac:dyDescent="0.3">
+        <v>3.921E-3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D48" s="4">
+        <v>387192</v>
+      </c>
+      <c r="E48" s="5">
+        <v>12.63185</v>
+      </c>
+      <c r="F48" s="4">
+        <v>4890951.26519999</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J48" s="5">
+        <v>19.3</v>
+      </c>
+      <c r="K48" s="5">
+        <v>1.5278838808250572</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M48" s="4">
+        <v>7472805.5999990003</v>
+      </c>
+      <c r="N48" s="4">
+        <v>4890951.26519999</v>
+      </c>
+      <c r="O48" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="P48" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="Q48" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R48" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="S48" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="T48" s="4">
+        <v>1</v>
+      </c>
+      <c r="W48" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X48" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y48" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z48" s="6">
+        <v>5.0769999999999999E-3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A49" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D49" s="4">
+        <v>173489</v>
+      </c>
+      <c r="E49" s="5">
+        <v>5.2294549999999997</v>
+      </c>
+      <c r="F49" s="4">
+        <v>907252.91849499999</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J49" s="5">
+        <v>7.99</v>
+      </c>
+      <c r="K49" s="5">
+        <v>1.5278838808250572</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M49" s="4">
+        <v>1386177.11</v>
+      </c>
+      <c r="N49" s="4">
+        <v>907252.91849499999</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="P49" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R49" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="S49" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="T49" s="4">
+        <v>1</v>
+      </c>
+      <c r="W49" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X49" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y49" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z49" s="6">
+        <v>9.41E-4</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A50" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D50" s="4">
+        <v>168796</v>
+      </c>
+      <c r="E50" s="5">
+        <v>17.081562000000002</v>
+      </c>
+      <c r="F50" s="4">
+        <v>2883298.94772689</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J50" s="5">
+        <v>2508</v>
+      </c>
+      <c r="K50" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M50" s="4">
+        <v>423340319.42169797</v>
+      </c>
+      <c r="N50" s="4">
+        <v>2883298.94772689</v>
+      </c>
+      <c r="O50" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="P50" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="Q50" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R50" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="S50" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T50" s="4">
+        <v>1</v>
+      </c>
+      <c r="W50" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X50" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y50" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z50" s="6">
+        <v>2.993E-3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A51" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D51" s="4">
+        <v>13800</v>
+      </c>
+      <c r="E51" s="5">
+        <v>39.005623</v>
+      </c>
+      <c r="F51" s="4">
+        <v>538277.54129065003</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J51" s="5">
+        <v>5727</v>
+      </c>
+      <c r="K51" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M51" s="4">
+        <v>79032590.931008995</v>
+      </c>
+      <c r="N51" s="4">
+        <v>538277.54129065003</v>
+      </c>
+      <c r="O51" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="P51" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="Q51" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R51" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="S51" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T51" s="4">
+        <v>1</v>
+      </c>
+      <c r="W51" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X51" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y51" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z51" s="6">
+        <v>5.5800000000000001E-4</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A52" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D52" s="4">
+        <v>107900</v>
+      </c>
+      <c r="E52" s="5">
+        <v>39.376461999999997</v>
+      </c>
+      <c r="F52" s="4">
+        <v>4248720.1870615697</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J52" s="5">
+        <v>50.52</v>
+      </c>
+      <c r="K52" s="5">
+        <v>1.2829999947525301</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M52" s="4">
+        <v>5451107.9777039997</v>
+      </c>
+      <c r="N52" s="4">
+        <v>4248720.1870615697</v>
+      </c>
+      <c r="O52" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="P52" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="Q52" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R52" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="S52" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="T52" s="4">
+        <v>1</v>
+      </c>
+      <c r="W52" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X52" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y52" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z52" s="6">
+        <v>4.411E-3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A53" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D53" s="4">
         <v>29210</v>
       </c>
-      <c r="E48" s="5">
-[...70 lines deleted...]
-      <c r="D49" s="4">
+      <c r="E53" s="5">
+        <v>75.575114999999997</v>
+      </c>
+      <c r="F53" s="4">
+        <v>2207549.1091499999</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J53" s="5">
+        <v>115.47</v>
+      </c>
+      <c r="K53" s="5">
+        <v>1.5278838808250572</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M53" s="4">
+        <v>3372878.7</v>
+      </c>
+      <c r="N53" s="4">
+        <v>2207549.1091499999</v>
+      </c>
+      <c r="O53" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="P53" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="Q53" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R53" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="S53" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="T53" s="4">
+        <v>1</v>
+      </c>
+      <c r="W53" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X53" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y53" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z53" s="6">
+        <v>2.2910000000000001E-3</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A54" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D54" s="4">
         <v>879192</v>
       </c>
-      <c r="E49" s="5">
-[...8 lines deleted...]
-      <c r="H49" s="3" t="s">
+      <c r="E54" s="5">
+        <v>17.371022</v>
+      </c>
+      <c r="F54" s="4">
+        <v>15272461.7469777</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J54" s="5">
+        <v>2550.5</v>
+      </c>
+      <c r="K54" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M54" s="4">
+        <v>2242378938.6870098</v>
+      </c>
+      <c r="N54" s="4">
+        <v>15272461.7469777</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="P54" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="Q54" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R54" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="S54" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T54" s="4">
+        <v>1</v>
+      </c>
+      <c r="W54" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X54" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z54" s="6">
+        <v>1.5855000000000001E-2</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A55" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D55" s="4">
+        <v>26869</v>
+      </c>
+      <c r="E55" s="5">
+        <v>4.5408780000000002</v>
+      </c>
+      <c r="F55" s="4">
+        <v>122008.83803562001</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H55" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="I49" s="3" t="s">
+      <c r="I55" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="J49" s="5">
-[...5 lines deleted...]
-      <c r="L49" s="3" t="s">
+      <c r="J55" s="5">
+        <v>35.4</v>
+      </c>
+      <c r="K55" s="5">
+        <v>7.7958497702329206</v>
+      </c>
+      <c r="L55" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="M49" s="4">
-[...8 lines deleted...]
-      <c r="P49" s="3" t="s">
+      <c r="M55" s="4">
+        <v>951162.57196600002</v>
+      </c>
+      <c r="N55" s="4">
+        <v>122008.83803562001</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="P55" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="Q55" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R55" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="S55" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="T55" s="4">
+        <v>1</v>
+      </c>
+      <c r="W55" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X55" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y55" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z55" s="6">
+        <v>1.26E-4</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A56" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D56" s="4">
+        <v>102000</v>
+      </c>
+      <c r="E56" s="5">
+        <v>8.6497539999999997</v>
+      </c>
+      <c r="F56" s="4">
+        <v>882274.81695896003</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J56" s="5">
+        <v>1270</v>
+      </c>
+      <c r="K56" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M56" s="4">
+        <v>129539985.135286</v>
+      </c>
+      <c r="N56" s="4">
+        <v>882274.81695896003</v>
+      </c>
+      <c r="O56" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="P56" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="Q56" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R56" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="S56" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T56" s="4">
+        <v>1</v>
+      </c>
+      <c r="W56" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X56" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y56" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z56" s="6">
+        <v>9.1500000000000001E-4</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A57" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D57" s="4">
+        <v>66290</v>
+      </c>
+      <c r="E57" s="5">
+        <v>21.406438999999999</v>
+      </c>
+      <c r="F57" s="4">
+        <v>1419032.6579261001</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J57" s="5">
+        <v>3143</v>
+      </c>
+      <c r="K57" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M57" s="4">
+        <v>208349446.09189999</v>
+      </c>
+      <c r="N57" s="4">
+        <v>1419032.6579261001</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="P57" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="Q57" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R57" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="S57" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T57" s="4">
+        <v>1</v>
+      </c>
+      <c r="W57" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X57" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y57" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z57" s="6">
+        <v>1.4729999999999999E-3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A58" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D58" s="4">
+        <v>37805</v>
+      </c>
+      <c r="E58" s="5">
+        <v>47.588695000000001</v>
+      </c>
+      <c r="F58" s="4">
+        <v>1799090.614475</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J58" s="5">
+        <v>72.709999999999994</v>
+      </c>
+      <c r="K58" s="5">
+        <v>1.5278838808250572</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M58" s="4">
+        <v>2748801.55</v>
+      </c>
+      <c r="N58" s="4">
+        <v>1799090.614475</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="P58" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="Q58" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R58" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="S58" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="Q49" s="3" t="s">
-[...292 lines deleted...]
-      <c r="P53" s="3" t="s">
+      <c r="T58" s="4">
+        <v>1</v>
+      </c>
+      <c r="W58" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X58" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y58" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="6">
+        <v>1.867E-3</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A59" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D59" s="4">
+        <v>11966</v>
+      </c>
+      <c r="E59" s="5">
+        <v>19.417676</v>
+      </c>
+      <c r="F59" s="4">
+        <v>232351.88830240001</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J59" s="5">
+        <v>2851</v>
+      </c>
+      <c r="K59" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M59" s="4">
+        <v>34115062.085295998</v>
+      </c>
+      <c r="N59" s="4">
+        <v>232351.88830240001</v>
+      </c>
+      <c r="O59" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="P59" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="Q59" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R59" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="S59" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T59" s="4">
+        <v>1</v>
+      </c>
+      <c r="W59" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X59" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y59" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="6">
+        <v>2.41E-4</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A60" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D60" s="4">
+        <v>185700</v>
+      </c>
+      <c r="E60" s="5">
+        <v>12.915043000000001</v>
+      </c>
+      <c r="F60" s="4">
+        <v>2398323.4606391299</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J60" s="5">
+        <v>16.57</v>
+      </c>
+      <c r="K60" s="5">
+        <v>1.2829999947525301</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M60" s="4">
+        <v>3077048.9874140001</v>
+      </c>
+      <c r="N60" s="4">
+        <v>2398323.4606391299</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="P60" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="Q60" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R60" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="S60" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...120 lines deleted...]
-      <c r="H55" s="3" t="s">
+      <c r="T60" s="4">
+        <v>1</v>
+      </c>
+      <c r="W60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X60" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y60" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z60" s="6">
+        <v>2.4889999999999999E-3</v>
+      </c>
+    </row>
+    <row r="61" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A61" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D61" s="4">
+        <v>272700</v>
+      </c>
+      <c r="E61" s="5">
+        <v>24.355528</v>
+      </c>
+      <c r="F61" s="4">
+        <v>6641751.7452749899</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H61" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="I55" s="3" t="s">
+      <c r="I61" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="J55" s="5">
-[...5 lines deleted...]
-      <c r="L55" s="3" t="s">
+      <c r="J61" s="5">
+        <v>3576</v>
+      </c>
+      <c r="K61" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L61" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="M55" s="4">
-[...120 lines deleted...]
-      <c r="D57" s="4">
+      <c r="M61" s="4">
+        <v>975175088.09865904</v>
+      </c>
+      <c r="N61" s="4">
+        <v>6641751.7452749899</v>
+      </c>
+      <c r="O61" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R61" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="S61" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T61" s="4">
+        <v>1</v>
+      </c>
+      <c r="W61" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X61" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y61" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z61" s="6">
+        <v>6.8950000000000001E-3</v>
+      </c>
+    </row>
+    <row r="62" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A62" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D62" s="4">
         <v>30906</v>
       </c>
-      <c r="E57" s="5">
-[...218 lines deleted...]
-      <c r="D60" s="4">
+      <c r="E62" s="5">
+        <v>25.540613</v>
+      </c>
+      <c r="F62" s="4">
+        <v>789358.07934616006</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J62" s="5">
+        <v>3750</v>
+      </c>
+      <c r="K62" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L62" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M62" s="4">
+        <v>115897486.700763</v>
+      </c>
+      <c r="N62" s="4">
+        <v>789358.07934616006</v>
+      </c>
+      <c r="O62" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="P62" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="Q62" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R62" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="S62" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T62" s="4">
+        <v>1</v>
+      </c>
+      <c r="W62" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X62" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y62" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z62" s="6">
+        <v>8.1899999999999996E-4</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A63" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D63" s="4">
+        <v>37695</v>
+      </c>
+      <c r="E63" s="5">
+        <v>44.066070000000003</v>
+      </c>
+      <c r="F63" s="4">
+        <v>1661070.32181168</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J63" s="5">
+        <v>6470</v>
+      </c>
+      <c r="K63" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M63" s="4">
+        <v>243886622.01401001</v>
+      </c>
+      <c r="N63" s="4">
+        <v>1661070.32181168</v>
+      </c>
+      <c r="O63" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="P63" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="Q63" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R63" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="S63" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T63" s="4">
+        <v>1</v>
+      </c>
+      <c r="W63" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X63" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y63" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z63" s="6">
+        <v>1.7240000000000001E-3</v>
+      </c>
+    </row>
+    <row r="64" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A64" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D64" s="4">
+        <v>377200</v>
+      </c>
+      <c r="E64" s="5">
+        <v>27.577051000000001</v>
+      </c>
+      <c r="F64" s="4">
+        <v>10402062.3190873</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J64" s="5">
+        <v>4049</v>
+      </c>
+      <c r="K64" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L64" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M64" s="4">
+        <v>1527282624.7443099</v>
+      </c>
+      <c r="N64" s="4">
+        <v>10402062.3190873</v>
+      </c>
+      <c r="O64" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="P64" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Q64" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R64" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="S64" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T64" s="4">
+        <v>1</v>
+      </c>
+      <c r="W64" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X64" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y64" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z64" s="6">
+        <v>1.0799E-2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A65" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D65" s="4">
         <v>27800</v>
       </c>
-      <c r="E60" s="5">
-[...218 lines deleted...]
-      <c r="D63" s="4">
+      <c r="E65" s="5">
+        <v>75.600212999999997</v>
+      </c>
+      <c r="F65" s="4">
+        <v>2101685.6802315698</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H65" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J65" s="5">
+        <v>11100</v>
+      </c>
+      <c r="K65" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L65" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M65" s="4">
+        <v>308579964.59044898</v>
+      </c>
+      <c r="N65" s="4">
+        <v>2101685.6802315698</v>
+      </c>
+      <c r="O65" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="P65" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="Q65" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R65" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="S65" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T65" s="4">
+        <v>1</v>
+      </c>
+      <c r="W65" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X65" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y65" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z65" s="6">
+        <v>2.1810000000000002E-3</v>
+      </c>
+    </row>
+    <row r="66" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A66" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="B66" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D66" s="4">
+        <v>112154</v>
+      </c>
+      <c r="E66" s="5">
+        <v>57.190539999999999</v>
+      </c>
+      <c r="F66" s="4">
+        <v>6414147.0321811698</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I66" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J66" s="5">
+        <v>8397</v>
+      </c>
+      <c r="K66" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L66" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M66" s="4">
+        <v>941757029.93338096</v>
+      </c>
+      <c r="N66" s="4">
+        <v>6414147.0321811698</v>
+      </c>
+      <c r="O66" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="P66" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q66" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R66" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="S66" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T66" s="4">
+        <v>1</v>
+      </c>
+      <c r="W66" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X66" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y66" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z66" s="6">
+        <v>6.659E-3</v>
+      </c>
+    </row>
+    <row r="67" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A67" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D67" s="4">
         <v>41000</v>
       </c>
-      <c r="E63" s="5">
-[...144 lines deleted...]
-      <c r="D65" s="4">
+      <c r="E67" s="5">
+        <v>23.599526000000001</v>
+      </c>
+      <c r="F67" s="4">
+        <v>967580.45292014</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J67" s="5">
+        <v>3465</v>
+      </c>
+      <c r="K67" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L67" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M67" s="4">
+        <v>142064983.69804201</v>
+      </c>
+      <c r="N67" s="4">
+        <v>967580.45292014</v>
+      </c>
+      <c r="O67" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="P67" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q67" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R67" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="S67" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T67" s="4">
+        <v>1</v>
+      </c>
+      <c r="W67" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X67" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y67" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z67" s="6">
+        <v>1.0039999999999999E-3</v>
+      </c>
+    </row>
+    <row r="68" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A68" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D68" s="4">
+        <v>41200</v>
+      </c>
+      <c r="E68" s="5">
+        <v>30.001705999999999</v>
+      </c>
+      <c r="F68" s="4">
+        <v>1236070.1515409499</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J68" s="5">
+        <v>4405</v>
+      </c>
+      <c r="K68" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L68" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M68" s="4">
+        <v>181485979.174483</v>
+      </c>
+      <c r="N68" s="4">
+        <v>1236070.1515409499</v>
+      </c>
+      <c r="O68" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="P68" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="Q68" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R68" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="S68" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T68" s="4">
+        <v>1</v>
+      </c>
+      <c r="W68" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X68" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y68" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z68" s="6">
+        <v>1.2830000000000001E-3</v>
+      </c>
+    </row>
+    <row r="69" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A69" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D69" s="4">
         <v>62044</v>
       </c>
-      <c r="E65" s="5">
-[...70 lines deleted...]
-      <c r="D66" s="4">
+      <c r="E69" s="5">
+        <v>21.256599999999999</v>
+      </c>
+      <c r="F69" s="4">
+        <v>1318844.36574153</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J69" s="5">
+        <v>3121</v>
+      </c>
+      <c r="K69" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L69" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M69" s="4">
+        <v>193639301.77989</v>
+      </c>
+      <c r="N69" s="4">
+        <v>1318844.36574153</v>
+      </c>
+      <c r="O69" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="P69" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="Q69" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R69" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="S69" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T69" s="4">
+        <v>1</v>
+      </c>
+      <c r="W69" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X69" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y69" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z69" s="6">
+        <v>1.369E-3</v>
+      </c>
+    </row>
+    <row r="70" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A70" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D70" s="4">
         <v>26293</v>
       </c>
-      <c r="E66" s="5">
-[...144 lines deleted...]
-      <c r="D68" s="4">
+      <c r="E70" s="5">
+        <v>22.680064000000002</v>
+      </c>
+      <c r="F70" s="4">
+        <v>596326.85169418994</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I70" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J70" s="5">
+        <v>3330</v>
+      </c>
+      <c r="K70" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L70" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M70" s="4">
+        <v>87555679.952985004</v>
+      </c>
+      <c r="N70" s="4">
+        <v>596326.85169418994</v>
+      </c>
+      <c r="O70" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="P70" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="Q70" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R70" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="S70" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T70" s="4">
+        <v>1</v>
+      </c>
+      <c r="W70" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X70" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y70" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z70" s="6">
+        <v>6.1899999999999998E-4</v>
+      </c>
+    </row>
+    <row r="71" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A71" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D71" s="4">
+        <v>265700</v>
+      </c>
+      <c r="E71" s="5">
+        <v>34.312961999999999</v>
+      </c>
+      <c r="F71" s="4">
+        <v>9116952.8350076601</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J71" s="5">
+        <v>5038</v>
+      </c>
+      <c r="K71" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L71" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M71" s="4">
+        <v>1338596446.39605</v>
+      </c>
+      <c r="N71" s="4">
+        <v>9116952.8350076601</v>
+      </c>
+      <c r="O71" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="P71" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="Q71" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R71" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="S71" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T71" s="4">
+        <v>1</v>
+      </c>
+      <c r="W71" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X71" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y71" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z71" s="6">
+        <v>9.4649999999999995E-3</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A72" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D72" s="4">
         <v>87200</v>
       </c>
-      <c r="E68" s="5">
-[...70 lines deleted...]
-      <c r="D69" s="4">
+      <c r="E72" s="5">
+        <v>152.59664599999999</v>
+      </c>
+      <c r="F72" s="4">
+        <v>13306426.0173676</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J72" s="5">
+        <v>22405</v>
+      </c>
+      <c r="K72" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L72" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M72" s="4">
+        <v>1953715775.81111</v>
+      </c>
+      <c r="N72" s="4">
+        <v>13306426.0173676</v>
+      </c>
+      <c r="O72" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="P72" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="Q72" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R72" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="S72" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T72" s="4">
+        <v>1</v>
+      </c>
+      <c r="W72" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X72" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y72" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z72" s="6">
+        <v>1.3814E-2</v>
+      </c>
+    </row>
+    <row r="73" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A73" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D73" s="4">
         <v>730000</v>
       </c>
-      <c r="E69" s="5">
-[...294 lines deleted...]
-      </c>
       <c r="E73" s="5">
-        <v>26.685276000000002</v>
+        <v>1.3994629999999999</v>
       </c>
       <c r="F73" s="4">
-        <v>2463050.5996877002</v>
+        <v>1021607.6502241601</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J73" s="5">
-        <v>4016</v>
+        <v>10.91</v>
       </c>
       <c r="K73" s="5">
-        <v>150.49497798258471</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L73" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M73" s="4">
-        <v>370676745.76999199</v>
+        <v>7964299.7652679998</v>
       </c>
       <c r="N73" s="4">
-        <v>2463050.5996877002</v>
+        <v>1021607.6502241601</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>221</v>
+        <v>287</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>2.6329999999999999E-3</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.06E-3</v>
+      </c>
+    </row>
+    <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D74" s="4">
-        <v>31800</v>
+        <v>1533000</v>
       </c>
       <c r="E74" s="5">
-        <v>22.206721000000002</v>
+        <v>4.5177880000000004</v>
       </c>
       <c r="F74" s="4">
-        <v>706173.62703079998</v>
+        <v>6925769.4799156003</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J74" s="5">
-        <v>3342</v>
+        <v>35.22</v>
       </c>
       <c r="K74" s="5">
-        <v>150.49497798258471</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L74" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M74" s="4">
-        <v>106275584.451882</v>
+        <v>53992258.408685997</v>
       </c>
       <c r="N74" s="4">
-        <v>706173.62703079998</v>
+        <v>6925769.4799156003</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="P74" s="3" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>221</v>
+        <v>287</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>7.5500000000000003E-4</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:26" x14ac:dyDescent="0.3">
+        <v>7.1900000000000002E-3</v>
+      </c>
+    </row>
+    <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D75" s="4">
+        <v>144326</v>
+      </c>
+      <c r="E75" s="5">
+        <v>3.1221739999999998</v>
+      </c>
+      <c r="F75" s="4">
+        <v>450610.88143050001</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J75" s="5">
+        <v>24.34</v>
+      </c>
+      <c r="K75" s="5">
+        <v>7.7958497702329206</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M75" s="4">
+        <v>3512894.7364639998</v>
+      </c>
+      <c r="N75" s="4">
+        <v>450610.88143050001</v>
+      </c>
+      <c r="O75" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="P75" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q75" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R75" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="S75" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="T75" s="4">
+        <v>1</v>
+      </c>
+      <c r="W75" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X75" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y75" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z75" s="6">
+        <v>4.6700000000000002E-4</v>
+      </c>
+    </row>
+    <row r="76" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A76" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D76" s="4">
+        <v>1542800</v>
+      </c>
+      <c r="E76" s="5">
+        <v>10.318407000000001</v>
+      </c>
+      <c r="F76" s="4">
+        <v>15919237.187127501</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I76" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J76" s="5">
+        <v>1515</v>
+      </c>
+      <c r="K76" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L76" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M76" s="4">
+        <v>2337341731.79003</v>
+      </c>
+      <c r="N76" s="4">
+        <v>15919237.187127501</v>
+      </c>
+      <c r="O76" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="P76" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="Q76" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R76" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="S76" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T76" s="4">
+        <v>1</v>
+      </c>
+      <c r="W76" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X76" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y76" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z76" s="6">
+        <v>1.6527E-2</v>
+      </c>
+    </row>
+    <row r="77" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A77" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="B77" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D77" s="4">
+        <v>92300</v>
+      </c>
+      <c r="E77" s="5">
+        <v>25.731316</v>
+      </c>
+      <c r="F77" s="4">
+        <v>2375000.1702707298</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J77" s="5">
+        <v>3778</v>
+      </c>
+      <c r="K77" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L77" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M77" s="4">
+        <v>348709359.98559999</v>
+      </c>
+      <c r="N77" s="4">
+        <v>2375000.1702707298</v>
+      </c>
+      <c r="O77" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="P77" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="Q77" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R77" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="S77" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T77" s="4">
+        <v>1</v>
+      </c>
+      <c r="W77" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X77" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y77" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z77" s="6">
+        <v>2.4650000000000002E-3</v>
+      </c>
+    </row>
+    <row r="78" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A78" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D78" s="4">
+        <v>79000</v>
+      </c>
+      <c r="E78" s="5">
+        <v>24.192067999999999</v>
+      </c>
+      <c r="F78" s="4">
+        <v>1911173.1653328801</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H78" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J78" s="5">
+        <v>3552</v>
+      </c>
+      <c r="K78" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L78" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M78" s="4">
+        <v>280607967.80023497</v>
+      </c>
+      <c r="N78" s="4">
+        <v>1911173.1653328801</v>
+      </c>
+      <c r="O78" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="P78" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="Q78" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R78" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="S78" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T78" s="4">
+        <v>1</v>
+      </c>
+      <c r="W78" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X78" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y78" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z78" s="6">
+        <v>1.9840000000000001E-3</v>
+      </c>
+    </row>
+    <row r="79" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A79" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D79" s="4">
         <v>730000</v>
       </c>
-      <c r="E75" s="5">
-[...8 lines deleted...]
-      <c r="H75" s="3" t="s">
+      <c r="E79" s="5">
+        <v>1.1301639999999999</v>
+      </c>
+      <c r="F79" s="4">
+        <v>825019.48558066995</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J79" s="5">
+        <v>1.45</v>
+      </c>
+      <c r="K79" s="5">
+        <v>1.2829999947525301</v>
+      </c>
+      <c r="L79" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M79" s="4">
+        <v>1058499.9956700001</v>
+      </c>
+      <c r="N79" s="4">
+        <v>825019.48558066995</v>
+      </c>
+      <c r="O79" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="P79" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="Q79" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R79" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="S79" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="T79" s="4">
+        <v>1</v>
+      </c>
+      <c r="W79" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X79" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y79" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z79" s="6">
+        <v>8.5599999999999999E-4</v>
+      </c>
+    </row>
+    <row r="80" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A80" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D80" s="4">
+        <v>113000</v>
+      </c>
+      <c r="E80" s="5">
+        <v>12.889495999999999</v>
+      </c>
+      <c r="F80" s="4">
+        <v>1456512.85544015</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H80" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="I75" s="3" t="s">
+      <c r="I80" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="J75" s="5">
-[...5 lines deleted...]
-      <c r="L75" s="3" t="s">
+      <c r="J80" s="5">
+        <v>1892.5</v>
+      </c>
+      <c r="K80" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L80" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="M75" s="4">
-[...58 lines deleted...]
-      <c r="H76" s="3" t="s">
+      <c r="M80" s="4">
+        <v>213852475.460428</v>
+      </c>
+      <c r="N80" s="4">
+        <v>1456512.85544015</v>
+      </c>
+      <c r="O80" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="P80" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q80" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R80" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="S80" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T80" s="4">
+        <v>1</v>
+      </c>
+      <c r="W80" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X80" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y80" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z80" s="6">
+        <v>1.5120000000000001E-3</v>
+      </c>
+    </row>
+    <row r="81" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A81" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D81" s="4">
+        <v>9384</v>
+      </c>
+      <c r="E81" s="5">
+        <v>54.282314999999997</v>
+      </c>
+      <c r="F81" s="4">
+        <v>509385.18644645001</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J81" s="5">
+        <v>7970</v>
+      </c>
+      <c r="K81" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L81" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M81" s="4">
+        <v>74790471.417793006</v>
+      </c>
+      <c r="N81" s="4">
+        <v>509385.18644645001</v>
+      </c>
+      <c r="O81" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="P81" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="Q81" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="R81" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="S81" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T81" s="4">
+        <v>1</v>
+      </c>
+      <c r="W81" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X81" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y81" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z81" s="6">
+        <v>5.2800000000000004E-4</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A82" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D82" s="4">
+        <v>45500</v>
+      </c>
+      <c r="E82" s="5">
+        <v>12.034737</v>
+      </c>
+      <c r="F82" s="4">
+        <v>547580.45292014</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J82" s="5">
+        <v>1767</v>
+      </c>
+      <c r="K82" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M82" s="4">
+        <v>80398490.774271995</v>
+      </c>
+      <c r="N82" s="4">
+        <v>547580.45292014</v>
+      </c>
+      <c r="O82" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="P82" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="Q82" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R82" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="S82" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T82" s="4">
+        <v>1</v>
+      </c>
+      <c r="W82" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X82" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y82" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z82" s="6">
+        <v>5.6800000000000004E-4</v>
+      </c>
+    </row>
+    <row r="83" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A83" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D83" s="4">
+        <v>832500</v>
+      </c>
+      <c r="E83" s="5">
+        <v>30.900735999999998</v>
+      </c>
+      <c r="F83" s="4">
+        <v>25724859.5266473</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J83" s="5">
+        <v>4537</v>
+      </c>
+      <c r="K83" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L83" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M83" s="4">
+        <v>3777052066.5832701</v>
+      </c>
+      <c r="N83" s="4">
+        <v>25724859.5266473</v>
+      </c>
+      <c r="O83" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="P83" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="Q83" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R83" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="S83" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T83" s="4">
+        <v>1</v>
+      </c>
+      <c r="W83" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X83" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y83" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z83" s="6">
+        <v>2.6707000000000002E-2</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A84" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D84" s="4">
+        <v>49426</v>
+      </c>
+      <c r="E84" s="5">
+        <v>38.923893</v>
+      </c>
+      <c r="F84" s="4">
+        <v>1923852.1368976701</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H84" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J84" s="5">
+        <v>5715</v>
+      </c>
+      <c r="K84" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L84" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M84" s="4">
+        <v>282469557.58661801</v>
+      </c>
+      <c r="N84" s="4">
+        <v>1923852.1368976701</v>
+      </c>
+      <c r="O84" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="P84" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q84" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R84" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="S84" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T84" s="4">
+        <v>1</v>
+      </c>
+      <c r="W84" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X84" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y84" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z84" s="6">
+        <v>1.9970000000000001E-3</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A85" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D85" s="4">
+        <v>4454100</v>
+      </c>
+      <c r="E85" s="5">
+        <v>1.0611269999999999</v>
+      </c>
+      <c r="F85" s="4">
+        <v>4726366.6269368296</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J85" s="5">
+        <v>155.80000000000001</v>
+      </c>
+      <c r="K85" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M85" s="4">
+        <v>693948700.36938596</v>
+      </c>
+      <c r="N85" s="4">
+        <v>4726366.6269368296</v>
+      </c>
+      <c r="O85" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="P85" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="Q85" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R85" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="S85" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T85" s="4">
+        <v>1</v>
+      </c>
+      <c r="W85" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X85" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y85" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z85" s="6">
+        <v>4.9059999999999998E-3</v>
+      </c>
+    </row>
+    <row r="86" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A86" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D86" s="4">
+        <v>33100</v>
+      </c>
+      <c r="E86" s="5">
+        <v>22.925253999999999</v>
+      </c>
+      <c r="F86" s="4">
+        <v>758825.81304273999</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J86" s="5">
+        <v>3366</v>
+      </c>
+      <c r="K86" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L86" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M86" s="4">
+        <v>111414587.215176</v>
+      </c>
+      <c r="N86" s="4">
+        <v>758825.81304273999</v>
+      </c>
+      <c r="O86" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="P86" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q86" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R86" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="S86" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T86" s="4">
+        <v>1</v>
+      </c>
+      <c r="W86" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X86" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y86" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z86" s="6">
+        <v>7.8700000000000005E-4</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A87" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D87" s="4">
+        <v>81600</v>
+      </c>
+      <c r="E87" s="5">
+        <v>36.322156</v>
+      </c>
+      <c r="F87" s="4">
+        <v>2963887.6213178998</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J87" s="5">
+        <v>5333</v>
+      </c>
+      <c r="K87" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L87" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M87" s="4">
+        <v>435172750.06392699</v>
+      </c>
+      <c r="N87" s="4">
+        <v>2963887.6213178998</v>
+      </c>
+      <c r="O87" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="P87" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="Q87" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R87" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="S87" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T87" s="4">
+        <v>1</v>
+      </c>
+      <c r="W87" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X87" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y87" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z87" s="6">
+        <v>3.0769999999999999E-3</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A88" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D88" s="4">
+        <v>101975</v>
+      </c>
+      <c r="E88" s="5">
+        <v>7.655373</v>
+      </c>
+      <c r="F88" s="4">
+        <v>780656.56393665995</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J88" s="5">
+        <v>1124</v>
+      </c>
+      <c r="K88" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L88" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M88" s="4">
+        <v>114619886.847368</v>
+      </c>
+      <c r="N88" s="4">
+        <v>780656.56393665995</v>
+      </c>
+      <c r="O88" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="P88" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="Q88" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R88" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="S88" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T88" s="4">
+        <v>1</v>
+      </c>
+      <c r="W88" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X88" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y88" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z88" s="6">
+        <v>8.0999999999999996E-4</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A89" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D89" s="4">
+        <v>82324</v>
+      </c>
+      <c r="E89" s="5">
+        <v>4.4747149999999998</v>
+      </c>
+      <c r="F89" s="4">
+        <v>368376.42090924998</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J89" s="5">
+        <v>657</v>
+      </c>
+      <c r="K89" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L89" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M89" s="4">
+        <v>54086861.793532997</v>
+      </c>
+      <c r="N89" s="4">
+        <v>368376.42090924998</v>
+      </c>
+      <c r="O89" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="P89" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="Q89" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R89" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="S89" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T89" s="4">
+        <v>1</v>
+      </c>
+      <c r="W89" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X89" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y89" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z89" s="6">
+        <v>3.8200000000000002E-4</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A90" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D90" s="4">
+        <v>73929</v>
+      </c>
+      <c r="E90" s="5">
+        <v>76.713944999999995</v>
+      </c>
+      <c r="F90" s="4">
+        <v>5671385.2399049904</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J90" s="5">
+        <v>117.21</v>
+      </c>
+      <c r="K90" s="5">
+        <v>1.5278838808250572</v>
+      </c>
+      <c r="L90" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M90" s="4">
+        <v>8665218.0899989996</v>
+      </c>
+      <c r="N90" s="4">
+        <v>5671385.2399049904</v>
+      </c>
+      <c r="O90" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="P90" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="Q90" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R90" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="S90" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="T90" s="4">
+        <v>1</v>
+      </c>
+      <c r="W90" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X90" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y90" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z90" s="6">
+        <v>5.888E-3</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A91" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D91" s="4">
+        <v>85400</v>
+      </c>
+      <c r="E91" s="5">
+        <v>32.514901999999999</v>
+      </c>
+      <c r="F91" s="4">
+        <v>2776772.34803337</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I91" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J91" s="5">
+        <v>4774</v>
+      </c>
+      <c r="K91" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L91" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M91" s="4">
+        <v>407699553.21647501</v>
+      </c>
+      <c r="N91" s="4">
+        <v>2776772.34803337</v>
+      </c>
+      <c r="O91" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="P91" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="Q91" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R91" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="S91" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T91" s="4">
+        <v>1</v>
+      </c>
+      <c r="W91" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X91" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y91" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z91" s="6">
+        <v>2.882E-3</v>
+      </c>
+    </row>
+    <row r="92" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A92" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D92" s="4">
+        <v>514312</v>
+      </c>
+      <c r="E92" s="5">
+        <v>19.155459</v>
+      </c>
+      <c r="F92" s="4">
+        <v>9851881.4915715996</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I92" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J92" s="5">
+        <v>2812.5</v>
+      </c>
+      <c r="K92" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L92" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M92" s="4">
+        <v>1446502334.01385</v>
+      </c>
+      <c r="N92" s="4">
+        <v>9851881.4915715996</v>
+      </c>
+      <c r="O92" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="P92" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="Q92" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R92" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="S92" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T92" s="4">
+        <v>1</v>
+      </c>
+      <c r="W92" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X92" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y92" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z92" s="6">
+        <v>1.0227999999999999E-2</v>
+      </c>
+    </row>
+    <row r="93" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A93" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D93" s="4">
+        <v>277000</v>
+      </c>
+      <c r="E93" s="5">
+        <v>22.700496000000001</v>
+      </c>
+      <c r="F93" s="4">
+        <v>6288036.7784777796</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J93" s="5">
+        <v>3333</v>
+      </c>
+      <c r="K93" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M93" s="4">
+        <v>923240894.05810702</v>
+      </c>
+      <c r="N93" s="4">
+        <v>6288036.7784777796</v>
+      </c>
+      <c r="O93" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="P93" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="Q93" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R93" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="S93" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T93" s="4">
+        <v>1</v>
+      </c>
+      <c r="W93" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X93" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y93" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z93" s="6">
+        <v>6.5279999999999999E-3</v>
+      </c>
+    </row>
+    <row r="94" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A94" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D94" s="4">
+        <v>52200</v>
+      </c>
+      <c r="E94" s="5">
+        <v>17.367616999999999</v>
+      </c>
+      <c r="F94" s="4">
+        <v>906589.47726885998</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J94" s="5">
+        <v>2550</v>
+      </c>
+      <c r="K94" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M94" s="4">
+        <v>133109984.725629</v>
+      </c>
+      <c r="N94" s="4">
+        <v>906589.47726885998</v>
+      </c>
+      <c r="O94" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="P94" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="Q94" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="R94" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="S94" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T94" s="4">
+        <v>1</v>
+      </c>
+      <c r="W94" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X94" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y94" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z94" s="6">
+        <v>9.41E-4</v>
+      </c>
+    </row>
+    <row r="95" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A95" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D95" s="4">
+        <v>162500</v>
+      </c>
+      <c r="E95" s="5">
+        <v>28.625917999999999</v>
+      </c>
+      <c r="F95" s="4">
+        <v>4651711.2208411396</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I95" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J95" s="5">
+        <v>4203</v>
+      </c>
+      <c r="K95" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L95" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M95" s="4">
+        <v>682987421.62719297</v>
+      </c>
+      <c r="N95" s="4">
+        <v>4651711.2208411396</v>
+      </c>
+      <c r="O95" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="P95" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q95" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R95" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="S95" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T95" s="4">
+        <v>1</v>
+      </c>
+      <c r="W95" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X95" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y95" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z95" s="6">
+        <v>4.829E-3</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A96" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D96" s="4">
+        <v>848500</v>
+      </c>
+      <c r="E96" s="5">
+        <v>11.486465000000001</v>
+      </c>
+      <c r="F96" s="4">
+        <v>9746264.2601736803</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J96" s="5">
+        <v>1686.5</v>
+      </c>
+      <c r="K96" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L96" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M96" s="4">
+        <v>1430995085.7933099</v>
+      </c>
+      <c r="N96" s="4">
+        <v>9746264.2601736803</v>
+      </c>
+      <c r="O96" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="P96" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="Q96" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R96" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="S96" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T96" s="4">
+        <v>1</v>
+      </c>
+      <c r="W96" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X96" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y96" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z96" s="6">
+        <v>1.0118E-2</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A97" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D97" s="4">
+        <v>69500</v>
+      </c>
+      <c r="E97" s="5">
+        <v>11.749841999999999</v>
+      </c>
+      <c r="F97" s="4">
+        <v>816613.96768793999</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H97" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="I76" s="3" t="s">
+      <c r="I97" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="J76" s="5">
-[...5 lines deleted...]
-      <c r="L76" s="3" t="s">
+      <c r="J97" s="5">
+        <v>91.6</v>
+      </c>
+      <c r="K97" s="5">
+        <v>7.7958497702329206</v>
+      </c>
+      <c r="L97" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="M76" s="4">
-[...1230 lines deleted...]
-      <c r="D93" s="4">
+      <c r="M97" s="4">
+        <v>6366199.8123690002</v>
+      </c>
+      <c r="N97" s="4">
+        <v>816613.96768793999</v>
+      </c>
+      <c r="O97" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="P97" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="Q97" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="R97" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="S97" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="T97" s="4">
+        <v>1</v>
+      </c>
+      <c r="W97" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X97" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y97" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z97" s="6">
+        <v>8.4699999999999999E-4</v>
+      </c>
+    </row>
+    <row r="98" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A98" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D98" s="4">
         <v>287500</v>
       </c>
-      <c r="E93" s="5">
-[...368 lines deleted...]
-      </c>
       <c r="E98" s="5">
-        <v>17.741455999999999</v>
+        <v>8.5622480000000003</v>
       </c>
       <c r="F98" s="4">
-        <v>432341.47313863999</v>
+        <v>2461646.2605103999</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J98" s="5">
-        <v>2670</v>
+        <v>66.75</v>
       </c>
       <c r="K98" s="5">
-        <v>150.49497798258471</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M98" s="4">
-        <v>65065220.480957001</v>
+        <v>19190624.434393998</v>
       </c>
       <c r="N98" s="4">
-        <v>432341.47313863999</v>
+        <v>2461646.2605103999</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>221</v>
+        <v>287</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>4.6200000000000001E-4</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.555E-3</v>
+      </c>
+    </row>
+    <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D99" s="4">
-        <v>87700</v>
+        <v>16969</v>
       </c>
       <c r="E99" s="5">
-        <v>9.9587620000000001</v>
+        <v>16.162099999999999</v>
       </c>
       <c r="F99" s="4">
-        <v>873383.43546459998</v>
+        <v>274254.63647198997</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J99" s="5">
-        <v>12.92</v>
+        <v>2373</v>
       </c>
       <c r="K99" s="5">
-        <v>1.2973499991606146</v>
+        <v>146.82498315183318</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M99" s="4">
-        <v>1133083.999266</v>
+        <v>40267432.379312001</v>
       </c>
       <c r="N99" s="4">
-        <v>873383.43546459998</v>
+        <v>274254.63647198997</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>9.3300000000000002E-4</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.8400000000000002E-4</v>
+      </c>
+    </row>
+    <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D100" s="4">
-        <v>72700</v>
+        <v>12428</v>
       </c>
       <c r="E100" s="5">
-        <v>7.4267519999999996</v>
+        <v>19.751407</v>
       </c>
       <c r="F100" s="4">
-        <v>539924.84076433</v>
+        <v>245470.45802826001</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="J100" s="5">
-        <v>58.3</v>
+        <v>2900</v>
       </c>
       <c r="K100" s="5">
-        <v>7.8499996938500116</v>
+        <v>146.82498315183318</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="M100" s="4">
-        <v>4238409.834702</v>
+        <v>36041195.864271998</v>
       </c>
       <c r="N100" s="4">
-        <v>539924.84076433</v>
+        <v>245470.45802826001</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>125</v>
+        <v>192</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>263</v>
+        <v>243</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>5.7700000000000004E-4</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.5399999999999999E-4</v>
+      </c>
+    </row>
+    <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D101" s="4">
-        <v>20256</v>
+        <v>458465</v>
       </c>
       <c r="E101" s="5">
-        <v>17.987310999999998</v>
+        <v>27.052617000000001</v>
       </c>
       <c r="F101" s="4">
-        <v>364350.92195753998</v>
+        <v>12402676.519666201</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="J101" s="5">
-        <v>2707</v>
+        <v>3972</v>
       </c>
       <c r="K101" s="5">
-        <v>150.49497798258471</v>
+        <v>146.82498315183318</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="M101" s="4">
-        <v>54832983.977934003</v>
+        <v>1821022771.0376301</v>
       </c>
       <c r="N101" s="4">
-        <v>364350.92195753998</v>
+        <v>12402676.519666201</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="Q101" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R101" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="S101" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T101" s="4">
+        <v>1</v>
+      </c>
+      <c r="W101" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X101" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y101" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z101" s="6">
+        <v>1.2876E-2</v>
+      </c>
+    </row>
+    <row r="102" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A102" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D102" s="4">
+        <v>44100</v>
+      </c>
+      <c r="E102" s="5">
+        <v>27.427903000000001</v>
+      </c>
+      <c r="F102" s="4">
+        <v>1209570.5378020301</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H102" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="R101" s="3" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="I102" s="3" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="J102" s="5">
-        <v>1093.5</v>
+        <v>35.19</v>
       </c>
       <c r="K102" s="5">
-        <v>150.49497798258471</v>
+        <v>1.2829999947525301</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="M102" s="4">
-        <v>1107168588.02123</v>
+        <v>1551878.9936520001</v>
       </c>
       <c r="N102" s="4">
-        <v>7356847.4035682203</v>
+        <v>1209570.5378020301</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="Q102" s="3" t="s">
         <v>95</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>221</v>
+        <v>274</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>7.8670000000000007E-3</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.255E-3</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D103" s="4">
+        <v>24369</v>
+      </c>
+      <c r="E103" s="5">
+        <v>19.172485999999999</v>
+      </c>
+      <c r="F103" s="4">
+        <v>467214.26868720999</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J103" s="5">
+        <v>2815</v>
+      </c>
+      <c r="K103" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L103" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M103" s="4">
+        <v>68598727.128295004</v>
+      </c>
+      <c r="N103" s="4">
+        <v>467214.26868720999</v>
+      </c>
+      <c r="O103" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="P103" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q103" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R103" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="S103" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T103" s="4">
+        <v>1</v>
+      </c>
+      <c r="W103" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X103" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y103" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z103" s="6">
+        <v>4.8500000000000003E-4</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A104" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D104" s="4">
+        <v>87700</v>
+      </c>
+      <c r="E104" s="5">
+        <v>10.584567</v>
+      </c>
+      <c r="F104" s="4">
+        <v>928266.56274356996</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J104" s="5">
+        <v>13.58</v>
+      </c>
+      <c r="K104" s="5">
+        <v>1.2829999947525301</v>
+      </c>
+      <c r="L104" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M104" s="4">
+        <v>1190965.9951279999</v>
+      </c>
+      <c r="N104" s="4">
+        <v>928266.56274356996</v>
+      </c>
+      <c r="O104" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="P104" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="Q104" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R104" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="S104" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="T104" s="4">
+        <v>1</v>
+      </c>
+      <c r="W104" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X104" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y104" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z104" s="6">
+        <v>9.6299999999999999E-4</v>
+      </c>
+    </row>
+    <row r="105" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A105" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="B105" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D105" s="4">
+        <v>72700</v>
+      </c>
+      <c r="E105" s="5">
+        <v>8.0619820000000004</v>
+      </c>
+      <c r="F105" s="4">
+        <v>586106.06925479998</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J105" s="5">
+        <v>62.85</v>
+      </c>
+      <c r="K105" s="5">
+        <v>7.7958497702329206</v>
+      </c>
+      <c r="L105" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M105" s="4">
+        <v>4569194.865332</v>
+      </c>
+      <c r="N105" s="4">
+        <v>586106.06925479998</v>
+      </c>
+      <c r="O105" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="P105" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="Q105" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R105" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="S105" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="T105" s="4">
+        <v>1</v>
+      </c>
+      <c r="W105" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X105" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y105" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z105" s="6">
+        <v>6.0800000000000003E-4</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A106" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D106" s="4">
+        <v>20256</v>
+      </c>
+      <c r="E106" s="5">
+        <v>19.226973000000001</v>
+      </c>
+      <c r="F106" s="4">
+        <v>389461.52222033002</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J106" s="5">
+        <v>2823</v>
+      </c>
+      <c r="K106" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M106" s="4">
+        <v>57182681.438286997</v>
+      </c>
+      <c r="N106" s="4">
+        <v>389461.52222033002</v>
+      </c>
+      <c r="O106" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="P106" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="Q106" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R106" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="S106" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T106" s="4">
+        <v>1</v>
+      </c>
+      <c r="W106" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X106" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y106" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z106" s="6">
+        <v>4.0400000000000001E-4</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A107" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D107" s="4">
+        <v>883900</v>
+      </c>
+      <c r="E107" s="5">
+        <v>7.3420750000000004</v>
+      </c>
+      <c r="F107" s="4">
+        <v>6489659.1179976203</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J107" s="5">
+        <v>1078</v>
+      </c>
+      <c r="K107" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M107" s="4">
+        <v>952844090.66114104</v>
+      </c>
+      <c r="N107" s="4">
+        <v>6489659.1179976203</v>
+      </c>
+      <c r="O107" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="P107" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="Q107" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R107" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="S107" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T107" s="4">
+        <v>1</v>
+      </c>
+      <c r="W107" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X107" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y107" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z107" s="6">
+        <v>6.7369999999999999E-3</v>
+      </c>
+    </row>
+    <row r="108" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A108" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D108" s="4">
         <v>253973</v>
       </c>
-      <c r="E103" s="5">
-[...368 lines deleted...]
-      </c>
       <c r="E108" s="5">
-        <v>27.835456000000001</v>
+        <v>3.8813780000000002</v>
       </c>
       <c r="F108" s="4">
-        <v>1547595.6826879999</v>
+        <v>985765.21479400003</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H108" s="3" t="s">
-        <v>103</v>
+        <v>226</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J108" s="5">
-        <v>24.32</v>
+        <v>3.3159999999999998</v>
       </c>
       <c r="K108" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>104</v>
+        <v>227</v>
       </c>
       <c r="M108" s="4">
-        <v>1352143.36</v>
+        <v>842174.46799999999</v>
       </c>
       <c r="N108" s="4">
-        <v>1547595.6826879999</v>
+        <v>985765.21479400003</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>85</v>
+        <v>167</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>107</v>
+        <v>230</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.655E-3</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.023E-3</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D109" s="4">
-        <v>18036</v>
+        <v>490391</v>
       </c>
       <c r="E109" s="5">
-        <v>77.257125000000002</v>
+        <v>46.574195000000003</v>
       </c>
       <c r="F109" s="4">
-        <v>1393409.5064999999</v>
+        <v>22839566.060245</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>186</v>
+        <v>133</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J109" s="5">
-        <v>67.5</v>
+        <v>39.79</v>
       </c>
       <c r="K109" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>187</v>
+        <v>134</v>
       </c>
       <c r="M109" s="4">
-        <v>1217430</v>
+        <v>19512657.890000001</v>
       </c>
       <c r="N109" s="4">
-        <v>1393409.5064999999</v>
+        <v>22839566.060245</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>190</v>
+        <v>137</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>1.49E-3</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.3712E-2</v>
+      </c>
+    </row>
+    <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D110" s="4">
-        <v>214860</v>
+        <v>68857</v>
       </c>
       <c r="E110" s="5">
-        <v>114.798365</v>
+        <v>126.60033799999999</v>
       </c>
       <c r="F110" s="4">
-        <v>24665576.703899998</v>
+        <v>8717319.4668668993</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J110" s="5">
-        <v>100.3</v>
+        <v>101.16</v>
       </c>
       <c r="K110" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.79904999986655867</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="M110" s="4">
-        <v>21550458</v>
+        <v>6965574.1188359996</v>
       </c>
       <c r="N110" s="4">
-        <v>24665576.703899998</v>
+        <v>8717319.4668668993</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>117</v>
+        <v>192</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>119</v>
+        <v>510</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>2.6377000000000001E-2</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:26" x14ac:dyDescent="0.3">
+        <v>9.0500000000000008E-3</v>
+      </c>
+    </row>
+    <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D111" s="4">
-        <v>29381</v>
+        <v>245480</v>
       </c>
       <c r="E111" s="5">
-        <v>8.3552149999999994</v>
+        <v>67.179776000000004</v>
       </c>
       <c r="F111" s="4">
-        <v>245484.57191500001</v>
+        <v>16491291.408547601</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H111" s="3" t="s">
-        <v>186</v>
+        <v>44</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J111" s="5">
-        <v>7.3</v>
+        <v>53.68</v>
       </c>
       <c r="K111" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.79904999986655867</v>
       </c>
       <c r="L111" s="3" t="s">
-        <v>187</v>
+        <v>46</v>
       </c>
       <c r="M111" s="4">
-        <v>214481.3</v>
+        <v>13177366.397799</v>
       </c>
       <c r="N111" s="4">
-        <v>245484.57191500001</v>
+        <v>16491291.408547601</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>190</v>
+        <v>510</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.6200000000000003E-4</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.7121000000000001E-2</v>
+      </c>
+    </row>
+    <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D112" s="4">
+        <v>68585</v>
+      </c>
+      <c r="E112" s="5">
+        <v>325.761842</v>
+      </c>
+      <c r="F112" s="4">
+        <v>22342375.946436301</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J112" s="5">
+        <v>260.3</v>
+      </c>
+      <c r="K112" s="5">
+        <v>0.79904999986655867</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M112" s="4">
+        <v>17852675.497017998</v>
+      </c>
+      <c r="N112" s="4">
+        <v>22342375.946436301</v>
+      </c>
+      <c r="O112" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="P112" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q112" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="R112" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="S112" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>4.9299999999999995E-4</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.3195E-2</v>
+      </c>
+    </row>
+    <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D113" s="4">
-        <v>103137</v>
+        <v>55598</v>
       </c>
       <c r="E113" s="5">
-        <v>1.9029769999999999</v>
+        <v>27.038550000000001</v>
       </c>
       <c r="F113" s="4">
-        <v>196267.3697901</v>
+        <v>1503289.3029</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H113" s="3" t="s">
-        <v>49</v>
+        <v>113</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J113" s="5">
-        <v>1.4379999999999999</v>
+        <v>23.1</v>
       </c>
       <c r="K113" s="5">
-        <v>0.75565798919409077</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L113" s="3" t="s">
-        <v>51</v>
+        <v>114</v>
       </c>
       <c r="M113" s="4">
-        <v>148311.00599999999</v>
+        <v>1284313.8</v>
       </c>
       <c r="N113" s="4">
-        <v>196267.3697901</v>
+        <v>1503289.3029</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="Q113" s="3" t="s">
         <v>95</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>2.0900000000000001E-4</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.56E-3</v>
+      </c>
+    </row>
+    <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D114" s="4">
+        <v>20989</v>
+      </c>
+      <c r="E114" s="5">
+        <v>89.929514999999995</v>
+      </c>
+      <c r="F114" s="4">
+        <v>1887530.5903350001</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J114" s="5">
+        <v>76.83</v>
+      </c>
+      <c r="K114" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M114" s="4">
+        <v>1612584.87</v>
+      </c>
+      <c r="N114" s="4">
+        <v>1887530.5903350001</v>
+      </c>
+      <c r="O114" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="P114" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="Q114" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R114" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="S114" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T114" s="4">
+        <v>1</v>
+      </c>
+      <c r="W114" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X114" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y114" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z114" s="6">
+        <v>1.9589999999999998E-3</v>
+      </c>
+    </row>
+    <row r="115" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A115" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D115" s="4">
+        <v>18036</v>
+      </c>
+      <c r="E115" s="5">
+        <v>79.125799999999998</v>
+      </c>
+      <c r="F115" s="4">
+        <v>1427112.9288000001</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J115" s="5">
+        <v>67.599999999999994</v>
+      </c>
+      <c r="K115" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="M115" s="4">
+        <v>1219233.6000000001</v>
+      </c>
+      <c r="N115" s="4">
+        <v>1427112.9288000001</v>
+      </c>
+      <c r="O115" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="P115" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="Q115" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R115" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="S115" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="T115" s="4">
+        <v>1</v>
+      </c>
+      <c r="W115" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X115" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y115" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z115" s="6">
+        <v>1.4809999999999999E-3</v>
+      </c>
+    </row>
+    <row r="116" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A116" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D116" s="4">
+        <v>223082</v>
+      </c>
+      <c r="E116" s="5">
+        <v>107.92010000000001</v>
+      </c>
+      <c r="F116" s="4">
+        <v>24075031.748199999</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J116" s="5">
+        <v>92.2</v>
+      </c>
+      <c r="K116" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M116" s="4">
+        <v>20568160.399999999</v>
+      </c>
+      <c r="N116" s="4">
+        <v>24075031.748199999</v>
+      </c>
+      <c r="O116" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="P116" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="Q116" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R116" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="S116" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T116" s="4">
+        <v>1</v>
+      </c>
+      <c r="W116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z116" s="6">
+        <v>2.4993999999999999E-2</v>
+      </c>
+    </row>
+    <row r="117" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A117" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D117" s="4">
+        <v>29381</v>
+      </c>
+      <c r="E117" s="5">
+        <v>8.6675529999999998</v>
+      </c>
+      <c r="F117" s="4">
+        <v>254661.36000250001</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J117" s="5">
+        <v>7.4050000000000002</v>
+      </c>
+      <c r="K117" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="M117" s="4">
+        <v>217566.30499999999</v>
+      </c>
+      <c r="N117" s="4">
+        <v>254661.36000250001</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="P117" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R117" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="T117" s="4">
+        <v>1</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z117" s="6">
+        <v>2.6400000000000002E-4</v>
+      </c>
+    </row>
+    <row r="118" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A118" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D118" s="4">
+        <v>49157</v>
+      </c>
+      <c r="E118" s="5">
+        <v>9.7258650000000006</v>
+      </c>
+      <c r="F118" s="4">
+        <v>478094.30274135998</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J118" s="5">
+        <v>1428</v>
+      </c>
+      <c r="K118" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M118" s="4">
+        <v>70196187.944986999</v>
+      </c>
+      <c r="N118" s="4">
+        <v>478094.30274135998</v>
+      </c>
+      <c r="O118" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="P118" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="Q118" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R118" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T118" s="4">
+        <v>1</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z118" s="6">
+        <v>4.9600000000000002E-4</v>
+      </c>
+    </row>
+    <row r="119" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A119" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D119" s="4">
+        <v>103137</v>
+      </c>
+      <c r="E119" s="5">
+        <v>1.8509389999999999</v>
+      </c>
+      <c r="F119" s="4">
+        <v>190900.24407449999</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J119" s="5">
+        <v>1.37</v>
+      </c>
+      <c r="K119" s="5">
+        <v>0.74016505680766809</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M119" s="4">
+        <v>141297.69</v>
+      </c>
+      <c r="N119" s="4">
+        <v>190900.24407449999</v>
+      </c>
+      <c r="O119" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="P119" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R119" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="S119" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T119" s="4">
+        <v>1</v>
+      </c>
+      <c r="W119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z119" s="6">
+        <v>1.9799999999999999E-4</v>
+      </c>
+    </row>
+    <row r="120" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A120" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D120" s="4">
         <v>160000</v>
       </c>
-      <c r="E114" s="5">
-[...144 lines deleted...]
-      <c r="D116" s="4">
+      <c r="E120" s="5">
+        <v>12.878647000000001</v>
+      </c>
+      <c r="F120" s="4">
+        <v>2060583.51558842</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J120" s="5">
+        <v>100.4</v>
+      </c>
+      <c r="K120" s="5">
+        <v>7.7958497702329206</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M120" s="4">
+        <v>16063999.526544999</v>
+      </c>
+      <c r="N120" s="4">
+        <v>2060583.51558842</v>
+      </c>
+      <c r="O120" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="P120" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="Q120" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R120" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="S120" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="T120" s="4">
+        <v>1</v>
+      </c>
+      <c r="W120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z120" s="6">
+        <v>2.1389999999999998E-3</v>
+      </c>
+    </row>
+    <row r="121" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A121" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D121" s="4">
+        <v>135546</v>
+      </c>
+      <c r="E121" s="5">
+        <v>12.311145</v>
+      </c>
+      <c r="F121" s="4">
+        <v>1668726.4601700001</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J121" s="5">
+        <v>18.809999999999999</v>
+      </c>
+      <c r="K121" s="5">
+        <v>1.5278838808250572</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M121" s="4">
+        <v>2549620.2599999998</v>
+      </c>
+      <c r="N121" s="4">
+        <v>1668726.4601700001</v>
+      </c>
+      <c r="O121" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="P121" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="Q121" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R121" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="S121" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="T121" s="4">
+        <v>1</v>
+      </c>
+      <c r="W121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y121" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z121" s="6">
+        <v>1.732E-3</v>
+      </c>
+    </row>
+    <row r="122" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A122" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D122" s="4">
         <v>202800</v>
       </c>
-      <c r="E116" s="5">
-[...442 lines deleted...]
-      </c>
       <c r="E122" s="5">
-        <v>32.612383999999999</v>
+        <v>1.340457</v>
       </c>
       <c r="F122" s="4">
-        <v>13067780.324927701</v>
+        <v>271844.63528672</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H122" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I122" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J122" s="5">
-        <v>4908</v>
+        <v>10.45</v>
       </c>
       <c r="K122" s="5">
-        <v>150.49497798258471</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L122" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M122" s="4">
-        <v>1966635312.28125</v>
+        <v>2119259.9375390001</v>
       </c>
       <c r="N122" s="4">
-        <v>13067780.324927701</v>
+        <v>271844.63528672</v>
       </c>
       <c r="O122" s="3" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="P122" s="3" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="Q122" s="3" t="s">
         <v>95</v>
       </c>
       <c r="R122" s="3" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="S122" s="3" t="s">
-        <v>221</v>
+        <v>287</v>
       </c>
       <c r="T122" s="4">
         <v>1</v>
       </c>
       <c r="W122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>1.3974E-2</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.8200000000000002E-4</v>
+      </c>
+    </row>
+    <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D123" s="4">
+        <v>29118</v>
+      </c>
+      <c r="E123" s="5">
+        <v>29.845057000000001</v>
+      </c>
+      <c r="F123" s="4">
+        <v>869028.27175208996</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J123" s="5">
+        <v>4382</v>
+      </c>
+      <c r="K123" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M123" s="4">
+        <v>127595061.358467</v>
+      </c>
+      <c r="N123" s="4">
+        <v>869028.27175208996</v>
+      </c>
+      <c r="O123" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="P123" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="Q123" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R123" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="S123" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T123" s="4">
+        <v>1</v>
+      </c>
+      <c r="W123" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X123" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y123" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z123" s="6">
+        <v>9.0200000000000002E-4</v>
+      </c>
+    </row>
+    <row r="124" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A124" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D124" s="4">
+        <v>323508</v>
+      </c>
+      <c r="E124" s="5">
+        <v>15.266864999999999</v>
+      </c>
+      <c r="F124" s="4">
+        <v>4938952.9624199998</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I124" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J124" s="5">
+        <v>11.3</v>
+      </c>
+      <c r="K124" s="5">
+        <v>0.74016505680766809</v>
+      </c>
+      <c r="L124" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M124" s="4">
+        <v>3655640.4</v>
+      </c>
+      <c r="N124" s="4">
+        <v>4938952.9624199998</v>
+      </c>
+      <c r="O124" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="P124" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="Q124" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R124" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="S124" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T124" s="4">
+        <v>1</v>
+      </c>
+      <c r="W124" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X124" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y124" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z124" s="6">
+        <v>5.1269999999999996E-3</v>
+      </c>
+    </row>
+    <row r="125" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A125" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D125" s="4">
+        <v>66604</v>
+      </c>
+      <c r="E125" s="5">
+        <v>5.3199230000000002</v>
+      </c>
+      <c r="F125" s="4">
+        <v>354328.11819000001</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I125" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J125" s="5">
+        <v>4.5449999999999999</v>
+      </c>
+      <c r="K125" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L125" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="M125" s="4">
+        <v>302715.18</v>
+      </c>
+      <c r="N125" s="4">
+        <v>354328.11819000001</v>
+      </c>
+      <c r="O125" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="P125" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="Q125" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R125" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="S125" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="T125" s="4">
+        <v>1</v>
+      </c>
+      <c r="W125" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X125" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y125" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z125" s="6">
+        <v>3.6699999999999998E-4</v>
+      </c>
+    </row>
+    <row r="126" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A126" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D126" s="4">
+        <v>178361</v>
+      </c>
+      <c r="E126" s="5">
+        <v>57.038465000000002</v>
+      </c>
+      <c r="F126" s="4">
+        <v>10173437.655865001</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H126" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I126" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J126" s="5">
+        <v>48.73</v>
+      </c>
+      <c r="K126" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L126" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="M126" s="4">
+        <v>8691531.5299999993</v>
+      </c>
+      <c r="N126" s="4">
+        <v>10173437.655865001</v>
+      </c>
+      <c r="O126" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="P126" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="Q126" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R126" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="S126" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="T126" s="4">
+        <v>1</v>
+      </c>
+      <c r="W126" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X126" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y126" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z126" s="6">
+        <v>1.0562E-2</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A127" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D127" s="4">
+        <v>1216900</v>
+      </c>
+      <c r="E127" s="5">
+        <v>13.047545</v>
+      </c>
+      <c r="F127" s="4">
+        <v>15877557.2876071</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J127" s="5">
+        <v>16.739999999999998</v>
+      </c>
+      <c r="K127" s="5">
+        <v>1.2829999947525301</v>
+      </c>
+      <c r="L127" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M127" s="4">
+        <v>20370905.916682001</v>
+      </c>
+      <c r="N127" s="4">
+        <v>15877557.2876071</v>
+      </c>
+      <c r="O127" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="P127" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q127" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R127" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="S127" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="T127" s="4">
+        <v>1</v>
+      </c>
+      <c r="W127" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X127" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y127" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z127" s="6">
+        <v>1.6483999999999999E-2</v>
+      </c>
+    </row>
+    <row r="128" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A128" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D128" s="4">
+        <v>435100</v>
+      </c>
+      <c r="E128" s="5">
+        <v>34.701179000000003</v>
+      </c>
+      <c r="F128" s="4">
+        <v>15098481.1850842</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I128" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J128" s="5">
+        <v>5095</v>
+      </c>
+      <c r="K128" s="5">
+        <v>146.82498315183318</v>
+      </c>
+      <c r="L128" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M128" s="4">
+        <v>2216834245.6182699</v>
+      </c>
+      <c r="N128" s="4">
+        <v>15098481.1850842</v>
+      </c>
+      <c r="O128" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="P128" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="Q128" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R128" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="S128" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="T128" s="4">
+        <v>1</v>
+      </c>
+      <c r="W128" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X128" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y128" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z128" s="6">
+        <v>1.5675000000000001E-2</v>
+      </c>
+    </row>
+    <row r="129" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A129" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D129" s="4">
         <v>6134</v>
       </c>
-      <c r="E123" s="5">
-[...144 lines deleted...]
-      <c r="D125" s="4">
+      <c r="E129" s="5">
+        <v>152.28205</v>
+      </c>
+      <c r="F129" s="4">
+        <v>934098.09470000002</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H129" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J129" s="5">
+        <v>130.1</v>
+      </c>
+      <c r="K129" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L129" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M129" s="4">
+        <v>798033.4</v>
+      </c>
+      <c r="N129" s="4">
+        <v>934098.09470000002</v>
+      </c>
+      <c r="O129" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="P129" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="Q129" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R129" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="S129" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T129" s="4">
+        <v>1</v>
+      </c>
+      <c r="W129" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X129" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y129" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z129" s="6">
+        <v>9.6900000000000003E-4</v>
+      </c>
+    </row>
+    <row r="130" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A130" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D130" s="4">
+        <v>42854</v>
+      </c>
+      <c r="E130" s="5">
+        <v>125.82875</v>
+      </c>
+      <c r="F130" s="4">
+        <v>5392265.2525000004</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I130" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J130" s="5">
+        <v>107.5</v>
+      </c>
+      <c r="K130" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L130" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M130" s="4">
+        <v>4606805</v>
+      </c>
+      <c r="N130" s="4">
+        <v>5392265.2525000004</v>
+      </c>
+      <c r="O130" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="P130" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="Q130" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R130" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="S130" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T130" s="4">
+        <v>1</v>
+      </c>
+      <c r="W130" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X130" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y130" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z130" s="6">
+        <v>5.5979999999999997E-3</v>
+      </c>
+    </row>
+    <row r="131" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A131" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D131" s="4">
         <v>40876</v>
       </c>
-      <c r="E125" s="5">
-[...442 lines deleted...]
-      </c>
       <c r="E131" s="5">
-        <v>28.812066999999999</v>
+        <v>6.8942449999999997</v>
       </c>
       <c r="F131" s="4">
-        <v>157486.7517777</v>
+        <v>281809.15862</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H131" s="3" t="s">
-        <v>588</v>
+        <v>159</v>
       </c>
       <c r="I131" s="3" t="s">
-        <v>589</v>
+        <v>50</v>
       </c>
       <c r="J131" s="5">
-        <v>281.2</v>
+        <v>5.89</v>
       </c>
       <c r="K131" s="5">
-        <v>9.7597996196020507</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L131" s="3" t="s">
-        <v>590</v>
+        <v>160</v>
       </c>
       <c r="M131" s="4">
-        <v>1537039.1400919999</v>
+        <v>240759.64</v>
       </c>
       <c r="N131" s="4">
-        <v>157486.7517777</v>
+        <v>281809.15862</v>
       </c>
       <c r="O131" s="3" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="P131" s="3" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>593</v>
+        <v>163</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
-        <v>594</v>
+        <v>34</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>1.6799999999999999E-4</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.92E-4</v>
+      </c>
+    </row>
+    <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D132" s="4">
-        <v>739833</v>
+        <v>25959</v>
       </c>
       <c r="E132" s="5">
-        <v>10.589257999999999</v>
+        <v>41.552750000000003</v>
       </c>
       <c r="F132" s="4">
-        <v>7834282.6749049202</v>
+        <v>1078667.8372500001</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H132" s="3" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="I132" s="3" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="J132" s="5">
-        <v>109</v>
+        <v>35.5</v>
       </c>
       <c r="K132" s="5">
-        <v>10.293449783816969</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L132" s="3" t="s">
-        <v>66</v>
+        <v>134</v>
       </c>
       <c r="M132" s="4">
-        <v>80641795.306361005</v>
+        <v>921544.5</v>
       </c>
       <c r="N132" s="4">
-        <v>7834282.6749049202</v>
+        <v>1078667.8372500001</v>
       </c>
       <c r="O132" s="3" t="s">
         <v>595</v>
       </c>
       <c r="P132" s="3" t="s">
         <v>597</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="R132" s="3" t="s">
         <v>598</v>
       </c>
       <c r="S132" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T132" s="4">
+        <v>1</v>
+      </c>
+      <c r="W132" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X132" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y132" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z132" s="6">
+        <v>1.119E-3</v>
+      </c>
+    </row>
+    <row r="133" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A133" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="T132" s="4">
-[...16 lines deleted...]
-      <c r="A133" s="3" t="s">
+      <c r="B133" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="B133" s="3" t="s">
+      <c r="C133" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D133" s="4">
+        <v>50204</v>
+      </c>
+      <c r="E133" s="5">
+        <v>103.397785</v>
+      </c>
+      <c r="F133" s="4">
+        <v>5190982.3915900104</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H133" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J133" s="5">
+        <v>82.62</v>
+      </c>
+      <c r="K133" s="5">
+        <v>0.79904999986655867</v>
+      </c>
+      <c r="L133" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M133" s="4">
+        <v>4147854.4793070001</v>
+      </c>
+      <c r="N133" s="4">
+        <v>5190982.3915900104</v>
+      </c>
+      <c r="O133" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="P133" s="3" t="s">
         <v>601</v>
       </c>
-      <c r="C133" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P133" s="3" t="s">
+      <c r="Q133" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R133" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="Q133" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R133" s="3" t="s">
+      <c r="S133" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="T133" s="4">
+        <v>1</v>
+      </c>
+      <c r="W133" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X133" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y133" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z133" s="6">
+        <v>5.3889999999999997E-3</v>
+      </c>
+    </row>
+    <row r="134" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A134" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="S133" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A134" s="3" t="s">
+      <c r="B134" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="B134" s="3" t="s">
+      <c r="C134" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D134" s="4">
+        <v>26411</v>
+      </c>
+      <c r="E134" s="5">
+        <v>41.201599999999999</v>
+      </c>
+      <c r="F134" s="4">
+        <v>1088175.4576000001</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H134" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I134" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J134" s="5">
+        <v>35.200000000000003</v>
+      </c>
+      <c r="K134" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L134" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M134" s="4">
+        <v>929667.2</v>
+      </c>
+      <c r="N134" s="4">
+        <v>1088175.4576000001</v>
+      </c>
+      <c r="O134" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="P134" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="C134" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P134" s="3" t="s">
+      <c r="Q134" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R134" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="Q134" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R134" s="3" t="s">
+      <c r="S134" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T134" s="4">
+        <v>1</v>
+      </c>
+      <c r="W134" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X134" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y134" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z134" s="6">
+        <v>1.129E-3</v>
+      </c>
+    </row>
+    <row r="135" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A135" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="S134" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A135" s="3" t="s">
+      <c r="B135" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="B135" s="3" t="s">
+      <c r="C135" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D135" s="4">
+        <v>816747</v>
+      </c>
+      <c r="E135" s="5">
+        <v>16.984275</v>
+      </c>
+      <c r="F135" s="4">
+        <v>13871855.6534249</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H135" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J135" s="5">
+        <v>25.95</v>
+      </c>
+      <c r="K135" s="5">
+        <v>1.5278838808250572</v>
+      </c>
+      <c r="L135" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M135" s="4">
+        <v>21194584.649999</v>
+      </c>
+      <c r="N135" s="4">
+        <v>13871855.6534249</v>
+      </c>
+      <c r="O135" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="P135" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="C135" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P135" s="3" t="s">
+      <c r="Q135" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R135" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="Q135" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R135" s="3" t="s">
+      <c r="S135" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="T135" s="4">
+        <v>1</v>
+      </c>
+      <c r="W135" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X135" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y135" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z135" s="6">
+        <v>1.4401000000000001E-2</v>
+      </c>
+    </row>
+    <row r="136" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A136" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="S135" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A136" s="3" t="s">
+      <c r="B136" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D136" s="4">
-        <v>425212</v>
+        <v>863685</v>
       </c>
       <c r="E136" s="5">
-        <v>54.932259000000002</v>
+        <v>4.382352</v>
       </c>
       <c r="F136" s="4">
-        <v>23357855.5013019</v>
+        <v>3784971.6871199999</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H136" s="3" t="s">
-        <v>49</v>
+        <v>140</v>
       </c>
       <c r="I136" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J136" s="5">
-        <v>41.51</v>
+        <v>3.7440000000000002</v>
       </c>
       <c r="K136" s="5">
-        <v>0.75565798919409077</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L136" s="3" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="M136" s="4">
-        <v>17650550.119998999</v>
+        <v>3233636.64</v>
       </c>
       <c r="N136" s="4">
-        <v>23357855.5013019</v>
+        <v>3784971.6871199999</v>
       </c>
       <c r="O136" s="3" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="P136" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q136" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R136" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="Q136" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R136" s="3" t="s">
+      <c r="S136" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="T136" s="4">
+        <v>1</v>
+      </c>
+      <c r="W136" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X136" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y136" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z136" s="6">
+        <v>3.9290000000000002E-3</v>
+      </c>
+    </row>
+    <row r="137" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A137" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="S136" s="3" t="s">
+      <c r="B137" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D137" s="4">
+        <v>372000</v>
+      </c>
+      <c r="E137" s="5">
+        <v>1.967714</v>
+      </c>
+      <c r="F137" s="4">
+        <v>731989.45592847001</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H137" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I137" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J137" s="5">
+        <v>15.34</v>
+      </c>
+      <c r="K137" s="5">
+        <v>7.7958497702329206</v>
+      </c>
+      <c r="L137" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M137" s="4">
+        <v>5706479.8318119999</v>
+      </c>
+      <c r="N137" s="4">
+        <v>731989.45592847001</v>
+      </c>
+      <c r="O137" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="P137" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="Q137" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="R137" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="S137" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="T137" s="4">
+        <v>1</v>
+      </c>
+      <c r="W137" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X137" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y137" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z137" s="6">
+        <v>7.5900000000000002E-4</v>
+      </c>
+    </row>
+    <row r="138" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A138" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D138" s="4">
+        <v>739833</v>
+      </c>
+      <c r="E138" s="5">
+        <v>11.176964999999999</v>
+      </c>
+      <c r="F138" s="4">
+        <v>8269087.7685382897</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I138" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J138" s="5">
+        <v>112.3</v>
+      </c>
+      <c r="K138" s="5">
+        <v>10.04745008778457</v>
+      </c>
+      <c r="L138" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M138" s="4">
+        <v>83083246.625898004</v>
+      </c>
+      <c r="N138" s="4">
+        <v>8269087.7685382897</v>
+      </c>
+      <c r="O138" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="P138" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="Q138" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R138" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="S138" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="T138" s="4">
+        <v>1</v>
+      </c>
+      <c r="W138" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X138" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y138" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z138" s="6">
+        <v>8.5839999999999996E-3</v>
+      </c>
+    </row>
+    <row r="139" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A139" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D139" s="4">
+        <v>3237422</v>
+      </c>
+      <c r="E139" s="5">
+        <v>2.268122</v>
+      </c>
+      <c r="F139" s="4">
+        <v>7342866.7342166798</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J139" s="5">
+        <v>2.91</v>
+      </c>
+      <c r="K139" s="5">
+        <v>1.2829999947525301</v>
+      </c>
+      <c r="L139" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="T136" s="4">
-[...141 lines deleted...]
-      <c r="R138" s="3" t="s">
+      <c r="M139" s="4">
+        <v>9420897.9814679995</v>
+      </c>
+      <c r="N139" s="4">
+        <v>7342866.7342166798</v>
+      </c>
+      <c r="O139" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="S138" s="3" t="s">
-[...22 lines deleted...]
-      <c r="B139" s="3" t="s">
+      <c r="P139" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="C139" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P139" s="3" t="s">
+      <c r="Q139" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R139" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="Q139" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R139" s="3" t="s">
+      <c r="S139" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="T139" s="4">
+        <v>1</v>
+      </c>
+      <c r="W139" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X139" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y139" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z139" s="6">
+        <v>7.6229999999999996E-3</v>
+      </c>
+    </row>
+    <row r="140" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A140" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="S139" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A140" s="3" t="s">
+      <c r="B140" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="B140" s="3" t="s">
+      <c r="C140" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D140" s="4">
+        <v>815331</v>
+      </c>
+      <c r="E140" s="5">
+        <v>0.19112699999999999</v>
+      </c>
+      <c r="F140" s="4">
+        <v>155832.03755844</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I140" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J140" s="5">
+        <v>1.49</v>
+      </c>
+      <c r="K140" s="5">
+        <v>7.7958497702329206</v>
+      </c>
+      <c r="L140" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M140" s="4">
+        <v>1214843.1541939999</v>
+      </c>
+      <c r="N140" s="4">
+        <v>155832.03755844</v>
+      </c>
+      <c r="O140" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="P140" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="C140" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q140" s="3" t="s">
-        <v>79</v>
+        <v>105</v>
       </c>
       <c r="R140" s="3" t="s">
         <v>631</v>
       </c>
       <c r="S140" s="3" t="s">
-        <v>250</v>
+        <v>287</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>4.7699999999999999E-4</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.6100000000000001E-4</v>
+      </c>
+    </row>
+    <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
         <v>632</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>633</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D141" s="4">
-        <v>38577</v>
+        <v>19144</v>
       </c>
       <c r="E141" s="5">
-        <v>9.0203000000000007</v>
+        <v>31.830738</v>
       </c>
       <c r="F141" s="4">
-        <v>347976.08673476998</v>
+        <v>609367.64827200002</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H141" s="3" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="I141" s="3" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="J141" s="5">
-        <v>92.85</v>
+        <v>23.56</v>
       </c>
       <c r="K141" s="5">
-        <v>10.293449783816969</v>
+        <v>0.74016505680766809</v>
       </c>
       <c r="L141" s="3" t="s">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="M141" s="4">
-        <v>3581874.3747729999</v>
+        <v>451032.64</v>
       </c>
       <c r="N141" s="4">
-        <v>347976.08673476998</v>
+        <v>609367.64827200002</v>
       </c>
       <c r="O141" s="3" t="s">
         <v>632</v>
       </c>
       <c r="P141" s="3" t="s">
         <v>634</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="R141" s="3" t="s">
         <v>635</v>
       </c>
       <c r="S141" s="3" t="s">
-        <v>599</v>
+        <v>91</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>3.7199999999999999E-4</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:26" x14ac:dyDescent="0.3">
+        <v>6.3199999999999997E-4</v>
+      </c>
+    </row>
+    <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
         <v>636</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>637</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D142" s="4">
-        <v>196000</v>
+        <v>488845</v>
       </c>
       <c r="E142" s="5">
-        <v>3.242038</v>
+        <v>0.74578</v>
       </c>
       <c r="F142" s="4">
-        <v>635439.49044585996</v>
+        <v>364570.628562</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H142" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J142" s="5">
-        <v>25.45</v>
+        <v>0.55200000000000005</v>
       </c>
       <c r="K142" s="5">
-        <v>7.8499996938500116</v>
+        <v>0.74016505680766809</v>
       </c>
       <c r="L142" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M142" s="4">
-        <v>4988199.8054600004</v>
+        <v>269842.44</v>
       </c>
       <c r="N142" s="4">
-        <v>635439.49044585996</v>
+        <v>364570.628562</v>
       </c>
       <c r="O142" s="3" t="s">
         <v>636</v>
       </c>
       <c r="P142" s="3" t="s">
         <v>638</v>
       </c>
       <c r="Q142" s="3" t="s">
-        <v>117</v>
+        <v>167</v>
       </c>
       <c r="R142" s="3" t="s">
         <v>639</v>
       </c>
       <c r="S142" s="3" t="s">
-        <v>263</v>
+        <v>91</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>6.7900000000000002E-4</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:26" x14ac:dyDescent="0.3">
+        <v>3.7800000000000003E-4</v>
+      </c>
+    </row>
+    <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
         <v>640</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>641</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D143" s="4">
-        <v>377000</v>
+        <v>441517</v>
       </c>
       <c r="E143" s="5">
-        <v>1.618684</v>
+        <v>54.298699999999997</v>
       </c>
       <c r="F143" s="4">
-        <v>610243.95883917005</v>
+        <v>23973798.907141499</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H143" s="3" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="I143" s="3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="J143" s="5">
-        <v>2.1</v>
+        <v>40.19</v>
       </c>
       <c r="K143" s="5">
-        <v>1.2973499991606146</v>
+        <v>0.74016505680766809</v>
       </c>
       <c r="L143" s="3" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="M143" s="4">
-        <v>791699.99948700005</v>
+        <v>17744568.23</v>
       </c>
       <c r="N143" s="4">
-        <v>610243.95883917005</v>
+        <v>23973798.907141499</v>
       </c>
       <c r="O143" s="3" t="s">
         <v>640</v>
       </c>
       <c r="P143" s="3" t="s">
         <v>642</v>
       </c>
       <c r="Q143" s="3" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="R143" s="3" t="s">
         <v>643</v>
       </c>
       <c r="S143" s="3" t="s">
-        <v>250</v>
+        <v>91</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>6.5200000000000002E-4</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.4889000000000001E-2</v>
+      </c>
+    </row>
+    <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
         <v>644</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>645</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D144" s="4">
-        <v>849099</v>
+        <v>156820</v>
       </c>
       <c r="E144" s="5">
-        <v>20.161248000000001</v>
+        <v>3.4997950000000002</v>
       </c>
       <c r="F144" s="4">
-        <v>17118895.7278267</v>
+        <v>548837.85190000001</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H144" s="3" t="s">
-        <v>103</v>
+        <v>226</v>
       </c>
       <c r="I144" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J144" s="5">
-        <v>17.614999999999998</v>
+        <v>2.99</v>
       </c>
       <c r="K144" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L144" s="3" t="s">
-        <v>104</v>
+        <v>227</v>
       </c>
       <c r="M144" s="4">
-        <v>14956878.885</v>
+        <v>468891.8</v>
       </c>
       <c r="N144" s="4">
-        <v>17118895.7278267</v>
+        <v>548837.85190000001</v>
       </c>
       <c r="O144" s="3" t="s">
         <v>644</v>
       </c>
       <c r="P144" s="3" t="s">
         <v>646</v>
       </c>
       <c r="Q144" s="3" t="s">
-        <v>85</v>
+        <v>647</v>
       </c>
       <c r="R144" s="3" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="S144" s="3" t="s">
-        <v>107</v>
+        <v>230</v>
       </c>
       <c r="T144" s="4">
         <v>1</v>
       </c>
       <c r="W144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>1.8307E-2</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:26" x14ac:dyDescent="0.3">
+        <v>5.6899999999999995E-4</v>
+      </c>
+    </row>
+    <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D145" s="4">
-        <v>109244</v>
+        <v>356188</v>
       </c>
       <c r="E145" s="5">
-        <v>4.7164190000000001</v>
+        <v>9.9843650000000004</v>
       </c>
       <c r="F145" s="4">
-        <v>515240.52093360003</v>
+        <v>3556311.0006200001</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H145" s="3" t="s">
-        <v>49</v>
+        <v>140</v>
       </c>
       <c r="I145" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J145" s="5">
-        <v>3.5640000000000001</v>
+        <v>8.5299999999999994</v>
       </c>
       <c r="K145" s="5">
-        <v>0.75565798919409077</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L145" s="3" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="M145" s="4">
-        <v>389345.61599999998</v>
+        <v>3038283.64</v>
       </c>
       <c r="N145" s="4">
-        <v>515240.52093360003</v>
+        <v>3556311.0006200001</v>
       </c>
       <c r="O145" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P145" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="Q145" s="3" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="R145" s="3" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="S145" s="3" t="s">
-        <v>81</v>
+        <v>145</v>
       </c>
       <c r="T145" s="4">
         <v>1</v>
       </c>
       <c r="W145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>5.5000000000000003E-4</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:26" x14ac:dyDescent="0.3">
+        <v>3.692E-3</v>
+      </c>
+    </row>
+    <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D146" s="4">
-        <v>154054</v>
+        <v>9501</v>
       </c>
       <c r="E146" s="5">
-        <v>68.386863000000005</v>
+        <v>169.70152100000001</v>
       </c>
       <c r="F146" s="4">
-        <v>10535269.715575</v>
+        <v>1612334.1467993199</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H146" s="3" t="s">
-        <v>186</v>
+        <v>44</v>
       </c>
       <c r="I146" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J146" s="5">
-        <v>59.75</v>
+        <v>135.6</v>
       </c>
       <c r="K146" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.79904999986655867</v>
       </c>
       <c r="L146" s="3" t="s">
-        <v>187</v>
+        <v>46</v>
       </c>
       <c r="M146" s="4">
-        <v>9204726.5</v>
+        <v>1288335.5997840001</v>
       </c>
       <c r="N146" s="4">
-        <v>10535269.715575</v>
+        <v>1612334.1467993199</v>
       </c>
       <c r="O146" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="S146" s="3" t="s">
-        <v>190</v>
+        <v>510</v>
       </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>1.1266E-2</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.673E-3</v>
+      </c>
+    </row>
+    <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B147" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D147" s="4">
+        <v>381100</v>
+      </c>
+      <c r="E147" s="5">
+        <v>1.3328139999999999</v>
+      </c>
+      <c r="F147" s="4">
+        <v>507935.30787217</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H147" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I147" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J147" s="5">
+        <v>1.71</v>
+      </c>
+      <c r="K147" s="5">
+        <v>1.2829999947525301</v>
+      </c>
+      <c r="L147" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M147" s="4">
+        <v>651680.99733399996</v>
+      </c>
+      <c r="N147" s="4">
+        <v>507935.30787217</v>
+      </c>
+      <c r="O147" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="C147" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P147" s="3" t="s">
-        <v>658</v>
+        <v>134</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="R147" s="3" t="s">
         <v>659</v>
       </c>
       <c r="S147" s="3" t="s">
-        <v>81</v>
+        <v>274</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>2.1599999999999999E-4</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:26" x14ac:dyDescent="0.3">
+        <v>5.2700000000000002E-4</v>
+      </c>
+    </row>
+    <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
         <v>660</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>661</v>
       </c>
       <c r="C148" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D148" s="4">
+        <v>38577</v>
+      </c>
+      <c r="E148" s="5">
+        <v>9.3506309999999999</v>
+      </c>
+      <c r="F148" s="4">
+        <v>360719.30191242998</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H148" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I148" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J148" s="5">
+        <v>93.95</v>
+      </c>
+      <c r="K148" s="5">
+        <v>10.04745008778457</v>
+      </c>
+      <c r="L148" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D148" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="M148" s="4">
-        <v>6152011.2999999998</v>
+        <v>3624309.181665</v>
       </c>
       <c r="N148" s="4">
-        <v>8141264.1538549997</v>
+        <v>360719.30191242998</v>
       </c>
       <c r="O148" s="3" t="s">
         <v>660</v>
       </c>
       <c r="P148" s="3" t="s">
         <v>662</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="R148" s="3" t="s">
         <v>663</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>81</v>
+        <v>623</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>8.7060000000000002E-3</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:26" x14ac:dyDescent="0.3">
+        <v>3.7399999999999998E-4</v>
+      </c>
+    </row>
+    <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D149" s="4">
-        <v>120151</v>
+        <v>196000</v>
       </c>
       <c r="E149" s="5">
-        <v>9.1735679999999995</v>
+        <v>3.5249519999999999</v>
       </c>
       <c r="F149" s="4">
-        <v>1102213.3988057501</v>
+        <v>690890.66618777998</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H149" s="3" t="s">
-        <v>138</v>
+        <v>59</v>
       </c>
       <c r="I149" s="3" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="J149" s="5">
-        <v>8.0150000000000006</v>
+        <v>27.48</v>
       </c>
       <c r="K149" s="5">
-        <v>0.8737058232493119</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L149" s="3" t="s">
-        <v>139</v>
+        <v>61</v>
       </c>
       <c r="M149" s="4">
-        <v>963010.26500000001</v>
+        <v>5386079.8412560001</v>
       </c>
       <c r="N149" s="4">
-        <v>1102213.3988057501</v>
+        <v>690890.66618777998</v>
       </c>
       <c r="O149" s="3" t="s">
         <v>664</v>
       </c>
       <c r="P149" s="3" t="s">
         <v>666</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="R149" s="3" t="s">
         <v>667</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>142</v>
+        <v>287</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>1.178E-3</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:26" x14ac:dyDescent="0.3">
+        <v>7.1699999999999997E-4</v>
+      </c>
+    </row>
+    <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
         <v>668</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>669</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D150" s="4">
-        <v>517397</v>
+        <v>377000</v>
       </c>
       <c r="E150" s="5">
-        <v>39.601430000000001</v>
+        <v>1.5822290000000001</v>
       </c>
       <c r="F150" s="4">
-        <v>20489661.077709999</v>
+        <v>596500.38971161004</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H150" s="3" t="s">
-        <v>670</v>
+        <v>79</v>
       </c>
       <c r="I150" s="3" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="J150" s="5">
-        <v>34.6</v>
+        <v>2.0299999999999998</v>
       </c>
       <c r="K150" s="5">
-        <v>0.8737058232493119</v>
+        <v>1.2829999947525301</v>
       </c>
       <c r="L150" s="3" t="s">
-        <v>671</v>
+        <v>81</v>
       </c>
       <c r="M150" s="4">
-        <v>17901936.199999999</v>
+        <v>765309.99686900002</v>
       </c>
       <c r="N150" s="4">
-        <v>20489661.077709999</v>
+        <v>596500.38971161004</v>
       </c>
       <c r="O150" s="3" t="s">
         <v>668</v>
       </c>
       <c r="P150" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="Q150" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R150" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="S150" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="T150" s="4">
+        <v>1</v>
+      </c>
+      <c r="W150" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X150" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y150" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z150" s="6">
+        <v>6.1899999999999998E-4</v>
+      </c>
+    </row>
+    <row r="151" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A151" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="Q150" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R150" s="3" t="s">
+      <c r="B151" s="3" t="s">
         <v>673</v>
       </c>
-      <c r="S150" s="3" t="s">
+      <c r="C151" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D151" s="4">
+        <v>849099</v>
+      </c>
+      <c r="E151" s="5">
+        <v>20.893425000000001</v>
+      </c>
+      <c r="F151" s="4">
+        <v>17740586.274075001</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H151" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I151" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J151" s="5">
+        <v>17.850000000000001</v>
+      </c>
+      <c r="K151" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L151" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="M151" s="4">
+        <v>15156417.15</v>
+      </c>
+      <c r="N151" s="4">
+        <v>17740586.274075001</v>
+      </c>
+      <c r="O151" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="P151" s="3" t="s">
         <v>674</v>
       </c>
-      <c r="T150" s="4">
-[...16 lines deleted...]
-      <c r="A151" s="3" t="s">
+      <c r="Q151" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R151" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="B151" s="3" t="s">
+      <c r="S151" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="T151" s="4">
+        <v>1</v>
+      </c>
+      <c r="W151" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X151" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y151" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z151" s="6">
+        <v>1.8418E-2</v>
+      </c>
+    </row>
+    <row r="152" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A152" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="C151" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P151" s="3" t="s">
+      <c r="B152" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="Q151" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R151" s="3" t="s">
+      <c r="C152" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D152" s="4">
+        <v>109244</v>
+      </c>
+      <c r="E152" s="5">
+        <v>5.0502250000000002</v>
+      </c>
+      <c r="F152" s="4">
+        <v>551706.76897560002</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H152" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I152" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J152" s="5">
+        <v>3.738</v>
+      </c>
+      <c r="K152" s="5">
+        <v>0.74016505680766809</v>
+      </c>
+      <c r="L152" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M152" s="4">
+        <v>408354.07199999999</v>
+      </c>
+      <c r="N152" s="4">
+        <v>551706.76897560002</v>
+      </c>
+      <c r="O152" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="P152" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="S151" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A152" s="3" t="s">
+      <c r="Q152" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R152" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="B152" s="3" t="s">
+      <c r="S152" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T152" s="4">
+        <v>1</v>
+      </c>
+      <c r="W152" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X152" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y152" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z152" s="6">
+        <v>5.7200000000000003E-4</v>
+      </c>
+    </row>
+    <row r="153" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A153" s="3" t="s">
         <v>680</v>
       </c>
-      <c r="C152" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P152" s="3" t="s">
+      <c r="B153" s="3" t="s">
         <v>681</v>
       </c>
-      <c r="Q152" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R152" s="3" t="s">
+      <c r="C153" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D153" s="4">
+        <v>154054</v>
+      </c>
+      <c r="E153" s="5">
+        <v>70.464100000000002</v>
+      </c>
+      <c r="F153" s="4">
+        <v>10855276.4614</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H153" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="I153" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J153" s="5">
+        <v>60.2</v>
+      </c>
+      <c r="K153" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L153" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="M153" s="4">
+        <v>9274050.8000000007</v>
+      </c>
+      <c r="N153" s="4">
+        <v>10855276.4614</v>
+      </c>
+      <c r="O153" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="P153" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="S152" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A153" s="3" t="s">
+      <c r="Q153" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R153" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="B153" s="3" t="s">
+      <c r="S153" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="T153" s="4">
+        <v>1</v>
+      </c>
+      <c r="W153" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X153" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y153" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z153" s="6">
+        <v>1.1269E-2</v>
+      </c>
+    </row>
+    <row r="154" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A154" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="C153" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H153" s="3" t="s">
+      <c r="B154" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D154" s="4">
+        <v>83864</v>
+      </c>
+      <c r="E154" s="5">
+        <v>2.029277</v>
+      </c>
+      <c r="F154" s="4">
+        <v>170183.29471439999</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H154" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="I153" s="3" t="s">
+      <c r="I154" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="J153" s="5">
-[...5 lines deleted...]
-      <c r="L153" s="3" t="s">
+      <c r="J154" s="5">
+        <v>1.502</v>
+      </c>
+      <c r="K154" s="5">
+        <v>0.74016505680766809</v>
+      </c>
+      <c r="L154" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="M153" s="4">
-[...14 lines deleted...]
-      <c r="R153" s="3" t="s">
+      <c r="M154" s="4">
+        <v>125963.728</v>
+      </c>
+      <c r="N154" s="4">
+        <v>170183.29471439999</v>
+      </c>
+      <c r="O154" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="P154" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="S153" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A154" s="3" t="s">
+      <c r="Q154" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R154" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="B154" s="3" t="s">
+      <c r="S154" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T154" s="4">
+        <v>1</v>
+      </c>
+      <c r="W154" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X154" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y154" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z154" s="6">
+        <v>1.76E-4</v>
+      </c>
+    </row>
+    <row r="155" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A155" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="C154" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P154" s="3" t="s">
+      <c r="B155" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="Q154" s="3" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="C155" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D155" s="4">
-        <v>197640</v>
+        <v>142724</v>
       </c>
       <c r="E155" s="5">
-        <v>1.0509550000000001</v>
+        <v>50.475228000000001</v>
       </c>
       <c r="F155" s="4">
-        <v>207710.82802548</v>
+        <v>7204026.4410720002</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H155" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I155" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J155" s="5">
-        <v>8.25</v>
+        <v>37.36</v>
       </c>
       <c r="K155" s="5">
-        <v>7.8499996938500116</v>
+        <v>0.74016505680766809</v>
       </c>
       <c r="L155" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M155" s="4">
-        <v>1630529.9364090001</v>
+        <v>5332168.6399999997</v>
       </c>
       <c r="N155" s="4">
-        <v>207710.82802548</v>
+        <v>7204026.4410720002</v>
       </c>
       <c r="O155" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="P155" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="Q155" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R155" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="P155" s="3" t="s">
+      <c r="S155" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="T155" s="4">
+        <v>1</v>
+      </c>
+      <c r="W155" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X155" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y155" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z155" s="6">
+        <v>7.4790000000000004E-3</v>
+      </c>
+    </row>
+    <row r="156" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A156" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="Q155" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R155" s="3" t="s">
+      <c r="C156" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D156" s="4">
+        <v>64947</v>
+      </c>
+      <c r="E156" s="5">
+        <v>9.8614630000000005</v>
+      </c>
+      <c r="F156" s="4">
+        <v>640472.40498750005</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H156" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I156" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J156" s="5">
+        <v>8.4250000000000007</v>
+      </c>
+      <c r="K156" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L156" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M156" s="4">
+        <v>547178.47499999998</v>
+      </c>
+      <c r="N156" s="4">
+        <v>640472.40498750005</v>
+      </c>
+      <c r="O156" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="P156" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="S155" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A156" s="3" t="s">
+      <c r="Q156" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R156" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="B156" s="3" t="s">
+      <c r="S156" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T156" s="4">
+        <v>1</v>
+      </c>
+      <c r="W156" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X156" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y156" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z156" s="6">
+        <v>6.6399999999999999E-4</v>
+      </c>
+    </row>
+    <row r="157" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A157" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="C156" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P156" s="3" t="s">
+      <c r="B157" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="Q156" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R156" s="3" t="s">
+      <c r="C157" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D157" s="4">
+        <v>294369</v>
+      </c>
+      <c r="E157" s="5">
+        <v>40.089624999999998</v>
+      </c>
+      <c r="F157" s="4">
+        <v>11801142.821625</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H157" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="S156" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A157" s="3" t="s">
+      <c r="I157" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J157" s="5">
+        <v>34.25</v>
+      </c>
+      <c r="K157" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L157" s="3" t="s">
         <v>699</v>
       </c>
-      <c r="B157" s="3" t="s">
+      <c r="M157" s="4">
+        <v>10082138.25</v>
+      </c>
+      <c r="N157" s="4">
+        <v>11801142.821625</v>
+      </c>
+      <c r="O157" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="P157" s="3" t="s">
         <v>700</v>
       </c>
-      <c r="C157" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P157" s="3" t="s">
+      <c r="Q157" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R157" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="Q157" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R157" s="3" t="s">
+      <c r="S157" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="S157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>6.6200000000000005E-4</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.2251E-2</v>
+      </c>
+    </row>
+    <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
         <v>703</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>704</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D158" s="4">
-        <v>49060</v>
+        <v>25354</v>
       </c>
       <c r="E158" s="5">
-        <v>5.7764230000000003</v>
+        <v>33.101739999999999</v>
       </c>
       <c r="F158" s="4">
-        <v>283391.30011499999</v>
+        <v>839261.51595999999</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H158" s="3" t="s">
-        <v>49</v>
+        <v>133</v>
       </c>
       <c r="I158" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J158" s="5">
-        <v>4.3650000000000002</v>
+        <v>28.28</v>
       </c>
       <c r="K158" s="5">
-        <v>0.75565798919409077</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L158" s="3" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="M158" s="4">
-        <v>214146.9</v>
+        <v>717011.12</v>
       </c>
       <c r="N158" s="4">
-        <v>283391.30011499999</v>
+        <v>839261.51595999999</v>
       </c>
       <c r="O158" s="3" t="s">
         <v>703</v>
       </c>
       <c r="P158" s="3" t="s">
         <v>705</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>117</v>
+        <v>647</v>
       </c>
       <c r="R158" s="3" t="s">
         <v>706</v>
       </c>
       <c r="S158" s="3" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="T158" s="4">
         <v>1</v>
       </c>
       <c r="W158" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>3.0299999999999999E-4</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:26" x14ac:dyDescent="0.3">
+        <v>8.7100000000000003E-4</v>
+      </c>
+    </row>
+    <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
         <v>707</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>708</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D159" s="4">
-        <v>253051</v>
+        <v>9301</v>
       </c>
       <c r="E159" s="5">
-        <v>3.1818490000000001</v>
+        <v>62.095025</v>
       </c>
       <c r="F159" s="4">
-        <v>805170.07129899994</v>
+        <v>577545.82752499997</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H159" s="3" t="s">
-        <v>103</v>
+        <v>159</v>
       </c>
       <c r="I159" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J159" s="5">
-        <v>2.78</v>
+        <v>53.05</v>
       </c>
       <c r="K159" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L159" s="3" t="s">
-        <v>104</v>
+        <v>160</v>
       </c>
       <c r="M159" s="4">
-        <v>703481.78</v>
+        <v>493418.05</v>
       </c>
       <c r="N159" s="4">
-        <v>805170.07129899994</v>
+        <v>577545.82752499997</v>
       </c>
       <c r="O159" s="3" t="s">
         <v>707</v>
       </c>
       <c r="P159" s="3" t="s">
         <v>709</v>
       </c>
       <c r="Q159" s="3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R159" s="3" t="s">
         <v>710</v>
       </c>
       <c r="S159" s="3" t="s">
-        <v>107</v>
+        <v>163</v>
       </c>
       <c r="T159" s="4">
         <v>1</v>
       </c>
       <c r="W159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>8.61E-4</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:26" x14ac:dyDescent="0.3">
+        <v>5.9900000000000003E-4</v>
+      </c>
+    </row>
+    <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
         <v>711</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>712</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D160" s="4">
-        <v>9601015</v>
+        <v>1045585</v>
       </c>
       <c r="E160" s="5">
-        <v>1.0076430000000001</v>
+        <v>0.60673299999999997</v>
       </c>
       <c r="F160" s="4">
-        <v>9674398.5541401301</v>
+        <v>634390.99649171997</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H160" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I160" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J160" s="5">
-        <v>7.91</v>
+        <v>4.7300000000000004</v>
       </c>
       <c r="K160" s="5">
-        <v>7.8499996938500116</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L160" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M160" s="4">
-        <v>75944025.688182995</v>
+        <v>4945616.9042370003</v>
       </c>
       <c r="N160" s="4">
-        <v>9674398.5541401301</v>
+        <v>634390.99649171997</v>
       </c>
       <c r="O160" s="3" t="s">
         <v>711</v>
       </c>
       <c r="P160" s="3" t="s">
         <v>713</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="R160" s="3" t="s">
         <v>714</v>
       </c>
       <c r="S160" s="3" t="s">
-        <v>263</v>
+        <v>287</v>
       </c>
       <c r="T160" s="4">
         <v>1</v>
       </c>
       <c r="W160" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.0345E-2</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:26" x14ac:dyDescent="0.3">
+        <v>6.5799999999999995E-4</v>
+      </c>
+    </row>
+    <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C161" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D161" s="4">
+        <v>411726</v>
+      </c>
+      <c r="E161" s="5">
+        <v>2.5479099999999999</v>
+      </c>
+      <c r="F161" s="4">
+        <v>1049040.86111401</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I161" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J161" s="5">
+        <v>25.6</v>
+      </c>
+      <c r="K161" s="5">
+        <v>10.04745008778457</v>
+      </c>
+      <c r="L161" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D161" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="M161" s="4">
-        <v>557440.17500000005</v>
+        <v>10540185.692089001</v>
       </c>
       <c r="N161" s="4">
-        <v>638018.15229624999</v>
+        <v>1049040.86111401</v>
       </c>
       <c r="O161" s="3" t="s">
         <v>715</v>
       </c>
       <c r="P161" s="3" t="s">
         <v>717</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>85</v>
+        <v>167</v>
       </c>
       <c r="R161" s="3" t="s">
         <v>718</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>107</v>
+        <v>623</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>6.8199999999999999E-4</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.0889999999999999E-3</v>
+      </c>
+    </row>
+    <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
         <v>719</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>720</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D162" s="4">
-        <v>330122</v>
+        <v>197640</v>
       </c>
       <c r="E162" s="5">
-        <v>10.152087</v>
+        <v>1.0274700000000001</v>
       </c>
       <c r="F162" s="4">
-        <v>3351427.26685416</v>
+        <v>203069.12010877999</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H162" s="3" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="I162" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J162" s="5">
-        <v>104.5</v>
+        <v>8.01</v>
       </c>
       <c r="K162" s="5">
-        <v>10.293449783816969</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L162" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M162" s="4">
-        <v>34497748.275477998</v>
+        <v>1583096.3533409999</v>
       </c>
       <c r="N162" s="4">
-        <v>3351427.26685416</v>
+        <v>203069.12010877999</v>
       </c>
       <c r="O162" s="3" t="s">
         <v>719</v>
       </c>
       <c r="P162" s="3" t="s">
         <v>721</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="R162" s="3" t="s">
         <v>722</v>
       </c>
       <c r="S162" s="3" t="s">
-        <v>599</v>
+        <v>287</v>
       </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>3.5839999999999999E-3</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.1000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
         <v>723</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>724</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D163" s="4">
-        <v>104524</v>
+        <v>436418</v>
       </c>
       <c r="E163" s="5">
-        <v>97.000613000000001</v>
+        <v>1.1937880000000001</v>
       </c>
       <c r="F163" s="4">
-        <v>10138892.020950001</v>
+        <v>520990.47537204</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H163" s="3" t="s">
-        <v>670</v>
+        <v>54</v>
       </c>
       <c r="I163" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J163" s="5">
-        <v>84.75</v>
+        <v>0.88360000000000005</v>
       </c>
       <c r="K163" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.74016505680766809</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>671</v>
+        <v>56</v>
       </c>
       <c r="M163" s="4">
-        <v>8858409</v>
+        <v>385618.9448</v>
       </c>
       <c r="N163" s="4">
-        <v>10138892.020950001</v>
+        <v>520990.47537204</v>
       </c>
       <c r="O163" s="3" t="s">
         <v>723</v>
       </c>
       <c r="P163" s="3" t="s">
         <v>725</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="R163" s="3" t="s">
         <v>726</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>674</v>
+        <v>91</v>
       </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>1.0841999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:26" x14ac:dyDescent="0.3">
+        <v>5.4000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
         <v>727</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>728</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D164" s="4">
-        <v>134654</v>
+        <v>457958</v>
       </c>
       <c r="E164" s="5">
-        <v>17.018792000000001</v>
+        <v>61.814104999999998</v>
       </c>
       <c r="F164" s="4">
-        <v>2291648.3329576398</v>
+        <v>28308263.89759</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H164" s="3" t="s">
-        <v>588</v>
+        <v>698</v>
       </c>
       <c r="I164" s="3" t="s">
-        <v>589</v>
+        <v>50</v>
       </c>
       <c r="J164" s="5">
-        <v>166.1</v>
+        <v>52.81</v>
       </c>
       <c r="K164" s="5">
-        <v>9.7597996196020507</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L164" s="3" t="s">
-        <v>590</v>
+        <v>699</v>
       </c>
       <c r="M164" s="4">
-        <v>22366028.528260998</v>
+        <v>24184761.98</v>
       </c>
       <c r="N164" s="4">
-        <v>2291648.3329576398</v>
+        <v>28308263.89759</v>
       </c>
       <c r="O164" s="3" t="s">
         <v>727</v>
       </c>
       <c r="P164" s="3" t="s">
         <v>729</v>
       </c>
       <c r="Q164" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R164" s="3" t="s">
         <v>730</v>
       </c>
       <c r="S164" s="3" t="s">
-        <v>593</v>
+        <v>702</v>
       </c>
       <c r="T164" s="4">
         <v>1</v>
       </c>
       <c r="W164" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>2.4499999999999999E-3</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.9388999999999998E-2</v>
+      </c>
+    </row>
+    <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
         <v>731</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>732</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D165" s="4">
-        <v>101591</v>
+        <v>29792</v>
       </c>
       <c r="E165" s="5">
-        <v>18.679055999999999</v>
+        <v>21.507937999999999</v>
       </c>
       <c r="F165" s="4">
-        <v>1897623.9780959999</v>
+        <v>640764.47400000005</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H165" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J165" s="5">
+        <v>18.375</v>
+      </c>
+      <c r="K165" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L165" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="I165" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M165" s="4">
-        <v>1657965.12</v>
+        <v>547428</v>
       </c>
       <c r="N165" s="4">
-        <v>1897623.9780959999</v>
+        <v>640764.47400000005</v>
       </c>
       <c r="O165" s="3" t="s">
         <v>731</v>
       </c>
       <c r="P165" s="3" t="s">
         <v>733</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="R165" s="3" t="s">
         <v>734</v>
       </c>
       <c r="S165" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>2.029E-3</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:26" x14ac:dyDescent="0.3">
+        <v>6.6500000000000001E-4</v>
+      </c>
+    </row>
+    <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
         <v>735</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D166" s="4">
-        <v>156528</v>
+        <v>49060</v>
       </c>
       <c r="E166" s="5">
-        <v>67.711578000000003</v>
+        <v>5.7824939999999998</v>
       </c>
       <c r="F166" s="4">
-        <v>10598757.881184001</v>
+        <v>283689.15564000001</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H166" s="3" t="s">
-        <v>670</v>
+        <v>54</v>
       </c>
       <c r="I166" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J166" s="5">
-        <v>59.16</v>
+        <v>4.28</v>
       </c>
       <c r="K166" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.74016505680766809</v>
       </c>
       <c r="L166" s="3" t="s">
-        <v>671</v>
+        <v>56</v>
       </c>
       <c r="M166" s="4">
-        <v>9260196.4800000004</v>
+        <v>209976.8</v>
       </c>
       <c r="N166" s="4">
-        <v>10598757.881184001</v>
+        <v>283689.15564000001</v>
       </c>
       <c r="O166" s="3" t="s">
         <v>735</v>
       </c>
       <c r="P166" s="3" t="s">
         <v>737</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="R166" s="3" t="s">
         <v>738</v>
       </c>
       <c r="S166" s="3" t="s">
-        <v>674</v>
+        <v>91</v>
       </c>
       <c r="T166" s="4">
         <v>1</v>
       </c>
       <c r="W166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>1.1334E-2</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.9399999999999999E-4</v>
+      </c>
+    </row>
+    <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D167" s="4">
-        <v>882722</v>
+        <v>253051</v>
       </c>
       <c r="E167" s="5">
-        <v>0.74382400000000004</v>
+        <v>3.6425960000000002</v>
       </c>
       <c r="F167" s="4">
-        <v>656589.76374918001</v>
+        <v>921762.56039600004</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H167" s="3" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="I167" s="3" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="J167" s="5">
-        <v>0.96499999999999997</v>
+        <v>3.1120000000000001</v>
       </c>
       <c r="K167" s="5">
-        <v>1.2973499991606146</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L167" s="3" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="M167" s="4">
-        <v>851826.72944799997</v>
+        <v>787494.71200000006</v>
       </c>
       <c r="N167" s="4">
-        <v>656589.76374918001</v>
+        <v>921762.56039600004</v>
       </c>
       <c r="O167" s="3" t="s">
         <v>739</v>
       </c>
       <c r="P167" s="3" t="s">
         <v>741</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="R167" s="3" t="s">
         <v>742</v>
       </c>
       <c r="S167" s="3" t="s">
-        <v>250</v>
+        <v>117</v>
       </c>
       <c r="T167" s="4">
         <v>1</v>
       </c>
       <c r="W167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>7.0200000000000004E-4</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:26" x14ac:dyDescent="0.3">
+        <v>9.5600000000000004E-4</v>
+      </c>
+    </row>
+    <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>744</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D168" s="4">
-        <v>122901</v>
+        <v>8594515</v>
       </c>
       <c r="E168" s="5">
-        <v>2.968153</v>
+        <v>1.0698000000000001</v>
       </c>
       <c r="F168" s="4">
-        <v>364788.95541400998</v>
+        <v>9194411.7831923403</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H168" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I168" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J168" s="5">
-        <v>23.3</v>
+        <v>8.34</v>
       </c>
       <c r="K168" s="5">
-        <v>7.8499996938500116</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L168" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M168" s="4">
-        <v>2863593.1883189999</v>
+        <v>71678252.987425998</v>
       </c>
       <c r="N168" s="4">
-        <v>364788.95541400998</v>
+        <v>9194411.7831923403</v>
       </c>
       <c r="O168" s="3" t="s">
         <v>743</v>
       </c>
       <c r="P168" s="3" t="s">
         <v>745</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="R168" s="3" t="s">
         <v>746</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>263</v>
+        <v>287</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>3.8999999999999999E-4</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:26" x14ac:dyDescent="0.3">
+        <v>9.5449999999999997E-3</v>
+      </c>
+    </row>
+    <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
         <v>747</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>748</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D169" s="4">
-        <v>352800</v>
+        <v>89405</v>
       </c>
       <c r="E169" s="5">
-        <v>60.148186000000003</v>
+        <v>7.2044280000000001</v>
       </c>
       <c r="F169" s="4">
-        <v>21220277.085617401</v>
+        <v>644111.84063750005</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H169" s="3" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="I169" s="3" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="J169" s="5">
-        <v>9052</v>
+        <v>6.1550000000000002</v>
       </c>
       <c r="K169" s="5">
-        <v>150.49497798258471</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L169" s="3" t="s">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="M169" s="4">
-        <v>3193545132.7843399</v>
+        <v>550287.77500000002</v>
       </c>
       <c r="N169" s="4">
-        <v>21220277.085617401</v>
+        <v>644111.84063750005</v>
       </c>
       <c r="O169" s="3" t="s">
         <v>747</v>
       </c>
       <c r="P169" s="3" t="s">
         <v>749</v>
       </c>
       <c r="Q169" s="3" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="R169" s="3" t="s">
         <v>750</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>221</v>
+        <v>117</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>2.2693000000000001E-2</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:26" x14ac:dyDescent="0.3">
+        <v>6.6799999999999997E-4</v>
+      </c>
+    </row>
+    <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
         <v>751</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>752</v>
       </c>
       <c r="C170" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D170" s="4">
+        <v>330122</v>
+      </c>
+      <c r="E170" s="5">
+        <v>11.485500999999999</v>
+      </c>
+      <c r="F170" s="4">
+        <v>3791616.6589532699</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H170" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I170" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J170" s="5">
+        <v>115.4</v>
+      </c>
+      <c r="K170" s="5">
+        <v>10.04745008778457</v>
+      </c>
+      <c r="L170" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D170" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="M170" s="4">
-        <v>120044695.31825601</v>
+        <v>38096079.132844999</v>
       </c>
       <c r="N170" s="4">
-        <v>15292318.471337499</v>
+        <v>3791616.6589532699</v>
       </c>
       <c r="O170" s="3" t="s">
         <v>751</v>
       </c>
       <c r="P170" s="3" t="s">
         <v>753</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="R170" s="3" t="s">
         <v>754</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>263</v>
+        <v>623</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>1.6352999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:26" x14ac:dyDescent="0.3">
+        <v>3.9360000000000003E-3</v>
+      </c>
+    </row>
+    <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
         <v>755</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>756</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D171" s="4">
-        <v>3995</v>
+        <v>104524</v>
       </c>
       <c r="E171" s="5">
-        <v>88.664490999999998</v>
+        <v>100.253325</v>
       </c>
       <c r="F171" s="4">
-        <v>354214.64195553999</v>
+        <v>10478878.542300001</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H171" s="3" t="s">
-        <v>39</v>
+        <v>698</v>
       </c>
       <c r="I171" s="3" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="J171" s="5">
-        <v>72</v>
+        <v>85.65</v>
       </c>
       <c r="K171" s="5">
-        <v>0.81204999691136792</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>41</v>
+        <v>699</v>
       </c>
       <c r="M171" s="4">
-        <v>287639.99890499999</v>
+        <v>8952480.5999999996</v>
       </c>
       <c r="N171" s="4">
-        <v>354214.64195553999</v>
+        <v>10478878.542300001</v>
       </c>
       <c r="O171" s="3" t="s">
         <v>755</v>
       </c>
       <c r="P171" s="3" t="s">
         <v>757</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="R171" s="3" t="s">
         <v>758</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>485</v>
+        <v>702</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>3.7800000000000003E-4</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.0879E-2</v>
+      </c>
+    </row>
+    <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
         <v>759</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>760</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D172" s="4">
-        <v>89457</v>
+        <v>134654</v>
       </c>
       <c r="E172" s="5">
-        <v>12.818960000000001</v>
+        <v>16.923636999999999</v>
       </c>
       <c r="F172" s="4">
-        <v>1146745.70472</v>
+        <v>2278835.5016083801</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H172" s="3" t="s">
-        <v>103</v>
+        <v>761</v>
       </c>
       <c r="I172" s="3" t="s">
-        <v>45</v>
+        <v>762</v>
       </c>
       <c r="J172" s="5">
-        <v>11.2</v>
+        <v>160.19999999999999</v>
       </c>
       <c r="K172" s="5">
-        <v>0.8737058232493119</v>
+        <v>9.466050388922147</v>
       </c>
       <c r="L172" s="3" t="s">
-        <v>104</v>
+        <v>763</v>
       </c>
       <c r="M172" s="4">
-        <v>1001918.4</v>
+        <v>21571571.686289001</v>
       </c>
       <c r="N172" s="4">
-        <v>1146745.70472</v>
+        <v>2278835.5016083801</v>
       </c>
       <c r="O172" s="3" t="s">
         <v>759</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>107</v>
+        <v>766</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>1.2260000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.3649999999999999E-3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D173" s="4">
-        <v>12270</v>
+        <v>101591</v>
       </c>
       <c r="E173" s="5">
-        <v>106.39739</v>
+        <v>18.833345000000001</v>
       </c>
       <c r="F173" s="4">
-        <v>1305495.9669971101</v>
+        <v>1913298.3518950001</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H173" s="3" t="s">
-        <v>39</v>
+        <v>133</v>
       </c>
       <c r="I173" s="3" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="J173" s="5">
-        <v>86.4</v>
+        <v>16.09</v>
       </c>
       <c r="K173" s="5">
-        <v>0.81204999691136792</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>41</v>
+        <v>134</v>
       </c>
       <c r="M173" s="4">
-        <v>1060127.995967</v>
+        <v>1634599.19</v>
       </c>
       <c r="N173" s="4">
-        <v>1305495.9669971101</v>
+        <v>1913298.3518950001</v>
       </c>
       <c r="O173" s="3" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>171</v>
+        <v>95</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>485</v>
+        <v>137</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>1.3960000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.9859999999999999E-3</v>
+      </c>
+    </row>
+    <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D174" s="4">
-        <v>54715</v>
+        <v>207842</v>
       </c>
       <c r="E174" s="5">
-        <v>24.150005</v>
+        <v>68.84881</v>
       </c>
       <c r="F174" s="4">
-        <v>1321367.523575</v>
+        <v>14309674.36802</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H174" s="3" t="s">
-        <v>670</v>
+        <v>698</v>
       </c>
       <c r="I174" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J174" s="5">
-        <v>21.1</v>
+        <v>58.82</v>
       </c>
       <c r="K174" s="5">
-        <v>0.8737058232493119</v>
+        <v>0.8543357539513029</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>671</v>
+        <v>699</v>
       </c>
       <c r="M174" s="4">
-        <v>1154486.5</v>
+        <v>12225266.439999999</v>
       </c>
       <c r="N174" s="4">
-        <v>1321367.523575</v>
+        <v>14309674.36802</v>
       </c>
       <c r="O174" s="3" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>674</v>
+        <v>702</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>1.413E-3</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.4855999999999999E-2</v>
+      </c>
+    </row>
+    <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D175" s="4">
-        <v>35331</v>
+        <v>882722</v>
       </c>
       <c r="E175" s="5">
-        <v>9.4526129999999995</v>
+        <v>0.81839399999999995</v>
       </c>
       <c r="F175" s="4">
-        <v>333970.27235766</v>
+        <v>722414.73109898996</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H175" s="3" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="I175" s="3" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="J175" s="5">
-        <v>97.3</v>
+        <v>1.05</v>
       </c>
       <c r="K175" s="5">
-        <v>10.293449783816969</v>
+        <v>1.2829999947525301</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="M175" s="4">
-        <v>3437706.2278009998</v>
+        <v>926858.09620899998</v>
       </c>
       <c r="N175" s="4">
-        <v>333970.27235766</v>
+        <v>722414.73109898996</v>
       </c>
       <c r="O175" s="3" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="Q175" s="3" t="s">
         <v>95</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>599</v>
+        <v>274</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>3.57E-4</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:26" x14ac:dyDescent="0.3">
+        <v>7.5000000000000002E-4</v>
+      </c>
+    </row>
+    <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D176" s="4">
-        <v>2953</v>
+        <v>122901</v>
       </c>
       <c r="E176" s="5">
-        <v>118.34647</v>
+        <v>3.6609219999999998</v>
       </c>
       <c r="F176" s="4">
-        <v>349477.12591</v>
+        <v>449930.99405452999</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H176" s="3" t="s">
-        <v>138</v>
+        <v>59</v>
       </c>
       <c r="I176" s="3" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="J176" s="5">
-        <v>103.4</v>
+        <v>28.54</v>
       </c>
       <c r="K176" s="5">
-        <v>0.8737058232493119</v>
+        <v>7.7958497702329206</v>
       </c>
       <c r="L176" s="3" t="s">
-        <v>139</v>
+        <v>61</v>
       </c>
       <c r="M176" s="4">
-        <v>305340.2</v>
+        <v>3507594.4366199998</v>
       </c>
       <c r="N176" s="4">
-        <v>349477.12591</v>
+        <v>449930.99405452999</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>142</v>
+        <v>287</v>
       </c>
       <c r="T176" s="4">
         <v>1</v>
       </c>
       <c r="W176" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>3.7300000000000001E-4</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:26" x14ac:dyDescent="0.3">
+        <v>4.6700000000000002E-4</v>
+      </c>
+    </row>
+    <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D177" s="4">
-        <v>487185</v>
+        <v>312900</v>
       </c>
       <c r="E177" s="5">
-        <v>53.68</v>
+        <v>58.430110999999997</v>
       </c>
       <c r="F177" s="4">
-        <v>26152090.800000001</v>
+        <v>18282779.499403998</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>781</v>
+        <v>87</v>
       </c>
       <c r="H177" s="3" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="I177" s="3" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="J177" s="5">
-        <v>53.68</v>
+        <v>8579</v>
       </c>
       <c r="K177" s="5">
-        <v>1</v>
+        <v>146.82498315183318</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="M177" s="4">
-        <v>26152090.800000001</v>
+        <v>2684368791.9686799</v>
       </c>
       <c r="N177" s="4">
-        <v>26152090.800000001</v>
+        <v>18282779.499403998</v>
       </c>
       <c r="O177" s="3" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>79</v>
+        <v>128</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>785</v>
+        <v>243</v>
       </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>779</v>
+        <v>34</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>2.7966999999999999E-2</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.8981000000000001E-2</v>
+      </c>
+    </row>
+    <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B178" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D178" s="4">
+        <v>2335500</v>
+      </c>
+      <c r="E178" s="5">
+        <v>6.5868380000000002</v>
+      </c>
+      <c r="F178" s="4">
+        <v>15383559.842736799</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H178" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I178" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J178" s="5">
+        <v>51.35</v>
+      </c>
+      <c r="K178" s="5">
+        <v>7.7958497702329206</v>
+      </c>
+      <c r="L178" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M178" s="4">
+        <v>119927921.46536399</v>
+      </c>
+      <c r="N178" s="4">
+        <v>15383559.842736799</v>
+      </c>
+      <c r="O178" s="3" t="s">
         <v>787</v>
-      </c>
-[...37 lines deleted...]
-        <v>788</v>
       </c>
       <c r="P178" s="3" t="s">
         <v>789</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>171</v>
+        <v>89</v>
       </c>
       <c r="R178" s="3" t="s">
         <v>790</v>
       </c>
       <c r="S178" s="3" t="s">
-        <v>785</v>
+        <v>287</v>
       </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>786</v>
+        <v>34</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>5.8100000000000001E-3</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:26" x14ac:dyDescent="0.3">
+        <v>1.5970999999999999E-2</v>
+      </c>
+    </row>
+    <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
         <v>791</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>792</v>
       </c>
       <c r="C179" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D179" s="4">
+        <v>3995</v>
+      </c>
+      <c r="E179" s="5">
+        <v>89.481258999999994</v>
+      </c>
+      <c r="F179" s="4">
+        <v>357477.62968524999</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H179" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I179" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J179" s="5">
+        <v>71.5</v>
+      </c>
+      <c r="K179" s="5">
+        <v>0.79904999986655867</v>
+      </c>
+      <c r="L179" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M179" s="4">
+        <v>285642.49995199998</v>
+      </c>
+      <c r="N179" s="4">
+        <v>357477.62968524999</v>
+      </c>
+      <c r="O179" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="P179" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q179" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R179" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="S179" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="T179" s="4">
+        <v>1</v>
+      </c>
+      <c r="W179" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X179" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y179" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z179" s="6">
+        <v>3.7100000000000002E-4</v>
+      </c>
+    </row>
+    <row r="180" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A180" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D180" s="4">
+        <v>241882</v>
+      </c>
+      <c r="E180" s="5">
+        <v>13.724112999999999</v>
+      </c>
+      <c r="F180" s="4">
+        <v>3319615.7797249998</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H180" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I180" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J180" s="5">
+        <v>11.725</v>
+      </c>
+      <c r="K180" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L180" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="M180" s="4">
+        <v>2836066.45</v>
+      </c>
+      <c r="N180" s="4">
+        <v>3319615.7797249998</v>
+      </c>
+      <c r="O180" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="P180" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="Q180" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R180" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="S180" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="T180" s="4">
+        <v>1</v>
+      </c>
+      <c r="W180" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X180" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y180" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z180" s="6">
+        <v>3.4459999999999998E-3</v>
+      </c>
+    </row>
+    <row r="181" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A181" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D181" s="4">
+        <v>12270</v>
+      </c>
+      <c r="E181" s="5">
+        <v>107.25236200000001</v>
+      </c>
+      <c r="F181" s="4">
+        <v>1315986.4839496899</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H181" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I181" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J181" s="5">
+        <v>85.7</v>
+      </c>
+      <c r="K181" s="5">
+        <v>0.79904999986655867</v>
+      </c>
+      <c r="L181" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M181" s="4">
+        <v>1051538.9998240001</v>
+      </c>
+      <c r="N181" s="4">
+        <v>1315986.4839496899</v>
+      </c>
+      <c r="O181" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="P181" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="Q181" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="R181" s="3" t="s">
+        <v>802</v>
+      </c>
+      <c r="S181" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="T181" s="4">
+        <v>1</v>
+      </c>
+      <c r="W181" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X181" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y181" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z181" s="6">
+        <v>1.366E-3</v>
+      </c>
+    </row>
+    <row r="182" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A182" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="B182" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D182" s="4">
+        <v>76496</v>
+      </c>
+      <c r="E182" s="5">
+        <v>26.406479999999998</v>
+      </c>
+      <c r="F182" s="4">
+        <v>2019990.09408</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H182" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="I182" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J182" s="5">
+        <v>22.56</v>
+      </c>
+      <c r="K182" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L182" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="M182" s="4">
+        <v>1725749.76</v>
+      </c>
+      <c r="N182" s="4">
+        <v>2019990.09408</v>
+      </c>
+      <c r="O182" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="P182" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="Q182" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="R182" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="S182" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="T182" s="4">
+        <v>1</v>
+      </c>
+      <c r="W182" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X182" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y182" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z182" s="6">
+        <v>2.0969999999999999E-3</v>
+      </c>
+    </row>
+    <row r="183" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A183" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>808</v>
+      </c>
+      <c r="C183" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D183" s="4">
+        <v>7967</v>
+      </c>
+      <c r="E183" s="5">
+        <v>73.917074999999997</v>
+      </c>
+      <c r="F183" s="4">
+        <v>588897.33652500005</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H183" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I183" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J183" s="5">
+        <v>63.15</v>
+      </c>
+      <c r="K183" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L183" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M183" s="4">
+        <v>503116.05</v>
+      </c>
+      <c r="N183" s="4">
+        <v>588897.33652500005</v>
+      </c>
+      <c r="O183" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="P183" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="Q183" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R183" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="S183" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T183" s="4">
+        <v>1</v>
+      </c>
+      <c r="W183" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X183" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y183" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z183" s="6">
+        <v>6.11E-4</v>
+      </c>
+    </row>
+    <row r="184" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A184" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D184" s="4">
+        <v>35331</v>
+      </c>
+      <c r="E184" s="5">
+        <v>9.6641440000000003</v>
+      </c>
+      <c r="F184" s="4">
+        <v>341443.85888956999</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H184" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I184" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J184" s="5">
+        <v>97.1</v>
+      </c>
+      <c r="K184" s="5">
+        <v>10.04745008778457</v>
+      </c>
+      <c r="L184" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="D179" s="4">
-[...257 lines deleted...]
-      <c r="P182" s="3" t="s">
+      <c r="M184" s="4">
+        <v>3430640.1299729999</v>
+      </c>
+      <c r="N184" s="4">
+        <v>341443.85888956999</v>
+      </c>
+      <c r="O184" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="Q182" s="3" t="s">
-[...25 lines deleted...]
-      <c r="A183" s="3" t="s">
+      <c r="P184" s="3" t="s">
         <v>813</v>
       </c>
-      <c r="B183" s="3" t="s">
+      <c r="Q184" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R184" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="C183" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G183" s="3" t="s">
+      <c r="S184" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="T184" s="4">
+        <v>1</v>
+      </c>
+      <c r="W184" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X184" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y184" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z184" s="6">
+        <v>3.5399999999999999E-4</v>
+      </c>
+    </row>
+    <row r="185" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A185" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="H183" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O183" s="3" t="s">
+      <c r="B185" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="P183" s="3" t="s">
+      <c r="C185" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D185" s="4">
+        <v>2953</v>
+      </c>
+      <c r="E185" s="5">
+        <v>121.732</v>
+      </c>
+      <c r="F185" s="4">
+        <v>359474.59600000002</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H185" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I185" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J185" s="5">
+        <v>104</v>
+      </c>
+      <c r="K185" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L185" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M185" s="4">
+        <v>307112</v>
+      </c>
+      <c r="N185" s="4">
+        <v>359474.59600000002</v>
+      </c>
+      <c r="O185" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="P185" s="3" t="s">
         <v>817</v>
       </c>
-      <c r="Q183" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R183" s="3" t="s">
+      <c r="Q185" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R185" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="S183" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A184" s="3" t="s">
+      <c r="S185" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T185" s="4">
+        <v>1</v>
+      </c>
+      <c r="W185" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X185" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y185" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z185" s="6">
+        <v>3.7300000000000001E-4</v>
+      </c>
+    </row>
+    <row r="186" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A186" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="B184" s="3" t="s">
+      <c r="B186" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="C184" s="3" t="s">
+      <c r="C186" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D186" s="4">
+        <v>404097</v>
+      </c>
+      <c r="E186" s="5">
+        <v>56.89</v>
+      </c>
+      <c r="F186" s="4">
+        <v>22989078.329999998</v>
+      </c>
+      <c r="G186" s="3" t="s">
         <v>821</v>
       </c>
-      <c r="D184" s="4">
-[...164 lines deleted...]
-      </c>
       <c r="H186" s="3" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="I186" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J186" s="5">
-        <v>1</v>
+        <v>56.89</v>
       </c>
       <c r="K186" s="5">
         <v>1</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="M186" s="4">
-        <v>-764679.83</v>
+        <v>22989078.329999998</v>
       </c>
       <c r="N186" s="4">
-        <v>-764679.83000004</v>
+        <v>22989078.329999998</v>
       </c>
       <c r="O186" s="3" t="s">
-        <v>34</v>
+        <v>822</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>34</v>
+        <v>823</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>34</v>
+        <v>824</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>35</v>
+        <v>825</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>34</v>
+        <v>819</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>-8.1700000000000002E-4</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:26" x14ac:dyDescent="0.3">
+        <v>2.3866999999999999E-2</v>
+      </c>
+    </row>
+    <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>835</v>
+        <v>86</v>
       </c>
       <c r="D187" s="4">
-        <v>17339032.884</v>
+        <v>193196</v>
       </c>
       <c r="E187" s="5">
-        <v>5.01</v>
+        <v>39.67</v>
       </c>
       <c r="F187" s="4">
-        <v>86868554.748840004</v>
+        <v>7664085.3200000003</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>836</v>
+        <v>821</v>
       </c>
       <c r="H187" s="3" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="I187" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J187" s="5">
-        <v>5.01</v>
+        <v>39.67</v>
       </c>
       <c r="K187" s="5">
         <v>1</v>
       </c>
       <c r="L187" s="3" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="M187" s="4">
-        <v>86868554.748840004</v>
+        <v>7664085.3200000003</v>
       </c>
       <c r="N187" s="4">
-        <v>86868554.748840004</v>
+        <v>7664085.3200000003</v>
       </c>
       <c r="O187" s="3" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>839</v>
+        <v>830</v>
       </c>
       <c r="S187" s="3" t="s">
         <v>825</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>9.2896999999999993E-2</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:26" x14ac:dyDescent="0.3">
+        <v>7.9559999999999995E-3</v>
+      </c>
+    </row>
+    <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>840</v>
+        <v>831</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>841</v>
+        <v>832</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>835</v>
+        <v>86</v>
       </c>
       <c r="D188" s="4">
-        <v>370445.49</v>
+        <v>58505</v>
       </c>
       <c r="E188" s="5">
-        <v>1</v>
+        <v>64.47</v>
       </c>
       <c r="F188" s="4">
-        <v>370445.48999998998</v>
+        <v>3771817.35</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>836</v>
+        <v>821</v>
       </c>
       <c r="H188" s="3" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="I188" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J188" s="5">
-        <v>1</v>
+        <v>64.47</v>
       </c>
       <c r="K188" s="5">
         <v>1</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="M188" s="4">
-        <v>370445.48999899998</v>
+        <v>3771817.35</v>
       </c>
       <c r="N188" s="4">
-        <v>370445.48999998998</v>
+        <v>3771817.35</v>
       </c>
       <c r="O188" s="3" t="s">
-        <v>34</v>
+        <v>833</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>34</v>
+        <v>835</v>
       </c>
       <c r="S188" s="3" t="s">
         <v>825</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>34</v>
+        <v>831</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>3.9599999999999998E-4</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:26" x14ac:dyDescent="0.3">
+        <v>3.9150000000000001E-3</v>
+      </c>
+    </row>
+    <row r="189" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A189" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="B189" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="C189" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D189" s="4">
+        <v>57953</v>
+      </c>
+      <c r="E189" s="5">
+        <v>62.89</v>
+      </c>
+      <c r="F189" s="4">
+        <v>3644664.17</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="H189" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J189" s="5">
+        <v>62.89</v>
+      </c>
+      <c r="K189" s="5">
+        <v>1</v>
+      </c>
+      <c r="L189" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M189" s="4">
+        <v>3644664.17</v>
+      </c>
+      <c r="N189" s="4">
+        <v>3644664.17</v>
+      </c>
+      <c r="O189" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="P189" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="Q189" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="R189" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="S189" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="T189" s="4">
+        <v>1</v>
+      </c>
+      <c r="W189" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="X189" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y189" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z189" s="6">
+        <v>3.7829999999999999E-3</v>
+      </c>
+    </row>
+    <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>843</v>
       </c>
-    </row>
-    <row r="191" spans="1:26" x14ac:dyDescent="0.3">
+      <c r="C190" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D190" s="4">
+        <v>1970791</v>
+      </c>
+      <c r="E190" s="5">
+        <v>11.96</v>
+      </c>
+      <c r="F190" s="4">
+        <v>23570660.359999999</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="H190" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I190" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J190" s="5">
+        <v>11.96</v>
+      </c>
+      <c r="K190" s="5">
+        <v>1</v>
+      </c>
+      <c r="L190" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M190" s="4">
+        <v>23570660.359999999</v>
+      </c>
+      <c r="N190" s="4">
+        <v>23570660.359999999</v>
+      </c>
+      <c r="O190" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="P190" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="Q190" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R190" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="S190" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="T190" s="4">
+        <v>1</v>
+      </c>
+      <c r="W190" s="3" t="s">
+        <v>842</v>
+      </c>
+      <c r="X190" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y190" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z190" s="6">
+        <v>2.4471E-2</v>
+      </c>
+    </row>
+    <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>844</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:26" x14ac:dyDescent="0.3">
+        <v>847</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="C191" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D191" s="4">
+        <v>37739</v>
+      </c>
+      <c r="E191" s="5">
+        <v>28.852824999999999</v>
+      </c>
+      <c r="F191" s="4">
+        <v>1088876.7626749999</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="H191" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J191" s="5">
+        <v>24.65</v>
+      </c>
+      <c r="K191" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L191" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="M191" s="4">
+        <v>930266.35</v>
+      </c>
+      <c r="N191" s="4">
+        <v>1088876.7626749999</v>
+      </c>
+      <c r="O191" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="P191" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="Q191" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R191" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="S191" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="T191" s="4">
+        <v>1</v>
+      </c>
+      <c r="W191" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X191" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y191" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z191" s="6">
+        <v>1.1299999999999999E-3</v>
+      </c>
+    </row>
+    <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:1" x14ac:dyDescent="0.3">
+        <v>851</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="C192" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D192" s="4">
+        <v>3755</v>
+      </c>
+      <c r="E192" s="5">
+        <v>77.487099999999998</v>
+      </c>
+      <c r="F192" s="4">
+        <v>290964.06050000002</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="H192" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="I192" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J192" s="5">
+        <v>66.2</v>
+      </c>
+      <c r="K192" s="5">
+        <v>0.8543357539513029</v>
+      </c>
+      <c r="L192" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="M192" s="4">
+        <v>248581</v>
+      </c>
+      <c r="N192" s="4">
+        <v>290964.06050000002</v>
+      </c>
+      <c r="O192" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="P192" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="Q192" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="R192" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="S192" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="T192" s="4">
+        <v>1</v>
+      </c>
+      <c r="W192" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X192" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y192" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z192" s="6">
+        <v>3.0200000000000002E-4</v>
+      </c>
+    </row>
+    <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>846</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:1" x14ac:dyDescent="0.3">
+        <v>856</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="C193" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D193" s="4">
+        <v>141986</v>
+      </c>
+      <c r="E193" s="5">
+        <v>26.99</v>
+      </c>
+      <c r="F193" s="4">
+        <v>3832202.14</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="H193" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I193" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J193" s="5">
+        <v>26.99</v>
+      </c>
+      <c r="K193" s="5">
+        <v>1</v>
+      </c>
+      <c r="L193" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="M193" s="4">
+        <v>3832202.14</v>
+      </c>
+      <c r="N193" s="4">
+        <v>3832202.14</v>
+      </c>
+      <c r="O193" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="P193" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="Q193" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="R193" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="S193" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="T193" s="4">
+        <v>1</v>
+      </c>
+      <c r="W193" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="X193" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y193" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z193" s="6">
+        <v>3.9779999999999998E-3</v>
+      </c>
+    </row>
+    <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>847</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:1" x14ac:dyDescent="0.3">
+        <v>862</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="C194" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="D194" s="4">
+        <v>1300000</v>
+      </c>
+      <c r="E194" s="5">
+        <v>99.987825999999998</v>
+      </c>
+      <c r="F194" s="4">
+        <v>1304565.83267938</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="H194" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I194" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J194" s="5">
+        <v>99.987825999999998</v>
+      </c>
+      <c r="K194" s="5">
+        <v>1</v>
+      </c>
+      <c r="L194" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M194" s="4">
+        <v>1304565.832679</v>
+      </c>
+      <c r="N194" s="4">
+        <v>1304565.83267938</v>
+      </c>
+      <c r="O194" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="P194" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="Q194" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R194" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="S194" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="T194" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U194" s="2">
+        <v>46507</v>
+      </c>
+      <c r="V194" s="4">
+        <v>4.2467868280000003</v>
+      </c>
+      <c r="W194" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="X194" s="4">
+        <v>4724.0946793800003</v>
+      </c>
+      <c r="Y194" s="4">
+        <v>4724.0946789999998</v>
+      </c>
+      <c r="Z194" s="6">
+        <v>1.354E-3</v>
+      </c>
+    </row>
+    <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>848</v>
+        <v>870</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="C195" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="D195" s="4">
+        <v>-2392772.86</v>
+      </c>
+      <c r="E195" s="5">
+        <v>1</v>
+      </c>
+      <c r="F195" s="4">
+        <v>-2392772.86</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="H195" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J195" s="5">
+        <v>1</v>
+      </c>
+      <c r="K195" s="5">
+        <v>1</v>
+      </c>
+      <c r="L195" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M195" s="4">
+        <v>-2392772.86</v>
+      </c>
+      <c r="N195" s="4">
+        <v>-2392772.86</v>
+      </c>
+      <c r="O195" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P195" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="Q195" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R195" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S195" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T195" s="4">
+        <v>1</v>
+      </c>
+      <c r="W195" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X195" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y195" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z195" s="6">
+        <v>-2.4840000000000001E-3</v>
+      </c>
+    </row>
+    <row r="196" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A196" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="C196" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="D196" s="4">
+        <v>-708670</v>
+      </c>
+      <c r="E196" s="5">
+        <v>1</v>
+      </c>
+      <c r="F196" s="4">
+        <v>-708670.00000004005</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="H196" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I196" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J196" s="5">
+        <v>1</v>
+      </c>
+      <c r="K196" s="5">
+        <v>1</v>
+      </c>
+      <c r="L196" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M196" s="4">
+        <v>-708670</v>
+      </c>
+      <c r="N196" s="4">
+        <v>-708670.00000004005</v>
+      </c>
+      <c r="O196" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P196" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q196" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R196" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S196" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T196" s="4">
+        <v>1</v>
+      </c>
+      <c r="W196" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X196" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y196" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z196" s="6">
+        <v>-7.3499999999999998E-4</v>
+      </c>
+    </row>
+    <row r="197" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A197" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="C197" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="D197" s="4">
+        <v>10622466.016000001</v>
+      </c>
+      <c r="E197" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F197" s="4">
+        <v>53218554.740160003</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="H197" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I197" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J197" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K197" s="5">
+        <v>1</v>
+      </c>
+      <c r="L197" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M197" s="4">
+        <v>53218554.740160003</v>
+      </c>
+      <c r="N197" s="4">
+        <v>53218554.740160003</v>
+      </c>
+      <c r="O197" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="P197" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="Q197" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R197" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="S197" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="T197" s="4">
+        <v>1</v>
+      </c>
+      <c r="W197" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="X197" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y197" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z197" s="6">
+        <v>5.5251000000000001E-2</v>
+      </c>
+    </row>
+    <row r="198" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A198" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="D198" s="4">
+        <v>708361.98</v>
+      </c>
+      <c r="E198" s="5">
+        <v>1</v>
+      </c>
+      <c r="F198" s="4">
+        <v>708361.97999998997</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="H198" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I198" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J198" s="5">
+        <v>1</v>
+      </c>
+      <c r="K198" s="5">
+        <v>1</v>
+      </c>
+      <c r="L198" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M198" s="4">
+        <v>708361.97999899997</v>
+      </c>
+      <c r="N198" s="4">
+        <v>708361.97999998997</v>
+      </c>
+      <c r="O198" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P198" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="Q198" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R198" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S198" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="T198" s="4">
+        <v>1</v>
+      </c>
+      <c r="W198" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X198" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y198" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z198" s="6">
+        <v>7.3499999999999998E-4</v>
+      </c>
+    </row>
+    <row r="200" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A200" s="3" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="201" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A201" s="3" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="202" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A202" s="3" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="203" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A203" s="3" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="204" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A204" s="3" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="205" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A205" s="3" t="s">
+        <v>891</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{ce0b8393-e000-47a8-a4cc-e08ec89756a7}" enabled="1" method="Standard" siteId="{337b9f7b-9e69-4689-9b0d-3417bd3d8566}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>July</vt:lpstr>
+      <vt:lpstr>August</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO</Company>
+  <Company>GMO, LLC</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Service-PADB_PRD</dc:creator>
+  <dc:creator>Odayne Smith</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>