--- v1 (2025-10-26)
+++ v2 (2025-12-28)
@@ -1,83 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{62315638-D4C7-49F4-8B4D-7338EC645E1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{01610C6A-644C-404A-A1DB-0B8775CD9C81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{891F8377-B3B0-4F8E-A166-6C4353E816A2}"/>
+    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{26E182DD-1287-4795-B3D2-64CBCD47F4E8}"/>
   </bookViews>
   <sheets>
-    <sheet name="August" sheetId="1" r:id="rId1"/>
+    <sheet name="October" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2568" uniqueCount="892">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2685" uniqueCount="919">
   <si>
     <t>GMO International Equity Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -176,50 +178,65 @@
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>CHFTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CHF)</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
+    <t>DKKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (DKK)</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
     <t>GBPTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (GBP)</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
@@ -266,50 +283,65 @@
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>NOKTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (NOK)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
+    <t>SEKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SEK)</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
     <t>SGDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (SGD)</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SGD</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>0454492</t>
   </si>
   <si>
     <t>Imperial Brands Plc</t>
@@ -407,59 +439,50 @@
   <si>
     <t>IT0000062072</t>
   </si>
   <si>
     <t>MTAA</t>
   </si>
   <si>
     <t>4076836</t>
   </si>
   <si>
     <t>Intesa Sanpaolo</t>
   </si>
   <si>
     <t>ISP</t>
   </si>
   <si>
     <t>IT0000072618</t>
   </si>
   <si>
     <t>4253048</t>
   </si>
   <si>
     <t>Ap Moller-Maersk A/S-B</t>
   </si>
   <si>
-    <t>Denmark</t>
-[...7 lines deleted...]
-  <si>
     <t>MAERSKB</t>
   </si>
   <si>
     <t>Industrials</t>
   </si>
   <si>
     <t>DK0010244508</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
     <t>4457088</t>
   </si>
   <si>
     <t>Derichebourg</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>DBG</t>
@@ -527,110 +550,74 @@
   <si>
     <t>FR0000121972</t>
   </si>
   <si>
     <t>4943510</t>
   </si>
   <si>
     <t>Indus Holding Ag</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>INH</t>
   </si>
   <si>
     <t>DE0006200108</t>
   </si>
   <si>
     <t>XETR</t>
   </si>
   <si>
-    <t>5120679</t>
-[...5 lines deleted...]
-    <t>HEI</t>
+    <t>5298781</t>
+  </si>
+  <si>
+    <t>Societe Bic Sa</t>
+  </si>
+  <si>
+    <t>BB</t>
+  </si>
+  <si>
+    <t>FR0000120966</t>
+  </si>
+  <si>
+    <t>5465358</t>
+  </si>
+  <si>
+    <t>Salzgitter Ag</t>
+  </si>
+  <si>
+    <t>SZG</t>
   </si>
   <si>
     <t>Materials</t>
   </si>
   <si>
-    <t>DE0006047004</t>
-[...46 lines deleted...]
-  <si>
     <t>DE0006202005</t>
   </si>
   <si>
     <t>5501906</t>
   </si>
   <si>
     <t>Banco Bilbao Vizcaya Argenta</t>
   </si>
   <si>
     <t>BBVA</t>
   </si>
   <si>
     <t>ES0113211835</t>
   </si>
   <si>
     <t>5671735</t>
   </si>
   <si>
     <t>Sanofi</t>
   </si>
   <si>
     <t>SAN</t>
   </si>
   <si>
     <t>Health Care</t>
@@ -821,62 +808,86 @@
   <si>
     <t>Fortescue Ltd</t>
   </si>
   <si>
     <t>FMG</t>
   </si>
   <si>
     <t>AU000000FMG4</t>
   </si>
   <si>
     <t>XASX</t>
   </si>
   <si>
     <t>6102331</t>
   </si>
   <si>
     <t>Graincorp Ltd-A</t>
   </si>
   <si>
     <t>GNC</t>
   </si>
   <si>
     <t>AU000000GNC9</t>
   </si>
   <si>
+    <t>6144690</t>
+  </si>
+  <si>
+    <t>Bhp Group Ltd</t>
+  </si>
+  <si>
+    <t>BHP</t>
+  </si>
+  <si>
+    <t>AU000000BHP4</t>
+  </si>
+  <si>
     <t>6146500</t>
   </si>
   <si>
     <t>Brother Industries Ltd</t>
   </si>
   <si>
     <t>6448</t>
   </si>
   <si>
     <t>JP3830000000</t>
   </si>
   <si>
+    <t>6172323</t>
+  </si>
+  <si>
+    <t>Canon Inc</t>
+  </si>
+  <si>
+    <t>7751</t>
+  </si>
+  <si>
+    <t>JP3242800005</t>
+  </si>
+  <si>
     <t>6172453</t>
   </si>
   <si>
     <t>Canon Marketing Japan Inc</t>
   </si>
   <si>
     <t>8060</t>
   </si>
   <si>
     <t>JP3243600008</t>
   </si>
   <si>
     <t>6175203</t>
   </si>
   <si>
     <t>Dbs Group Holdings Ltd</t>
   </si>
   <si>
     <t>DBS</t>
   </si>
   <si>
     <t>SG1L01001701</t>
   </si>
   <si>
     <t>XSES</t>
@@ -923,132 +934,144 @@
   <si>
     <t>6250627</t>
   </si>
   <si>
     <t>Daido Steel Co Ltd</t>
   </si>
   <si>
     <t>5471</t>
   </si>
   <si>
     <t>JP3491000000</t>
   </si>
   <si>
     <t>6251426</t>
   </si>
   <si>
     <t>Daiwabo Holdings Co Ltd</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>JP3505400006</t>
   </si>
   <si>
-    <t>6253983</t>
-[...10 lines deleted...]
-  <si>
     <t>6280680</t>
   </si>
   <si>
     <t>San-A Co Ltd</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>JP3324500002</t>
   </si>
   <si>
     <t>6303866</t>
   </si>
   <si>
     <t>Singapore Exchange Ltd</t>
   </si>
   <si>
     <t>SGX</t>
   </si>
   <si>
     <t>SG1J26887955</t>
   </si>
   <si>
+    <t>6309466</t>
+  </si>
+  <si>
+    <t>Sbi Holdings Inc</t>
+  </si>
+  <si>
+    <t>8473</t>
+  </si>
+  <si>
+    <t>JP3436120004</t>
+  </si>
+  <si>
+    <t>6356406</t>
+  </si>
+  <si>
+    <t>Subaru Corp</t>
+  </si>
+  <si>
+    <t>7270</t>
+  </si>
+  <si>
+    <t>JP3814800003</t>
+  </si>
+  <si>
     <t>6356945</t>
   </si>
   <si>
     <t>Fujitsu Limited</t>
   </si>
   <si>
     <t>6702</t>
   </si>
   <si>
     <t>JP3818000006</t>
   </si>
   <si>
     <t>6398709</t>
   </si>
   <si>
     <t>Gunze Ltd</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>JP3275200008</t>
   </si>
   <si>
     <t>6414809</t>
   </si>
   <si>
     <t>Seiko Group Corp</t>
   </si>
   <si>
     <t>8050</t>
   </si>
   <si>
     <t>JP3414700009</t>
   </si>
   <si>
-    <t>6429104</t>
-[...8 lines deleted...]
-    <t>JP3788600009</t>
+    <t>6435145</t>
+  </si>
+  <si>
+    <t>Honda Motor Co Ltd</t>
+  </si>
+  <si>
+    <t>7267</t>
+  </si>
+  <si>
+    <t>JP3854600008</t>
   </si>
   <si>
     <t>6437947</t>
   </si>
   <si>
     <t>Horiba Ltd</t>
   </si>
   <si>
     <t>6856</t>
   </si>
   <si>
     <t>JP3853000002</t>
   </si>
   <si>
     <t>6467803</t>
   </si>
   <si>
     <t>Itochu Corp</t>
   </si>
   <si>
     <t>8001</t>
   </si>
   <si>
     <t>JP3143600009</t>
   </si>
@@ -1139,137 +1162,185 @@
   <si>
     <t>6536112</t>
   </si>
   <si>
     <t>Boc Hong Kong Holdings Ltd</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>HK2388011192</t>
   </si>
   <si>
     <t>6536156</t>
   </si>
   <si>
     <t>Luk Fook Holdings Intl Ltd</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>BMG5695X1258</t>
   </si>
   <si>
+    <t>6569464</t>
+  </si>
+  <si>
+    <t>Marubeni Corp</t>
+  </si>
+  <si>
+    <t>8002</t>
+  </si>
+  <si>
+    <t>JP3877600001</t>
+  </si>
+  <si>
     <t>6572707</t>
   </si>
   <si>
     <t>Panasonic Holdings Corp</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
     <t>JP3866800000</t>
   </si>
   <si>
     <t>6591809</t>
   </si>
   <si>
     <t>Credit Saison Co Ltd</t>
   </si>
   <si>
     <t>8253</t>
   </si>
   <si>
     <t>JP3271400008</t>
   </si>
   <si>
     <t>6597045</t>
   </si>
   <si>
     <t>Mitsubishi Electric Corp</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
     <t>JP3902400005</t>
   </si>
   <si>
     <t>6603737</t>
   </si>
   <si>
     <t>Comfortdelgro Corp Ltd</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>SG1N31909426</t>
   </si>
   <si>
+    <t>6610403</t>
+  </si>
+  <si>
+    <t>Murata Manufacturing Co Ltd</t>
+  </si>
+  <si>
+    <t>6981</t>
+  </si>
+  <si>
+    <t>JP3914400001</t>
+  </si>
+  <si>
     <t>6616508</t>
   </si>
   <si>
     <t>Seiko Epson Corp</t>
   </si>
   <si>
     <t>6724</t>
   </si>
   <si>
     <t>JP3414750004</t>
   </si>
   <si>
+    <t>6619604</t>
+  </si>
+  <si>
+    <t>Niterra Co Ltd</t>
+  </si>
+  <si>
+    <t>5334</t>
+  </si>
+  <si>
+    <t>JP3738600000</t>
+  </si>
+  <si>
     <t>6622806</t>
   </si>
   <si>
     <t>Modec Inc</t>
   </si>
   <si>
     <t>6269</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>JP3888250002</t>
   </si>
   <si>
     <t>6635677</t>
   </si>
   <si>
     <t>Renesas Electronics Corp</t>
   </si>
   <si>
     <t>6723</t>
   </si>
   <si>
     <t>JP3164720009</t>
   </si>
   <si>
+    <t>6640381</t>
+  </si>
+  <si>
+    <t>Denso Corp</t>
+  </si>
+  <si>
+    <t>6902</t>
+  </si>
+  <si>
+    <t>JP3551500006</t>
+  </si>
+  <si>
     <t>6640400</t>
   </si>
   <si>
     <t>Nec Corp</t>
   </si>
   <si>
     <t>6701</t>
   </si>
   <si>
     <t>JP3733000008</t>
   </si>
   <si>
     <t>6641146</t>
   </si>
   <si>
     <t>Nichias Corp</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
     <t>JP3660400007</t>
   </si>
   <si>
     <t>6641373</t>
@@ -1409,110 +1480,137 @@
   <si>
     <t>Sumitomo Forestry Co Ltd</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>JP3409800004</t>
   </si>
   <si>
     <t>6859927</t>
   </si>
   <si>
     <t>Sun Hung Kai Properties</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>HK0016000132</t>
   </si>
   <si>
+    <t>6865504</t>
+  </si>
+  <si>
+    <t>Suzuki Motor Corp</t>
+  </si>
+  <si>
+    <t>7269</t>
+  </si>
+  <si>
+    <t>JP3397200001</t>
+  </si>
+  <si>
     <t>6867748</t>
   </si>
   <si>
     <t>Swire Pacific Ltd - Cl A</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>HK0019000162</t>
   </si>
   <si>
     <t>6880927</t>
   </si>
   <si>
     <t>Tpr Co Ltd</t>
   </si>
   <si>
     <t>6463</t>
   </si>
   <si>
     <t>JP3542400001</t>
   </si>
   <si>
+    <t>6895448</t>
+  </si>
+  <si>
+    <t>Tokyo Gas Co Ltd</t>
+  </si>
+  <si>
+    <t>9531</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>JP3573000001</t>
+  </si>
+  <si>
     <t>6899581</t>
   </si>
   <si>
     <t>Towa Pharmaceutical Co Ltd</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
     <t>JP3623150004</t>
   </si>
   <si>
+    <t>6900182</t>
+  </si>
+  <si>
+    <t>Toyo Tire Corp</t>
+  </si>
+  <si>
+    <t>5105</t>
+  </si>
+  <si>
+    <t>JP3610600003</t>
+  </si>
+  <si>
     <t>6900580</t>
   </si>
   <si>
     <t>Toyota Tsusho Corp</t>
   </si>
   <si>
     <t>8015</t>
   </si>
   <si>
     <t>JP3635000007</t>
   </si>
   <si>
-    <t>6916781</t>
-[...10 lines deleted...]
-  <si>
     <t>6926553</t>
   </si>
   <si>
     <t>Valor Holdings Co Ltd</t>
   </si>
   <si>
     <t>9956</t>
   </si>
   <si>
     <t>JP3778400006</t>
   </si>
   <si>
     <t>6927374</t>
   </si>
   <si>
     <t>Venture Corp Ltd</t>
   </si>
   <si>
     <t>VMS</t>
   </si>
   <si>
     <t>SG0531000230</t>
   </si>
   <si>
     <t>6928560</t>
@@ -1931,125 +2029,98 @@
   <si>
     <t>B1VT035</t>
   </si>
   <si>
     <t>Yangzijiang Shipbuilding</t>
   </si>
   <si>
     <t>YZJSGD</t>
   </si>
   <si>
     <t>SG1U76934819</t>
   </si>
   <si>
     <t>B1WMLF2</t>
   </si>
   <si>
     <t>Pacific Textiles Holdings</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>KYG686121032</t>
   </si>
   <si>
-    <t>B1WY233</t>
-[...10 lines deleted...]
-  <si>
     <t>B1XH2C0</t>
   </si>
   <si>
     <t>Ferrexpo Plc</t>
   </si>
   <si>
     <t>FXPO</t>
   </si>
   <si>
     <t>GB00B1XH2C03</t>
   </si>
   <si>
     <t>B1YW440</t>
   </si>
   <si>
     <t>3i Group Plc</t>
   </si>
   <si>
     <t>III</t>
   </si>
   <si>
     <t>GB00B1YW4409</t>
   </si>
   <si>
     <t>B233HR5</t>
   </si>
   <si>
     <t>Redes Energeticas Nacionais</t>
   </si>
   <si>
     <t>RENE</t>
   </si>
   <si>
-    <t>Utilities</t>
-[...1 lines deleted...]
-  <si>
     <t>PTREL0AM0008</t>
   </si>
   <si>
     <t>B283W97</t>
   </si>
   <si>
     <t>Caixabank Sa</t>
   </si>
   <si>
     <t>CABK</t>
   </si>
   <si>
     <t>ES0140609019</t>
   </si>
   <si>
-    <t>B28PS95</t>
-[...10 lines deleted...]
-  <si>
     <t>B2927P4</t>
   </si>
   <si>
     <t>First Resources Ltd</t>
   </si>
   <si>
     <t>SG1W35938974</t>
   </si>
   <si>
     <t>B55WMQ5</t>
   </si>
   <si>
     <t>Wallenius Wilhelmsen Asa</t>
   </si>
   <si>
     <t>WAWI</t>
   </si>
   <si>
     <t>NO0010571680</t>
   </si>
   <si>
     <t>B61X7R5</t>
   </si>
   <si>
     <t>Sitc International Holdings</t>
@@ -2111,62 +2182,50 @@
   <si>
     <t>B8VZXT9</t>
   </si>
   <si>
     <t>Crest Nicholson Holdings</t>
   </si>
   <si>
     <t>CRST</t>
   </si>
   <si>
     <t>GB00B8VZXT93</t>
   </si>
   <si>
     <t>B9895B7</t>
   </si>
   <si>
     <t>Coca-Cola Hbc Ag-Di</t>
   </si>
   <si>
     <t>CCH</t>
   </si>
   <si>
     <t>CH0198251305</t>
   </si>
   <si>
-    <t>BCZM1B2</t>
-[...10 lines deleted...]
-  <si>
     <t>BD0Q398</t>
   </si>
   <si>
     <t>Koninklijke Ahold Delhaize N</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>NL0011794037</t>
   </si>
   <si>
     <t>XAMS</t>
   </si>
   <si>
     <t>BDT88L2</t>
   </si>
   <si>
     <t>Rubis</t>
@@ -2228,62 +2287,50 @@
   <si>
     <t>BH4HKS3</t>
   </si>
   <si>
     <t>Vodafone Group Plc</t>
   </si>
   <si>
     <t>VOD</t>
   </si>
   <si>
     <t>GB00BH4HKS39</t>
   </si>
   <si>
     <t>BJDS7L3</t>
   </si>
   <si>
     <t>Prosus Nv</t>
   </si>
   <si>
     <t>PRX</t>
   </si>
   <si>
     <t>NL0013654783</t>
   </si>
   <si>
-    <t>BKPGF52</t>
-[...10 lines deleted...]
-  <si>
     <t>BKY40Q3</t>
   </si>
   <si>
     <t>Galliford Try Holdings Plc</t>
   </si>
   <si>
     <t>GFRD</t>
   </si>
   <si>
     <t>GB00BKY40Q38</t>
   </si>
   <si>
     <t>BLC8J12</t>
   </si>
   <si>
     <t>Mfe-Mediaforeurope Nv-Cl A</t>
   </si>
   <si>
     <t>MFEA</t>
   </si>
   <si>
     <t>NL0015001OI1</t>
   </si>
   <si>
     <t>BLLHKZ1</t>
@@ -2318,188 +2365,227 @@
   <si>
     <t>HAUTO</t>
   </si>
   <si>
     <t>NO0011082075</t>
   </si>
   <si>
     <t>BMJ1825</t>
   </si>
   <si>
     <t>Exor Nv</t>
   </si>
   <si>
     <t>EXO</t>
   </si>
   <si>
     <t>NL0012059018</t>
   </si>
   <si>
     <t>BMWC784</t>
   </si>
   <si>
     <t>Betsson Ab-B</t>
   </si>
   <si>
-    <t>Sweden</t>
-[...7 lines deleted...]
-  <si>
     <t>BETSB</t>
   </si>
   <si>
     <t>SE0022726485</t>
   </si>
   <si>
     <t>XSTO</t>
   </si>
   <si>
+    <t>BN7SWP6</t>
+  </si>
+  <si>
+    <t>GSK PLC</t>
+  </si>
+  <si>
+    <t>GSK</t>
+  </si>
+  <si>
+    <t>GB00BN7SWP63</t>
+  </si>
+  <si>
     <t>BNFWV75</t>
   </si>
   <si>
     <t>Coface Sa</t>
   </si>
   <si>
     <t>COFA</t>
   </si>
   <si>
     <t>FR0010667147</t>
   </si>
   <si>
     <t>BNG8PQ9</t>
   </si>
   <si>
     <t>Nn Group Nv</t>
   </si>
   <si>
     <t>NN</t>
   </si>
   <si>
     <t>NL0010773842</t>
   </si>
   <si>
     <t>BNZKT97</t>
   </si>
   <si>
     <t>Yangzijiang Financial Holdin</t>
   </si>
   <si>
     <t>YZJFH</t>
   </si>
   <si>
     <t>SGXE77102635</t>
   </si>
   <si>
     <t>BP4JH17</t>
   </si>
   <si>
     <t>Johnson Electric Holdings</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>BMG5150J1577</t>
   </si>
   <si>
+    <t>BPBPJ01</t>
+  </si>
+  <si>
+    <t>Michelin (cgde)</t>
+  </si>
+  <si>
+    <t>ML</t>
+  </si>
+  <si>
+    <t>FR001400AJ45</t>
+  </si>
+  <si>
     <t>BQRRZ00</t>
   </si>
   <si>
     <t>Recruit Holdings Co Ltd</t>
   </si>
   <si>
     <t>6098</t>
   </si>
   <si>
     <t>JP3970300004</t>
   </si>
   <si>
     <t>BW9P816</t>
   </si>
   <si>
     <t>Ck Hutchison Holdings Ltd</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>KYG217651051</t>
   </si>
   <si>
     <t>BWX5Y69</t>
   </si>
   <si>
     <t>Zehnder Group Ag-Rg</t>
   </si>
   <si>
     <t>ZEHN</t>
   </si>
   <si>
     <t>CH0276534614</t>
   </si>
   <si>
     <t>BYMD5K9</t>
   </si>
   <si>
     <t>Banco Bpm Spa</t>
   </si>
   <si>
     <t>BAMI</t>
   </si>
   <si>
     <t>IT0005218380</t>
   </si>
   <si>
-    <t>BYQCQ32</t>
-[...8 lines deleted...]
-    <t>CH0360674466</t>
+    <t>BYMXPS7</t>
+  </si>
+  <si>
+    <t>Unicredit Spa</t>
+  </si>
+  <si>
+    <t>UCG</t>
+  </si>
+  <si>
+    <t>IT0005239360</t>
+  </si>
+  <si>
+    <t>BYPBS67</t>
+  </si>
+  <si>
+    <t>Arcelormittal</t>
+  </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
+    <t>LU1598757687</t>
   </si>
   <si>
     <t>BYY7VY5</t>
   </si>
   <si>
     <t>Signify Nv</t>
   </si>
   <si>
     <t>LIGHT</t>
   </si>
   <si>
     <t>NL0011821392</t>
   </si>
   <si>
+    <t>BYZQ077</t>
+  </si>
+  <si>
+    <t>Ck Asset Holdings Ltd</t>
+  </si>
+  <si>
+    <t>1113</t>
+  </si>
+  <si>
+    <t>KYG2177B1014</t>
+  </si>
+  <si>
     <t>BYZR014</t>
   </si>
   <si>
     <t>Amundi Sa</t>
   </si>
   <si>
     <t>AMUN</t>
   </si>
   <si>
     <t>FR0004125920</t>
   </si>
   <si>
     <t>BZ07696</t>
   </si>
   <si>
     <t>Europris Asa</t>
   </si>
   <si>
     <t>EPR</t>
   </si>
   <si>
     <t>NO0010735343</t>
   </si>
   <si>
     <t>BZBWTJ1</t>
@@ -2522,69 +2608,63 @@
   <si>
     <t>Depository Receipt/Share</t>
   </si>
   <si>
     <t>2290791</t>
   </si>
   <si>
     <t>BTI</t>
   </si>
   <si>
     <t>US1104481072</t>
   </si>
   <si>
     <t>XNYS</t>
   </si>
   <si>
     <t>37733W204</t>
   </si>
   <si>
     <t>Gsk Plc-Spon Adr</t>
   </si>
   <si>
     <t>BMTZ571</t>
   </si>
   <si>
-    <t>GSK</t>
-[...1 lines deleted...]
-  <si>
     <t>US37733W2044</t>
   </si>
   <si>
-    <t>404280406</t>
-[...11 lines deleted...]
-    <t>US4042804066</t>
+    <t>767204100</t>
+  </si>
+  <si>
+    <t>Rio Tinto Plc-Spon Adr</t>
+  </si>
+  <si>
+    <t>2740434</t>
+  </si>
+  <si>
+    <t>US7672041008</t>
   </si>
   <si>
     <t>799926100</t>
   </si>
   <si>
     <t>Sandoz Group Ag-Adr</t>
   </si>
   <si>
     <t>BS1L687</t>
   </si>
   <si>
     <t>SDZNY</t>
   </si>
   <si>
     <t>US7999261008</t>
   </si>
   <si>
     <t>OOTC</t>
   </si>
   <si>
     <t>92857W308</t>
   </si>
   <si>
     <t>Vodafone Group Plc-Sp Adr</t>
   </si>
@@ -2603,129 +2683,132 @@
   <si>
     <t>Abn Amro Group Nv-Cva</t>
   </si>
   <si>
     <t>ABN</t>
   </si>
   <si>
     <t>NL0011540547</t>
   </si>
   <si>
     <t>5169218</t>
   </si>
   <si>
     <t>Draegerwerk Ag - Pref</t>
   </si>
   <si>
     <t>Preferred/Preference Share</t>
   </si>
   <si>
     <t>DRW3</t>
   </si>
   <si>
     <t>DE0005550636</t>
   </si>
   <si>
+    <t>5497168</t>
+  </si>
+  <si>
+    <t>Volkswagen Ag-Pref</t>
+  </si>
+  <si>
+    <t>VOW3</t>
+  </si>
+  <si>
+    <t>DE0007664039</t>
+  </si>
+  <si>
     <t>861012102</t>
   </si>
   <si>
     <t>Stmicroelectronics Nv-Ny Shs</t>
   </si>
   <si>
     <t>Registered Share</t>
   </si>
   <si>
     <t>2430025</t>
   </si>
   <si>
     <t>STM</t>
   </si>
   <si>
     <t>US8610121027</t>
   </si>
   <si>
-    <t>US91282CMX64</t>
-[...14 lines deleted...]
-    <t>TF</t>
+    <t>B908F01</t>
+  </si>
+  <si>
+    <t>Asml Holding Nv-Ny Reg Shs</t>
+  </si>
+  <si>
+    <t>ASML</t>
+  </si>
+  <si>
+    <t>USN070592100</t>
+  </si>
+  <si>
+    <t>DVTAXRESUSD</t>
+  </si>
+  <si>
+    <t>USD DIVIDEND TAX RESERVE SSB USD D</t>
+  </si>
+  <si>
+    <t>Other Instruments</t>
+  </si>
+  <si>
+    <t>Other Liabilities</t>
+  </si>
+  <si>
+    <t>USDAccExp</t>
+  </si>
+  <si>
+    <t>ACCRUED EXPENSES</t>
+  </si>
+  <si>
+    <t>362013369</t>
+  </si>
+  <si>
+    <t>GMO US TREASURY FUND CLASS VI</t>
+  </si>
+  <si>
+    <t>Pooled Investment</t>
+  </si>
+  <si>
+    <t>Fund</t>
+  </si>
+  <si>
+    <t>BYZYHN6</t>
+  </si>
+  <si>
+    <t>GUSTX</t>
+  </si>
+  <si>
+    <t>US3620133690</t>
   </si>
   <si>
     <t>XOTC</t>
-  </si>
-[...40 lines deleted...]
-    <t>US3620133690</t>
   </si>
   <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>TRIXX</t>
   </si>
   <si>
     <t>Base Currency - USD</t>
   </si>
   <si>
     <t>Based on GMO data. Not book of record.</t>
   </si>
   <si>
     <t>*Value includes derivative notional exposure for swaps and futures.</t>
   </si>
   <si>
     <t>**Weights are calculated as a percentage of the total Base Market Value with Notional. Base Market Value with Notional represents the total value of the security, in addition to any notional exposure gained through derivatives contracts. Security weights shown in this file may differ from weights shown in other materials to the extent the other weights exclude cash or do not account for notional exposures.</t>
   </si>
   <si>
     <t>***May include Cash &amp; Cash Equivalents, Fixed Income Instruments, Pooled Investments, Accrued Expenses, or Derivative Contracts</t>
   </si>
@@ -3104,92 +3187,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8159A558-1831-4A6D-B4AD-AE148F878EE1}">
-  <dimension ref="A1:Z205"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EBD93A36-FB24-4906-A9A5-0F19D5CB8EC2}">
+  <dimension ref="A1:Z214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="20.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
-    <col min="18" max="18" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="12.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
-    <col min="23" max="23" width="9.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45898</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -3239,14527 +3322,15181 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>3080162.63</v>
+        <v>3082403.21</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>3080162.63</v>
+        <v>3082403.21</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>3080162.63</v>
+        <v>3082403.21</v>
       </c>
       <c r="N4" s="4">
-        <v>3080162.63</v>
+        <v>3082403.21</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.1970000000000002E-3</v>
+        <v>3.209E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>151554.45000000001</v>
+        <v>0.01</v>
       </c>
       <c r="E5" s="5">
-        <v>0.65449999999999997</v>
+        <v>0.65464999999999995</v>
       </c>
       <c r="F5" s="4">
-        <v>99192.387524999998</v>
+        <v>6.5465000000000002E-3</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.5278838808250572</v>
+        <v>1.5275337966852518</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>151554.45000000001</v>
+        <v>0.01</v>
       </c>
       <c r="N5" s="4">
-        <v>99192.387524999998</v>
+        <v>6.5465000000000002E-3</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>1.02E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
       <c r="E6" s="5">
-        <v>1.2514860000000001</v>
+        <v>1.2457180000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>3.7544580000000001E-2</v>
+        <v>2.491436E-2</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.79904999986655867</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>2.9999000000000001E-2</v>
+        <v>0.02</v>
       </c>
       <c r="N6" s="4">
-        <v>3.7544580000000001E-2</v>
+        <v>2.491436E-2</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>241613.8</v>
+        <v>20968.349999999999</v>
       </c>
       <c r="E7" s="5">
-        <v>1.1705000000000001</v>
+        <v>0.15457000000000001</v>
       </c>
       <c r="F7" s="4">
-        <v>282808.95289999997</v>
+        <v>3241.0832283499999</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.8543357539513029</v>
+        <v>6.4695498344895066</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>241613.8</v>
+        <v>20968.349462999999</v>
       </c>
       <c r="N7" s="4">
-        <v>282808.95289999997</v>
+        <v>3241.0832283499999</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>2.9300000000000002E-4</v>
+        <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>658446.49</v>
+        <v>321537.24</v>
       </c>
       <c r="E8" s="5">
-        <v>1.3510500000000001</v>
+        <v>1.1541999999999999</v>
       </c>
       <c r="F8" s="4">
-        <v>889594.13031449995</v>
+        <v>371118.28240800003</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>658446.49</v>
+        <v>321537.24</v>
       </c>
       <c r="N8" s="4">
-        <v>889594.13031449995</v>
+        <v>371118.28240800003</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>9.2299999999999999E-4</v>
+        <v>3.86E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>2147925.46</v>
+        <v>1378.49</v>
       </c>
       <c r="E9" s="5">
-        <v>0.128273</v>
+        <v>1.31385</v>
       </c>
       <c r="F9" s="4">
-        <v>275521.65062179998</v>
+        <v>1811.1290865000001</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>2147925.3966930001</v>
+        <v>1378.49</v>
       </c>
       <c r="N9" s="4">
-        <v>275521.65062179998</v>
+        <v>1811.1290865000001</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>2.8600000000000001E-4</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>88713.83</v>
+        <v>0.17</v>
       </c>
       <c r="E10" s="5">
-        <v>0.29899399999999998</v>
+        <v>0.128664</v>
       </c>
       <c r="F10" s="4">
-        <v>26524.89273594</v>
+        <v>2.1872829999999999E-2</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>3.3445499505023326</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>88713.828687000001</v>
+        <v>0.17</v>
       </c>
       <c r="N10" s="4">
-        <v>26524.89273594</v>
+        <v>2.1872829999999999E-2</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>2.6999999999999999E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>143359268</v>
+        <v>-0.01</v>
       </c>
       <c r="E11" s="5">
-        <v>6.8110000000000002E-3</v>
+        <v>0.30729499999999998</v>
       </c>
       <c r="F11" s="4">
-        <v>976395.49123106</v>
+        <v>-3.0729500000000001E-3</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>146.82498315183318</v>
+        <v>3.2541999762508484</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>143359251.54952601</v>
+        <v>-9.9989999999999992E-3</v>
       </c>
       <c r="N11" s="4">
-        <v>976395.49123106</v>
+        <v>-3.0729500000000001E-3</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.013E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>324141.96000000002</v>
+        <v>275800174</v>
       </c>
       <c r="E12" s="5">
-        <v>9.9528000000000005E-2</v>
+        <v>6.4910000000000002E-3</v>
       </c>
       <c r="F12" s="4">
-        <v>32261.11699984</v>
+        <v>1790270.8383369599</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>10.04745008778457</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>324141.962833</v>
+        <v>275800098.03086299</v>
       </c>
       <c r="N12" s="4">
-        <v>32261.11699984</v>
+        <v>1790270.8383369599</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.3000000000000003E-5</v>
+        <v>1.8630000000000001E-3</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>106266.58</v>
+        <v>-0.05</v>
       </c>
       <c r="E13" s="5">
-        <v>0.77942299999999998</v>
+        <v>9.8844000000000001E-2</v>
       </c>
       <c r="F13" s="4">
-        <v>82826.640685890001</v>
+        <v>-4.9421999999999999E-3</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>1.2829999947525301</v>
+        <v>10.116949917658145</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>106266.57956499999</v>
+        <v>-4.9999000000000002E-2</v>
       </c>
       <c r="N13" s="4">
-        <v>82826.640685890001</v>
+        <v>-4.9421999999999999E-3</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>8.5000000000000006E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>-54889440.299999997</v>
+        <v>60579.29</v>
       </c>
       <c r="E14" s="5">
-        <v>1</v>
+        <v>0.105346</v>
       </c>
       <c r="F14" s="4">
-        <v>-54889440.299999997</v>
+        <v>6381.8056360299997</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>31</v>
+        <v>84</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>32</v>
+        <v>85</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>1</v>
+        <v>9.4924996437939502</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="M14" s="4">
-        <v>-54889440.299999997</v>
+        <v>60579.287726000002</v>
       </c>
       <c r="N14" s="4">
-        <v>-54889440.299999997</v>
+        <v>6381.8056360299997</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>-5.6986000000000002E-2</v>
+        <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>524417</v>
+        <v>7098.08</v>
       </c>
       <c r="E15" s="5">
-        <v>42.179780999999998</v>
+        <v>0.768374</v>
       </c>
       <c r="F15" s="4">
-        <v>22119794.212676998</v>
+        <v>5453.9782550199998</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="J15" s="5">
-        <v>31.22</v>
+        <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>0.74016505680766809</v>
+        <v>1.3014499948944118</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M15" s="4">
-        <v>16372298.74</v>
+        <v>7098.0799720000005</v>
       </c>
       <c r="N15" s="4">
-        <v>22119794.212676998</v>
+        <v>5453.9782550199998</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.2963999999999998E-2</v>
+        <v>5.0000000000000004E-6</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="D16" s="4">
-        <v>230225</v>
+        <v>-54325505.789999999</v>
       </c>
       <c r="E16" s="5">
-        <v>12.79039</v>
+        <v>1</v>
       </c>
       <c r="F16" s="4">
-        <v>2944667.6183287501</v>
+        <v>-54325505.789999999</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>9.4670000000000005</v>
+        <v>1</v>
       </c>
       <c r="K16" s="5">
-        <v>0.74016505680766809</v>
+        <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>2179540.0750000002</v>
+        <v>-54325505.789999999</v>
       </c>
       <c r="N16" s="4">
-        <v>2944667.6183287501</v>
+        <v>-54325505.789999999</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>3.0569999999999998E-3</v>
+        <v>-5.6561E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" s="4">
+        <v>524417</v>
+      </c>
+      <c r="E17" s="5">
+        <v>39.743963000000001</v>
+      </c>
+      <c r="F17" s="4">
+        <v>20842409.582362499</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="H17" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J17" s="5">
+        <v>30.25</v>
+      </c>
+      <c r="K17" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M17" s="4">
+        <v>15863614.25</v>
+      </c>
+      <c r="N17" s="4">
+        <v>20842409.582362499</v>
+      </c>
+      <c r="O17" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="P17" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="C17" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P17" s="3" t="s">
+      <c r="Q17" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="Q17" s="3" t="s">
+      <c r="R17" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="R17" s="3" t="s">
+      <c r="S17" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="S17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.2907E-2</v>
+        <v>2.1700000000000001E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D18" s="4">
-        <v>17345</v>
+        <v>230225</v>
       </c>
       <c r="E18" s="5">
-        <v>161.51802799999999</v>
+        <v>13.971481000000001</v>
       </c>
       <c r="F18" s="4">
-        <v>2801530.1869875002</v>
+        <v>3216584.1902025002</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J18" s="5">
-        <v>119.55</v>
+        <v>10.634</v>
       </c>
       <c r="K18" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M18" s="4">
-        <v>2073594.75</v>
+        <v>2448212.65</v>
       </c>
       <c r="N18" s="4">
-        <v>2801530.1869875002</v>
+        <v>3216584.1902025002</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>102</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>104</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>106</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.908E-3</v>
+        <v>3.3479999999999998E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D19" s="4">
-        <v>605290</v>
+        <v>7543326</v>
       </c>
       <c r="E19" s="5">
-        <v>3.4776030000000002</v>
+        <v>2.4404759999999999</v>
       </c>
       <c r="F19" s="4">
-        <v>2104958.1382829999</v>
+        <v>18409308.8919232</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H19" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J19" s="5">
-        <v>2.5739999999999998</v>
+        <v>1.8574999999999999</v>
       </c>
       <c r="K19" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L19" s="3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M19" s="4">
-        <v>1558016.46</v>
+        <v>14011728.045</v>
       </c>
       <c r="N19" s="4">
-        <v>2104958.1382829999</v>
+        <v>18409308.8919232</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>107</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>109</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>2.1849999999999999E-3</v>
+        <v>1.9165999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B20" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D20" s="4">
+        <v>5393</v>
+      </c>
+      <c r="E20" s="5">
+        <v>187.88055</v>
+      </c>
+      <c r="F20" s="4">
+        <v>1013239.80615</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J20" s="5">
+        <v>143</v>
+      </c>
+      <c r="K20" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M20" s="4">
+        <v>771199</v>
+      </c>
+      <c r="N20" s="4">
+        <v>1013239.80615</v>
+      </c>
+      <c r="O20" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="C20" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L20" s="3" t="s">
+      <c r="P20" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="M20" s="4">
-[...8 lines deleted...]
-      <c r="P20" s="3" t="s">
+      <c r="Q20" s="3" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.7950000000000001E-2</v>
+        <v>1.054E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D21" s="4">
+        <v>36276</v>
+      </c>
+      <c r="E21" s="5">
+        <v>4.057169</v>
+      </c>
+      <c r="F21" s="4">
+        <v>147177.8553888</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J21" s="5">
+        <v>3.0880000000000001</v>
+      </c>
+      <c r="K21" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M21" s="4">
+        <v>112020.288</v>
+      </c>
+      <c r="N21" s="4">
+        <v>147177.8553888</v>
+      </c>
+      <c r="O21" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="P21" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P21" s="3" t="s">
+      <c r="Q21" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R21" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="Q21" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S21" s="3" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.2108000000000001E-2</v>
+        <v>1.5300000000000001E-4</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="C22" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" s="4">
+        <v>58847</v>
+      </c>
+      <c r="E22" s="5">
+        <v>38.492570000000001</v>
+      </c>
+      <c r="F22" s="4">
+        <v>2265172.2667899998</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H22" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H22" s="3" t="s">
+      <c r="I22" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J22" s="5">
+        <v>33.35</v>
+      </c>
+      <c r="K22" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L22" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="I22" s="3" t="s">
+      <c r="M22" s="4">
+        <v>1962547.45</v>
+      </c>
+      <c r="N22" s="4">
+        <v>2265172.2667899998</v>
+      </c>
+      <c r="O22" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="P22" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="J22" s="5">
-[...5 lines deleted...]
-      <c r="L22" s="3" t="s">
+      <c r="Q22" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R22" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="M22" s="4">
-[...8 lines deleted...]
-      <c r="P22" s="3" t="s">
+      <c r="S22" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="Q22" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>5.9599999999999996E-4</v>
+        <v>2.3579999999999999E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" s="4">
+        <v>1853747</v>
+      </c>
+      <c r="E23" s="5">
+        <v>6.4358190000000004</v>
+      </c>
+      <c r="F23" s="4">
+        <v>11930380.5345424</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J23" s="5">
+        <v>5.5759999999999996</v>
+      </c>
+      <c r="K23" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="M23" s="4">
+        <v>10336493.272</v>
+      </c>
+      <c r="N23" s="4">
+        <v>11930380.5345424</v>
+      </c>
+      <c r="O23" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="P23" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q23" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R23" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S23" s="3" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>6.8900000000000005E-4</v>
+        <v>1.2421E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D24" s="4">
-        <v>293337</v>
+        <v>279</v>
       </c>
       <c r="E24" s="5">
-        <v>40.358840000000001</v>
+        <v>2064.2858219999998</v>
       </c>
       <c r="F24" s="4">
-        <v>11838741.049079999</v>
+        <v>575935.72968753998</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>140</v>
+        <v>49</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J24" s="5">
-        <v>34.479999999999997</v>
+        <v>13355</v>
       </c>
       <c r="K24" s="5">
-        <v>0.8543357539513029</v>
+        <v>6.4695498344895066</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>141</v>
+        <v>51</v>
       </c>
       <c r="M24" s="4">
-        <v>10114259.76</v>
+        <v>3726044.9046760001</v>
       </c>
       <c r="N24" s="4">
-        <v>11838741.049079999</v>
+        <v>575935.72968753998</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.2291E-2</v>
+        <v>5.9900000000000003E-4</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D25" s="4">
-        <v>7982</v>
+        <v>94864</v>
       </c>
       <c r="E25" s="5">
-        <v>117.927875</v>
+        <v>6.8328639999999998</v>
       </c>
       <c r="F25" s="4">
-        <v>941300.29824999999</v>
+        <v>648192.81049599999</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J25" s="5">
-        <v>100.75</v>
+        <v>5.92</v>
       </c>
       <c r="K25" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="M25" s="4">
-        <v>804186.5</v>
+        <v>561594.88</v>
       </c>
       <c r="N25" s="4">
-        <v>941300.29824999999</v>
+        <v>648192.81049599999</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>9.77E-4</v>
+        <v>6.7400000000000001E-4</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D26" s="4">
-        <v>12341</v>
+        <v>293337</v>
       </c>
       <c r="E26" s="5">
-        <v>245.86352500000001</v>
+        <v>55.355432</v>
       </c>
       <c r="F26" s="4">
-        <v>3034201.7620250001</v>
+        <v>16237796.356583999</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>133</v>
+        <v>147</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J26" s="5">
-        <v>210.05</v>
+        <v>47.96</v>
       </c>
       <c r="K26" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="M26" s="4">
-        <v>2592227.0499999998</v>
+        <v>14068442.52</v>
       </c>
       <c r="N26" s="4">
-        <v>3034201.7620250001</v>
+        <v>16237796.356583999</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>3.15E-3</v>
+        <v>1.6905E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D27" s="4">
+        <v>7982</v>
+      </c>
+      <c r="E27" s="5">
+        <v>120.32535</v>
+      </c>
+      <c r="F27" s="4">
+        <v>960436.94369999995</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J27" s="5">
+        <v>104.25</v>
+      </c>
+      <c r="K27" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="M27" s="4">
+        <v>832123.5</v>
+      </c>
+      <c r="N27" s="4">
+        <v>960436.94369999995</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="P27" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="Q27" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H27" s="3" t="s">
+      <c r="S27" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="I27" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.45E-4</v>
+        <v>9.990000000000001E-4</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D28" s="4">
-        <v>32816</v>
+        <v>12341</v>
       </c>
       <c r="E28" s="5">
-        <v>236.441</v>
+        <v>284.04862000000003</v>
       </c>
       <c r="F28" s="4">
-        <v>7759047.8559999997</v>
+        <v>3505444.0194199998</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>159</v>
+        <v>140</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J28" s="5">
-        <v>202</v>
+        <v>246.1</v>
       </c>
       <c r="K28" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L28" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M28" s="4">
+        <v>3037120.1</v>
+      </c>
+      <c r="N28" s="4">
+        <v>3505444.0194199998</v>
+      </c>
+      <c r="O28" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="M28" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P28" s="3" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>167</v>
+        <v>135</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>8.0549999999999997E-3</v>
+        <v>3.6489999999999999E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D29" s="4">
+        <v>5326</v>
+      </c>
+      <c r="E29" s="5">
+        <v>25.91179</v>
+      </c>
+      <c r="F29" s="4">
+        <v>138006.19354000001</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J29" s="5">
+        <v>22.45</v>
+      </c>
+      <c r="K29" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="M29" s="4">
+        <v>119568.7</v>
+      </c>
+      <c r="N29" s="4">
+        <v>138006.19354000001</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="S29" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.2899999999999999E-4</v>
+        <v>1.4300000000000001E-4</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D30" s="4">
+        <v>14681</v>
+      </c>
+      <c r="E30" s="5">
+        <v>55.747860000000003</v>
+      </c>
+      <c r="F30" s="4">
+        <v>818434.33265999996</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J30" s="5">
+        <v>48.3</v>
+      </c>
+      <c r="K30" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M30" s="4">
+        <v>709092.3</v>
+      </c>
+      <c r="N30" s="4">
+        <v>818434.33265999996</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="P30" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="C30" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S30" s="3" t="s">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>6.156E-3</v>
+        <v>8.52E-4</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D31" s="4">
+        <v>33105</v>
+      </c>
+      <c r="E31" s="5">
+        <v>32.456104000000003</v>
+      </c>
+      <c r="F31" s="4">
+        <v>1074459.3229199999</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J31" s="5">
+        <v>28.12</v>
+      </c>
+      <c r="K31" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="M31" s="4">
+        <v>930912.6</v>
+      </c>
+      <c r="N31" s="4">
+        <v>1074459.3229199999</v>
+      </c>
+      <c r="O31" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="P31" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="Q31" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P31" s="3" t="s">
+      <c r="R31" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="Q31" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S31" s="3" t="s">
-        <v>137</v>
+        <v>170</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>9.5200000000000005E-4</v>
+        <v>1.1180000000000001E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="C32" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D32" s="4">
+        <v>1513313</v>
+      </c>
+      <c r="E32" s="5">
+        <v>20.123477000000001</v>
+      </c>
+      <c r="F32" s="4">
+        <v>30453119.349300899</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J32" s="5">
+        <v>17.434999999999999</v>
+      </c>
+      <c r="K32" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="M32" s="4">
+        <v>26384612.154998999</v>
+      </c>
+      <c r="N32" s="4">
+        <v>30453119.349300899</v>
+      </c>
+      <c r="O32" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="P32" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="C32" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P32" s="3" t="s">
+      <c r="Q32" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="Q32" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S32" s="3" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>8.9599999999999999E-4</v>
+        <v>3.1705999999999998E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D33" s="4">
-        <v>1563158</v>
+        <v>235834</v>
       </c>
       <c r="E33" s="5">
-        <v>18.131045</v>
+        <v>101.10791999999999</v>
       </c>
       <c r="F33" s="4">
-        <v>28341688.040109999</v>
+        <v>23844685.205279902</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>140</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J33" s="5">
-        <v>15.49</v>
+        <v>87.6</v>
       </c>
       <c r="K33" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>141</v>
       </c>
       <c r="M33" s="4">
-        <v>24213317.420000002</v>
+        <v>20659058.399999</v>
       </c>
       <c r="N33" s="4">
-        <v>28341688.040109999</v>
+        <v>23844685.205279902</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="P33" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q33" s="3" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>188</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>2.9423999999999999E-2</v>
+        <v>2.4825E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D34" s="4">
-        <v>235834</v>
+        <v>1378601</v>
       </c>
       <c r="E34" s="5">
-        <v>98.895544999999998</v>
+        <v>10.186968999999999</v>
       </c>
       <c r="F34" s="4">
-        <v>23322931.95953</v>
+        <v>14043765.926089199</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>133</v>
+        <v>147</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J34" s="5">
-        <v>84.49</v>
+        <v>8.8260000000000005</v>
       </c>
       <c r="K34" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="M34" s="4">
-        <v>19925614.66</v>
+        <v>12167532.426000001</v>
       </c>
       <c r="N34" s="4">
-        <v>23322931.95953</v>
+        <v>14043765.926089199</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>189</v>
       </c>
       <c r="P34" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="Q34" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S34" s="3" t="s">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.4212999999999998E-2</v>
+        <v>1.4621E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" s="4">
+        <v>101494</v>
+      </c>
+      <c r="E35" s="5">
+        <v>283.41381000000001</v>
+      </c>
+      <c r="F35" s="4">
+        <v>28764801.2321399</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J35" s="5">
+        <v>245.55</v>
+      </c>
+      <c r="K35" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="M35" s="4">
+        <v>24921851.699999001</v>
+      </c>
+      <c r="N35" s="4">
+        <v>28764801.2321399</v>
+      </c>
+      <c r="O35" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="P35" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="Q35" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R35" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C35" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S35" s="3" t="s">
-        <v>145</v>
+        <v>170</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>8.2050000000000005E-3</v>
+        <v>2.9947999999999999E-2</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="C36" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D36" s="4">
+        <v>761246</v>
+      </c>
+      <c r="E36" s="5">
+        <v>35.699406000000003</v>
+      </c>
+      <c r="F36" s="4">
+        <v>27176030.019875899</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J36" s="5">
+        <v>30.93</v>
+      </c>
+      <c r="K36" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="M36" s="4">
+        <v>23545338.779998999</v>
+      </c>
+      <c r="N36" s="4">
+        <v>27176030.019875899</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="P36" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="C36" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P36" s="3" t="s">
+      <c r="Q36" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="Q36" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S36" s="3" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.7172000000000002E-2</v>
+        <v>2.8294E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="C37" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D37" s="4">
+        <v>25386</v>
+      </c>
+      <c r="E37" s="5">
+        <v>41.839750000000002</v>
+      </c>
+      <c r="F37" s="4">
+        <v>1062143.8935</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J37" s="5">
+        <v>36.25</v>
+      </c>
+      <c r="K37" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="M37" s="4">
+        <v>920242.5</v>
+      </c>
+      <c r="N37" s="4">
+        <v>1062143.8935</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="P37" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="R37" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="S37" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="I37" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.7779999999999999E-2</v>
+        <v>1.1050000000000001E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="C38" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D38" s="4">
+        <v>4964168</v>
+      </c>
+      <c r="E38" s="5">
+        <v>6.7682289999999998</v>
+      </c>
+      <c r="F38" s="4">
+        <v>33598624.825638302</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H38" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="C38" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I38" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J38" s="5">
-        <v>38.4</v>
+        <v>5.8639999999999999</v>
       </c>
       <c r="K38" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>149</v>
+        <v>207</v>
       </c>
       <c r="M38" s="4">
-        <v>974822.40000000002</v>
+        <v>29109881.151999</v>
       </c>
       <c r="N38" s="4">
-        <v>1141029.6192000001</v>
+        <v>33598624.825638302</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>152</v>
+        <v>210</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.1839999999999999E-3</v>
+        <v>3.4980999999999998E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D39" s="4">
-        <v>4964168</v>
+        <v>53722</v>
       </c>
       <c r="E39" s="5">
-        <v>4.3062699999999996</v>
+        <v>24.624856999999999</v>
       </c>
       <c r="F39" s="4">
-        <v>21377045.251276001</v>
+        <v>1322896.567754</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H39" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J39" s="5">
+        <v>21.335000000000001</v>
+      </c>
+      <c r="K39" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L39" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M39" s="4">
+        <v>1146158.8700000001</v>
+      </c>
+      <c r="N39" s="4">
+        <v>1322896.567754</v>
+      </c>
+      <c r="O39" s="3" t="s">
         <v>211</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>214</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>215</v>
+        <v>127</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.2193000000000001E-2</v>
+        <v>1.377E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="C40" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D40" s="4">
+        <v>63687</v>
+      </c>
+      <c r="E40" s="5">
+        <v>63.319412</v>
+      </c>
+      <c r="F40" s="4">
+        <v>4032623.3920439999</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J40" s="5">
+        <v>54.86</v>
+      </c>
+      <c r="K40" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M40" s="4">
+        <v>3493868.82</v>
+      </c>
+      <c r="N40" s="4">
+        <v>4032623.3920439999</v>
+      </c>
+      <c r="O40" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="P40" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="C40" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="Q40" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S40" s="3" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.5169999999999999E-3</v>
+        <v>4.1980000000000003E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="C41" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D41" s="4">
+        <v>757857</v>
+      </c>
+      <c r="E41" s="5">
+        <v>1.632039</v>
+      </c>
+      <c r="F41" s="4">
+        <v>1236852.0288515999</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H41" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I41" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J41" s="5">
-        <v>52.72</v>
+        <v>1.4139999999999999</v>
       </c>
       <c r="K41" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>134</v>
+        <v>222</v>
       </c>
       <c r="M41" s="4">
-        <v>3357578.64</v>
+        <v>1071609.798</v>
       </c>
       <c r="N41" s="4">
-        <v>3930045.7981199999</v>
+        <v>1236852.0288515999</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>137</v>
+        <v>225</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>4.0800000000000003E-3</v>
+        <v>1.2869999999999999E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D42" s="4">
-        <v>757857</v>
+        <v>34139</v>
       </c>
       <c r="E42" s="5">
-        <v>1.4958990000000001</v>
+        <v>13.804232000000001</v>
       </c>
       <c r="F42" s="4">
-        <v>1133677.528443</v>
+        <v>471262.676248</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H42" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J42" s="5">
+        <v>11.96</v>
+      </c>
+      <c r="K42" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M42" s="4">
+        <v>408302.44</v>
+      </c>
+      <c r="N42" s="4">
+        <v>471262.676248</v>
+      </c>
+      <c r="O42" s="3" t="s">
         <v>226</v>
-      </c>
-[...19 lines deleted...]
-        <v>224</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>228</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>89</v>
+        <v>110</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>229</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>230</v>
+        <v>144</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.176E-3</v>
+        <v>4.8999999999999998E-4</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="C43" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D43" s="4">
+        <v>104657</v>
+      </c>
+      <c r="E43" s="5">
+        <v>9.152806</v>
+      </c>
+      <c r="F43" s="4">
+        <v>957905.217542</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J43" s="5">
+        <v>7.93</v>
+      </c>
+      <c r="K43" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M43" s="4">
+        <v>829930.01</v>
+      </c>
+      <c r="N43" s="4">
+        <v>957905.217542</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="P43" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P43" s="3" t="s">
+      <c r="Q43" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="Q43" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>5.4500000000000002E-4</v>
+        <v>9.9700000000000006E-4</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="C44" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D44" s="4">
+        <v>38420</v>
+      </c>
+      <c r="E44" s="5">
+        <v>10.794848999999999</v>
+      </c>
+      <c r="F44" s="4">
+        <v>414737.98318782001</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J44" s="5">
+        <v>1663</v>
+      </c>
+      <c r="K44" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M44" s="4">
+        <v>63892442.400826</v>
+      </c>
+      <c r="N44" s="4">
+        <v>414737.98318782001</v>
+      </c>
+      <c r="O44" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="P44" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="C44" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P44" s="3" t="s">
+      <c r="Q44" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R44" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="Q44" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R44" s="3" t="s">
+      <c r="S44" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="S44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.072E-3</v>
+        <v>4.3100000000000001E-4</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D45" s="4">
-        <v>38420</v>
+        <v>235277</v>
       </c>
       <c r="E45" s="5">
-        <v>12.191386</v>
+        <v>20.373671000000002</v>
       </c>
       <c r="F45" s="4">
-        <v>468392.98484590999</v>
+        <v>4793456.1797062298</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J45" s="5">
-        <v>1790</v>
+        <v>66.3</v>
       </c>
       <c r="K45" s="5">
-        <v>146.82498315183318</v>
+        <v>3.2541999762508484</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M45" s="4">
-        <v>68771792.108437002</v>
+        <v>15598864.986159001</v>
       </c>
       <c r="N45" s="4">
-        <v>468392.98484590999</v>
+        <v>4793456.1797062298</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>239</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>241</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>242</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>243</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>4.86E-4</v>
+        <v>4.9899999999999996E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D46" s="4">
-        <v>122456</v>
+        <v>889200</v>
       </c>
       <c r="E46" s="5">
-        <v>19.524301000000001</v>
+        <v>2.940509</v>
       </c>
       <c r="F46" s="4">
-        <v>2390867.7699540998</v>
+        <v>2614699.9448249</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="J46" s="5">
-        <v>65.3</v>
+        <v>453</v>
       </c>
       <c r="K46" s="5">
-        <v>3.3445499505023326</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="M46" s="4">
-        <v>7996376.6816570004</v>
+        <v>402807489.04667699</v>
       </c>
       <c r="N46" s="4">
-        <v>2390867.7699540998</v>
+        <v>2614699.9448249</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>244</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>246</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>247</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.4819999999999998E-3</v>
+        <v>2.722E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D47" s="4">
+        <v>613362</v>
+      </c>
+      <c r="E47" s="5">
+        <v>13.937499000000001</v>
+      </c>
+      <c r="F47" s="4">
+        <v>8548731.9549570102</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J47" s="5">
+        <v>21.29</v>
+      </c>
+      <c r="K47" s="5">
+        <v>1.5275337966852518</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M47" s="4">
+        <v>13058476.98</v>
+      </c>
+      <c r="N47" s="4">
+        <v>8548731.9549570102</v>
+      </c>
+      <c r="O47" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="P47" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P47" s="3" t="s">
+      <c r="Q47" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="Q47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R47" s="3" t="s">
+      <c r="S47" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="S47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>3.921E-3</v>
+        <v>8.8999999999999999E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D48" s="4">
-        <v>387192</v>
+        <v>173489</v>
       </c>
       <c r="E48" s="5">
-        <v>12.63185</v>
+        <v>5.7936529999999999</v>
       </c>
       <c r="F48" s="4">
-        <v>4890951.26519999</v>
+        <v>1005134.9785725001</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J48" s="5">
-        <v>19.3</v>
+        <v>8.85</v>
       </c>
       <c r="K48" s="5">
-        <v>1.5278838808250572</v>
+        <v>1.5275337966852518</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M48" s="4">
-        <v>7472805.5999990003</v>
+        <v>1535377.65</v>
       </c>
       <c r="N48" s="4">
-        <v>4890951.26519999</v>
+        <v>1005134.9785725001</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>253</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>255</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>167</v>
+        <v>99</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>256</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>5.0769999999999999E-3</v>
+        <v>1.0460000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D49" s="4">
-        <v>173489</v>
+        <v>292501</v>
       </c>
       <c r="E49" s="5">
-        <v>5.2294549999999997</v>
+        <v>28.444542999999999</v>
       </c>
       <c r="F49" s="4">
-        <v>907252.91849499999</v>
+        <v>8320057.1257925099</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J49" s="5">
-        <v>7.99</v>
+        <v>43.45</v>
       </c>
       <c r="K49" s="5">
-        <v>1.5278838808250572</v>
+        <v>1.5275337966852518</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M49" s="4">
-        <v>1386177.11</v>
+        <v>12709168.449999999</v>
       </c>
       <c r="N49" s="4">
-        <v>907252.91849499999</v>
+        <v>8320057.1257925099</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="P49" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="Q49" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S49" s="3" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>9.41E-4</v>
+        <v>8.6619999999999996E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D50" s="4">
         <v>168796</v>
       </c>
       <c r="E50" s="5">
-        <v>17.081562000000002</v>
+        <v>17.068584000000001</v>
       </c>
       <c r="F50" s="4">
-        <v>2883298.94772689</v>
+        <v>2881107.9289863999</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J50" s="5">
-        <v>2508</v>
+        <v>2629.5</v>
       </c>
       <c r="K50" s="5">
-        <v>146.82498315183318</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M50" s="4">
-        <v>423340319.42169797</v>
+        <v>443848959.74180299</v>
       </c>
       <c r="N50" s="4">
-        <v>2883298.94772689</v>
+        <v>2881107.9289863999</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="P50" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q50" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R50" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="Q50" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S50" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.993E-3</v>
+        <v>2.9989999999999999E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="C51" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D51" s="4">
+        <v>17100</v>
+      </c>
+      <c r="E51" s="5">
+        <v>28.775445000000001</v>
+      </c>
+      <c r="F51" s="4">
+        <v>492059.97857908002</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J51" s="5">
+        <v>4433</v>
+      </c>
+      <c r="K51" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M51" s="4">
+        <v>75804279.119710997</v>
+      </c>
+      <c r="N51" s="4">
+        <v>492059.97857908002</v>
+      </c>
+      <c r="O51" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="P51" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P51" s="3" t="s">
+      <c r="Q51" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R51" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="Q51" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S51" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>5.5800000000000001E-4</v>
+        <v>5.1199999999999998E-4</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="C52" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D52" s="4">
+        <v>13800</v>
+      </c>
+      <c r="E52" s="5">
+        <v>41.705896000000003</v>
+      </c>
+      <c r="F52" s="4">
+        <v>575541.20281717996</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J52" s="5">
+        <v>6425</v>
+      </c>
+      <c r="K52" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M52" s="4">
+        <v>88664975.577233002</v>
+      </c>
+      <c r="N52" s="4">
+        <v>575541.20281717996</v>
+      </c>
+      <c r="O52" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="P52" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P52" s="3" t="s">
+      <c r="Q52" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S52" s="3" t="s">
-        <v>274</v>
+        <v>238</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>4.411E-3</v>
+        <v>5.9900000000000003E-4</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D53" s="4">
+        <v>22800</v>
+      </c>
+      <c r="E53" s="5">
+        <v>41.438395999999997</v>
+      </c>
+      <c r="F53" s="4">
+        <v>944795.42049252999</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="J53" s="5">
+        <v>53.93</v>
+      </c>
+      <c r="K53" s="5">
+        <v>1.3014499948944118</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M53" s="4">
+        <v>1229603.9951760001</v>
+      </c>
+      <c r="N53" s="4">
+        <v>944795.42049252999</v>
+      </c>
+      <c r="O53" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="P53" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="Q53" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P53" s="3" t="s">
+      <c r="S53" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.2910000000000001E-3</v>
+        <v>9.8299999999999993E-4</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D54" s="4">
+        <v>29210</v>
+      </c>
+      <c r="E54" s="5">
+        <v>86.983345999999997</v>
+      </c>
+      <c r="F54" s="4">
+        <v>2540783.5220550001</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J54" s="5">
+        <v>132.87</v>
+      </c>
+      <c r="K54" s="5">
+        <v>1.5275337966852518</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M54" s="4">
+        <v>3881132.7</v>
+      </c>
+      <c r="N54" s="4">
+        <v>2540783.5220550001</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="Q54" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.5855000000000001E-2</v>
+        <v>2.6450000000000002E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="C55" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D55" s="4">
+        <v>879192</v>
+      </c>
+      <c r="E55" s="5">
+        <v>15.978064</v>
+      </c>
+      <c r="F55" s="4">
+        <v>14047782.337476799</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J55" s="5">
+        <v>2461.5</v>
+      </c>
+      <c r="K55" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M55" s="4">
+        <v>2164130511.8902402</v>
+      </c>
+      <c r="N55" s="4">
+        <v>14047782.337476799</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P55" s="3" t="s">
+      <c r="Q55" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="Q55" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S55" s="3" t="s">
-        <v>287</v>
+        <v>238</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.26E-4</v>
+        <v>1.4625000000000001E-2</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D56" s="4">
+        <v>26869</v>
+      </c>
+      <c r="E56" s="5">
+        <v>4.6241729999999999</v>
+      </c>
+      <c r="F56" s="4">
+        <v>124246.91335787</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J56" s="5">
+        <v>35.94</v>
+      </c>
+      <c r="K56" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M56" s="4">
+        <v>965671.85117299994</v>
+      </c>
+      <c r="N56" s="4">
+        <v>124246.91335787</v>
+      </c>
+      <c r="O56" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="P56" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="Q56" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R56" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C56" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P56" s="3" t="s">
+      <c r="S56" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="Q56" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>9.1500000000000001E-4</v>
+        <v>1.2899999999999999E-4</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="C57" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D57" s="4">
+        <v>102000</v>
+      </c>
+      <c r="E57" s="5">
+        <v>9.4868740000000003</v>
+      </c>
+      <c r="F57" s="4">
+        <v>967660.90032779996</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J57" s="5">
+        <v>1461.5</v>
+      </c>
+      <c r="K57" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M57" s="4">
+        <v>149072958.937852</v>
+      </c>
+      <c r="N57" s="4">
+        <v>967660.90032779996</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="P57" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C57" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P57" s="3" t="s">
+      <c r="Q57" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="Q57" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S57" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>1.4729999999999999E-3</v>
+        <v>1.0070000000000001E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B58" s="3" t="s">
+      <c r="C58" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D58" s="4">
+        <v>66290</v>
+      </c>
+      <c r="E58" s="5">
+        <v>18.727083</v>
+      </c>
+      <c r="F58" s="4">
+        <v>1241418.0000649099</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J58" s="5">
+        <v>2885</v>
+      </c>
+      <c r="K58" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M58" s="4">
+        <v>191246597.32112399</v>
+      </c>
+      <c r="N58" s="4">
+        <v>1241418.0000649099</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="P58" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="C58" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P58" s="3" t="s">
+      <c r="Q58" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R58" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="Q58" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S58" s="3" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>1.867E-3</v>
+        <v>1.292E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D59" s="4">
         <v>11966</v>
       </c>
       <c r="E59" s="5">
-        <v>19.417676</v>
+        <v>17.409372000000001</v>
       </c>
       <c r="F59" s="4">
-        <v>232351.88830240001</v>
+        <v>208320.48294439999</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J59" s="5">
-        <v>2851</v>
+        <v>2682</v>
       </c>
       <c r="K59" s="5">
-        <v>146.82498315183318</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M59" s="4">
-        <v>34115062.085295998</v>
+        <v>32092803.160036001</v>
       </c>
       <c r="N59" s="4">
-        <v>232351.88830240001</v>
+        <v>208320.48294439999</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="P59" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="Q59" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R59" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="Q59" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S59" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>2.41E-4</v>
+        <v>2.1599999999999999E-4</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="C60" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D60" s="4">
+        <v>67600</v>
+      </c>
+      <c r="E60" s="5">
+        <v>13.008566999999999</v>
+      </c>
+      <c r="F60" s="4">
+        <v>879379.15402052004</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="J60" s="5">
+        <v>16.93</v>
+      </c>
+      <c r="K60" s="5">
+        <v>1.3014499948944118</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M60" s="4">
+        <v>1144467.99551</v>
+      </c>
+      <c r="N60" s="4">
+        <v>879379.15402052004</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="P60" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="C60" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P60" s="3" t="s">
+      <c r="Q60" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R60" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="Q60" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S60" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>2.4889999999999999E-3</v>
+        <v>9.1500000000000001E-4</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="C61" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D61" s="4">
+        <v>29700</v>
+      </c>
+      <c r="E61" s="5">
+        <v>44.880088000000001</v>
+      </c>
+      <c r="F61" s="4">
+        <v>1332938.23634416</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J61" s="5">
+        <v>6914</v>
+      </c>
+      <c r="K61" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L61" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M61" s="4">
+        <v>205345743.43751401</v>
+      </c>
+      <c r="N61" s="4">
+        <v>1332938.23634416</v>
+      </c>
+      <c r="O61" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="P61" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="C61" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P61" s="3" t="s">
+      <c r="Q61" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="Q61" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>6.8950000000000001E-3</v>
+        <v>1.387E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B62" s="3" t="s">
+      <c r="C62" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D62" s="4">
+        <v>34800</v>
+      </c>
+      <c r="E62" s="5">
+        <v>21.310576999999999</v>
+      </c>
+      <c r="F62" s="4">
+        <v>741607.86732010997</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J62" s="5">
+        <v>3283</v>
+      </c>
+      <c r="K62" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L62" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M62" s="4">
+        <v>114248368.530286</v>
+      </c>
+      <c r="N62" s="4">
+        <v>741607.86732010997</v>
+      </c>
+      <c r="O62" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="P62" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="C62" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P62" s="3" t="s">
+      <c r="Q62" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="Q62" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S62" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>8.1899999999999996E-4</v>
+        <v>7.7200000000000001E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="C63" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D63" s="4">
+        <v>49600</v>
+      </c>
+      <c r="E63" s="5">
+        <v>26.165987000000001</v>
+      </c>
+      <c r="F63" s="4">
+        <v>1297832.59225601</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J63" s="5">
+        <v>4031</v>
+      </c>
+      <c r="K63" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M63" s="4">
+        <v>199937544.92720199</v>
+      </c>
+      <c r="N63" s="4">
+        <v>1297832.59225601</v>
+      </c>
+      <c r="O63" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="P63" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="C63" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P63" s="3" t="s">
+      <c r="Q63" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R63" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="Q63" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S63" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>1.7240000000000001E-3</v>
+        <v>1.351E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B64" s="3" t="s">
+      <c r="C64" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D64" s="4">
+        <v>30906</v>
+      </c>
+      <c r="E64" s="5">
+        <v>24.666522000000001</v>
+      </c>
+      <c r="F64" s="4">
+        <v>762343.31894452998</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J64" s="5">
+        <v>3800</v>
+      </c>
+      <c r="K64" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L64" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M64" s="4">
+        <v>117442767.650389</v>
+      </c>
+      <c r="N64" s="4">
+        <v>762343.31894452998</v>
+      </c>
+      <c r="O64" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="P64" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="C64" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P64" s="3" t="s">
+      <c r="Q64" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R64" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="Q64" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S64" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>1.0799E-2</v>
+        <v>7.9299999999999998E-4</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B65" s="3" t="s">
+      <c r="C65" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D65" s="4">
+        <v>37695</v>
+      </c>
+      <c r="E65" s="5">
+        <v>46.152360999999999</v>
+      </c>
+      <c r="F65" s="4">
+        <v>1739712.76492162</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H65" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J65" s="5">
+        <v>7110</v>
+      </c>
+      <c r="K65" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L65" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M65" s="4">
+        <v>268011376.17626601</v>
+      </c>
+      <c r="N65" s="4">
+        <v>1739712.76492162</v>
+      </c>
+      <c r="O65" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="P65" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="C65" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P65" s="3" t="s">
+      <c r="Q65" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R65" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="Q65" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S65" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>2.1810000000000002E-3</v>
+        <v>1.8109999999999999E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="B66" s="3" t="s">
+      <c r="C66" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D66" s="4">
+        <v>56800</v>
+      </c>
+      <c r="E66" s="5">
+        <v>10.126256</v>
+      </c>
+      <c r="F66" s="4">
+        <v>575171.20508909004</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H66" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I66" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J66" s="5">
+        <v>1560</v>
+      </c>
+      <c r="K66" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L66" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M66" s="4">
+        <v>88607975.592932001</v>
+      </c>
+      <c r="N66" s="4">
+        <v>575171.20508909004</v>
+      </c>
+      <c r="O66" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="P66" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="C66" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P66" s="3" t="s">
+      <c r="Q66" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R66" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="Q66" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S66" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>6.659E-3</v>
+        <v>5.9800000000000001E-4</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="C67" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D67" s="4">
+        <v>27800</v>
+      </c>
+      <c r="E67" s="5">
+        <v>93.245943999999994</v>
+      </c>
+      <c r="F67" s="4">
+        <v>2592236.5388984499</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J67" s="5">
+        <v>14365</v>
+      </c>
+      <c r="K67" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L67" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M67" s="4">
+        <v>399346889.99989903</v>
+      </c>
+      <c r="N67" s="4">
+        <v>2592236.5388984499</v>
+      </c>
+      <c r="O67" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="P67" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="C67" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P67" s="3" t="s">
+      <c r="Q67" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R67" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="Q67" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S67" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>1.0039999999999999E-3</v>
+        <v>2.6979999999999999E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B68" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="B68" s="3" t="s">
+      <c r="C68" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D68" s="4">
+        <v>112154</v>
+      </c>
+      <c r="E68" s="5">
+        <v>57.972817999999997</v>
+      </c>
+      <c r="F68" s="4">
+        <v>6501881.6266917698</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J68" s="5">
+        <v>8931</v>
+      </c>
+      <c r="K68" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L68" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M68" s="4">
+        <v>1001647098.0963</v>
+      </c>
+      <c r="N68" s="4">
+        <v>6501881.6266917698</v>
+      </c>
+      <c r="O68" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="P68" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="C68" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P68" s="3" t="s">
+      <c r="Q68" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R68" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="Q68" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S68" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>1.2830000000000001E-3</v>
+        <v>6.7689999999999998E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B69" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B69" s="3" t="s">
+      <c r="C69" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D69" s="4">
+        <v>41000</v>
+      </c>
+      <c r="E69" s="5">
+        <v>23.206004</v>
+      </c>
+      <c r="F69" s="4">
+        <v>951445.91217421996</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J69" s="5">
+        <v>3575</v>
+      </c>
+      <c r="K69" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L69" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M69" s="4">
+        <v>146574959.62592599</v>
+      </c>
+      <c r="N69" s="4">
+        <v>951445.91217421996</v>
+      </c>
+      <c r="O69" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="P69" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="C69" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P69" s="3" t="s">
+      <c r="Q69" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R69" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="Q69" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S69" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>1.369E-3</v>
+        <v>9.8999999999999999E-4</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B70" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B70" s="3" t="s">
+      <c r="C70" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D70" s="4">
+        <v>112300</v>
+      </c>
+      <c r="E70" s="5">
+        <v>32.300161000000003</v>
+      </c>
+      <c r="F70" s="4">
+        <v>3627307.1305702501</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I70" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J70" s="5">
+        <v>4976</v>
+      </c>
+      <c r="K70" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L70" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M70" s="4">
+        <v>558804646.07726002</v>
+      </c>
+      <c r="N70" s="4">
+        <v>3627307.1305702501</v>
+      </c>
+      <c r="O70" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="P70" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="C70" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P70" s="3" t="s">
+      <c r="Q70" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R70" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="Q70" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S70" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>6.1899999999999998E-4</v>
+        <v>3.7759999999999998E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B71" s="3" t="s">
+      <c r="C71" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D71" s="4">
+        <v>62044</v>
+      </c>
+      <c r="E71" s="5">
+        <v>20.271985999999998</v>
+      </c>
+      <c r="F71" s="4">
+        <v>1257754.7758917301</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J71" s="5">
+        <v>3123</v>
+      </c>
+      <c r="K71" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L71" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M71" s="4">
+        <v>193763358.62788299</v>
+      </c>
+      <c r="N71" s="4">
+        <v>1257754.7758917301</v>
+      </c>
+      <c r="O71" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="P71" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="C71" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P71" s="3" t="s">
+      <c r="Q71" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R71" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="Q71" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S71" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>9.4649999999999995E-3</v>
+        <v>1.3090000000000001E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="C72" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D72" s="4">
+        <v>26293</v>
+      </c>
+      <c r="E72" s="5">
+        <v>20.83672</v>
+      </c>
+      <c r="F72" s="4">
+        <v>547859.72542273998</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J72" s="5">
+        <v>3210</v>
+      </c>
+      <c r="K72" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L72" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M72" s="4">
+        <v>84400506.751880005</v>
+      </c>
+      <c r="N72" s="4">
+        <v>547859.72542273998</v>
+      </c>
+      <c r="O72" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="P72" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="C72" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P72" s="3" t="s">
+      <c r="Q72" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R72" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="Q72" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S72" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>1.3814E-2</v>
+        <v>5.6999999999999998E-4</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="B73" s="3" t="s">
+      <c r="C73" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D73" s="4">
+        <v>363100</v>
+      </c>
+      <c r="E73" s="5">
+        <v>33.533487999999998</v>
+      </c>
+      <c r="F73" s="4">
+        <v>12176005.9718931</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I73" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J73" s="5">
+        <v>5166</v>
+      </c>
+      <c r="K73" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L73" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M73" s="4">
+        <v>1875774083.3180201</v>
+      </c>
+      <c r="N73" s="4">
+        <v>12176005.9718931</v>
+      </c>
+      <c r="O73" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="P73" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="C73" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P73" s="3" t="s">
+      <c r="Q73" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R73" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="Q73" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S73" s="3" t="s">
-        <v>287</v>
+        <v>238</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>1.06E-3</v>
+        <v>1.2677000000000001E-2</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="B74" s="3" t="s">
+      <c r="C74" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D74" s="4">
+        <v>96000</v>
+      </c>
+      <c r="E74" s="5">
+        <v>167.08323100000001</v>
+      </c>
+      <c r="F74" s="4">
+        <v>16039985.7193859</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J74" s="5">
+        <v>25740</v>
+      </c>
+      <c r="K74" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L74" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M74" s="4">
+        <v>2471039319.35221</v>
+      </c>
+      <c r="N74" s="4">
+        <v>16039985.7193859</v>
+      </c>
+      <c r="O74" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="P74" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="C74" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P74" s="3" t="s">
+      <c r="Q74" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="R74" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="Q74" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S74" s="3" t="s">
-        <v>287</v>
+        <v>238</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>7.1900000000000002E-3</v>
+        <v>1.67E-2</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B75" s="3" t="s">
+      <c r="C75" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D75" s="4">
+        <v>730000</v>
+      </c>
+      <c r="E75" s="5">
+        <v>1.240318</v>
+      </c>
+      <c r="F75" s="4">
+        <v>905432.18136435002</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J75" s="5">
+        <v>9.64</v>
+      </c>
+      <c r="K75" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M75" s="4">
+        <v>7037199.9356789999</v>
+      </c>
+      <c r="N75" s="4">
+        <v>905432.18136435002</v>
+      </c>
+      <c r="O75" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="P75" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="C75" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P75" s="3" t="s">
+      <c r="Q75" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R75" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="Q75" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S75" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>4.6700000000000002E-4</v>
+        <v>9.4200000000000002E-4</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="B76" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B76" s="3" t="s">
+      <c r="C76" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D76" s="4">
+        <v>1989500</v>
+      </c>
+      <c r="E76" s="5">
+        <v>4.9123799999999997</v>
+      </c>
+      <c r="F76" s="4">
+        <v>9773180.0519801304</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I76" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J76" s="5">
+        <v>38.18</v>
+      </c>
+      <c r="K76" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L76" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M76" s="4">
+        <v>75959109.305732995</v>
+      </c>
+      <c r="N76" s="4">
+        <v>9773180.0519801304</v>
+      </c>
+      <c r="O76" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="P76" s="3" t="s">
         <v>369</v>
-      </c>
-[...40 lines deleted...]
-        <v>370</v>
       </c>
       <c r="Q76" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>1.6527E-2</v>
+        <v>1.0175E-2</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B77" s="3" t="s">
+      <c r="C77" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D77" s="4">
+        <v>144326</v>
+      </c>
+      <c r="E77" s="5">
+        <v>3.2011530000000001</v>
+      </c>
+      <c r="F77" s="4">
+        <v>462009.58287228999</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J77" s="5">
+        <v>24.88</v>
+      </c>
+      <c r="K77" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L77" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M77" s="4">
+        <v>3590830.8471789998</v>
+      </c>
+      <c r="N77" s="4">
+        <v>462009.58287228999</v>
+      </c>
+      <c r="O77" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="P77" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="C77" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P77" s="3" t="s">
+      <c r="Q77" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R77" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="Q77" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S77" s="3" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>2.4650000000000002E-3</v>
+        <v>4.8099999999999998E-4</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B78" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B78" s="3" t="s">
+      <c r="C78" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D78" s="4">
+        <v>130800</v>
+      </c>
+      <c r="E78" s="5">
+        <v>24.666522000000001</v>
+      </c>
+      <c r="F78" s="4">
+        <v>3226380.1888935799</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H78" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J78" s="5">
+        <v>3800</v>
+      </c>
+      <c r="K78" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L78" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M78" s="4">
+        <v>497039863.09037</v>
+      </c>
+      <c r="N78" s="4">
+        <v>3226380.1888935799</v>
+      </c>
+      <c r="O78" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="P78" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="C78" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P78" s="3" t="s">
+      <c r="Q78" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R78" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="Q78" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S78" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>1.9840000000000001E-3</v>
+        <v>3.359E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B79" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="B79" s="3" t="s">
+      <c r="C79" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D79" s="4">
+        <v>1614300</v>
+      </c>
+      <c r="E79" s="5">
+        <v>11.674405</v>
+      </c>
+      <c r="F79" s="4">
+        <v>18845987.147447299</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J79" s="5">
+        <v>1798.5</v>
+      </c>
+      <c r="K79" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L79" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M79" s="4">
+        <v>2903317750.2811198</v>
+      </c>
+      <c r="N79" s="4">
+        <v>18845987.147447299</v>
+      </c>
+      <c r="O79" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="P79" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="C79" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P79" s="3" t="s">
+      <c r="Q79" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R79" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="Q79" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S79" s="3" t="s">
-        <v>274</v>
+        <v>238</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>8.5599999999999999E-4</v>
+        <v>1.9621E-2</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="B80" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="B80" s="3" t="s">
+      <c r="C80" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D80" s="4">
+        <v>92300</v>
+      </c>
+      <c r="E80" s="5">
+        <v>24.452313</v>
+      </c>
+      <c r="F80" s="4">
+        <v>2256947.8433027202</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J80" s="5">
+        <v>3767</v>
+      </c>
+      <c r="K80" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L80" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M80" s="4">
+        <v>347694004.227687</v>
+      </c>
+      <c r="N80" s="4">
+        <v>2256947.8433027202</v>
+      </c>
+      <c r="O80" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="P80" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="C80" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P80" s="3" t="s">
+      <c r="Q80" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R80" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="Q80" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S80" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>1.5120000000000001E-3</v>
+        <v>2.349E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B81" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B81" s="3" t="s">
+      <c r="C81" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D81" s="4">
+        <v>152600</v>
+      </c>
+      <c r="E81" s="5">
+        <v>28.022466999999999</v>
+      </c>
+      <c r="F81" s="4">
+        <v>4276227.3214111803</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J81" s="5">
+        <v>4317</v>
+      </c>
+      <c r="K81" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L81" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M81" s="4">
+        <v>658774018.54069495</v>
+      </c>
+      <c r="N81" s="4">
+        <v>4276227.3214111803</v>
+      </c>
+      <c r="O81" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="P81" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="C81" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P81" s="3" t="s">
+      <c r="Q81" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R81" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="Q81" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S81" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>5.2800000000000004E-4</v>
+        <v>4.4520000000000002E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B82" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D82" s="4">
+        <v>730000</v>
+      </c>
+      <c r="E82" s="5">
+        <v>1.121826</v>
+      </c>
+      <c r="F82" s="4">
+        <v>818932.72887932998</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="J82" s="5">
+        <v>1.46</v>
+      </c>
+      <c r="K82" s="5">
+        <v>1.3014499948944118</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M82" s="4">
+        <v>1065799.9958180001</v>
+      </c>
+      <c r="N82" s="4">
+        <v>818932.72887932998</v>
+      </c>
+      <c r="O82" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="P82" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B82" s="3" t="s">
+      <c r="Q82" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R82" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="C82" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S82" s="3" t="s">
-        <v>243</v>
+        <v>277</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>5.6800000000000004E-4</v>
+        <v>8.52E-4</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D83" s="4">
+        <v>69200</v>
+      </c>
+      <c r="E83" s="5">
+        <v>22.018115999999999</v>
+      </c>
+      <c r="F83" s="4">
+        <v>1523653.2407257101</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J83" s="5">
+        <v>3392</v>
+      </c>
+      <c r="K83" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L83" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M83" s="4">
+        <v>234726335.34463</v>
+      </c>
+      <c r="N83" s="4">
+        <v>1523653.2407257101</v>
+      </c>
+      <c r="O83" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="P83" s="3" t="s">
         <v>397</v>
       </c>
-      <c r="B83" s="3" t="s">
+      <c r="Q83" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R83" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="C83" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S83" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>2.6707000000000002E-2</v>
+        <v>1.586E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D84" s="4">
+        <v>72100</v>
+      </c>
+      <c r="E84" s="5">
+        <v>12.700013</v>
+      </c>
+      <c r="F84" s="4">
+        <v>915670.70202200999</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H84" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J84" s="5">
+        <v>1956.5</v>
+      </c>
+      <c r="K84" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L84" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M84" s="4">
+        <v>141063611.14402899</v>
+      </c>
+      <c r="N84" s="4">
+        <v>915670.70202200999</v>
+      </c>
+      <c r="O84" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="P84" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="B84" s="3" t="s">
+      <c r="Q84" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R84" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="C84" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S84" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.9970000000000001E-3</v>
+        <v>9.5299999999999996E-4</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D85" s="4">
+        <v>17600</v>
+      </c>
+      <c r="E85" s="5">
+        <v>41.167127000000001</v>
+      </c>
+      <c r="F85" s="4">
+        <v>724541.23527311999</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J85" s="5">
+        <v>6342</v>
+      </c>
+      <c r="K85" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M85" s="4">
+        <v>111619169.2545</v>
+      </c>
+      <c r="N85" s="4">
+        <v>724541.23527311999</v>
+      </c>
+      <c r="O85" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="P85" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="B85" s="3" t="s">
+      <c r="Q85" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R85" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="C85" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S85" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>4.9059999999999998E-3</v>
+        <v>7.54E-4</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D86" s="4">
+        <v>9384</v>
+      </c>
+      <c r="E86" s="5">
+        <v>65.041724000000002</v>
+      </c>
+      <c r="F86" s="4">
+        <v>610351.36801791994</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J86" s="5">
+        <v>10020</v>
+      </c>
+      <c r="K86" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L86" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M86" s="4">
+        <v>94027654.100082994</v>
+      </c>
+      <c r="N86" s="4">
+        <v>610351.36801791994</v>
+      </c>
+      <c r="O86" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="P86" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="B86" s="3" t="s">
+      <c r="Q86" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="C86" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P86" s="3" t="s">
+      <c r="R86" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="Q86" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S86" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>7.8700000000000005E-4</v>
+        <v>6.3500000000000004E-4</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="B87" s="3" t="s">
+      <c r="C87" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D87" s="4">
+        <v>159600</v>
+      </c>
+      <c r="E87" s="5">
+        <v>12.404664</v>
+      </c>
+      <c r="F87" s="4">
+        <v>1979783.8434325401</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J87" s="5">
+        <v>1911</v>
+      </c>
+      <c r="K87" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L87" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M87" s="4">
+        <v>304995515.988985</v>
+      </c>
+      <c r="N87" s="4">
+        <v>1979783.8434325401</v>
+      </c>
+      <c r="O87" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="P87" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="C87" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P87" s="3" t="s">
+      <c r="Q87" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R87" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="Q87" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S87" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>3.0769999999999999E-3</v>
+        <v>2.0609999999999999E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="B88" s="3" t="s">
+      <c r="C88" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D88" s="4">
+        <v>155700</v>
+      </c>
+      <c r="E88" s="5">
+        <v>14.030707</v>
+      </c>
+      <c r="F88" s="4">
+        <v>2184580.5069618002</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J88" s="5">
+        <v>2161.5</v>
+      </c>
+      <c r="K88" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L88" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M88" s="4">
+        <v>336545457.29855299</v>
+      </c>
+      <c r="N88" s="4">
+        <v>2184580.5069618002</v>
+      </c>
+      <c r="O88" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="P88" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="C88" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P88" s="3" t="s">
+      <c r="Q88" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R88" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="Q88" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S88" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>8.0999999999999996E-4</v>
+        <v>2.274E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B89" s="3" t="s">
+      <c r="C89" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D89" s="4">
+        <v>702400</v>
+      </c>
+      <c r="E89" s="5">
+        <v>36.467505000000003</v>
+      </c>
+      <c r="F89" s="4">
+        <v>25614768.751419902</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J89" s="5">
+        <v>5618</v>
+      </c>
+      <c r="K89" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L89" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M89" s="4">
+        <v>3946082113.0516801</v>
+      </c>
+      <c r="N89" s="4">
+        <v>25614768.751419902</v>
+      </c>
+      <c r="O89" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="P89" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="C89" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P89" s="3" t="s">
+      <c r="Q89" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R89" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="Q89" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S89" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>3.8200000000000002E-4</v>
+        <v>2.6668000000000001E-2</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B90" s="3" t="s">
+      <c r="C90" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D90" s="4">
+        <v>49426</v>
+      </c>
+      <c r="E90" s="5">
+        <v>37.415219</v>
+      </c>
+      <c r="F90" s="4">
+        <v>1849284.11281685</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J90" s="5">
+        <v>5764</v>
+      </c>
+      <c r="K90" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L90" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M90" s="4">
+        <v>284891385.526667</v>
+      </c>
+      <c r="N90" s="4">
+        <v>1849284.11281685</v>
+      </c>
+      <c r="O90" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="P90" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="C90" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P90" s="3" t="s">
+      <c r="Q90" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R90" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="Q90" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S90" s="3" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>5.888E-3</v>
+        <v>1.9250000000000001E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B91" s="3" t="s">
+      <c r="C91" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D91" s="4">
+        <v>4454100</v>
+      </c>
+      <c r="E91" s="5">
+        <v>1.0282039999999999</v>
+      </c>
+      <c r="F91" s="4">
+        <v>4579724.3841485204</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I91" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J91" s="5">
+        <v>158.4</v>
+      </c>
+      <c r="K91" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L91" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M91" s="4">
+        <v>705529245.66196895</v>
+      </c>
+      <c r="N91" s="4">
+        <v>4579724.3841485204</v>
+      </c>
+      <c r="O91" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="P91" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="C91" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P91" s="3" t="s">
+      <c r="Q91" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="R91" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="Q91" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S91" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>2.882E-3</v>
+        <v>4.7679999999999997E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B92" s="3" t="s">
+      <c r="C92" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D92" s="4">
+        <v>8800</v>
+      </c>
+      <c r="E92" s="5">
+        <v>25.017046000000001</v>
+      </c>
+      <c r="F92" s="4">
+        <v>220149.9464477</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I92" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J92" s="5">
+        <v>3854</v>
+      </c>
+      <c r="K92" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L92" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M92" s="4">
+        <v>33915190.658060998</v>
+      </c>
+      <c r="N92" s="4">
+        <v>220149.9464477</v>
+      </c>
+      <c r="O92" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="P92" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="C92" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P92" s="3" t="s">
+      <c r="Q92" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="R92" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="Q92" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S92" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>1.0227999999999999E-2</v>
+        <v>2.2900000000000001E-4</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="B93" s="3" t="s">
+      <c r="C93" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D93" s="4">
+        <v>152400</v>
+      </c>
+      <c r="E93" s="5">
+        <v>34.604534000000001</v>
+      </c>
+      <c r="F93" s="4">
+        <v>5273729.5121872099</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J93" s="5">
+        <v>5331</v>
+      </c>
+      <c r="K93" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M93" s="4">
+        <v>812444176.21225202</v>
+      </c>
+      <c r="N93" s="4">
+        <v>5273729.5121872099</v>
+      </c>
+      <c r="O93" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="P93" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="C93" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P93" s="3" t="s">
+      <c r="Q93" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R93" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="Q93" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S93" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>6.5279999999999999E-3</v>
+        <v>5.4900000000000001E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="B94" s="3" t="s">
+      <c r="C94" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D94" s="4">
+        <v>101975</v>
+      </c>
+      <c r="E94" s="5">
+        <v>6.8092579999999998</v>
+      </c>
+      <c r="F94" s="4">
+        <v>694373.92489695002</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J94" s="5">
+        <v>1049</v>
+      </c>
+      <c r="K94" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M94" s="4">
+        <v>106971745.534632</v>
+      </c>
+      <c r="N94" s="4">
+        <v>694373.92489695002</v>
+      </c>
+      <c r="O94" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="P94" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="C94" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P94" s="3" t="s">
+      <c r="Q94" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R94" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="Q94" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S94" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>9.41E-4</v>
+        <v>7.2199999999999999E-4</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="B95" s="3" t="s">
+      <c r="C95" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D95" s="4">
+        <v>82324</v>
+      </c>
+      <c r="E95" s="5">
+        <v>4.2517290000000001</v>
+      </c>
+      <c r="F95" s="4">
+        <v>350019.27882899001</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I95" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J95" s="5">
+        <v>655</v>
+      </c>
+      <c r="K95" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L95" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M95" s="4">
+        <v>53922205.147128001</v>
+      </c>
+      <c r="N95" s="4">
+        <v>350019.27882899001</v>
+      </c>
+      <c r="O95" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="P95" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="C95" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P95" s="3" t="s">
+      <c r="Q95" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R95" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="Q95" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S95" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>4.829E-3</v>
+        <v>3.6400000000000001E-4</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="B96" s="3" t="s">
+      <c r="C96" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D96" s="4">
+        <v>73929</v>
+      </c>
+      <c r="E96" s="5">
+        <v>68.554947999999996</v>
+      </c>
+      <c r="F96" s="4">
+        <v>5068198.7506920099</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J96" s="5">
+        <v>104.72</v>
+      </c>
+      <c r="K96" s="5">
+        <v>1.5275337966852518</v>
+      </c>
+      <c r="L96" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M96" s="4">
+        <v>7741844.8799999999</v>
+      </c>
+      <c r="N96" s="4">
+        <v>5068198.7506920099</v>
+      </c>
+      <c r="O96" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="P96" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="C96" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P96" s="3" t="s">
+      <c r="Q96" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R96" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="Q96" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S96" s="3" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>1.0118E-2</v>
+        <v>5.2760000000000003E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="B97" s="3" t="s">
+      <c r="C97" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D97" s="4">
+        <v>85400</v>
+      </c>
+      <c r="E97" s="5">
+        <v>27.327909999999999</v>
+      </c>
+      <c r="F97" s="4">
+        <v>2333802.8626140002</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I97" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J97" s="5">
+        <v>4210</v>
+      </c>
+      <c r="K97" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L97" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M97" s="4">
+        <v>359533900.96638602</v>
+      </c>
+      <c r="N97" s="4">
+        <v>2333802.8626140002</v>
+      </c>
+      <c r="O97" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="P97" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="C97" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P97" s="3" t="s">
+      <c r="Q97" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R97" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="Q97" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S97" s="3" t="s">
-        <v>287</v>
+        <v>238</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>8.4699999999999999E-4</v>
+        <v>2.4290000000000002E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D98" s="4">
+        <v>514312</v>
+      </c>
+      <c r="E98" s="5">
+        <v>17.363932999999999</v>
+      </c>
+      <c r="F98" s="4">
+        <v>8930476.77777417</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J98" s="5">
+        <v>2675</v>
+      </c>
+      <c r="K98" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M98" s="4">
+        <v>1375784221.04023</v>
+      </c>
+      <c r="N98" s="4">
+        <v>8930476.77777417</v>
+      </c>
+      <c r="O98" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="P98" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="B98" s="3" t="s">
+      <c r="Q98" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R98" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="C98" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S98" s="3" t="s">
-        <v>287</v>
+        <v>238</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>2.555E-3</v>
+        <v>9.2969999999999997E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D99" s="4">
+        <v>277000</v>
+      </c>
+      <c r="E99" s="5">
+        <v>21.492329999999999</v>
+      </c>
+      <c r="F99" s="4">
+        <v>5953373.7950731898</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J99" s="5">
+        <v>3311</v>
+      </c>
+      <c r="K99" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M99" s="4">
+        <v>917146747.37192798</v>
+      </c>
+      <c r="N99" s="4">
+        <v>5953373.7950731898</v>
+      </c>
+      <c r="O99" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="P99" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="B99" s="3" t="s">
+      <c r="Q99" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R99" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="C99" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S99" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.8400000000000002E-4</v>
+        <v>6.1980000000000004E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D100" s="4">
+        <v>82000</v>
+      </c>
+      <c r="E100" s="5">
+        <v>16.74727</v>
+      </c>
+      <c r="F100" s="4">
+        <v>1373275.77813119</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I100" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J100" s="5">
+        <v>2580</v>
+      </c>
+      <c r="K100" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L100" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M100" s="4">
+        <v>211559941.72581401</v>
+      </c>
+      <c r="N100" s="4">
+        <v>1373275.77813119</v>
+      </c>
+      <c r="O100" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="P100" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="B100" s="3" t="s">
+      <c r="Q100" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="R100" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="C100" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S100" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>2.5399999999999999E-4</v>
+        <v>1.4289999999999999E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D101" s="4">
+        <v>417600</v>
+      </c>
+      <c r="E101" s="5">
+        <v>36.675224</v>
+      </c>
+      <c r="F101" s="4">
+        <v>15315569.1149264</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J101" s="5">
+        <v>5650</v>
+      </c>
+      <c r="K101" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L101" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M101" s="4">
+        <v>2359439350.0924301</v>
+      </c>
+      <c r="N101" s="4">
+        <v>15315569.1149264</v>
+      </c>
+      <c r="O101" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="P101" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="B101" s="3" t="s">
+      <c r="Q101" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R101" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="C101" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S101" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>1.2876E-2</v>
+        <v>1.5945000000000001E-2</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D102" s="4">
+        <v>796600</v>
+      </c>
+      <c r="E102" s="5">
+        <v>10.434588</v>
+      </c>
+      <c r="F102" s="4">
+        <v>8312190.4514621403</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I102" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J102" s="5">
+        <v>1607.5</v>
+      </c>
+      <c r="K102" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L102" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M102" s="4">
+        <v>1280534147.27686</v>
+      </c>
+      <c r="N102" s="4">
+        <v>8312190.4514621403</v>
+      </c>
+      <c r="O102" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="P102" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="B102" s="3" t="s">
+      <c r="Q102" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R102" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="C102" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S102" s="3" t="s">
-        <v>274</v>
+        <v>238</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>1.255E-3</v>
+        <v>8.6540000000000002E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D103" s="4">
+        <v>205500</v>
+      </c>
+      <c r="E103" s="5">
+        <v>12.152286</v>
+      </c>
+      <c r="F103" s="4">
+        <v>2497294.8457322302</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J103" s="5">
+        <v>94.45</v>
+      </c>
+      <c r="K103" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L103" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M103" s="4">
+        <v>19409474.822597001</v>
+      </c>
+      <c r="N103" s="4">
+        <v>2497294.8457322302</v>
+      </c>
+      <c r="O103" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="P103" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="B103" s="3" t="s">
+      <c r="Q103" s="3" t="s">
         <v>479</v>
       </c>
-      <c r="C103" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P103" s="3" t="s">
+      <c r="R103" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="Q103" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S103" s="3" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>4.8500000000000003E-4</v>
+        <v>2.5999999999999999E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B104" s="3" t="s">
+      <c r="C104" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D104" s="4">
+        <v>284300</v>
+      </c>
+      <c r="E104" s="5">
+        <v>14.981667</v>
+      </c>
+      <c r="F104" s="4">
+        <v>4259286.6184155</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J104" s="5">
+        <v>2308</v>
+      </c>
+      <c r="K104" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L104" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M104" s="4">
+        <v>656164219.259565</v>
+      </c>
+      <c r="N104" s="4">
+        <v>4259286.6184155</v>
+      </c>
+      <c r="O104" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="P104" s="3" t="s">
         <v>483</v>
       </c>
-      <c r="C104" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P104" s="3" t="s">
+      <c r="Q104" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R104" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="Q104" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S104" s="3" t="s">
-        <v>274</v>
+        <v>238</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>9.6299999999999999E-4</v>
+        <v>4.4339999999999996E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="B105" s="3" t="s">
+      <c r="C105" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D105" s="4">
+        <v>287500</v>
+      </c>
+      <c r="E105" s="5">
+        <v>8.2602100000000007</v>
+      </c>
+      <c r="F105" s="4">
+        <v>2374810.2210442298</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J105" s="5">
+        <v>64.2</v>
+      </c>
+      <c r="K105" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L105" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M105" s="4">
+        <v>18457499.831298001</v>
+      </c>
+      <c r="N105" s="4">
+        <v>2374810.2210442298</v>
+      </c>
+      <c r="O105" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="P105" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="C105" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P105" s="3" t="s">
+      <c r="Q105" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R105" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="Q105" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S105" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>6.0800000000000003E-4</v>
+        <v>2.4719999999999998E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="B106" s="3" t="s">
+      <c r="C106" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D106" s="4">
+        <v>33938</v>
+      </c>
+      <c r="E106" s="5">
+        <v>7.8803049999999999</v>
+      </c>
+      <c r="F106" s="4">
+        <v>267441.70588426001</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J106" s="5">
+        <v>1214</v>
+      </c>
+      <c r="K106" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M106" s="4">
+        <v>41200720.651261002</v>
+      </c>
+      <c r="N106" s="4">
+        <v>267441.70588426001</v>
+      </c>
+      <c r="O106" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="P106" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="C106" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P106" s="3" t="s">
+      <c r="Q106" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R106" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="Q106" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S106" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>4.0400000000000001E-4</v>
+        <v>2.7799999999999998E-4</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B107" s="3" t="s">
+      <c r="C107" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D107" s="4">
+        <v>14900</v>
+      </c>
+      <c r="E107" s="5">
+        <v>35.065407999999998</v>
+      </c>
+      <c r="F107" s="4">
+        <v>522474.44094642001</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J107" s="5">
+        <v>5402</v>
+      </c>
+      <c r="K107" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M107" s="4">
+        <v>80489777.829090998</v>
+      </c>
+      <c r="N107" s="4">
+        <v>522474.44094642001</v>
+      </c>
+      <c r="O107" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="P107" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="C107" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P107" s="3" t="s">
+      <c r="Q107" s="3" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="R107" s="3" t="s">
         <v>497</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>6.7369999999999999E-3</v>
+        <v>5.4299999999999997E-4</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
         <v>498</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>499</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D108" s="4">
-        <v>253973</v>
+        <v>12428</v>
       </c>
       <c r="E108" s="5">
-        <v>3.8813780000000002</v>
+        <v>18.396032000000002</v>
       </c>
       <c r="F108" s="4">
-        <v>985765.21479400003</v>
+        <v>228625.8284379</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H108" s="3" t="s">
-        <v>226</v>
+        <v>74</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="J108" s="5">
-        <v>3.3159999999999998</v>
+        <v>2834</v>
       </c>
       <c r="K108" s="5">
-        <v>0.8543357539513029</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>227</v>
+        <v>76</v>
       </c>
       <c r="M108" s="4">
-        <v>842174.46799999999</v>
+        <v>35220942.298391998</v>
       </c>
       <c r="N108" s="4">
-        <v>985765.21479400003</v>
+        <v>228625.8284379</v>
       </c>
       <c r="O108" s="3" t="s">
         <v>498</v>
       </c>
       <c r="P108" s="3" t="s">
         <v>500</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>167</v>
+        <v>187</v>
       </c>
       <c r="R108" s="3" t="s">
         <v>501</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.023E-3</v>
+        <v>2.3800000000000001E-4</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
         <v>502</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>503</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D109" s="4">
-        <v>490391</v>
+        <v>28300</v>
       </c>
       <c r="E109" s="5">
-        <v>46.574195000000003</v>
+        <v>27.425277999999999</v>
       </c>
       <c r="F109" s="4">
-        <v>22839566.060245</v>
+        <v>776135.14653857006</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="J109" s="5">
-        <v>39.79</v>
+        <v>4225</v>
       </c>
       <c r="K109" s="5">
-        <v>0.8543357539513029</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>134</v>
+        <v>76</v>
       </c>
       <c r="M109" s="4">
-        <v>19512657.890000001</v>
+        <v>119567467.06513999</v>
       </c>
       <c r="N109" s="4">
-        <v>22839566.060245</v>
+        <v>776135.14653857006</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>502</v>
       </c>
       <c r="P109" s="3" t="s">
         <v>504</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="R109" s="3" t="s">
         <v>505</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>137</v>
+        <v>238</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>2.3712E-2</v>
+        <v>8.0800000000000002E-4</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
         <v>506</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D110" s="4">
-        <v>68857</v>
+        <v>458465</v>
       </c>
       <c r="E110" s="5">
-        <v>126.60033799999999</v>
+        <v>30.618943000000002</v>
       </c>
       <c r="F110" s="4">
-        <v>8717319.4668668993</v>
+        <v>14037709.9412547</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="J110" s="5">
-        <v>101.16</v>
+        <v>4717</v>
       </c>
       <c r="K110" s="5">
-        <v>0.79904999986655867</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="M110" s="4">
-        <v>6965574.1188359996</v>
+        <v>2162578809.3176599</v>
       </c>
       <c r="N110" s="4">
-        <v>8717319.4668668993</v>
+        <v>14037709.9412547</v>
       </c>
       <c r="O110" s="3" t="s">
         <v>506</v>
       </c>
       <c r="P110" s="3" t="s">
         <v>508</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>192</v>
+        <v>135</v>
       </c>
       <c r="R110" s="3" t="s">
         <v>509</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>510</v>
+        <v>238</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>9.0500000000000008E-3</v>
+        <v>1.4615E-2</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="B111" s="3" t="s">
+      <c r="C111" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D111" s="4">
+        <v>24369</v>
+      </c>
+      <c r="E111" s="5">
+        <v>18.331121</v>
+      </c>
+      <c r="F111" s="4">
+        <v>446710.95388011</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J111" s="5">
+        <v>2824</v>
+      </c>
+      <c r="K111" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L111" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M111" s="4">
+        <v>68818037.044072002</v>
+      </c>
+      <c r="N111" s="4">
+        <v>446710.95388011</v>
+      </c>
+      <c r="O111" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="P111" s="3" t="s">
         <v>512</v>
       </c>
-      <c r="C111" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P111" s="3" t="s">
+      <c r="Q111" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R111" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="Q111" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S111" s="3" t="s">
-        <v>510</v>
+        <v>238</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>1.7121000000000001E-2</v>
+        <v>4.6500000000000003E-4</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="C112" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D112" s="4">
+        <v>87700</v>
+      </c>
+      <c r="E112" s="5">
+        <v>11.456452000000001</v>
+      </c>
+      <c r="F112" s="4">
+        <v>1004730.8770986201</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="J112" s="5">
+        <v>14.91</v>
+      </c>
+      <c r="K112" s="5">
+        <v>1.3014499948944118</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M112" s="4">
+        <v>1307606.9948700001</v>
+      </c>
+      <c r="N112" s="4">
+        <v>1004730.8770986201</v>
+      </c>
+      <c r="O112" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="P112" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="C112" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P112" s="3" t="s">
+      <c r="Q112" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R112" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="Q112" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S112" s="3" t="s">
-        <v>510</v>
+        <v>277</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>2.3195E-2</v>
+        <v>1.0460000000000001E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="B113" s="3" t="s">
+      <c r="C113" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D113" s="4">
+        <v>72700</v>
+      </c>
+      <c r="E113" s="5">
+        <v>8.1637120000000003</v>
+      </c>
+      <c r="F113" s="4">
+        <v>593501.83989089006</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J113" s="5">
+        <v>63.45</v>
+      </c>
+      <c r="K113" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L113" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M113" s="4">
+        <v>4612814.9578379998</v>
+      </c>
+      <c r="N113" s="4">
+        <v>593501.83989089006</v>
+      </c>
+      <c r="O113" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="P113" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="C113" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P113" s="3" t="s">
+      <c r="Q113" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R113" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="Q113" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S113" s="3" t="s">
-        <v>117</v>
+        <v>290</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>1.56E-3</v>
+        <v>6.1700000000000004E-4</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="B114" s="3" t="s">
+      <c r="C114" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D114" s="4">
+        <v>20256</v>
+      </c>
+      <c r="E114" s="5">
+        <v>20.252513</v>
+      </c>
+      <c r="F114" s="4">
+        <v>410234.78627763002</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J114" s="5">
+        <v>3120</v>
+      </c>
+      <c r="K114" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M114" s="4">
+        <v>63198702.591917001</v>
+      </c>
+      <c r="N114" s="4">
+        <v>410234.78627763002</v>
+      </c>
+      <c r="O114" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="P114" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="C114" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P114" s="3" t="s">
+      <c r="Q114" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R114" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="Q114" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S114" s="3" t="s">
-        <v>137</v>
+        <v>238</v>
       </c>
       <c r="T114" s="4">
         <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>1.9589999999999998E-3</v>
+        <v>4.2700000000000002E-4</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="C115" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D115" s="4">
+        <v>681600</v>
+      </c>
+      <c r="E115" s="5">
+        <v>7.2376769999999997</v>
+      </c>
+      <c r="F115" s="4">
+        <v>4933199.18211029</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J115" s="5">
+        <v>1115</v>
+      </c>
+      <c r="K115" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M115" s="4">
+        <v>759983790.66246498</v>
+      </c>
+      <c r="N115" s="4">
+        <v>4933199.18211029</v>
+      </c>
+      <c r="O115" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="P115" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="C115" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P115" s="3" t="s">
+      <c r="Q115" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R115" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="Q115" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S115" s="3" t="s">
-        <v>152</v>
+        <v>238</v>
       </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>1.4809999999999999E-3</v>
+        <v>5.1359999999999999E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="B116" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="B116" s="3" t="s">
+      <c r="C116" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D116" s="4">
+        <v>253973</v>
+      </c>
+      <c r="E116" s="5">
+        <v>3.4672170000000002</v>
+      </c>
+      <c r="F116" s="4">
+        <v>880579.45234640001</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J116" s="5">
+        <v>3.004</v>
+      </c>
+      <c r="K116" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="M116" s="4">
+        <v>762934.89199999999</v>
+      </c>
+      <c r="N116" s="4">
+        <v>880579.45234640001</v>
+      </c>
+      <c r="O116" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="P116" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="C116" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P116" s="3" t="s">
+      <c r="Q116" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="R116" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="Q116" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S116" s="3" t="s">
-        <v>137</v>
+        <v>225</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>2.4993999999999999E-2</v>
+        <v>9.1600000000000004E-4</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="B117" s="3" t="s">
+      <c r="C117" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D117" s="4">
+        <v>413042</v>
+      </c>
+      <c r="E117" s="5">
+        <v>43.432546000000002</v>
+      </c>
+      <c r="F117" s="4">
+        <v>17939465.664932001</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J117" s="5">
+        <v>37.630000000000003</v>
+      </c>
+      <c r="K117" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M117" s="4">
+        <v>15542770.460000001</v>
+      </c>
+      <c r="N117" s="4">
+        <v>17939465.664932001</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="P117" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="C117" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P117" s="3" t="s">
+      <c r="Q117" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R117" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="Q117" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S117" s="3" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="T117" s="4">
         <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>2.6400000000000002E-4</v>
+        <v>1.8676999999999999E-2</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="B118" s="3" t="s">
+      <c r="C118" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D118" s="4">
+        <v>63310</v>
+      </c>
+      <c r="E118" s="5">
+        <v>123.66240999999999</v>
+      </c>
+      <c r="F118" s="4">
+        <v>7829067.2064777296</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J118" s="5">
+        <v>99.27</v>
+      </c>
+      <c r="K118" s="5">
+        <v>0.80275000316283507</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M118" s="4">
+        <v>6284783.7247620001</v>
+      </c>
+      <c r="N118" s="4">
+        <v>7829067.2064777296</v>
+      </c>
+      <c r="O118" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="P118" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="C118" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P118" s="3" t="s">
+      <c r="Q118" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="R118" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="Q118" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R118" s="3" t="s">
+      <c r="S118" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="S118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T118" s="4">
         <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>4.9600000000000002E-4</v>
+        <v>8.1510000000000003E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
         <v>543</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>544</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D119" s="4">
-        <v>103137</v>
+        <v>256744</v>
       </c>
       <c r="E119" s="5">
-        <v>1.8509389999999999</v>
+        <v>74.319525999999996</v>
       </c>
       <c r="F119" s="4">
-        <v>190900.24407449999</v>
+        <v>19081092.544378702</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H119" s="3" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="I119" s="3" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="J119" s="5">
-        <v>1.37</v>
+        <v>59.66</v>
       </c>
       <c r="K119" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L119" s="3" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="M119" s="4">
-        <v>141297.69</v>
+        <v>15317347.10035</v>
       </c>
       <c r="N119" s="4">
-        <v>190900.24407449999</v>
+        <v>19081092.544378702</v>
       </c>
       <c r="O119" s="3" t="s">
         <v>543</v>
       </c>
       <c r="P119" s="3" t="s">
         <v>545</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="R119" s="3" t="s">
         <v>546</v>
       </c>
       <c r="S119" s="3" t="s">
-        <v>91</v>
+        <v>542</v>
       </c>
       <c r="T119" s="4">
         <v>1</v>
       </c>
       <c r="W119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X119" s="4">
         <v>0</v>
       </c>
       <c r="Y119" s="4">
         <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>1.9799999999999999E-4</v>
+        <v>1.9866000000000002E-2</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
         <v>547</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>548</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D120" s="4">
-        <v>160000</v>
+        <v>54762</v>
       </c>
       <c r="E120" s="5">
-        <v>12.878647000000001</v>
+        <v>322.51634899999999</v>
       </c>
       <c r="F120" s="4">
-        <v>2060583.51558842</v>
+        <v>17661640.361258101</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H120" s="3" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="I120" s="3" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="J120" s="5">
-        <v>100.4</v>
+        <v>258.89999999999998</v>
       </c>
       <c r="K120" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L120" s="3" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="M120" s="4">
-        <v>16063999.526544999</v>
+        <v>14177881.85586</v>
       </c>
       <c r="N120" s="4">
-        <v>2060583.51558842</v>
+        <v>17661640.361258101</v>
       </c>
       <c r="O120" s="3" t="s">
         <v>547</v>
       </c>
       <c r="P120" s="3" t="s">
         <v>549</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>128</v>
+        <v>187</v>
       </c>
       <c r="R120" s="3" t="s">
         <v>550</v>
       </c>
       <c r="S120" s="3" t="s">
-        <v>287</v>
+        <v>542</v>
       </c>
       <c r="T120" s="4">
         <v>1</v>
       </c>
       <c r="W120" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X120" s="4">
         <v>0</v>
       </c>
       <c r="Y120" s="4">
         <v>0</v>
       </c>
       <c r="Z120" s="6">
-        <v>2.1389999999999998E-3</v>
+        <v>1.8388000000000002E-2</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
         <v>551</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D121" s="4">
-        <v>135546</v>
+        <v>55598</v>
       </c>
       <c r="E121" s="5">
-        <v>12.311145</v>
+        <v>25.85408</v>
       </c>
       <c r="F121" s="4">
-        <v>1668726.4601700001</v>
+        <v>1437435.1398400001</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H121" s="3" t="s">
-        <v>39</v>
+        <v>123</v>
       </c>
       <c r="I121" s="3" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="J121" s="5">
-        <v>18.809999999999999</v>
+        <v>22.4</v>
       </c>
       <c r="K121" s="5">
-        <v>1.5278838808250572</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L121" s="3" t="s">
-        <v>41</v>
+        <v>124</v>
       </c>
       <c r="M121" s="4">
-        <v>2549620.2599999998</v>
+        <v>1245395.2</v>
       </c>
       <c r="N121" s="4">
-        <v>1668726.4601700001</v>
+        <v>1437435.1398400001</v>
       </c>
       <c r="O121" s="3" t="s">
         <v>551</v>
       </c>
       <c r="P121" s="3" t="s">
         <v>553</v>
       </c>
       <c r="Q121" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R121" s="3" t="s">
         <v>554</v>
       </c>
       <c r="S121" s="3" t="s">
-        <v>257</v>
+        <v>127</v>
       </c>
       <c r="T121" s="4">
         <v>1</v>
       </c>
       <c r="W121" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X121" s="4">
         <v>0</v>
       </c>
       <c r="Y121" s="4">
         <v>0</v>
       </c>
       <c r="Z121" s="6">
-        <v>1.732E-3</v>
+        <v>1.4959999999999999E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
         <v>555</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>556</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D122" s="4">
-        <v>202800</v>
+        <v>63600</v>
       </c>
       <c r="E122" s="5">
-        <v>1.340457</v>
+        <v>77.400651999999994</v>
       </c>
       <c r="F122" s="4">
-        <v>271844.63528672</v>
+        <v>4922681.4671999998</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H122" s="3" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="I122" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J122" s="5">
-        <v>10.45</v>
+        <v>67.06</v>
       </c>
       <c r="K122" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L122" s="3" t="s">
-        <v>61</v>
+        <v>141</v>
       </c>
       <c r="M122" s="4">
-        <v>2119259.9375390001</v>
+        <v>4265016</v>
       </c>
       <c r="N122" s="4">
-        <v>271844.63528672</v>
+        <v>4922681.4671999998</v>
       </c>
       <c r="O122" s="3" t="s">
         <v>555</v>
       </c>
       <c r="P122" s="3" t="s">
         <v>557</v>
       </c>
       <c r="Q122" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R122" s="3" t="s">
         <v>558</v>
       </c>
       <c r="S122" s="3" t="s">
-        <v>287</v>
+        <v>144</v>
       </c>
       <c r="T122" s="4">
         <v>1</v>
       </c>
       <c r="W122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>2.8200000000000002E-4</v>
+        <v>5.1250000000000002E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
         <v>559</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>560</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D123" s="4">
-        <v>29118</v>
+        <v>18036</v>
       </c>
       <c r="E123" s="5">
-        <v>29.845057000000001</v>
+        <v>72.137500000000003</v>
       </c>
       <c r="F123" s="4">
-        <v>869028.27175208996</v>
+        <v>1301071.95</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H123" s="3" t="s">
-        <v>69</v>
+        <v>155</v>
       </c>
       <c r="I123" s="3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="J123" s="5">
-        <v>4382</v>
+        <v>62.5</v>
       </c>
       <c r="K123" s="5">
-        <v>146.82498315183318</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L123" s="3" t="s">
-        <v>71</v>
+        <v>156</v>
       </c>
       <c r="M123" s="4">
-        <v>127595061.358467</v>
+        <v>1127250</v>
       </c>
       <c r="N123" s="4">
-        <v>869028.27175208996</v>
+        <v>1301071.95</v>
       </c>
       <c r="O123" s="3" t="s">
         <v>559</v>
       </c>
       <c r="P123" s="3" t="s">
         <v>561</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>95</v>
+        <v>150</v>
       </c>
       <c r="R123" s="3" t="s">
         <v>562</v>
       </c>
       <c r="S123" s="3" t="s">
-        <v>243</v>
+        <v>159</v>
       </c>
       <c r="T123" s="4">
         <v>1</v>
       </c>
       <c r="W123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X123" s="4">
         <v>0</v>
       </c>
       <c r="Y123" s="4">
         <v>0</v>
       </c>
       <c r="Z123" s="6">
-        <v>9.0200000000000002E-4</v>
+        <v>1.354E-3</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
         <v>563</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D124" s="4">
-        <v>323508</v>
+        <v>192700</v>
       </c>
       <c r="E124" s="5">
-        <v>15.266864999999999</v>
+        <v>97.022052000000002</v>
       </c>
       <c r="F124" s="4">
-        <v>4938952.9624199998</v>
+        <v>18696149.420399901</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H124" s="3" t="s">
-        <v>54</v>
+        <v>140</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J124" s="5">
-        <v>11.3</v>
+        <v>84.06</v>
       </c>
       <c r="K124" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L124" s="3" t="s">
-        <v>56</v>
+        <v>141</v>
       </c>
       <c r="M124" s="4">
-        <v>3655640.4</v>
+        <v>16198361.999999</v>
       </c>
       <c r="N124" s="4">
-        <v>4938952.9624199998</v>
+        <v>18696149.420399901</v>
       </c>
       <c r="O124" s="3" t="s">
         <v>563</v>
       </c>
       <c r="P124" s="3" t="s">
         <v>565</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="R124" s="3" t="s">
         <v>566</v>
       </c>
       <c r="S124" s="3" t="s">
-        <v>91</v>
+        <v>144</v>
       </c>
       <c r="T124" s="4">
         <v>1</v>
       </c>
       <c r="W124" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X124" s="4">
         <v>0</v>
       </c>
       <c r="Y124" s="4">
         <v>0</v>
       </c>
       <c r="Z124" s="6">
-        <v>5.1269999999999996E-3</v>
+        <v>1.9465E-2</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
         <v>567</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>568</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D125" s="4">
-        <v>66604</v>
+        <v>29381</v>
       </c>
       <c r="E125" s="5">
-        <v>5.3199230000000002</v>
+        <v>8.6045610000000003</v>
       </c>
       <c r="F125" s="4">
-        <v>354328.11819000001</v>
+        <v>252810.606741</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H125" s="3" t="s">
-        <v>113</v>
+        <v>155</v>
       </c>
       <c r="I125" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J125" s="5">
-        <v>4.5449999999999999</v>
+        <v>7.4550000000000001</v>
       </c>
       <c r="K125" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L125" s="3" t="s">
-        <v>114</v>
+        <v>156</v>
       </c>
       <c r="M125" s="4">
-        <v>302715.18</v>
+        <v>219035.35500000001</v>
       </c>
       <c r="N125" s="4">
-        <v>354328.11819000001</v>
+        <v>252810.606741</v>
       </c>
       <c r="O125" s="3" t="s">
         <v>567</v>
       </c>
       <c r="P125" s="3" t="s">
         <v>569</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>143</v>
+        <v>110</v>
       </c>
       <c r="R125" s="3" t="s">
         <v>570</v>
       </c>
       <c r="S125" s="3" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="T125" s="4">
         <v>1</v>
       </c>
       <c r="W125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X125" s="4">
         <v>0</v>
       </c>
       <c r="Y125" s="4">
         <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>3.6699999999999998E-4</v>
+        <v>2.63E-4</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
         <v>571</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>572</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D126" s="4">
-        <v>178361</v>
+        <v>49157</v>
       </c>
       <c r="E126" s="5">
-        <v>57.038465000000002</v>
+        <v>9.4511730000000007</v>
       </c>
       <c r="F126" s="4">
-        <v>10173437.655865001</v>
+        <v>464591.16549283999</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H126" s="3" t="s">
-        <v>113</v>
+        <v>74</v>
       </c>
       <c r="I126" s="3" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="J126" s="5">
-        <v>48.73</v>
+        <v>1456</v>
       </c>
       <c r="K126" s="5">
-        <v>0.8543357539513029</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L126" s="3" t="s">
-        <v>114</v>
+        <v>76</v>
       </c>
       <c r="M126" s="4">
-        <v>8691531.5299999993</v>
+        <v>71572572.285334006</v>
       </c>
       <c r="N126" s="4">
-        <v>10173437.655865001</v>
+        <v>464591.16549283999</v>
       </c>
       <c r="O126" s="3" t="s">
         <v>571</v>
       </c>
       <c r="P126" s="3" t="s">
         <v>573</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="R126" s="3" t="s">
         <v>574</v>
       </c>
       <c r="S126" s="3" t="s">
-        <v>117</v>
+        <v>238</v>
       </c>
       <c r="T126" s="4">
         <v>1</v>
       </c>
       <c r="W126" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X126" s="4">
         <v>0</v>
       </c>
       <c r="Y126" s="4">
         <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>1.0562E-2</v>
+        <v>4.8299999999999998E-4</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
         <v>575</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>576</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D127" s="4">
-        <v>1216900</v>
+        <v>103137</v>
       </c>
       <c r="E127" s="5">
-        <v>13.047545</v>
+        <v>1.9655199999999999</v>
       </c>
       <c r="F127" s="4">
-        <v>15877557.2876071</v>
+        <v>202717.79498519999</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H127" s="3" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="I127" s="3" t="s">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="J127" s="5">
-        <v>16.739999999999998</v>
+        <v>1.496</v>
       </c>
       <c r="K127" s="5">
-        <v>1.2829999947525301</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L127" s="3" t="s">
-        <v>81</v>
+        <v>61</v>
       </c>
       <c r="M127" s="4">
-        <v>20370905.916682001</v>
+        <v>154292.95199999999</v>
       </c>
       <c r="N127" s="4">
-        <v>15877557.2876071</v>
+        <v>202717.79498519999</v>
       </c>
       <c r="O127" s="3" t="s">
         <v>575</v>
       </c>
       <c r="P127" s="3" t="s">
         <v>577</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="R127" s="3" t="s">
         <v>578</v>
       </c>
       <c r="S127" s="3" t="s">
-        <v>274</v>
+        <v>101</v>
       </c>
       <c r="T127" s="4">
         <v>1</v>
       </c>
       <c r="W127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X127" s="4">
         <v>0</v>
       </c>
       <c r="Y127" s="4">
         <v>0</v>
       </c>
       <c r="Z127" s="6">
-        <v>1.6483999999999999E-2</v>
+        <v>2.1100000000000001E-4</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
         <v>579</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>580</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D128" s="4">
-        <v>435100</v>
+        <v>160000</v>
       </c>
       <c r="E128" s="5">
-        <v>34.701179000000003</v>
+        <v>11.682664000000001</v>
       </c>
       <c r="F128" s="4">
-        <v>15098481.1850842</v>
+        <v>1869226.2165152701</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H128" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I128" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J128" s="5">
-        <v>5095</v>
+        <v>90.8</v>
       </c>
       <c r="K128" s="5">
-        <v>146.82498315183318</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L128" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="M128" s="4">
-        <v>2216834245.6182699</v>
+        <v>14527999.867214</v>
       </c>
       <c r="N128" s="4">
-        <v>15098481.1850842</v>
+        <v>1869226.2165152701</v>
       </c>
       <c r="O128" s="3" t="s">
         <v>579</v>
       </c>
       <c r="P128" s="3" t="s">
         <v>581</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="R128" s="3" t="s">
         <v>582</v>
       </c>
       <c r="S128" s="3" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="T128" s="4">
         <v>1</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X128" s="4">
         <v>0</v>
       </c>
       <c r="Y128" s="4">
         <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>1.5675000000000001E-2</v>
+        <v>1.946E-3</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
         <v>583</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>584</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D129" s="4">
-        <v>6134</v>
+        <v>135546</v>
       </c>
       <c r="E129" s="5">
-        <v>152.28205</v>
+        <v>10.474399999999999</v>
       </c>
       <c r="F129" s="4">
-        <v>934098.09470000002</v>
+        <v>1419763.0223999999</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H129" s="3" t="s">
-        <v>133</v>
+        <v>39</v>
       </c>
       <c r="I129" s="3" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="J129" s="5">
-        <v>130.1</v>
+        <v>16</v>
       </c>
       <c r="K129" s="5">
-        <v>0.8543357539513029</v>
+        <v>1.5275337966852518</v>
       </c>
       <c r="L129" s="3" t="s">
-        <v>134</v>
+        <v>41</v>
       </c>
       <c r="M129" s="4">
-        <v>798033.4</v>
+        <v>2168736</v>
       </c>
       <c r="N129" s="4">
-        <v>934098.09470000002</v>
+        <v>1419763.0223999999</v>
       </c>
       <c r="O129" s="3" t="s">
         <v>583</v>
       </c>
       <c r="P129" s="3" t="s">
         <v>585</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="R129" s="3" t="s">
         <v>586</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>137</v>
+        <v>252</v>
       </c>
       <c r="T129" s="4">
         <v>1</v>
       </c>
       <c r="W129" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>9.6900000000000003E-4</v>
+        <v>1.4779999999999999E-3</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
         <v>587</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>588</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D130" s="4">
-        <v>42854</v>
+        <v>202800</v>
       </c>
       <c r="E130" s="5">
-        <v>125.82875</v>
+        <v>1.4153009999999999</v>
       </c>
       <c r="F130" s="4">
-        <v>5392265.2525000004</v>
+        <v>287022.97933661001</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H130" s="3" t="s">
-        <v>133</v>
+        <v>64</v>
       </c>
       <c r="I130" s="3" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="J130" s="5">
-        <v>107.5</v>
+        <v>11</v>
       </c>
       <c r="K130" s="5">
-        <v>0.8543357539513029</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L130" s="3" t="s">
-        <v>134</v>
+        <v>66</v>
       </c>
       <c r="M130" s="4">
-        <v>4606805</v>
+        <v>2230799.9796099998</v>
       </c>
       <c r="N130" s="4">
-        <v>5392265.2525000004</v>
+        <v>287022.97933661001</v>
       </c>
       <c r="O130" s="3" t="s">
         <v>587</v>
       </c>
       <c r="P130" s="3" t="s">
         <v>589</v>
       </c>
       <c r="Q130" s="3" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="R130" s="3" t="s">
         <v>590</v>
       </c>
       <c r="S130" s="3" t="s">
-        <v>137</v>
+        <v>290</v>
       </c>
       <c r="T130" s="4">
         <v>1</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X130" s="4">
         <v>0</v>
       </c>
       <c r="Y130" s="4">
         <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>5.5979999999999997E-3</v>
+        <v>2.9799999999999998E-4</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
         <v>591</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>592</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D131" s="4">
-        <v>40876</v>
+        <v>29118</v>
       </c>
       <c r="E131" s="5">
-        <v>6.8942449999999997</v>
+        <v>26.191952000000001</v>
       </c>
       <c r="F131" s="4">
-        <v>281809.15862</v>
+        <v>762657.03807082004</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H131" s="3" t="s">
-        <v>159</v>
+        <v>74</v>
       </c>
       <c r="I131" s="3" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="J131" s="5">
-        <v>5.89</v>
+        <v>4035</v>
       </c>
       <c r="K131" s="5">
-        <v>0.8543357539513029</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L131" s="3" t="s">
-        <v>160</v>
+        <v>76</v>
       </c>
       <c r="M131" s="4">
-        <v>240759.64</v>
+        <v>117491097.637077</v>
       </c>
       <c r="N131" s="4">
-        <v>281809.15862</v>
+        <v>762657.03807082004</v>
       </c>
       <c r="O131" s="3" t="s">
         <v>591</v>
       </c>
       <c r="P131" s="3" t="s">
         <v>593</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="R131" s="3" t="s">
         <v>594</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>163</v>
+        <v>238</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>2.92E-4</v>
+        <v>7.94E-4</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D132" s="4">
-        <v>25959</v>
+        <v>323508</v>
       </c>
       <c r="E132" s="5">
-        <v>41.552750000000003</v>
+        <v>14.636289</v>
       </c>
       <c r="F132" s="4">
-        <v>1078667.8372500001</v>
+        <v>4734956.5818119999</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H132" s="3" t="s">
-        <v>133</v>
+        <v>59</v>
       </c>
       <c r="I132" s="3" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="J132" s="5">
-        <v>35.5</v>
+        <v>11.14</v>
       </c>
       <c r="K132" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L132" s="3" t="s">
-        <v>134</v>
+        <v>61</v>
       </c>
       <c r="M132" s="4">
-        <v>921544.5</v>
+        <v>3603879.12</v>
       </c>
       <c r="N132" s="4">
-        <v>1078667.8372500001</v>
+        <v>4734956.5818119999</v>
       </c>
       <c r="O132" s="3" t="s">
         <v>595</v>
       </c>
       <c r="P132" s="3" t="s">
         <v>597</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="R132" s="3" t="s">
         <v>598</v>
       </c>
       <c r="S132" s="3" t="s">
-        <v>137</v>
+        <v>101</v>
       </c>
       <c r="T132" s="4">
         <v>1</v>
       </c>
       <c r="W132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>1.119E-3</v>
+        <v>4.9290000000000002E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
         <v>599</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>600</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D133" s="4">
-        <v>50204</v>
+        <v>66604</v>
       </c>
       <c r="E133" s="5">
-        <v>103.397785</v>
+        <v>6.6943599999999996</v>
       </c>
       <c r="F133" s="4">
-        <v>5190982.3915900104</v>
+        <v>445871.15344000002</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H133" s="3" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="I133" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J133" s="5">
-        <v>82.62</v>
+        <v>5.8</v>
       </c>
       <c r="K133" s="5">
-        <v>0.79904999986655867</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L133" s="3" t="s">
-        <v>46</v>
+        <v>124</v>
       </c>
       <c r="M133" s="4">
-        <v>4147854.4793070001</v>
+        <v>386303.2</v>
       </c>
       <c r="N133" s="4">
-        <v>5190982.3915900104</v>
+        <v>445871.15344000002</v>
       </c>
       <c r="O133" s="3" t="s">
         <v>599</v>
       </c>
       <c r="P133" s="3" t="s">
         <v>601</v>
       </c>
       <c r="Q133" s="3" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="R133" s="3" t="s">
         <v>602</v>
       </c>
       <c r="S133" s="3" t="s">
-        <v>510</v>
+        <v>127</v>
       </c>
       <c r="T133" s="4">
         <v>1</v>
       </c>
       <c r="W133" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>5.3889999999999997E-3</v>
+        <v>4.64E-4</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
         <v>603</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>604</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D134" s="4">
-        <v>26411</v>
+        <v>140043</v>
       </c>
       <c r="E134" s="5">
-        <v>41.201599999999999</v>
+        <v>58.725695999999999</v>
       </c>
       <c r="F134" s="4">
-        <v>1088175.4576000001</v>
+        <v>8224122.6449279999</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H134" s="3" t="s">
-        <v>159</v>
+        <v>123</v>
       </c>
       <c r="I134" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J134" s="5">
-        <v>35.200000000000003</v>
+        <v>50.88</v>
       </c>
       <c r="K134" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L134" s="3" t="s">
-        <v>160</v>
+        <v>124</v>
       </c>
       <c r="M134" s="4">
-        <v>929667.2</v>
+        <v>7125387.8399999999</v>
       </c>
       <c r="N134" s="4">
-        <v>1088175.4576000001</v>
+        <v>8224122.6449279999</v>
       </c>
       <c r="O134" s="3" t="s">
         <v>603</v>
       </c>
       <c r="P134" s="3" t="s">
         <v>605</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>100</v>
+        <v>135</v>
       </c>
       <c r="R134" s="3" t="s">
         <v>606</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>163</v>
+        <v>127</v>
       </c>
       <c r="T134" s="4">
         <v>1</v>
       </c>
       <c r="W134" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>1.129E-3</v>
+        <v>8.5620000000000002E-3</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
         <v>607</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>608</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D135" s="4">
-        <v>816747</v>
+        <v>691800</v>
       </c>
       <c r="E135" s="5">
-        <v>16.984275</v>
+        <v>13.085405</v>
       </c>
       <c r="F135" s="4">
-        <v>13871855.6534249</v>
+        <v>9052482.9997310694</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H135" s="3" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="I135" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="J135" s="5">
-        <v>25.95</v>
+        <v>17.03</v>
       </c>
       <c r="K135" s="5">
-        <v>1.5278838808250572</v>
+        <v>1.3014499948944118</v>
       </c>
       <c r="L135" s="3" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="M135" s="4">
-        <v>21194584.649999</v>
+        <v>11781353.953780999</v>
       </c>
       <c r="N135" s="4">
-        <v>13871855.6534249</v>
+        <v>9052482.9997310694</v>
       </c>
       <c r="O135" s="3" t="s">
         <v>607</v>
       </c>
       <c r="P135" s="3" t="s">
         <v>609</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="R135" s="3" t="s">
         <v>610</v>
       </c>
       <c r="S135" s="3" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="T135" s="4">
         <v>1</v>
       </c>
       <c r="W135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>1.4401000000000001E-2</v>
+        <v>9.4249999999999994E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
         <v>611</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>612</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D136" s="4">
-        <v>863685</v>
+        <v>436300</v>
       </c>
       <c r="E136" s="5">
-        <v>4.382352</v>
+        <v>31.170694000000001</v>
       </c>
       <c r="F136" s="4">
-        <v>3784971.6871199999</v>
+        <v>13599770.211937301</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H136" s="3" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="I136" s="3" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="J136" s="5">
-        <v>3.7440000000000002</v>
+        <v>4802</v>
       </c>
       <c r="K136" s="5">
-        <v>0.8543357539513029</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L136" s="3" t="s">
-        <v>141</v>
+        <v>76</v>
       </c>
       <c r="M136" s="4">
-        <v>3233636.64</v>
+        <v>2095112022.9013901</v>
       </c>
       <c r="N136" s="4">
-        <v>3784971.6871199999</v>
+        <v>13599770.211937301</v>
       </c>
       <c r="O136" s="3" t="s">
         <v>611</v>
       </c>
       <c r="P136" s="3" t="s">
         <v>613</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="R136" s="3" t="s">
         <v>614</v>
       </c>
       <c r="S136" s="3" t="s">
-        <v>145</v>
+        <v>238</v>
       </c>
       <c r="T136" s="4">
         <v>1</v>
       </c>
       <c r="W136" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>3.9290000000000002E-3</v>
+        <v>1.4159E-2</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
         <v>615</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>616</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D137" s="4">
-        <v>372000</v>
+        <v>6134</v>
       </c>
       <c r="E137" s="5">
-        <v>1.967714</v>
+        <v>172.55289999999999</v>
       </c>
       <c r="F137" s="4">
-        <v>731989.45592847001</v>
+        <v>1058439.4886</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H137" s="3" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="I137" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J137" s="5">
-        <v>15.34</v>
+        <v>149.5</v>
       </c>
       <c r="K137" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L137" s="3" t="s">
-        <v>61</v>
+        <v>141</v>
       </c>
       <c r="M137" s="4">
-        <v>5706479.8318119999</v>
+        <v>917033</v>
       </c>
       <c r="N137" s="4">
-        <v>731989.45592847001</v>
+        <v>1058439.4886</v>
       </c>
       <c r="O137" s="3" t="s">
         <v>615</v>
       </c>
       <c r="P137" s="3" t="s">
         <v>617</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>192</v>
+        <v>135</v>
       </c>
       <c r="R137" s="3" t="s">
         <v>618</v>
       </c>
       <c r="S137" s="3" t="s">
-        <v>287</v>
+        <v>144</v>
       </c>
       <c r="T137" s="4">
         <v>1</v>
       </c>
       <c r="W137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>7.5900000000000002E-4</v>
+        <v>1.101E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
         <v>619</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>620</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D138" s="4">
-        <v>739833</v>
+        <v>42854</v>
       </c>
       <c r="E138" s="5">
-        <v>11.176964999999999</v>
+        <v>123.15313999999999</v>
       </c>
       <c r="F138" s="4">
-        <v>8269087.7685382897</v>
+        <v>5277604.6615599999</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H138" s="3" t="s">
-        <v>74</v>
+        <v>140</v>
       </c>
       <c r="I138" s="3" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="J138" s="5">
-        <v>112.3</v>
+        <v>106.7</v>
       </c>
       <c r="K138" s="5">
-        <v>10.04745008778457</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L138" s="3" t="s">
-        <v>76</v>
+        <v>141</v>
       </c>
       <c r="M138" s="4">
-        <v>83083246.625898004</v>
+        <v>4572521.8</v>
       </c>
       <c r="N138" s="4">
-        <v>8269087.7685382897</v>
+        <v>5277604.6615599999</v>
       </c>
       <c r="O138" s="3" t="s">
         <v>619</v>
       </c>
       <c r="P138" s="3" t="s">
         <v>621</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>89</v>
+        <v>135</v>
       </c>
       <c r="R138" s="3" t="s">
         <v>622</v>
       </c>
       <c r="S138" s="3" t="s">
-        <v>623</v>
+        <v>144</v>
       </c>
       <c r="T138" s="4">
         <v>1</v>
       </c>
       <c r="W138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X138" s="4">
         <v>0</v>
       </c>
       <c r="Y138" s="4">
         <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>8.5839999999999996E-3</v>
+        <v>5.4939999999999998E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B139" s="3" t="s">
+      <c r="C139" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D139" s="4">
+        <v>40876</v>
+      </c>
+      <c r="E139" s="5">
+        <v>6.3942680000000003</v>
+      </c>
+      <c r="F139" s="4">
+        <v>261372.098768</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J139" s="5">
+        <v>5.54</v>
+      </c>
+      <c r="K139" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L139" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="M139" s="4">
+        <v>226453.04</v>
+      </c>
+      <c r="N139" s="4">
+        <v>261372.098768</v>
+      </c>
+      <c r="O139" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="P139" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="C139" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P139" s="3" t="s">
+      <c r="Q139" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R139" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="Q139" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S139" s="3" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="T139" s="4">
         <v>1</v>
       </c>
       <c r="W139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X139" s="4">
         <v>0</v>
       </c>
       <c r="Y139" s="4">
         <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>7.6229999999999996E-3</v>
+        <v>2.72E-4</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="B140" s="3" t="s">
+      <c r="C140" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D140" s="4">
+        <v>25959</v>
+      </c>
+      <c r="E140" s="5">
+        <v>38.365608000000002</v>
+      </c>
+      <c r="F140" s="4">
+        <v>995932.81807200005</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I140" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J140" s="5">
+        <v>33.24</v>
+      </c>
+      <c r="K140" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L140" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M140" s="4">
+        <v>862877.16</v>
+      </c>
+      <c r="N140" s="4">
+        <v>995932.81807200005</v>
+      </c>
+      <c r="O140" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="P140" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="C140" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P140" s="3" t="s">
+      <c r="Q140" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="R140" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="Q140" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S140" s="3" t="s">
-        <v>287</v>
+        <v>144</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>1.6100000000000001E-4</v>
+        <v>1.036E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="B141" s="3" t="s">
+      <c r="C141" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D141" s="4">
+        <v>50204</v>
+      </c>
+      <c r="E141" s="5">
+        <v>120.436001</v>
+      </c>
+      <c r="F141" s="4">
+        <v>6046369.00654002</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H141" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I141" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J141" s="5">
+        <v>96.68</v>
+      </c>
+      <c r="K141" s="5">
+        <v>0.80275000316283507</v>
+      </c>
+      <c r="L141" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M141" s="4">
+        <v>4853722.7391229998</v>
+      </c>
+      <c r="N141" s="4">
+        <v>6046369.00654002</v>
+      </c>
+      <c r="O141" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="P141" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="C141" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P141" s="3" t="s">
+      <c r="Q141" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R141" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="Q141" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S141" s="3" t="s">
-        <v>91</v>
+        <v>542</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>6.3199999999999997E-4</v>
+        <v>6.2950000000000002E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="B142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D142" s="4">
-        <v>488845</v>
+        <v>24046</v>
       </c>
       <c r="E142" s="5">
-        <v>0.74578</v>
+        <v>38.607990000000001</v>
       </c>
       <c r="F142" s="4">
-        <v>364570.628562</v>
+        <v>928367.72753999999</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H142" s="3" t="s">
-        <v>54</v>
+        <v>166</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J142" s="5">
-        <v>0.55200000000000005</v>
+        <v>33.450000000000003</v>
       </c>
       <c r="K142" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L142" s="3" t="s">
-        <v>56</v>
+        <v>167</v>
       </c>
       <c r="M142" s="4">
-        <v>269842.44</v>
+        <v>804338.7</v>
       </c>
       <c r="N142" s="4">
-        <v>364570.628562</v>
+        <v>928367.72753999999</v>
       </c>
       <c r="O142" s="3" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="P142" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q142" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="R142" s="3" t="s">
         <v>638</v>
       </c>
-      <c r="Q142" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S142" s="3" t="s">
-        <v>91</v>
+        <v>170</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>3.7800000000000003E-4</v>
+        <v>9.6599999999999995E-4</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="B143" s="3" t="s">
+      <c r="C143" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D143" s="4">
+        <v>724898</v>
+      </c>
+      <c r="E143" s="5">
+        <v>16.274598999999998</v>
+      </c>
+      <c r="F143" s="4">
+        <v>11797424.265902</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I143" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J143" s="5">
+        <v>24.86</v>
+      </c>
+      <c r="K143" s="5">
+        <v>1.5275337966852518</v>
+      </c>
+      <c r="L143" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M143" s="4">
+        <v>18020964.280000001</v>
+      </c>
+      <c r="N143" s="4">
+        <v>11797424.265902</v>
+      </c>
+      <c r="O143" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="P143" s="3" t="s">
         <v>641</v>
       </c>
-      <c r="C143" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P143" s="3" t="s">
+      <c r="Q143" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R143" s="3" t="s">
         <v>642</v>
       </c>
-      <c r="Q143" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S143" s="3" t="s">
-        <v>91</v>
+        <v>252</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>2.4889000000000001E-2</v>
+        <v>1.2282E-2</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="B144" s="3" t="s">
+      <c r="C144" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D144" s="4">
+        <v>1260806</v>
+      </c>
+      <c r="E144" s="5">
+        <v>4.4228940000000003</v>
+      </c>
+      <c r="F144" s="4">
+        <v>5576411.7968864003</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H144" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="I144" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J144" s="5">
+        <v>3.8319999999999999</v>
+      </c>
+      <c r="K144" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L144" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="M144" s="4">
+        <v>4831408.5920000002</v>
+      </c>
+      <c r="N144" s="4">
+        <v>5576411.7968864003</v>
+      </c>
+      <c r="O144" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="P144" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="C144" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P144" s="3" t="s">
+      <c r="Q144" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R144" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="Q144" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S144" s="3" t="s">
-        <v>230</v>
+        <v>152</v>
       </c>
       <c r="T144" s="4">
         <v>1</v>
       </c>
       <c r="W144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>5.6899999999999995E-4</v>
+        <v>5.8050000000000003E-3</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D145" s="4">
+        <v>1180000</v>
+      </c>
+      <c r="E145" s="5">
+        <v>1.6173029999999999</v>
+      </c>
+      <c r="F145" s="4">
+        <v>1908417.17917707</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H145" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I145" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J145" s="5">
+        <v>12.57</v>
+      </c>
+      <c r="K145" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L145" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M145" s="4">
+        <v>14832599.864429999</v>
+      </c>
+      <c r="N145" s="4">
+        <v>1908417.17917707</v>
+      </c>
+      <c r="O145" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="P145" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="B145" s="3" t="s">
+      <c r="Q145" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="R145" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="C145" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S145" s="3" t="s">
-        <v>145</v>
+        <v>290</v>
       </c>
       <c r="T145" s="4">
         <v>1</v>
       </c>
       <c r="W145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>3.692E-3</v>
+        <v>1.9859999999999999E-3</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D146" s="4">
+        <v>551848</v>
+      </c>
+      <c r="E146" s="5">
+        <v>10.151281000000001</v>
+      </c>
+      <c r="F146" s="4">
+        <v>5601963.9911238104</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I146" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J146" s="5">
+        <v>102.7</v>
+      </c>
+      <c r="K146" s="5">
+        <v>10.116949917658145</v>
+      </c>
+      <c r="L146" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M146" s="4">
+        <v>56674789.138723001</v>
+      </c>
+      <c r="N146" s="4">
+        <v>5601963.9911238104</v>
+      </c>
+      <c r="O146" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="P146" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="B146" s="3" t="s">
+      <c r="Q146" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R146" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="C146" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P146" s="3" t="s">
+      <c r="S146" s="3" t="s">
         <v>655</v>
       </c>
-      <c r="Q146" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>1.673E-3</v>
+        <v>5.8320000000000004E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="B147" s="3" t="s">
+      <c r="C147" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D147" s="4">
+        <v>3466222</v>
+      </c>
+      <c r="E147" s="5">
+        <v>2.7046760000000001</v>
+      </c>
+      <c r="F147" s="4">
+        <v>9375005.9087940399</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H147" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I147" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="J147" s="5">
+        <v>3.52</v>
+      </c>
+      <c r="K147" s="5">
+        <v>1.3014499948944118</v>
+      </c>
+      <c r="L147" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M147" s="4">
+        <v>12201101.392135</v>
+      </c>
+      <c r="N147" s="4">
+        <v>9375005.9087940399</v>
+      </c>
+      <c r="O147" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="P147" s="3" t="s">
         <v>658</v>
       </c>
-      <c r="C147" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q147" s="3" t="s">
-        <v>89</v>
+        <v>135</v>
       </c>
       <c r="R147" s="3" t="s">
         <v>659</v>
       </c>
       <c r="S147" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>5.2700000000000002E-4</v>
+        <v>9.7599999999999996E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
         <v>660</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>661</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D148" s="4">
-        <v>38577</v>
+        <v>815331</v>
       </c>
       <c r="E148" s="5">
-        <v>9.3506309999999999</v>
+        <v>0.18656200000000001</v>
       </c>
       <c r="F148" s="4">
-        <v>360719.30191242998</v>
+        <v>152110.07822753</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H148" s="3" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="I148" s="3" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="J148" s="5">
-        <v>93.95</v>
+        <v>1.45</v>
       </c>
       <c r="K148" s="5">
-        <v>10.04745008778457</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L148" s="3" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="M148" s="4">
-        <v>3624309.181665</v>
+        <v>1182229.9391940001</v>
       </c>
       <c r="N148" s="4">
-        <v>360719.30191242998</v>
+        <v>152110.07822753</v>
       </c>
       <c r="O148" s="3" t="s">
         <v>660</v>
       </c>
       <c r="P148" s="3" t="s">
         <v>662</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="R148" s="3" t="s">
         <v>663</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>623</v>
+        <v>290</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>3.7399999999999998E-4</v>
+        <v>1.5799999999999999E-4</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D149" s="4">
-        <v>196000</v>
+        <v>488845</v>
       </c>
       <c r="E149" s="5">
-        <v>3.5249519999999999</v>
+        <v>0.75152200000000002</v>
       </c>
       <c r="F149" s="4">
-        <v>690890.66618777998</v>
+        <v>367377.86985900003</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H149" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I149" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J149" s="5">
-        <v>27.48</v>
+        <v>0.57199999999999995</v>
       </c>
       <c r="K149" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L149" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M149" s="4">
-        <v>5386079.8412560001</v>
+        <v>279619.34000000003</v>
       </c>
       <c r="N149" s="4">
-        <v>690890.66618777998</v>
+        <v>367377.86985900003</v>
       </c>
       <c r="O149" s="3" t="s">
         <v>664</v>
       </c>
       <c r="P149" s="3" t="s">
         <v>666</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>128</v>
+        <v>178</v>
       </c>
       <c r="R149" s="3" t="s">
         <v>667</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>287</v>
+        <v>101</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>7.1699999999999997E-4</v>
+        <v>3.8200000000000002E-4</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
         <v>668</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>669</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D150" s="4">
-        <v>377000</v>
+        <v>441517</v>
       </c>
       <c r="E150" s="5">
-        <v>1.5822290000000001</v>
+        <v>57.809399999999997</v>
       </c>
       <c r="F150" s="4">
-        <v>596500.38971161004</v>
+        <v>25523832.8598</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H150" s="3" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="I150" s="3" t="s">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="J150" s="5">
-        <v>2.0299999999999998</v>
+        <v>44</v>
       </c>
       <c r="K150" s="5">
-        <v>1.2829999947525301</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L150" s="3" t="s">
-        <v>81</v>
+        <v>61</v>
       </c>
       <c r="M150" s="4">
-        <v>765309.99686900002</v>
+        <v>19426748</v>
       </c>
       <c r="N150" s="4">
-        <v>596500.38971161004</v>
+        <v>25523832.8598</v>
       </c>
       <c r="O150" s="3" t="s">
         <v>668</v>
       </c>
       <c r="P150" s="3" t="s">
         <v>670</v>
       </c>
       <c r="Q150" s="3" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="R150" s="3" t="s">
         <v>671</v>
       </c>
       <c r="S150" s="3" t="s">
-        <v>274</v>
+        <v>101</v>
       </c>
       <c r="T150" s="4">
         <v>1</v>
       </c>
       <c r="W150" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>6.1899999999999998E-4</v>
+        <v>2.6574E-2</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
         <v>672</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>673</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D151" s="4">
-        <v>849099</v>
+        <v>156820</v>
       </c>
       <c r="E151" s="5">
-        <v>20.893425000000001</v>
+        <v>3.7684630000000001</v>
       </c>
       <c r="F151" s="4">
-        <v>17740586.274075001</v>
+        <v>590970.36765999999</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H151" s="3" t="s">
-        <v>113</v>
+        <v>221</v>
       </c>
       <c r="I151" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J151" s="5">
-        <v>17.850000000000001</v>
+        <v>3.2650000000000001</v>
       </c>
       <c r="K151" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L151" s="3" t="s">
-        <v>114</v>
+        <v>222</v>
       </c>
       <c r="M151" s="4">
-        <v>15156417.15</v>
+        <v>512017.3</v>
       </c>
       <c r="N151" s="4">
-        <v>17740586.274075001</v>
+        <v>590970.36765999999</v>
       </c>
       <c r="O151" s="3" t="s">
         <v>672</v>
       </c>
       <c r="P151" s="3" t="s">
         <v>674</v>
       </c>
       <c r="Q151" s="3" t="s">
-        <v>95</v>
+        <v>496</v>
       </c>
       <c r="R151" s="3" t="s">
         <v>675</v>
       </c>
       <c r="S151" s="3" t="s">
-        <v>117</v>
+        <v>225</v>
       </c>
       <c r="T151" s="4">
         <v>1</v>
       </c>
       <c r="W151" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>1.8418E-2</v>
+        <v>6.1499999999999999E-4</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
         <v>676</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>677</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D152" s="4">
-        <v>109244</v>
+        <v>432441</v>
       </c>
       <c r="E152" s="5">
-        <v>5.0502250000000002</v>
+        <v>10.574780000000001</v>
       </c>
       <c r="F152" s="4">
-        <v>551706.76897560002</v>
+        <v>4572968.6109563997</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H152" s="3" t="s">
-        <v>54</v>
+        <v>147</v>
       </c>
       <c r="I152" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J152" s="5">
-        <v>3.738</v>
+        <v>9.1620000000000008</v>
       </c>
       <c r="K152" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L152" s="3" t="s">
-        <v>56</v>
+        <v>148</v>
       </c>
       <c r="M152" s="4">
-        <v>408354.07199999999</v>
+        <v>3962024.4419999998</v>
       </c>
       <c r="N152" s="4">
-        <v>551706.76897560002</v>
+        <v>4572968.6109563997</v>
       </c>
       <c r="O152" s="3" t="s">
         <v>676</v>
       </c>
       <c r="P152" s="3" t="s">
         <v>678</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="R152" s="3" t="s">
         <v>679</v>
       </c>
       <c r="S152" s="3" t="s">
-        <v>91</v>
+        <v>152</v>
       </c>
       <c r="T152" s="4">
         <v>1</v>
       </c>
       <c r="W152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X152" s="4">
         <v>0</v>
       </c>
       <c r="Y152" s="4">
         <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>5.7200000000000003E-4</v>
+        <v>4.7609999999999996E-3</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
         <v>680</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>681</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D153" s="4">
-        <v>154054</v>
+        <v>381100</v>
       </c>
       <c r="E153" s="5">
-        <v>70.464100000000002</v>
+        <v>1.506013</v>
       </c>
       <c r="F153" s="4">
-        <v>10855276.4614</v>
+        <v>573941.37308387004</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H153" s="3" t="s">
-        <v>148</v>
+        <v>89</v>
       </c>
       <c r="I153" s="3" t="s">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="J153" s="5">
-        <v>60.2</v>
+        <v>1.96</v>
       </c>
       <c r="K153" s="5">
-        <v>0.8543357539513029</v>
+        <v>1.3014499948944118</v>
       </c>
       <c r="L153" s="3" t="s">
-        <v>149</v>
+        <v>91</v>
       </c>
       <c r="M153" s="4">
-        <v>9274050.8000000007</v>
+        <v>746955.99706900003</v>
       </c>
       <c r="N153" s="4">
-        <v>10855276.4614</v>
+        <v>573941.37308387004</v>
       </c>
       <c r="O153" s="3" t="s">
         <v>680</v>
       </c>
       <c r="P153" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q153" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R153" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="Q153" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S153" s="3" t="s">
-        <v>152</v>
+        <v>277</v>
       </c>
       <c r="T153" s="4">
         <v>1</v>
       </c>
       <c r="W153" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X153" s="4">
         <v>0</v>
       </c>
       <c r="Y153" s="4">
         <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>1.1269E-2</v>
+        <v>5.9699999999999998E-4</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>684</v>
       </c>
-      <c r="B154" s="3" t="s">
+      <c r="C154" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D154" s="4">
+        <v>38577</v>
+      </c>
+      <c r="E154" s="5">
+        <v>7.8333890000000004</v>
+      </c>
+      <c r="F154" s="4">
+        <v>302188.62898402999</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H154" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I154" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J154" s="5">
+        <v>79.25</v>
+      </c>
+      <c r="K154" s="5">
+        <v>10.116949917658145</v>
+      </c>
+      <c r="L154" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M154" s="4">
+        <v>3057227.2251169998</v>
+      </c>
+      <c r="N154" s="4">
+        <v>302188.62898402999</v>
+      </c>
+      <c r="O154" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="P154" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="C154" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P154" s="3" t="s">
+      <c r="Q154" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R154" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="Q154" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S154" s="3" t="s">
-        <v>91</v>
+        <v>655</v>
       </c>
       <c r="T154" s="4">
         <v>1</v>
       </c>
       <c r="W154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X154" s="4">
         <v>0</v>
       </c>
       <c r="Y154" s="4">
         <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>1.76E-4</v>
+        <v>3.1399999999999999E-4</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="B155" s="3" t="s">
+      <c r="C155" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D155" s="4">
+        <v>196000</v>
+      </c>
+      <c r="E155" s="5">
+        <v>3.6823549999999998</v>
+      </c>
+      <c r="F155" s="4">
+        <v>721741.59182728</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H155" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I155" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J155" s="5">
+        <v>28.62</v>
+      </c>
+      <c r="K155" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L155" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M155" s="4">
+        <v>5609519.9487279998</v>
+      </c>
+      <c r="N155" s="4">
+        <v>721741.59182728</v>
+      </c>
+      <c r="O155" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="P155" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="C155" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P155" s="3" t="s">
+      <c r="Q155" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R155" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="Q155" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S155" s="3" t="s">
-        <v>91</v>
+        <v>290</v>
       </c>
       <c r="T155" s="4">
         <v>1</v>
       </c>
       <c r="W155" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X155" s="4">
         <v>0</v>
       </c>
       <c r="Y155" s="4">
         <v>0</v>
       </c>
       <c r="Z155" s="6">
-        <v>7.4790000000000004E-3</v>
+        <v>7.5100000000000004E-4</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="B156" s="3" t="s">
+      <c r="C156" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D156" s="4">
+        <v>377000</v>
+      </c>
+      <c r="E156" s="5">
+        <v>1.782627</v>
+      </c>
+      <c r="F156" s="4">
+        <v>672050.40531715006</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H156" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I156" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="J156" s="5">
+        <v>2.3199999999999998</v>
+      </c>
+      <c r="K156" s="5">
+        <v>1.3014499948944118</v>
+      </c>
+      <c r="L156" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M156" s="4">
+        <v>874639.99656799994</v>
+      </c>
+      <c r="N156" s="4">
+        <v>672050.40531715006</v>
+      </c>
+      <c r="O156" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="P156" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="C156" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P156" s="3" t="s">
+      <c r="Q156" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R156" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="Q156" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S156" s="3" t="s">
-        <v>163</v>
+        <v>277</v>
       </c>
       <c r="T156" s="4">
         <v>1</v>
       </c>
       <c r="W156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X156" s="4">
         <v>0</v>
       </c>
       <c r="Y156" s="4">
         <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>6.6399999999999999E-4</v>
+        <v>6.9899999999999997E-4</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="B157" s="3" t="s">
+      <c r="C157" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D157" s="4">
+        <v>797446</v>
+      </c>
+      <c r="E157" s="5">
+        <v>21.889403000000001</v>
+      </c>
+      <c r="F157" s="4">
+        <v>17455616.864737902</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H157" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="I157" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J157" s="5">
+        <v>18.965</v>
+      </c>
+      <c r="K157" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L157" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="M157" s="4">
+        <v>15123563.389999</v>
+      </c>
+      <c r="N157" s="4">
+        <v>17455616.864737902</v>
+      </c>
+      <c r="O157" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="P157" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="C157" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H157" s="3" t="s">
+      <c r="Q157" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R157" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="I157" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="S157" s="3" t="s">
-        <v>702</v>
+        <v>127</v>
       </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>1.2251E-2</v>
+        <v>1.8173000000000002E-2</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D158" s="4">
-        <v>25354</v>
+        <v>109244</v>
       </c>
       <c r="E158" s="5">
-        <v>33.101739999999999</v>
+        <v>4.9348210000000003</v>
       </c>
       <c r="F158" s="4">
-        <v>839261.51595999999</v>
+        <v>539099.54162639997</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H158" s="3" t="s">
-        <v>133</v>
+        <v>59</v>
       </c>
       <c r="I158" s="3" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="J158" s="5">
-        <v>28.28</v>
+        <v>3.7559999999999998</v>
       </c>
       <c r="K158" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L158" s="3" t="s">
-        <v>134</v>
+        <v>61</v>
       </c>
       <c r="M158" s="4">
-        <v>717011.12</v>
+        <v>410320.46399999998</v>
       </c>
       <c r="N158" s="4">
-        <v>839261.51595999999</v>
+        <v>539099.54162639997</v>
       </c>
       <c r="O158" s="3" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="P158" s="3" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>647</v>
+        <v>135</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="S158" s="3" t="s">
-        <v>137</v>
+        <v>101</v>
       </c>
       <c r="T158" s="4">
         <v>1</v>
       </c>
       <c r="W158" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>8.7100000000000003E-4</v>
+        <v>5.6099999999999998E-4</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D159" s="4">
-        <v>9301</v>
+        <v>141642</v>
       </c>
       <c r="E159" s="5">
-        <v>62.095025</v>
+        <v>66.251080000000002</v>
       </c>
       <c r="F159" s="4">
-        <v>577545.82752499997</v>
+        <v>9383935.4733600002</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H159" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="I159" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J159" s="5">
+        <v>57.4</v>
+      </c>
+      <c r="K159" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L159" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="M159" s="4">
+        <v>8130250.7999999998</v>
+      </c>
+      <c r="N159" s="4">
+        <v>9383935.4733600002</v>
+      </c>
+      <c r="O159" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="P159" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="Q159" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R159" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="S159" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="I159" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T159" s="4">
         <v>1</v>
       </c>
       <c r="W159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>5.9900000000000003E-4</v>
+        <v>9.7699999999999992E-3</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D160" s="4">
-        <v>1045585</v>
+        <v>83864</v>
       </c>
       <c r="E160" s="5">
-        <v>0.60673299999999997</v>
+        <v>2.1744219999999999</v>
       </c>
       <c r="F160" s="4">
-        <v>634390.99649171997</v>
+        <v>182355.70564199999</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H160" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I160" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J160" s="5">
-        <v>4.7300000000000004</v>
+        <v>1.655</v>
       </c>
       <c r="K160" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L160" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M160" s="4">
-        <v>4945616.9042370003</v>
+        <v>138794.92000000001</v>
       </c>
       <c r="N160" s="4">
-        <v>634390.99649171997</v>
+        <v>182355.70564199999</v>
       </c>
       <c r="O160" s="3" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="P160" s="3" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="R160" s="3" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="S160" s="3" t="s">
-        <v>287</v>
+        <v>101</v>
       </c>
       <c r="T160" s="4">
         <v>1</v>
       </c>
       <c r="W160" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>6.5799999999999995E-4</v>
+        <v>1.8900000000000001E-4</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D161" s="4">
-        <v>411726</v>
+        <v>34526</v>
       </c>
       <c r="E161" s="5">
-        <v>2.5479099999999999</v>
+        <v>45.380378999999998</v>
       </c>
       <c r="F161" s="4">
-        <v>1049040.86111401</v>
+        <v>1566802.965354</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H161" s="3" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="I161" s="3" t="s">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="J161" s="5">
-        <v>25.6</v>
+        <v>34.54</v>
       </c>
       <c r="K161" s="5">
-        <v>10.04745008778457</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L161" s="3" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="M161" s="4">
-        <v>10540185.692089001</v>
+        <v>1192528.04</v>
       </c>
       <c r="N161" s="4">
-        <v>1049040.86111401</v>
+        <v>1566802.965354</v>
       </c>
       <c r="O161" s="3" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="P161" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>167</v>
+        <v>99</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>623</v>
+        <v>101</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>1.0889999999999999E-3</v>
+        <v>1.6310000000000001E-3</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D162" s="4">
+        <v>28066</v>
+      </c>
+      <c r="E162" s="5">
+        <v>40.985641999999999</v>
+      </c>
+      <c r="F162" s="4">
+        <v>1150303.028372</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H162" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="I162" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J162" s="5">
+        <v>35.51</v>
+      </c>
+      <c r="K162" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L162" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="M162" s="4">
+        <v>996623.66</v>
+      </c>
+      <c r="N162" s="4">
+        <v>1150303.028372</v>
+      </c>
+      <c r="O162" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="P162" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="B162" s="3" t="s">
+      <c r="Q162" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R162" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="C162" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P162" s="3" t="s">
+      <c r="S162" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="Q162" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>2.1000000000000001E-4</v>
+        <v>1.1969999999999999E-3</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="B163" s="3" t="s">
         <v>723</v>
       </c>
-      <c r="B163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D163" s="4">
-        <v>436418</v>
+        <v>9951</v>
       </c>
       <c r="E163" s="5">
-        <v>1.1937880000000001</v>
+        <v>36.334215999999998</v>
       </c>
       <c r="F163" s="4">
-        <v>520990.47537204</v>
+        <v>361561.78341600002</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H163" s="3" t="s">
-        <v>54</v>
+        <v>140</v>
       </c>
       <c r="I163" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J163" s="5">
-        <v>0.88360000000000005</v>
+        <v>31.48</v>
       </c>
       <c r="K163" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>56</v>
+        <v>141</v>
       </c>
       <c r="M163" s="4">
-        <v>385618.9448</v>
+        <v>313257.48</v>
       </c>
       <c r="N163" s="4">
-        <v>520990.47537204</v>
+        <v>361561.78341600002</v>
       </c>
       <c r="O163" s="3" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="P163" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="Q163" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="R163" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="Q163" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S163" s="3" t="s">
-        <v>91</v>
+        <v>144</v>
       </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>5.4000000000000001E-4</v>
+        <v>3.7599999999999998E-4</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="B164" s="3" t="s">
+      <c r="C164" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D164" s="4">
+        <v>9301</v>
+      </c>
+      <c r="E164" s="5">
+        <v>64.000389999999996</v>
+      </c>
+      <c r="F164" s="4">
+        <v>595267.62739000004</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H164" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I164" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J164" s="5">
+        <v>55.45</v>
+      </c>
+      <c r="K164" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L164" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="M164" s="4">
+        <v>515740.45</v>
+      </c>
+      <c r="N164" s="4">
+        <v>595267.62739000004</v>
+      </c>
+      <c r="O164" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="P164" s="3" t="s">
         <v>728</v>
-      </c>
-[...40 lines deleted...]
-        <v>729</v>
       </c>
       <c r="Q164" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="S164" s="3" t="s">
-        <v>702</v>
+        <v>170</v>
       </c>
       <c r="T164" s="4">
         <v>1</v>
       </c>
       <c r="W164" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>2.9388999999999998E-2</v>
+        <v>6.1899999999999998E-4</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="B165" s="3" t="s">
+      <c r="C165" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D165" s="4">
+        <v>1045585</v>
+      </c>
+      <c r="E165" s="5">
+        <v>0.50178800000000001</v>
+      </c>
+      <c r="F165" s="4">
+        <v>524662.45078614005</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H165" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J165" s="5">
+        <v>3.9</v>
+      </c>
+      <c r="K165" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L165" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M165" s="4">
+        <v>4077781.462729</v>
+      </c>
+      <c r="N165" s="4">
+        <v>524662.45078614005</v>
+      </c>
+      <c r="O165" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="P165" s="3" t="s">
         <v>732</v>
       </c>
-      <c r="C165" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P165" s="3" t="s">
+      <c r="Q165" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="R165" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="Q165" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S165" s="3" t="s">
-        <v>117</v>
+        <v>290</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>6.6500000000000001E-4</v>
+        <v>5.4600000000000004E-4</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="B166" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="B166" s="3" t="s">
+      <c r="C166" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D166" s="4">
+        <v>411726</v>
+      </c>
+      <c r="E166" s="5">
+        <v>2.6371579999999999</v>
+      </c>
+      <c r="F166" s="4">
+        <v>1085786.6926297001</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H166" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I166" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J166" s="5">
+        <v>26.68</v>
+      </c>
+      <c r="K166" s="5">
+        <v>10.116949917658145</v>
+      </c>
+      <c r="L166" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M166" s="4">
+        <v>10984849.590593999</v>
+      </c>
+      <c r="N166" s="4">
+        <v>1085786.6926297001</v>
+      </c>
+      <c r="O166" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="P166" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="C166" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P166" s="3" t="s">
+      <c r="Q166" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="R166" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="Q166" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S166" s="3" t="s">
-        <v>91</v>
+        <v>655</v>
       </c>
       <c r="T166" s="4">
         <v>1</v>
       </c>
       <c r="W166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>2.9399999999999999E-4</v>
+        <v>1.1299999999999999E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="B167" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="B167" s="3" t="s">
+      <c r="C167" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D167" s="4">
+        <v>197640</v>
+      </c>
+      <c r="E167" s="5">
+        <v>0.92380499999999999</v>
+      </c>
+      <c r="F167" s="4">
+        <v>182580.89086745001</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H167" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J167" s="5">
+        <v>7.18</v>
+      </c>
+      <c r="K167" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L167" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M167" s="4">
+        <v>1419055.1870289999</v>
+      </c>
+      <c r="N167" s="4">
+        <v>182580.89086745001</v>
+      </c>
+      <c r="O167" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="P167" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="C167" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P167" s="3" t="s">
+      <c r="Q167" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R167" s="3" t="s">
         <v>741</v>
       </c>
-      <c r="Q167" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S167" s="3" t="s">
-        <v>117</v>
+        <v>290</v>
       </c>
       <c r="T167" s="4">
         <v>1</v>
       </c>
       <c r="W167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>9.5600000000000004E-4</v>
+        <v>1.9000000000000001E-4</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="B168" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="B168" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D168" s="4">
-        <v>8594515</v>
+        <v>436418</v>
       </c>
       <c r="E168" s="5">
-        <v>1.0698000000000001</v>
+        <v>1.2105809999999999</v>
       </c>
       <c r="F168" s="4">
-        <v>9194411.7831923403</v>
+        <v>528319.50906101998</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H168" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I168" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J168" s="5">
-        <v>8.34</v>
+        <v>0.9214</v>
       </c>
       <c r="K168" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L168" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M168" s="4">
-        <v>71678252.987425998</v>
+        <v>402115.54519999999</v>
       </c>
       <c r="N168" s="4">
-        <v>9194411.7831923403</v>
+        <v>528319.50906101998</v>
       </c>
       <c r="O168" s="3" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="P168" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="Q168" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="R168" s="3" t="s">
         <v>745</v>
       </c>
-      <c r="Q168" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S168" s="3" t="s">
-        <v>287</v>
+        <v>101</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>9.5449999999999997E-3</v>
+        <v>5.5000000000000003E-4</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="B169" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="B169" s="3" t="s">
+      <c r="C169" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D169" s="4">
+        <v>391378</v>
+      </c>
+      <c r="E169" s="5">
+        <v>69.171205999999998</v>
+      </c>
+      <c r="F169" s="4">
+        <v>27072088.261867899</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J169" s="5">
+        <v>59.93</v>
+      </c>
+      <c r="K169" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L169" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="M169" s="4">
+        <v>23455283.539999001</v>
+      </c>
+      <c r="N169" s="4">
+        <v>27072088.261867899</v>
+      </c>
+      <c r="O169" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="P169" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="C169" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P169" s="3" t="s">
+      <c r="Q169" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R169" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="Q169" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S169" s="3" t="s">
-        <v>117</v>
+        <v>721</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>6.6799999999999997E-4</v>
+        <v>2.8185999999999999E-2</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="B170" s="3" t="s">
         <v>751</v>
       </c>
-      <c r="B170" s="3" t="s">
+      <c r="C170" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D170" s="4">
+        <v>49060</v>
+      </c>
+      <c r="E170" s="5">
+        <v>6.8188820000000003</v>
+      </c>
+      <c r="F170" s="4">
+        <v>334534.32639</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H170" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I170" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J170" s="5">
+        <v>5.19</v>
+      </c>
+      <c r="K170" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L170" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M170" s="4">
+        <v>254621.4</v>
+      </c>
+      <c r="N170" s="4">
+        <v>334534.32639</v>
+      </c>
+      <c r="O170" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="P170" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="C170" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P170" s="3" t="s">
+      <c r="Q170" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="R170" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="Q170" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S170" s="3" t="s">
-        <v>623</v>
+        <v>101</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>3.9360000000000003E-3</v>
+        <v>3.48E-4</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="B171" s="3" t="s">
         <v>755</v>
       </c>
-      <c r="B171" s="3" t="s">
+      <c r="C171" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D171" s="4">
+        <v>253051</v>
+      </c>
+      <c r="E171" s="5">
+        <v>3.5433940000000002</v>
+      </c>
+      <c r="F171" s="4">
+        <v>896659.39509400004</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H171" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="I171" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J171" s="5">
+        <v>3.07</v>
+      </c>
+      <c r="K171" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L171" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="M171" s="4">
+        <v>776866.57</v>
+      </c>
+      <c r="N171" s="4">
+        <v>896659.39509400004</v>
+      </c>
+      <c r="O171" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="P171" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="C171" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P171" s="3" t="s">
+      <c r="Q171" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="R171" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="Q171" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S171" s="3" t="s">
-        <v>702</v>
+        <v>127</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>1.0879E-2</v>
+        <v>9.3300000000000002E-4</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="B172" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="B172" s="3" t="s">
+      <c r="C172" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D172" s="4">
+        <v>8594515</v>
+      </c>
+      <c r="E172" s="5">
+        <v>0.95983099999999999</v>
+      </c>
+      <c r="F172" s="4">
+        <v>8249283.5876585804</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H172" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I172" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J172" s="5">
+        <v>7.46</v>
+      </c>
+      <c r="K172" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L172" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M172" s="4">
+        <v>64115081.313988</v>
+      </c>
+      <c r="N172" s="4">
+        <v>8249283.5876585804</v>
+      </c>
+      <c r="O172" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="P172" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="C172" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H172" s="3" t="s">
+      <c r="Q172" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="R172" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="I172" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="S172" s="3" t="s">
-        <v>766</v>
+        <v>290</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>2.3649999999999999E-3</v>
+        <v>8.5880000000000001E-3</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D173" s="4">
-        <v>101591</v>
+        <v>89405</v>
       </c>
       <c r="E173" s="5">
-        <v>18.833345000000001</v>
+        <v>7.0867880000000003</v>
       </c>
       <c r="F173" s="4">
-        <v>1913298.3518950001</v>
+        <v>633594.28113999998</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H173" s="3" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="I173" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J173" s="5">
-        <v>16.09</v>
+        <v>6.14</v>
       </c>
       <c r="K173" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="M173" s="4">
-        <v>1634599.19</v>
+        <v>548946.69999999995</v>
       </c>
       <c r="N173" s="4">
-        <v>1913298.3518950001</v>
+        <v>633594.28113999998</v>
       </c>
       <c r="O173" s="3" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>769</v>
+        <v>764</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>1.9859999999999999E-3</v>
+        <v>6.5899999999999997E-4</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D174" s="4">
-        <v>207842</v>
+        <v>330122</v>
       </c>
       <c r="E174" s="5">
-        <v>68.84881</v>
+        <v>8.9799790000000002</v>
       </c>
       <c r="F174" s="4">
-        <v>14309674.36802</v>
+        <v>2964488.6749465</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H174" s="3" t="s">
-        <v>698</v>
+        <v>79</v>
       </c>
       <c r="I174" s="3" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="J174" s="5">
-        <v>58.82</v>
+        <v>90.85</v>
       </c>
       <c r="K174" s="5">
-        <v>0.8543357539513029</v>
+        <v>10.116949917658145</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>699</v>
+        <v>81</v>
       </c>
       <c r="M174" s="4">
-        <v>12225266.439999999</v>
+        <v>29991583.455898002</v>
       </c>
       <c r="N174" s="4">
-        <v>14309674.36802</v>
+        <v>2964488.6749465</v>
       </c>
       <c r="O174" s="3" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>702</v>
+        <v>655</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>1.4855999999999999E-2</v>
+        <v>3.0860000000000002E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D175" s="4">
-        <v>882722</v>
+        <v>123217</v>
       </c>
       <c r="E175" s="5">
-        <v>0.81839399999999995</v>
+        <v>86.795839999999998</v>
       </c>
       <c r="F175" s="4">
-        <v>722414.73109898996</v>
+        <v>10694723.017279999</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H175" s="3" t="s">
-        <v>79</v>
+        <v>717</v>
       </c>
       <c r="I175" s="3" t="s">
-        <v>80</v>
+        <v>55</v>
       </c>
       <c r="J175" s="5">
-        <v>1.05</v>
+        <v>75.2</v>
       </c>
       <c r="K175" s="5">
-        <v>1.2829999947525301</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>81</v>
+        <v>718</v>
       </c>
       <c r="M175" s="4">
-        <v>926858.09620899998</v>
+        <v>9265918.4000000004</v>
       </c>
       <c r="N175" s="4">
-        <v>722414.73109898996</v>
+        <v>10694723.017279999</v>
       </c>
       <c r="O175" s="3" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>274</v>
+        <v>721</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>7.5000000000000002E-4</v>
+        <v>1.1134E-2</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="C176" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D176" s="4">
+        <v>73684</v>
+      </c>
+      <c r="E176" s="5">
+        <v>15.664999</v>
+      </c>
+      <c r="F176" s="4">
+        <v>1154259.76297077</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H176" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I176" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J176" s="5">
+        <v>148.69999999999999</v>
+      </c>
+      <c r="K176" s="5">
+        <v>9.4924996437939502</v>
+      </c>
+      <c r="L176" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D176" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="M176" s="4">
-        <v>3507594.4366199998</v>
+        <v>10956810.388845</v>
       </c>
       <c r="N176" s="4">
-        <v>449930.99405452999</v>
+        <v>1154259.76297077</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>287</v>
+        <v>778</v>
       </c>
       <c r="T176" s="4">
         <v>1</v>
       </c>
       <c r="W176" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>4.6700000000000002E-4</v>
+        <v>1.201E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D177" s="4">
-        <v>312900</v>
+        <v>143528</v>
       </c>
       <c r="E177" s="5">
-        <v>58.430110999999997</v>
+        <v>23.393098999999999</v>
       </c>
       <c r="F177" s="4">
-        <v>18282779.499403998</v>
+        <v>3357564.7491540001</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H177" s="3" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="I177" s="3" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="J177" s="5">
-        <v>8579</v>
+        <v>17.805</v>
       </c>
       <c r="K177" s="5">
-        <v>146.82498315183318</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="M177" s="4">
-        <v>2684368791.9686799</v>
+        <v>2555516.04</v>
       </c>
       <c r="N177" s="4">
-        <v>18282779.499403998</v>
+        <v>3357564.7491540001</v>
       </c>
       <c r="O177" s="3" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>128</v>
+        <v>187</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>243</v>
+        <v>101</v>
       </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>1.8981000000000001E-2</v>
+        <v>3.4949999999999998E-3</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D178" s="4">
-        <v>2335500</v>
+        <v>101591</v>
       </c>
       <c r="E178" s="5">
-        <v>6.5868380000000002</v>
+        <v>17.636175999999999</v>
       </c>
       <c r="F178" s="4">
-        <v>15383559.842736799</v>
+        <v>1791676.7560159999</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H178" s="3" t="s">
-        <v>59</v>
+        <v>140</v>
       </c>
       <c r="I178" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J178" s="5">
-        <v>51.35</v>
+        <v>15.28</v>
       </c>
       <c r="K178" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>61</v>
+        <v>141</v>
       </c>
       <c r="M178" s="4">
-        <v>119927921.46536399</v>
+        <v>1552310.48</v>
       </c>
       <c r="N178" s="4">
-        <v>15383559.842736799</v>
+        <v>1791676.7560159999</v>
       </c>
       <c r="O178" s="3" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="S178" s="3" t="s">
-        <v>287</v>
+        <v>144</v>
       </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>1.5970999999999999E-2</v>
+        <v>1.8649999999999999E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D179" s="4">
-        <v>3995</v>
+        <v>252239</v>
       </c>
       <c r="E179" s="5">
-        <v>89.481258999999994</v>
+        <v>68.536395999999996</v>
       </c>
       <c r="F179" s="4">
-        <v>357477.62968524999</v>
+        <v>17287551.990644</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H179" s="3" t="s">
-        <v>44</v>
+        <v>717</v>
       </c>
       <c r="I179" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J179" s="5">
-        <v>71.5</v>
+        <v>59.38</v>
       </c>
       <c r="K179" s="5">
-        <v>0.79904999986655867</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L179" s="3" t="s">
-        <v>46</v>
+        <v>718</v>
       </c>
       <c r="M179" s="4">
-        <v>285642.49995199998</v>
+        <v>14977951.82</v>
       </c>
       <c r="N179" s="4">
-        <v>357477.62968524999</v>
+        <v>17287551.990644</v>
       </c>
       <c r="O179" s="3" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="P179" s="3" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="R179" s="3" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="S179" s="3" t="s">
-        <v>510</v>
+        <v>721</v>
       </c>
       <c r="T179" s="4">
         <v>1</v>
       </c>
       <c r="W179" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X179" s="4">
         <v>0</v>
       </c>
       <c r="Y179" s="4">
         <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>3.7100000000000002E-4</v>
+        <v>1.7998E-2</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D180" s="4">
-        <v>241882</v>
+        <v>882722</v>
       </c>
       <c r="E180" s="5">
-        <v>13.724112999999999</v>
+        <v>0.81447599999999998</v>
       </c>
       <c r="F180" s="4">
-        <v>3319615.7797249998</v>
+        <v>718956.02597103</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H180" s="3" t="s">
-        <v>113</v>
+        <v>89</v>
       </c>
       <c r="I180" s="3" t="s">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="J180" s="5">
-        <v>11.725</v>
+        <v>1.06</v>
       </c>
       <c r="K180" s="5">
-        <v>0.8543357539513029</v>
+        <v>1.3014499948944118</v>
       </c>
       <c r="L180" s="3" t="s">
-        <v>114</v>
+        <v>91</v>
       </c>
       <c r="M180" s="4">
-        <v>2836066.45</v>
+        <v>935685.31632900005</v>
       </c>
       <c r="N180" s="4">
-        <v>3319615.7797249998</v>
+        <v>718956.02597103</v>
       </c>
       <c r="O180" s="3" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="P180" s="3" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R180" s="3" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="S180" s="3" t="s">
-        <v>117</v>
+        <v>277</v>
       </c>
       <c r="T180" s="4">
         <v>1</v>
       </c>
       <c r="W180" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X180" s="4">
         <v>0</v>
       </c>
       <c r="Y180" s="4">
         <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>3.4459999999999998E-3</v>
+        <v>7.4799999999999997E-4</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D181" s="4">
-        <v>12270</v>
+        <v>122901</v>
       </c>
       <c r="E181" s="5">
-        <v>107.25236200000001</v>
+        <v>4.7013720000000001</v>
       </c>
       <c r="F181" s="4">
-        <v>1315986.4839496899</v>
+        <v>577803.26548467996</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="J181" s="5">
-        <v>85.7</v>
+        <v>36.54</v>
       </c>
       <c r="K181" s="5">
-        <v>0.79904999986655867</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L181" s="3" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="M181" s="4">
-        <v>1051538.9998240001</v>
+        <v>4490802.498954</v>
       </c>
       <c r="N181" s="4">
-        <v>1315986.4839496899</v>
+        <v>577803.26548467996</v>
       </c>
       <c r="O181" s="3" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P181" s="3" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>192</v>
+        <v>115</v>
       </c>
       <c r="R181" s="3" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="S181" s="3" t="s">
-        <v>510</v>
+        <v>290</v>
       </c>
       <c r="T181" s="4">
         <v>1</v>
       </c>
       <c r="W181" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X181" s="4">
         <v>0</v>
       </c>
       <c r="Y181" s="4">
         <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>1.366E-3</v>
+        <v>6.0099999999999997E-4</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D182" s="4">
-        <v>76496</v>
+        <v>59886</v>
       </c>
       <c r="E182" s="5">
-        <v>26.406479999999998</v>
+        <v>31.959797999999999</v>
       </c>
       <c r="F182" s="4">
-        <v>2019990.09408</v>
+        <v>1913944.463028</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H182" s="3" t="s">
-        <v>698</v>
+        <v>140</v>
       </c>
       <c r="I182" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J182" s="5">
-        <v>22.56</v>
+        <v>27.69</v>
       </c>
       <c r="K182" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L182" s="3" t="s">
-        <v>699</v>
+        <v>141</v>
       </c>
       <c r="M182" s="4">
-        <v>1725749.76</v>
+        <v>1658243.34</v>
       </c>
       <c r="N182" s="4">
-        <v>2019990.09408</v>
+        <v>1913944.463028</v>
       </c>
       <c r="O182" s="3" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="P182" s="3" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="R182" s="3" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="S182" s="3" t="s">
-        <v>702</v>
+        <v>144</v>
       </c>
       <c r="T182" s="4">
         <v>1</v>
       </c>
       <c r="W182" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>2.0969999999999999E-3</v>
+        <v>1.9919999999999998E-3</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D183" s="4">
-        <v>7967</v>
+        <v>217400</v>
       </c>
       <c r="E183" s="5">
-        <v>73.917074999999997</v>
+        <v>50.034092999999999</v>
       </c>
       <c r="F183" s="4">
-        <v>588897.33652500005</v>
+        <v>10877408.7176657</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H183" s="3" t="s">
-        <v>133</v>
+        <v>74</v>
       </c>
       <c r="I183" s="3" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="J183" s="5">
-        <v>63.15</v>
+        <v>7708</v>
       </c>
       <c r="K183" s="5">
-        <v>0.8543357539513029</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L183" s="3" t="s">
-        <v>134</v>
+        <v>76</v>
       </c>
       <c r="M183" s="4">
-        <v>503116.05</v>
+        <v>1675718738.42327</v>
       </c>
       <c r="N183" s="4">
-        <v>588897.33652500005</v>
+        <v>10877408.7176657</v>
       </c>
       <c r="O183" s="3" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>137</v>
+        <v>238</v>
       </c>
       <c r="T183" s="4">
         <v>1</v>
       </c>
       <c r="W183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X183" s="4">
         <v>0</v>
       </c>
       <c r="Y183" s="4">
         <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>6.11E-4</v>
+        <v>1.1325E-2</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D184" s="4">
-        <v>35331</v>
+        <v>2335500</v>
       </c>
       <c r="E184" s="5">
-        <v>9.6641440000000003</v>
+        <v>6.6261809999999999</v>
       </c>
       <c r="F184" s="4">
-        <v>341443.85888956999</v>
+        <v>15475444.533079401</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H184" s="3" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="I184" s="3" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="J184" s="5">
-        <v>97.1</v>
+        <v>51.5</v>
       </c>
       <c r="K184" s="5">
-        <v>10.04745008778457</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L184" s="3" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="M184" s="4">
-        <v>3430640.1299729999</v>
+        <v>120278248.900656</v>
       </c>
       <c r="N184" s="4">
-        <v>341443.85888956999</v>
+        <v>15475444.533079401</v>
       </c>
       <c r="O184" s="3" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="S184" s="3" t="s">
-        <v>623</v>
+        <v>290</v>
       </c>
       <c r="T184" s="4">
         <v>1</v>
       </c>
       <c r="W184" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X184" s="4">
         <v>0</v>
       </c>
       <c r="Y184" s="4">
         <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>3.5399999999999999E-4</v>
+        <v>1.6112000000000001E-2</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D185" s="4">
-        <v>2953</v>
+        <v>3995</v>
       </c>
       <c r="E185" s="5">
-        <v>121.732</v>
+        <v>88.072250999999994</v>
       </c>
       <c r="F185" s="4">
-        <v>359474.59600000002</v>
+        <v>351848.64528184</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="H185" s="3" t="s">
-        <v>159</v>
+        <v>44</v>
       </c>
       <c r="I185" s="3" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J185" s="5">
-        <v>104</v>
+        <v>70.7</v>
       </c>
       <c r="K185" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>160</v>
+        <v>46</v>
       </c>
       <c r="M185" s="4">
-        <v>307112</v>
+        <v>282446.50111200003</v>
       </c>
       <c r="N185" s="4">
-        <v>359474.59600000002</v>
+        <v>351848.64528184</v>
       </c>
       <c r="O185" s="3" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="Q185" s="3" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>163</v>
+        <v>542</v>
       </c>
       <c r="T185" s="4">
         <v>1</v>
       </c>
       <c r="W185" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X185" s="4">
         <v>0</v>
       </c>
       <c r="Y185" s="4">
         <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>3.7300000000000001E-4</v>
+        <v>3.6600000000000001E-4</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D186" s="4">
-        <v>404097</v>
+        <v>363816</v>
       </c>
       <c r="E186" s="5">
-        <v>56.89</v>
+        <v>14.548691</v>
       </c>
       <c r="F186" s="4">
-        <v>22989078.329999998</v>
+        <v>5293046.5648560002</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>821</v>
+        <v>97</v>
       </c>
       <c r="H186" s="3" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="I186" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J186" s="5">
-        <v>56.89</v>
+        <v>12.605</v>
       </c>
       <c r="K186" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>56</v>
+        <v>124</v>
       </c>
       <c r="M186" s="4">
-        <v>22989078.329999998</v>
+        <v>4585900.68</v>
       </c>
       <c r="N186" s="4">
-        <v>22989078.329999998</v>
+        <v>5293046.5648560002</v>
       </c>
       <c r="O186" s="3" t="s">
-        <v>822</v>
+        <v>815</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>823</v>
+        <v>817</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>824</v>
+        <v>818</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>825</v>
+        <v>127</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>819</v>
+        <v>34</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>2.3866999999999999E-2</v>
+        <v>5.5100000000000001E-3</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>826</v>
+        <v>819</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>827</v>
+        <v>820</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D187" s="4">
-        <v>193196</v>
+        <v>43580</v>
       </c>
       <c r="E187" s="5">
-        <v>39.67</v>
+        <v>73.903425999999996</v>
       </c>
       <c r="F187" s="4">
-        <v>7664085.3200000003</v>
+        <v>3220711.3050799998</v>
       </c>
       <c r="G187" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H187" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="I187" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J187" s="5">
+        <v>64.03</v>
+      </c>
+      <c r="K187" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L187" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="M187" s="4">
+        <v>2790427.4</v>
+      </c>
+      <c r="N187" s="4">
+        <v>3220711.3050799998</v>
+      </c>
+      <c r="O187" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="P187" s="3" t="s">
         <v>821</v>
       </c>
-      <c r="H187" s="3" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="Q187" s="3" t="s">
-        <v>192</v>
+        <v>105</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>830</v>
+        <v>822</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>825</v>
+        <v>127</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>826</v>
+        <v>34</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>7.9559999999999995E-3</v>
+        <v>3.3530000000000001E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>831</v>
+        <v>823</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>832</v>
+        <v>824</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D188" s="4">
-        <v>58505</v>
+        <v>79660</v>
       </c>
       <c r="E188" s="5">
-        <v>64.47</v>
+        <v>38.273271999999999</v>
       </c>
       <c r="F188" s="4">
-        <v>3771817.35</v>
+        <v>3048848.8475199998</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>821</v>
+        <v>97</v>
       </c>
       <c r="H188" s="3" t="s">
-        <v>54</v>
+        <v>140</v>
       </c>
       <c r="I188" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J188" s="5">
-        <v>64.47</v>
+        <v>33.159999999999997</v>
       </c>
       <c r="K188" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>56</v>
+        <v>141</v>
       </c>
       <c r="M188" s="4">
-        <v>3771817.35</v>
+        <v>2641525.6</v>
       </c>
       <c r="N188" s="4">
-        <v>3771817.35</v>
+        <v>3048848.8475199998</v>
       </c>
       <c r="O188" s="3" t="s">
-        <v>833</v>
+        <v>823</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>95</v>
+        <v>178</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>825</v>
+        <v>721</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>831</v>
+        <v>34</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>3.9150000000000001E-3</v>
+        <v>3.1740000000000002E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>836</v>
+        <v>827</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D189" s="4">
-        <v>57953</v>
+        <v>76496</v>
       </c>
       <c r="E189" s="5">
-        <v>62.89</v>
+        <v>23.984276000000001</v>
       </c>
       <c r="F189" s="4">
-        <v>3644664.17</v>
+        <v>1834701.176896</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>821</v>
+        <v>97</v>
       </c>
       <c r="H189" s="3" t="s">
-        <v>44</v>
+        <v>717</v>
       </c>
       <c r="I189" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J189" s="5">
-        <v>62.89</v>
+        <v>20.78</v>
       </c>
       <c r="K189" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L189" s="3" t="s">
-        <v>46</v>
+        <v>718</v>
       </c>
       <c r="M189" s="4">
-        <v>3644664.17</v>
+        <v>1589586.88</v>
       </c>
       <c r="N189" s="4">
-        <v>3644664.17</v>
+        <v>1834701.176896</v>
       </c>
       <c r="O189" s="3" t="s">
-        <v>838</v>
+        <v>827</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>839</v>
+        <v>829</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>192</v>
+        <v>135</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>840</v>
+        <v>830</v>
       </c>
       <c r="S189" s="3" t="s">
-        <v>841</v>
+        <v>721</v>
       </c>
       <c r="T189" s="4">
         <v>1</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>836</v>
+        <v>34</v>
       </c>
       <c r="X189" s="4">
         <v>0</v>
       </c>
       <c r="Y189" s="4">
         <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>3.7829999999999999E-3</v>
+        <v>1.91E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>842</v>
+        <v>831</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>843</v>
+        <v>832</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D190" s="4">
-        <v>1970791</v>
+        <v>340000</v>
       </c>
       <c r="E190" s="5">
-        <v>11.96</v>
+        <v>4.9458330000000004</v>
       </c>
       <c r="F190" s="4">
-        <v>23570660.359999999</v>
+        <v>1681583.0781503301</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>821</v>
+        <v>97</v>
       </c>
       <c r="H190" s="3" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="I190" s="3" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="J190" s="5">
-        <v>11.96</v>
+        <v>38.44</v>
       </c>
       <c r="K190" s="5">
-        <v>1</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L190" s="3" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="M190" s="4">
-        <v>23570660.359999999</v>
+        <v>13069599.880542999</v>
       </c>
       <c r="N190" s="4">
-        <v>23570660.359999999</v>
+        <v>1681583.0781503301</v>
       </c>
       <c r="O190" s="3" t="s">
-        <v>844</v>
+        <v>831</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>725</v>
+        <v>833</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>100</v>
+        <v>479</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>845</v>
+        <v>834</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>846</v>
+        <v>290</v>
       </c>
       <c r="T190" s="4">
         <v>1</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>842</v>
+        <v>34</v>
       </c>
       <c r="X190" s="4">
         <v>0</v>
       </c>
       <c r="Y190" s="4">
         <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>2.4471E-2</v>
+        <v>1.75E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>847</v>
+        <v>835</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>848</v>
+        <v>836</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D191" s="4">
-        <v>37739</v>
+        <v>47</v>
       </c>
       <c r="E191" s="5">
-        <v>28.852824999999999</v>
+        <v>74.215059999999994</v>
       </c>
       <c r="F191" s="4">
-        <v>1088876.7626749999</v>
+        <v>3488.1078200000002</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>821</v>
+        <v>97</v>
       </c>
       <c r="H191" s="3" t="s">
-        <v>698</v>
+        <v>140</v>
       </c>
       <c r="I191" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J191" s="5">
-        <v>24.65</v>
+        <v>64.3</v>
       </c>
       <c r="K191" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>699</v>
+        <v>141</v>
       </c>
       <c r="M191" s="4">
-        <v>930266.35</v>
+        <v>3022.1</v>
       </c>
       <c r="N191" s="4">
-        <v>1088876.7626749999</v>
+        <v>3488.1078200000002</v>
       </c>
       <c r="O191" s="3" t="s">
-        <v>847</v>
+        <v>835</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>849</v>
+        <v>837</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>850</v>
+        <v>838</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>702</v>
+        <v>144</v>
       </c>
       <c r="T191" s="4">
         <v>1</v>
       </c>
       <c r="W191" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>1.1299999999999999E-3</v>
+        <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>852</v>
+        <v>840</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D192" s="4">
-        <v>3755</v>
+        <v>35331</v>
       </c>
       <c r="E192" s="5">
-        <v>77.487099999999998</v>
+        <v>8.6290829999999996</v>
       </c>
       <c r="F192" s="4">
-        <v>290964.06050000002</v>
+        <v>304874.12708375999</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>853</v>
+        <v>97</v>
       </c>
       <c r="H192" s="3" t="s">
-        <v>159</v>
+        <v>79</v>
       </c>
       <c r="I192" s="3" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="J192" s="5">
-        <v>66.2</v>
+        <v>87.3</v>
       </c>
       <c r="K192" s="5">
-        <v>0.8543357539513029</v>
+        <v>10.116949917658145</v>
       </c>
       <c r="L192" s="3" t="s">
-        <v>160</v>
+        <v>81</v>
       </c>
       <c r="M192" s="4">
-        <v>248581</v>
+        <v>3084396.274896</v>
       </c>
       <c r="N192" s="4">
-        <v>290964.06050000002</v>
+        <v>304874.12708375999</v>
       </c>
       <c r="O192" s="3" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>854</v>
+        <v>841</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>192</v>
+        <v>115</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>855</v>
+        <v>842</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>163</v>
+        <v>655</v>
       </c>
       <c r="T192" s="4">
         <v>1</v>
       </c>
       <c r="W192" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>3.0200000000000002E-4</v>
+        <v>3.1700000000000001E-4</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>856</v>
+        <v>843</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>857</v>
+        <v>844</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D193" s="4">
-        <v>141986</v>
+        <v>2953</v>
       </c>
       <c r="E193" s="5">
-        <v>26.99</v>
+        <v>100.06914</v>
       </c>
       <c r="F193" s="4">
-        <v>3832202.14</v>
+        <v>295504.17041999998</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>858</v>
+        <v>97</v>
       </c>
       <c r="H193" s="3" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="I193" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J193" s="5">
-        <v>26.99</v>
+        <v>86.7</v>
       </c>
       <c r="K193" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L193" s="3" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="M193" s="4">
-        <v>3832202.14</v>
+        <v>256025.1</v>
       </c>
       <c r="N193" s="4">
-        <v>3832202.14</v>
+        <v>295504.17041999998</v>
       </c>
       <c r="O193" s="3" t="s">
-        <v>859</v>
+        <v>843</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>860</v>
+        <v>845</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>143</v>
+        <v>115</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>861</v>
+        <v>846</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>825</v>
+        <v>170</v>
       </c>
       <c r="T193" s="4">
         <v>1</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>856</v>
+        <v>34</v>
       </c>
       <c r="X193" s="4">
         <v>0</v>
       </c>
       <c r="Y193" s="4">
         <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>3.9779999999999998E-3</v>
+        <v>3.0699999999999998E-4</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>862</v>
+        <v>847</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>864</v>
+        <v>96</v>
       </c>
       <c r="D194" s="4">
-        <v>1300000</v>
+        <v>267031</v>
       </c>
       <c r="E194" s="5">
-        <v>99.987825999999998</v>
+        <v>51.19</v>
       </c>
       <c r="F194" s="4">
-        <v>1304565.83267938</v>
+        <v>13669316.890000001</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>865</v>
+        <v>849</v>
       </c>
       <c r="H194" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I194" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J194" s="5">
-        <v>99.987825999999998</v>
+        <v>51.19</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M194" s="4">
-        <v>1304565.832679</v>
+        <v>13669316.890000001</v>
       </c>
       <c r="N194" s="4">
-        <v>1304565.83267938</v>
+        <v>13669316.890000001</v>
       </c>
       <c r="O194" s="3" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>867</v>
+        <v>851</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>868</v>
+        <v>853</v>
       </c>
       <c r="T194" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.2467868280000003</v>
+        <v>1</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>869</v>
+        <v>847</v>
       </c>
       <c r="X194" s="4">
-        <v>4724.0946793800003</v>
+        <v>0</v>
       </c>
       <c r="Y194" s="4">
-        <v>4724.0946789999998</v>
+        <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>1.354E-3</v>
+        <v>1.4231000000000001E-2</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>870</v>
+        <v>854</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>871</v>
+        <v>855</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>872</v>
+        <v>96</v>
       </c>
       <c r="D195" s="4">
-        <v>-2392772.86</v>
+        <v>117013</v>
       </c>
       <c r="E195" s="5">
-        <v>1</v>
+        <v>46.86</v>
       </c>
       <c r="F195" s="4">
-        <v>-2392772.86</v>
+        <v>5483229.1799999997</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>873</v>
+        <v>849</v>
       </c>
       <c r="H195" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I195" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J195" s="5">
-        <v>1</v>
+        <v>46.86</v>
       </c>
       <c r="K195" s="5">
         <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M195" s="4">
-        <v>-2392772.86</v>
+        <v>5483229.1799999997</v>
       </c>
       <c r="N195" s="4">
-        <v>-2392772.86</v>
+        <v>5483229.1799999997</v>
       </c>
       <c r="O195" s="3" t="s">
-        <v>34</v>
+        <v>856</v>
       </c>
       <c r="P195" s="3" t="s">
-        <v>870</v>
+        <v>781</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="R195" s="3" t="s">
-        <v>34</v>
+        <v>857</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>35</v>
+        <v>853</v>
       </c>
       <c r="T195" s="4">
         <v>1</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>34</v>
+        <v>854</v>
       </c>
       <c r="X195" s="4">
         <v>0</v>
       </c>
       <c r="Y195" s="4">
         <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>-2.4840000000000001E-3</v>
+        <v>5.7080000000000004E-3</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>874</v>
+        <v>858</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>875</v>
+        <v>859</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>872</v>
+        <v>96</v>
       </c>
       <c r="D196" s="4">
-        <v>-708670</v>
+        <v>80486</v>
       </c>
       <c r="E196" s="5">
-        <v>1</v>
+        <v>71.739999999999995</v>
       </c>
       <c r="F196" s="4">
-        <v>-708670.00000004005</v>
+        <v>5774065.6399999997</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>873</v>
+        <v>849</v>
       </c>
       <c r="H196" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I196" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J196" s="5">
-        <v>1</v>
+        <v>71.739999999999995</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M196" s="4">
-        <v>-708670</v>
+        <v>5774065.6399999997</v>
       </c>
       <c r="N196" s="4">
-        <v>-708670.00000004005</v>
+        <v>5774065.6399999997</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>34</v>
+        <v>860</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>34</v>
+        <v>280</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>34</v>
+        <v>178</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>34</v>
+        <v>861</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>35</v>
+        <v>853</v>
       </c>
       <c r="T196" s="4">
         <v>1</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>34</v>
+        <v>858</v>
       </c>
       <c r="X196" s="4">
         <v>0</v>
       </c>
       <c r="Y196" s="4">
         <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>-7.3499999999999998E-4</v>
+        <v>6.0109999999999999E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>876</v>
+        <v>862</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>877</v>
+        <v>863</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>878</v>
+        <v>96</v>
       </c>
       <c r="D197" s="4">
-        <v>10622466.016000001</v>
+        <v>57953</v>
       </c>
       <c r="E197" s="5">
-        <v>5.01</v>
+        <v>66.53</v>
       </c>
       <c r="F197" s="4">
-        <v>53218554.740160003</v>
+        <v>3855613.09</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>879</v>
+        <v>849</v>
       </c>
       <c r="H197" s="3" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I197" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J197" s="5">
-        <v>5.01</v>
+        <v>66.53</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M197" s="4">
-        <v>53218554.740160003</v>
+        <v>3855613.09</v>
       </c>
       <c r="N197" s="4">
-        <v>53218554.740160003</v>
+        <v>3855613.09</v>
       </c>
       <c r="O197" s="3" t="s">
-        <v>880</v>
+        <v>864</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>881</v>
+        <v>865</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>882</v>
+        <v>866</v>
       </c>
       <c r="S197" s="3" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="T197" s="4">
         <v>1</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>876</v>
+        <v>862</v>
       </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>5.5251000000000001E-2</v>
+        <v>4.0140000000000002E-3</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>883</v>
+        <v>868</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>884</v>
+        <v>869</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>878</v>
+        <v>96</v>
       </c>
       <c r="D198" s="4">
-        <v>708361.98</v>
+        <v>1728343</v>
       </c>
       <c r="E198" s="5">
-        <v>1</v>
+        <v>12.05</v>
       </c>
       <c r="F198" s="4">
-        <v>708361.97999998997</v>
+        <v>20826533.149999999</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>879</v>
+        <v>849</v>
       </c>
       <c r="H198" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I198" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J198" s="5">
-        <v>1</v>
+        <v>12.05</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M198" s="4">
-        <v>708361.97999899997</v>
+        <v>20826533.149999999</v>
       </c>
       <c r="N198" s="4">
-        <v>708361.97999998997</v>
+        <v>20826533.149999999</v>
       </c>
       <c r="O198" s="3" t="s">
-        <v>34</v>
+        <v>870</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>885</v>
+        <v>744</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>34</v>
+        <v>871</v>
       </c>
       <c r="S198" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="T198" s="4">
+        <v>1</v>
+      </c>
+      <c r="W198" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="T198" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="X198" s="4">
         <v>0</v>
       </c>
       <c r="Y198" s="4">
         <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>7.3499999999999998E-4</v>
+        <v>2.1683000000000001E-2</v>
+      </c>
+    </row>
+    <row r="199" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A199" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="C199" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D199" s="4">
+        <v>20344</v>
+      </c>
+      <c r="E199" s="5">
+        <v>29.905322000000002</v>
+      </c>
+      <c r="F199" s="4">
+        <v>608393.87076800002</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="H199" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="I199" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J199" s="5">
+        <v>25.91</v>
+      </c>
+      <c r="K199" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L199" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="M199" s="4">
+        <v>527113.04</v>
+      </c>
+      <c r="N199" s="4">
+        <v>608393.87076800002</v>
+      </c>
+      <c r="O199" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="P199" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="Q199" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R199" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="S199" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="T199" s="4">
+        <v>1</v>
+      </c>
+      <c r="W199" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X199" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y199" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z199" s="6">
+        <v>6.3299999999999999E-4</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>886</v>
+        <v>877</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="C200" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D200" s="4">
+        <v>3755</v>
+      </c>
+      <c r="E200" s="5">
+        <v>84.256600000000006</v>
+      </c>
+      <c r="F200" s="4">
+        <v>316383.533</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="H200" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I200" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J200" s="5">
+        <v>73</v>
+      </c>
+      <c r="K200" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L200" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="M200" s="4">
+        <v>274115</v>
+      </c>
+      <c r="N200" s="4">
+        <v>316383.533</v>
+      </c>
+      <c r="O200" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="P200" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="Q200" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="R200" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="S200" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="T200" s="4">
+        <v>1</v>
+      </c>
+      <c r="W200" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X200" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y200" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z200" s="6">
+        <v>3.2899999999999997E-4</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>887</v>
+        <v>882</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D201" s="4">
+        <v>26690</v>
+      </c>
+      <c r="E201" s="5">
+        <v>104.131924</v>
+      </c>
+      <c r="F201" s="4">
+        <v>2779281.0515600001</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="H201" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I201" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J201" s="5">
+        <v>90.22</v>
+      </c>
+      <c r="K201" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L201" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="M201" s="4">
+        <v>2407971.7999999998</v>
+      </c>
+      <c r="N201" s="4">
+        <v>2779281.0515600001</v>
+      </c>
+      <c r="O201" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="P201" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="Q201" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="R201" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="S201" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="T201" s="4">
+        <v>1</v>
+      </c>
+      <c r="W201" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X201" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y201" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z201" s="6">
+        <v>2.8930000000000002E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="C202" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D202" s="4">
+        <v>102096</v>
+      </c>
+      <c r="E202" s="5">
+        <v>24.47</v>
+      </c>
+      <c r="F202" s="4">
+        <v>2498289.12</v>
+      </c>
+      <c r="G202" s="3" t="s">
         <v>888</v>
+      </c>
+      <c r="H202" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I202" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J202" s="5">
+        <v>24.47</v>
+      </c>
+      <c r="K202" s="5">
+        <v>1</v>
+      </c>
+      <c r="L202" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="M202" s="4">
+        <v>2498289.12</v>
+      </c>
+      <c r="N202" s="4">
+        <v>2498289.12</v>
+      </c>
+      <c r="O202" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="P202" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="Q202" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R202" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="S202" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="T202" s="4">
+        <v>1</v>
+      </c>
+      <c r="W202" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="X202" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y202" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z202" s="6">
+        <v>2.601E-3</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>889</v>
+        <v>892</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="C203" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D203" s="4">
+        <v>7598</v>
+      </c>
+      <c r="E203" s="5">
+        <v>1059.23</v>
+      </c>
+      <c r="F203" s="4">
+        <v>8048029.54</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="H203" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="I203" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J203" s="5">
+        <v>1059.23</v>
+      </c>
+      <c r="K203" s="5">
+        <v>1</v>
+      </c>
+      <c r="L203" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="M203" s="4">
+        <v>8048029.54</v>
+      </c>
+      <c r="N203" s="4">
+        <v>8048029.54</v>
+      </c>
+      <c r="O203" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="P203" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="Q203" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R203" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="S203" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="T203" s="4">
+        <v>1</v>
+      </c>
+      <c r="W203" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X203" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y203" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z203" s="6">
+        <v>8.3789999999999993E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>890</v>
+        <v>896</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="C204" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="D204" s="4">
+        <v>-2402794.86</v>
+      </c>
+      <c r="E204" s="5">
+        <v>1</v>
+      </c>
+      <c r="F204" s="4">
+        <v>-2402794.86</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="H204" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I204" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J204" s="5">
+        <v>1</v>
+      </c>
+      <c r="K204" s="5">
+        <v>1</v>
+      </c>
+      <c r="L204" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M204" s="4">
+        <v>-2402794.86</v>
+      </c>
+      <c r="N204" s="4">
+        <v>-2402794.86</v>
+      </c>
+      <c r="O204" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P204" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="Q204" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R204" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S204" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T204" s="4">
+        <v>1</v>
+      </c>
+      <c r="W204" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X204" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y204" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z204" s="6">
+        <v>-2.5010000000000002E-3</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>891</v>
+        <v>900</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="D205" s="4">
+        <v>-763779.5</v>
+      </c>
+      <c r="E205" s="5">
+        <v>1</v>
+      </c>
+      <c r="F205" s="4">
+        <v>-763779.50000004005</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="H205" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I205" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J205" s="5">
+        <v>1</v>
+      </c>
+      <c r="K205" s="5">
+        <v>1</v>
+      </c>
+      <c r="L205" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M205" s="4">
+        <v>-763779.5</v>
+      </c>
+      <c r="N205" s="4">
+        <v>-763779.50000004005</v>
+      </c>
+      <c r="O205" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P205" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q205" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R205" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S205" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T205" s="4">
+        <v>1</v>
+      </c>
+      <c r="W205" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X205" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y205" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z205" s="6">
+        <v>-7.9500000000000003E-4</v>
+      </c>
+    </row>
+    <row r="206" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A206" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="C206" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="D206" s="4">
+        <v>13057595.755000001</v>
+      </c>
+      <c r="E206" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F206" s="4">
+        <v>65418554.732550003</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="H206" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I206" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J206" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K206" s="5">
+        <v>1</v>
+      </c>
+      <c r="L206" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M206" s="4">
+        <v>65418554.732550003</v>
+      </c>
+      <c r="N206" s="4">
+        <v>65418554.732550003</v>
+      </c>
+      <c r="O206" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="P206" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="Q206" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R206" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="S206" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="T206" s="4">
+        <v>1</v>
+      </c>
+      <c r="W206" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="X206" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y206" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z206" s="6">
+        <v>6.8110000000000004E-2</v>
+      </c>
+    </row>
+    <row r="207" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A207" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="C207" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="D207" s="4">
+        <v>252346.35</v>
+      </c>
+      <c r="E207" s="5">
+        <v>1</v>
+      </c>
+      <c r="F207" s="4">
+        <v>252346.34999998999</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="H207" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I207" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J207" s="5">
+        <v>1</v>
+      </c>
+      <c r="K207" s="5">
+        <v>1</v>
+      </c>
+      <c r="L207" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M207" s="4">
+        <v>252346.349999</v>
+      </c>
+      <c r="N207" s="4">
+        <v>252346.34999998999</v>
+      </c>
+      <c r="O207" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P207" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="Q207" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R207" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S207" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="T207" s="4">
+        <v>1</v>
+      </c>
+      <c r="W207" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X207" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y207" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z207" s="6">
+        <v>2.6200000000000003E-4</v>
+      </c>
+    </row>
+    <row r="209" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A209" s="3" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="210" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A210" s="3" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="211" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A211" s="3" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="212" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A212" s="3" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="213" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A213" s="3" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="214" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A214" s="3" t="s">
+        <v>918</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>August</vt:lpstr>
+      <vt:lpstr>October</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO, LLC</Company>
+  <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Odayne Smith</dc:creator>
+  <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>