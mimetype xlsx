--- v2 (2025-12-28)
+++ v3 (2026-01-19)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{01610C6A-644C-404A-A1DB-0B8775CD9C81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E0F10BFA-FF22-4E47-A1C3-BD4D0D04A680}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{26E182DD-1287-4795-B3D2-64CBCD47F4E8}"/>
+    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{1022C6DB-EECF-4169-9762-618A9843C97C}"/>
   </bookViews>
   <sheets>
-    <sheet name="October" sheetId="1" r:id="rId1"/>
+    <sheet name="November" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2685" uniqueCount="919">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2711" uniqueCount="930">
   <si>
     <t>GMO International Equity Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -238,1808 +238,1856 @@
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>HKDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (HKD)</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
-    <t>ILSTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (ILS)</t>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>SEKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SEK)</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>SGDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SGD)</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>0454492</t>
+  </si>
+  <si>
+    <t>Imperial Brands Plc</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>IMB</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>GB0004544929</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>0540528</t>
+  </si>
+  <si>
+    <t>Hsbc Holdings Plc</t>
+  </si>
+  <si>
+    <t>HSBA</t>
+  </si>
+  <si>
+    <t>Financials</t>
+  </si>
+  <si>
+    <t>GB0005405286</t>
+  </si>
+  <si>
+    <t>3091357</t>
+  </si>
+  <si>
+    <t>Bt Group Plc</t>
+  </si>
+  <si>
+    <t>BT/A</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>GB0030913577</t>
+  </si>
+  <si>
+    <t>3208986</t>
+  </si>
+  <si>
+    <t>Next Plc</t>
+  </si>
+  <si>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>GB0032089863</t>
+  </si>
+  <si>
+    <t>3319521</t>
+  </si>
+  <si>
+    <t>Kingfisher Plc</t>
+  </si>
+  <si>
+    <t>KGF</t>
+  </si>
+  <si>
+    <t>GB0033195214</t>
+  </si>
+  <si>
+    <t>4076836</t>
+  </si>
+  <si>
+    <t>Intesa Sanpaolo</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>ISP</t>
+  </si>
+  <si>
+    <t>IT0000072618</t>
+  </si>
+  <si>
+    <t>MTAA</t>
+  </si>
+  <si>
+    <t>4253048</t>
+  </si>
+  <si>
+    <t>Ap Moller-Maersk A/S-B</t>
+  </si>
+  <si>
+    <t>MAERSKB</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>DK0010244508</t>
+  </si>
+  <si>
+    <t>XCSE</t>
+  </si>
+  <si>
+    <t>4457088</t>
+  </si>
+  <si>
+    <t>Derichebourg</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>DBG</t>
+  </si>
+  <si>
+    <t>FR0000053381</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>4476210</t>
+  </si>
+  <si>
+    <t>Indra Sistemas Sa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>IDR</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>ES0118594417</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>4497749</t>
+  </si>
+  <si>
+    <t>Kbc Group Nv</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>KBC</t>
+  </si>
+  <si>
+    <t>BE0003565737</t>
+  </si>
+  <si>
+    <t>XBRU</t>
+  </si>
+  <si>
+    <t>4834108</t>
+  </si>
+  <si>
+    <t>Schneider Electric Se</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>FR0000121972</t>
+  </si>
+  <si>
+    <t>4943510</t>
+  </si>
+  <si>
+    <t>Indus Holding Ag</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>INH</t>
+  </si>
+  <si>
+    <t>DE0006200108</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>5298781</t>
+  </si>
+  <si>
+    <t>Societe Bic Sa</t>
+  </si>
+  <si>
+    <t>BB</t>
+  </si>
+  <si>
+    <t>FR0000120966</t>
+  </si>
+  <si>
+    <t>5465358</t>
+  </si>
+  <si>
+    <t>Salzgitter Ag</t>
+  </si>
+  <si>
+    <t>SZG</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>DE0006202005</t>
+  </si>
+  <si>
+    <t>5501906</t>
+  </si>
+  <si>
+    <t>Banco Bilbao Vizcaya Argenta</t>
+  </si>
+  <si>
+    <t>BBVA</t>
+  </si>
+  <si>
+    <t>ES0113211835</t>
+  </si>
+  <si>
+    <t>5671735</t>
+  </si>
+  <si>
+    <t>Sanofi</t>
+  </si>
+  <si>
+    <t>SAN</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>FR0000120578</t>
+  </si>
+  <si>
+    <t>5705946</t>
+  </si>
+  <si>
+    <t>Banco Santander Sa</t>
+  </si>
+  <si>
+    <t>ES0113900J37</t>
+  </si>
+  <si>
+    <t>5727973</t>
+  </si>
+  <si>
+    <t>Siemens Ag-Reg</t>
+  </si>
+  <si>
+    <t>SIE</t>
+  </si>
+  <si>
+    <t>DE0007236101</t>
+  </si>
+  <si>
+    <t>5750355</t>
+  </si>
+  <si>
+    <t>Deutsche Bank Ag-Registered</t>
+  </si>
+  <si>
+    <t>DBK</t>
+  </si>
+  <si>
+    <t>DE0005140008</t>
+  </si>
+  <si>
+    <t>5756029</t>
+  </si>
+  <si>
+    <t>Bayerische Motoren Werke Ag</t>
+  </si>
+  <si>
+    <t>BMW</t>
+  </si>
+  <si>
+    <t>DE0005190003</t>
+  </si>
+  <si>
+    <t>5827431</t>
+  </si>
+  <si>
+    <t>Bekaert Nv</t>
+  </si>
+  <si>
+    <t>BEKB</t>
+  </si>
+  <si>
+    <t>BE0974258874</t>
+  </si>
+  <si>
+    <t>5902941</t>
+  </si>
+  <si>
+    <t>Nokia Oyj</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>FI0009000681</t>
+  </si>
+  <si>
+    <t>XHEL</t>
+  </si>
+  <si>
+    <t>5962343</t>
+  </si>
+  <si>
+    <t>Stmicroelectronics Nv</t>
+  </si>
+  <si>
+    <t>STMMI</t>
+  </si>
+  <si>
+    <t>NL0000226223</t>
+  </si>
+  <si>
+    <t>5966516</t>
+  </si>
+  <si>
+    <t>Societe Generale Sa</t>
+  </si>
+  <si>
+    <t>GLE</t>
+  </si>
+  <si>
+    <t>FR0000130809</t>
+  </si>
+  <si>
+    <t>5973992</t>
+  </si>
+  <si>
+    <t>Sonae</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>SON</t>
+  </si>
+  <si>
+    <t>PTSON0AM0001</t>
+  </si>
+  <si>
+    <t>XLIS</t>
+  </si>
+  <si>
+    <t>5993901</t>
+  </si>
+  <si>
+    <t>M6-Metropole Television</t>
+  </si>
+  <si>
+    <t>MMT</t>
+  </si>
+  <si>
+    <t>FR0000053225</t>
+  </si>
+  <si>
+    <t>5997118</t>
+  </si>
+  <si>
+    <t>Television Francaise (t.f.1)</t>
+  </si>
+  <si>
+    <t>TFI</t>
+  </si>
+  <si>
+    <t>FR0000054900</t>
+  </si>
+  <si>
+    <t>6045759</t>
+  </si>
+  <si>
+    <t>Aoki Holdings Inc</t>
+  </si>
+  <si>
+    <t>8214</t>
+  </si>
+  <si>
+    <t>JP3105400000</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
+    <t>6075808</t>
+  </si>
+  <si>
+    <t>Bank Hapoalim Bm</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>ILS</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
-    <t>JPYTCash</t>
-[...17 lines deleted...]
-    <t>Trade Date Cash (NOK)</t>
+    <t>POLI</t>
+  </si>
+  <si>
+    <t>IL0006625771</t>
+  </si>
+  <si>
+    <t>XTAE</t>
+  </si>
+  <si>
+    <t>6084848</t>
+  </si>
+  <si>
+    <t>Ly Corp</t>
+  </si>
+  <si>
+    <t>4689</t>
+  </si>
+  <si>
+    <t>JP3933800009</t>
+  </si>
+  <si>
+    <t>6086253</t>
+  </si>
+  <si>
+    <t>Fortescue Ltd</t>
+  </si>
+  <si>
+    <t>FMG</t>
+  </si>
+  <si>
+    <t>AU000000FMG4</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>6102331</t>
+  </si>
+  <si>
+    <t>Graincorp Ltd-A</t>
+  </si>
+  <si>
+    <t>GNC</t>
+  </si>
+  <si>
+    <t>AU000000GNC9</t>
+  </si>
+  <si>
+    <t>6144690</t>
+  </si>
+  <si>
+    <t>Bhp Group Ltd</t>
+  </si>
+  <si>
+    <t>BHP</t>
+  </si>
+  <si>
+    <t>AU000000BHP4</t>
+  </si>
+  <si>
+    <t>6146500</t>
+  </si>
+  <si>
+    <t>Brother Industries Ltd</t>
+  </si>
+  <si>
+    <t>6448</t>
+  </si>
+  <si>
+    <t>JP3830000000</t>
+  </si>
+  <si>
+    <t>6172323</t>
+  </si>
+  <si>
+    <t>Canon Inc</t>
+  </si>
+  <si>
+    <t>7751</t>
+  </si>
+  <si>
+    <t>JP3242800005</t>
+  </si>
+  <si>
+    <t>6172453</t>
+  </si>
+  <si>
+    <t>Canon Marketing Japan Inc</t>
+  </si>
+  <si>
+    <t>8060</t>
+  </si>
+  <si>
+    <t>JP3243600008</t>
+  </si>
+  <si>
+    <t>6175203</t>
+  </si>
+  <si>
+    <t>Dbs Group Holdings Ltd</t>
+  </si>
+  <si>
+    <t>DBS</t>
+  </si>
+  <si>
+    <t>SG1L01001701</t>
+  </si>
+  <si>
+    <t>XSES</t>
+  </si>
+  <si>
+    <t>6220103</t>
+  </si>
+  <si>
+    <t>Rio Tinto Ltd</t>
+  </si>
+  <si>
+    <t>RIO</t>
+  </si>
+  <si>
+    <t>AU000000RIO1</t>
+  </si>
+  <si>
+    <t>6248990</t>
+  </si>
+  <si>
+    <t>Kddi Corp</t>
+  </si>
+  <si>
+    <t>9433</t>
+  </si>
+  <si>
+    <t>JP3496400007</t>
+  </si>
+  <si>
+    <t>6249799</t>
+  </si>
+  <si>
+    <t>Dah Sing Financial Holdings</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>HK0440001847</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
+    <t>6250627</t>
+  </si>
+  <si>
+    <t>Daido Steel Co Ltd</t>
+  </si>
+  <si>
+    <t>5471</t>
+  </si>
+  <si>
+    <t>JP3491000000</t>
+  </si>
+  <si>
+    <t>6251028</t>
+  </si>
+  <si>
+    <t>Screen Holdings Co Ltd</t>
+  </si>
+  <si>
+    <t>7735</t>
+  </si>
+  <si>
+    <t>JP3494600004</t>
+  </si>
+  <si>
+    <t>6251426</t>
+  </si>
+  <si>
+    <t>Daiwabo Holdings Co Ltd</t>
+  </si>
+  <si>
+    <t>3107</t>
+  </si>
+  <si>
+    <t>JP3505400006</t>
+  </si>
+  <si>
+    <t>6280680</t>
+  </si>
+  <si>
+    <t>San-A Co Ltd</t>
+  </si>
+  <si>
+    <t>2659</t>
+  </si>
+  <si>
+    <t>JP3324500002</t>
+  </si>
+  <si>
+    <t>6302700</t>
+  </si>
+  <si>
+    <t>Ebara Corp</t>
+  </si>
+  <si>
+    <t>6361</t>
+  </si>
+  <si>
+    <t>JP3166000004</t>
+  </si>
+  <si>
+    <t>6303866</t>
+  </si>
+  <si>
+    <t>Singapore Exchange Ltd</t>
+  </si>
+  <si>
+    <t>SGX</t>
+  </si>
+  <si>
+    <t>SG1J26887955</t>
+  </si>
+  <si>
+    <t>6309466</t>
+  </si>
+  <si>
+    <t>Sbi Holdings Inc</t>
+  </si>
+  <si>
+    <t>8473</t>
+  </si>
+  <si>
+    <t>JP3436120004</t>
+  </si>
+  <si>
+    <t>6356406</t>
+  </si>
+  <si>
+    <t>Subaru Corp</t>
+  </si>
+  <si>
+    <t>7270</t>
+  </si>
+  <si>
+    <t>JP3814800003</t>
+  </si>
+  <si>
+    <t>6356945</t>
+  </si>
+  <si>
+    <t>Fujitsu Limited</t>
+  </si>
+  <si>
+    <t>6702</t>
+  </si>
+  <si>
+    <t>JP3818000006</t>
+  </si>
+  <si>
+    <t>6398709</t>
+  </si>
+  <si>
+    <t>Gunze Ltd</t>
+  </si>
+  <si>
+    <t>3002</t>
+  </si>
+  <si>
+    <t>JP3275200008</t>
+  </si>
+  <si>
+    <t>6414809</t>
+  </si>
+  <si>
+    <t>Seiko Group Corp</t>
+  </si>
+  <si>
+    <t>8050</t>
+  </si>
+  <si>
+    <t>JP3414700009</t>
+  </si>
+  <si>
+    <t>6435145</t>
+  </si>
+  <si>
+    <t>Honda Motor Co Ltd</t>
+  </si>
+  <si>
+    <t>7267</t>
+  </si>
+  <si>
+    <t>JP3854600008</t>
+  </si>
+  <si>
+    <t>6437947</t>
+  </si>
+  <si>
+    <t>Horiba Ltd</t>
+  </si>
+  <si>
+    <t>6856</t>
+  </si>
+  <si>
+    <t>JP3853000002</t>
+  </si>
+  <si>
+    <t>6467803</t>
+  </si>
+  <si>
+    <t>Itochu Corp</t>
+  </si>
+  <si>
+    <t>8001</t>
+  </si>
+  <si>
+    <t>JP3143600009</t>
+  </si>
+  <si>
+    <t>6480758</t>
+  </si>
+  <si>
+    <t>Kaga Electronics Co Ltd</t>
+  </si>
+  <si>
+    <t>8154</t>
+  </si>
+  <si>
+    <t>JP3206200002</t>
+  </si>
+  <si>
+    <t>6481320</t>
+  </si>
+  <si>
+    <t>Kajima Corp</t>
+  </si>
+  <si>
+    <t>1812</t>
+  </si>
+  <si>
+    <t>JP3210200006</t>
+  </si>
+  <si>
+    <t>6483467</t>
+  </si>
+  <si>
+    <t>Kanematsu Corp</t>
+  </si>
+  <si>
+    <t>8020</t>
+  </si>
+  <si>
+    <t>JP3217100001</t>
+  </si>
+  <si>
+    <t>6496250</t>
+  </si>
+  <si>
+    <t>Komeri Co Ltd</t>
+  </si>
+  <si>
+    <t>8218</t>
+  </si>
+  <si>
+    <t>JP3305600003</t>
+  </si>
+  <si>
+    <t>6496584</t>
+  </si>
+  <si>
+    <t>Komatsu Ltd</t>
+  </si>
+  <si>
+    <t>6301</t>
+  </si>
+  <si>
+    <t>JP3304200003</t>
+  </si>
+  <si>
+    <t>6496681</t>
+  </si>
+  <si>
+    <t>Konami Group Corp</t>
+  </si>
+  <si>
+    <t>9766</t>
+  </si>
+  <si>
+    <t>JP3300200007</t>
+  </si>
+  <si>
+    <t>6499260</t>
+  </si>
+  <si>
+    <t>Kyocera Corp</t>
+  </si>
+  <si>
+    <t>6971</t>
+  </si>
+  <si>
+    <t>JP3249600002</t>
+  </si>
+  <si>
+    <t>6527031</t>
+  </si>
+  <si>
+    <t>Vstecs Holdings Ltd</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>KYG9400C1116</t>
+  </si>
+  <si>
+    <t>6536112</t>
+  </si>
+  <si>
+    <t>Boc Hong Kong Holdings Ltd</t>
+  </si>
+  <si>
+    <t>2388</t>
+  </si>
+  <si>
+    <t>HK2388011192</t>
+  </si>
+  <si>
+    <t>6536156</t>
+  </si>
+  <si>
+    <t>Luk Fook Holdings Intl Ltd</t>
+  </si>
+  <si>
+    <t>590</t>
+  </si>
+  <si>
+    <t>BMG5695X1258</t>
+  </si>
+  <si>
+    <t>6569464</t>
+  </si>
+  <si>
+    <t>Marubeni Corp</t>
+  </si>
+  <si>
+    <t>8002</t>
+  </si>
+  <si>
+    <t>JP3877600001</t>
+  </si>
+  <si>
+    <t>6572707</t>
+  </si>
+  <si>
+    <t>Panasonic Holdings Corp</t>
+  </si>
+  <si>
+    <t>6752</t>
+  </si>
+  <si>
+    <t>JP3866800000</t>
+  </si>
+  <si>
+    <t>6591809</t>
+  </si>
+  <si>
+    <t>Credit Saison Co Ltd</t>
+  </si>
+  <si>
+    <t>8253</t>
+  </si>
+  <si>
+    <t>JP3271400008</t>
+  </si>
+  <si>
+    <t>6597045</t>
+  </si>
+  <si>
+    <t>Mitsubishi Electric Corp</t>
+  </si>
+  <si>
+    <t>6503</t>
+  </si>
+  <si>
+    <t>JP3902400005</t>
+  </si>
+  <si>
+    <t>6603737</t>
+  </si>
+  <si>
+    <t>Comfortdelgro Corp Ltd</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t>SG1N31909426</t>
+  </si>
+  <si>
+    <t>6610403</t>
+  </si>
+  <si>
+    <t>Murata Manufacturing Co Ltd</t>
+  </si>
+  <si>
+    <t>6981</t>
+  </si>
+  <si>
+    <t>JP3914400001</t>
+  </si>
+  <si>
+    <t>6616508</t>
+  </si>
+  <si>
+    <t>Seiko Epson Corp</t>
+  </si>
+  <si>
+    <t>6724</t>
+  </si>
+  <si>
+    <t>JP3414750004</t>
+  </si>
+  <si>
+    <t>6619604</t>
+  </si>
+  <si>
+    <t>Niterra Co Ltd</t>
+  </si>
+  <si>
+    <t>5334</t>
+  </si>
+  <si>
+    <t>JP3738600000</t>
+  </si>
+  <si>
+    <t>6622806</t>
+  </si>
+  <si>
+    <t>Modec Inc</t>
+  </si>
+  <si>
+    <t>6269</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>JP3888250002</t>
+  </si>
+  <si>
+    <t>6635677</t>
+  </si>
+  <si>
+    <t>Renesas Electronics Corp</t>
+  </si>
+  <si>
+    <t>6723</t>
+  </si>
+  <si>
+    <t>JP3164720009</t>
+  </si>
+  <si>
+    <t>6640381</t>
+  </si>
+  <si>
+    <t>Denso Corp</t>
+  </si>
+  <si>
+    <t>6902</t>
+  </si>
+  <si>
+    <t>JP3551500006</t>
+  </si>
+  <si>
+    <t>6640400</t>
+  </si>
+  <si>
+    <t>Nec Corp</t>
+  </si>
+  <si>
+    <t>6701</t>
+  </si>
+  <si>
+    <t>JP3733000008</t>
+  </si>
+  <si>
+    <t>6641146</t>
+  </si>
+  <si>
+    <t>Nichias Corp</t>
+  </si>
+  <si>
+    <t>5393</t>
+  </si>
+  <si>
+    <t>JP3660400007</t>
+  </si>
+  <si>
+    <t>6641373</t>
+  </si>
+  <si>
+    <t>Ntt Inc</t>
+  </si>
+  <si>
+    <t>9432</t>
+  </si>
+  <si>
+    <t>JP3735400008</t>
+  </si>
+  <si>
+    <t>6641801</t>
+  </si>
+  <si>
+    <t>Nitto Denko Corp</t>
+  </si>
+  <si>
+    <t>6988</t>
+  </si>
+  <si>
+    <t>JP3684000007</t>
+  </si>
+  <si>
+    <t>6643960</t>
+  </si>
+  <si>
+    <t>Nippon Yusen Kk</t>
+  </si>
+  <si>
+    <t>9101</t>
+  </si>
+  <si>
+    <t>JP3753000003</t>
+  </si>
+  <si>
+    <t>6689351</t>
+  </si>
+  <si>
+    <t>Tokyu Construction Co Ltd</t>
+  </si>
+  <si>
+    <t>1720</t>
+  </si>
+  <si>
+    <t>JP3567410000</t>
+  </si>
+  <si>
+    <t>6701006</t>
+  </si>
+  <si>
+    <t>Press Kogyo Co Ltd</t>
+  </si>
+  <si>
+    <t>7246</t>
+  </si>
+  <si>
+    <t>JP3833600004</t>
+  </si>
+  <si>
+    <t>6702623</t>
+  </si>
+  <si>
+    <t>Jb Hi-Fi Ltd</t>
+  </si>
+  <si>
+    <t>JBH</t>
+  </si>
+  <si>
+    <t>AU000000JBH7</t>
+  </si>
+  <si>
+    <t>6776781</t>
+  </si>
+  <si>
+    <t>Sanwa Holdings Corp</t>
+  </si>
+  <si>
+    <t>5929</t>
+  </si>
+  <si>
+    <t>JP3344400001</t>
+  </si>
+  <si>
+    <t>6793821</t>
+  </si>
+  <si>
+    <t>Sekisui Chemical Co Ltd</t>
+  </si>
+  <si>
+    <t>4204</t>
+  </si>
+  <si>
+    <t>JP3419400001</t>
+  </si>
+  <si>
+    <t>6793906</t>
+  </si>
+  <si>
+    <t>Sekisui House Ltd</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>JP3420600003</t>
+  </si>
+  <si>
+    <t>6804682</t>
+  </si>
+  <si>
+    <t>Shionogi &amp; Co Ltd</t>
+  </si>
+  <si>
+    <t>4507</t>
+  </si>
+  <si>
+    <t>JP3347200002</t>
+  </si>
+  <si>
+    <t>6858708</t>
+  </si>
+  <si>
+    <t>Sumitomo Electric Industries</t>
+  </si>
+  <si>
+    <t>5802</t>
+  </si>
+  <si>
+    <t>JP3407400005</t>
+  </si>
+  <si>
+    <t>6858861</t>
+  </si>
+  <si>
+    <t>Sumitomo Forestry Co Ltd</t>
+  </si>
+  <si>
+    <t>1911</t>
+  </si>
+  <si>
+    <t>JP3409800004</t>
+  </si>
+  <si>
+    <t>6858946</t>
+  </si>
+  <si>
+    <t>Sumitomo Corp</t>
+  </si>
+  <si>
+    <t>8053</t>
+  </si>
+  <si>
+    <t>JP3404600003</t>
+  </si>
+  <si>
+    <t>6859927</t>
+  </si>
+  <si>
+    <t>Sun Hung Kai Properties</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Real Estate</t>
+  </si>
+  <si>
+    <t>HK0016000132</t>
+  </si>
+  <si>
+    <t>6865504</t>
+  </si>
+  <si>
+    <t>Suzuki Motor Corp</t>
+  </si>
+  <si>
+    <t>7269</t>
+  </si>
+  <si>
+    <t>JP3397200001</t>
+  </si>
+  <si>
+    <t>6867748</t>
+  </si>
+  <si>
+    <t>Swire Pacific Ltd - Cl A</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>HK0019000162</t>
+  </si>
+  <si>
+    <t>6869302</t>
+  </si>
+  <si>
+    <t>Tdk Corp</t>
+  </si>
+  <si>
+    <t>6762</t>
+  </si>
+  <si>
+    <t>JP3538800008</t>
+  </si>
+  <si>
+    <t>6880927</t>
+  </si>
+  <si>
+    <t>Tpr Co Ltd</t>
+  </si>
+  <si>
+    <t>6463</t>
+  </si>
+  <si>
+    <t>JP3542400001</t>
+  </si>
+  <si>
+    <t>6895448</t>
+  </si>
+  <si>
+    <t>Tokyo Gas Co Ltd</t>
+  </si>
+  <si>
+    <t>9531</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>JP3573000001</t>
+  </si>
+  <si>
+    <t>6899581</t>
+  </si>
+  <si>
+    <t>Towa Pharmaceutical Co Ltd</t>
+  </si>
+  <si>
+    <t>4553</t>
+  </si>
+  <si>
+    <t>JP3623150004</t>
+  </si>
+  <si>
+    <t>6900182</t>
+  </si>
+  <si>
+    <t>Toyo Tire Corp</t>
+  </si>
+  <si>
+    <t>5105</t>
+  </si>
+  <si>
+    <t>JP3610600003</t>
+  </si>
+  <si>
+    <t>6900580</t>
+  </si>
+  <si>
+    <t>Toyota Tsusho Corp</t>
+  </si>
+  <si>
+    <t>8015</t>
+  </si>
+  <si>
+    <t>JP3635000007</t>
+  </si>
+  <si>
+    <t>6926553</t>
+  </si>
+  <si>
+    <t>Valor Holdings Co Ltd</t>
+  </si>
+  <si>
+    <t>9956</t>
+  </si>
+  <si>
+    <t>JP3778400006</t>
+  </si>
+  <si>
+    <t>6927374</t>
+  </si>
+  <si>
+    <t>Venture Corp Ltd</t>
+  </si>
+  <si>
+    <t>VMS</t>
+  </si>
+  <si>
+    <t>SG0531000230</t>
+  </si>
+  <si>
+    <t>6928560</t>
+  </si>
+  <si>
+    <t>Vtech Holdings Ltd</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>BMG9400S1329</t>
+  </si>
+  <si>
+    <t>6961888</t>
+  </si>
+  <si>
+    <t>Warabeya Nichiyo Holdings Co</t>
+  </si>
+  <si>
+    <t>2918</t>
+  </si>
+  <si>
+    <t>JP3994400004</t>
+  </si>
+  <si>
+    <t>6985264</t>
+  </si>
+  <si>
+    <t>Yamaha Motor Co Ltd</t>
+  </si>
+  <si>
+    <t>7272</t>
+  </si>
+  <si>
+    <t>JP3942800008</t>
+  </si>
+  <si>
+    <t>7018556</t>
+  </si>
+  <si>
+    <t>Navigator Co Sa/The</t>
+  </si>
+  <si>
+    <t>NVG</t>
+  </si>
+  <si>
+    <t>PTPTI0AM0006</t>
+  </si>
+  <si>
+    <t>7088429</t>
+  </si>
+  <si>
+    <t>Axa Sa</t>
+  </si>
+  <si>
+    <t>CS</t>
+  </si>
+  <si>
+    <t>FR0000120628</t>
+  </si>
+  <si>
+    <t>7103065</t>
+  </si>
+  <si>
+    <t>Novartis Ag-Reg</t>
+  </si>
+  <si>
+    <t>NOVN</t>
+  </si>
+  <si>
+    <t>CH0012005267</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>7108899</t>
+  </si>
+  <si>
+    <t>Abb Ltd-Reg</t>
+  </si>
+  <si>
+    <t>ABBN</t>
+  </si>
+  <si>
+    <t>CH0012221716</t>
+  </si>
+  <si>
+    <t>7110388</t>
+  </si>
+  <si>
+    <t>Roche Holding Ag-Genusschein</t>
+  </si>
+  <si>
+    <t>ROG</t>
+  </si>
+  <si>
+    <t>CH0012032048</t>
+  </si>
+  <si>
+    <t>7242087</t>
+  </si>
+  <si>
+    <t>Banca Ifis Spa</t>
+  </si>
+  <si>
+    <t>IF</t>
+  </si>
+  <si>
+    <t>IT0003188064</t>
+  </si>
+  <si>
+    <t>7309681</t>
+  </si>
+  <si>
+    <t>Bnp Paribas</t>
+  </si>
+  <si>
+    <t>BNP</t>
+  </si>
+  <si>
+    <t>FR0000131104</t>
+  </si>
+  <si>
+    <t>7370063</t>
+  </si>
+  <si>
+    <t>Melexis Nv</t>
+  </si>
+  <si>
+    <t>MELE</t>
+  </si>
+  <si>
+    <t>BE0165385973</t>
+  </si>
+  <si>
+    <t>7380482</t>
+  </si>
+  <si>
+    <t>Compagnie De Saint Gobain</t>
+  </si>
+  <si>
+    <t>SGO</t>
+  </si>
+  <si>
+    <t>FR0000125007</t>
+  </si>
+  <si>
+    <t>B00D9P6</t>
+  </si>
+  <si>
+    <t>Proximus</t>
+  </si>
+  <si>
+    <t>PROX</t>
+  </si>
+  <si>
+    <t>BE0003810273</t>
+  </si>
+  <si>
+    <t>B00TL47</t>
+  </si>
+  <si>
+    <t>Mcj Co Ltd</t>
+  </si>
+  <si>
+    <t>6670</t>
+  </si>
+  <si>
+    <t>JP3167420003</t>
+  </si>
+  <si>
+    <t>B012TP2</t>
+  </si>
+  <si>
+    <t>Halfords Group Plc</t>
+  </si>
+  <si>
+    <t>HFD</t>
+  </si>
+  <si>
+    <t>GB00B012TP20</t>
+  </si>
+  <si>
+    <t>B0190C7</t>
+  </si>
+  <si>
+    <t>Techtronic Industries Co Ltd</t>
+  </si>
+  <si>
+    <t>669</t>
+  </si>
+  <si>
+    <t>HK0669013440</t>
+  </si>
+  <si>
+    <t>B01C7R0</t>
+  </si>
+  <si>
+    <t>Super Retail Group Ltd</t>
+  </si>
+  <si>
+    <t>SUL</t>
+  </si>
+  <si>
+    <t>AU000000SUL0</t>
+  </si>
+  <si>
+    <t>B01G0P1</t>
+  </si>
+  <si>
+    <t>Dah Sing Banking Group Ltd</t>
+  </si>
+  <si>
+    <t>2356</t>
+  </si>
+  <si>
+    <t>HK2356013600</t>
+  </si>
+  <si>
+    <t>B03P2F0</t>
+  </si>
+  <si>
+    <t>Fuyo General Lease Co Ltd</t>
+  </si>
+  <si>
+    <t>8424</t>
+  </si>
+  <si>
+    <t>JP3826270005</t>
+  </si>
+  <si>
+    <t>B06QFB7</t>
+  </si>
+  <si>
+    <t>Ig Group Holdings Plc</t>
+  </si>
+  <si>
+    <t>IGG</t>
+  </si>
+  <si>
+    <t>GB00B06QFB75</t>
+  </si>
+  <si>
+    <t>B08QZ48</t>
+  </si>
+  <si>
+    <t>Esprinet Spa</t>
+  </si>
+  <si>
+    <t>PRT</t>
+  </si>
+  <si>
+    <t>IT0003850929</t>
+  </si>
+  <si>
+    <t>B0DJNG0</t>
+  </si>
+  <si>
+    <t>Leonardo Spa</t>
+  </si>
+  <si>
+    <t>LDO</t>
+  </si>
+  <si>
+    <t>IT0003856405</t>
+  </si>
+  <si>
+    <t>B0F9V20</t>
+  </si>
+  <si>
+    <t>Oversea-Chinese Banking Corp</t>
+  </si>
+  <si>
+    <t>OCBC</t>
+  </si>
+  <si>
+    <t>SG1S04926220</t>
+  </si>
+  <si>
+    <t>B0JDQD4</t>
+  </si>
+  <si>
+    <t>Bandai Namco Holdings Inc</t>
+  </si>
+  <si>
+    <t>7832</t>
+  </si>
+  <si>
+    <t>JP3778630008</t>
+  </si>
+  <si>
+    <t>B11ZRK9</t>
+  </si>
+  <si>
+    <t>Legrand Sa</t>
+  </si>
+  <si>
+    <t>LR</t>
+  </si>
+  <si>
+    <t>FR0010307819</t>
+  </si>
+  <si>
+    <t>B13X013</t>
+  </si>
+  <si>
+    <t>Eiffage</t>
+  </si>
+  <si>
+    <t>FGR</t>
+  </si>
+  <si>
+    <t>FR0000130452</t>
+  </si>
+  <si>
+    <t>B170DQ6</t>
+  </si>
+  <si>
+    <t>Kloeckner &amp; Co Se</t>
+  </si>
+  <si>
+    <t>KCO</t>
+  </si>
+  <si>
+    <t>DE000KC01000</t>
+  </si>
+  <si>
+    <t>B188NJ2</t>
+  </si>
+  <si>
+    <t>Ipsos</t>
+  </si>
+  <si>
+    <t>IPS</t>
+  </si>
+  <si>
+    <t>FR0000073298</t>
+  </si>
+  <si>
+    <t>B18ZRK2</t>
+  </si>
+  <si>
+    <t>Logitech International-Reg</t>
+  </si>
+  <si>
+    <t>LOGN</t>
+  </si>
+  <si>
+    <t>CH0025751329</t>
+  </si>
+  <si>
+    <t>B1BK209</t>
+  </si>
+  <si>
+    <t>Rtl Group</t>
+  </si>
+  <si>
+    <t>RRTL</t>
+  </si>
+  <si>
+    <t>LU0061462528</t>
+  </si>
+  <si>
+    <t>B1FJ0C0</t>
+  </si>
+  <si>
+    <t>BRAMBLES LTD</t>
+  </si>
+  <si>
+    <t>BXB</t>
+  </si>
+  <si>
+    <t>AU000000BXB1</t>
+  </si>
+  <si>
+    <t>B1G40S0</t>
+  </si>
+  <si>
+    <t>Mapfre Sa</t>
+  </si>
+  <si>
+    <t>MAP</t>
+  </si>
+  <si>
+    <t>ES0124244E34</t>
+  </si>
+  <si>
+    <t>B1P70H9</t>
+  </si>
+  <si>
+    <t>The United Laboratories Inte</t>
+  </si>
+  <si>
+    <t>3933</t>
+  </si>
+  <si>
+    <t>KYG8813K1085</t>
+  </si>
+  <si>
+    <t>B1VQF42</t>
+  </si>
+  <si>
+    <t>Orkla Asa</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
-    <t>SEKTCash</t>
-[...1711 lines deleted...]
-  <si>
     <t>ORK</t>
   </si>
   <si>
     <t>NO0003733800</t>
   </si>
   <si>
     <t>XOSL</t>
   </si>
   <si>
     <t>B1VT035</t>
   </si>
   <si>
     <t>Yangzijiang Shipbuilding</t>
   </si>
   <si>
     <t>YZJSGD</t>
   </si>
   <si>
     <t>SG1U76934819</t>
   </si>
   <si>
     <t>B1WMLF2</t>
   </si>
   <si>
     <t>Pacific Textiles Holdings</t>
@@ -2170,167 +2218,152 @@
   <si>
     <t>B86S2N0</t>
   </si>
   <si>
     <t>Ageas</t>
   </si>
   <si>
     <t>AGS</t>
   </si>
   <si>
     <t>BE0974264930</t>
   </si>
   <si>
     <t>B8VZXT9</t>
   </si>
   <si>
     <t>Crest Nicholson Holdings</t>
   </si>
   <si>
     <t>CRST</t>
   </si>
   <si>
     <t>GB00B8VZXT93</t>
   </si>
   <si>
-    <t>B9895B7</t>
-[...14 lines deleted...]
-    <t>Koninklijke Ahold Delhaize N</t>
+    <t>BDC5ST8</t>
+  </si>
+  <si>
+    <t>Valeo</t>
+  </si>
+  <si>
+    <t>FR0013176526</t>
+  </si>
+  <si>
+    <t>BDT88L2</t>
+  </si>
+  <si>
+    <t>Rubis</t>
+  </si>
+  <si>
+    <t>RUI</t>
+  </si>
+  <si>
+    <t>FR0013269123</t>
+  </si>
+  <si>
+    <t>BFMHVQ6</t>
+  </si>
+  <si>
+    <t>Dws Group Gmbh &amp; Co Kgaa</t>
+  </si>
+  <si>
+    <t>DWS</t>
+  </si>
+  <si>
+    <t>DE000DWS1007</t>
+  </si>
+  <si>
+    <t>BFRB2W6</t>
+  </si>
+  <si>
+    <t>Igg Inc</t>
+  </si>
+  <si>
+    <t>799</t>
+  </si>
+  <si>
+    <t>KYG6771K1022</t>
+  </si>
+  <si>
+    <t>BG0T3J8</t>
+  </si>
+  <si>
+    <t>Elkem Asa</t>
+  </si>
+  <si>
+    <t>ELK</t>
+  </si>
+  <si>
+    <t>NO0010816093</t>
+  </si>
+  <si>
+    <t>BH0W286</t>
+  </si>
+  <si>
+    <t>Kln Logistics Group Ltd</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>BMG524181036</t>
+  </si>
+  <si>
+    <t>BH4HKS3</t>
+  </si>
+  <si>
+    <t>Vodafone Group Plc</t>
+  </si>
+  <si>
+    <t>VOD</t>
+  </si>
+  <si>
+    <t>GB00BH4HKS39</t>
+  </si>
+  <si>
+    <t>BJDS7L3</t>
+  </si>
+  <si>
+    <t>Prosus Nv</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
-    <t>AD</t>
-[...2 lines deleted...]
-    <t>NL0011794037</t>
+    <t>PRX</t>
+  </si>
+  <si>
+    <t>NL0013654783</t>
   </si>
   <si>
     <t>XAMS</t>
   </si>
   <si>
-    <t>BDT88L2</t>
-[...82 lines deleted...]
-  <si>
     <t>BKY40Q3</t>
   </si>
   <si>
     <t>Galliford Try Holdings Plc</t>
   </si>
   <si>
     <t>GFRD</t>
   </si>
   <si>
     <t>GB00BKY40Q38</t>
   </si>
   <si>
     <t>BLC8J12</t>
   </si>
   <si>
     <t>Mfe-Mediaforeurope Nv-Cl A</t>
   </si>
   <si>
     <t>MFEA</t>
   </si>
   <si>
     <t>NL0015001OI1</t>
   </si>
   <si>
     <t>BLLHKZ1</t>
@@ -2458,50 +2491,62 @@
   <si>
     <t>BPBPJ01</t>
   </si>
   <si>
     <t>Michelin (cgde)</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>FR001400AJ45</t>
   </si>
   <si>
     <t>BQRRZ00</t>
   </si>
   <si>
     <t>Recruit Holdings Co Ltd</t>
   </si>
   <si>
     <t>6098</t>
   </si>
   <si>
     <t>JP3970300004</t>
   </si>
   <si>
+    <t>BVSYC71</t>
+  </si>
+  <si>
+    <t>Yangzijiang Maritime Develop</t>
+  </si>
+  <si>
+    <t>8YZ</t>
+  </si>
+  <si>
+    <t>SGXE35825913</t>
+  </si>
+  <si>
     <t>BW9P816</t>
   </si>
   <si>
     <t>Ck Hutchison Holdings Ltd</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>KYG217651051</t>
   </si>
   <si>
     <t>BWX5Y69</t>
   </si>
   <si>
     <t>Zehnder Group Ag-Rg</t>
   </si>
   <si>
     <t>ZEHN</t>
   </si>
   <si>
     <t>CH0276534614</t>
   </si>
   <si>
     <t>BYMD5K9</t>
@@ -2540,62 +2585,50 @@
     <t>LU1598757687</t>
   </si>
   <si>
     <t>BYY7VY5</t>
   </si>
   <si>
     <t>Signify Nv</t>
   </si>
   <si>
     <t>LIGHT</t>
   </si>
   <si>
     <t>NL0011821392</t>
   </si>
   <si>
     <t>BYZQ077</t>
   </si>
   <si>
     <t>Ck Asset Holdings Ltd</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>KYG2177B1014</t>
-  </si>
-[...10 lines deleted...]
-    <t>FR0004125920</t>
   </si>
   <si>
     <t>BZ07696</t>
   </si>
   <si>
     <t>Europris Asa</t>
   </si>
   <si>
     <t>EPR</t>
   </si>
   <si>
     <t>NO0010735343</t>
   </si>
   <si>
     <t>BZBWTJ1</t>
   </si>
   <si>
     <t>Hornbach Holding Ag &amp; Co Kga</t>
   </si>
   <si>
     <t>HBH</t>
   </si>
   <si>
     <t>DE0006083405</t>
   </si>
@@ -3187,92 +3220,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EBD93A36-FB24-4906-A9A5-0F19D5CB8EC2}">
-  <dimension ref="A1:Z214"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C488D6F6-3B53-48C6-B61C-B156E74038AB}">
+  <dimension ref="A1:Z216"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="20.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45961</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -3322,15181 +3355,15329 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>3082403.21</v>
+        <v>3107173.06</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>3082403.21</v>
+        <v>3107173.06</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>3082403.21</v>
+        <v>3107173.06</v>
       </c>
       <c r="N4" s="4">
-        <v>3082403.21</v>
+        <v>3107173.06</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.209E-3</v>
+        <v>3.045E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>0.01</v>
+        <v>41637.370000000003</v>
       </c>
       <c r="E5" s="5">
-        <v>0.65464999999999995</v>
+        <v>0.65580000000000005</v>
       </c>
       <c r="F5" s="4">
-        <v>6.5465000000000002E-3</v>
+        <v>27305.787246</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.5275337966852518</v>
+        <v>1.5248551387618177</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>0.01</v>
+        <v>41637.370000000003</v>
       </c>
       <c r="N5" s="4">
-        <v>6.5465000000000002E-3</v>
+        <v>27305.787246</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>0</v>
+        <v>2.5999999999999998E-5</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>0.02</v>
       </c>
       <c r="E6" s="5">
-        <v>1.2457180000000001</v>
+        <v>1.2454080000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>2.491436E-2</v>
+        <v>2.490815E-2</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.80275000316283507</v>
+        <v>0.80294999975750914</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>0.02</v>
+        <v>1.9998999999999999E-2</v>
       </c>
       <c r="N6" s="4">
-        <v>2.491436E-2</v>
+        <v>2.490815E-2</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
         <v>20968.349999999999</v>
       </c>
       <c r="E7" s="5">
-        <v>0.15457000000000001</v>
+        <v>0.155388</v>
       </c>
       <c r="F7" s="4">
-        <v>3241.0832283499999</v>
+        <v>3258.2316836300001</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>6.4695498344895066</v>
+        <v>6.4355000718201802</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>20968.349462999999</v>
+        <v>20968.350234000001</v>
       </c>
       <c r="N7" s="4">
-        <v>3241.0832283499999</v>
+        <v>3258.2316836300001</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>321537.24</v>
+        <v>730796.39</v>
       </c>
       <c r="E8" s="5">
-        <v>1.1541999999999999</v>
+        <v>1.16055</v>
       </c>
       <c r="F8" s="4">
-        <v>371118.28240800003</v>
+        <v>848125.75041450001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>321537.24</v>
+        <v>730796.39</v>
       </c>
       <c r="N8" s="4">
-        <v>371118.28240800003</v>
+        <v>848125.75041450001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.86E-4</v>
+        <v>8.3100000000000003E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>1378.49</v>
+        <v>369128.28</v>
       </c>
       <c r="E9" s="5">
-        <v>1.31385</v>
+        <v>1.325</v>
       </c>
       <c r="F9" s="4">
-        <v>1811.1290865000001</v>
+        <v>489094.97100000002</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>1378.49</v>
+        <v>369128.28</v>
       </c>
       <c r="N9" s="4">
-        <v>1811.1290865000001</v>
+        <v>489094.97100000002</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>9.9999999999999995E-7</v>
+        <v>4.7899999999999999E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>0.17</v>
+        <v>576955.17000000004</v>
       </c>
       <c r="E10" s="5">
-        <v>0.128664</v>
+        <v>0.128442</v>
       </c>
       <c r="F10" s="4">
-        <v>2.1872829999999999E-2</v>
+        <v>74105.421547470003</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>7.7721999289620927</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>0.17</v>
+        <v>576955.18061399995</v>
       </c>
       <c r="N10" s="4">
-        <v>2.1872829999999999E-2</v>
+        <v>74105.421547470003</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>0</v>
+        <v>7.2000000000000002E-5</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>-0.01</v>
+        <v>267535145</v>
       </c>
       <c r="E11" s="5">
-        <v>0.30729499999999998</v>
+        <v>6.4079999999999996E-3</v>
       </c>
       <c r="F11" s="4">
-        <v>-3.0729500000000001E-3</v>
+        <v>1714419.3848125599</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>3.2541999762508484</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>-9.9989999999999992E-3</v>
+        <v>267535249.33874699</v>
       </c>
       <c r="N11" s="4">
-        <v>-3.0729500000000001E-3</v>
+        <v>1714419.3848125599</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>0</v>
+        <v>1.6800000000000001E-3</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>275800174</v>
+        <v>60579.29</v>
       </c>
       <c r="E12" s="5">
-        <v>6.4910000000000002E-3</v>
+        <v>0.10602499999999999</v>
       </c>
       <c r="F12" s="4">
-        <v>1790270.8383369599</v>
+        <v>6422.9109126100002</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>154.05495756556192</v>
+        <v>9.4317502517805725</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>275800098.03086299</v>
+        <v>60579.291617000003</v>
       </c>
       <c r="N12" s="4">
-        <v>1790270.8383369599</v>
+        <v>6422.9109126100002</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>1.8630000000000001E-3</v>
+        <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>-0.05</v>
+        <v>0.08</v>
       </c>
       <c r="E13" s="5">
-        <v>9.8844000000000001E-2</v>
+        <v>0.77211099999999999</v>
       </c>
       <c r="F13" s="4">
-        <v>-4.9421999999999999E-3</v>
+        <v>6.1768910000000003E-2</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>10.116949917658145</v>
+        <v>1.2951499974084049</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>-4.9999000000000002E-2</v>
+        <v>0.08</v>
       </c>
       <c r="N13" s="4">
-        <v>-4.9421999999999999E-3</v>
+        <v>6.1768910000000003E-2</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>60579.29</v>
+        <v>-15580744.029999999</v>
       </c>
       <c r="E14" s="5">
-        <v>0.105346</v>
+        <v>1</v>
       </c>
       <c r="F14" s="4">
-        <v>6381.8056360299997</v>
+        <v>-15580744.029999999</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>9.4924996437939502</v>
+        <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>60579.287726000002</v>
+        <v>-15580744.029999999</v>
       </c>
       <c r="N14" s="4">
-        <v>6381.8056360299997</v>
+        <v>-15580744.029999999</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>-1.5271E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" s="4">
+        <v>441582</v>
+      </c>
+      <c r="E15" s="5">
+        <v>42.506</v>
+      </c>
+      <c r="F15" s="4">
+        <v>18769884.491999902</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="H15" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J15" s="5">
+        <v>32.08</v>
+      </c>
+      <c r="K15" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M15" s="4">
+        <v>14165950.559999</v>
+      </c>
+      <c r="N15" s="4">
+        <v>18769884.491999902</v>
+      </c>
+      <c r="O15" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="P15" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C15" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H15" s="3" t="s">
+      <c r="Q15" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="I15" s="3" t="s">
+      <c r="R15" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="J15" s="5">
-[...5 lines deleted...]
-      <c r="L15" s="3" t="s">
+      <c r="S15" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="M15" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>5.0000000000000004E-6</v>
+        <v>1.8397E-2</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="D16" s="4">
-        <v>-54325505.789999999</v>
+        <v>230225</v>
       </c>
       <c r="E16" s="5">
-        <v>1</v>
+        <v>14.180149999999999</v>
       </c>
       <c r="F16" s="4">
-        <v>-54325505.789999999</v>
+        <v>3264625.0337499999</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J16" s="5">
-        <v>1</v>
+        <v>10.702</v>
       </c>
       <c r="K16" s="5">
-        <v>1</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="M16" s="4">
-        <v>-54325505.789999999</v>
+        <v>2463867.9500000002</v>
       </c>
       <c r="N16" s="4">
-        <v>-54325505.789999999</v>
+        <v>3264625.0337499999</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>-5.6561E-2</v>
+        <v>3.199E-3</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D17" s="4">
-        <v>524417</v>
+        <v>7543326</v>
       </c>
       <c r="E17" s="5">
-        <v>39.743963000000001</v>
+        <v>2.3975879999999998</v>
       </c>
       <c r="F17" s="4">
-        <v>20842409.582362499</v>
+        <v>18085784.126024898</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J17" s="5">
-        <v>30.25</v>
+        <v>1.8095000000000001</v>
       </c>
       <c r="K17" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M17" s="4">
-        <v>15863614.25</v>
+        <v>13649648.396999</v>
       </c>
       <c r="N17" s="4">
-        <v>20842409.582362499</v>
+        <v>18085784.126024898</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.1700000000000001E-2</v>
+        <v>1.7727E-2</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D18" s="4">
-        <v>230225</v>
+        <v>5393</v>
       </c>
       <c r="E18" s="5">
-        <v>13.971481000000001</v>
+        <v>187.09</v>
       </c>
       <c r="F18" s="4">
-        <v>3216584.1902025002</v>
+        <v>1008976.37</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J18" s="5">
-        <v>10.634</v>
+        <v>141.19999999999999</v>
       </c>
       <c r="K18" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M18" s="4">
-        <v>2448212.65</v>
+        <v>761491.6</v>
       </c>
       <c r="N18" s="4">
-        <v>3216584.1902025002</v>
+        <v>1008976.37</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>102</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>104</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>106</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>3.3479999999999998E-3</v>
+        <v>9.8799999999999995E-4</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D19" s="4">
-        <v>7543326</v>
+        <v>36276</v>
       </c>
       <c r="E19" s="5">
-        <v>2.4404759999999999</v>
+        <v>4.0491999999999999</v>
       </c>
       <c r="F19" s="4">
-        <v>18409308.8919232</v>
+        <v>146888.77919999999</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J19" s="5">
-        <v>1.8574999999999999</v>
+        <v>3.056</v>
       </c>
       <c r="K19" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M19" s="4">
-        <v>14011728.045</v>
+        <v>110859.45600000001</v>
       </c>
       <c r="N19" s="4">
-        <v>18409308.8919232</v>
+        <v>146888.77919999999</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>107</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>109</v>
       </c>
       <c r="Q19" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R19" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="R19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S19" s="3" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.9165999999999999E-2</v>
+        <v>1.4300000000000001E-4</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" s="4">
+        <v>1853747</v>
+      </c>
+      <c r="E20" s="5">
+        <v>6.4828320000000001</v>
+      </c>
+      <c r="F20" s="4">
+        <v>12017530.9276281</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H20" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="C20" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I20" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J20" s="5">
-        <v>143</v>
+        <v>5.5860000000000003</v>
       </c>
       <c r="K20" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L20" s="3" t="s">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="M20" s="4">
-        <v>771199</v>
+        <v>10355030.742000001</v>
       </c>
       <c r="N20" s="4">
-        <v>1013239.80615</v>
+        <v>12017530.9276281</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>116</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.054E-3</v>
+        <v>1.1779E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B21" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D21" s="4">
+        <v>279</v>
+      </c>
+      <c r="E21" s="5">
+        <v>2000.6215299999999</v>
+      </c>
+      <c r="F21" s="4">
+        <v>558173.41309922002</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J21" s="5">
+        <v>12875</v>
+      </c>
+      <c r="K21" s="5">
+        <v>6.4355000718201802</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M21" s="4">
+        <v>3592125.0400879998</v>
+      </c>
+      <c r="N21" s="4">
+        <v>558173.41309922002</v>
+      </c>
+      <c r="O21" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P21" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>101</v>
+        <v>123</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.5300000000000001E-4</v>
+        <v>5.4699999999999996E-4</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D22" s="4">
-        <v>58847</v>
+        <v>94864</v>
       </c>
       <c r="E22" s="5">
-        <v>38.492570000000001</v>
+        <v>7.4565340000000004</v>
       </c>
       <c r="F22" s="4">
-        <v>2265172.2667899998</v>
+        <v>707356.61765999999</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J22" s="5">
-        <v>33.35</v>
+        <v>6.4249999999999998</v>
       </c>
       <c r="K22" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L22" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="M22" s="4">
+        <v>609501.19999999995</v>
+      </c>
+      <c r="N22" s="4">
+        <v>707356.61765999999</v>
+      </c>
+      <c r="O22" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="M22" s="4">
-[...5 lines deleted...]
-      <c r="O22" s="3" t="s">
+      <c r="P22" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q22" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="P22" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R22" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.3579999999999999E-3</v>
+        <v>6.9300000000000004E-4</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D23" s="4">
-        <v>1853747</v>
+        <v>293337</v>
       </c>
       <c r="E23" s="5">
-        <v>6.4358190000000004</v>
+        <v>53.385300000000001</v>
       </c>
       <c r="F23" s="4">
-        <v>11930380.5345424</v>
+        <v>15659883.746099999</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J23" s="5">
-        <v>5.5759999999999996</v>
+        <v>46</v>
       </c>
       <c r="K23" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="M23" s="4">
-        <v>10336493.272</v>
+        <v>13493502</v>
       </c>
       <c r="N23" s="4">
-        <v>11930380.5345424</v>
+        <v>15659883.746099999</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.2421E-2</v>
+        <v>1.5349E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D24" s="4">
-        <v>279</v>
+        <v>14560</v>
       </c>
       <c r="E24" s="5">
-        <v>2064.2858219999998</v>
+        <v>123.19238300000001</v>
       </c>
       <c r="F24" s="4">
-        <v>575935.72968753998</v>
+        <v>1793681.0892</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>49</v>
+        <v>141</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J24" s="5">
-        <v>13355</v>
+        <v>106.15</v>
       </c>
       <c r="K24" s="5">
-        <v>6.4695498344895066</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>51</v>
+        <v>142</v>
       </c>
       <c r="M24" s="4">
-        <v>3726044.9046760001</v>
+        <v>1545544</v>
       </c>
       <c r="N24" s="4">
-        <v>575935.72968753998</v>
+        <v>1793681.0892</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>5.9900000000000003E-4</v>
+        <v>1.758E-3</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D25" s="4">
-        <v>94864</v>
+        <v>12341</v>
       </c>
       <c r="E25" s="5">
-        <v>6.8328639999999998</v>
+        <v>268.08704999999998</v>
       </c>
       <c r="F25" s="4">
-        <v>648192.81049599999</v>
+        <v>3308462.2840499999</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J25" s="5">
-        <v>5.92</v>
+        <v>231</v>
       </c>
       <c r="K25" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="M25" s="4">
-        <v>561594.88</v>
+        <v>2850771</v>
       </c>
       <c r="N25" s="4">
-        <v>648192.81049599999</v>
+        <v>3308462.2840499999</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>6.7400000000000001E-4</v>
+        <v>3.2420000000000001E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D26" s="4">
-        <v>293337</v>
+        <v>5326</v>
       </c>
       <c r="E26" s="5">
-        <v>55.355432</v>
+        <v>30.812602999999999</v>
       </c>
       <c r="F26" s="4">
-        <v>16237796.356583999</v>
+        <v>164107.920915</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J26" s="5">
-        <v>47.96</v>
+        <v>26.55</v>
       </c>
       <c r="K26" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="M26" s="4">
-        <v>14068442.52</v>
+        <v>141405.29999999999</v>
       </c>
       <c r="N26" s="4">
-        <v>16237796.356583999</v>
+        <v>164107.920915</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.6905E-2</v>
+        <v>1.6000000000000001E-4</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D27" s="4">
-        <v>7982</v>
+        <v>14681</v>
       </c>
       <c r="E27" s="5">
-        <v>120.32535</v>
+        <v>57.157088000000002</v>
       </c>
       <c r="F27" s="4">
-        <v>960436.94369999995</v>
+        <v>839123.20158750005</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>155</v>
+        <v>126</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J27" s="5">
-        <v>104.25</v>
+        <v>49.25</v>
       </c>
       <c r="K27" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>156</v>
+        <v>127</v>
       </c>
       <c r="M27" s="4">
-        <v>832123.5</v>
+        <v>723039.25</v>
       </c>
       <c r="N27" s="4">
-        <v>960436.94369999995</v>
+        <v>839123.20158750005</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>9.990000000000001E-4</v>
+        <v>8.2200000000000003E-4</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D28" s="4">
-        <v>12341</v>
+        <v>13478</v>
       </c>
       <c r="E28" s="5">
-        <v>284.04862000000003</v>
+        <v>41.338791000000001</v>
       </c>
       <c r="F28" s="4">
-        <v>3505444.0194199998</v>
+        <v>557164.22509800002</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J28" s="5">
-        <v>246.1</v>
+        <v>35.619999999999997</v>
       </c>
       <c r="K28" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="M28" s="4">
-        <v>3037120.1</v>
+        <v>480086.36</v>
       </c>
       <c r="N28" s="4">
-        <v>3505444.0194199998</v>
+        <v>557164.22509800002</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>135</v>
+        <v>164</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.6489999999999999E-3</v>
+        <v>5.4600000000000004E-4</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D29" s="4">
-        <v>5326</v>
+        <v>1389043</v>
       </c>
       <c r="E29" s="5">
-        <v>25.91179</v>
+        <v>21.545611000000001</v>
       </c>
       <c r="F29" s="4">
-        <v>138006.19354000001</v>
+        <v>29927779.793012202</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J29" s="5">
-        <v>22.45</v>
+        <v>18.565000000000001</v>
       </c>
       <c r="K29" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>167</v>
+        <v>134</v>
       </c>
       <c r="M29" s="4">
-        <v>119568.7</v>
+        <v>25787583.295000002</v>
       </c>
       <c r="N29" s="4">
-        <v>138006.19354000001</v>
+        <v>29927779.793012202</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.4300000000000001E-4</v>
+        <v>2.9333999999999999E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D30" s="4">
-        <v>14681</v>
+        <v>235834</v>
       </c>
       <c r="E30" s="5">
-        <v>55.747860000000003</v>
+        <v>99.528767999999999</v>
       </c>
       <c r="F30" s="4">
-        <v>818434.33265999996</v>
+        <v>23472267.472511999</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J30" s="5">
-        <v>48.3</v>
+        <v>85.76</v>
       </c>
       <c r="K30" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="M30" s="4">
-        <v>709092.3</v>
+        <v>20225123.84</v>
       </c>
       <c r="N30" s="4">
-        <v>818434.33265999996</v>
+        <v>23472267.472511999</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="P30" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="Q30" s="3" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>8.52E-4</v>
+        <v>2.3005999999999999E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D31" s="4">
-        <v>33105</v>
+        <v>1469361</v>
       </c>
       <c r="E31" s="5">
-        <v>32.456104000000003</v>
+        <v>10.726964000000001</v>
       </c>
       <c r="F31" s="4">
-        <v>1074459.3229199999</v>
+        <v>15761782.0357276</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J31" s="5">
-        <v>28.12</v>
+        <v>9.2430000000000003</v>
       </c>
       <c r="K31" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>167</v>
+        <v>134</v>
       </c>
       <c r="M31" s="4">
-        <v>930912.6</v>
+        <v>13581303.722999999</v>
       </c>
       <c r="N31" s="4">
-        <v>1074459.3229199999</v>
+        <v>15761782.0357276</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>175</v>
       </c>
       <c r="P31" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="Q31" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R31" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="Q31" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S31" s="3" t="s">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.1180000000000001E-3</v>
+        <v>1.5448999999999999E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D32" s="4">
-        <v>1513313</v>
+        <v>86358</v>
       </c>
       <c r="E32" s="5">
-        <v>20.123477000000001</v>
+        <v>264.95356500000003</v>
       </c>
       <c r="F32" s="4">
-        <v>30453119.349300899</v>
+        <v>22880859.96627</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J32" s="5">
-        <v>17.434999999999999</v>
+        <v>228.3</v>
       </c>
       <c r="K32" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="M32" s="4">
-        <v>26384612.154998999</v>
+        <v>19715531.399999999</v>
       </c>
       <c r="N32" s="4">
-        <v>30453119.349300899</v>
+        <v>22880859.96627</v>
       </c>
       <c r="O32" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="P32" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="P32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q32" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>3.1705999999999998E-2</v>
+        <v>2.2426999999999999E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D33" s="4">
-        <v>235834</v>
+        <v>719652</v>
       </c>
       <c r="E33" s="5">
-        <v>101.10791999999999</v>
+        <v>35.524436000000001</v>
       </c>
       <c r="F33" s="4">
-        <v>23844685.205279902</v>
+        <v>25565231.056446001</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J33" s="5">
-        <v>87.6</v>
+        <v>30.61</v>
       </c>
       <c r="K33" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="M33" s="4">
-        <v>20659058.399999</v>
+        <v>22028547.719999999</v>
       </c>
       <c r="N33" s="4">
-        <v>23844685.205279902</v>
+        <v>25565231.056446001</v>
       </c>
       <c r="O33" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="P33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q33" s="3" t="s">
-        <v>187</v>
+        <v>95</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>2.4825E-2</v>
+        <v>2.5058E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D34" s="4">
-        <v>1378601</v>
+        <v>10333</v>
       </c>
       <c r="E34" s="5">
-        <v>10.186968999999999</v>
+        <v>102.17482200000001</v>
       </c>
       <c r="F34" s="4">
-        <v>14043765.926089199</v>
+        <v>1055772.435726</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J34" s="5">
-        <v>8.8260000000000005</v>
+        <v>88.04</v>
       </c>
       <c r="K34" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="M34" s="4">
-        <v>12167532.426000001</v>
+        <v>909717.32</v>
       </c>
       <c r="N34" s="4">
-        <v>14043765.926089199</v>
+        <v>1055772.435726</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="Q34" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>1.4621E-2</v>
+        <v>1.034E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D35" s="4">
-        <v>101494</v>
+        <v>25386</v>
       </c>
       <c r="E35" s="5">
-        <v>283.41381000000001</v>
+        <v>42.824294999999999</v>
       </c>
       <c r="F35" s="4">
-        <v>28764801.2321399</v>
+        <v>1087137.55287</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J35" s="5">
-        <v>245.55</v>
+        <v>36.9</v>
       </c>
       <c r="K35" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>167</v>
+        <v>142</v>
       </c>
       <c r="M35" s="4">
-        <v>24921851.699999001</v>
+        <v>936743.4</v>
       </c>
       <c r="N35" s="4">
-        <v>28764801.2321399</v>
+        <v>1087137.55287</v>
       </c>
       <c r="O35" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="P35" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="P35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q35" s="3" t="s">
-        <v>135</v>
+        <v>164</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>170</v>
+        <v>145</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.9947999999999999E-2</v>
+        <v>1.065E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D36" s="4">
+        <v>3873741</v>
+      </c>
+      <c r="E36" s="5">
+        <v>6.0836030000000001</v>
+      </c>
+      <c r="F36" s="4">
+        <v>23566302.756197099</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H36" s="3" t="s">
         <v>196</v>
-      </c>
-[...19 lines deleted...]
-        <v>166</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J36" s="5">
-        <v>30.93</v>
+        <v>5.242</v>
       </c>
       <c r="K36" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L36" s="3" t="s">
-        <v>167</v>
+        <v>197</v>
       </c>
       <c r="M36" s="4">
-        <v>23545338.779998999</v>
+        <v>20306150.322000001</v>
       </c>
       <c r="N36" s="4">
-        <v>27176030.019875899</v>
+        <v>23566302.756197099</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.8294E-2</v>
+        <v>2.3099000000000001E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D37" s="4">
-        <v>25386</v>
+        <v>117711</v>
       </c>
       <c r="E37" s="5">
-        <v>41.839750000000002</v>
+        <v>22.964963000000001</v>
       </c>
       <c r="F37" s="4">
-        <v>1062143.8935</v>
+        <v>2703228.8067774</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>155</v>
+        <v>126</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J37" s="5">
-        <v>36.25</v>
+        <v>19.788</v>
       </c>
       <c r="K37" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>156</v>
+        <v>127</v>
       </c>
       <c r="M37" s="4">
-        <v>920242.5</v>
+        <v>2329265.2680000002</v>
       </c>
       <c r="N37" s="4">
-        <v>1062143.8935</v>
+        <v>2703228.8067774</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>178</v>
+        <v>136</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>159</v>
+        <v>117</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.1050000000000001E-3</v>
+        <v>2.6489999999999999E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D38" s="4">
-        <v>4964168</v>
+        <v>63687</v>
       </c>
       <c r="E38" s="5">
-        <v>6.7682289999999998</v>
+        <v>69.563367</v>
       </c>
       <c r="F38" s="4">
-        <v>33598624.825638302</v>
+        <v>4430282.1541290004</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>206</v>
+        <v>126</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J38" s="5">
-        <v>5.8639999999999999</v>
+        <v>59.94</v>
       </c>
       <c r="K38" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L38" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="M38" s="4">
+        <v>3817398.78</v>
+      </c>
+      <c r="N38" s="4">
+        <v>4430282.1541290004</v>
+      </c>
+      <c r="O38" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="P38" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="M38" s="4">
-[...8 lines deleted...]
-      <c r="P38" s="3" t="s">
+      <c r="Q38" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R38" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="Q38" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S38" s="3" t="s">
-        <v>210</v>
+        <v>130</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.4980999999999998E-2</v>
+        <v>4.3420000000000004E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D39" s="4">
+        <v>757857</v>
+      </c>
+      <c r="E39" s="5">
+        <v>1.722256</v>
+      </c>
+      <c r="F39" s="4">
+        <v>1305223.9169634001</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H39" s="3" t="s">
         <v>211</v>
-      </c>
-[...19 lines deleted...]
-        <v>140</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J39" s="5">
-        <v>21.335000000000001</v>
+        <v>1.484</v>
       </c>
       <c r="K39" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>141</v>
+        <v>212</v>
       </c>
       <c r="M39" s="4">
-        <v>1146158.8700000001</v>
+        <v>1124659.7879999999</v>
       </c>
       <c r="N39" s="4">
-        <v>1322896.567754</v>
+        <v>1305223.9169634001</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>150</v>
+        <v>89</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>214</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>127</v>
+        <v>215</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>1.377E-3</v>
+        <v>1.279E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D40" s="4">
-        <v>63687</v>
+        <v>34139</v>
       </c>
       <c r="E40" s="5">
-        <v>63.319412</v>
+        <v>14.530086000000001</v>
       </c>
       <c r="F40" s="4">
-        <v>4032623.3920439999</v>
+        <v>496042.60595400003</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J40" s="5">
-        <v>54.86</v>
+        <v>12.52</v>
       </c>
       <c r="K40" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="M40" s="4">
-        <v>3493868.82</v>
+        <v>427420.28</v>
       </c>
       <c r="N40" s="4">
-        <v>4032623.3920439999</v>
+        <v>496042.60595400003</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>4.1980000000000003E-3</v>
+        <v>4.86E-4</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D41" s="4">
-        <v>757857</v>
+        <v>104657</v>
       </c>
       <c r="E41" s="5">
-        <v>1.632039</v>
+        <v>9.6557759999999995</v>
       </c>
       <c r="F41" s="4">
-        <v>1236852.0288515999</v>
+        <v>1010544.548832</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>221</v>
+        <v>126</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J41" s="5">
-        <v>1.4139999999999999</v>
+        <v>8.32</v>
       </c>
       <c r="K41" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L41" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="M41" s="4">
+        <v>870746.24</v>
+      </c>
+      <c r="N41" s="4">
+        <v>1010544.548832</v>
+      </c>
+      <c r="O41" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="P41" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="M41" s="4">
-[...8 lines deleted...]
-      <c r="P41" s="3" t="s">
+      <c r="Q41" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R41" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="Q41" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S41" s="3" t="s">
-        <v>225</v>
+        <v>130</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.2869999999999999E-3</v>
+        <v>9.8999999999999999E-4</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D42" s="4">
+        <v>38420</v>
+      </c>
+      <c r="E42" s="5">
+        <v>11.092594</v>
+      </c>
+      <c r="F42" s="4">
+        <v>426177.63537327998</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J42" s="5">
+        <v>1731</v>
+      </c>
+      <c r="K42" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M42" s="4">
+        <v>66505045.936967999</v>
+      </c>
+      <c r="N42" s="4">
+        <v>426177.63537327998</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="P42" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B42" s="3" t="s">
+      <c r="Q42" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C42" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P42" s="3" t="s">
+      <c r="S42" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="Q42" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>4.8999999999999998E-4</v>
+        <v>4.17E-4</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="C43" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" s="4">
+        <v>358276</v>
+      </c>
+      <c r="E43" s="5">
+        <v>21.584347000000001</v>
+      </c>
+      <c r="F43" s="4">
+        <v>7733153.4955154201</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H43" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I43" s="3" t="s">
-        <v>55</v>
+        <v>232</v>
       </c>
       <c r="J43" s="5">
-        <v>7.93</v>
+        <v>70.27</v>
       </c>
       <c r="K43" s="5">
-        <v>0.86640097036908681</v>
+        <v>3.2556000227110657</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>141</v>
+        <v>233</v>
       </c>
       <c r="M43" s="4">
-        <v>829930.01</v>
+        <v>25176054.695627999</v>
       </c>
       <c r="N43" s="4">
-        <v>957905.217542</v>
+        <v>7733153.4955154201</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>144</v>
+        <v>236</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>9.9700000000000006E-4</v>
+        <v>7.5789999999999998E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D44" s="4">
-        <v>38420</v>
+        <v>326000</v>
       </c>
       <c r="E44" s="5">
-        <v>10.794848999999999</v>
+        <v>2.6946479999999999</v>
       </c>
       <c r="F44" s="4">
-        <v>414737.98318782001</v>
+        <v>878455.62319769</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J44" s="5">
-        <v>1663</v>
+        <v>420.5</v>
       </c>
       <c r="K44" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M44" s="4">
-        <v>63892442.400826</v>
+        <v>137083053.46239001</v>
       </c>
       <c r="N44" s="4">
-        <v>414737.98318782001</v>
+        <v>878455.62319769</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>4.3100000000000001E-4</v>
+        <v>8.61E-4</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D45" s="4">
-        <v>235277</v>
+        <v>970390</v>
       </c>
       <c r="E45" s="5">
-        <v>20.373671000000002</v>
+        <v>14.040678</v>
       </c>
       <c r="F45" s="4">
-        <v>4793456.1797062298</v>
+        <v>13624933.5244199</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="J45" s="5">
-        <v>66.3</v>
+        <v>21.41</v>
       </c>
       <c r="K45" s="5">
-        <v>3.2541999762508484</v>
+        <v>1.5248551387618177</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="M45" s="4">
-        <v>15598864.986159001</v>
+        <v>20776049.899999</v>
       </c>
       <c r="N45" s="4">
-        <v>4793456.1797062298</v>
+        <v>13624933.5244199</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>105</v>
+        <v>164</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>4.9899999999999996E-3</v>
+        <v>1.3354E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B46" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D46" s="4">
+        <v>173489</v>
+      </c>
+      <c r="E46" s="5">
+        <v>5.298864</v>
+      </c>
+      <c r="F46" s="4">
+        <v>919294.61649599997</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J46" s="5">
+        <v>8.08</v>
+      </c>
+      <c r="K46" s="5">
+        <v>1.5248551387618177</v>
+      </c>
+      <c r="L46" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M46" s="4">
+        <v>1401791.12</v>
+      </c>
+      <c r="N46" s="4">
+        <v>919294.61649599997</v>
+      </c>
+      <c r="O46" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="P46" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="Q46" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="R46" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="S46" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="C46" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.722E-3</v>
+        <v>9.01E-4</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D47" s="4">
-        <v>613362</v>
+        <v>292501</v>
       </c>
       <c r="E47" s="5">
-        <v>13.937499000000001</v>
+        <v>27.327186000000001</v>
       </c>
       <c r="F47" s="4">
-        <v>8548731.9549570102</v>
+        <v>7993229.2321859896</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J47" s="5">
-        <v>21.29</v>
+        <v>41.67</v>
       </c>
       <c r="K47" s="5">
-        <v>1.5275337966852518</v>
+        <v>1.5248551387618177</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M47" s="4">
-        <v>13058476.98</v>
+        <v>12188516.669999</v>
       </c>
       <c r="N47" s="4">
-        <v>8548731.9549570102</v>
+        <v>7993229.2321859896</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>178</v>
+        <v>164</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>8.8999999999999999E-3</v>
+        <v>7.8340000000000007E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B48" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D48" s="4">
+        <v>168796</v>
+      </c>
+      <c r="E48" s="5">
+        <v>20.025625000000002</v>
+      </c>
+      <c r="F48" s="4">
+        <v>3380246.7157962201</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J48" s="5">
+        <v>3125</v>
+      </c>
+      <c r="K48" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M48" s="4">
+        <v>527487705.72020501</v>
+      </c>
+      <c r="N48" s="4">
+        <v>3380246.7157962201</v>
+      </c>
+      <c r="O48" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="C48" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P48" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>99</v>
+        <v>136</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.0460000000000001E-3</v>
+        <v>3.313E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B49" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D49" s="4">
+        <v>17100</v>
+      </c>
+      <c r="E49" s="5">
+        <v>29.516169000000001</v>
+      </c>
+      <c r="F49" s="4">
+        <v>504726.69016340998</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J49" s="5">
+        <v>4606</v>
+      </c>
+      <c r="K49" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M49" s="4">
+        <v>78762630.717426002</v>
+      </c>
+      <c r="N49" s="4">
+        <v>504726.69016340998</v>
+      </c>
+      <c r="O49" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P49" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>178</v>
+        <v>136</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>8.6619999999999996E-3</v>
+        <v>4.9399999999999997E-4</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B50" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D50" s="4">
+        <v>13800</v>
+      </c>
+      <c r="E50" s="5">
+        <v>43.838495999999999</v>
+      </c>
+      <c r="F50" s="4">
+        <v>604971.48349888006</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J50" s="5">
+        <v>6841</v>
+      </c>
+      <c r="K50" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M50" s="4">
+        <v>94405836.818276003</v>
+      </c>
+      <c r="N50" s="4">
+        <v>604971.48349888006</v>
+      </c>
+      <c r="O50" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P50" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.9989999999999999E-3</v>
+        <v>5.9199999999999997E-4</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B51" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D51" s="4">
+        <v>3400</v>
+      </c>
+      <c r="E51" s="5">
+        <v>41.848435000000002</v>
+      </c>
+      <c r="F51" s="4">
+        <v>142284.67745049001</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J51" s="5">
+        <v>54.2</v>
+      </c>
+      <c r="K51" s="5">
+        <v>1.2951499974084049</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M51" s="4">
+        <v>184279.99963100001</v>
+      </c>
+      <c r="N51" s="4">
+        <v>142284.67745049001</v>
+      </c>
+      <c r="O51" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P51" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>150</v>
+        <v>95</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>238</v>
+        <v>270</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>5.1199999999999998E-4</v>
+        <v>1.3899999999999999E-4</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D52" s="4">
-        <v>13800</v>
+        <v>29210</v>
       </c>
       <c r="E52" s="5">
-        <v>41.705896000000003</v>
+        <v>86.749223999999998</v>
       </c>
       <c r="F52" s="4">
-        <v>575541.20281717996</v>
+        <v>2533944.8330399999</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="J52" s="5">
-        <v>6425</v>
+        <v>132.28</v>
       </c>
       <c r="K52" s="5">
-        <v>154.05495756556192</v>
+        <v>1.5248551387618177</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="M52" s="4">
-        <v>88664975.577233002</v>
+        <v>3863898.8</v>
       </c>
       <c r="N52" s="4">
-        <v>575541.20281717996</v>
+        <v>2533944.8330399999</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>150</v>
+        <v>164</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>5.9900000000000003E-4</v>
+        <v>2.483E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D53" s="4">
-        <v>22800</v>
+        <v>946992</v>
       </c>
       <c r="E53" s="5">
-        <v>41.438395999999997</v>
+        <v>17.234853999999999</v>
       </c>
       <c r="F53" s="4">
-        <v>944795.42049252999</v>
+        <v>16321275.129766099</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="J53" s="5">
-        <v>53.93</v>
+        <v>2689.5</v>
       </c>
       <c r="K53" s="5">
-        <v>1.3014499948944118</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="M53" s="4">
-        <v>1229603.9951760001</v>
+        <v>2546935977.3050299</v>
       </c>
       <c r="N53" s="4">
-        <v>944795.42049252999</v>
+        <v>16321275.129766099</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>277</v>
+        <v>228</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>9.8299999999999993E-4</v>
+        <v>1.5997000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B54" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D54" s="4">
+        <v>26869</v>
+      </c>
+      <c r="E54" s="5">
+        <v>4.6444720000000004</v>
+      </c>
+      <c r="F54" s="4">
+        <v>124792.31401562</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J54" s="5">
+        <v>36.159999999999997</v>
+      </c>
+      <c r="K54" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M54" s="4">
+        <v>971583.05787699996</v>
+      </c>
+      <c r="N54" s="4">
+        <v>124792.31401562</v>
+      </c>
+      <c r="O54" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P54" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>178</v>
+        <v>95</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>252</v>
+        <v>283</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.6450000000000002E-3</v>
+        <v>1.22E-4</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D55" s="4">
-        <v>879192</v>
+        <v>102000</v>
       </c>
       <c r="E55" s="5">
-        <v>15.978064</v>
+        <v>10.131364</v>
       </c>
       <c r="F55" s="4">
-        <v>14047782.337476799</v>
+        <v>1033399.55142582</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J55" s="5">
-        <v>2461.5</v>
+        <v>1581</v>
       </c>
       <c r="K55" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M55" s="4">
-        <v>2164130511.8902402</v>
+        <v>161262062.892203</v>
       </c>
       <c r="N55" s="4">
-        <v>14047782.337476799</v>
+        <v>1033399.55142582</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>110</v>
+        <v>164</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.4625000000000001E-2</v>
+        <v>1.0120000000000001E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D56" s="4">
-        <v>26869</v>
+        <v>16500</v>
       </c>
       <c r="E56" s="5">
-        <v>4.6241729999999999</v>
+        <v>82.377410999999995</v>
       </c>
       <c r="F56" s="4">
-        <v>124246.91335787</v>
+        <v>1359227.8115988499</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="J56" s="5">
-        <v>35.94</v>
+        <v>12855</v>
       </c>
       <c r="K56" s="5">
-        <v>7.7721999289620927</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M56" s="4">
-        <v>965671.85117299994</v>
+        <v>212107582.721957</v>
       </c>
       <c r="N56" s="4">
-        <v>124246.91335787</v>
+        <v>1359227.8115988499</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>290</v>
+        <v>228</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>1.2899999999999999E-4</v>
+        <v>1.3320000000000001E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B57" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D57" s="4">
+        <v>66290</v>
+      </c>
+      <c r="E57" s="5">
+        <v>19.493744</v>
+      </c>
+      <c r="F57" s="4">
+        <v>1292240.82024992</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J57" s="5">
+        <v>3042</v>
+      </c>
+      <c r="K57" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M57" s="4">
+        <v>201654258.64515999</v>
+      </c>
+      <c r="N57" s="4">
+        <v>1292240.82024992</v>
+      </c>
+      <c r="O57" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="C57" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P57" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>178</v>
+        <v>136</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>1.0070000000000001E-3</v>
+        <v>1.266E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B58" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D58" s="4">
+        <v>11966</v>
+      </c>
+      <c r="E58" s="5">
+        <v>18.417166999999999</v>
+      </c>
+      <c r="F58" s="4">
+        <v>220379.90387695999</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J58" s="5">
+        <v>2874</v>
+      </c>
+      <c r="K58" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M58" s="4">
+        <v>34390297.412215002</v>
+      </c>
+      <c r="N58" s="4">
+        <v>220379.90387695999</v>
+      </c>
+      <c r="O58" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="C58" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P58" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>150</v>
+        <v>89</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>1.292E-3</v>
+        <v>2.1599999999999999E-4</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B59" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D59" s="4">
+        <v>26800</v>
+      </c>
+      <c r="E59" s="5">
+        <v>26.196722000000001</v>
+      </c>
+      <c r="F59" s="4">
+        <v>702072.41268823994</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J59" s="5">
+        <v>4088</v>
+      </c>
+      <c r="K59" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L59" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M59" s="4">
+        <v>109558442.72779199</v>
+      </c>
+      <c r="N59" s="4">
+        <v>702072.41268823994</v>
+      </c>
+      <c r="O59" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="C59" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P59" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>2.1599999999999999E-4</v>
+        <v>6.8800000000000003E-4</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B60" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D60" s="4">
+        <v>10100</v>
+      </c>
+      <c r="E60" s="5">
+        <v>13.017797</v>
+      </c>
+      <c r="F60" s="4">
+        <v>131479.75138015</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J60" s="5">
+        <v>16.86</v>
+      </c>
+      <c r="K60" s="5">
+        <v>1.2951499974084049</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M60" s="4">
+        <v>170285.99965899999</v>
+      </c>
+      <c r="N60" s="4">
+        <v>131479.75138015</v>
+      </c>
+      <c r="O60" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="C60" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P60" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>9.1500000000000001E-4</v>
+        <v>1.2799999999999999E-4</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B61" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D61" s="4">
+        <v>28000</v>
+      </c>
+      <c r="E61" s="5">
+        <v>21.070162</v>
+      </c>
+      <c r="F61" s="4">
+        <v>589964.75488625001</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J61" s="5">
+        <v>3288</v>
+      </c>
+      <c r="K61" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L61" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M61" s="4">
+        <v>92064035.904973</v>
+      </c>
+      <c r="N61" s="4">
+        <v>589964.75488625001</v>
+      </c>
+      <c r="O61" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="C61" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P61" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>1.387E-3</v>
+        <v>5.7799999999999995E-4</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D62" s="4">
         <v>34800</v>
       </c>
       <c r="E62" s="5">
-        <v>21.310576999999999</v>
+        <v>22.486374000000001</v>
       </c>
       <c r="F62" s="4">
-        <v>741607.86732010997</v>
+        <v>782526.11342517997</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J62" s="5">
-        <v>3283</v>
+        <v>3509</v>
       </c>
       <c r="K62" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M62" s="4">
-        <v>114248368.530286</v>
+        <v>122113247.624165</v>
       </c>
       <c r="N62" s="4">
-        <v>741607.86732010997</v>
+        <v>782526.11342517997</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="P62" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>7.7200000000000001E-4</v>
+        <v>7.67E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B63" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D63" s="4">
+        <v>22000</v>
+      </c>
+      <c r="E63" s="5">
+        <v>26.574805000000001</v>
+      </c>
+      <c r="F63" s="4">
+        <v>584645.94681192003</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J63" s="5">
+        <v>4147</v>
+      </c>
+      <c r="K63" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M63" s="4">
+        <v>91234035.581273004</v>
+      </c>
+      <c r="N63" s="4">
+        <v>584645.94681192003</v>
+      </c>
+      <c r="O63" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="C63" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P63" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>1.351E-3</v>
+        <v>5.7300000000000005E-4</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D64" s="4">
         <v>30906</v>
       </c>
       <c r="E64" s="5">
-        <v>24.666522000000001</v>
+        <v>26.529948000000001</v>
       </c>
       <c r="F64" s="4">
-        <v>762343.31894452998</v>
+        <v>819934.89266261004</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J64" s="5">
-        <v>3800</v>
+        <v>4140</v>
       </c>
       <c r="K64" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M64" s="4">
-        <v>117442767.650389</v>
+        <v>127950889.900847</v>
       </c>
       <c r="N64" s="4">
-        <v>762343.31894452998</v>
+        <v>819934.89266261004</v>
       </c>
       <c r="O64" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="P64" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="R64" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>7.9299999999999998E-4</v>
+        <v>8.03E-4</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D65" s="4">
         <v>37695</v>
       </c>
       <c r="E65" s="5">
-        <v>46.152360999999999</v>
+        <v>46.972105999999997</v>
       </c>
       <c r="F65" s="4">
-        <v>1739712.76492162</v>
+        <v>1770614.2262095499</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J65" s="5">
-        <v>7110</v>
+        <v>7330</v>
       </c>
       <c r="K65" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M65" s="4">
-        <v>268011376.17626601</v>
+        <v>276304457.75873798</v>
       </c>
       <c r="N65" s="4">
-        <v>1739712.76492162</v>
+        <v>1770614.2262095499</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P65" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>1.8109999999999999E-3</v>
+        <v>1.735E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D66" s="4">
         <v>56800</v>
       </c>
       <c r="E66" s="5">
-        <v>10.126256</v>
+        <v>10.073689999999999</v>
       </c>
       <c r="F66" s="4">
-        <v>575171.20508909004</v>
+        <v>572185.83787248004</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J66" s="5">
-        <v>1560</v>
+        <v>1572</v>
       </c>
       <c r="K66" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M66" s="4">
-        <v>88607975.592932001</v>
+        <v>89289634.822957993</v>
       </c>
       <c r="N66" s="4">
-        <v>575171.20508909004</v>
+        <v>572185.83787248004</v>
       </c>
       <c r="O66" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="P66" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="R66" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>5.9800000000000001E-4</v>
+        <v>5.5999999999999995E-4</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D67" s="4">
         <v>27800</v>
       </c>
       <c r="E67" s="5">
-        <v>93.245943999999994</v>
+        <v>92.630531000000005</v>
       </c>
       <c r="F67" s="4">
-        <v>2592236.5388984499</v>
+        <v>2575129.7661006101</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J67" s="5">
-        <v>14365</v>
+        <v>14455</v>
       </c>
       <c r="K67" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M67" s="4">
-        <v>399346889.99989903</v>
+        <v>401849156.72117102</v>
       </c>
       <c r="N67" s="4">
-        <v>2592236.5388984499</v>
+        <v>2575129.7661006101</v>
       </c>
       <c r="O67" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P67" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>2.6979999999999999E-3</v>
+        <v>2.5240000000000002E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D68" s="4">
         <v>112154</v>
       </c>
       <c r="E68" s="5">
-        <v>57.972817999999997</v>
+        <v>59.980752000000003</v>
       </c>
       <c r="F68" s="4">
-        <v>6501881.6266917698</v>
+        <v>6727083.8833707096</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J68" s="5">
-        <v>8931</v>
+        <v>9360</v>
       </c>
       <c r="K68" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M68" s="4">
-        <v>1001647098.0963</v>
+        <v>1049761849.40712</v>
       </c>
       <c r="N68" s="4">
-        <v>6501881.6266917698</v>
+        <v>6727083.8833707096</v>
       </c>
       <c r="O68" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P68" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R68" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>6.7689999999999998E-3</v>
+        <v>6.5929999999999999E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D69" s="4">
         <v>41000</v>
       </c>
       <c r="E69" s="5">
-        <v>23.206004</v>
+        <v>24.062791000000001</v>
       </c>
       <c r="F69" s="4">
-        <v>951445.91217421996</v>
+        <v>986574.81576418004</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J69" s="5">
-        <v>3575</v>
+        <v>3755</v>
       </c>
       <c r="K69" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M69" s="4">
-        <v>146574959.62592599</v>
+        <v>153955060.04247299</v>
       </c>
       <c r="N69" s="4">
-        <v>951445.91217421996</v>
+        <v>986574.81576418004</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>9.8999999999999999E-4</v>
+        <v>9.6699999999999998E-4</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D70" s="4">
         <v>112300</v>
       </c>
       <c r="E70" s="5">
-        <v>32.300161000000003</v>
+        <v>37.295724</v>
       </c>
       <c r="F70" s="4">
-        <v>3627307.1305702501</v>
+        <v>4188311.4386414601</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J70" s="5">
-        <v>4976</v>
+        <v>5820</v>
       </c>
       <c r="K70" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M70" s="4">
-        <v>558804646.07726002</v>
+        <v>653586254.89863896</v>
       </c>
       <c r="N70" s="4">
-        <v>3627307.1305702501</v>
+        <v>4188311.4386414601</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>3.7759999999999998E-3</v>
+        <v>4.1050000000000001E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D71" s="4">
         <v>62044</v>
       </c>
       <c r="E71" s="5">
-        <v>20.271985999999998</v>
+        <v>22.121106000000001</v>
       </c>
       <c r="F71" s="4">
-        <v>1257754.7758917301</v>
+        <v>1372482.46074976</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J71" s="5">
-        <v>3123</v>
+        <v>3452</v>
       </c>
       <c r="K71" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M71" s="4">
-        <v>193763358.62788299</v>
+        <v>214175971.52862799</v>
       </c>
       <c r="N71" s="4">
-        <v>1257754.7758917301</v>
+        <v>1372482.46074976</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P71" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>1.3090000000000001E-3</v>
+        <v>1.3450000000000001E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D72" s="4">
         <v>26293</v>
       </c>
       <c r="E72" s="5">
-        <v>20.83672</v>
+        <v>22.396659</v>
       </c>
       <c r="F72" s="4">
-        <v>547859.72542273998</v>
+        <v>588875.58474848</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J72" s="5">
-        <v>3210</v>
+        <v>3495</v>
       </c>
       <c r="K72" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M72" s="4">
-        <v>84400506.751880005</v>
+        <v>91894070.838687003</v>
       </c>
       <c r="N72" s="4">
-        <v>547859.72542273998</v>
+        <v>588875.58474848</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P72" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>5.6999999999999998E-4</v>
+        <v>5.7700000000000004E-4</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B73" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D73" s="4">
+        <v>401700</v>
+      </c>
+      <c r="E73" s="5">
+        <v>32.822800000000001</v>
+      </c>
+      <c r="F73" s="4">
+        <v>13184924.062800299</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I73" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J73" s="5">
+        <v>5122</v>
+      </c>
+      <c r="K73" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L73" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M73" s="4">
+        <v>2057508202.42819</v>
+      </c>
+      <c r="N73" s="4">
+        <v>13184924.062800299</v>
+      </c>
+      <c r="O73" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="C73" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P73" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>1.2677000000000001E-2</v>
+        <v>1.2923E-2</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B74" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D74" s="4">
+        <v>83400</v>
+      </c>
+      <c r="E74" s="5">
+        <v>152.73944700000001</v>
+      </c>
+      <c r="F74" s="4">
+        <v>12738474.8478051</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J74" s="5">
+        <v>23835</v>
+      </c>
+      <c r="K74" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L74" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M74" s="4">
+        <v>1987839775.2575099</v>
+      </c>
+      <c r="N74" s="4">
+        <v>12738474.8478051</v>
+      </c>
+      <c r="O74" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="C74" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P74" s="3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>1.67E-2</v>
+        <v>1.2485E-2</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B75" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D75" s="4">
+        <v>39000</v>
+      </c>
+      <c r="E75" s="5">
+        <v>13.694323000000001</v>
+      </c>
+      <c r="F75" s="4">
+        <v>534078.82089074003</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J75" s="5">
+        <v>2137</v>
+      </c>
+      <c r="K75" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M75" s="4">
+        <v>83343032.503782004</v>
+      </c>
+      <c r="N75" s="4">
+        <v>534078.82089074003</v>
+      </c>
+      <c r="O75" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="C75" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P75" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>290</v>
+        <v>228</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>9.4200000000000002E-4</v>
+        <v>5.2300000000000003E-4</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D76" s="4">
-        <v>1989500</v>
+        <v>730000</v>
       </c>
       <c r="E76" s="5">
-        <v>4.9123799999999997</v>
+        <v>1.0673550000000001</v>
       </c>
       <c r="F76" s="4">
-        <v>9773180.0519801304</v>
+        <v>779169.23551171005</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J76" s="5">
-        <v>38.18</v>
+        <v>8.31</v>
       </c>
       <c r="K76" s="5">
-        <v>7.7721999289620927</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L76" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M76" s="4">
-        <v>75959109.305732995</v>
+        <v>6066300.1116190003</v>
       </c>
       <c r="N76" s="4">
-        <v>9773180.0519801304</v>
+        <v>779169.23551171005</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>1.0175E-2</v>
+        <v>7.6300000000000001E-4</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D77" s="4">
-        <v>144326</v>
+        <v>1989500</v>
       </c>
       <c r="E77" s="5">
-        <v>3.2011530000000001</v>
+        <v>4.8114470000000003</v>
       </c>
       <c r="F77" s="4">
-        <v>462009.58287228999</v>
+        <v>9572373.3559391703</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J77" s="5">
-        <v>24.88</v>
+        <v>37.46</v>
       </c>
       <c r="K77" s="5">
-        <v>7.7721999289620927</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M77" s="4">
-        <v>3590830.8471789998</v>
+        <v>74526671.371289998</v>
       </c>
       <c r="N77" s="4">
-        <v>462009.58287228999</v>
+        <v>9572373.3559391703</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>4.8099999999999998E-4</v>
+        <v>9.3819999999999997E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B78" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D78" s="4">
+        <v>144326</v>
+      </c>
+      <c r="E78" s="5">
+        <v>3.1314220000000001</v>
+      </c>
+      <c r="F78" s="4">
+        <v>451945.62782573001</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H78" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J78" s="5">
+        <v>24.38</v>
+      </c>
+      <c r="K78" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L78" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M78" s="4">
+        <v>3518667.944743</v>
+      </c>
+      <c r="N78" s="4">
+        <v>451945.62782573001</v>
+      </c>
+      <c r="O78" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="C78" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P78" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>135</v>
+        <v>105</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>238</v>
+        <v>283</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>3.359E-3</v>
+        <v>4.4200000000000001E-4</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B79" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D79" s="4">
+        <v>299600</v>
+      </c>
+      <c r="E79" s="5">
+        <v>26.395375999999999</v>
+      </c>
+      <c r="F79" s="4">
+        <v>7908057.6738224896</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J79" s="5">
+        <v>4119</v>
+      </c>
+      <c r="K79" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L79" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M79" s="4">
+        <v>1234052881.2806201</v>
+      </c>
+      <c r="N79" s="4">
+        <v>7908057.6738224896</v>
+      </c>
+      <c r="O79" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="C79" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P79" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>1.9621E-2</v>
+        <v>7.7510000000000001E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B80" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D80" s="4">
+        <v>1731300</v>
+      </c>
+      <c r="E80" s="5">
+        <v>12.569684000000001</v>
+      </c>
+      <c r="F80" s="4">
+        <v>21761902.915732101</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J80" s="5">
+        <v>1961.5</v>
+      </c>
+      <c r="K80" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L80" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M80" s="4">
+        <v>3395946274.4190402</v>
+      </c>
+      <c r="N80" s="4">
+        <v>21761902.915732101</v>
+      </c>
+      <c r="O80" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="C80" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P80" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="Q80" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>2.349E-3</v>
+        <v>2.1329999999999998E-2</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B81" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D81" s="4">
+        <v>92300</v>
+      </c>
+      <c r="E81" s="5">
+        <v>25.165001</v>
+      </c>
+      <c r="F81" s="4">
+        <v>2322730.5350849102</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J81" s="5">
+        <v>3927</v>
+      </c>
+      <c r="K81" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L81" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M81" s="4">
+        <v>362462241.36027402</v>
+      </c>
+      <c r="N81" s="4">
+        <v>2322730.5350849102</v>
+      </c>
+      <c r="O81" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="C81" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P81" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>4.4520000000000002E-3</v>
+        <v>2.2759999999999998E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B82" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D82" s="4">
+        <v>173900</v>
+      </c>
+      <c r="E82" s="5">
+        <v>27.061828999999999</v>
+      </c>
+      <c r="F82" s="4">
+        <v>4706053.8289009901</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J82" s="5">
+        <v>4223</v>
+      </c>
+      <c r="K82" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M82" s="4">
+        <v>734379986.40819395</v>
+      </c>
+      <c r="N82" s="4">
+        <v>4706053.8289009901</v>
+      </c>
+      <c r="O82" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="C82" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P82" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>277</v>
+        <v>228</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>8.52E-4</v>
+        <v>4.6119999999999998E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B83" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D83" s="4">
+        <v>730000</v>
+      </c>
+      <c r="E83" s="5">
+        <v>1.1118399999999999</v>
+      </c>
+      <c r="F83" s="4">
+        <v>811643.43898390001</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J83" s="5">
+        <v>1.44</v>
+      </c>
+      <c r="K83" s="5">
+        <v>1.2951499974084049</v>
+      </c>
+      <c r="L83" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M83" s="4">
+        <v>1051199.997896</v>
+      </c>
+      <c r="N83" s="4">
+        <v>811643.43898390001</v>
+      </c>
+      <c r="O83" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="C83" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P83" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>238</v>
+        <v>270</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>1.586E-3</v>
+        <v>7.9500000000000003E-4</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B84" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D84" s="4">
+        <v>69200</v>
+      </c>
+      <c r="E84" s="5">
+        <v>20.589547</v>
+      </c>
+      <c r="F84" s="4">
+        <v>1424797.1803909</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H84" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J84" s="5">
+        <v>3213</v>
+      </c>
+      <c r="K84" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L84" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M84" s="4">
+        <v>222339686.712477</v>
+      </c>
+      <c r="N84" s="4">
+        <v>1424797.1803909</v>
+      </c>
+      <c r="O84" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="C84" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P84" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>9.5299999999999996E-4</v>
+        <v>1.3960000000000001E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B85" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D85" s="4">
+        <v>72100</v>
+      </c>
+      <c r="E85" s="5">
+        <v>12.463949</v>
+      </c>
+      <c r="F85" s="4">
+        <v>898651.07337392005</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J85" s="5">
+        <v>1945</v>
+      </c>
+      <c r="K85" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M85" s="4">
+        <v>140234554.69147599</v>
+      </c>
+      <c r="N85" s="4">
+        <v>898651.07337392005</v>
+      </c>
+      <c r="O85" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="C85" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P85" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>7.54E-4</v>
+        <v>8.8000000000000003E-4</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B86" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D86" s="4">
+        <v>40600</v>
+      </c>
+      <c r="E86" s="5">
+        <v>43.242533999999999</v>
+      </c>
+      <c r="F86" s="4">
+        <v>1755647.5488625399</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J86" s="5">
+        <v>6748</v>
+      </c>
+      <c r="K86" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L86" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M86" s="4">
+        <v>273968906.84787297</v>
+      </c>
+      <c r="N86" s="4">
+        <v>1755647.5488625399</v>
+      </c>
+      <c r="O86" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="C86" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P86" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>410</v>
+        <v>105</v>
       </c>
       <c r="R86" s="3" t="s">
         <v>411</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>6.3500000000000004E-4</v>
+        <v>1.72E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D87" s="4">
-        <v>159600</v>
+        <v>9384</v>
       </c>
       <c r="E87" s="5">
-        <v>12.404664</v>
+        <v>100.51261700000001</v>
       </c>
       <c r="F87" s="4">
-        <v>1979783.8434325401</v>
+        <v>943210.76578020002</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J87" s="5">
-        <v>1911</v>
+        <v>15685</v>
       </c>
       <c r="K87" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M87" s="4">
-        <v>304995515.988985</v>
+        <v>147188097.40335801</v>
       </c>
       <c r="N87" s="4">
-        <v>1979783.8434325401</v>
+        <v>943210.76578020002</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>412</v>
       </c>
       <c r="P87" s="3" t="s">
         <v>414</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>150</v>
+        <v>415</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>2.0609999999999999E-3</v>
+        <v>9.2400000000000002E-4</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B88" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D88" s="4">
+        <v>159600</v>
+      </c>
+      <c r="E88" s="5">
+        <v>11.864782</v>
+      </c>
+      <c r="F88" s="4">
+        <v>1893619.9935918001</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J88" s="5">
+        <v>1851.5</v>
+      </c>
+      <c r="K88" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L88" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M88" s="4">
+        <v>295499515.244811</v>
+      </c>
+      <c r="N88" s="4">
+        <v>1893619.9935918001</v>
+      </c>
+      <c r="O88" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="C88" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P88" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>2.274E-3</v>
+        <v>1.856E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B89" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D89" s="4">
+        <v>155700</v>
+      </c>
+      <c r="E89" s="5">
+        <v>13.197687999999999</v>
+      </c>
+      <c r="F89" s="4">
+        <v>2054880.80743351</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J89" s="5">
+        <v>2059.5</v>
+      </c>
+      <c r="K89" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L89" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M89" s="4">
+        <v>320664275.059066</v>
+      </c>
+      <c r="N89" s="4">
+        <v>2054880.80743351</v>
+      </c>
+      <c r="O89" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="C89" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P89" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>150</v>
+        <v>105</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>2.6668000000000001E-2</v>
+        <v>2.0140000000000002E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B90" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D90" s="4">
+        <v>702400</v>
+      </c>
+      <c r="E90" s="5">
+        <v>37.750706000000001</v>
+      </c>
+      <c r="F90" s="4">
+        <v>26516106.3761614</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J90" s="5">
+        <v>5891</v>
+      </c>
+      <c r="K90" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L90" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M90" s="4">
+        <v>4137840013.7575998</v>
+      </c>
+      <c r="N90" s="4">
+        <v>26516106.3761614</v>
+      </c>
+      <c r="O90" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="C90" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P90" s="3" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>1.9250000000000001E-3</v>
+        <v>2.5989999999999999E-2</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B91" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D91" s="4">
+        <v>49426</v>
+      </c>
+      <c r="E91" s="5">
+        <v>39.833371</v>
+      </c>
+      <c r="F91" s="4">
+        <v>1968804.97276514</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I91" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J91" s="5">
+        <v>6216</v>
+      </c>
+      <c r="K91" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L91" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M91" s="4">
+        <v>307232135.82053298</v>
+      </c>
+      <c r="N91" s="4">
+        <v>1968804.97276514</v>
+      </c>
+      <c r="O91" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="C91" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P91" s="3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>4.7679999999999997E-3</v>
+        <v>1.9289999999999999E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B92" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D92" s="4">
+        <v>4454100</v>
+      </c>
+      <c r="E92" s="5">
+        <v>0.99839800000000001</v>
+      </c>
+      <c r="F92" s="4">
+        <v>4446964.3063120795</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I92" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J92" s="5">
+        <v>155.80000000000001</v>
+      </c>
+      <c r="K92" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L92" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M92" s="4">
+        <v>693949050.64012897</v>
+      </c>
+      <c r="N92" s="4">
+        <v>4446964.3063120795</v>
+      </c>
+      <c r="O92" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="C92" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P92" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>178</v>
+        <v>100</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>2.2900000000000001E-4</v>
+        <v>4.3579999999999999E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B93" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D93" s="4">
+        <v>8800</v>
+      </c>
+      <c r="E93" s="5">
+        <v>24.742059999999999</v>
+      </c>
+      <c r="F93" s="4">
+        <v>217730.21467478</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J93" s="5">
+        <v>3861</v>
+      </c>
+      <c r="K93" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M93" s="4">
+        <v>33976813.250955999</v>
+      </c>
+      <c r="N93" s="4">
+        <v>217730.21467478</v>
+      </c>
+      <c r="O93" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="C93" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P93" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>135</v>
+        <v>164</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>5.4900000000000001E-3</v>
+        <v>2.13E-4</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B94" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D94" s="4">
+        <v>152400</v>
+      </c>
+      <c r="E94" s="5">
+        <v>31.720590000000001</v>
+      </c>
+      <c r="F94" s="4">
+        <v>4834219.80134572</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J94" s="5">
+        <v>4950</v>
+      </c>
+      <c r="K94" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M94" s="4">
+        <v>754380294.20831394</v>
+      </c>
+      <c r="N94" s="4">
+        <v>4834219.80134572</v>
+      </c>
+      <c r="O94" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="C94" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P94" s="3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>7.2199999999999999E-4</v>
+        <v>4.738E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B95" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D95" s="4">
+        <v>101975</v>
+      </c>
+      <c r="E95" s="5">
+        <v>8.1640470000000001</v>
+      </c>
+      <c r="F95" s="4">
+        <v>832528.99711631006</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I95" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J95" s="5">
+        <v>1274</v>
+      </c>
+      <c r="K95" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L95" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M95" s="4">
+        <v>129916200.667318</v>
+      </c>
+      <c r="N95" s="4">
+        <v>832528.99711631006</v>
+      </c>
+      <c r="O95" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="C95" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P95" s="3" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>3.6400000000000001E-4</v>
+        <v>8.1599999999999999E-4</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B96" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D96" s="4">
+        <v>82324</v>
+      </c>
+      <c r="E96" s="5">
+        <v>5.0752940000000004</v>
+      </c>
+      <c r="F96" s="4">
+        <v>417818.69913488999</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J96" s="5">
+        <v>792</v>
+      </c>
+      <c r="K96" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L96" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M96" s="4">
+        <v>65200633.428245999</v>
+      </c>
+      <c r="N96" s="4">
+        <v>417818.69913488999</v>
+      </c>
+      <c r="O96" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="C96" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P96" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>5.2760000000000003E-3</v>
+        <v>4.0900000000000002E-4</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B97" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D97" s="4">
+        <v>73929</v>
+      </c>
+      <c r="E97" s="5">
+        <v>64.386443999999997</v>
+      </c>
+      <c r="F97" s="4">
+        <v>4760025.4184759902</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I97" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J97" s="5">
+        <v>98.18</v>
+      </c>
+      <c r="K97" s="5">
+        <v>1.5248551387618177</v>
+      </c>
+      <c r="L97" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M97" s="4">
+        <v>7258349.2199990004</v>
+      </c>
+      <c r="N97" s="4">
+        <v>4760025.4184759902</v>
+      </c>
+      <c r="O97" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="C97" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P97" s="3" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>135</v>
+        <v>105</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>2.4290000000000002E-3</v>
+        <v>4.6649999999999999E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B98" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D98" s="4">
+        <v>85400</v>
+      </c>
+      <c r="E98" s="5">
+        <v>25.793005000000001</v>
+      </c>
+      <c r="F98" s="4">
+        <v>2202723.4860621602</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J98" s="5">
+        <v>4025</v>
+      </c>
+      <c r="K98" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M98" s="4">
+        <v>343735134.05670202</v>
+      </c>
+      <c r="N98" s="4">
+        <v>2202723.4860621602</v>
+      </c>
+      <c r="O98" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="C98" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P98" s="3" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>9.2969999999999997E-3</v>
+        <v>2.1589999999999999E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B99" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D99" s="4">
+        <v>514312</v>
+      </c>
+      <c r="E99" s="5">
+        <v>17.036200000000001</v>
+      </c>
+      <c r="F99" s="4">
+        <v>8761925.3572572898</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J99" s="5">
+        <v>2658.5</v>
+      </c>
+      <c r="K99" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M99" s="4">
+        <v>1367298985.2465999</v>
+      </c>
+      <c r="N99" s="4">
+        <v>8761925.3572572898</v>
+      </c>
+      <c r="O99" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="C99" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P99" s="3" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>6.1980000000000004E-3</v>
+        <v>8.5880000000000001E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B100" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D100" s="4">
+        <v>277000</v>
+      </c>
+      <c r="E100" s="5">
+        <v>22.409475</v>
+      </c>
+      <c r="F100" s="4">
+        <v>6207427.1066965703</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I100" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J100" s="5">
+        <v>3497</v>
+      </c>
+      <c r="K100" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L100" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M100" s="4">
+        <v>968669377.781057</v>
+      </c>
+      <c r="N100" s="4">
+        <v>6207427.1066965703</v>
+      </c>
+      <c r="O100" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="C100" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P100" s="3" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>187</v>
+        <v>105</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>1.4289999999999999E-3</v>
+        <v>6.084E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B101" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D101" s="4">
+        <v>82000</v>
+      </c>
+      <c r="E101" s="5">
+        <v>17.17718</v>
+      </c>
+      <c r="F101" s="4">
+        <v>1408529.3175264299</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J101" s="5">
+        <v>2680.5</v>
+      </c>
+      <c r="K101" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L101" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M101" s="4">
+        <v>219801085.722422</v>
+      </c>
+      <c r="N101" s="4">
+        <v>1408529.3175264299</v>
+      </c>
+      <c r="O101" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="C101" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P101" s="3" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>115</v>
+        <v>173</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>1.5945000000000001E-2</v>
+        <v>1.3799999999999999E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B102" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D102" s="4">
+        <v>516200</v>
+      </c>
+      <c r="E102" s="5">
+        <v>39.352755999999999</v>
+      </c>
+      <c r="F102" s="4">
+        <v>20313900.6728612</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I102" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J102" s="5">
+        <v>6141</v>
+      </c>
+      <c r="K102" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L102" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M102" s="4">
+        <v>3169985436.2943101</v>
+      </c>
+      <c r="N102" s="4">
+        <v>20313900.6728612</v>
+      </c>
+      <c r="O102" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="C102" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P102" s="3" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>8.6540000000000002E-3</v>
+        <v>1.9911000000000002E-2</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B103" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D103" s="4">
+        <v>796600</v>
+      </c>
+      <c r="E103" s="5">
+        <v>10.637612000000001</v>
+      </c>
+      <c r="F103" s="4">
+        <v>8473925.0240307599</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J103" s="5">
+        <v>1660</v>
+      </c>
+      <c r="K103" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L103" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M103" s="4">
+        <v>1322356515.7190399</v>
+      </c>
+      <c r="N103" s="4">
+        <v>8473925.0240307599</v>
+      </c>
+      <c r="O103" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="C103" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P103" s="3" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>479</v>
+        <v>105</v>
       </c>
       <c r="R103" s="3" t="s">
         <v>480</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>290</v>
+        <v>228</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>2.5999999999999999E-3</v>
+        <v>8.3049999999999999E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D104" s="4">
-        <v>284300</v>
+        <v>30800</v>
       </c>
       <c r="E104" s="5">
-        <v>14.981667</v>
+        <v>31.387364000000002</v>
       </c>
       <c r="F104" s="4">
-        <v>4259286.6184155</v>
+        <v>966731.17590516002</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J104" s="5">
-        <v>2308</v>
+        <v>4898</v>
       </c>
       <c r="K104" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M104" s="4">
-        <v>656164219.259565</v>
+        <v>150858458.83479899</v>
       </c>
       <c r="N104" s="4">
-        <v>4259286.6184155</v>
+        <v>966731.17590516002</v>
       </c>
       <c r="O104" s="3" t="s">
         <v>481</v>
       </c>
       <c r="P104" s="3" t="s">
         <v>483</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="R104" s="3" t="s">
         <v>484</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>4.4339999999999996E-3</v>
+        <v>9.4700000000000003E-4</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D105" s="4">
-        <v>287500</v>
+        <v>205500</v>
       </c>
       <c r="E105" s="5">
-        <v>8.2602100000000007</v>
+        <v>12.664406</v>
       </c>
       <c r="F105" s="4">
-        <v>2374810.2210442298</v>
+        <v>2602535.45006165</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J105" s="5">
-        <v>64.2</v>
+        <v>98.6</v>
       </c>
       <c r="K105" s="5">
-        <v>7.7721999289620927</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M105" s="4">
-        <v>18457499.831298001</v>
+        <v>20262300.372825999</v>
       </c>
       <c r="N105" s="4">
-        <v>2374810.2210442298</v>
+        <v>2602535.45006165</v>
       </c>
       <c r="O105" s="3" t="s">
         <v>485</v>
       </c>
       <c r="P105" s="3" t="s">
         <v>487</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>135</v>
+        <v>488</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.4719999999999998E-3</v>
+        <v>2.5500000000000002E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B106" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D106" s="4">
+        <v>347500</v>
+      </c>
+      <c r="E106" s="5">
+        <v>15.642416000000001</v>
+      </c>
+      <c r="F106" s="4">
+        <v>5435741.7494392795</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J106" s="5">
+        <v>2441</v>
+      </c>
+      <c r="K106" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M106" s="4">
+        <v>848247830.81665301</v>
+      </c>
+      <c r="N106" s="4">
+        <v>5435741.7494392795</v>
+      </c>
+      <c r="O106" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="C106" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P106" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>2.7799999999999998E-4</v>
+        <v>5.3270000000000001E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B107" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D107" s="4">
+        <v>287500</v>
+      </c>
+      <c r="E107" s="5">
+        <v>8.5735200000000003</v>
+      </c>
+      <c r="F107" s="4">
+        <v>2464887.09926017</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J107" s="5">
+        <v>66.75</v>
+      </c>
+      <c r="K107" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M107" s="4">
+        <v>19190625.353107002</v>
+      </c>
+      <c r="N107" s="4">
+        <v>2464887.09926017</v>
+      </c>
+      <c r="O107" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="C107" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P107" s="3" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>496</v>
+        <v>121</v>
       </c>
       <c r="R107" s="3" t="s">
         <v>497</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>238</v>
+        <v>283</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>5.4299999999999997E-4</v>
+        <v>2.4160000000000002E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
         <v>498</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>499</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D108" s="4">
-        <v>12428</v>
+        <v>64100</v>
       </c>
       <c r="E108" s="5">
-        <v>18.396032000000002</v>
+        <v>16.401788</v>
       </c>
       <c r="F108" s="4">
-        <v>228625.8284379</v>
+        <v>1051355.01441846</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H108" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J108" s="5">
-        <v>2834</v>
+        <v>2559.5</v>
       </c>
       <c r="K108" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M108" s="4">
-        <v>35220942.298391998</v>
+        <v>164064013.98496601</v>
       </c>
       <c r="N108" s="4">
-        <v>228625.8284379</v>
+        <v>1051355.01441846</v>
       </c>
       <c r="O108" s="3" t="s">
         <v>498</v>
       </c>
       <c r="P108" s="3" t="s">
         <v>500</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>187</v>
+        <v>136</v>
       </c>
       <c r="R108" s="3" t="s">
         <v>501</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>2.3800000000000001E-4</v>
+        <v>1.0300000000000001E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
         <v>502</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>503</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D109" s="4">
-        <v>28300</v>
+        <v>33938</v>
       </c>
       <c r="E109" s="5">
-        <v>27.425277999999999</v>
+        <v>8.240945</v>
       </c>
       <c r="F109" s="4">
-        <v>776135.14653857006</v>
+        <v>279681.30727331003</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J109" s="5">
-        <v>4225</v>
+        <v>1286</v>
       </c>
       <c r="K109" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M109" s="4">
-        <v>119567467.06513999</v>
+        <v>43644285.021270998</v>
       </c>
       <c r="N109" s="4">
-        <v>776135.14653857006</v>
+        <v>279681.30727331003</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>502</v>
       </c>
       <c r="P109" s="3" t="s">
         <v>504</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="R109" s="3" t="s">
         <v>505</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>8.0800000000000002E-4</v>
+        <v>2.7399999999999999E-4</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
         <v>506</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D110" s="4">
-        <v>458465</v>
+        <v>14900</v>
       </c>
       <c r="E110" s="5">
-        <v>30.618943000000002</v>
+        <v>40.576721999999997</v>
       </c>
       <c r="F110" s="4">
-        <v>14037709.9412547</v>
+        <v>604593.39955143002</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J110" s="5">
-        <v>4717</v>
+        <v>6332</v>
       </c>
       <c r="K110" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M110" s="4">
-        <v>2162578809.3176599</v>
+        <v>94346836.795267001</v>
       </c>
       <c r="N110" s="4">
-        <v>14037709.9412547</v>
+        <v>604593.39955143002</v>
       </c>
       <c r="O110" s="3" t="s">
         <v>506</v>
       </c>
       <c r="P110" s="3" t="s">
         <v>508</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>135</v>
+        <v>509</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>1.4615E-2</v>
+        <v>5.9199999999999997E-4</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B111" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D111" s="4">
+        <v>12428</v>
+      </c>
+      <c r="E111" s="5">
+        <v>20.922772999999999</v>
+      </c>
+      <c r="F111" s="4">
+        <v>260028.32425505001</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J111" s="5">
+        <v>3265</v>
+      </c>
+      <c r="K111" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L111" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M111" s="4">
+        <v>40577435.825199999</v>
+      </c>
+      <c r="N111" s="4">
+        <v>260028.32425505001</v>
+      </c>
+      <c r="O111" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="C111" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P111" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>99</v>
+        <v>173</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>4.6500000000000003E-4</v>
+        <v>2.5399999999999999E-4</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B112" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D112" s="4">
+        <v>60600</v>
+      </c>
+      <c r="E112" s="5">
+        <v>27.516811000000001</v>
+      </c>
+      <c r="F112" s="4">
+        <v>1667519.3848125599</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J112" s="5">
+        <v>4294</v>
+      </c>
+      <c r="K112" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M112" s="4">
+        <v>260216501.48443499</v>
+      </c>
+      <c r="N112" s="4">
+        <v>1667519.3848125599</v>
+      </c>
+      <c r="O112" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="C112" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P112" s="3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>150</v>
+        <v>105</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>277</v>
+        <v>228</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>1.0460000000000001E-3</v>
+        <v>1.634E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B113" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D113" s="4">
+        <v>458465</v>
+      </c>
+      <c r="E113" s="5">
+        <v>32.387042999999998</v>
+      </c>
+      <c r="F113" s="4">
+        <v>14848331.368151199</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J113" s="5">
+        <v>5054</v>
+      </c>
+      <c r="K113" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L113" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M113" s="4">
+        <v>2317083013.6623702</v>
+      </c>
+      <c r="N113" s="4">
+        <v>14848331.368151199</v>
+      </c>
+      <c r="O113" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="C113" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P113" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>290</v>
+        <v>228</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>6.1700000000000004E-4</v>
+        <v>1.4553E-2</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B114" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D114" s="4">
+        <v>24369</v>
+      </c>
+      <c r="E114" s="5">
+        <v>20.666445</v>
+      </c>
+      <c r="F114" s="4">
+        <v>503620.79461710999</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J114" s="5">
+        <v>3225</v>
+      </c>
+      <c r="K114" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M114" s="4">
+        <v>78590055.650121003</v>
+      </c>
+      <c r="N114" s="4">
+        <v>503620.79461710999</v>
+      </c>
+      <c r="O114" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="C114" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P114" s="3" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="T114" s="4">
         <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>4.2700000000000002E-4</v>
+        <v>4.9299999999999995E-4</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B115" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D115" s="4">
+        <v>87700</v>
+      </c>
+      <c r="E115" s="5">
+        <v>11.535342999999999</v>
+      </c>
+      <c r="F115" s="4">
+        <v>1011649.61587461</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J115" s="5">
+        <v>14.94</v>
+      </c>
+      <c r="K115" s="5">
+        <v>1.2951499974084049</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M115" s="4">
+        <v>1310237.9973780001</v>
+      </c>
+      <c r="N115" s="4">
+        <v>1011649.61587461</v>
+      </c>
+      <c r="O115" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="C115" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P115" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>238</v>
+        <v>270</v>
       </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>5.1359999999999999E-3</v>
+        <v>9.9099999999999991E-4</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B116" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D116" s="4">
+        <v>72700</v>
+      </c>
+      <c r="E116" s="5">
+        <v>8.0790179999999996</v>
+      </c>
+      <c r="F116" s="4">
+        <v>587344.58487463999</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J116" s="5">
+        <v>62.9</v>
+      </c>
+      <c r="K116" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M116" s="4">
+        <v>4572830.0841399999</v>
+      </c>
+      <c r="N116" s="4">
+        <v>587344.58487463999</v>
+      </c>
+      <c r="O116" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="C116" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P116" s="3" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>178</v>
+        <v>136</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>225</v>
+        <v>283</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>9.1600000000000004E-4</v>
+        <v>5.7499999999999999E-4</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B117" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D117" s="4">
+        <v>20256</v>
+      </c>
+      <c r="E117" s="5">
+        <v>21.531552000000001</v>
+      </c>
+      <c r="F117" s="4">
+        <v>436143.28740788001</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J117" s="5">
+        <v>3360</v>
+      </c>
+      <c r="K117" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M117" s="4">
+        <v>68060186.543472007</v>
+      </c>
+      <c r="N117" s="4">
+        <v>436143.28740788001</v>
+      </c>
+      <c r="O117" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="C117" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P117" s="3" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="S117" s="3" t="s">
-        <v>144</v>
+        <v>228</v>
       </c>
       <c r="T117" s="4">
         <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>1.8676999999999999E-2</v>
+        <v>4.2700000000000002E-4</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B118" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D118" s="4">
+        <v>681600</v>
+      </c>
+      <c r="E118" s="5">
+        <v>7.2508780000000002</v>
+      </c>
+      <c r="F118" s="4">
+        <v>4942200.5767382197</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J118" s="5">
+        <v>1131.5</v>
+      </c>
+      <c r="K118" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M118" s="4">
+        <v>771230700.77997196</v>
+      </c>
+      <c r="N118" s="4">
+        <v>4942200.5767382197</v>
+      </c>
+      <c r="O118" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="C118" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P118" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>187</v>
+        <v>105</v>
       </c>
       <c r="R118" s="3" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="S118" s="3" t="s">
-        <v>542</v>
+        <v>228</v>
       </c>
       <c r="T118" s="4">
         <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>8.1510000000000003E-3</v>
+        <v>4.8440000000000002E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
         <v>543</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>544</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D119" s="4">
-        <v>256744</v>
+        <v>253973</v>
       </c>
       <c r="E119" s="5">
-        <v>74.319525999999996</v>
+        <v>3.5280719999999999</v>
       </c>
       <c r="F119" s="4">
-        <v>19081092.544378702</v>
+        <v>896035.03005599999</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H119" s="3" t="s">
-        <v>44</v>
+        <v>211</v>
       </c>
       <c r="I119" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J119" s="5">
-        <v>59.66</v>
+        <v>3.04</v>
       </c>
       <c r="K119" s="5">
-        <v>0.80275000316283507</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L119" s="3" t="s">
-        <v>46</v>
+        <v>212</v>
       </c>
       <c r="M119" s="4">
-        <v>15317347.10035</v>
+        <v>772077.92</v>
       </c>
       <c r="N119" s="4">
-        <v>19081092.544378702</v>
+        <v>896035.03005599999</v>
       </c>
       <c r="O119" s="3" t="s">
         <v>543</v>
       </c>
       <c r="P119" s="3" t="s">
         <v>545</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>135</v>
+        <v>164</v>
       </c>
       <c r="R119" s="3" t="s">
         <v>546</v>
       </c>
       <c r="S119" s="3" t="s">
-        <v>542</v>
+        <v>215</v>
       </c>
       <c r="T119" s="4">
         <v>1</v>
       </c>
       <c r="W119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X119" s="4">
         <v>0</v>
       </c>
       <c r="Y119" s="4">
         <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>1.9866000000000002E-2</v>
+        <v>8.7799999999999998E-4</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
         <v>547</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>548</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D120" s="4">
-        <v>54762</v>
+        <v>315507</v>
       </c>
       <c r="E120" s="5">
-        <v>322.51634899999999</v>
+        <v>45.145395000000001</v>
       </c>
       <c r="F120" s="4">
-        <v>17661640.361258101</v>
+        <v>14243688.140264999</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H120" s="3" t="s">
-        <v>44</v>
+        <v>126</v>
       </c>
       <c r="I120" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J120" s="5">
-        <v>258.89999999999998</v>
+        <v>38.9</v>
       </c>
       <c r="K120" s="5">
-        <v>0.80275000316283507</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L120" s="3" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="M120" s="4">
-        <v>14177881.85586</v>
+        <v>12273222.300000001</v>
       </c>
       <c r="N120" s="4">
-        <v>17661640.361258101</v>
+        <v>14243688.140264999</v>
       </c>
       <c r="O120" s="3" t="s">
         <v>547</v>
       </c>
       <c r="P120" s="3" t="s">
         <v>549</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>187</v>
+        <v>95</v>
       </c>
       <c r="R120" s="3" t="s">
         <v>550</v>
       </c>
       <c r="S120" s="3" t="s">
-        <v>542</v>
+        <v>130</v>
       </c>
       <c r="T120" s="4">
         <v>1</v>
       </c>
       <c r="W120" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X120" s="4">
         <v>0</v>
       </c>
       <c r="Y120" s="4">
         <v>0</v>
       </c>
       <c r="Z120" s="6">
-        <v>1.8388000000000002E-2</v>
+        <v>1.3960999999999999E-2</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
         <v>551</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D121" s="4">
-        <v>55598</v>
+        <v>55050</v>
       </c>
       <c r="E121" s="5">
-        <v>25.85408</v>
+        <v>130.120182</v>
       </c>
       <c r="F121" s="4">
-        <v>1437435.1398400001</v>
+        <v>7163116.0097141797</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H121" s="3" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="I121" s="3" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="J121" s="5">
-        <v>22.4</v>
+        <v>104.48</v>
       </c>
       <c r="K121" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.80294999975750914</v>
       </c>
       <c r="L121" s="3" t="s">
-        <v>124</v>
+        <v>46</v>
       </c>
       <c r="M121" s="4">
-        <v>1245395.2</v>
+        <v>5751623.9982629996</v>
       </c>
       <c r="N121" s="4">
-        <v>1437435.1398400001</v>
+        <v>7163116.0097141797</v>
       </c>
       <c r="O121" s="3" t="s">
         <v>551</v>
       </c>
       <c r="P121" s="3" t="s">
         <v>553</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>105</v>
+        <v>173</v>
       </c>
       <c r="R121" s="3" t="s">
         <v>554</v>
       </c>
       <c r="S121" s="3" t="s">
-        <v>127</v>
+        <v>555</v>
       </c>
       <c r="T121" s="4">
         <v>1</v>
       </c>
       <c r="W121" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X121" s="4">
         <v>0</v>
       </c>
       <c r="Y121" s="4">
         <v>0</v>
       </c>
       <c r="Z121" s="6">
-        <v>1.4959999999999999E-3</v>
+        <v>7.0210000000000003E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D122" s="4">
+        <v>345629</v>
+      </c>
+      <c r="E122" s="5">
+        <v>71.884923999999998</v>
+      </c>
+      <c r="F122" s="4">
+        <v>24845514.515225101</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J122" s="5">
+        <v>57.72</v>
+      </c>
+      <c r="K122" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L122" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M122" s="4">
+        <v>19949705.873975001</v>
+      </c>
+      <c r="N122" s="4">
+        <v>24845514.515225101</v>
+      </c>
+      <c r="O122" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="P122" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="Q122" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="R122" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="S122" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="B122" s="3" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="T122" s="4">
         <v>1</v>
       </c>
       <c r="W122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>5.1250000000000002E-3</v>
+        <v>2.4351999999999999E-2</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B123" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D123" s="4">
+        <v>43654</v>
+      </c>
+      <c r="E123" s="5">
+        <v>382.83828399999999</v>
+      </c>
+      <c r="F123" s="4">
+        <v>16712422.4422442</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J123" s="5">
+        <v>307.39999999999998</v>
+      </c>
+      <c r="K123" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M123" s="4">
+        <v>13419239.595946999</v>
+      </c>
+      <c r="N123" s="4">
+        <v>16712422.4422442</v>
+      </c>
+      <c r="O123" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="C123" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P123" s="3" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>150</v>
+        <v>173</v>
       </c>
       <c r="R123" s="3" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="S123" s="3" t="s">
-        <v>159</v>
+        <v>555</v>
       </c>
       <c r="T123" s="4">
         <v>1</v>
       </c>
       <c r="W123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X123" s="4">
         <v>0</v>
       </c>
       <c r="Y123" s="4">
         <v>0</v>
       </c>
       <c r="Z123" s="6">
-        <v>1.354E-3</v>
+        <v>1.6381E-2</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D124" s="4">
-        <v>192700</v>
+        <v>55598</v>
       </c>
       <c r="E124" s="5">
-        <v>97.022052000000002</v>
+        <v>28.781639999999999</v>
       </c>
       <c r="F124" s="4">
-        <v>18696149.420399901</v>
+        <v>1600201.62072</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H124" s="3" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J124" s="5">
-        <v>84.06</v>
+        <v>24.8</v>
       </c>
       <c r="K124" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L124" s="3" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="M124" s="4">
-        <v>16198361.999999</v>
+        <v>1378830.4</v>
       </c>
       <c r="N124" s="4">
-        <v>18696149.420399901</v>
+        <v>1600201.62072</v>
       </c>
       <c r="O124" s="3" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="P124" s="3" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="R124" s="3" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="S124" s="3" t="s">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="T124" s="4">
         <v>1</v>
       </c>
       <c r="W124" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X124" s="4">
         <v>0</v>
       </c>
       <c r="Y124" s="4">
         <v>0</v>
       </c>
       <c r="Z124" s="6">
-        <v>1.9465E-2</v>
+        <v>1.5679999999999999E-3</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D125" s="4">
-        <v>29381</v>
+        <v>63600</v>
       </c>
       <c r="E125" s="5">
-        <v>8.6045610000000003</v>
+        <v>85.520930000000007</v>
       </c>
       <c r="F125" s="4">
-        <v>252810.606741</v>
+        <v>5439131.1162</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H125" s="3" t="s">
-        <v>155</v>
+        <v>126</v>
       </c>
       <c r="I125" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J125" s="5">
-        <v>7.4550000000000001</v>
+        <v>73.69</v>
       </c>
       <c r="K125" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L125" s="3" t="s">
-        <v>156</v>
+        <v>127</v>
       </c>
       <c r="M125" s="4">
-        <v>219035.35500000001</v>
+        <v>4686684</v>
       </c>
       <c r="N125" s="4">
-        <v>252810.606741</v>
+        <v>5439131.1162</v>
       </c>
       <c r="O125" s="3" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="S125" s="3" t="s">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="T125" s="4">
         <v>1</v>
       </c>
       <c r="W125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X125" s="4">
         <v>0</v>
       </c>
       <c r="Y125" s="4">
         <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>2.63E-4</v>
+        <v>5.3309999999999998E-3</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B126" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D126" s="4">
+        <v>18036</v>
+      </c>
+      <c r="E126" s="5">
+        <v>61.509149999999998</v>
+      </c>
+      <c r="F126" s="4">
+        <v>1109379.0294000001</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H126" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="I126" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J126" s="5">
+        <v>53</v>
+      </c>
+      <c r="K126" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L126" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="M126" s="4">
+        <v>955908</v>
+      </c>
+      <c r="N126" s="4">
+        <v>1109379.0294000001</v>
+      </c>
+      <c r="O126" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="C126" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P126" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="S126" s="3" t="s">
-        <v>238</v>
+        <v>145</v>
       </c>
       <c r="T126" s="4">
         <v>1</v>
       </c>
       <c r="W126" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X126" s="4">
         <v>0</v>
       </c>
       <c r="Y126" s="4">
         <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>4.8299999999999998E-4</v>
+        <v>1.0870000000000001E-3</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B127" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D127" s="4">
+        <v>165390</v>
+      </c>
+      <c r="E127" s="5">
+        <v>99.737667000000002</v>
+      </c>
+      <c r="F127" s="4">
+        <v>16495612.745130001</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J127" s="5">
+        <v>85.94</v>
+      </c>
+      <c r="K127" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L127" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="M127" s="4">
+        <v>14213616.6</v>
+      </c>
+      <c r="N127" s="4">
+        <v>16495612.745130001</v>
+      </c>
+      <c r="O127" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="C127" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P127" s="3" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="R127" s="3" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="S127" s="3" t="s">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="T127" s="4">
         <v>1</v>
       </c>
       <c r="W127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X127" s="4">
         <v>0</v>
       </c>
       <c r="Y127" s="4">
         <v>0</v>
       </c>
       <c r="Z127" s="6">
-        <v>2.1100000000000001E-4</v>
+        <v>1.6167999999999998E-2</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B128" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D128" s="4">
+        <v>29381</v>
+      </c>
+      <c r="E128" s="5">
+        <v>8.6054779999999997</v>
+      </c>
+      <c r="F128" s="4">
+        <v>252837.55646324999</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="I128" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J128" s="5">
+        <v>7.415</v>
+      </c>
+      <c r="K128" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L128" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="M128" s="4">
+        <v>217860.11499999999</v>
+      </c>
+      <c r="N128" s="4">
+        <v>252837.55646324999</v>
+      </c>
+      <c r="O128" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="C128" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P128" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>135</v>
+        <v>100</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="S128" s="3" t="s">
-        <v>290</v>
+        <v>145</v>
       </c>
       <c r="T128" s="4">
         <v>1</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X128" s="4">
         <v>0</v>
       </c>
       <c r="Y128" s="4">
         <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>1.946E-3</v>
+        <v>2.4699999999999999E-4</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B129" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D129" s="4">
+        <v>49157</v>
+      </c>
+      <c r="E129" s="5">
+        <v>9.9070769999999992</v>
+      </c>
+      <c r="F129" s="4">
+        <v>487002.38385133003</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H129" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J129" s="5">
+        <v>1546</v>
+      </c>
+      <c r="K129" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L129" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M129" s="4">
+        <v>75996751.638733</v>
+      </c>
+      <c r="N129" s="4">
+        <v>487002.38385133003</v>
+      </c>
+      <c r="O129" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="C129" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P129" s="3" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="T129" s="4">
         <v>1</v>
       </c>
       <c r="W129" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>1.4779999999999999E-3</v>
+        <v>4.7699999999999999E-4</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B130" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D130" s="4">
+        <v>103137</v>
+      </c>
+      <c r="E130" s="5">
+        <v>1.8523499999999999</v>
+      </c>
+      <c r="F130" s="4">
+        <v>191045.82195000001</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I130" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J130" s="5">
+        <v>1.3979999999999999</v>
+      </c>
+      <c r="K130" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L130" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M130" s="4">
+        <v>144185.52600000001</v>
+      </c>
+      <c r="N130" s="4">
+        <v>191045.82195000001</v>
+      </c>
+      <c r="O130" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="C130" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P130" s="3" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="Q130" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R130" s="3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="S130" s="3" t="s">
-        <v>290</v>
+        <v>91</v>
       </c>
       <c r="T130" s="4">
         <v>1</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X130" s="4">
         <v>0</v>
       </c>
       <c r="Y130" s="4">
         <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>2.9799999999999998E-4</v>
+        <v>1.8699999999999999E-4</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B131" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D131" s="4">
+        <v>220000</v>
+      </c>
+      <c r="E131" s="5">
+        <v>11.701089</v>
+      </c>
+      <c r="F131" s="4">
+        <v>2574239.6218660101</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H131" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I131" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J131" s="5">
+        <v>91.1</v>
+      </c>
+      <c r="K131" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L131" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M131" s="4">
+        <v>20042000.368772</v>
+      </c>
+      <c r="N131" s="4">
+        <v>2574239.6218660101</v>
+      </c>
+      <c r="O131" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="C131" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P131" s="3" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>238</v>
+        <v>283</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>7.94E-4</v>
+        <v>2.5230000000000001E-3</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B132" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D132" s="4">
+        <v>135546</v>
+      </c>
+      <c r="E132" s="5">
+        <v>10.643634</v>
+      </c>
+      <c r="F132" s="4">
+        <v>1442702.0141640001</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H132" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I132" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J132" s="5">
+        <v>16.23</v>
+      </c>
+      <c r="K132" s="5">
+        <v>1.5248551387618177</v>
+      </c>
+      <c r="L132" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M132" s="4">
+        <v>2199911.58</v>
+      </c>
+      <c r="N132" s="4">
+        <v>1442702.0141640001</v>
+      </c>
+      <c r="O132" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="C132" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P132" s="3" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="Q132" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R132" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="S132" s="3" t="s">
-        <v>101</v>
+        <v>245</v>
       </c>
       <c r="T132" s="4">
         <v>1</v>
       </c>
       <c r="W132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>4.9290000000000002E-3</v>
+        <v>1.4139999999999999E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B133" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D133" s="4">
+        <v>202800</v>
+      </c>
+      <c r="E133" s="5">
+        <v>1.409011</v>
+      </c>
+      <c r="F133" s="4">
+        <v>285747.53390874999</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H133" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J133" s="5">
+        <v>10.97</v>
+      </c>
+      <c r="K133" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L133" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M133" s="4">
+        <v>2224716.0409340002</v>
+      </c>
+      <c r="N133" s="4">
+        <v>285747.53390874999</v>
+      </c>
+      <c r="O133" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="C133" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P133" s="3" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="Q133" s="3" t="s">
-        <v>150</v>
+        <v>95</v>
       </c>
       <c r="R133" s="3" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="S133" s="3" t="s">
-        <v>127</v>
+        <v>283</v>
       </c>
       <c r="T133" s="4">
         <v>1</v>
       </c>
       <c r="W133" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>4.64E-4</v>
+        <v>2.7999999999999998E-4</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B134" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D134" s="4">
+        <v>29118</v>
+      </c>
+      <c r="E134" s="5">
+        <v>26.799092000000002</v>
+      </c>
+      <c r="F134" s="4">
+        <v>780336.27683434996</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H134" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I134" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J134" s="5">
+        <v>4182</v>
+      </c>
+      <c r="K134" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L134" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M134" s="4">
+        <v>121771523.490894</v>
+      </c>
+      <c r="N134" s="4">
+        <v>780336.27683434996</v>
+      </c>
+      <c r="O134" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="C134" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P134" s="3" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="R134" s="3" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>127</v>
+        <v>228</v>
       </c>
       <c r="T134" s="4">
         <v>1</v>
       </c>
       <c r="W134" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>8.5620000000000002E-3</v>
+        <v>7.6400000000000003E-4</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B135" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D135" s="4">
+        <v>323508</v>
+      </c>
+      <c r="E135" s="5">
+        <v>15.03875</v>
+      </c>
+      <c r="F135" s="4">
+        <v>4865155.9349999996</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H135" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J135" s="5">
+        <v>11.35</v>
+      </c>
+      <c r="K135" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L135" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M135" s="4">
+        <v>3671815.8</v>
+      </c>
+      <c r="N135" s="4">
+        <v>4865155.9349999996</v>
+      </c>
+      <c r="O135" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="C135" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L135" s="3" t="s">
+      <c r="P135" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="Q135" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R135" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="S135" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="M135" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T135" s="4">
         <v>1</v>
       </c>
       <c r="W135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>9.4249999999999994E-3</v>
+        <v>4.7679999999999997E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B136" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D136" s="4">
+        <v>66604</v>
+      </c>
+      <c r="E136" s="5">
+        <v>6.7776120000000004</v>
+      </c>
+      <c r="F136" s="4">
+        <v>451416.069648</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H136" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J136" s="5">
+        <v>5.84</v>
+      </c>
+      <c r="K136" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L136" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="M136" s="4">
+        <v>388967.36</v>
+      </c>
+      <c r="N136" s="4">
+        <v>451416.069648</v>
+      </c>
+      <c r="O136" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="C136" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P136" s="3" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="R136" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="S136" s="3" t="s">
-        <v>238</v>
+        <v>117</v>
       </c>
       <c r="T136" s="4">
         <v>1</v>
       </c>
       <c r="W136" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>1.4159E-2</v>
+        <v>4.4200000000000001E-4</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D137" s="4">
-        <v>6134</v>
+        <v>114525</v>
       </c>
       <c r="E137" s="5">
-        <v>172.55289999999999</v>
+        <v>54.441400999999999</v>
       </c>
       <c r="F137" s="4">
-        <v>1058439.4886</v>
+        <v>6234901.3922624998</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H137" s="3" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="I137" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J137" s="5">
-        <v>149.5</v>
+        <v>46.91</v>
       </c>
       <c r="K137" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L137" s="3" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="M137" s="4">
-        <v>917033</v>
+        <v>5372367.75</v>
       </c>
       <c r="N137" s="4">
-        <v>1058439.4886</v>
+        <v>6234901.3922624998</v>
       </c>
       <c r="O137" s="3" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P137" s="3" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R137" s="3" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="S137" s="3" t="s">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="T137" s="4">
         <v>1</v>
       </c>
       <c r="W137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>1.101E-3</v>
+        <v>6.1110000000000001E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B138" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D138" s="4">
+        <v>568200</v>
+      </c>
+      <c r="E138" s="5">
+        <v>14.28406</v>
+      </c>
+      <c r="F138" s="4">
+        <v>8116202.7564374804</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I138" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J138" s="5">
+        <v>18.5</v>
+      </c>
+      <c r="K138" s="5">
+        <v>1.2951499974084049</v>
+      </c>
+      <c r="L138" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M138" s="4">
+        <v>10511699.978966</v>
+      </c>
+      <c r="N138" s="4">
+        <v>8116202.7564374804</v>
+      </c>
+      <c r="O138" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="C138" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P138" s="3" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="R138" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="S138" s="3" t="s">
-        <v>144</v>
+        <v>270</v>
       </c>
       <c r="T138" s="4">
         <v>1</v>
       </c>
       <c r="W138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X138" s="4">
         <v>0</v>
       </c>
       <c r="Y138" s="4">
         <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>5.4939999999999998E-3</v>
+        <v>7.9550000000000003E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B139" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D139" s="4">
+        <v>403600</v>
+      </c>
+      <c r="E139" s="5">
+        <v>29.330331000000001</v>
+      </c>
+      <c r="F139" s="4">
+        <v>11837726.369753201</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J139" s="5">
+        <v>4577</v>
+      </c>
+      <c r="K139" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L139" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M139" s="4">
+        <v>1847277920.43838</v>
+      </c>
+      <c r="N139" s="4">
+        <v>11837726.369753201</v>
+      </c>
+      <c r="O139" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="C139" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P139" s="3" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>135</v>
+        <v>105</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="S139" s="3" t="s">
-        <v>170</v>
+        <v>228</v>
       </c>
       <c r="T139" s="4">
         <v>1</v>
       </c>
       <c r="W139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X139" s="4">
         <v>0</v>
       </c>
       <c r="Y139" s="4">
         <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>2.72E-4</v>
+        <v>1.1601999999999999E-2</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D140" s="4">
-        <v>25959</v>
+        <v>15185</v>
       </c>
       <c r="E140" s="5">
-        <v>38.365608000000002</v>
+        <v>151.50980300000001</v>
       </c>
       <c r="F140" s="4">
-        <v>995932.81807200005</v>
+        <v>2300676.3509625001</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H140" s="3" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="I140" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J140" s="5">
-        <v>33.24</v>
+        <v>130.55000000000001</v>
       </c>
       <c r="K140" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L140" s="3" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="M140" s="4">
-        <v>862877.16</v>
+        <v>1982401.75</v>
       </c>
       <c r="N140" s="4">
-        <v>995932.81807200005</v>
+        <v>2300676.3509625001</v>
       </c>
       <c r="O140" s="3" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="P140" s="3" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="Q140" s="3" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="S140" s="3" t="s">
-        <v>144</v>
+        <v>130</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>1.036E-3</v>
+        <v>2.2550000000000001E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B141" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="C141" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D141" s="4">
+        <v>42854</v>
+      </c>
+      <c r="E141" s="5">
+        <v>138.10544999999999</v>
+      </c>
+      <c r="F141" s="4">
+        <v>5918370.9543000003</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H141" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="I141" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J141" s="5">
+        <v>119</v>
+      </c>
+      <c r="K141" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L141" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="M141" s="4">
+        <v>5099626</v>
+      </c>
+      <c r="N141" s="4">
+        <v>5918370.9543000003</v>
+      </c>
+      <c r="O141" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="C141" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P141" s="3" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="R141" s="3" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="S141" s="3" t="s">
-        <v>542</v>
+        <v>130</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>6.2950000000000002E-3</v>
+        <v>5.8009999999999997E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D142" s="4">
-        <v>24046</v>
+        <v>40876</v>
       </c>
       <c r="E142" s="5">
-        <v>38.607990000000001</v>
+        <v>7.0213279999999996</v>
       </c>
       <c r="F142" s="4">
-        <v>928367.72753999999</v>
+        <v>287003.78288999997</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H142" s="3" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J142" s="5">
-        <v>33.450000000000003</v>
+        <v>6.05</v>
       </c>
       <c r="K142" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L142" s="3" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="M142" s="4">
-        <v>804338.7</v>
+        <v>247299.8</v>
       </c>
       <c r="N142" s="4">
-        <v>928367.72753999999</v>
+        <v>287003.78288999997</v>
       </c>
       <c r="O142" s="3" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="P142" s="3" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="Q142" s="3" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="R142" s="3" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="S142" s="3" t="s">
-        <v>170</v>
+        <v>156</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>9.6599999999999995E-4</v>
+        <v>2.81E-4</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B143" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D143" s="4">
+        <v>25959</v>
+      </c>
+      <c r="E143" s="5">
+        <v>37.230443999999999</v>
+      </c>
+      <c r="F143" s="4">
+        <v>966465.09579599998</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="I143" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J143" s="5">
+        <v>32.08</v>
+      </c>
+      <c r="K143" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L143" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="M143" s="4">
+        <v>832764.72</v>
+      </c>
+      <c r="N143" s="4">
+        <v>966465.09579599998</v>
+      </c>
+      <c r="O143" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="C143" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P143" s="3" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="Q143" s="3" t="s">
-        <v>135</v>
+        <v>100</v>
       </c>
       <c r="R143" s="3" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="S143" s="3" t="s">
-        <v>252</v>
+        <v>130</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>1.2282E-2</v>
+        <v>9.4700000000000003E-4</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B144" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D144" s="4">
+        <v>50204</v>
+      </c>
+      <c r="E144" s="5">
+        <v>112.460303</v>
+      </c>
+      <c r="F144" s="4">
+        <v>5645957.0334391901</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H144" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I144" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J144" s="5">
+        <v>90.3</v>
+      </c>
+      <c r="K144" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L144" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M144" s="4">
+        <v>4533421.1986300005</v>
+      </c>
+      <c r="N144" s="4">
+        <v>5645957.0334391901</v>
+      </c>
+      <c r="O144" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="C144" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P144" s="3" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="Q144" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R144" s="3" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="S144" s="3" t="s">
-        <v>152</v>
+        <v>555</v>
       </c>
       <c r="T144" s="4">
         <v>1</v>
       </c>
       <c r="W144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>5.8050000000000003E-3</v>
+        <v>5.5339999999999999E-3</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B145" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D145" s="4">
+        <v>24046</v>
+      </c>
+      <c r="E145" s="5">
+        <v>39.516728000000001</v>
+      </c>
+      <c r="F145" s="4">
+        <v>950219.22946499998</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H145" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="I145" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J145" s="5">
+        <v>34.049999999999997</v>
+      </c>
+      <c r="K145" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L145" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="M145" s="4">
+        <v>818766.3</v>
+      </c>
+      <c r="N145" s="4">
+        <v>950219.22946499998</v>
+      </c>
+      <c r="O145" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="C145" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P145" s="3" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="Q145" s="3" t="s">
-        <v>187</v>
+        <v>100</v>
       </c>
       <c r="R145" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="S145" s="3" t="s">
-        <v>290</v>
+        <v>156</v>
       </c>
       <c r="T145" s="4">
         <v>1</v>
       </c>
       <c r="W145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>1.9859999999999999E-3</v>
+        <v>9.3099999999999997E-4</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B146" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D146" s="4">
+        <v>591555</v>
+      </c>
+      <c r="E146" s="5">
+        <v>15.778548000000001</v>
+      </c>
+      <c r="F146" s="4">
+        <v>9333878.9621399809</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I146" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J146" s="5">
+        <v>24.06</v>
+      </c>
+      <c r="K146" s="5">
+        <v>1.5248551387618177</v>
+      </c>
+      <c r="L146" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M146" s="4">
+        <v>14232813.299999001</v>
+      </c>
+      <c r="N146" s="4">
+        <v>9333878.9621399809</v>
+      </c>
+      <c r="O146" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="C146" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P146" s="3" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="S146" s="3" t="s">
-        <v>655</v>
+        <v>245</v>
       </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>5.8320000000000004E-3</v>
+        <v>9.1479999999999999E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
         <v>656</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>657</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D147" s="4">
-        <v>3466222</v>
+        <v>1543322</v>
       </c>
       <c r="E147" s="5">
-        <v>2.7046760000000001</v>
+        <v>4.6282730000000001</v>
       </c>
       <c r="F147" s="4">
-        <v>9375005.9087940399</v>
+        <v>7142916.1602347996</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H147" s="3" t="s">
-        <v>89</v>
+        <v>133</v>
       </c>
       <c r="I147" s="3" t="s">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="J147" s="5">
-        <v>3.52</v>
+        <v>3.988</v>
       </c>
       <c r="K147" s="5">
-        <v>1.3014499948944118</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L147" s="3" t="s">
-        <v>91</v>
+        <v>134</v>
       </c>
       <c r="M147" s="4">
-        <v>12201101.392135</v>
+        <v>6154768.1359999999</v>
       </c>
       <c r="N147" s="4">
-        <v>9375005.9087940399</v>
+        <v>7142916.1602347996</v>
       </c>
       <c r="O147" s="3" t="s">
         <v>656</v>
       </c>
       <c r="P147" s="3" t="s">
         <v>658</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="R147" s="3" t="s">
         <v>659</v>
       </c>
       <c r="S147" s="3" t="s">
-        <v>277</v>
+        <v>138</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>9.7599999999999996E-3</v>
+        <v>7.0010000000000003E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
         <v>660</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>661</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D148" s="4">
-        <v>815331</v>
+        <v>1180000</v>
       </c>
       <c r="E148" s="5">
-        <v>0.18656200000000001</v>
+        <v>1.6402080000000001</v>
       </c>
       <c r="F148" s="4">
-        <v>152110.07822753</v>
+        <v>1935444.92396219</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H148" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I148" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J148" s="5">
-        <v>1.45</v>
+        <v>12.77</v>
       </c>
       <c r="K148" s="5">
-        <v>7.7721999289620927</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L148" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M148" s="4">
-        <v>1182229.9391940001</v>
+        <v>15068600.277262</v>
       </c>
       <c r="N148" s="4">
-        <v>152110.07822753</v>
+        <v>1935444.92396219</v>
       </c>
       <c r="O148" s="3" t="s">
         <v>660</v>
       </c>
       <c r="P148" s="3" t="s">
         <v>662</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>115</v>
+        <v>173</v>
       </c>
       <c r="R148" s="3" t="s">
         <v>663</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>1.5799999999999999E-4</v>
+        <v>1.897E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
         <v>664</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>665</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D149" s="4">
-        <v>488845</v>
+        <v>551848</v>
       </c>
       <c r="E149" s="5">
-        <v>0.75152200000000002</v>
+        <v>10.709623000000001</v>
       </c>
       <c r="F149" s="4">
-        <v>367377.86985900003</v>
+        <v>5910084.4903287096</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H149" s="3" t="s">
-        <v>59</v>
+        <v>666</v>
       </c>
       <c r="I149" s="3" t="s">
-        <v>60</v>
+        <v>667</v>
       </c>
       <c r="J149" s="5">
-        <v>0.57199999999999995</v>
+        <v>108.3</v>
       </c>
       <c r="K149" s="5">
-        <v>0.76112189367127148</v>
+        <v>10.11240034103059</v>
       </c>
       <c r="L149" s="3" t="s">
-        <v>61</v>
+        <v>668</v>
       </c>
       <c r="M149" s="4">
-        <v>279619.34000000003</v>
+        <v>59765140.415518999</v>
       </c>
       <c r="N149" s="4">
-        <v>367377.86985900003</v>
+        <v>5910084.4903287096</v>
       </c>
       <c r="O149" s="3" t="s">
         <v>664</v>
       </c>
       <c r="P149" s="3" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>101</v>
+        <v>671</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>3.8200000000000002E-4</v>
+        <v>5.7920000000000003E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D150" s="4">
-        <v>441517</v>
+        <v>3799622</v>
       </c>
       <c r="E150" s="5">
-        <v>57.809399999999997</v>
+        <v>2.586573</v>
       </c>
       <c r="F150" s="4">
-        <v>25523832.8598</v>
+        <v>9827999.6139443293</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H150" s="3" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="I150" s="3" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="J150" s="5">
-        <v>44</v>
+        <v>3.35</v>
       </c>
       <c r="K150" s="5">
-        <v>0.76112189367127148</v>
+        <v>1.2951499974084049</v>
       </c>
       <c r="L150" s="3" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="M150" s="4">
-        <v>19426748</v>
+        <v>12728733.674528999</v>
       </c>
       <c r="N150" s="4">
-        <v>25523832.8598</v>
+        <v>9827999.6139443293</v>
       </c>
       <c r="O150" s="3" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="P150" s="3" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="Q150" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R150" s="3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="S150" s="3" t="s">
-        <v>101</v>
+        <v>270</v>
       </c>
       <c r="T150" s="4">
         <v>1</v>
       </c>
       <c r="W150" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>2.6574E-2</v>
+        <v>9.6329999999999992E-3</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D151" s="4">
-        <v>156820</v>
+        <v>730331</v>
       </c>
       <c r="E151" s="5">
-        <v>3.7684630000000001</v>
+        <v>0.16183700000000001</v>
       </c>
       <c r="F151" s="4">
-        <v>590970.36765999999</v>
+        <v>118194.75184957001</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H151" s="3" t="s">
-        <v>221</v>
+        <v>64</v>
       </c>
       <c r="I151" s="3" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="J151" s="5">
-        <v>3.2650000000000001</v>
+        <v>1.26</v>
       </c>
       <c r="K151" s="5">
-        <v>0.86640097036908681</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L151" s="3" t="s">
-        <v>222</v>
+        <v>66</v>
       </c>
       <c r="M151" s="4">
-        <v>512017.3</v>
+        <v>920217.076932</v>
       </c>
       <c r="N151" s="4">
-        <v>590970.36765999999</v>
+        <v>118194.75184957001</v>
       </c>
       <c r="O151" s="3" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="P151" s="3" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="Q151" s="3" t="s">
-        <v>496</v>
+        <v>105</v>
       </c>
       <c r="R151" s="3" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="S151" s="3" t="s">
-        <v>225</v>
+        <v>283</v>
       </c>
       <c r="T151" s="4">
         <v>1</v>
       </c>
       <c r="W151" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>6.1499999999999999E-4</v>
+        <v>1.15E-4</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D152" s="4">
-        <v>432441</v>
+        <v>488845</v>
       </c>
       <c r="E152" s="5">
-        <v>10.574780000000001</v>
+        <v>0.98712500000000003</v>
       </c>
       <c r="F152" s="4">
-        <v>4572968.6109563997</v>
+        <v>482551.12062499998</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H152" s="3" t="s">
-        <v>147</v>
+        <v>59</v>
       </c>
       <c r="I152" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J152" s="5">
-        <v>9.1620000000000008</v>
+        <v>0.745</v>
       </c>
       <c r="K152" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L152" s="3" t="s">
-        <v>148</v>
+        <v>61</v>
       </c>
       <c r="M152" s="4">
-        <v>3962024.4419999998</v>
+        <v>364189.52500000002</v>
       </c>
       <c r="N152" s="4">
-        <v>4572968.6109563997</v>
+        <v>482551.12062499998</v>
       </c>
       <c r="O152" s="3" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="P152" s="3" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>105</v>
+        <v>164</v>
       </c>
       <c r="R152" s="3" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="S152" s="3" t="s">
-        <v>152</v>
+        <v>91</v>
       </c>
       <c r="T152" s="4">
         <v>1</v>
       </c>
       <c r="W152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X152" s="4">
         <v>0</v>
       </c>
       <c r="Y152" s="4">
         <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>4.7609999999999996E-3</v>
+        <v>4.7199999999999998E-4</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D153" s="4">
-        <v>381100</v>
+        <v>441517</v>
       </c>
       <c r="E153" s="5">
-        <v>1.506013</v>
+        <v>41.843499999999999</v>
       </c>
       <c r="F153" s="4">
-        <v>573941.37308387004</v>
+        <v>18474616.589499898</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H153" s="3" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="I153" s="3" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="J153" s="5">
-        <v>1.96</v>
+        <v>31.58</v>
       </c>
       <c r="K153" s="5">
-        <v>1.3014499948944118</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L153" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M153" s="4">
+        <v>13943106.859998999</v>
+      </c>
+      <c r="N153" s="4">
+        <v>18474616.589499898</v>
+      </c>
+      <c r="O153" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="P153" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="Q153" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="R153" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="S153" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="M153" s="4">
-[...19 lines deleted...]
-      </c>
       <c r="T153" s="4">
         <v>1</v>
       </c>
       <c r="W153" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X153" s="4">
         <v>0</v>
       </c>
       <c r="Y153" s="4">
         <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>5.9699999999999998E-4</v>
+        <v>1.8107999999999999E-2</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D154" s="4">
-        <v>38577</v>
+        <v>156820</v>
       </c>
       <c r="E154" s="5">
-        <v>7.8333890000000004</v>
+        <v>3.8472230000000001</v>
       </c>
       <c r="F154" s="4">
-        <v>302188.62898402999</v>
+        <v>603321.55006499996</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H154" s="3" t="s">
-        <v>79</v>
+        <v>211</v>
       </c>
       <c r="I154" s="3" t="s">
-        <v>80</v>
+        <v>55</v>
       </c>
       <c r="J154" s="5">
-        <v>79.25</v>
+        <v>3.3149999999999999</v>
       </c>
       <c r="K154" s="5">
-        <v>10.116949917658145</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L154" s="3" t="s">
-        <v>81</v>
+        <v>212</v>
       </c>
       <c r="M154" s="4">
-        <v>3057227.2251169998</v>
+        <v>519858.3</v>
       </c>
       <c r="N154" s="4">
-        <v>302188.62898402999</v>
+        <v>603321.55006499996</v>
       </c>
       <c r="O154" s="3" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="P154" s="3" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="Q154" s="3" t="s">
-        <v>135</v>
+        <v>509</v>
       </c>
       <c r="R154" s="3" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="S154" s="3" t="s">
-        <v>655</v>
+        <v>215</v>
       </c>
       <c r="T154" s="4">
         <v>1</v>
       </c>
       <c r="W154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X154" s="4">
         <v>0</v>
       </c>
       <c r="Y154" s="4">
         <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>3.1399999999999999E-4</v>
+        <v>5.9100000000000005E-4</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D155" s="4">
-        <v>196000</v>
+        <v>432441</v>
       </c>
       <c r="E155" s="5">
-        <v>3.6823549999999998</v>
+        <v>11.159848999999999</v>
       </c>
       <c r="F155" s="4">
-        <v>721741.59182728</v>
+        <v>4825976.1749208001</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H155" s="3" t="s">
-        <v>64</v>
+        <v>133</v>
       </c>
       <c r="I155" s="3" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="J155" s="5">
-        <v>28.62</v>
+        <v>9.6159999999999997</v>
       </c>
       <c r="K155" s="5">
-        <v>7.7721999289620927</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L155" s="3" t="s">
-        <v>66</v>
+        <v>134</v>
       </c>
       <c r="M155" s="4">
-        <v>5609519.9487279998</v>
+        <v>4158352.656</v>
       </c>
       <c r="N155" s="4">
-        <v>721741.59182728</v>
+        <v>4825976.1749208001</v>
       </c>
       <c r="O155" s="3" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="P155" s="3" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="R155" s="3" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="S155" s="3" t="s">
-        <v>290</v>
+        <v>138</v>
       </c>
       <c r="T155" s="4">
         <v>1</v>
       </c>
       <c r="W155" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X155" s="4">
         <v>0</v>
       </c>
       <c r="Y155" s="4">
         <v>0</v>
       </c>
       <c r="Z155" s="6">
-        <v>7.5100000000000004E-4</v>
+        <v>4.7299999999999998E-3</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D156" s="4">
-        <v>377000</v>
+        <v>381100</v>
       </c>
       <c r="E156" s="5">
-        <v>1.782627</v>
+        <v>1.5982700000000001</v>
       </c>
       <c r="F156" s="4">
-        <v>672050.40531715006</v>
+        <v>609100.87634636997</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H156" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I156" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J156" s="5">
+        <v>2.0699999999999998</v>
+      </c>
+      <c r="K156" s="5">
+        <v>1.2951499974084049</v>
+      </c>
+      <c r="L156" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="M156" s="4">
+        <v>788876.99842099997</v>
+      </c>
+      <c r="N156" s="4">
+        <v>609100.87634636997</v>
+      </c>
+      <c r="O156" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="P156" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="Q156" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="I156" s="3" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="R156" s="3" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="S156" s="3" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="T156" s="4">
         <v>1</v>
       </c>
       <c r="W156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X156" s="4">
         <v>0</v>
       </c>
       <c r="Y156" s="4">
         <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>6.9899999999999997E-4</v>
+        <v>5.9699999999999998E-4</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D157" s="4">
-        <v>797446</v>
+        <v>38577</v>
       </c>
       <c r="E157" s="5">
-        <v>21.889403000000001</v>
+        <v>9.0136859999999999</v>
       </c>
       <c r="F157" s="4">
-        <v>17455616.864737902</v>
+        <v>347720.97128278</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H157" s="3" t="s">
-        <v>123</v>
+        <v>666</v>
       </c>
       <c r="I157" s="3" t="s">
-        <v>55</v>
+        <v>667</v>
       </c>
       <c r="J157" s="5">
-        <v>18.965</v>
+        <v>91.15</v>
       </c>
       <c r="K157" s="5">
-        <v>0.86640097036908681</v>
+        <v>10.11240034103059</v>
       </c>
       <c r="L157" s="3" t="s">
-        <v>124</v>
+        <v>668</v>
       </c>
       <c r="M157" s="4">
-        <v>15123563.389999</v>
+        <v>3516293.6685830001</v>
       </c>
       <c r="N157" s="4">
-        <v>17455616.864737902</v>
+        <v>347720.97128278</v>
       </c>
       <c r="O157" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="P157" s="3" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="Q157" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R157" s="3" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="S157" s="3" t="s">
-        <v>127</v>
+        <v>671</v>
       </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>1.8173000000000002E-2</v>
+        <v>3.4000000000000002E-4</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D158" s="4">
-        <v>109244</v>
+        <v>369000</v>
       </c>
       <c r="E158" s="5">
-        <v>4.9348210000000003</v>
+        <v>3.4345460000000001</v>
       </c>
       <c r="F158" s="4">
-        <v>539099.54162639997</v>
+        <v>1267347.4106041901</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H158" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I158" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="J158" s="5">
-        <v>3.7559999999999998</v>
+        <v>26.74</v>
       </c>
       <c r="K158" s="5">
-        <v>0.76112189367127148</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L158" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M158" s="4">
-        <v>410320.46399999998</v>
+        <v>9867060.1815530006</v>
       </c>
       <c r="N158" s="4">
-        <v>539099.54162639997</v>
+        <v>1267347.4106041901</v>
       </c>
       <c r="O158" s="3" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="P158" s="3" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="S158" s="3" t="s">
-        <v>101</v>
+        <v>283</v>
       </c>
       <c r="T158" s="4">
         <v>1</v>
       </c>
       <c r="W158" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>5.6099999999999998E-4</v>
+        <v>1.242E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D159" s="4">
-        <v>141642</v>
+        <v>377000</v>
       </c>
       <c r="E159" s="5">
-        <v>66.251080000000002</v>
+        <v>2.1001430000000001</v>
       </c>
       <c r="F159" s="4">
-        <v>9383935.4733600002</v>
+        <v>791753.8509053</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H159" s="3" t="s">
-        <v>155</v>
+        <v>79</v>
       </c>
       <c r="I159" s="3" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="J159" s="5">
-        <v>57.4</v>
+        <v>2.72</v>
       </c>
       <c r="K159" s="5">
-        <v>0.86640097036908681</v>
+        <v>1.2951499974084049</v>
       </c>
       <c r="L159" s="3" t="s">
-        <v>156</v>
+        <v>81</v>
       </c>
       <c r="M159" s="4">
-        <v>8130250.7999999998</v>
+        <v>1025439.997948</v>
       </c>
       <c r="N159" s="4">
-        <v>9383935.4733600002</v>
+        <v>791753.8509053</v>
       </c>
       <c r="O159" s="3" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="P159" s="3" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="Q159" s="3" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="R159" s="3" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="S159" s="3" t="s">
-        <v>159</v>
+        <v>270</v>
       </c>
       <c r="T159" s="4">
         <v>1</v>
       </c>
       <c r="W159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>9.7699999999999992E-3</v>
+        <v>7.76E-4</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D160" s="4">
-        <v>83864</v>
+        <v>797446</v>
       </c>
       <c r="E160" s="5">
-        <v>2.1744219999999999</v>
+        <v>22.926665</v>
       </c>
       <c r="F160" s="4">
-        <v>182355.70564199999</v>
+        <v>18282777.496951502</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H160" s="3" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="I160" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J160" s="5">
-        <v>1.655</v>
+        <v>19.754999999999999</v>
       </c>
       <c r="K160" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L160" s="3" t="s">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="M160" s="4">
-        <v>138794.92000000001</v>
+        <v>15753545.73</v>
       </c>
       <c r="N160" s="4">
-        <v>182355.70564199999</v>
+        <v>18282777.496951502</v>
       </c>
       <c r="O160" s="3" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="P160" s="3" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="R160" s="3" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="S160" s="3" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="T160" s="4">
         <v>1</v>
       </c>
       <c r="W160" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.8900000000000001E-4</v>
+        <v>1.7919999999999998E-2</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D161" s="4">
-        <v>34526</v>
+        <v>109244</v>
       </c>
       <c r="E161" s="5">
-        <v>45.380378999999998</v>
+        <v>5.0667999999999997</v>
       </c>
       <c r="F161" s="4">
-        <v>1566802.965354</v>
+        <v>553517.49919999996</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H161" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I161" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J161" s="5">
-        <v>34.54</v>
+        <v>3.8239999999999998</v>
       </c>
       <c r="K161" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L161" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M161" s="4">
-        <v>1192528.04</v>
+        <v>417749.05599999998</v>
       </c>
       <c r="N161" s="4">
-        <v>1566802.965354</v>
+        <v>553517.49919999996</v>
       </c>
       <c r="O161" s="3" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="P161" s="3" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>1.6310000000000001E-3</v>
+        <v>5.4199999999999995E-4</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D162" s="4">
-        <v>28066</v>
+        <v>117855</v>
       </c>
       <c r="E162" s="5">
-        <v>40.985641999999999</v>
+        <v>68.356395000000006</v>
       </c>
       <c r="F162" s="4">
-        <v>1150303.028372</v>
+        <v>8056142.9327250002</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H162" s="3" t="s">
-        <v>717</v>
+        <v>141</v>
       </c>
       <c r="I162" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J162" s="5">
-        <v>35.51</v>
+        <v>58.9</v>
       </c>
       <c r="K162" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L162" s="3" t="s">
-        <v>718</v>
+        <v>142</v>
       </c>
       <c r="M162" s="4">
-        <v>996623.66</v>
+        <v>6941659.5</v>
       </c>
       <c r="N162" s="4">
-        <v>1150303.028372</v>
+        <v>8056142.9327250002</v>
       </c>
       <c r="O162" s="3" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="P162" s="3" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="S162" s="3" t="s">
-        <v>721</v>
+        <v>145</v>
       </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>1.1969999999999999E-3</v>
+        <v>7.8960000000000002E-3</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B163" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D163" s="4">
+        <v>83864</v>
+      </c>
+      <c r="E163" s="5">
+        <v>1.9040250000000001</v>
+      </c>
+      <c r="F163" s="4">
+        <v>159679.1526</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H163" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I163" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J163" s="5">
+        <v>1.4370000000000001</v>
+      </c>
+      <c r="K163" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L163" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M163" s="4">
+        <v>120512.568</v>
+      </c>
+      <c r="N163" s="4">
+        <v>159679.1526</v>
+      </c>
+      <c r="O163" s="3" t="s">
         <v>723</v>
       </c>
-      <c r="C163" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P163" s="3" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>496</v>
+        <v>105</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>144</v>
+        <v>91</v>
       </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>3.7599999999999998E-4</v>
+        <v>1.56E-4</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D164" s="4">
-        <v>9301</v>
+        <v>35326</v>
       </c>
       <c r="E164" s="5">
-        <v>64.000389999999996</v>
+        <v>12.638389999999999</v>
       </c>
       <c r="F164" s="4">
-        <v>595267.62739000004</v>
+        <v>446463.747477</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H164" s="3" t="s">
-        <v>166</v>
+        <v>126</v>
       </c>
       <c r="I164" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J164" s="5">
-        <v>55.45</v>
+        <v>10.89</v>
       </c>
       <c r="K164" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L164" s="3" t="s">
-        <v>167</v>
+        <v>127</v>
       </c>
       <c r="M164" s="4">
-        <v>515740.45</v>
+        <v>384700.14</v>
       </c>
       <c r="N164" s="4">
-        <v>595267.62739000004</v>
+        <v>446463.747477</v>
       </c>
       <c r="O164" s="3" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="P164" s="3" t="s">
-        <v>728</v>
+        <v>127</v>
       </c>
       <c r="Q164" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R164" s="3" t="s">
         <v>729</v>
       </c>
       <c r="S164" s="3" t="s">
-        <v>170</v>
+        <v>130</v>
       </c>
       <c r="T164" s="4">
         <v>1</v>
       </c>
       <c r="W164" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>6.1899999999999998E-4</v>
+        <v>4.37E-4</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
         <v>730</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>731</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D165" s="4">
-        <v>1045585</v>
+        <v>9951</v>
       </c>
       <c r="E165" s="5">
-        <v>0.50178800000000001</v>
+        <v>38.158884</v>
       </c>
       <c r="F165" s="4">
-        <v>524662.45078614005</v>
+        <v>379719.05468399997</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H165" s="3" t="s">
-        <v>64</v>
+        <v>126</v>
       </c>
       <c r="I165" s="3" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="J165" s="5">
-        <v>3.9</v>
+        <v>32.880000000000003</v>
       </c>
       <c r="K165" s="5">
-        <v>7.7721999289620927</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L165" s="3" t="s">
-        <v>66</v>
+        <v>127</v>
       </c>
       <c r="M165" s="4">
-        <v>4077781.462729</v>
+        <v>327188.88</v>
       </c>
       <c r="N165" s="4">
-        <v>524662.45078614005</v>
+        <v>379719.05468399997</v>
       </c>
       <c r="O165" s="3" t="s">
         <v>730</v>
       </c>
       <c r="P165" s="3" t="s">
         <v>732</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>110</v>
+        <v>509</v>
       </c>
       <c r="R165" s="3" t="s">
         <v>733</v>
       </c>
       <c r="S165" s="3" t="s">
-        <v>290</v>
+        <v>130</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>5.4600000000000004E-4</v>
+        <v>3.7199999999999999E-4</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
         <v>734</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>735</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D166" s="4">
-        <v>411726</v>
+        <v>9301</v>
       </c>
       <c r="E166" s="5">
-        <v>2.6371579999999999</v>
+        <v>62.089424999999999</v>
       </c>
       <c r="F166" s="4">
-        <v>1085786.6926297001</v>
+        <v>577493.74192499998</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H166" s="3" t="s">
-        <v>79</v>
+        <v>152</v>
       </c>
       <c r="I166" s="3" t="s">
-        <v>80</v>
+        <v>55</v>
       </c>
       <c r="J166" s="5">
-        <v>26.68</v>
+        <v>53.5</v>
       </c>
       <c r="K166" s="5">
-        <v>10.116949917658145</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L166" s="3" t="s">
-        <v>81</v>
+        <v>153</v>
       </c>
       <c r="M166" s="4">
-        <v>10984849.590593999</v>
+        <v>497603.5</v>
       </c>
       <c r="N166" s="4">
-        <v>1085786.6926297001</v>
+        <v>577493.74192499998</v>
       </c>
       <c r="O166" s="3" t="s">
         <v>734</v>
       </c>
       <c r="P166" s="3" t="s">
         <v>736</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>178</v>
+        <v>95</v>
       </c>
       <c r="R166" s="3" t="s">
         <v>737</v>
       </c>
       <c r="S166" s="3" t="s">
-        <v>655</v>
+        <v>156</v>
       </c>
       <c r="T166" s="4">
         <v>1</v>
       </c>
       <c r="W166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>1.1299999999999999E-3</v>
+        <v>5.6599999999999999E-4</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
         <v>738</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>739</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D167" s="4">
-        <v>197640</v>
+        <v>1045585</v>
       </c>
       <c r="E167" s="5">
-        <v>0.92380499999999999</v>
+        <v>0.490649</v>
       </c>
       <c r="F167" s="4">
-        <v>182580.89086745001</v>
+        <v>513015.65711055999</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H167" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I167" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J167" s="5">
-        <v>7.18</v>
+        <v>3.82</v>
       </c>
       <c r="K167" s="5">
-        <v>7.7721999289620927</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L167" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M167" s="4">
-        <v>1419055.1870289999</v>
+        <v>3994134.7734920001</v>
       </c>
       <c r="N167" s="4">
-        <v>182580.89086745001</v>
+        <v>513015.65711055999</v>
       </c>
       <c r="O167" s="3" t="s">
         <v>738</v>
       </c>
       <c r="P167" s="3" t="s">
         <v>740</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>135</v>
+        <v>100</v>
       </c>
       <c r="R167" s="3" t="s">
         <v>741</v>
       </c>
       <c r="S167" s="3" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="T167" s="4">
         <v>1</v>
       </c>
       <c r="W167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>1.9000000000000001E-4</v>
+        <v>5.0199999999999995E-4</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
         <v>742</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>743</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D168" s="4">
-        <v>436418</v>
+        <v>411726</v>
       </c>
       <c r="E168" s="5">
-        <v>1.2105809999999999</v>
+        <v>2.7293219999999998</v>
       </c>
       <c r="F168" s="4">
-        <v>528319.50906101998</v>
+        <v>1123733.001068</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H168" s="3" t="s">
-        <v>59</v>
+        <v>666</v>
       </c>
       <c r="I168" s="3" t="s">
-        <v>60</v>
+        <v>667</v>
       </c>
       <c r="J168" s="5">
-        <v>0.9214</v>
+        <v>27.6</v>
       </c>
       <c r="K168" s="5">
-        <v>0.76112189367127148</v>
+        <v>10.11240034103059</v>
       </c>
       <c r="L168" s="3" t="s">
-        <v>61</v>
+        <v>668</v>
       </c>
       <c r="M168" s="4">
-        <v>402115.54519999999</v>
+        <v>11363637.983227</v>
       </c>
       <c r="N168" s="4">
-        <v>528319.50906101998</v>
+        <v>1123733.001068</v>
       </c>
       <c r="O168" s="3" t="s">
         <v>742</v>
       </c>
       <c r="P168" s="3" t="s">
         <v>744</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>110</v>
+        <v>164</v>
       </c>
       <c r="R168" s="3" t="s">
         <v>745</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>101</v>
+        <v>671</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>5.5000000000000003E-4</v>
+        <v>1.101E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
         <v>746</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>747</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D169" s="4">
-        <v>391378</v>
+        <v>197640</v>
       </c>
       <c r="E169" s="5">
-        <v>69.171205999999998</v>
+        <v>0.902949</v>
       </c>
       <c r="F169" s="4">
-        <v>27072088.261867899</v>
+        <v>178458.84710233999</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H169" s="3" t="s">
-        <v>717</v>
+        <v>64</v>
       </c>
       <c r="I169" s="3" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="J169" s="5">
-        <v>59.93</v>
+        <v>7.03</v>
       </c>
       <c r="K169" s="5">
-        <v>0.86640097036908681</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L169" s="3" t="s">
-        <v>718</v>
+        <v>66</v>
       </c>
       <c r="M169" s="4">
-        <v>23455283.539999001</v>
+        <v>1389409.225565</v>
       </c>
       <c r="N169" s="4">
-        <v>27072088.261867899</v>
+        <v>178458.84710233999</v>
       </c>
       <c r="O169" s="3" t="s">
         <v>746</v>
       </c>
       <c r="P169" s="3" t="s">
         <v>748</v>
       </c>
       <c r="Q169" s="3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="R169" s="3" t="s">
         <v>749</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>721</v>
+        <v>283</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>2.8185999999999999E-2</v>
+        <v>1.74E-4</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
         <v>750</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>751</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D170" s="4">
-        <v>49060</v>
+        <v>436418</v>
       </c>
       <c r="E170" s="5">
-        <v>6.8188820000000003</v>
+        <v>1.245765</v>
       </c>
       <c r="F170" s="4">
-        <v>334534.32639</v>
+        <v>543674.26977000001</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H170" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I170" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J170" s="5">
-        <v>5.19</v>
+        <v>0.94020000000000004</v>
       </c>
       <c r="K170" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L170" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M170" s="4">
-        <v>254621.4</v>
+        <v>410320.20360000001</v>
       </c>
       <c r="N170" s="4">
-        <v>334534.32639</v>
+        <v>543674.26977000001</v>
       </c>
       <c r="O170" s="3" t="s">
         <v>750</v>
       </c>
       <c r="P170" s="3" t="s">
         <v>752</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>135</v>
+        <v>100</v>
       </c>
       <c r="R170" s="3" t="s">
         <v>753</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>3.48E-4</v>
+        <v>5.3200000000000003E-4</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
         <v>754</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>755</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D171" s="4">
-        <v>253051</v>
+        <v>367486</v>
       </c>
       <c r="E171" s="5">
-        <v>3.5433940000000002</v>
+        <v>62.971443000000001</v>
       </c>
       <c r="F171" s="4">
-        <v>896659.39509400004</v>
+        <v>23141123.702298</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H171" s="3" t="s">
-        <v>123</v>
+        <v>756</v>
       </c>
       <c r="I171" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J171" s="5">
-        <v>3.07</v>
+        <v>54.26</v>
       </c>
       <c r="K171" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>124</v>
+        <v>757</v>
       </c>
       <c r="M171" s="4">
-        <v>776866.57</v>
+        <v>19939790.359999999</v>
       </c>
       <c r="N171" s="4">
-        <v>896659.39509400004</v>
+        <v>23141123.702298</v>
       </c>
       <c r="O171" s="3" t="s">
         <v>754</v>
       </c>
       <c r="P171" s="3" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>127</v>
+        <v>760</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>9.3300000000000002E-4</v>
+        <v>2.2682000000000001E-2</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D172" s="4">
-        <v>8594515</v>
+        <v>49060</v>
       </c>
       <c r="E172" s="5">
-        <v>0.95983099999999999</v>
+        <v>6.6912500000000001</v>
       </c>
       <c r="F172" s="4">
-        <v>8249283.5876585804</v>
+        <v>328272.72499999998</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H172" s="3" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="I172" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J172" s="5">
-        <v>7.46</v>
+        <v>5.05</v>
       </c>
       <c r="K172" s="5">
-        <v>7.7721999289620927</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L172" s="3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M172" s="4">
-        <v>64115081.313988</v>
+        <v>247753</v>
       </c>
       <c r="N172" s="4">
-        <v>8249283.5876585804</v>
+        <v>328272.72499999998</v>
       </c>
       <c r="O172" s="3" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>290</v>
+        <v>91</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>8.5880000000000001E-3</v>
+        <v>3.21E-4</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D173" s="4">
-        <v>89405</v>
+        <v>253051</v>
       </c>
       <c r="E173" s="5">
-        <v>7.0867880000000003</v>
+        <v>3.606989</v>
       </c>
       <c r="F173" s="4">
-        <v>633594.28113999998</v>
+        <v>912752.27465939999</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H173" s="3" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="I173" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J173" s="5">
-        <v>6.14</v>
+        <v>3.1080000000000001</v>
       </c>
       <c r="K173" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="M173" s="4">
-        <v>548946.69999999995</v>
+        <v>786482.50800000003</v>
       </c>
       <c r="N173" s="4">
-        <v>633594.28113999998</v>
+        <v>912752.27465939999</v>
       </c>
       <c r="O173" s="3" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>6.5899999999999997E-4</v>
+        <v>8.9400000000000005E-4</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D174" s="4">
-        <v>330122</v>
+        <v>8594515</v>
       </c>
       <c r="E174" s="5">
-        <v>8.9799790000000002</v>
+        <v>1.04552</v>
       </c>
       <c r="F174" s="4">
-        <v>2964488.6749465</v>
+        <v>8985736.7576037794</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H174" s="3" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="I174" s="3" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="J174" s="5">
-        <v>90.85</v>
+        <v>8.14</v>
       </c>
       <c r="K174" s="5">
-        <v>10.116949917658145</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="M174" s="4">
-        <v>29991583.455898002</v>
+        <v>69959353.387252003</v>
       </c>
       <c r="N174" s="4">
-        <v>2964488.6749465</v>
+        <v>8985736.7576037794</v>
       </c>
       <c r="O174" s="3" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>135</v>
+        <v>89</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>655</v>
+        <v>283</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>3.0860000000000002E-3</v>
+        <v>8.8070000000000006E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D175" s="4">
-        <v>123217</v>
+        <v>89405</v>
       </c>
       <c r="E175" s="5">
-        <v>86.795839999999998</v>
+        <v>7.0561439999999997</v>
       </c>
       <c r="F175" s="4">
-        <v>10694723.017279999</v>
+        <v>630854.55432</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H175" s="3" t="s">
-        <v>717</v>
+        <v>113</v>
       </c>
       <c r="I175" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J175" s="5">
-        <v>75.2</v>
+        <v>6.08</v>
       </c>
       <c r="K175" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>718</v>
+        <v>114</v>
       </c>
       <c r="M175" s="4">
-        <v>9265918.4000000004</v>
+        <v>543582.4</v>
       </c>
       <c r="N175" s="4">
-        <v>10694723.017279999</v>
+        <v>630854.55432</v>
       </c>
       <c r="O175" s="3" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>721</v>
+        <v>117</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>1.1134E-2</v>
+        <v>6.1799999999999995E-4</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D176" s="4">
-        <v>73684</v>
+        <v>330122</v>
       </c>
       <c r="E176" s="5">
-        <v>15.664999</v>
+        <v>8.8109640000000002</v>
       </c>
       <c r="F176" s="4">
-        <v>1154259.76297077</v>
+        <v>2908693.3072267701</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H176" s="3" t="s">
-        <v>84</v>
+        <v>666</v>
       </c>
       <c r="I176" s="3" t="s">
-        <v>85</v>
+        <v>667</v>
       </c>
       <c r="J176" s="5">
-        <v>148.69999999999999</v>
+        <v>89.1</v>
       </c>
       <c r="K176" s="5">
-        <v>9.4924996437939502</v>
+        <v>10.11240034103059</v>
       </c>
       <c r="L176" s="3" t="s">
-        <v>86</v>
+        <v>668</v>
       </c>
       <c r="M176" s="4">
-        <v>10956810.388845</v>
+        <v>29413871.191953</v>
       </c>
       <c r="N176" s="4">
-        <v>1154259.76297077</v>
+        <v>2908693.3072267701</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>778</v>
+        <v>671</v>
       </c>
       <c r="T176" s="4">
         <v>1</v>
       </c>
       <c r="W176" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>1.201E-3</v>
+        <v>2.8509999999999998E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D177" s="4">
-        <v>143528</v>
+        <v>103715</v>
       </c>
       <c r="E177" s="5">
-        <v>23.393098999999999</v>
+        <v>84.255930000000006</v>
       </c>
       <c r="F177" s="4">
-        <v>3357564.7491540001</v>
+        <v>8738603.7799500003</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H177" s="3" t="s">
-        <v>59</v>
+        <v>756</v>
       </c>
       <c r="I177" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J177" s="5">
-        <v>17.805</v>
+        <v>72.599999999999994</v>
       </c>
       <c r="K177" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>61</v>
+        <v>757</v>
       </c>
       <c r="M177" s="4">
-        <v>2555516.04</v>
+        <v>7529709</v>
       </c>
       <c r="N177" s="4">
-        <v>3357564.7491540001</v>
+        <v>8738603.7799500003</v>
       </c>
       <c r="O177" s="3" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>187</v>
+        <v>95</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>101</v>
+        <v>760</v>
       </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>3.4949999999999998E-3</v>
+        <v>8.5649999999999997E-3</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D178" s="4">
-        <v>101591</v>
+        <v>37090</v>
       </c>
       <c r="E178" s="5">
-        <v>17.636175999999999</v>
+        <v>15.341797</v>
       </c>
       <c r="F178" s="4">
-        <v>1791676.7560159999</v>
+        <v>569027.27489596</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H178" s="3" t="s">
-        <v>140</v>
+        <v>74</v>
       </c>
       <c r="I178" s="3" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="J178" s="5">
-        <v>15.28</v>
+        <v>144.69999999999999</v>
       </c>
       <c r="K178" s="5">
-        <v>0.86640097036908681</v>
+        <v>9.4317502517805725</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>141</v>
+        <v>76</v>
       </c>
       <c r="M178" s="4">
-        <v>1552310.48</v>
+        <v>5366923.1432689996</v>
       </c>
       <c r="N178" s="4">
-        <v>1791676.7560159999</v>
+        <v>569027.27489596</v>
       </c>
       <c r="O178" s="3" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="Q178" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="S178" s="3" t="s">
-        <v>144</v>
+        <v>789</v>
       </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>1.8649999999999999E-3</v>
+        <v>5.5699999999999999E-4</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D179" s="4">
-        <v>252239</v>
+        <v>243568</v>
       </c>
       <c r="E179" s="5">
-        <v>68.536395999999996</v>
+        <v>23.73075</v>
       </c>
       <c r="F179" s="4">
-        <v>17287551.990644</v>
+        <v>5780051.3159999996</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H179" s="3" t="s">
-        <v>717</v>
+        <v>59</v>
       </c>
       <c r="I179" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J179" s="5">
-        <v>59.38</v>
+        <v>17.91</v>
       </c>
       <c r="K179" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L179" s="3" t="s">
-        <v>718</v>
+        <v>61</v>
       </c>
       <c r="M179" s="4">
-        <v>14977951.82</v>
+        <v>4362302.88</v>
       </c>
       <c r="N179" s="4">
-        <v>17287551.990644</v>
+        <v>5780051.3159999996</v>
       </c>
       <c r="O179" s="3" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="P179" s="3" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>105</v>
+        <v>173</v>
       </c>
       <c r="R179" s="3" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="S179" s="3" t="s">
-        <v>721</v>
+        <v>91</v>
       </c>
       <c r="T179" s="4">
         <v>1</v>
       </c>
       <c r="W179" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X179" s="4">
         <v>0</v>
       </c>
       <c r="Y179" s="4">
         <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>1.7998E-2</v>
+        <v>5.6649999999999999E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D180" s="4">
-        <v>882722</v>
+        <v>101591</v>
       </c>
       <c r="E180" s="5">
-        <v>0.81447599999999998</v>
+        <v>17.617149000000001</v>
       </c>
       <c r="F180" s="4">
-        <v>718956.02597103</v>
+        <v>1789743.784059</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H180" s="3" t="s">
-        <v>89</v>
+        <v>126</v>
       </c>
       <c r="I180" s="3" t="s">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="J180" s="5">
-        <v>1.06</v>
+        <v>15.18</v>
       </c>
       <c r="K180" s="5">
-        <v>1.3014499948944118</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L180" s="3" t="s">
-        <v>91</v>
+        <v>127</v>
       </c>
       <c r="M180" s="4">
-        <v>935685.31632900005</v>
+        <v>1542151.38</v>
       </c>
       <c r="N180" s="4">
-        <v>718956.02597103</v>
+        <v>1789743.784059</v>
       </c>
       <c r="O180" s="3" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="P180" s="3" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="R180" s="3" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="S180" s="3" t="s">
-        <v>277</v>
+        <v>130</v>
       </c>
       <c r="T180" s="4">
         <v>1</v>
       </c>
       <c r="W180" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X180" s="4">
         <v>0</v>
       </c>
       <c r="Y180" s="4">
         <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>7.4799999999999997E-4</v>
+        <v>1.7539999999999999E-3</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D181" s="4">
-        <v>122901</v>
+        <v>252239</v>
       </c>
       <c r="E181" s="5">
-        <v>4.7013720000000001</v>
+        <v>72.511163999999994</v>
       </c>
       <c r="F181" s="4">
-        <v>577803.26548467996</v>
+        <v>18290143.496196002</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>64</v>
+        <v>756</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="J181" s="5">
-        <v>36.54</v>
+        <v>62.48</v>
       </c>
       <c r="K181" s="5">
-        <v>7.7721999289620927</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L181" s="3" t="s">
-        <v>66</v>
+        <v>757</v>
       </c>
       <c r="M181" s="4">
-        <v>4490802.498954</v>
+        <v>15759892.720000001</v>
       </c>
       <c r="N181" s="4">
-        <v>577803.26548467996</v>
+        <v>18290143.496196002</v>
       </c>
       <c r="O181" s="3" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="P181" s="3" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="R181" s="3" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="S181" s="3" t="s">
-        <v>290</v>
+        <v>760</v>
       </c>
       <c r="T181" s="4">
         <v>1</v>
       </c>
       <c r="W181" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X181" s="4">
         <v>0</v>
       </c>
       <c r="Y181" s="4">
         <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>6.0099999999999997E-4</v>
+        <v>1.7926999999999998E-2</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D182" s="4">
-        <v>59886</v>
+        <v>882722</v>
       </c>
       <c r="E182" s="5">
-        <v>31.959797999999999</v>
+        <v>0.36289199999999999</v>
       </c>
       <c r="F182" s="4">
-        <v>1913944.463028</v>
+        <v>320333.04250472999</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H182" s="3" t="s">
-        <v>140</v>
+        <v>79</v>
       </c>
       <c r="I182" s="3" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="J182" s="5">
-        <v>27.69</v>
+        <v>0.47</v>
       </c>
       <c r="K182" s="5">
-        <v>0.86640097036908681</v>
+        <v>1.2951499974084049</v>
       </c>
       <c r="L182" s="3" t="s">
-        <v>141</v>
+        <v>81</v>
       </c>
       <c r="M182" s="4">
-        <v>1658243.34</v>
+        <v>414879.33916899998</v>
       </c>
       <c r="N182" s="4">
-        <v>1913944.463028</v>
+        <v>320333.04250472999</v>
       </c>
       <c r="O182" s="3" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="P182" s="3" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="R182" s="3" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="S182" s="3" t="s">
-        <v>144</v>
+        <v>270</v>
       </c>
       <c r="T182" s="4">
         <v>1</v>
       </c>
       <c r="W182" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>1.9919999999999998E-3</v>
+        <v>3.1300000000000002E-4</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D183" s="4">
-        <v>217400</v>
+        <v>122901</v>
       </c>
       <c r="E183" s="5">
-        <v>50.034092999999999</v>
+        <v>3.845561</v>
       </c>
       <c r="F183" s="4">
-        <v>10877408.7176657</v>
+        <v>472623.29685573</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H183" s="3" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="I183" s="3" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="J183" s="5">
-        <v>7708</v>
+        <v>29.94</v>
       </c>
       <c r="K183" s="5">
-        <v>154.05495756556192</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L183" s="3" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="M183" s="4">
-        <v>1675718738.42327</v>
+        <v>3679656.0077050002</v>
       </c>
       <c r="N183" s="4">
-        <v>10877408.7176657</v>
+        <v>472623.29685573</v>
       </c>
       <c r="O183" s="3" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>135</v>
+        <v>105</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>238</v>
+        <v>283</v>
       </c>
       <c r="T183" s="4">
         <v>1</v>
       </c>
       <c r="W183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X183" s="4">
         <v>0</v>
       </c>
       <c r="Y183" s="4">
         <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>1.1325E-2</v>
+        <v>4.6299999999999998E-4</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D184" s="4">
-        <v>2335500</v>
+        <v>59886</v>
       </c>
       <c r="E184" s="5">
-        <v>6.6261809999999999</v>
+        <v>32.669483</v>
       </c>
       <c r="F184" s="4">
-        <v>15475444.533079401</v>
+        <v>1956444.6289949999</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H184" s="3" t="s">
-        <v>64</v>
+        <v>126</v>
       </c>
       <c r="I184" s="3" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="J184" s="5">
-        <v>51.5</v>
+        <v>28.15</v>
       </c>
       <c r="K184" s="5">
-        <v>7.7721999289620927</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L184" s="3" t="s">
-        <v>66</v>
+        <v>127</v>
       </c>
       <c r="M184" s="4">
-        <v>120278248.900656</v>
+        <v>1685790.9</v>
       </c>
       <c r="N184" s="4">
-        <v>15475444.533079401</v>
+        <v>1956444.6289949999</v>
       </c>
       <c r="O184" s="3" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="S184" s="3" t="s">
-        <v>290</v>
+        <v>130</v>
       </c>
       <c r="T184" s="4">
         <v>1</v>
       </c>
       <c r="W184" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X184" s="4">
         <v>0</v>
       </c>
       <c r="Y184" s="4">
         <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>1.6112000000000001E-2</v>
+        <v>1.9170000000000001E-3</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D185" s="4">
-        <v>3995</v>
+        <v>86500</v>
       </c>
       <c r="E185" s="5">
-        <v>88.072250999999994</v>
+        <v>51.304048999999999</v>
       </c>
       <c r="F185" s="4">
-        <v>351848.64528184</v>
+        <v>4437801.9865427697</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H185" s="3" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="I185" s="3" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="J185" s="5">
-        <v>70.7</v>
+        <v>8006</v>
       </c>
       <c r="K185" s="5">
-        <v>0.80275000316283507</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="M185" s="4">
-        <v>282446.50111200003</v>
+        <v>692519270.08251405</v>
       </c>
       <c r="N185" s="4">
-        <v>351848.64528184</v>
+        <v>4437801.9865427697</v>
       </c>
       <c r="O185" s="3" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="Q185" s="3" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>542</v>
+        <v>228</v>
       </c>
       <c r="T185" s="4">
         <v>1</v>
       </c>
       <c r="W185" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X185" s="4">
         <v>0</v>
       </c>
       <c r="Y185" s="4">
         <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>3.6600000000000001E-4</v>
+        <v>4.3489999999999996E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D186" s="4">
-        <v>363816</v>
+        <v>882722</v>
       </c>
       <c r="E186" s="5">
-        <v>14.548691</v>
+        <v>0.52503599999999995</v>
       </c>
       <c r="F186" s="4">
-        <v>5293046.5648560002</v>
+        <v>463460.57213450002</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H186" s="3" t="s">
-        <v>123</v>
+        <v>79</v>
       </c>
       <c r="I186" s="3" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="J186" s="5">
-        <v>12.605</v>
+        <v>0.68</v>
       </c>
       <c r="K186" s="5">
-        <v>0.86640097036908681</v>
+        <v>1.2951499974084049</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>124</v>
+        <v>81</v>
       </c>
       <c r="M186" s="4">
-        <v>4585900.68</v>
+        <v>600250.95879800001</v>
       </c>
       <c r="N186" s="4">
-        <v>5293046.5648560002</v>
+        <v>463460.57213450002</v>
       </c>
       <c r="O186" s="3" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>127</v>
+        <v>270</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>5.5100000000000001E-3</v>
+        <v>4.5399999999999998E-4</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D187" s="4">
-        <v>43580</v>
+        <v>2335500</v>
       </c>
       <c r="E187" s="5">
-        <v>73.903425999999996</v>
+        <v>7.0579020000000003</v>
       </c>
       <c r="F187" s="4">
-        <v>3220711.3050799998</v>
+        <v>16483729.5776818</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H187" s="3" t="s">
-        <v>123</v>
+        <v>64</v>
       </c>
       <c r="I187" s="3" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="J187" s="5">
-        <v>64.03</v>
+        <v>54.95</v>
       </c>
       <c r="K187" s="5">
-        <v>0.86640097036908681</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L187" s="3" t="s">
-        <v>124</v>
+        <v>66</v>
       </c>
       <c r="M187" s="4">
-        <v>2790427.4</v>
+        <v>128335727.361377</v>
       </c>
       <c r="N187" s="4">
-        <v>3220711.3050799998</v>
+        <v>16483729.5776818</v>
       </c>
       <c r="O187" s="3" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>127</v>
+        <v>283</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>3.3530000000000001E-3</v>
+        <v>1.6156E-2</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D188" s="4">
-        <v>79660</v>
+        <v>3995</v>
       </c>
       <c r="E188" s="5">
-        <v>38.273271999999999</v>
+        <v>86.431285000000003</v>
       </c>
       <c r="F188" s="4">
-        <v>3048848.8475199998</v>
+        <v>345292.98212840001</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H188" s="3" t="s">
-        <v>140</v>
+        <v>44</v>
       </c>
       <c r="I188" s="3" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="J188" s="5">
-        <v>33.159999999999997</v>
+        <v>69.400000000000006</v>
       </c>
       <c r="K188" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.80294999975750914</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>141</v>
+        <v>46</v>
       </c>
       <c r="M188" s="4">
-        <v>2641525.6</v>
+        <v>277252.999916</v>
       </c>
       <c r="N188" s="4">
-        <v>3048848.8475199998</v>
+        <v>345292.98212840001</v>
       </c>
       <c r="O188" s="3" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>178</v>
+        <v>121</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>721</v>
+        <v>555</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>3.1740000000000002E-3</v>
+        <v>3.3799999999999998E-4</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D189" s="4">
-        <v>76496</v>
+        <v>363816</v>
       </c>
       <c r="E189" s="5">
-        <v>23.984276000000001</v>
+        <v>14.408227999999999</v>
       </c>
       <c r="F189" s="4">
-        <v>1834701.176896</v>
+        <v>5241943.9690020001</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H189" s="3" t="s">
-        <v>717</v>
+        <v>113</v>
       </c>
       <c r="I189" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J189" s="5">
-        <v>20.78</v>
+        <v>12.414999999999999</v>
       </c>
       <c r="K189" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L189" s="3" t="s">
-        <v>718</v>
+        <v>114</v>
       </c>
       <c r="M189" s="4">
-        <v>1589586.88</v>
+        <v>4516775.6399999997</v>
       </c>
       <c r="N189" s="4">
-        <v>1834701.176896</v>
+        <v>5241943.9690020001</v>
       </c>
       <c r="O189" s="3" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="S189" s="3" t="s">
-        <v>721</v>
+        <v>117</v>
       </c>
       <c r="T189" s="4">
         <v>1</v>
       </c>
       <c r="W189" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X189" s="4">
         <v>0</v>
       </c>
       <c r="Y189" s="4">
         <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>1.91E-3</v>
+        <v>5.1380000000000002E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D190" s="4">
-        <v>340000</v>
+        <v>25905</v>
       </c>
       <c r="E190" s="5">
-        <v>4.9458330000000004</v>
+        <v>74.379649999999998</v>
       </c>
       <c r="F190" s="4">
-        <v>1681583.0781503301</v>
+        <v>1926804.8202974999</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H190" s="3" t="s">
-        <v>64</v>
+        <v>113</v>
       </c>
       <c r="I190" s="3" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="J190" s="5">
-        <v>38.44</v>
+        <v>64.09</v>
       </c>
       <c r="K190" s="5">
-        <v>7.7721999289620927</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L190" s="3" t="s">
-        <v>66</v>
+        <v>114</v>
       </c>
       <c r="M190" s="4">
-        <v>13069599.880542999</v>
+        <v>1660251.45</v>
       </c>
       <c r="N190" s="4">
-        <v>1681583.0781503301</v>
+        <v>1926804.8202974999</v>
       </c>
       <c r="O190" s="3" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>479</v>
+        <v>95</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>290</v>
+        <v>117</v>
       </c>
       <c r="T190" s="4">
         <v>1</v>
       </c>
       <c r="W190" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X190" s="4">
         <v>0</v>
       </c>
       <c r="Y190" s="4">
         <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>1.75E-3</v>
+        <v>1.8879999999999999E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D191" s="4">
-        <v>47</v>
+        <v>103218</v>
       </c>
       <c r="E191" s="5">
-        <v>74.215059999999994</v>
+        <v>43.149248999999998</v>
       </c>
       <c r="F191" s="4">
-        <v>3488.1078200000002</v>
+        <v>4453779.183282</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H191" s="3" t="s">
-        <v>140</v>
+        <v>126</v>
       </c>
       <c r="I191" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J191" s="5">
-        <v>64.3</v>
+        <v>37.18</v>
       </c>
       <c r="K191" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="M191" s="4">
-        <v>3022.1</v>
+        <v>3837645.24</v>
       </c>
       <c r="N191" s="4">
-        <v>3488.1078200000002</v>
+        <v>4453779.183282</v>
       </c>
       <c r="O191" s="3" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>105</v>
+        <v>164</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>144</v>
+        <v>760</v>
       </c>
       <c r="T191" s="4">
         <v>1</v>
       </c>
       <c r="W191" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>3.0000000000000001E-6</v>
+        <v>4.365E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D192" s="4">
-        <v>35331</v>
+        <v>104169</v>
       </c>
       <c r="E192" s="5">
-        <v>8.6290829999999996</v>
+        <v>23.605587</v>
       </c>
       <c r="F192" s="4">
-        <v>304874.12708375999</v>
+        <v>2458970.3922029999</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H192" s="3" t="s">
-        <v>79</v>
+        <v>756</v>
       </c>
       <c r="I192" s="3" t="s">
-        <v>80</v>
+        <v>55</v>
       </c>
       <c r="J192" s="5">
-        <v>87.3</v>
+        <v>20.34</v>
       </c>
       <c r="K192" s="5">
-        <v>10.116949917658145</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L192" s="3" t="s">
-        <v>81</v>
+        <v>757</v>
       </c>
       <c r="M192" s="4">
-        <v>3084396.274896</v>
+        <v>2118797.46</v>
       </c>
       <c r="N192" s="4">
-        <v>304874.12708375999</v>
+        <v>2458970.3922029999</v>
       </c>
       <c r="O192" s="3" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>655</v>
+        <v>760</v>
       </c>
       <c r="T192" s="4">
         <v>1</v>
       </c>
       <c r="W192" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>3.1700000000000001E-4</v>
+        <v>2.4099999999999998E-3</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D193" s="4">
-        <v>2953</v>
+        <v>447000</v>
       </c>
       <c r="E193" s="5">
-        <v>100.06914</v>
+        <v>5.1274150000000001</v>
       </c>
       <c r="F193" s="4">
-        <v>295504.17041999998</v>
+        <v>2291954.3773119599</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="H193" s="3" t="s">
-        <v>166</v>
+        <v>64</v>
       </c>
       <c r="I193" s="3" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="J193" s="5">
-        <v>86.7</v>
+        <v>39.92</v>
       </c>
       <c r="K193" s="5">
-        <v>0.86640097036908681</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L193" s="3" t="s">
-        <v>167</v>
+        <v>66</v>
       </c>
       <c r="M193" s="4">
-        <v>256025.1</v>
+        <v>17844240.328334</v>
       </c>
       <c r="N193" s="4">
-        <v>295504.17041999998</v>
+        <v>2291954.3773119599</v>
       </c>
       <c r="O193" s="3" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>115</v>
+        <v>488</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>170</v>
+        <v>283</v>
       </c>
       <c r="T193" s="4">
         <v>1</v>
       </c>
       <c r="W193" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X193" s="4">
         <v>0</v>
       </c>
       <c r="Y193" s="4">
         <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>3.0699999999999998E-4</v>
+        <v>2.2460000000000002E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D194" s="4">
-        <v>267031</v>
+        <v>35331</v>
       </c>
       <c r="E194" s="5">
-        <v>51.19</v>
+        <v>8.9790749999999999</v>
       </c>
       <c r="F194" s="4">
-        <v>13669316.890000001</v>
+        <v>317239.70570783998</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>849</v>
+        <v>87</v>
       </c>
       <c r="H194" s="3" t="s">
-        <v>59</v>
+        <v>666</v>
       </c>
       <c r="I194" s="3" t="s">
-        <v>32</v>
+        <v>667</v>
       </c>
       <c r="J194" s="5">
-        <v>51.19</v>
+        <v>90.8</v>
       </c>
       <c r="K194" s="5">
-        <v>1</v>
+        <v>10.11240034103059</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>61</v>
+        <v>668</v>
       </c>
       <c r="M194" s="4">
-        <v>13669316.890000001</v>
+        <v>3208054.9081879999</v>
       </c>
       <c r="N194" s="4">
-        <v>13669316.890000001</v>
+        <v>317239.70570783998</v>
       </c>
       <c r="O194" s="3" t="s">
         <v>850</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>853</v>
+        <v>671</v>
       </c>
       <c r="T194" s="4">
         <v>1</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>847</v>
+        <v>34</v>
       </c>
       <c r="X194" s="4">
         <v>0</v>
       </c>
       <c r="Y194" s="4">
         <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>1.4231000000000001E-2</v>
+        <v>3.1E-4</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
         <v>854</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>855</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D195" s="4">
-        <v>117013</v>
+        <v>2953</v>
       </c>
       <c r="E195" s="5">
-        <v>46.86</v>
+        <v>102.82473</v>
       </c>
       <c r="F195" s="4">
-        <v>5483229.1799999997</v>
+        <v>303641.42768999998</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>849</v>
+        <v>87</v>
       </c>
       <c r="H195" s="3" t="s">
-        <v>59</v>
+        <v>152</v>
       </c>
       <c r="I195" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J195" s="5">
-        <v>46.86</v>
+        <v>88.6</v>
       </c>
       <c r="K195" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L195" s="3" t="s">
-        <v>61</v>
+        <v>153</v>
       </c>
       <c r="M195" s="4">
-        <v>5483229.1799999997</v>
+        <v>261635.8</v>
       </c>
       <c r="N195" s="4">
-        <v>5483229.1799999997</v>
+        <v>303641.42768999998</v>
       </c>
       <c r="O195" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="P195" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="P195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q195" s="3" t="s">
-        <v>187</v>
+        <v>105</v>
       </c>
       <c r="R195" s="3" t="s">
         <v>857</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>853</v>
+        <v>156</v>
       </c>
       <c r="T195" s="4">
         <v>1</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>854</v>
+        <v>34</v>
       </c>
       <c r="X195" s="4">
         <v>0</v>
       </c>
       <c r="Y195" s="4">
         <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>5.7080000000000004E-3</v>
+        <v>2.9700000000000001E-4</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
         <v>858</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>859</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D196" s="4">
-        <v>80486</v>
+        <v>267031</v>
       </c>
       <c r="E196" s="5">
-        <v>71.739999999999995</v>
+        <v>58.66</v>
       </c>
       <c r="F196" s="4">
-        <v>5774065.6399999997</v>
+        <v>15664038.460000001</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="H196" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I196" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J196" s="5">
-        <v>71.739999999999995</v>
+        <v>58.66</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M196" s="4">
-        <v>5774065.6399999997</v>
+        <v>15664038.460000001</v>
       </c>
       <c r="N196" s="4">
-        <v>5774065.6399999997</v>
+        <v>15664038.460000001</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>280</v>
+        <v>862</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>853</v>
+        <v>864</v>
       </c>
       <c r="T196" s="4">
         <v>1</v>
       </c>
       <c r="W196" s="3" t="s">
         <v>858</v>
       </c>
       <c r="X196" s="4">
         <v>0</v>
       </c>
       <c r="Y196" s="4">
         <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>6.0109999999999999E-3</v>
+        <v>1.5353E-2</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D197" s="4">
-        <v>57953</v>
+        <v>207339</v>
       </c>
       <c r="E197" s="5">
-        <v>66.53</v>
+        <v>47.86</v>
       </c>
       <c r="F197" s="4">
-        <v>3855613.09</v>
+        <v>9923244.5399999991</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="H197" s="3" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="I197" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J197" s="5">
-        <v>66.53</v>
+        <v>47.86</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="M197" s="4">
-        <v>3855613.09</v>
+        <v>9923244.5399999991</v>
       </c>
       <c r="N197" s="4">
-        <v>3855613.09</v>
+        <v>9923244.5399999991</v>
       </c>
       <c r="O197" s="3" t="s">
+        <v>867</v>
+      </c>
+      <c r="P197" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="Q197" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="R197" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="S197" s="3" t="s">
         <v>864</v>
       </c>
-      <c r="P197" s="3" t="s">
+      <c r="T197" s="4">
+        <v>1</v>
+      </c>
+      <c r="W197" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="Q197" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>4.0140000000000002E-3</v>
+        <v>9.7260000000000003E-3</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D198" s="4">
-        <v>1728343</v>
+        <v>149726</v>
       </c>
       <c r="E198" s="5">
-        <v>12.05</v>
+        <v>71.95</v>
       </c>
       <c r="F198" s="4">
-        <v>20826533.149999999</v>
+        <v>10772785.699999999</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="H198" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I198" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J198" s="5">
-        <v>12.05</v>
+        <v>71.95</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M198" s="4">
-        <v>20826533.149999999</v>
+        <v>10772785.699999999</v>
       </c>
       <c r="N198" s="4">
-        <v>20826533.149999999</v>
+        <v>10772785.699999999</v>
       </c>
       <c r="O198" s="3" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>744</v>
+        <v>273</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>110</v>
+        <v>164</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="T198" s="4">
         <v>1</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="X198" s="4">
         <v>0</v>
       </c>
       <c r="Y198" s="4">
         <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>2.1683000000000001E-2</v>
+        <v>1.0559000000000001E-2</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
         <v>873</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>874</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D199" s="4">
-        <v>20344</v>
+        <v>57953</v>
       </c>
       <c r="E199" s="5">
-        <v>29.905322000000002</v>
+        <v>70.94</v>
       </c>
       <c r="F199" s="4">
-        <v>608393.87076800002</v>
+        <v>4111185.82</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="H199" s="3" t="s">
-        <v>717</v>
+        <v>44</v>
       </c>
       <c r="I199" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J199" s="5">
-        <v>25.91</v>
+        <v>70.94</v>
       </c>
       <c r="K199" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>718</v>
+        <v>46</v>
       </c>
       <c r="M199" s="4">
-        <v>527113.04</v>
+        <v>4111185.82</v>
       </c>
       <c r="N199" s="4">
-        <v>608393.87076800002</v>
+        <v>4111185.82</v>
       </c>
       <c r="O199" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="P199" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="Q199" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="R199" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="S199" s="3" t="s">
+        <v>878</v>
+      </c>
+      <c r="T199" s="4">
+        <v>1</v>
+      </c>
+      <c r="W199" s="3" t="s">
         <v>873</v>
       </c>
-      <c r="P199" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X199" s="4">
         <v>0</v>
       </c>
       <c r="Y199" s="4">
         <v>0</v>
       </c>
       <c r="Z199" s="6">
-        <v>6.3299999999999999E-4</v>
+        <v>4.0289999999999996E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D200" s="4">
-        <v>3755</v>
+        <v>1728343</v>
       </c>
       <c r="E200" s="5">
-        <v>84.256600000000006</v>
+        <v>12.47</v>
       </c>
       <c r="F200" s="4">
-        <v>316383.533</v>
+        <v>21552437.210000001</v>
       </c>
       <c r="G200" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="H200" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I200" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J200" s="5">
+        <v>12.47</v>
+      </c>
+      <c r="K200" s="5">
+        <v>1</v>
+      </c>
+      <c r="L200" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M200" s="4">
+        <v>21552437.210000001</v>
+      </c>
+      <c r="N200" s="4">
+        <v>21552437.210000001</v>
+      </c>
+      <c r="O200" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="P200" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="Q200" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R200" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="S200" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="T200" s="4">
+        <v>1</v>
+      </c>
+      <c r="W200" s="3" t="s">
         <v>879</v>
       </c>
-      <c r="H200" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="X200" s="4">
         <v>0</v>
       </c>
       <c r="Y200" s="4">
         <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>3.2899999999999997E-4</v>
+        <v>2.1125000000000001E-2</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D201" s="4">
-        <v>26690</v>
+        <v>196676</v>
       </c>
       <c r="E201" s="5">
-        <v>104.131924</v>
+        <v>33.830033</v>
       </c>
       <c r="F201" s="4">
-        <v>2779281.0515600001</v>
+        <v>6653555.4719700003</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>879</v>
+        <v>860</v>
       </c>
       <c r="H201" s="3" t="s">
-        <v>166</v>
+        <v>756</v>
       </c>
       <c r="I201" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J201" s="5">
-        <v>90.22</v>
+        <v>29.15</v>
       </c>
       <c r="K201" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>167</v>
+        <v>757</v>
       </c>
       <c r="M201" s="4">
-        <v>2407971.7999999998</v>
+        <v>5733105.4000000004</v>
       </c>
       <c r="N201" s="4">
-        <v>2779281.0515600001</v>
+        <v>6653555.4719700003</v>
       </c>
       <c r="O201" s="3" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>170</v>
+        <v>760</v>
       </c>
       <c r="T201" s="4">
         <v>1</v>
       </c>
       <c r="W201" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X201" s="4">
         <v>0</v>
       </c>
       <c r="Y201" s="4">
         <v>0</v>
       </c>
       <c r="Z201" s="6">
-        <v>2.8930000000000002E-3</v>
+        <v>6.5209999999999999E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D202" s="4">
-        <v>102096</v>
+        <v>3755</v>
       </c>
       <c r="E202" s="5">
-        <v>24.47</v>
+        <v>81.702719999999999</v>
       </c>
       <c r="F202" s="4">
-        <v>2498289.12</v>
+        <v>306793.71360000002</v>
       </c>
       <c r="G202" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="H202" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="I202" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J202" s="5">
+        <v>70.400000000000006</v>
+      </c>
+      <c r="K202" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L202" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="M202" s="4">
+        <v>264352</v>
+      </c>
+      <c r="N202" s="4">
+        <v>306793.71360000002</v>
+      </c>
+      <c r="O202" s="3" t="s">
         <v>888</v>
       </c>
-      <c r="H202" s="3" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P202" s="3" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>150</v>
+        <v>173</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>853</v>
+        <v>156</v>
       </c>
       <c r="T202" s="4">
         <v>1</v>
       </c>
       <c r="W202" s="3" t="s">
-        <v>886</v>
+        <v>34</v>
       </c>
       <c r="X202" s="4">
         <v>0</v>
       </c>
       <c r="Y202" s="4">
         <v>0</v>
       </c>
       <c r="Z202" s="6">
-        <v>2.601E-3</v>
+        <v>2.9999999999999997E-4</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B203" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="C203" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D203" s="4">
+        <v>54322</v>
+      </c>
+      <c r="E203" s="5">
+        <v>114.174909</v>
+      </c>
+      <c r="F203" s="4">
+        <v>6202209.4066979997</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="H203" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="I203" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J203" s="5">
+        <v>98.38</v>
+      </c>
+      <c r="K203" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L203" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="M203" s="4">
+        <v>5344198.3600000003</v>
+      </c>
+      <c r="N203" s="4">
+        <v>6202209.4066979997</v>
+      </c>
+      <c r="O203" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="C203" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P203" s="3" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>150</v>
+        <v>105</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="S203" s="3" t="s">
-        <v>872</v>
+        <v>156</v>
       </c>
       <c r="T203" s="4">
         <v>1</v>
       </c>
       <c r="W203" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X203" s="4">
         <v>0</v>
       </c>
       <c r="Y203" s="4">
         <v>0</v>
       </c>
       <c r="Z203" s="6">
-        <v>8.3789999999999993E-3</v>
+        <v>6.0790000000000002E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>898</v>
+        <v>86</v>
       </c>
       <c r="D204" s="4">
-        <v>-2402794.86</v>
+        <v>102096</v>
       </c>
       <c r="E204" s="5">
-        <v>1</v>
+        <v>22.99</v>
       </c>
       <c r="F204" s="4">
-        <v>-2402794.86</v>
+        <v>2347187.04</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>899</v>
       </c>
       <c r="H204" s="3" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="I204" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J204" s="5">
-        <v>1</v>
+        <v>22.99</v>
       </c>
       <c r="K204" s="5">
         <v>1</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="M204" s="4">
-        <v>-2402794.86</v>
+        <v>2347187.04</v>
       </c>
       <c r="N204" s="4">
-        <v>-2402794.86</v>
+        <v>2347187.04</v>
       </c>
       <c r="O204" s="3" t="s">
-        <v>34</v>
+        <v>900</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="Q204" s="3" t="s">
-        <v>34</v>
+        <v>136</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>34</v>
+        <v>902</v>
       </c>
       <c r="S204" s="3" t="s">
-        <v>35</v>
+        <v>864</v>
       </c>
       <c r="T204" s="4">
         <v>1</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>34</v>
+        <v>897</v>
       </c>
       <c r="X204" s="4">
         <v>0</v>
       </c>
       <c r="Y204" s="4">
         <v>0</v>
       </c>
       <c r="Z204" s="6">
-        <v>-2.5010000000000002E-3</v>
+        <v>2.3E-3</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>898</v>
+        <v>86</v>
       </c>
       <c r="D205" s="4">
-        <v>-763779.5</v>
+        <v>18898</v>
       </c>
       <c r="E205" s="5">
-        <v>1</v>
+        <v>1060</v>
       </c>
       <c r="F205" s="4">
-        <v>-763779.50000004005</v>
+        <v>20031880</v>
       </c>
       <c r="G205" s="3" t="s">
         <v>899</v>
       </c>
       <c r="H205" s="3" t="s">
-        <v>31</v>
+        <v>756</v>
       </c>
       <c r="I205" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J205" s="5">
-        <v>1</v>
+        <v>1060</v>
       </c>
       <c r="K205" s="5">
         <v>1</v>
       </c>
       <c r="L205" s="3" t="s">
-        <v>33</v>
+        <v>757</v>
       </c>
       <c r="M205" s="4">
-        <v>-763779.5</v>
+        <v>20031880</v>
       </c>
       <c r="N205" s="4">
-        <v>-763779.50000004005</v>
+        <v>20031880</v>
       </c>
       <c r="O205" s="3" t="s">
-        <v>34</v>
+        <v>903</v>
       </c>
       <c r="P205" s="3" t="s">
-        <v>34</v>
+        <v>905</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>34</v>
+        <v>136</v>
       </c>
       <c r="R205" s="3" t="s">
-        <v>34</v>
+        <v>906</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>35</v>
+        <v>883</v>
       </c>
       <c r="T205" s="4">
         <v>1</v>
       </c>
       <c r="W205" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X205" s="4">
         <v>0</v>
       </c>
       <c r="Y205" s="4">
         <v>0</v>
       </c>
       <c r="Z205" s="6">
-        <v>-7.9500000000000003E-4</v>
+        <v>1.9633999999999999E-2</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="D206" s="4">
-        <v>13057595.755000001</v>
+        <v>-2402720.69</v>
       </c>
       <c r="E206" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="F206" s="4">
-        <v>65418554.732550003</v>
+        <v>-2402720.69</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="H206" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I206" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J206" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K206" s="5">
         <v>1</v>
       </c>
       <c r="L206" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M206" s="4">
-        <v>65418554.732550003</v>
+        <v>-2402720.69</v>
       </c>
       <c r="N206" s="4">
-        <v>65418554.732550003</v>
+        <v>-2402720.69</v>
       </c>
       <c r="O206" s="3" t="s">
-        <v>906</v>
+        <v>34</v>
       </c>
       <c r="P206" s="3" t="s">
         <v>907</v>
       </c>
       <c r="Q206" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R206" s="3" t="s">
-        <v>908</v>
+        <v>34</v>
       </c>
       <c r="S206" s="3" t="s">
-        <v>909</v>
+        <v>35</v>
       </c>
       <c r="T206" s="4">
         <v>1</v>
       </c>
       <c r="W206" s="3" t="s">
-        <v>902</v>
+        <v>34</v>
       </c>
       <c r="X206" s="4">
         <v>0</v>
       </c>
       <c r="Y206" s="4">
         <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>6.8110000000000004E-2</v>
+        <v>-2.3549999999999999E-3</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="C207" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="D207" s="4">
+        <v>-788430.11</v>
+      </c>
+      <c r="E207" s="5">
+        <v>1</v>
+      </c>
+      <c r="F207" s="4">
+        <v>-788430.11000004003</v>
+      </c>
+      <c r="G207" s="3" t="s">
         <v>910</v>
-      </c>
-[...16 lines deleted...]
-        <v>905</v>
       </c>
       <c r="H207" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I207" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J207" s="5">
         <v>1</v>
       </c>
       <c r="K207" s="5">
         <v>1</v>
       </c>
       <c r="L207" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M207" s="4">
-        <v>252346.349999</v>
+        <v>-788430.11</v>
       </c>
       <c r="N207" s="4">
-        <v>252346.34999998999</v>
+        <v>-788430.11000004003</v>
       </c>
       <c r="O207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>912</v>
+        <v>34</v>
       </c>
       <c r="Q207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>909</v>
+        <v>35</v>
       </c>
       <c r="T207" s="4">
         <v>1</v>
       </c>
       <c r="W207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X207" s="4">
         <v>0</v>
       </c>
       <c r="Y207" s="4">
         <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>2.6200000000000003E-4</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:1" x14ac:dyDescent="0.2">
+        <v>-7.7200000000000001E-4</v>
+      </c>
+    </row>
+    <row r="208" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A208" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="C208" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="D208" s="4">
+        <v>12378953.040999999</v>
+      </c>
+      <c r="E208" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F208" s="4">
+        <v>62018554.735409997</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="H208" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I208" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J208" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K208" s="5">
+        <v>1</v>
+      </c>
+      <c r="L208" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M208" s="4">
+        <v>62018554.735409997</v>
+      </c>
+      <c r="N208" s="4">
+        <v>62018554.735409997</v>
+      </c>
+      <c r="O208" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="P208" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="Q208" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R208" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="S208" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="T208" s="4">
+        <v>1</v>
+      </c>
+      <c r="W208" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="X208" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y208" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z208" s="6">
+        <v>6.0788000000000002E-2</v>
+      </c>
+    </row>
+    <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>913</v>
-[...7 lines deleted...]
-    <row r="211" spans="1:1" x14ac:dyDescent="0.2">
+        <v>921</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="C209" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="D209" s="4">
+        <v>624845.28</v>
+      </c>
+      <c r="E209" s="5">
+        <v>1</v>
+      </c>
+      <c r="F209" s="4">
+        <v>624845.27999999002</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="H209" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I209" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J209" s="5">
+        <v>1</v>
+      </c>
+      <c r="K209" s="5">
+        <v>1</v>
+      </c>
+      <c r="L209" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M209" s="4">
+        <v>624845.27999900002</v>
+      </c>
+      <c r="N209" s="4">
+        <v>624845.27999999002</v>
+      </c>
+      <c r="O209" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P209" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="Q209" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R209" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S209" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="T209" s="4">
+        <v>1</v>
+      </c>
+      <c r="W209" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X209" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y209" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z209" s="6">
+        <v>6.1200000000000002E-4</v>
+      </c>
+    </row>
+    <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>915</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:1" x14ac:dyDescent="0.2">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:1" x14ac:dyDescent="0.2">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>917</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:1" x14ac:dyDescent="0.2">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>918</v>
+        <v>927</v>
+      </c>
+    </row>
+    <row r="215" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A215" s="3" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="216" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A216" s="3" t="s">
+        <v>929</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>October</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>