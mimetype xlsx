--- v3 (2026-01-19)
+++ v4 (2026-02-10)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E0F10BFA-FF22-4E47-A1C3-BD4D0D04A680}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5FFEFB51-51A1-427E-8721-1DB8D89F0611}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{1022C6DB-EECF-4169-9762-618A9843C97C}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{618CC26B-80DF-4991-A293-B90EB6995D97}"/>
   </bookViews>
   <sheets>
-    <sheet name="November" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2711" uniqueCount="930">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2698" uniqueCount="930">
   <si>
     <t>GMO International Equity Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -253,123 +253,123 @@
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>JPYTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (JPY)</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
-    <t>SEKTCash</t>
-[...13 lines deleted...]
-  <si>
     <t>SGDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (SGD)</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SGD</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>0454492</t>
   </si>
   <si>
     <t>Imperial Brands Plc</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Common Stock</t>
   </si>
   <si>
     <t>IMB</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>GB0004544929</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
-    <t>0540528</t>
-[...5 lines deleted...]
-    <t>HSBA</t>
+    <t>2897222</t>
+  </si>
+  <si>
+    <t>Toronto-Dominion Bank</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>TD</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
-    <t>GB0005405286</t>
+    <t>CA8911605092</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>891160509</t>
   </si>
   <si>
     <t>3091357</t>
   </si>
   <si>
     <t>Bt Group Plc</t>
   </si>
   <si>
     <t>BT/A</t>
   </si>
   <si>
     <t>Communication Services</t>
   </si>
   <si>
     <t>GB0030913577</t>
   </si>
   <si>
     <t>3208986</t>
   </si>
   <si>
     <t>Next Plc</t>
   </si>
   <si>
     <t>NXT</t>
   </si>
@@ -475,191 +475,215 @@
   <si>
     <t>XMAD</t>
   </si>
   <si>
     <t>4497749</t>
   </si>
   <si>
     <t>Kbc Group Nv</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>KBC</t>
   </si>
   <si>
     <t>BE0003565737</t>
   </si>
   <si>
     <t>XBRU</t>
   </si>
   <si>
+    <t>4595739</t>
+  </si>
+  <si>
+    <t>Genmab A/S</t>
+  </si>
+  <si>
+    <t>GMAB</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>DK0010272202</t>
+  </si>
+  <si>
     <t>4834108</t>
   </si>
   <si>
     <t>Schneider Electric Se</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>FR0000121972</t>
   </si>
   <si>
     <t>4943510</t>
   </si>
   <si>
     <t>Indus Holding Ag</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>INH</t>
   </si>
   <si>
     <t>DE0006200108</t>
   </si>
   <si>
     <t>XETR</t>
   </si>
   <si>
+    <t>5129074</t>
+  </si>
+  <si>
+    <t>Fresenius Medical Care Ag</t>
+  </si>
+  <si>
+    <t>FME</t>
+  </si>
+  <si>
+    <t>DE0005785802</t>
+  </si>
+  <si>
     <t>5298781</t>
   </si>
   <si>
     <t>Societe Bic Sa</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>FR0000120966</t>
   </si>
   <si>
-    <t>5465358</t>
-[...5 lines deleted...]
-    <t>SZG</t>
+    <t>5501906</t>
+  </si>
+  <si>
+    <t>Banco Bilbao Vizcaya Argenta</t>
+  </si>
+  <si>
+    <t>BBVA</t>
+  </si>
+  <si>
+    <t>ES0113211835</t>
+  </si>
+  <si>
+    <t>5529027</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz Group Ag</t>
+  </si>
+  <si>
+    <t>MBG</t>
+  </si>
+  <si>
+    <t>DE0007100000</t>
+  </si>
+  <si>
+    <t>5671735</t>
+  </si>
+  <si>
+    <t>Sanofi</t>
+  </si>
+  <si>
+    <t>SAN</t>
+  </si>
+  <si>
+    <t>FR0000120578</t>
+  </si>
+  <si>
+    <t>5705946</t>
+  </si>
+  <si>
+    <t>Banco Santander Sa</t>
+  </si>
+  <si>
+    <t>ES0113900J37</t>
+  </si>
+  <si>
+    <t>5727973</t>
+  </si>
+  <si>
+    <t>Siemens Ag-Reg</t>
+  </si>
+  <si>
+    <t>SIE</t>
+  </si>
+  <si>
+    <t>DE0007236101</t>
+  </si>
+  <si>
+    <t>5750355</t>
+  </si>
+  <si>
+    <t>Deutsche Bank Ag-Registered</t>
+  </si>
+  <si>
+    <t>DBK</t>
+  </si>
+  <si>
+    <t>DE0005140008</t>
+  </si>
+  <si>
+    <t>5756029</t>
+  </si>
+  <si>
+    <t>Bayerische Motoren Werke Ag</t>
+  </si>
+  <si>
+    <t>BMW</t>
+  </si>
+  <si>
+    <t>DE0005190003</t>
+  </si>
+  <si>
+    <t>5827431</t>
+  </si>
+  <si>
+    <t>Bekaert Nv</t>
+  </si>
+  <si>
+    <t>BEKB</t>
   </si>
   <si>
     <t>Materials</t>
   </si>
   <si>
-    <t>DE0006202005</t>
-[...82 lines deleted...]
-  <si>
     <t>BE0974258874</t>
   </si>
   <si>
     <t>5902941</t>
   </si>
   <si>
     <t>Nokia Oyj</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>NOKIA</t>
   </si>
   <si>
     <t>FI0009000681</t>
   </si>
   <si>
     <t>XHEL</t>
   </si>
   <si>
     <t>5962343</t>
@@ -748,62 +772,50 @@
   <si>
     <t>6075808</t>
   </si>
   <si>
     <t>Bank Hapoalim Bm</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>ILS</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>POLI</t>
   </si>
   <si>
     <t>IL0006625771</t>
   </si>
   <si>
     <t>XTAE</t>
   </si>
   <si>
-    <t>6084848</t>
-[...10 lines deleted...]
-  <si>
     <t>6086253</t>
   </si>
   <si>
     <t>Fortescue Ltd</t>
   </si>
   <si>
     <t>FMG</t>
   </si>
   <si>
     <t>AU000000FMG4</t>
   </si>
   <si>
     <t>XASX</t>
   </si>
   <si>
     <t>6102331</t>
   </si>
   <si>
     <t>Graincorp Ltd-A</t>
   </si>
   <si>
     <t>GNC</t>
   </si>
   <si>
     <t>AU000000GNC9</t>
@@ -949,134 +961,98 @@
   <si>
     <t>6280680</t>
   </si>
   <si>
     <t>San-A Co Ltd</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>JP3324500002</t>
   </si>
   <si>
     <t>6302700</t>
   </si>
   <si>
     <t>Ebara Corp</t>
   </si>
   <si>
     <t>6361</t>
   </si>
   <si>
     <t>JP3166000004</t>
   </si>
   <si>
-    <t>6303866</t>
-[...20 lines deleted...]
-    <t>JP3436120004</t>
+    <t>6356365</t>
+  </si>
+  <si>
+    <t>Fuji Electric Co Ltd</t>
+  </si>
+  <si>
+    <t>6504</t>
+  </si>
+  <si>
+    <t>JP3820000002</t>
   </si>
   <si>
     <t>6356406</t>
   </si>
   <si>
     <t>Subaru Corp</t>
   </si>
   <si>
     <t>7270</t>
   </si>
   <si>
     <t>JP3814800003</t>
   </si>
   <si>
-    <t>6356945</t>
-[...10 lines deleted...]
-  <si>
     <t>6398709</t>
   </si>
   <si>
     <t>Gunze Ltd</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>JP3275200008</t>
   </si>
   <si>
     <t>6414809</t>
   </si>
   <si>
     <t>Seiko Group Corp</t>
   </si>
   <si>
     <t>8050</t>
   </si>
   <si>
     <t>JP3414700009</t>
   </si>
   <si>
-    <t>6435145</t>
-[...10 lines deleted...]
-  <si>
     <t>6437947</t>
   </si>
   <si>
     <t>Horiba Ltd</t>
   </si>
   <si>
     <t>6856</t>
   </si>
   <si>
     <t>JP3853000002</t>
   </si>
   <si>
     <t>6467803</t>
   </si>
   <si>
     <t>Itochu Corp</t>
   </si>
   <si>
     <t>8001</t>
   </si>
   <si>
     <t>JP3143600009</t>
   </si>
   <si>
     <t>6480758</t>
@@ -1261,734 +1237,770 @@
   <si>
     <t>6610403</t>
   </si>
   <si>
     <t>Murata Manufacturing Co Ltd</t>
   </si>
   <si>
     <t>6981</t>
   </si>
   <si>
     <t>JP3914400001</t>
   </si>
   <si>
     <t>6616508</t>
   </si>
   <si>
     <t>Seiko Epson Corp</t>
   </si>
   <si>
     <t>6724</t>
   </si>
   <si>
     <t>JP3414750004</t>
   </si>
   <si>
+    <t>6619507</t>
+  </si>
+  <si>
+    <t>Ngk Insulators Ltd</t>
+  </si>
+  <si>
+    <t>5333</t>
+  </si>
+  <si>
+    <t>JP3695200000</t>
+  </si>
+  <si>
     <t>6619604</t>
   </si>
   <si>
     <t>Niterra Co Ltd</t>
   </si>
   <si>
     <t>5334</t>
   </si>
   <si>
     <t>JP3738600000</t>
   </si>
   <si>
-    <t>6622806</t>
-[...5 lines deleted...]
-    <t>6269</t>
+    <t>6635677</t>
+  </si>
+  <si>
+    <t>Renesas Electronics Corp</t>
+  </si>
+  <si>
+    <t>6723</t>
+  </si>
+  <si>
+    <t>JP3164720009</t>
+  </si>
+  <si>
+    <t>6640381</t>
+  </si>
+  <si>
+    <t>Denso Corp</t>
+  </si>
+  <si>
+    <t>6902</t>
+  </si>
+  <si>
+    <t>JP3551500006</t>
+  </si>
+  <si>
+    <t>6640400</t>
+  </si>
+  <si>
+    <t>Nec Corp</t>
+  </si>
+  <si>
+    <t>6701</t>
+  </si>
+  <si>
+    <t>JP3733000008</t>
+  </si>
+  <si>
+    <t>6641146</t>
+  </si>
+  <si>
+    <t>Nichias Corp</t>
+  </si>
+  <si>
+    <t>5393</t>
+  </si>
+  <si>
+    <t>JP3660400007</t>
+  </si>
+  <si>
+    <t>6641373</t>
+  </si>
+  <si>
+    <t>Ntt Inc</t>
+  </si>
+  <si>
+    <t>9432</t>
+  </si>
+  <si>
+    <t>JP3735400008</t>
+  </si>
+  <si>
+    <t>6641801</t>
+  </si>
+  <si>
+    <t>Nitto Denko Corp</t>
+  </si>
+  <si>
+    <t>6988</t>
+  </si>
+  <si>
+    <t>JP3684000007</t>
+  </si>
+  <si>
+    <t>6643960</t>
+  </si>
+  <si>
+    <t>Nippon Yusen Kk</t>
+  </si>
+  <si>
+    <t>9101</t>
+  </si>
+  <si>
+    <t>JP3753000003</t>
+  </si>
+  <si>
+    <t>6661768</t>
+  </si>
+  <si>
+    <t>Osaka Gas Co Ltd</t>
+  </si>
+  <si>
+    <t>9532</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>JP3180400008</t>
+  </si>
+  <si>
+    <t>6689351</t>
+  </si>
+  <si>
+    <t>Tokyu Construction Co Ltd</t>
+  </si>
+  <si>
+    <t>1720</t>
+  </si>
+  <si>
+    <t>JP3567410000</t>
+  </si>
+  <si>
+    <t>6701006</t>
+  </si>
+  <si>
+    <t>Press Kogyo Co Ltd</t>
+  </si>
+  <si>
+    <t>7246</t>
+  </si>
+  <si>
+    <t>JP3833600004</t>
+  </si>
+  <si>
+    <t>6702623</t>
+  </si>
+  <si>
+    <t>Jb Hi-Fi Ltd</t>
+  </si>
+  <si>
+    <t>JBH</t>
+  </si>
+  <si>
+    <t>AU000000JBH7</t>
+  </si>
+  <si>
+    <t>6776781</t>
+  </si>
+  <si>
+    <t>Sanwa Holdings Corp</t>
+  </si>
+  <si>
+    <t>5929</t>
+  </si>
+  <si>
+    <t>JP3344400001</t>
+  </si>
+  <si>
+    <t>6793821</t>
+  </si>
+  <si>
+    <t>Sekisui Chemical Co Ltd</t>
+  </si>
+  <si>
+    <t>4204</t>
+  </si>
+  <si>
+    <t>JP3419400001</t>
+  </si>
+  <si>
+    <t>6793906</t>
+  </si>
+  <si>
+    <t>Sekisui House Ltd</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>JP3420600003</t>
+  </si>
+  <si>
+    <t>6804682</t>
+  </si>
+  <si>
+    <t>Shionogi &amp; Co Ltd</t>
+  </si>
+  <si>
+    <t>4507</t>
+  </si>
+  <si>
+    <t>JP3347200002</t>
+  </si>
+  <si>
+    <t>6858708</t>
+  </si>
+  <si>
+    <t>Sumitomo Electric Industries</t>
+  </si>
+  <si>
+    <t>5802</t>
+  </si>
+  <si>
+    <t>JP3407400005</t>
+  </si>
+  <si>
+    <t>6858861</t>
+  </si>
+  <si>
+    <t>Sumitomo Forestry Co Ltd</t>
+  </si>
+  <si>
+    <t>1911</t>
+  </si>
+  <si>
+    <t>JP3409800004</t>
+  </si>
+  <si>
+    <t>6858946</t>
+  </si>
+  <si>
+    <t>Sumitomo Corp</t>
+  </si>
+  <si>
+    <t>8053</t>
+  </si>
+  <si>
+    <t>JP3404600003</t>
+  </si>
+  <si>
+    <t>6859927</t>
+  </si>
+  <si>
+    <t>Sun Hung Kai Properties</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Real Estate</t>
+  </si>
+  <si>
+    <t>HK0016000132</t>
+  </si>
+  <si>
+    <t>6865504</t>
+  </si>
+  <si>
+    <t>Suzuki Motor Corp</t>
+  </si>
+  <si>
+    <t>7269</t>
+  </si>
+  <si>
+    <t>JP3397200001</t>
+  </si>
+  <si>
+    <t>6867748</t>
+  </si>
+  <si>
+    <t>Swire Pacific Ltd - Cl A</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>HK0019000162</t>
+  </si>
+  <si>
+    <t>6869302</t>
+  </si>
+  <si>
+    <t>Tdk Corp</t>
+  </si>
+  <si>
+    <t>6762</t>
+  </si>
+  <si>
+    <t>JP3538800008</t>
+  </si>
+  <si>
+    <t>6880927</t>
+  </si>
+  <si>
+    <t>Tpr Co Ltd</t>
+  </si>
+  <si>
+    <t>6463</t>
+  </si>
+  <si>
+    <t>JP3542400001</t>
+  </si>
+  <si>
+    <t>6895448</t>
+  </si>
+  <si>
+    <t>Tokyo Gas Co Ltd</t>
+  </si>
+  <si>
+    <t>9531</t>
+  </si>
+  <si>
+    <t>JP3573000001</t>
+  </si>
+  <si>
+    <t>6899581</t>
+  </si>
+  <si>
+    <t>Towa Pharmaceutical Co Ltd</t>
+  </si>
+  <si>
+    <t>4553</t>
+  </si>
+  <si>
+    <t>JP3623150004</t>
+  </si>
+  <si>
+    <t>6900182</t>
+  </si>
+  <si>
+    <t>Toyo Tire Corp</t>
+  </si>
+  <si>
+    <t>5105</t>
+  </si>
+  <si>
+    <t>JP3610600003</t>
+  </si>
+  <si>
+    <t>6900580</t>
+  </si>
+  <si>
+    <t>Toyota Tsusho Corp</t>
+  </si>
+  <si>
+    <t>8015</t>
+  </si>
+  <si>
+    <t>JP3635000007</t>
+  </si>
+  <si>
+    <t>6926553</t>
+  </si>
+  <si>
+    <t>Valor Holdings Co Ltd</t>
+  </si>
+  <si>
+    <t>9956</t>
+  </si>
+  <si>
+    <t>JP3778400006</t>
+  </si>
+  <si>
+    <t>6927374</t>
+  </si>
+  <si>
+    <t>Venture Corp Ltd</t>
+  </si>
+  <si>
+    <t>VMS</t>
+  </si>
+  <si>
+    <t>SG0531000230</t>
+  </si>
+  <si>
+    <t>6928560</t>
+  </si>
+  <si>
+    <t>Vtech Holdings Ltd</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>BMG9400S1329</t>
+  </si>
+  <si>
+    <t>6961888</t>
+  </si>
+  <si>
+    <t>Warabeya Nichiyo Holdings Co</t>
+  </si>
+  <si>
+    <t>2918</t>
+  </si>
+  <si>
+    <t>JP3994400004</t>
+  </si>
+  <si>
+    <t>6985264</t>
+  </si>
+  <si>
+    <t>Yamaha Motor Co Ltd</t>
+  </si>
+  <si>
+    <t>7272</t>
+  </si>
+  <si>
+    <t>JP3942800008</t>
+  </si>
+  <si>
+    <t>7018556</t>
+  </si>
+  <si>
+    <t>Navigator Co Sa/The</t>
+  </si>
+  <si>
+    <t>NVG</t>
+  </si>
+  <si>
+    <t>PTPTI0AM0006</t>
+  </si>
+  <si>
+    <t>7088429</t>
+  </si>
+  <si>
+    <t>Axa Sa</t>
+  </si>
+  <si>
+    <t>CS</t>
+  </si>
+  <si>
+    <t>FR0000120628</t>
+  </si>
+  <si>
+    <t>7103065</t>
+  </si>
+  <si>
+    <t>Novartis Ag-Reg</t>
+  </si>
+  <si>
+    <t>NOVN</t>
+  </si>
+  <si>
+    <t>CH0012005267</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>7108899</t>
+  </si>
+  <si>
+    <t>Abb Ltd-Reg</t>
+  </si>
+  <si>
+    <t>ABBN</t>
+  </si>
+  <si>
+    <t>CH0012221716</t>
+  </si>
+  <si>
+    <t>7110388</t>
+  </si>
+  <si>
+    <t>Roche Holding Ag-Genusschein</t>
+  </si>
+  <si>
+    <t>ROG</t>
+  </si>
+  <si>
+    <t>CH0012032048</t>
+  </si>
+  <si>
+    <t>7242087</t>
+  </si>
+  <si>
+    <t>Banca Ifis Spa</t>
+  </si>
+  <si>
+    <t>IF</t>
+  </si>
+  <si>
+    <t>IT0003188064</t>
+  </si>
+  <si>
+    <t>7309681</t>
+  </si>
+  <si>
+    <t>Bnp Paribas</t>
+  </si>
+  <si>
+    <t>BNP</t>
+  </si>
+  <si>
+    <t>FR0000131104</t>
+  </si>
+  <si>
+    <t>7370063</t>
+  </si>
+  <si>
+    <t>Melexis Nv</t>
+  </si>
+  <si>
+    <t>MELE</t>
+  </si>
+  <si>
+    <t>BE0165385973</t>
+  </si>
+  <si>
+    <t>7380482</t>
+  </si>
+  <si>
+    <t>Compagnie De Saint Gobain</t>
+  </si>
+  <si>
+    <t>SGO</t>
+  </si>
+  <si>
+    <t>FR0000125007</t>
+  </si>
+  <si>
+    <t>B00D9P6</t>
+  </si>
+  <si>
+    <t>Proximus</t>
+  </si>
+  <si>
+    <t>PROX</t>
+  </si>
+  <si>
+    <t>BE0003810273</t>
+  </si>
+  <si>
+    <t>B00TL47</t>
+  </si>
+  <si>
+    <t>Mcj Co Ltd</t>
+  </si>
+  <si>
+    <t>6670</t>
+  </si>
+  <si>
+    <t>JP3167420003</t>
+  </si>
+  <si>
+    <t>B012TP2</t>
+  </si>
+  <si>
+    <t>Halfords Group Plc</t>
+  </si>
+  <si>
+    <t>HFD</t>
+  </si>
+  <si>
+    <t>GB00B012TP20</t>
+  </si>
+  <si>
+    <t>B0190C7</t>
+  </si>
+  <si>
+    <t>Techtronic Industries Co Ltd</t>
+  </si>
+  <si>
+    <t>669</t>
+  </si>
+  <si>
+    <t>HK0669013440</t>
+  </si>
+  <si>
+    <t>B01C7R0</t>
+  </si>
+  <si>
+    <t>Super Retail Group Ltd</t>
+  </si>
+  <si>
+    <t>SUL</t>
+  </si>
+  <si>
+    <t>AU000000SUL0</t>
+  </si>
+  <si>
+    <t>B01G0P1</t>
+  </si>
+  <si>
+    <t>Dah Sing Banking Group Ltd</t>
+  </si>
+  <si>
+    <t>2356</t>
+  </si>
+  <si>
+    <t>HK2356013600</t>
+  </si>
+  <si>
+    <t>B03P2F0</t>
+  </si>
+  <si>
+    <t>Fuyo General Lease Co Ltd</t>
+  </si>
+  <si>
+    <t>8424</t>
+  </si>
+  <si>
+    <t>JP3826270005</t>
+  </si>
+  <si>
+    <t>B06QFB7</t>
+  </si>
+  <si>
+    <t>Ig Group Holdings Plc</t>
+  </si>
+  <si>
+    <t>IGG</t>
+  </si>
+  <si>
+    <t>GB00B06QFB75</t>
+  </si>
+  <si>
+    <t>B08QZ48</t>
+  </si>
+  <si>
+    <t>Esprinet Spa</t>
+  </si>
+  <si>
+    <t>PRT</t>
+  </si>
+  <si>
+    <t>IT0003850929</t>
+  </si>
+  <si>
+    <t>B0F9V20</t>
+  </si>
+  <si>
+    <t>Oversea-Chinese Banking Corp</t>
+  </si>
+  <si>
+    <t>OCBC</t>
+  </si>
+  <si>
+    <t>SG1S04926220</t>
+  </si>
+  <si>
+    <t>B0JDQD4</t>
+  </si>
+  <si>
+    <t>Bandai Namco Holdings Inc</t>
+  </si>
+  <si>
+    <t>7832</t>
+  </si>
+  <si>
+    <t>JP3778630008</t>
+  </si>
+  <si>
+    <t>B0R7JF1</t>
+  </si>
+  <si>
+    <t>Ipsen</t>
+  </si>
+  <si>
+    <t>IPN</t>
+  </si>
+  <si>
+    <t>FR0010259150</t>
+  </si>
+  <si>
+    <t>B10RB15</t>
+  </si>
+  <si>
+    <t>Inpex Corp</t>
+  </si>
+  <si>
+    <t>1605</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
-    <t>JP3888250002</t>
-[...632 lines deleted...]
-    <t>JP3778630008</t>
+    <t>JP3294460005</t>
   </si>
   <si>
     <t>B11ZRK9</t>
   </si>
   <si>
     <t>Legrand Sa</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>FR0010307819</t>
   </si>
   <si>
     <t>B13X013</t>
   </si>
   <si>
     <t>Eiffage</t>
   </si>
   <si>
     <t>FGR</t>
   </si>
   <si>
     <t>FR0000130452</t>
   </si>
   <si>
+    <t>B15C557</t>
+  </si>
+  <si>
+    <t>Totalenergies Se</t>
+  </si>
+  <si>
+    <t>TTE</t>
+  </si>
+  <si>
+    <t>FR0000120271</t>
+  </si>
+  <si>
     <t>B170DQ6</t>
   </si>
   <si>
     <t>Kloeckner &amp; Co Se</t>
   </si>
   <si>
     <t>KCO</t>
   </si>
   <si>
     <t>DE000KC01000</t>
   </si>
   <si>
     <t>B188NJ2</t>
   </si>
   <si>
     <t>Ipsos</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>FR0000073298</t>
   </si>
   <si>
     <t>B18ZRK2</t>
@@ -2392,255 +2404,243 @@
   <si>
     <t>BMFDP24</t>
   </si>
   <si>
     <t>Hoegh Autoliners Asa</t>
   </si>
   <si>
     <t>HAUTO</t>
   </si>
   <si>
     <t>NO0011082075</t>
   </si>
   <si>
     <t>BMJ1825</t>
   </si>
   <si>
     <t>Exor Nv</t>
   </si>
   <si>
     <t>EXO</t>
   </si>
   <si>
     <t>NL0012059018</t>
   </si>
   <si>
-    <t>BMWC784</t>
-[...13 lines deleted...]
-  <si>
     <t>BN7SWP6</t>
   </si>
   <si>
     <t>GSK PLC</t>
   </si>
   <si>
     <t>GSK</t>
   </si>
   <si>
     <t>GB00BN7SWP63</t>
   </si>
   <si>
     <t>BNFWV75</t>
   </si>
   <si>
     <t>Coface Sa</t>
   </si>
   <si>
     <t>COFA</t>
   </si>
   <si>
     <t>FR0010667147</t>
   </si>
   <si>
     <t>BNG8PQ9</t>
   </si>
   <si>
     <t>Nn Group Nv</t>
   </si>
   <si>
     <t>NN</t>
   </si>
   <si>
     <t>NL0010773842</t>
   </si>
   <si>
+    <t>BNM23Q1</t>
+  </si>
+  <si>
+    <t>Barrick Mining Corp</t>
+  </si>
+  <si>
+    <t>ABX</t>
+  </si>
+  <si>
+    <t>CA06849F1080</t>
+  </si>
+  <si>
+    <t>06849F108</t>
+  </si>
+  <si>
     <t>BNZKT97</t>
   </si>
   <si>
     <t>Yangzijiang Financial Holdin</t>
   </si>
   <si>
     <t>YZJFH</t>
   </si>
   <si>
     <t>SGXE77102635</t>
   </si>
   <si>
     <t>BP4JH17</t>
   </si>
   <si>
     <t>Johnson Electric Holdings</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>BMG5150J1577</t>
   </si>
   <si>
     <t>BPBPJ01</t>
   </si>
   <si>
     <t>Michelin (cgde)</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>FR001400AJ45</t>
   </si>
   <si>
-    <t>BQRRZ00</t>
-[...10 lines deleted...]
-  <si>
     <t>BVSYC71</t>
   </si>
   <si>
     <t>Yangzijiang Maritime Develop</t>
   </si>
   <si>
     <t>8YZ</t>
   </si>
   <si>
     <t>SGXE35825913</t>
   </si>
   <si>
     <t>BW9P816</t>
   </si>
   <si>
     <t>Ck Hutchison Holdings Ltd</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>KYG217651051</t>
   </si>
   <si>
     <t>BWX5Y69</t>
   </si>
   <si>
     <t>Zehnder Group Ag-Rg</t>
   </si>
   <si>
     <t>ZEHN</t>
   </si>
   <si>
     <t>CH0276534614</t>
   </si>
   <si>
     <t>BYMD5K9</t>
   </si>
   <si>
     <t>Banco Bpm Spa</t>
   </si>
   <si>
     <t>BAMI</t>
   </si>
   <si>
     <t>IT0005218380</t>
   </si>
   <si>
-    <t>BYMXPS7</t>
-[...10 lines deleted...]
-  <si>
     <t>BYPBS67</t>
   </si>
   <si>
     <t>Arcelormittal</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>LU1598757687</t>
   </si>
   <si>
     <t>BYY7VY5</t>
   </si>
   <si>
     <t>Signify Nv</t>
   </si>
   <si>
     <t>LIGHT</t>
   </si>
   <si>
     <t>NL0011821392</t>
   </si>
   <si>
     <t>BYZQ077</t>
   </si>
   <si>
     <t>Ck Asset Holdings Ltd</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>KYG2177B1014</t>
   </si>
   <si>
     <t>BZ07696</t>
   </si>
   <si>
     <t>Europris Asa</t>
   </si>
   <si>
     <t>EPR</t>
   </si>
   <si>
     <t>NO0010735343</t>
+  </si>
+  <si>
+    <t>BZ57390</t>
+  </si>
+  <si>
+    <t>Ing Groep Nv</t>
+  </si>
+  <si>
+    <t>INGA</t>
+  </si>
+  <si>
+    <t>NL0011821202</t>
   </si>
   <si>
     <t>BZBWTJ1</t>
   </si>
   <si>
     <t>Hornbach Holding Ag &amp; Co Kga</t>
   </si>
   <si>
     <t>HBH</t>
   </si>
   <si>
     <t>DE0006083405</t>
   </si>
   <si>
     <t>110448107</t>
   </si>
   <si>
     <t>British American Tob-Sp Adr</t>
   </si>
   <si>
     <t>Depository Receipt/Share</t>
   </si>
   <si>
     <t>2290791</t>
   </si>
@@ -3220,92 +3220,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C488D6F6-3B53-48C6-B61C-B156E74038AB}">
-  <dimension ref="A1:Z216"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74600B8E-9823-4FD2-AF11-2FB8FAB1CF99}">
+  <dimension ref="A1:Z215"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="20.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45989</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -3355,15329 +3355,15255 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>3107173.06</v>
+        <v>3318823.46</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>3107173.06</v>
+        <v>3318823.46</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>3107173.06</v>
+        <v>3318823.46</v>
       </c>
       <c r="N4" s="4">
-        <v>3107173.06</v>
+        <v>3318823.46</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.045E-3</v>
+        <v>3.2539999999999999E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>41637.370000000003</v>
+        <v>0.01</v>
       </c>
       <c r="E5" s="5">
-        <v>0.65580000000000005</v>
+        <v>0.66685000000000005</v>
       </c>
       <c r="F5" s="4">
-        <v>27305.787246</v>
+        <v>6.6684999999999999E-3</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.5248551387618177</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>41637.370000000003</v>
+        <v>0.01</v>
       </c>
       <c r="N5" s="4">
-        <v>27305.787246</v>
+        <v>6.6684999999999999E-3</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>2.5999999999999998E-5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>0.02</v>
       </c>
       <c r="E6" s="5">
-        <v>1.2454080000000001</v>
+        <v>1.2622279999999999</v>
       </c>
       <c r="F6" s="4">
-        <v>2.490815E-2</v>
+        <v>2.5244559999999999E-2</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>1.9998999999999999E-2</v>
+        <v>0.02</v>
       </c>
       <c r="N6" s="4">
-        <v>2.490815E-2</v>
+        <v>2.5244559999999999E-2</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
         <v>20968.349999999999</v>
       </c>
       <c r="E7" s="5">
-        <v>0.155388</v>
+        <v>0.15724299999999999</v>
       </c>
       <c r="F7" s="4">
-        <v>3258.2316836300001</v>
+        <v>3297.1177432499999</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>6.4355000718201802</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>20968.350234000001</v>
+        <v>20968.350515999999</v>
       </c>
       <c r="N7" s="4">
-        <v>3258.2316836300001</v>
+        <v>3297.1177432499999</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
         <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>730796.39</v>
+        <v>2123930.85</v>
       </c>
       <c r="E8" s="5">
-        <v>1.16055</v>
+        <v>1.17445</v>
       </c>
       <c r="F8" s="4">
-        <v>848125.75041450001</v>
+        <v>2494450.5867825001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>730796.39</v>
+        <v>2123930.85</v>
       </c>
       <c r="N8" s="4">
-        <v>848125.75041450001</v>
+        <v>2494450.5867825001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>8.3100000000000003E-4</v>
+        <v>2.4450000000000001E-3</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>369128.28</v>
+        <v>540881.82999999996</v>
       </c>
       <c r="E9" s="5">
-        <v>1.325</v>
+        <v>1.3450500000000001</v>
       </c>
       <c r="F9" s="4">
-        <v>489094.97100000002</v>
+        <v>727513.10544149997</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>369128.28</v>
+        <v>540881.82999999996</v>
       </c>
       <c r="N9" s="4">
-        <v>489094.97100000002</v>
+        <v>727513.10544149997</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>4.7899999999999999E-4</v>
+        <v>7.1299999999999998E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>576955.17000000004</v>
+        <v>57409.89</v>
       </c>
       <c r="E10" s="5">
-        <v>0.128442</v>
+        <v>0.12847700000000001</v>
       </c>
       <c r="F10" s="4">
-        <v>74105.421547470003</v>
+        <v>7375.8450568500002</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>576955.18061399995</v>
+        <v>57409.888335000003</v>
       </c>
       <c r="N10" s="4">
-        <v>74105.421547470003</v>
+        <v>7375.8450568500002</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>7.2000000000000002E-5</v>
+        <v>6.9999999999999999E-6</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>267535145</v>
+        <v>55718820</v>
       </c>
       <c r="E11" s="5">
-        <v>6.4079999999999996E-3</v>
+        <v>6.3800000000000003E-3</v>
       </c>
       <c r="F11" s="4">
-        <v>1714419.3848125599</v>
+        <v>355474.30540049</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>267535249.33874699</v>
+        <v>55718809.772812001</v>
       </c>
       <c r="N11" s="4">
-        <v>1714419.3848125599</v>
+        <v>355474.30540049</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.6800000000000001E-3</v>
+        <v>3.48E-4</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>60579.29</v>
+        <v>4781967.2300000004</v>
       </c>
       <c r="E12" s="5">
-        <v>0.10602499999999999</v>
+        <v>0.77760499999999999</v>
       </c>
       <c r="F12" s="4">
-        <v>6422.9109126100002</v>
+        <v>3718481.5163297099</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>9.4317502517805725</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>60579.291617000003</v>
+        <v>4781967.2095330004</v>
       </c>
       <c r="N12" s="4">
-        <v>6422.9109126100002</v>
+        <v>3718481.5163297099</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>3.6449999999999998E-3</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>0.08</v>
+        <v>-18189813.350000001</v>
       </c>
       <c r="E13" s="5">
-        <v>0.77211099999999999</v>
+        <v>1</v>
       </c>
       <c r="F13" s="4">
-        <v>6.1768910000000003E-2</v>
+        <v>-18189813.350000001</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>79</v>
+        <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>1.2951499974084049</v>
+        <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>0.08</v>
+        <v>-18189813.350000001</v>
       </c>
       <c r="N13" s="4">
-        <v>6.1768910000000003E-2</v>
+        <v>-18189813.350000001</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>0</v>
+        <v>-1.7835E-2</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" s="4">
+        <v>441582</v>
+      </c>
+      <c r="E14" s="5">
+        <v>41.952109999999998</v>
+      </c>
+      <c r="F14" s="4">
+        <v>18525296.417229</v>
+      </c>
+      <c r="G14" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="H14" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J14" s="5">
+        <v>31.19</v>
+      </c>
+      <c r="K14" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L14" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M14" s="4">
+        <v>13772942.58</v>
+      </c>
+      <c r="N14" s="4">
+        <v>18525296.417229</v>
+      </c>
+      <c r="O14" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="P14" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="C14" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q14" s="3" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>-1.5271E-2</v>
+        <v>1.8162999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D15" s="4">
-        <v>441582</v>
+        <v>41000</v>
       </c>
       <c r="E15" s="5">
-        <v>42.506</v>
+        <v>94.371694000000005</v>
       </c>
       <c r="F15" s="4">
-        <v>18769884.491999902</v>
+        <v>3869239.4674448301</v>
       </c>
       <c r="G15" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="J15" s="5">
+        <v>129.36000000000001</v>
+      </c>
+      <c r="K15" s="5">
+        <v>1.3707500016140581</v>
+      </c>
+      <c r="L15" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="M15" s="4">
+        <v>5303760.0062450003</v>
+      </c>
+      <c r="N15" s="4">
+        <v>3869239.4674448301</v>
+      </c>
+      <c r="O15" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="H15" s="3" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P15" s="3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.8397E-2</v>
+        <v>3.7929999999999999E-3</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D16" s="4">
-        <v>230225</v>
+        <v>7020066</v>
       </c>
       <c r="E16" s="5">
-        <v>14.180149999999999</v>
+        <v>2.475565</v>
       </c>
       <c r="F16" s="4">
-        <v>3264625.0337499999</v>
+        <v>17378626.352758601</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="5">
-        <v>10.702</v>
+        <v>1.8405</v>
       </c>
       <c r="K16" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M16" s="4">
-        <v>2463867.9500000002</v>
+        <v>12920431.472999999</v>
       </c>
       <c r="N16" s="4">
-        <v>3264625.0337499999</v>
+        <v>17378626.352758601</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>3.199E-3</v>
+        <v>1.7038999999999999E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D17" s="4">
-        <v>7543326</v>
+        <v>5393</v>
       </c>
       <c r="E17" s="5">
-        <v>2.3975879999999998</v>
+        <v>184.00283999999999</v>
       </c>
       <c r="F17" s="4">
-        <v>18085784.126024898</v>
+        <v>992327.31611999997</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J17" s="5">
-        <v>1.8095000000000001</v>
+        <v>136.80000000000001</v>
       </c>
       <c r="K17" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M17" s="4">
-        <v>13649648.396999</v>
+        <v>737762.4</v>
       </c>
       <c r="N17" s="4">
-        <v>18085784.126024898</v>
+        <v>992327.31611999997</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.7727E-2</v>
+        <v>9.7199999999999999E-4</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D18" s="4">
-        <v>5393</v>
+        <v>36276</v>
       </c>
       <c r="E18" s="5">
-        <v>187.09</v>
+        <v>4.2059709999999999</v>
       </c>
       <c r="F18" s="4">
-        <v>1008976.37</v>
+        <v>152575.8166926</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J18" s="5">
-        <v>141.19999999999999</v>
+        <v>3.1269999999999998</v>
       </c>
       <c r="K18" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M18" s="4">
-        <v>761491.6</v>
+        <v>113435.052</v>
       </c>
       <c r="N18" s="4">
-        <v>1008976.37</v>
+        <v>152575.8166926</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>9.8799999999999995E-4</v>
+        <v>1.4899999999999999E-4</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D19" s="4">
-        <v>36276</v>
+        <v>1329029</v>
       </c>
       <c r="E19" s="5">
-        <v>4.0491999999999999</v>
+        <v>6.9539179999999998</v>
       </c>
       <c r="F19" s="4">
-        <v>146888.77919999999</v>
+        <v>9241959.2836850509</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H19" s="3" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J19" s="5">
-        <v>3.056</v>
+        <v>5.9210000000000003</v>
       </c>
       <c r="K19" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L19" s="3" t="s">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="M19" s="4">
-        <v>110859.45600000001</v>
+        <v>7869180.7089999998</v>
       </c>
       <c r="N19" s="4">
-        <v>146888.77919999999</v>
+        <v>9241959.2836850509</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.4300000000000001E-4</v>
+        <v>9.0609999999999996E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D20" s="4">
-        <v>1853747</v>
+        <v>279</v>
       </c>
       <c r="E20" s="5">
-        <v>6.4828320000000001</v>
+        <v>2302.0315179999998</v>
       </c>
       <c r="F20" s="4">
-        <v>12017530.9276281</v>
+        <v>642266.80923329003</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H20" s="3" t="s">
-        <v>113</v>
+        <v>49</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J20" s="5">
-        <v>5.5860000000000003</v>
+        <v>14640</v>
       </c>
       <c r="K20" s="5">
-        <v>0.86166041962862439</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L20" s="3" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="M20" s="4">
-        <v>10355030.742000001</v>
+        <v>4084560.100627</v>
       </c>
       <c r="N20" s="4">
-        <v>12017530.9276281</v>
+        <v>642266.80923329003</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="R20" s="3" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.1779E-2</v>
+        <v>6.29E-4</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D21" s="4">
-        <v>279</v>
+        <v>94864</v>
       </c>
       <c r="E21" s="5">
-        <v>2000.6215299999999</v>
+        <v>7.9803879999999996</v>
       </c>
       <c r="F21" s="4">
-        <v>558173.41309922002</v>
+        <v>757051.503516</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J21" s="5">
-        <v>12875</v>
+        <v>6.7949999999999999</v>
       </c>
       <c r="K21" s="5">
-        <v>6.4355000718201802</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>51</v>
+        <v>127</v>
       </c>
       <c r="M21" s="4">
-        <v>3592125.0400879998</v>
+        <v>644600.88</v>
       </c>
       <c r="N21" s="4">
-        <v>558173.41309922002</v>
+        <v>757051.503516</v>
       </c>
       <c r="O21" s="3" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>5.4699999999999996E-4</v>
+        <v>7.4200000000000004E-4</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D22" s="4">
-        <v>94864</v>
+        <v>293337</v>
       </c>
       <c r="E22" s="5">
-        <v>7.4565340000000004</v>
+        <v>57.007803000000003</v>
       </c>
       <c r="F22" s="4">
-        <v>707356.61765999999</v>
+        <v>16722497.908610901</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J22" s="5">
-        <v>6.4249999999999998</v>
+        <v>48.54</v>
       </c>
       <c r="K22" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L22" s="3" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="M22" s="4">
-        <v>609501.19999999995</v>
+        <v>14238577.979999</v>
       </c>
       <c r="N22" s="4">
-        <v>707356.61765999999</v>
+        <v>16722497.908610901</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>6.9300000000000004E-4</v>
+        <v>1.6396000000000001E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D23" s="4">
-        <v>293337</v>
+        <v>41231</v>
       </c>
       <c r="E23" s="5">
-        <v>53.385300000000001</v>
+        <v>130.65756300000001</v>
       </c>
       <c r="F23" s="4">
-        <v>15659883.746099999</v>
+        <v>5387141.9594374998</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J23" s="5">
-        <v>46</v>
+        <v>111.25</v>
       </c>
       <c r="K23" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="M23" s="4">
-        <v>13493502</v>
+        <v>4586948.75</v>
       </c>
       <c r="N23" s="4">
-        <v>15659883.746099999</v>
+        <v>5387141.9594374998</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>136</v>
+        <v>93</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.5349E-2</v>
+        <v>5.2820000000000002E-3</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D24" s="4">
-        <v>14560</v>
+        <v>4121</v>
       </c>
       <c r="E24" s="5">
-        <v>123.19238300000001</v>
+        <v>318.73072999999999</v>
       </c>
       <c r="F24" s="4">
-        <v>1793681.0892</v>
+        <v>1313489.37040065</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>141</v>
+        <v>49</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J24" s="5">
-        <v>106.15</v>
+        <v>2027</v>
       </c>
       <c r="K24" s="5">
-        <v>0.86166041962862439</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>142</v>
+        <v>51</v>
       </c>
       <c r="M24" s="4">
-        <v>1545544</v>
+        <v>8353267.2057910003</v>
       </c>
       <c r="N24" s="4">
-        <v>1793681.0892</v>
+        <v>1313489.37040065</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>145</v>
+        <v>123</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.758E-3</v>
+        <v>1.2869999999999999E-3</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D25" s="4">
         <v>12341</v>
       </c>
       <c r="E25" s="5">
-        <v>268.08704999999998</v>
+        <v>275.87830500000001</v>
       </c>
       <c r="F25" s="4">
-        <v>3308462.2840499999</v>
+        <v>3404614.1620049998</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J25" s="5">
-        <v>231</v>
+        <v>234.9</v>
       </c>
       <c r="K25" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M25" s="4">
-        <v>2850771</v>
+        <v>2898900.9</v>
       </c>
       <c r="N25" s="4">
-        <v>3308462.2840499999</v>
+        <v>3404614.1620049998</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.2420000000000001E-3</v>
+        <v>3.3379999999999998E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D26" s="4">
         <v>5326</v>
       </c>
       <c r="E26" s="5">
-        <v>30.812602999999999</v>
+        <v>33.119489999999999</v>
       </c>
       <c r="F26" s="4">
-        <v>164107.920915</v>
+        <v>176394.40374000001</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J26" s="5">
-        <v>26.55</v>
+        <v>28.2</v>
       </c>
       <c r="K26" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="M26" s="4">
-        <v>141405.29999999999</v>
+        <v>150193.20000000001</v>
       </c>
       <c r="N26" s="4">
-        <v>164107.920915</v>
+        <v>176394.40374000001</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="Q26" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.6000000000000001E-4</v>
+        <v>1.7200000000000001E-4</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D27" s="4">
+        <v>20371</v>
+      </c>
+      <c r="E27" s="5">
+        <v>47.870581999999999</v>
+      </c>
+      <c r="F27" s="4">
+        <v>975171.62592200004</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H27" s="3" t="s">
         <v>157</v>
-      </c>
-[...19 lines deleted...]
-        <v>126</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J27" s="5">
-        <v>49.25</v>
+        <v>40.76</v>
       </c>
       <c r="K27" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
       <c r="M27" s="4">
-        <v>723039.25</v>
+        <v>830321.96</v>
       </c>
       <c r="N27" s="4">
-        <v>839123.20158750005</v>
+        <v>975171.62592200004</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>121</v>
+        <v>149</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>8.2200000000000003E-4</v>
+        <v>9.5600000000000004E-4</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D28" s="4">
-        <v>13478</v>
+        <v>14681</v>
       </c>
       <c r="E28" s="5">
-        <v>41.338791000000001</v>
+        <v>60.484175</v>
       </c>
       <c r="F28" s="4">
-        <v>557164.22509800002</v>
+        <v>887968.173175</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>152</v>
+        <v>126</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J28" s="5">
-        <v>35.619999999999997</v>
+        <v>51.5</v>
       </c>
       <c r="K28" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>153</v>
+        <v>127</v>
       </c>
       <c r="M28" s="4">
-        <v>480086.36</v>
+        <v>756071.5</v>
       </c>
       <c r="N28" s="4">
-        <v>557164.22509800002</v>
+        <v>887968.173175</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>164</v>
+        <v>121</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>5.4600000000000004E-4</v>
+        <v>8.7000000000000001E-4</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D29" s="4">
         <v>1389043</v>
       </c>
       <c r="E29" s="5">
-        <v>21.545611000000001</v>
+        <v>23.547723000000001</v>
       </c>
       <c r="F29" s="4">
-        <v>29927779.793012202</v>
+        <v>32708799.104567401</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>133</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J29" s="5">
-        <v>18.565000000000001</v>
+        <v>20.05</v>
       </c>
       <c r="K29" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>134</v>
       </c>
       <c r="M29" s="4">
-        <v>25787583.295000002</v>
+        <v>27850312.149999</v>
       </c>
       <c r="N29" s="4">
-        <v>29927779.793012202</v>
+        <v>32708799.104567401</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>138</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>2.9333999999999999E-2</v>
+        <v>3.2070000000000001E-2</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D30" s="4">
-        <v>235834</v>
+        <v>22355</v>
       </c>
       <c r="E30" s="5">
-        <v>99.528767999999999</v>
+        <v>70.549211999999997</v>
       </c>
       <c r="F30" s="4">
-        <v>23472267.472511999</v>
+        <v>1577127.6230825</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>126</v>
+        <v>157</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J30" s="5">
-        <v>85.76</v>
+        <v>60.07</v>
       </c>
       <c r="K30" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
       <c r="M30" s="4">
-        <v>20225123.84</v>
+        <v>1342864.85</v>
       </c>
       <c r="N30" s="4">
-        <v>23472267.472511999</v>
+        <v>1577127.6230825</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>173</v>
+        <v>105</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.3005999999999999E-2</v>
+        <v>1.5460000000000001E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D31" s="4">
-        <v>1469361</v>
+        <v>259861</v>
       </c>
       <c r="E31" s="5">
-        <v>10.726964000000001</v>
+        <v>97.150503999999998</v>
       </c>
       <c r="F31" s="4">
-        <v>15761782.0357276</v>
+        <v>25245627.119943898</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J31" s="5">
-        <v>9.2430000000000003</v>
+        <v>82.72</v>
       </c>
       <c r="K31" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="M31" s="4">
-        <v>13581303.722999999</v>
+        <v>21495701.919999</v>
       </c>
       <c r="N31" s="4">
-        <v>15761782.0357276</v>
+        <v>25245627.119943898</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>1.5448999999999999E-2</v>
+        <v>2.4753000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D32" s="4">
-        <v>86358</v>
+        <v>1469361</v>
       </c>
       <c r="E32" s="5">
-        <v>264.95356500000003</v>
+        <v>11.826712000000001</v>
       </c>
       <c r="F32" s="4">
-        <v>22880859.96627</v>
+        <v>17377708.636351399</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>152</v>
+        <v>133</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J32" s="5">
-        <v>228.3</v>
+        <v>10.07</v>
       </c>
       <c r="K32" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="M32" s="4">
-        <v>19715531.399999999</v>
+        <v>14796465.269998999</v>
       </c>
       <c r="N32" s="4">
-        <v>22880859.96627</v>
+        <v>17377708.636351399</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>121</v>
+        <v>93</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>156</v>
+        <v>138</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.2426999999999999E-2</v>
+        <v>1.7038000000000001E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D33" s="4">
-        <v>719652</v>
+        <v>67360</v>
       </c>
       <c r="E33" s="5">
-        <v>35.524436000000001</v>
+        <v>280.86971799999998</v>
       </c>
       <c r="F33" s="4">
-        <v>25565231.056446001</v>
+        <v>18919384.1707999</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J33" s="5">
-        <v>30.61</v>
+        <v>239.15</v>
       </c>
       <c r="K33" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="M33" s="4">
-        <v>22028547.719999999</v>
+        <v>16109143.999999</v>
       </c>
       <c r="N33" s="4">
-        <v>25565231.056446001</v>
+        <v>18919384.1707999</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>2.5058E-2</v>
+        <v>1.8550000000000001E-2</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D34" s="4">
-        <v>10333</v>
+        <v>674501</v>
       </c>
       <c r="E34" s="5">
-        <v>102.17482200000001</v>
+        <v>38.886040000000001</v>
       </c>
       <c r="F34" s="4">
-        <v>1055772.435726</v>
+        <v>26228672.528789401</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J34" s="5">
-        <v>88.04</v>
+        <v>33.11</v>
       </c>
       <c r="K34" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="M34" s="4">
-        <v>909717.32</v>
+        <v>22332728.109999001</v>
       </c>
       <c r="N34" s="4">
-        <v>1055772.435726</v>
+        <v>26228672.528789401</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>1.034E-3</v>
+        <v>2.5717E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D35" s="4">
-        <v>25386</v>
+        <v>10333</v>
       </c>
       <c r="E35" s="5">
-        <v>42.824294999999999</v>
+        <v>109.388273</v>
       </c>
       <c r="F35" s="4">
-        <v>1087137.55287</v>
+        <v>1130309.0249089999</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J35" s="5">
-        <v>36.9</v>
+        <v>93.14</v>
       </c>
       <c r="K35" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="M35" s="4">
-        <v>936743.4</v>
+        <v>962415.62</v>
       </c>
       <c r="N35" s="4">
-        <v>1087137.55287</v>
+        <v>1130309.0249089999</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>164</v>
+        <v>105</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>1.065E-3</v>
+        <v>1.108E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D36" s="4">
-        <v>3873741</v>
+        <v>25386</v>
       </c>
       <c r="E36" s="5">
-        <v>6.0836030000000001</v>
+        <v>44.511654999999998</v>
       </c>
       <c r="F36" s="4">
-        <v>23566302.756197099</v>
+        <v>1129972.8738299999</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>196</v>
+        <v>141</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J36" s="5">
-        <v>5.242</v>
+        <v>37.9</v>
       </c>
       <c r="K36" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L36" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="M36" s="4">
+        <v>962129.4</v>
+      </c>
+      <c r="N36" s="4">
+        <v>1129972.8738299999</v>
+      </c>
+      <c r="O36" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="M36" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P36" s="3" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>136</v>
+        <v>200</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>200</v>
+        <v>145</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.3099000000000001E-2</v>
+        <v>1.1069999999999999E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D37" s="4">
-        <v>117711</v>
+        <v>3149498</v>
       </c>
       <c r="E37" s="5">
-        <v>22.964963000000001</v>
+        <v>6.544035</v>
       </c>
       <c r="F37" s="4">
-        <v>2703228.8067774</v>
+        <v>20610426.404229101</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>126</v>
+        <v>204</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J37" s="5">
-        <v>19.788</v>
+        <v>5.5720000000000001</v>
       </c>
       <c r="K37" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>127</v>
+        <v>205</v>
       </c>
       <c r="M37" s="4">
-        <v>2329265.2680000002</v>
+        <v>17549002.855999</v>
       </c>
       <c r="N37" s="4">
-        <v>2703228.8067774</v>
+        <v>20610426.404229101</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="Q37" s="3" t="s">
         <v>136</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>117</v>
+        <v>208</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.6489999999999999E-3</v>
+        <v>2.0208E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D38" s="4">
-        <v>63687</v>
+        <v>157339</v>
       </c>
       <c r="E38" s="5">
-        <v>69.563367</v>
+        <v>26.395764</v>
       </c>
       <c r="F38" s="4">
-        <v>4430282.1541290004</v>
+        <v>4153083.0726612499</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J38" s="5">
-        <v>59.94</v>
+        <v>22.475000000000001</v>
       </c>
       <c r="K38" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M38" s="4">
-        <v>3817398.78</v>
+        <v>3536194.0249999999</v>
       </c>
       <c r="N38" s="4">
-        <v>4430282.1541290004</v>
+        <v>4153083.0726612499</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>95</v>
+        <v>136</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>4.3420000000000004E-3</v>
+        <v>4.0720000000000001E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D39" s="4">
-        <v>757857</v>
+        <v>63687</v>
       </c>
       <c r="E39" s="5">
-        <v>1.722256</v>
+        <v>80.708203999999995</v>
       </c>
       <c r="F39" s="4">
-        <v>1305223.9169634001</v>
+        <v>5140063.3881480005</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>211</v>
+        <v>126</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J39" s="5">
-        <v>1.484</v>
+        <v>68.72</v>
       </c>
       <c r="K39" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>212</v>
+        <v>127</v>
       </c>
       <c r="M39" s="4">
-        <v>1124659.7879999999</v>
+        <v>4376570.6399999997</v>
       </c>
       <c r="N39" s="4">
-        <v>1305223.9169634001</v>
+        <v>5140063.3881480005</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>215</v>
+        <v>130</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>1.279E-3</v>
+        <v>5.0390000000000001E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D40" s="4">
-        <v>34139</v>
+        <v>757857</v>
       </c>
       <c r="E40" s="5">
-        <v>14.530086000000001</v>
+        <v>1.893213</v>
       </c>
       <c r="F40" s="4">
-        <v>496042.60595400003</v>
+        <v>1434785.0276838001</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>126</v>
+        <v>219</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J40" s="5">
-        <v>12.52</v>
+        <v>1.6120000000000001</v>
       </c>
       <c r="K40" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>127</v>
+        <v>220</v>
       </c>
       <c r="M40" s="4">
-        <v>427420.28</v>
+        <v>1221665.4839999999</v>
       </c>
       <c r="N40" s="4">
-        <v>496042.60595400003</v>
+        <v>1434785.0276838001</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>130</v>
+        <v>223</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>4.86E-4</v>
+        <v>1.4059999999999999E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D41" s="4">
-        <v>104657</v>
+        <v>34139</v>
       </c>
       <c r="E41" s="5">
-        <v>9.6557759999999995</v>
+        <v>14.304800999999999</v>
       </c>
       <c r="F41" s="4">
-        <v>1010544.548832</v>
+        <v>488351.60133899999</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J41" s="5">
-        <v>8.32</v>
+        <v>12.18</v>
       </c>
       <c r="K41" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M41" s="4">
-        <v>870746.24</v>
+        <v>415813.02</v>
       </c>
       <c r="N41" s="4">
-        <v>1010544.548832</v>
+        <v>488351.60133899999</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="Q41" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>9.8999999999999999E-4</v>
+        <v>4.7800000000000002E-4</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D42" s="4">
-        <v>38420</v>
+        <v>104657</v>
       </c>
       <c r="E42" s="5">
-        <v>11.092594</v>
+        <v>9.7831689999999991</v>
       </c>
       <c r="F42" s="4">
-        <v>426177.63537327998</v>
+        <v>1023877.0657045</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>69</v>
+        <v>126</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="J42" s="5">
-        <v>1731</v>
+        <v>8.33</v>
       </c>
       <c r="K42" s="5">
-        <v>156.05006085952374</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="M42" s="4">
-        <v>66505045.936967999</v>
+        <v>871792.81</v>
       </c>
       <c r="N42" s="4">
-        <v>426177.63537327998</v>
+        <v>1023877.0657045</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>228</v>
+        <v>130</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>4.17E-4</v>
+        <v>1.003E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D43" s="4">
-        <v>358276</v>
+        <v>38420</v>
       </c>
       <c r="E43" s="5">
-        <v>21.584347000000001</v>
+        <v>11.553800000000001</v>
       </c>
       <c r="F43" s="4">
-        <v>7733153.4955154201</v>
+        <v>443896.90261251997</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>231</v>
+        <v>69</v>
       </c>
       <c r="I43" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J43" s="5">
+        <v>1811</v>
+      </c>
+      <c r="K43" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M43" s="4">
+        <v>69578607.228845999</v>
+      </c>
+      <c r="N43" s="4">
+        <v>443896.90261251997</v>
+      </c>
+      <c r="O43" s="3" t="s">
         <v>232</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>234</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>235</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>236</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>7.5789999999999998E-3</v>
+        <v>4.35E-4</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D44" s="4">
-        <v>326000</v>
+        <v>613302</v>
       </c>
       <c r="E44" s="5">
-        <v>2.6946479999999999</v>
+        <v>22.606757999999999</v>
       </c>
       <c r="F44" s="4">
-        <v>878455.62319769</v>
+        <v>13864770.1986131</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>69</v>
+        <v>239</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>70</v>
+        <v>240</v>
       </c>
       <c r="J44" s="5">
-        <v>420.5</v>
+        <v>72.05</v>
       </c>
       <c r="K44" s="5">
-        <v>156.05006085952374</v>
+        <v>3.1871000468312483</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>71</v>
+        <v>241</v>
       </c>
       <c r="M44" s="4">
-        <v>137083053.46239001</v>
+        <v>44188409.749303997</v>
       </c>
       <c r="N44" s="4">
-        <v>878455.62319769</v>
+        <v>13864770.1986131</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>237</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>8.61E-4</v>
+        <v>1.3594E-2</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D45" s="4">
-        <v>970390</v>
+        <v>1324633</v>
       </c>
       <c r="E45" s="5">
-        <v>14.040678</v>
+        <v>14.677369000000001</v>
       </c>
       <c r="F45" s="4">
-        <v>13624933.5244199</v>
+        <v>19442126.6682605</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J45" s="5">
-        <v>21.41</v>
+        <v>22.01</v>
       </c>
       <c r="K45" s="5">
-        <v>1.5248551387618177</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M45" s="4">
-        <v>20776049.899999</v>
+        <v>29155172.329999998</v>
       </c>
       <c r="N45" s="4">
-        <v>13624933.5244199</v>
+        <v>19442126.6682605</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.3354E-2</v>
+        <v>1.9061999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D46" s="4">
         <v>173489</v>
       </c>
       <c r="E46" s="5">
-        <v>5.298864</v>
+        <v>4.7879829999999997</v>
       </c>
       <c r="F46" s="4">
-        <v>919294.61649599997</v>
+        <v>830662.38268699998</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J46" s="5">
-        <v>8.08</v>
+        <v>7.18</v>
       </c>
       <c r="K46" s="5">
-        <v>1.5248551387618177</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M46" s="4">
-        <v>1401791.12</v>
+        <v>1245651.02</v>
       </c>
       <c r="N46" s="4">
-        <v>919294.61649599997</v>
+        <v>830662.38268699998</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="R46" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="S46" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="S46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>9.01E-4</v>
+        <v>8.1400000000000005E-4</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D47" s="4">
         <v>292501</v>
       </c>
       <c r="E47" s="5">
-        <v>27.327186000000001</v>
+        <v>30.335007000000001</v>
       </c>
       <c r="F47" s="4">
-        <v>7993229.2321859896</v>
+        <v>8873019.7362565193</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J47" s="5">
-        <v>41.67</v>
+        <v>45.49</v>
       </c>
       <c r="K47" s="5">
-        <v>1.5248551387618177</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M47" s="4">
-        <v>12188516.669999</v>
+        <v>13305870.49</v>
       </c>
       <c r="N47" s="4">
-        <v>7993229.2321859896</v>
+        <v>8873019.7362565193</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>7.8340000000000007E-3</v>
+        <v>8.6990000000000001E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D48" s="4">
         <v>168796</v>
       </c>
       <c r="E48" s="5">
-        <v>20.025625000000002</v>
+        <v>19.917704000000001</v>
       </c>
       <c r="F48" s="4">
-        <v>3380246.7157962201</v>
+        <v>3362028.2114261999</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J48" s="5">
-        <v>3125</v>
+        <v>3122</v>
       </c>
       <c r="K48" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M48" s="4">
-        <v>527487705.72020501</v>
+        <v>526981015.27263403</v>
       </c>
       <c r="N48" s="4">
-        <v>3380246.7157962201</v>
+        <v>3362028.2114261999</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="Q48" s="3" t="s">
         <v>136</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>3.313E-3</v>
+        <v>3.2959999999999999E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D49" s="4">
         <v>17100</v>
       </c>
       <c r="E49" s="5">
-        <v>29.516169000000001</v>
+        <v>29.557566999999999</v>
       </c>
       <c r="F49" s="4">
-        <v>504726.69016340998</v>
+        <v>505434.30412453</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J49" s="5">
-        <v>4606</v>
+        <v>4633</v>
       </c>
       <c r="K49" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M49" s="4">
-        <v>78762630.717426002</v>
+        <v>79224285.458380997</v>
       </c>
       <c r="N49" s="4">
-        <v>504726.69016340998</v>
+        <v>505434.30412453</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>136</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>4.9399999999999997E-4</v>
+        <v>4.95E-4</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D50" s="4">
         <v>13800</v>
       </c>
       <c r="E50" s="5">
-        <v>43.838495999999999</v>
+        <v>43.899335000000001</v>
       </c>
       <c r="F50" s="4">
-        <v>604971.48349888006</v>
+        <v>605810.71166544</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J50" s="5">
-        <v>6841</v>
+        <v>6881</v>
       </c>
       <c r="K50" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M50" s="4">
-        <v>94405836.818276003</v>
+        <v>94957782.570498005</v>
       </c>
       <c r="N50" s="4">
-        <v>604971.48349888006</v>
+        <v>605810.71166544</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="Q50" s="3" t="s">
         <v>136</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>5.9199999999999997E-4</v>
+        <v>5.9299999999999999E-4</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D51" s="4">
         <v>3400</v>
       </c>
       <c r="E51" s="5">
-        <v>41.848435000000002</v>
+        <v>43.825817000000001</v>
       </c>
       <c r="F51" s="4">
-        <v>142284.67745049001</v>
+        <v>149007.77604977001</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="J51" s="5">
-        <v>54.2</v>
+        <v>56.36</v>
       </c>
       <c r="K51" s="5">
-        <v>1.2951499974084049</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="M51" s="4">
-        <v>184279.99963100001</v>
+        <v>191623.99917900001</v>
       </c>
       <c r="N51" s="4">
-        <v>142284.67745049001</v>
+        <v>149007.77604977001</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.3899999999999999E-4</v>
+        <v>1.46E-4</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D52" s="4">
         <v>29210</v>
       </c>
       <c r="E52" s="5">
-        <v>86.749223999999998</v>
+        <v>97.906917000000007</v>
       </c>
       <c r="F52" s="4">
-        <v>2533944.8330399999</v>
+        <v>2859861.0455700099</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J52" s="5">
-        <v>132.28</v>
+        <v>146.82</v>
       </c>
       <c r="K52" s="5">
-        <v>1.5248551387618177</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M52" s="4">
-        <v>3863898.8</v>
+        <v>4288612.2</v>
       </c>
       <c r="N52" s="4">
-        <v>2533944.8330399999</v>
+        <v>2859861.0455700099</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.483E-3</v>
+        <v>2.8040000000000001E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D53" s="4">
-        <v>946992</v>
+        <v>1177192</v>
       </c>
       <c r="E53" s="5">
-        <v>17.234853999999999</v>
+        <v>17.279661000000001</v>
       </c>
       <c r="F53" s="4">
-        <v>16321275.129766099</v>
+        <v>20341475.2113305</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J53" s="5">
-        <v>2689.5</v>
+        <v>2708.5</v>
       </c>
       <c r="K53" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M53" s="4">
-        <v>2546935977.3050299</v>
+        <v>3188423946.76478</v>
       </c>
       <c r="N53" s="4">
-        <v>16321275.129766099</v>
+        <v>20341475.2113305</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="Q53" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.5997000000000001E-2</v>
+        <v>1.9944E-2</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D54" s="4">
         <v>26869</v>
       </c>
       <c r="E54" s="5">
-        <v>4.6444720000000004</v>
+        <v>4.5429440000000003</v>
       </c>
       <c r="F54" s="4">
-        <v>124792.31401562</v>
+        <v>122064.34637374</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J54" s="5">
-        <v>36.159999999999997</v>
+        <v>35.36</v>
       </c>
       <c r="K54" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M54" s="4">
-        <v>971583.05787699996</v>
+        <v>950087.81246100005</v>
       </c>
       <c r="N54" s="4">
-        <v>124792.31401562</v>
+        <v>122064.34637374</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.22E-4</v>
+        <v>1.1900000000000001E-4</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D55" s="4">
         <v>102000</v>
       </c>
       <c r="E55" s="5">
-        <v>10.131364</v>
+        <v>10.204473999999999</v>
       </c>
       <c r="F55" s="4">
-        <v>1033399.55142582</v>
+        <v>1040856.16766085</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J55" s="5">
-        <v>1581</v>
+        <v>1599.5</v>
       </c>
       <c r="K55" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M55" s="4">
-        <v>161262062.892203</v>
+        <v>163148970.05400601</v>
       </c>
       <c r="N55" s="4">
-        <v>1033399.55142582</v>
+        <v>1040856.16766085</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.0120000000000001E-3</v>
+        <v>1.0200000000000001E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D56" s="4">
         <v>16500</v>
       </c>
       <c r="E56" s="5">
-        <v>82.377410999999995</v>
+        <v>97.227999999999994</v>
       </c>
       <c r="F56" s="4">
-        <v>1359227.8115988499</v>
+        <v>1604261.69893777</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J56" s="5">
-        <v>12855</v>
+        <v>15240</v>
       </c>
       <c r="K56" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M56" s="4">
-        <v>212107582.721957</v>
+        <v>251459953.84452599</v>
       </c>
       <c r="N56" s="4">
-        <v>1359227.8115988499</v>
+        <v>1604261.69893777</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="Q56" s="3" t="s">
         <v>136</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>1.3320000000000001E-3</v>
+        <v>1.572E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D57" s="4">
         <v>66290</v>
       </c>
       <c r="E57" s="5">
-        <v>19.493744</v>
+        <v>19.656133000000001</v>
       </c>
       <c r="F57" s="4">
-        <v>1292240.82024992</v>
+        <v>1303004.8167405699</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J57" s="5">
-        <v>3042</v>
+        <v>3081</v>
       </c>
       <c r="K57" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M57" s="4">
-        <v>201654258.64515999</v>
+        <v>204239452.51184899</v>
       </c>
       <c r="N57" s="4">
-        <v>1292240.82024992</v>
+        <v>1303004.8167405699</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="Q57" s="3" t="s">
         <v>136</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>1.266E-3</v>
+        <v>1.2769999999999999E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D58" s="4">
         <v>11966</v>
       </c>
       <c r="E58" s="5">
-        <v>18.417166999999999</v>
+        <v>18.903317999999999</v>
       </c>
       <c r="F58" s="4">
-        <v>220379.90387695999</v>
+        <v>226197.05891734999</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J58" s="5">
-        <v>2874</v>
+        <v>2963</v>
       </c>
       <c r="K58" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M58" s="4">
-        <v>34390297.412215002</v>
+        <v>35455251.492187999</v>
       </c>
       <c r="N58" s="4">
-        <v>220379.90387695999</v>
+        <v>226197.05891734999</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>2.1599999999999999E-4</v>
+        <v>2.2100000000000001E-4</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D59" s="4">
-        <v>26800</v>
+        <v>55000</v>
       </c>
       <c r="E59" s="5">
-        <v>26.196722000000001</v>
+        <v>23.503146000000001</v>
       </c>
       <c r="F59" s="4">
-        <v>702072.41268823994</v>
+        <v>1292672.8125299099</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J59" s="5">
-        <v>4088</v>
+        <v>3684</v>
       </c>
       <c r="K59" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M59" s="4">
-        <v>109558442.72779199</v>
+        <v>202619962.80910599</v>
       </c>
       <c r="N59" s="4">
-        <v>702072.41268823994</v>
+        <v>1292672.8125299099</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="Q59" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>6.8800000000000003E-4</v>
+        <v>1.2669999999999999E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D60" s="4">
-        <v>10100</v>
+        <v>8000</v>
       </c>
       <c r="E60" s="5">
-        <v>13.017797</v>
+        <v>75.600511999999995</v>
       </c>
       <c r="F60" s="4">
-        <v>131479.75138015</v>
+        <v>604803.98098822997</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="J60" s="5">
-        <v>16.86</v>
+        <v>11850</v>
       </c>
       <c r="K60" s="5">
-        <v>1.2951499974084049</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="M60" s="4">
-        <v>170285.99965899999</v>
+        <v>94799982.599463001</v>
       </c>
       <c r="N60" s="4">
-        <v>131479.75138015</v>
+        <v>604803.98098822997</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>270</v>
+        <v>236</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>1.2799999999999999E-4</v>
+        <v>5.9299999999999999E-4</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D61" s="4">
-        <v>28000</v>
+        <v>34800</v>
       </c>
       <c r="E61" s="5">
-        <v>21.070162</v>
+        <v>21.659386999999999</v>
       </c>
       <c r="F61" s="4">
-        <v>589964.75488625001</v>
+        <v>753746.53098982002</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J61" s="5">
-        <v>3288</v>
+        <v>3395</v>
       </c>
       <c r="K61" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M61" s="4">
-        <v>92064035.904973</v>
+        <v>118145978.31430501</v>
       </c>
       <c r="N61" s="4">
-        <v>589964.75488625001</v>
+        <v>753746.53098982002</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>5.7799999999999995E-4</v>
+        <v>7.3899999999999997E-4</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D62" s="4">
-        <v>34800</v>
+        <v>30906</v>
       </c>
       <c r="E62" s="5">
-        <v>22.486374000000001</v>
+        <v>27.337399999999999</v>
       </c>
       <c r="F62" s="4">
-        <v>782526.11342517997</v>
+        <v>844889.53395643004</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J62" s="5">
-        <v>3509</v>
+        <v>4285</v>
       </c>
       <c r="K62" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M62" s="4">
-        <v>122113247.624165</v>
+        <v>132432185.692072</v>
       </c>
       <c r="N62" s="4">
-        <v>782526.11342517997</v>
+        <v>844889.53395643004</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="P62" s="3" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="Q62" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>7.67E-4</v>
+        <v>8.2799999999999996E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D63" s="4">
-        <v>22000</v>
+        <v>37695</v>
       </c>
       <c r="E63" s="5">
-        <v>26.574805000000001</v>
+        <v>46.444870999999999</v>
       </c>
       <c r="F63" s="4">
-        <v>584645.94681192003</v>
+        <v>1750739.0985358399</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J63" s="5">
-        <v>4147</v>
+        <v>7280</v>
       </c>
       <c r="K63" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M63" s="4">
-        <v>91234035.581273004</v>
+        <v>274419549.63029099</v>
       </c>
       <c r="N63" s="4">
-        <v>584645.94681192003</v>
+        <v>1750739.0985358399</v>
       </c>
       <c r="O63" s="3" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="P63" s="3" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>5.7300000000000005E-4</v>
+        <v>1.7160000000000001E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D64" s="4">
-        <v>30906</v>
+        <v>27800</v>
       </c>
       <c r="E64" s="5">
-        <v>26.529948000000001</v>
+        <v>101.821448</v>
       </c>
       <c r="F64" s="4">
-        <v>819934.89266261004</v>
+        <v>2830635.7459568102</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J64" s="5">
-        <v>4140</v>
+        <v>15960</v>
       </c>
       <c r="K64" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M64" s="4">
-        <v>127950889.900847</v>
+        <v>443687918.56108201</v>
       </c>
       <c r="N64" s="4">
-        <v>819934.89266261004</v>
+        <v>2830635.7459568102</v>
       </c>
       <c r="O64" s="3" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="P64" s="3" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R64" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>8.03E-4</v>
+        <v>2.7750000000000001E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D65" s="4">
-        <v>37695</v>
+        <v>560770</v>
       </c>
       <c r="E65" s="5">
-        <v>46.972105999999997</v>
+        <v>12.600085</v>
       </c>
       <c r="F65" s="4">
-        <v>1770614.2262095499</v>
+        <v>7065748.5087243598</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J65" s="5">
-        <v>7330</v>
+        <v>1975</v>
       </c>
       <c r="K65" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M65" s="4">
-        <v>276304457.75873798</v>
+        <v>1107520546.7146001</v>
       </c>
       <c r="N65" s="4">
-        <v>1770614.2262095499</v>
+        <v>7065748.5087243598</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="P65" s="3" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>1.735E-3</v>
+        <v>6.927E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D66" s="4">
-        <v>56800</v>
+        <v>41000</v>
       </c>
       <c r="E66" s="5">
-        <v>10.073689999999999</v>
+        <v>24.721685999999998</v>
       </c>
       <c r="F66" s="4">
-        <v>572185.83787248004</v>
+        <v>1013588.9502057499</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J66" s="5">
-        <v>1572</v>
+        <v>3875</v>
       </c>
       <c r="K66" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M66" s="4">
-        <v>89289634.822957993</v>
+        <v>158874970.83849901</v>
       </c>
       <c r="N66" s="4">
-        <v>572185.83787248004</v>
+        <v>1013588.9502057499</v>
       </c>
       <c r="O66" s="3" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="P66" s="3" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R66" s="3" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>5.5999999999999995E-4</v>
+        <v>9.9299999999999996E-4</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D67" s="4">
-        <v>27800</v>
+        <v>134500</v>
       </c>
       <c r="E67" s="5">
-        <v>92.630531000000005</v>
+        <v>37.226075000000002</v>
       </c>
       <c r="F67" s="4">
-        <v>2575129.7661006101</v>
+        <v>5006906.1214073803</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J67" s="5">
-        <v>14455</v>
+        <v>5835</v>
       </c>
       <c r="K67" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M67" s="4">
-        <v>401849156.72117102</v>
+        <v>784807355.94860899</v>
       </c>
       <c r="N67" s="4">
-        <v>2575129.7661006101</v>
+        <v>5006906.1214073803</v>
       </c>
       <c r="O67" s="3" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="P67" s="3" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>2.5240000000000002E-3</v>
+        <v>4.9090000000000002E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D68" s="4">
-        <v>112154</v>
+        <v>124088</v>
       </c>
       <c r="E68" s="5">
-        <v>59.980752000000003</v>
+        <v>11.477242</v>
       </c>
       <c r="F68" s="4">
-        <v>6727083.8833707096</v>
+        <v>1424187.7699448101</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J68" s="5">
-        <v>9360</v>
+        <v>1799</v>
       </c>
       <c r="K68" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M68" s="4">
-        <v>1049761849.40712</v>
+        <v>223234271.02534801</v>
       </c>
       <c r="N68" s="4">
-        <v>6727083.8833707096</v>
+        <v>1424187.7699448101</v>
       </c>
       <c r="O68" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="P68" s="3" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="Q68" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R68" s="3" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>6.5929999999999999E-3</v>
+        <v>1.3960000000000001E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D69" s="4">
-        <v>41000</v>
+        <v>26293</v>
       </c>
       <c r="E69" s="5">
-        <v>24.062791000000001</v>
+        <v>21.818881999999999</v>
       </c>
       <c r="F69" s="4">
-        <v>986574.81576418004</v>
+        <v>573683.75386775006</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J69" s="5">
-        <v>3755</v>
+        <v>3420</v>
       </c>
       <c r="K69" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L69" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M69" s="4">
-        <v>153955060.04247299</v>
+        <v>89922043.494809002</v>
       </c>
       <c r="N69" s="4">
-        <v>986574.81576418004</v>
+        <v>573683.75386775006</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>9.6699999999999998E-4</v>
+        <v>5.62E-4</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D70" s="4">
-        <v>112300</v>
+        <v>428100</v>
       </c>
       <c r="E70" s="5">
-        <v>37.295724</v>
+        <v>31.898949999999999</v>
       </c>
       <c r="F70" s="4">
-        <v>4188311.4386414601</v>
+        <v>13655937.9884525</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J70" s="5">
-        <v>5820</v>
+        <v>5000</v>
       </c>
       <c r="K70" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L70" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M70" s="4">
-        <v>653586254.89863896</v>
+        <v>2140499607.11129</v>
       </c>
       <c r="N70" s="4">
-        <v>4188311.4386414601</v>
+        <v>13655937.9884525</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="Q70" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>4.1050000000000001E-3</v>
+        <v>1.3389E-2</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D71" s="4">
-        <v>62044</v>
+        <v>61400</v>
       </c>
       <c r="E71" s="5">
-        <v>22.121106000000001</v>
+        <v>136.08092099999999</v>
       </c>
       <c r="F71" s="4">
-        <v>1372482.46074976</v>
+        <v>8355366.9973523896</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J71" s="5">
-        <v>3452</v>
+        <v>21330</v>
       </c>
       <c r="K71" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L71" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M71" s="4">
-        <v>214175971.52862799</v>
+        <v>1309661759.6115799</v>
       </c>
       <c r="N71" s="4">
-        <v>1372482.46074976</v>
+        <v>8355366.9973523896</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="P71" s="3" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>1.3450000000000001E-3</v>
+        <v>8.1919999999999996E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D72" s="4">
-        <v>26293</v>
+        <v>39000</v>
       </c>
       <c r="E72" s="5">
-        <v>22.396659</v>
+        <v>14.013209</v>
       </c>
       <c r="F72" s="4">
-        <v>588875.58474848</v>
+        <v>546515.04035215999</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H72" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J72" s="5">
-        <v>3495</v>
+        <v>2196.5</v>
       </c>
       <c r="K72" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L72" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M72" s="4">
-        <v>91894070.838687003</v>
+        <v>85663484.276465997</v>
       </c>
       <c r="N72" s="4">
-        <v>588875.58474848</v>
+        <v>546515.04035215999</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="P72" s="3" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>5.7700000000000004E-4</v>
+        <v>5.3499999999999999E-4</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D73" s="4">
-        <v>401700</v>
+        <v>730000</v>
       </c>
       <c r="E73" s="5">
-        <v>32.822800000000001</v>
+        <v>1.0021199999999999</v>
       </c>
       <c r="F73" s="4">
-        <v>13184924.062800299</v>
+        <v>731547.50433609996</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J73" s="5">
-        <v>5122</v>
+        <v>7.8</v>
       </c>
       <c r="K73" s="5">
-        <v>156.05006085952374</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="M73" s="4">
-        <v>2057508202.42819</v>
+        <v>5693999.8349590003</v>
       </c>
       <c r="N73" s="4">
-        <v>13184924.062800299</v>
+        <v>731547.50433609996</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>228</v>
+        <v>287</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>1.2923E-2</v>
+        <v>7.1699999999999997E-4</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D74" s="4">
-        <v>83400</v>
+        <v>1989500</v>
       </c>
       <c r="E74" s="5">
-        <v>152.73944700000001</v>
+        <v>5.0645600000000002</v>
       </c>
       <c r="F74" s="4">
-        <v>12738474.8478051</v>
+        <v>10075941.4145307</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J74" s="5">
-        <v>23835</v>
+        <v>39.42</v>
       </c>
       <c r="K74" s="5">
-        <v>156.05006085952374</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="M74" s="4">
-        <v>1987839775.2575099</v>
+        <v>78426087.726818994</v>
       </c>
       <c r="N74" s="4">
-        <v>12738474.8478051</v>
+        <v>10075941.4145307</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="P74" s="3" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>228</v>
+        <v>287</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>1.2485E-2</v>
+        <v>9.8790000000000006E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D75" s="4">
-        <v>39000</v>
+        <v>144326</v>
       </c>
       <c r="E75" s="5">
-        <v>13.694323000000001</v>
+        <v>3.0192070000000002</v>
       </c>
       <c r="F75" s="4">
-        <v>534078.82089074003</v>
+        <v>435750.11241728999</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J75" s="5">
-        <v>2137</v>
+        <v>23.5</v>
       </c>
       <c r="K75" s="5">
-        <v>156.05006085952374</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="M75" s="4">
-        <v>83343032.503782004</v>
+        <v>3391660.9016920002</v>
       </c>
       <c r="N75" s="4">
-        <v>534078.82089074003</v>
+        <v>435750.11241728999</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="P75" s="3" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>228</v>
+        <v>287</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>5.2300000000000003E-4</v>
+        <v>4.2700000000000002E-4</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D76" s="4">
-        <v>730000</v>
+        <v>483600</v>
       </c>
       <c r="E76" s="5">
-        <v>1.0673550000000001</v>
+        <v>27.771225999999999</v>
       </c>
       <c r="F76" s="4">
-        <v>779169.23551171005</v>
+        <v>13430162.3656257</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="J76" s="5">
-        <v>8.31</v>
+        <v>4353</v>
       </c>
       <c r="K76" s="5">
-        <v>7.7856001432550421</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M76" s="4">
-        <v>6066300.1116190003</v>
+        <v>2105110413.6069801</v>
       </c>
       <c r="N76" s="4">
-        <v>779169.23551171005</v>
+        <v>13430162.3656257</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>7.6300000000000001E-4</v>
+        <v>1.3167999999999999E-2</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D77" s="4">
-        <v>1989500</v>
+        <v>1731300</v>
       </c>
       <c r="E77" s="5">
-        <v>4.8114470000000003</v>
+        <v>12.909504999999999</v>
       </c>
       <c r="F77" s="4">
-        <v>9572373.3559391703</v>
+        <v>22350222.016651198</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="J77" s="5">
-        <v>37.46</v>
+        <v>2023.5</v>
       </c>
       <c r="K77" s="5">
-        <v>7.7856001432550421</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M77" s="4">
-        <v>74526671.371289998</v>
+        <v>3503284906.9720502</v>
       </c>
       <c r="N77" s="4">
-        <v>9572373.3559391703</v>
+        <v>22350222.016651198</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>9.3819999999999997E-3</v>
+        <v>2.1913999999999999E-2</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D78" s="4">
-        <v>144326</v>
+        <v>72200</v>
       </c>
       <c r="E78" s="5">
-        <v>3.1314220000000001</v>
+        <v>26.846156000000001</v>
       </c>
       <c r="F78" s="4">
-        <v>451945.62782573001</v>
+        <v>1938292.1305304801</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="J78" s="5">
-        <v>24.38</v>
+        <v>4208</v>
       </c>
       <c r="K78" s="5">
-        <v>7.7856001432550421</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M78" s="4">
-        <v>3518667.944743</v>
+        <v>303817544.23428899</v>
       </c>
       <c r="N78" s="4">
-        <v>451945.62782573001</v>
+        <v>1938292.1305304801</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>4.4200000000000001E-4</v>
+        <v>1.9E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D79" s="4">
-        <v>299600</v>
+        <v>203400</v>
       </c>
       <c r="E79" s="5">
-        <v>26.395375999999999</v>
+        <v>29.251336999999999</v>
       </c>
       <c r="F79" s="4">
-        <v>7908057.6738224896</v>
+        <v>5949720.8842387302</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J79" s="5">
-        <v>4119</v>
+        <v>4585</v>
       </c>
       <c r="K79" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M79" s="4">
-        <v>1234052881.2806201</v>
+        <v>932588828.82332003</v>
       </c>
       <c r="N79" s="4">
-        <v>7908057.6738224896</v>
+        <v>5949720.8842387302</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="Q79" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>7.7510000000000001E-3</v>
+        <v>5.8329999999999996E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D80" s="4">
-        <v>1731300</v>
+        <v>730000</v>
       </c>
       <c r="E80" s="5">
-        <v>12.569684000000001</v>
+        <v>1.150855</v>
       </c>
       <c r="F80" s="4">
-        <v>21761902.915732101</v>
+        <v>840124.41679626994</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J80" s="5">
-        <v>1961.5</v>
+        <v>1.48</v>
       </c>
       <c r="K80" s="5">
-        <v>156.05006085952374</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M80" s="4">
-        <v>3395946274.4190402</v>
+        <v>1080399.9953749999</v>
       </c>
       <c r="N80" s="4">
-        <v>21761902.915732101</v>
+        <v>840124.41679626994</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>228</v>
+        <v>274</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>2.1329999999999998E-2</v>
+        <v>8.2299999999999995E-4</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D81" s="4">
-        <v>92300</v>
+        <v>69200</v>
       </c>
       <c r="E81" s="5">
-        <v>25.165001</v>
+        <v>20.708798000000002</v>
       </c>
       <c r="F81" s="4">
-        <v>2322730.5350849102</v>
+        <v>1433048.5820919301</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H81" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J81" s="5">
-        <v>3927</v>
+        <v>3246</v>
       </c>
       <c r="K81" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L81" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M81" s="4">
-        <v>362462241.36027402</v>
+        <v>224623158.77041799</v>
       </c>
       <c r="N81" s="4">
-        <v>2322730.5350849102</v>
+        <v>1433048.5820919301</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>95</v>
+        <v>136</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>2.2759999999999998E-3</v>
+        <v>1.405E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D82" s="4">
-        <v>173900</v>
+        <v>72100</v>
       </c>
       <c r="E82" s="5">
-        <v>27.061828999999999</v>
+        <v>12.651123999999999</v>
       </c>
       <c r="F82" s="4">
-        <v>4706053.8289009901</v>
+        <v>912145.84197263001</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J82" s="5">
-        <v>4223</v>
+        <v>1983</v>
       </c>
       <c r="K82" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M82" s="4">
-        <v>734379986.40819395</v>
+        <v>142974273.75707099</v>
       </c>
       <c r="N82" s="4">
-        <v>4706053.8289009901</v>
+        <v>912145.84197263001</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>4.6119999999999998E-3</v>
+        <v>8.9400000000000005E-4</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D83" s="4">
-        <v>730000</v>
+        <v>27800</v>
       </c>
       <c r="E83" s="5">
-        <v>1.1118399999999999</v>
+        <v>21.378675999999999</v>
       </c>
       <c r="F83" s="4">
-        <v>811643.43898390001</v>
+        <v>594327.09177326004</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="J83" s="5">
-        <v>1.44</v>
+        <v>3351</v>
       </c>
       <c r="K83" s="5">
-        <v>1.2951499974084049</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="M83" s="4">
-        <v>1051199.997896</v>
+        <v>93157782.900887996</v>
       </c>
       <c r="N83" s="4">
-        <v>811643.43898390001</v>
+        <v>594327.09177326004</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="Q83" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>270</v>
+        <v>236</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>7.9500000000000003E-4</v>
+        <v>5.8200000000000005E-4</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D84" s="4">
-        <v>69200</v>
+        <v>55000</v>
       </c>
       <c r="E84" s="5">
-        <v>20.589547</v>
+        <v>43.963132999999999</v>
       </c>
       <c r="F84" s="4">
-        <v>1424797.1803909</v>
+        <v>2417971.8651312599</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J84" s="5">
-        <v>3213</v>
+        <v>6891</v>
       </c>
       <c r="K84" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L84" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M84" s="4">
-        <v>222339686.712477</v>
+        <v>379004930.433644</v>
       </c>
       <c r="N84" s="4">
-        <v>1424797.1803909</v>
+        <v>2417971.8651312599</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.3960000000000001E-3</v>
+        <v>2.3700000000000001E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D85" s="4">
-        <v>72100</v>
+        <v>159600</v>
       </c>
       <c r="E85" s="5">
-        <v>12.463949</v>
+        <v>13.652751</v>
       </c>
       <c r="F85" s="4">
-        <v>898651.07337392005</v>
+        <v>2178978.5958084799</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H85" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J85" s="5">
-        <v>1945</v>
+        <v>2140</v>
       </c>
       <c r="K85" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L85" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M85" s="4">
-        <v>140234554.69147599</v>
+        <v>341543937.30961001</v>
       </c>
       <c r="N85" s="4">
-        <v>898651.07337392005</v>
+        <v>2178978.5958084799</v>
       </c>
       <c r="O85" s="3" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="Q85" s="3" t="s">
         <v>136</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>8.8000000000000003E-4</v>
+        <v>2.1359999999999999E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D86" s="4">
-        <v>40600</v>
+        <v>155700</v>
       </c>
       <c r="E86" s="5">
-        <v>43.242533999999999</v>
+        <v>13.767587000000001</v>
       </c>
       <c r="F86" s="4">
-        <v>1755647.5488625399</v>
+        <v>2143612.87441386</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H86" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J86" s="5">
-        <v>6748</v>
+        <v>2158</v>
       </c>
       <c r="K86" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L86" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M86" s="4">
-        <v>273968906.84787297</v>
+        <v>336000538.32710099</v>
       </c>
       <c r="N86" s="4">
-        <v>1755647.5488625399</v>
+        <v>2143612.87441386</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="Q86" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>1.72E-3</v>
+        <v>2.101E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D87" s="4">
-        <v>9384</v>
+        <v>653500</v>
       </c>
       <c r="E87" s="5">
-        <v>100.51261700000001</v>
+        <v>33.876685000000002</v>
       </c>
       <c r="F87" s="4">
-        <v>943210.76578020002</v>
+        <v>22138409.518644899</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H87" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J87" s="5">
-        <v>15685</v>
+        <v>5310</v>
       </c>
       <c r="K87" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L87" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M87" s="4">
-        <v>147188097.40335801</v>
+        <v>3470084363.06601</v>
       </c>
       <c r="N87" s="4">
-        <v>943210.76578020002</v>
+        <v>22138409.518644899</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>415</v>
+        <v>136</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>9.2400000000000002E-4</v>
+        <v>2.1706E-2</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D88" s="4">
-        <v>159600</v>
+        <v>49426</v>
       </c>
       <c r="E88" s="5">
-        <v>11.864782</v>
+        <v>43.229456999999996</v>
       </c>
       <c r="F88" s="4">
-        <v>1893619.9935918001</v>
+        <v>2136658.75147533</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J88" s="5">
-        <v>1851.5</v>
+        <v>6776</v>
       </c>
       <c r="K88" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M88" s="4">
-        <v>295499515.244811</v>
+        <v>334910514.52717501</v>
       </c>
       <c r="N88" s="4">
-        <v>1893619.9935918001</v>
+        <v>2136658.75147533</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>1.856E-3</v>
+        <v>2.0939999999999999E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D89" s="4">
-        <v>155700</v>
+        <v>4454100</v>
       </c>
       <c r="E89" s="5">
-        <v>13.197687999999999</v>
+        <v>1.0060929999999999</v>
       </c>
       <c r="F89" s="4">
-        <v>2054880.80743351</v>
+        <v>4481237.4876391599</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H89" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J89" s="5">
-        <v>2059.5</v>
+        <v>157.69999999999999</v>
       </c>
       <c r="K89" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L89" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M89" s="4">
-        <v>320664275.059066</v>
+        <v>702411441.07237995</v>
       </c>
       <c r="N89" s="4">
-        <v>2054880.80743351</v>
+        <v>4481237.4876391599</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>2.0140000000000002E-3</v>
+        <v>4.3930000000000002E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D90" s="4">
-        <v>702400</v>
+        <v>8800</v>
       </c>
       <c r="E90" s="5">
-        <v>37.750706000000001</v>
+        <v>23.70092</v>
       </c>
       <c r="F90" s="4">
-        <v>26516106.3761614</v>
+        <v>208568.05639732999</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J90" s="5">
-        <v>5891</v>
+        <v>3715</v>
       </c>
       <c r="K90" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M90" s="4">
-        <v>4137840013.7575998</v>
+        <v>32691993.999382999</v>
       </c>
       <c r="N90" s="4">
-        <v>26516106.3761614</v>
+        <v>208568.05639732999</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>136</v>
+        <v>200</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>2.5989999999999999E-2</v>
+        <v>2.04E-4</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D91" s="4">
-        <v>49426</v>
+        <v>152400</v>
       </c>
       <c r="E91" s="5">
-        <v>39.833371</v>
+        <v>32.396574000000001</v>
       </c>
       <c r="F91" s="4">
-        <v>1968804.97276514</v>
+        <v>4937236.9134581601</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J91" s="5">
-        <v>6216</v>
+        <v>5078</v>
       </c>
       <c r="K91" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M91" s="4">
-        <v>307232135.82053298</v>
+        <v>773887057.95302904</v>
       </c>
       <c r="N91" s="4">
-        <v>1968804.97276514</v>
+        <v>4937236.9134581601</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="Q91" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>1.9289999999999999E-3</v>
+        <v>4.8399999999999997E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D92" s="4">
-        <v>4454100</v>
+        <v>18400</v>
       </c>
       <c r="E92" s="5">
-        <v>0.99839800000000001</v>
+        <v>34.64226</v>
       </c>
       <c r="F92" s="4">
-        <v>4446964.3063120795</v>
+        <v>637417.46148201998</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J92" s="5">
-        <v>155.80000000000001</v>
+        <v>5430</v>
       </c>
       <c r="K92" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L92" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M92" s="4">
-        <v>693949050.64012897</v>
+        <v>99911981.661154002</v>
       </c>
       <c r="N92" s="4">
-        <v>4446964.3063120795</v>
+        <v>637417.46148201998</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>100</v>
+        <v>439</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>4.3579999999999999E-3</v>
+        <v>6.2399999999999999E-4</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D93" s="4">
-        <v>8800</v>
+        <v>101975</v>
       </c>
       <c r="E93" s="5">
-        <v>24.742059999999999</v>
+        <v>8.3511450000000007</v>
       </c>
       <c r="F93" s="4">
-        <v>217730.21467478</v>
+        <v>851607.86627962999</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J93" s="5">
-        <v>3861</v>
+        <v>1309</v>
       </c>
       <c r="K93" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L93" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M93" s="4">
-        <v>33976813.250955999</v>
+        <v>133485250.49878199</v>
       </c>
       <c r="N93" s="4">
-        <v>217730.21467478</v>
+        <v>851607.86627962999</v>
       </c>
       <c r="O93" s="3" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>164</v>
+        <v>121</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>2.13E-4</v>
+        <v>8.34E-4</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D94" s="4">
-        <v>152400</v>
+        <v>82324</v>
       </c>
       <c r="E94" s="5">
-        <v>31.720590000000001</v>
+        <v>5.1803889999999999</v>
       </c>
       <c r="F94" s="4">
-        <v>4834219.80134572</v>
+        <v>426470.30527289998</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J94" s="5">
-        <v>4950</v>
+        <v>812</v>
       </c>
       <c r="K94" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M94" s="4">
-        <v>754380294.20831394</v>
+        <v>66847075.730218999</v>
       </c>
       <c r="N94" s="4">
-        <v>4834219.80134572</v>
+        <v>426470.30527289998</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>4.738E-3</v>
+        <v>4.1800000000000002E-4</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D95" s="4">
-        <v>101975</v>
+        <v>54214</v>
       </c>
       <c r="E95" s="5">
-        <v>8.1640470000000001</v>
+        <v>64.164306999999994</v>
       </c>
       <c r="F95" s="4">
-        <v>832528.99711631006</v>
+        <v>3478603.73969801</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="J95" s="5">
-        <v>1274</v>
+        <v>96.22</v>
       </c>
       <c r="K95" s="5">
-        <v>156.05006085952374</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="M95" s="4">
-        <v>129916200.667318</v>
+        <v>5216471.08</v>
       </c>
       <c r="N95" s="4">
-        <v>832528.99711631006</v>
+        <v>3478603.73969801</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>228</v>
+        <v>249</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>8.1599999999999999E-4</v>
+        <v>3.4099999999999998E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D96" s="4">
-        <v>82324</v>
+        <v>85400</v>
       </c>
       <c r="E96" s="5">
-        <v>5.0752940000000004</v>
+        <v>26.023163</v>
       </c>
       <c r="F96" s="4">
-        <v>417818.69913488999</v>
+        <v>2222377.7472965601</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J96" s="5">
-        <v>792</v>
+        <v>4079</v>
       </c>
       <c r="K96" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L96" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M96" s="4">
-        <v>65200633.428245999</v>
+        <v>348346536.060992</v>
       </c>
       <c r="N96" s="4">
-        <v>417818.69913488999</v>
+        <v>2222377.7472965601</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>4.0900000000000002E-4</v>
+        <v>2.1789999999999999E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D97" s="4">
-        <v>73929</v>
+        <v>564812</v>
       </c>
       <c r="E97" s="5">
-        <v>64.386443999999997</v>
+        <v>16.810746999999999</v>
       </c>
       <c r="F97" s="4">
-        <v>4760025.4184759902</v>
+        <v>9494909.6940891296</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="J97" s="5">
-        <v>98.18</v>
+        <v>2635</v>
       </c>
       <c r="K97" s="5">
-        <v>1.5248551387618177</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="M97" s="4">
-        <v>7258349.2199990004</v>
+        <v>1488279346.8263199</v>
       </c>
       <c r="N97" s="4">
-        <v>4760025.4184759902</v>
+        <v>9494909.6940891296</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>4.6649999999999999E-3</v>
+        <v>9.3089999999999996E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D98" s="4">
-        <v>85400</v>
+        <v>277000</v>
       </c>
       <c r="E98" s="5">
-        <v>25.793005000000001</v>
+        <v>22.316504999999999</v>
       </c>
       <c r="F98" s="4">
-        <v>2202723.4860621602</v>
+        <v>6181670.8666943097</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J98" s="5">
-        <v>4025</v>
+        <v>3498</v>
       </c>
       <c r="K98" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M98" s="4">
-        <v>343735134.05670202</v>
+        <v>968945822.14999294</v>
       </c>
       <c r="N98" s="4">
-        <v>2202723.4860621602</v>
+        <v>6181670.8666943097</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>2.1589999999999999E-3</v>
+        <v>6.0610000000000004E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D99" s="4">
-        <v>514312</v>
+        <v>157100</v>
       </c>
       <c r="E99" s="5">
-        <v>17.036200000000001</v>
+        <v>18.124983</v>
       </c>
       <c r="F99" s="4">
-        <v>8761925.3572572898</v>
+        <v>2847434.3679224201</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J99" s="5">
-        <v>2658.5</v>
+        <v>2841</v>
       </c>
       <c r="K99" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M99" s="4">
-        <v>1367298985.2465999</v>
+        <v>446321018.07777601</v>
       </c>
       <c r="N99" s="4">
-        <v>8761925.3572572898</v>
+        <v>2847434.3679224201</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>121</v>
+        <v>149</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>8.5880000000000001E-3</v>
+        <v>2.7910000000000001E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D100" s="4">
-        <v>277000</v>
+        <v>516200</v>
       </c>
       <c r="E100" s="5">
-        <v>22.409475</v>
+        <v>40.352172000000003</v>
       </c>
       <c r="F100" s="4">
-        <v>6207427.1066965703</v>
+        <v>20829787.234042499</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J100" s="5">
-        <v>3497</v>
+        <v>6325</v>
       </c>
       <c r="K100" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M100" s="4">
-        <v>968669377.781057</v>
+        <v>3264964400.7157798</v>
       </c>
       <c r="N100" s="4">
-        <v>6207427.1066965703</v>
+        <v>20829787.234042499</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="Q100" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>6.084E-3</v>
+        <v>2.0423E-2</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D101" s="4">
-        <v>82000</v>
+        <v>796600</v>
       </c>
       <c r="E101" s="5">
-        <v>17.17718</v>
+        <v>10.236373</v>
       </c>
       <c r="F101" s="4">
-        <v>1408529.3175264299</v>
+        <v>8154293.2788924696</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J101" s="5">
-        <v>2680.5</v>
+        <v>1604.5</v>
       </c>
       <c r="K101" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M101" s="4">
-        <v>219801085.722422</v>
+        <v>1278144465.39658</v>
       </c>
       <c r="N101" s="4">
-        <v>1408529.3175264299</v>
+        <v>8154293.2788924696</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>173</v>
+        <v>105</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>1.3799999999999999E-3</v>
+        <v>7.9950000000000004E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D102" s="4">
-        <v>516200</v>
+        <v>59300</v>
       </c>
       <c r="E102" s="5">
-        <v>39.352755999999999</v>
+        <v>34.527422999999999</v>
       </c>
       <c r="F102" s="4">
-        <v>20313900.6728612</v>
+        <v>2047475.8365498099</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J102" s="5">
-        <v>6141</v>
+        <v>5412</v>
       </c>
       <c r="K102" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M102" s="4">
-        <v>3169985436.2943101</v>
+        <v>320931541.09301502</v>
       </c>
       <c r="N102" s="4">
-        <v>20313900.6728612</v>
+        <v>2047475.8365498099</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>1.9911000000000002E-2</v>
+        <v>2.0070000000000001E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D103" s="4">
-        <v>796600</v>
+        <v>205500</v>
       </c>
       <c r="E103" s="5">
-        <v>10.637612000000001</v>
+        <v>12.166763</v>
       </c>
       <c r="F103" s="4">
-        <v>8473925.0240307599</v>
+        <v>2500269.8015031801</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J103" s="5">
-        <v>1660</v>
+        <v>94.7</v>
       </c>
       <c r="K103" s="5">
-        <v>156.05006085952374</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="M103" s="4">
-        <v>1322356515.7190399</v>
+        <v>19460849.435927</v>
       </c>
       <c r="N103" s="4">
-        <v>8473925.0240307599</v>
+        <v>2500269.8015031801</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>105</v>
+        <v>484</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>228</v>
+        <v>287</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>8.3049999999999999E-3</v>
+        <v>2.4510000000000001E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D104" s="4">
-        <v>30800</v>
+        <v>391800</v>
       </c>
       <c r="E104" s="5">
-        <v>31.387364000000002</v>
+        <v>14.89362</v>
       </c>
       <c r="F104" s="4">
-        <v>966731.17590516002</v>
+        <v>5835319.1489361702</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J104" s="5">
-        <v>4898</v>
+        <v>2334.5</v>
       </c>
       <c r="K104" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M104" s="4">
-        <v>150858458.83479899</v>
+        <v>914656932.11471999</v>
       </c>
       <c r="N104" s="4">
-        <v>966731.17590516002</v>
+        <v>5835319.1489361702</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>9.4700000000000003E-4</v>
+        <v>5.7210000000000004E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D105" s="4">
-        <v>205500</v>
+        <v>287500</v>
       </c>
       <c r="E105" s="5">
-        <v>12.664406</v>
+        <v>8.0555020000000006</v>
       </c>
       <c r="F105" s="4">
-        <v>2602535.45006165</v>
+        <v>2315956.8317594901</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J105" s="5">
-        <v>98.6</v>
+        <v>62.7</v>
       </c>
       <c r="K105" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M105" s="4">
-        <v>20262300.372825999</v>
+        <v>18026249.477508999</v>
       </c>
       <c r="N105" s="4">
-        <v>2602535.45006165</v>
+        <v>2315956.8317594901</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>488</v>
+        <v>121</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.5500000000000002E-3</v>
+        <v>2.2699999999999999E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D106" s="4">
-        <v>347500</v>
+        <v>64100</v>
       </c>
       <c r="E106" s="5">
-        <v>15.642416000000001</v>
+        <v>14.105715999999999</v>
       </c>
       <c r="F106" s="4">
-        <v>5435741.7494392795</v>
+        <v>904176.20976746001</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J106" s="5">
-        <v>2441</v>
+        <v>2211</v>
       </c>
       <c r="K106" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L106" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M106" s="4">
-        <v>848247830.81665301</v>
+        <v>141725073.98636299</v>
       </c>
       <c r="N106" s="4">
-        <v>5435741.7494392795</v>
+        <v>904176.20976746001</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>5.3270000000000001E-3</v>
+        <v>8.8599999999999996E-4</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D107" s="4">
-        <v>287500</v>
+        <v>33938</v>
       </c>
       <c r="E107" s="5">
-        <v>8.5735200000000003</v>
+        <v>8.2363090000000003</v>
       </c>
       <c r="F107" s="4">
-        <v>2464887.09926017</v>
+        <v>279523.79980222997</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I107" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="J107" s="5">
-        <v>66.75</v>
+        <v>1291</v>
       </c>
       <c r="K107" s="5">
-        <v>7.7856001432550421</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M107" s="4">
-        <v>19190625.353107002</v>
+        <v>43813949.957950003</v>
       </c>
       <c r="N107" s="4">
-        <v>2464887.09926017</v>
+        <v>279523.79980222997</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>2.4160000000000002E-3</v>
+        <v>2.7399999999999999E-4</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D108" s="4">
-        <v>64100</v>
+        <v>47100</v>
       </c>
       <c r="E108" s="5">
-        <v>16.401788</v>
+        <v>39.586596999999998</v>
       </c>
       <c r="F108" s="4">
-        <v>1051355.01441846</v>
+        <v>1864528.37411082</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J108" s="5">
-        <v>2559.5</v>
+        <v>6205</v>
       </c>
       <c r="K108" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M108" s="4">
-        <v>164064013.98496601</v>
+        <v>292255446.35651302</v>
       </c>
       <c r="N108" s="4">
-        <v>1051355.01441846</v>
+        <v>1864528.37411082</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>136</v>
+        <v>439</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.0300000000000001E-3</v>
+        <v>1.828E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D109" s="4">
-        <v>33938</v>
+        <v>12428</v>
       </c>
       <c r="E109" s="5">
-        <v>8.240945</v>
+        <v>23.222435999999998</v>
       </c>
       <c r="F109" s="4">
-        <v>279681.30727331003</v>
+        <v>288608.37666273001</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J109" s="5">
-        <v>1286</v>
+        <v>3640</v>
       </c>
       <c r="K109" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L109" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M109" s="4">
-        <v>43644285.021270998</v>
+        <v>45237911.69658</v>
       </c>
       <c r="N109" s="4">
-        <v>279681.30727331003</v>
+        <v>288608.37666273001</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>2.7399999999999999E-4</v>
+        <v>2.8200000000000002E-4</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D110" s="4">
-        <v>14900</v>
+        <v>100900</v>
       </c>
       <c r="E110" s="5">
-        <v>40.576721999999997</v>
+        <v>27.656389999999998</v>
       </c>
       <c r="F110" s="4">
-        <v>604593.39955143002</v>
+        <v>2790529.2034833599</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J110" s="5">
-        <v>6332</v>
+        <v>4335</v>
       </c>
       <c r="K110" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M110" s="4">
-        <v>94346836.795267001</v>
+        <v>437401419.71496803</v>
       </c>
       <c r="N110" s="4">
-        <v>604593.39955143002</v>
+        <v>2790529.2034833599</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>509</v>
+        <v>105</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>5.9199999999999997E-4</v>
+        <v>2.7360000000000002E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D111" s="4">
-        <v>12428</v>
+        <v>519965</v>
       </c>
       <c r="E111" s="5">
-        <v>20.922772999999999</v>
+        <v>33.647011999999997</v>
       </c>
       <c r="F111" s="4">
-        <v>260028.32425505001</v>
+        <v>17495265.6225079</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J111" s="5">
-        <v>3265</v>
+        <v>5274</v>
       </c>
       <c r="K111" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M111" s="4">
-        <v>40577435.825199999</v>
+        <v>2742294906.6517701</v>
       </c>
       <c r="N111" s="4">
-        <v>260028.32425505001</v>
+        <v>17495265.6225079</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>173</v>
+        <v>121</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.5399999999999999E-4</v>
+        <v>1.7153999999999999E-2</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D112" s="4">
-        <v>60600</v>
+        <v>24369</v>
       </c>
       <c r="E112" s="5">
-        <v>27.516811000000001</v>
+        <v>21.499891999999999</v>
       </c>
       <c r="F112" s="4">
-        <v>1667519.3848125599</v>
+        <v>523930.77929121</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J112" s="5">
-        <v>4294</v>
+        <v>3370</v>
       </c>
       <c r="K112" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L112" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M112" s="4">
-        <v>260216501.48443499</v>
+        <v>82123514.926229</v>
       </c>
       <c r="N112" s="4">
-        <v>1667519.3848125599</v>
+        <v>523930.77929121</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>1.634E-3</v>
+        <v>5.13E-4</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D113" s="4">
-        <v>458465</v>
+        <v>87700</v>
       </c>
       <c r="E113" s="5">
-        <v>32.387042999999998</v>
+        <v>11.772938999999999</v>
       </c>
       <c r="F113" s="4">
-        <v>14848331.368151199</v>
+        <v>1032486.7807154</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H113" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I113" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J113" s="5">
-        <v>5054</v>
+        <v>15.14</v>
       </c>
       <c r="K113" s="5">
-        <v>156.05006085952374</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L113" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M113" s="4">
-        <v>2317083013.6623702</v>
+        <v>1327777.994317</v>
       </c>
       <c r="N113" s="4">
-        <v>14848331.368151199</v>
+        <v>1032486.7807154</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>228</v>
+        <v>274</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>1.4553E-2</v>
+        <v>1.0120000000000001E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D114" s="4">
-        <v>24369</v>
+        <v>72700</v>
       </c>
       <c r="E114" s="5">
-        <v>20.666445</v>
+        <v>7.8820579999999998</v>
       </c>
       <c r="F114" s="4">
-        <v>503620.79461710999</v>
+        <v>573025.63114279998</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H114" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I114" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J114" s="5">
-        <v>3225</v>
+        <v>61.35</v>
       </c>
       <c r="K114" s="5">
-        <v>156.05006085952374</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="M114" s="4">
-        <v>78590055.650121003</v>
+        <v>4460144.8707219996</v>
       </c>
       <c r="N114" s="4">
-        <v>503620.79461710999</v>
+        <v>573025.63114279998</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>89</v>
+        <v>136</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>228</v>
+        <v>287</v>
       </c>
       <c r="T114" s="4">
         <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>4.9299999999999995E-4</v>
+        <v>5.6099999999999998E-4</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D115" s="4">
-        <v>87700</v>
+        <v>20256</v>
       </c>
       <c r="E115" s="5">
-        <v>11.535342999999999</v>
+        <v>20.957609999999999</v>
       </c>
       <c r="F115" s="4">
-        <v>1011649.61587461</v>
+        <v>424517.27327825001</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H115" s="3" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="J115" s="5">
-        <v>14.94</v>
+        <v>3285</v>
       </c>
       <c r="K115" s="5">
-        <v>1.2951499974084049</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L115" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="M115" s="4">
-        <v>1310237.9973780001</v>
+        <v>66540947.786408</v>
       </c>
       <c r="N115" s="4">
-        <v>1011649.61587461</v>
+        <v>424517.27327825001</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>136</v>
+        <v>84</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>270</v>
+        <v>236</v>
       </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>9.9099999999999991E-4</v>
+        <v>4.1599999999999997E-4</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D116" s="4">
-        <v>72700</v>
+        <v>681600</v>
       </c>
       <c r="E116" s="5">
-        <v>8.0790179999999996</v>
+        <v>7.397367</v>
       </c>
       <c r="F116" s="4">
-        <v>587344.58487463999</v>
+        <v>5042044.0843408098</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H116" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="I116" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="J116" s="5">
-        <v>62.9</v>
+        <v>1159.5</v>
       </c>
       <c r="K116" s="5">
-        <v>7.7856001432550421</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L116" s="3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="M116" s="4">
-        <v>4572830.0841399999</v>
+        <v>790315054.93767095</v>
       </c>
       <c r="N116" s="4">
-        <v>587344.58487463999</v>
+        <v>5042044.0843408098</v>
       </c>
       <c r="O116" s="3" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>5.7499999999999999E-4</v>
+        <v>4.9430000000000003E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D117" s="4">
-        <v>20256</v>
+        <v>253973</v>
       </c>
       <c r="E117" s="5">
-        <v>21.531552000000001</v>
+        <v>3.687773</v>
       </c>
       <c r="F117" s="4">
-        <v>436143.28740788001</v>
+        <v>936594.77212900005</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H117" s="3" t="s">
-        <v>69</v>
+        <v>219</v>
       </c>
       <c r="I117" s="3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="J117" s="5">
-        <v>3360</v>
+        <v>3.14</v>
       </c>
       <c r="K117" s="5">
-        <v>156.05006085952374</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L117" s="3" t="s">
-        <v>71</v>
+        <v>220</v>
       </c>
       <c r="M117" s="4">
-        <v>68060186.543472007</v>
+        <v>797475.22</v>
       </c>
       <c r="N117" s="4">
-        <v>436143.28740788001</v>
+        <v>936594.77212900005</v>
       </c>
       <c r="O117" s="3" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>89</v>
+        <v>200</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="S117" s="3" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="T117" s="4">
         <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>4.2700000000000002E-4</v>
+        <v>9.1799999999999998E-4</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D118" s="4">
-        <v>681600</v>
+        <v>71660</v>
       </c>
       <c r="E118" s="5">
-        <v>7.2508780000000002</v>
+        <v>48.105471999999999</v>
       </c>
       <c r="F118" s="4">
-        <v>4942200.5767382197</v>
+        <v>3447238.1235199999</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H118" s="3" t="s">
-        <v>69</v>
+        <v>126</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="J118" s="5">
-        <v>1131.5</v>
+        <v>40.96</v>
       </c>
       <c r="K118" s="5">
-        <v>156.05006085952374</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L118" s="3" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="M118" s="4">
-        <v>771230700.77997196</v>
+        <v>2935193.6000000001</v>
       </c>
       <c r="N118" s="4">
-        <v>4942200.5767382197</v>
+        <v>3447238.1235199999</v>
       </c>
       <c r="O118" s="3" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="R118" s="3" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="S118" s="3" t="s">
-        <v>228</v>
+        <v>130</v>
       </c>
       <c r="T118" s="4">
         <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>4.8440000000000002E-3</v>
+        <v>3.3800000000000002E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D119" s="4">
-        <v>253973</v>
+        <v>96212</v>
       </c>
       <c r="E119" s="5">
-        <v>3.5280719999999999</v>
+        <v>138.34017</v>
       </c>
       <c r="F119" s="4">
-        <v>896035.03005599999</v>
+        <v>13309984.474597599</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H119" s="3" t="s">
-        <v>211</v>
+        <v>44</v>
       </c>
       <c r="I119" s="3" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="J119" s="5">
-        <v>3.04</v>
+        <v>109.6</v>
       </c>
       <c r="K119" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L119" s="3" t="s">
-        <v>212</v>
+        <v>46</v>
       </c>
       <c r="M119" s="4">
-        <v>772077.92</v>
+        <v>10544835.217741</v>
       </c>
       <c r="N119" s="4">
-        <v>896035.03005599999</v>
+        <v>13309984.474597599</v>
       </c>
       <c r="O119" s="3" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="P119" s="3" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="R119" s="3" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="S119" s="3" t="s">
-        <v>215</v>
+        <v>550</v>
       </c>
       <c r="T119" s="4">
         <v>1</v>
       </c>
       <c r="W119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X119" s="4">
         <v>0</v>
       </c>
       <c r="Y119" s="4">
         <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>8.7799999999999998E-4</v>
+        <v>1.3050000000000001E-2</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D120" s="4">
-        <v>315507</v>
+        <v>365040</v>
       </c>
       <c r="E120" s="5">
-        <v>45.145395000000001</v>
+        <v>74.749132000000003</v>
       </c>
       <c r="F120" s="4">
-        <v>14243688.140264999</v>
+        <v>27286423.2249921</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H120" s="3" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="I120" s="3" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="J120" s="5">
-        <v>38.9</v>
+        <v>59.22</v>
       </c>
       <c r="K120" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L120" s="3" t="s">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="M120" s="4">
-        <v>12273222.300000001</v>
+        <v>21617668.836371001</v>
       </c>
       <c r="N120" s="4">
-        <v>14243688.140264999</v>
+        <v>27286423.2249921</v>
       </c>
       <c r="O120" s="3" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="P120" s="3" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="R120" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="S120" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="S120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T120" s="4">
         <v>1</v>
       </c>
       <c r="W120" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X120" s="4">
         <v>0</v>
       </c>
       <c r="Y120" s="4">
         <v>0</v>
       </c>
       <c r="Z120" s="6">
-        <v>1.3960999999999999E-2</v>
+        <v>2.6754E-2</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D121" s="4">
-        <v>55050</v>
+        <v>49963</v>
       </c>
       <c r="E121" s="5">
-        <v>130.120182</v>
+        <v>414.26317399999999</v>
       </c>
       <c r="F121" s="4">
-        <v>7163116.0097141797</v>
+        <v>20697830.987693202</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H121" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I121" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J121" s="5">
-        <v>104.48</v>
+        <v>328.2</v>
       </c>
       <c r="K121" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L121" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M121" s="4">
-        <v>5751623.9982629996</v>
+        <v>16397856.627589</v>
       </c>
       <c r="N121" s="4">
-        <v>7163116.0097141797</v>
+        <v>20697830.987693202</v>
       </c>
       <c r="O121" s="3" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="P121" s="3" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>173</v>
+        <v>149</v>
       </c>
       <c r="R121" s="3" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="S121" s="3" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="T121" s="4">
         <v>1</v>
       </c>
       <c r="W121" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X121" s="4">
         <v>0</v>
       </c>
       <c r="Y121" s="4">
         <v>0</v>
       </c>
       <c r="Z121" s="6">
-        <v>7.0210000000000003E-3</v>
+        <v>2.0294E-2</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D122" s="4">
-        <v>345629</v>
+        <v>55598</v>
       </c>
       <c r="E122" s="5">
-        <v>71.884923999999998</v>
+        <v>29.807541000000001</v>
       </c>
       <c r="F122" s="4">
-        <v>24845514.515225101</v>
+        <v>1657239.6645180001</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H122" s="3" t="s">
-        <v>44</v>
+        <v>113</v>
       </c>
       <c r="I122" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J122" s="5">
-        <v>57.72</v>
+        <v>25.38</v>
       </c>
       <c r="K122" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L122" s="3" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="M122" s="4">
-        <v>19949705.873975001</v>
+        <v>1411077.24</v>
       </c>
       <c r="N122" s="4">
-        <v>24845514.515225101</v>
+        <v>1657239.6645180001</v>
       </c>
       <c r="O122" s="3" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="P122" s="3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="Q122" s="3" t="s">
-        <v>121</v>
+        <v>93</v>
       </c>
       <c r="R122" s="3" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="S122" s="3" t="s">
-        <v>555</v>
+        <v>117</v>
       </c>
       <c r="T122" s="4">
         <v>1</v>
       </c>
       <c r="W122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>2.4351999999999999E-2</v>
+        <v>1.624E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D123" s="4">
-        <v>43654</v>
+        <v>63600</v>
       </c>
       <c r="E123" s="5">
-        <v>382.83828399999999</v>
+        <v>94.883815999999996</v>
       </c>
       <c r="F123" s="4">
-        <v>16712422.4422442</v>
+        <v>6034610.6657999996</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H123" s="3" t="s">
-        <v>44</v>
+        <v>126</v>
       </c>
       <c r="I123" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J123" s="5">
-        <v>307.39999999999998</v>
+        <v>80.790000000000006</v>
       </c>
       <c r="K123" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L123" s="3" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="M123" s="4">
-        <v>13419239.595946999</v>
+        <v>5138244</v>
       </c>
       <c r="N123" s="4">
-        <v>16712422.4422442</v>
+        <v>6034610.6657999996</v>
       </c>
       <c r="O123" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="P123" s="3" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>173</v>
+        <v>93</v>
       </c>
       <c r="R123" s="3" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="S123" s="3" t="s">
-        <v>555</v>
+        <v>130</v>
       </c>
       <c r="T123" s="4">
         <v>1</v>
       </c>
       <c r="W123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X123" s="4">
         <v>0</v>
       </c>
       <c r="Y123" s="4">
         <v>0</v>
       </c>
       <c r="Z123" s="6">
-        <v>1.6381E-2</v>
+        <v>5.9160000000000003E-3</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D124" s="4">
-        <v>55598</v>
+        <v>18036</v>
       </c>
       <c r="E124" s="5">
-        <v>28.781639999999999</v>
+        <v>67.530874999999995</v>
       </c>
       <c r="F124" s="4">
-        <v>1600201.62072</v>
+        <v>1217986.8615000001</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H124" s="3" t="s">
-        <v>113</v>
+        <v>141</v>
       </c>
       <c r="I124" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J124" s="5">
-        <v>24.8</v>
+        <v>57.5</v>
       </c>
       <c r="K124" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L124" s="3" t="s">
-        <v>114</v>
+        <v>142</v>
       </c>
       <c r="M124" s="4">
-        <v>1378830.4</v>
+        <v>1037070</v>
       </c>
       <c r="N124" s="4">
-        <v>1600201.62072</v>
+        <v>1217986.8615000001</v>
       </c>
       <c r="O124" s="3" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="P124" s="3" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>95</v>
+        <v>136</v>
       </c>
       <c r="R124" s="3" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="S124" s="3" t="s">
-        <v>117</v>
+        <v>145</v>
       </c>
       <c r="T124" s="4">
         <v>1</v>
       </c>
       <c r="W124" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X124" s="4">
         <v>0</v>
       </c>
       <c r="Y124" s="4">
         <v>0</v>
       </c>
       <c r="Z124" s="6">
-        <v>1.5679999999999999E-3</v>
+        <v>1.194E-3</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D125" s="4">
-        <v>63600</v>
+        <v>95126</v>
       </c>
       <c r="E125" s="5">
-        <v>85.520930000000007</v>
+        <v>102.130172</v>
       </c>
       <c r="F125" s="4">
-        <v>5439131.1162</v>
+        <v>9715234.7416719906</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H125" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I125" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J125" s="5">
-        <v>73.69</v>
+        <v>86.96</v>
       </c>
       <c r="K125" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L125" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M125" s="4">
-        <v>4686684</v>
+        <v>8272156.9599989997</v>
       </c>
       <c r="N125" s="4">
-        <v>5439131.1162</v>
+        <v>9715234.7416719906</v>
       </c>
       <c r="O125" s="3" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="S125" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T125" s="4">
         <v>1</v>
       </c>
       <c r="W125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X125" s="4">
         <v>0</v>
       </c>
       <c r="Y125" s="4">
         <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>5.3309999999999998E-3</v>
+        <v>9.5250000000000005E-3</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D126" s="4">
-        <v>18036</v>
+        <v>29381</v>
       </c>
       <c r="E126" s="5">
-        <v>61.509149999999998</v>
+        <v>8.309234</v>
       </c>
       <c r="F126" s="4">
-        <v>1109379.0294000001</v>
+        <v>244133.59680875001</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H126" s="3" t="s">
         <v>141</v>
       </c>
       <c r="I126" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J126" s="5">
-        <v>53</v>
+        <v>7.0750000000000002</v>
       </c>
       <c r="K126" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L126" s="3" t="s">
         <v>142</v>
       </c>
       <c r="M126" s="4">
-        <v>955908</v>
+        <v>207870.57500000001</v>
       </c>
       <c r="N126" s="4">
-        <v>1109379.0294000001</v>
+        <v>244133.59680875001</v>
       </c>
       <c r="O126" s="3" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="P126" s="3" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="S126" s="3" t="s">
         <v>145</v>
       </c>
       <c r="T126" s="4">
         <v>1</v>
       </c>
       <c r="W126" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X126" s="4">
         <v>0</v>
       </c>
       <c r="Y126" s="4">
         <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>1.0870000000000001E-3</v>
+        <v>2.3900000000000001E-4</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D127" s="4">
-        <v>165390</v>
+        <v>49157</v>
       </c>
       <c r="E127" s="5">
-        <v>99.737667000000002</v>
+        <v>10.284221000000001</v>
       </c>
       <c r="F127" s="4">
-        <v>16495612.745130001</v>
+        <v>505541.38250024</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H127" s="3" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="I127" s="3" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="J127" s="5">
-        <v>85.94</v>
+        <v>1612</v>
       </c>
       <c r="K127" s="5">
-        <v>0.86166041962862439</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L127" s="3" t="s">
-        <v>127</v>
+        <v>71</v>
       </c>
       <c r="M127" s="4">
-        <v>14213616.6</v>
+        <v>79241069.455301002</v>
       </c>
       <c r="N127" s="4">
-        <v>16495612.745130001</v>
+        <v>505541.38250024</v>
       </c>
       <c r="O127" s="3" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="P127" s="3" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="R127" s="3" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="S127" s="3" t="s">
-        <v>130</v>
+        <v>236</v>
       </c>
       <c r="T127" s="4">
         <v>1</v>
       </c>
       <c r="W127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X127" s="4">
         <v>0</v>
       </c>
       <c r="Y127" s="4">
         <v>0</v>
       </c>
       <c r="Z127" s="6">
-        <v>1.6167999999999998E-2</v>
+        <v>4.95E-4</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="C128" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D128" s="4">
+        <v>103137</v>
+      </c>
+      <c r="E128" s="5">
+        <v>1.8938299999999999</v>
+      </c>
+      <c r="F128" s="4">
+        <v>195323.9859648</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I128" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J128" s="5">
+        <v>1.4079999999999999</v>
+      </c>
+      <c r="K128" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L128" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M128" s="4">
+        <v>145216.89600000001</v>
+      </c>
+      <c r="N128" s="4">
+        <v>195323.9859648</v>
+      </c>
+      <c r="O128" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="P128" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="Q128" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="R128" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="S128" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D128" s="4">
-[...46 lines deleted...]
-      </c>
       <c r="T128" s="4">
         <v>1</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X128" s="4">
         <v>0</v>
       </c>
       <c r="Y128" s="4">
         <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>2.4699999999999999E-4</v>
+        <v>1.9100000000000001E-4</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D129" s="4">
-        <v>49157</v>
+        <v>220000</v>
       </c>
       <c r="E129" s="5">
-        <v>9.9070769999999992</v>
+        <v>11.550074</v>
       </c>
       <c r="F129" s="4">
-        <v>487002.38385133003</v>
+        <v>2541016.2523286399</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H129" s="3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="I129" s="3" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J129" s="5">
-        <v>1546</v>
+        <v>89.9</v>
       </c>
       <c r="K129" s="5">
-        <v>156.05006085952374</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L129" s="3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="M129" s="4">
-        <v>75996751.638733</v>
+        <v>19777999.426734</v>
       </c>
       <c r="N129" s="4">
-        <v>487002.38385133003</v>
+        <v>2541016.2523286399</v>
       </c>
       <c r="O129" s="3" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="P129" s="3" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>228</v>
+        <v>287</v>
       </c>
       <c r="T129" s="4">
         <v>1</v>
       </c>
       <c r="W129" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>4.7699999999999999E-4</v>
+        <v>2.4910000000000002E-3</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D130" s="4">
-        <v>103137</v>
+        <v>135546</v>
       </c>
       <c r="E130" s="5">
-        <v>1.8523499999999999</v>
+        <v>10.689605999999999</v>
       </c>
       <c r="F130" s="4">
-        <v>191045.82195000001</v>
+        <v>1448933.2671030001</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H130" s="3" t="s">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="I130" s="3" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J130" s="5">
-        <v>1.3979999999999999</v>
+        <v>16.03</v>
       </c>
       <c r="K130" s="5">
-        <v>0.75471698113207553</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L130" s="3" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="M130" s="4">
-        <v>144185.52600000001</v>
+        <v>2172802.38</v>
       </c>
       <c r="N130" s="4">
-        <v>191045.82195000001</v>
+        <v>1448933.2671030001</v>
       </c>
       <c r="O130" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="P130" s="3" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="Q130" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R130" s="3" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="S130" s="3" t="s">
-        <v>91</v>
+        <v>249</v>
       </c>
       <c r="T130" s="4">
         <v>1</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X130" s="4">
         <v>0</v>
       </c>
       <c r="Y130" s="4">
         <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>1.8699999999999999E-4</v>
+        <v>1.42E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D131" s="4">
-        <v>220000</v>
+        <v>202800</v>
       </c>
       <c r="E131" s="5">
-        <v>11.701089</v>
+        <v>1.370849</v>
       </c>
       <c r="F131" s="4">
-        <v>2574239.6218660101</v>
+        <v>278008.09404509998</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H131" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I131" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J131" s="5">
-        <v>91.1</v>
+        <v>10.67</v>
       </c>
       <c r="K131" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L131" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M131" s="4">
-        <v>20042000.368772</v>
+        <v>2163875.9372800002</v>
       </c>
       <c r="N131" s="4">
-        <v>2574239.6218660101</v>
+        <v>278008.09404509998</v>
       </c>
       <c r="O131" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="P131" s="3" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>121</v>
+        <v>93</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>2.5230000000000001E-3</v>
+        <v>2.72E-4</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D132" s="4">
-        <v>135546</v>
+        <v>29118</v>
       </c>
       <c r="E132" s="5">
-        <v>10.643634</v>
+        <v>27.388438000000001</v>
       </c>
       <c r="F132" s="4">
-        <v>1442702.0141640001</v>
+        <v>797496.40498899005</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H132" s="3" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="I132" s="3" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="J132" s="5">
-        <v>16.23</v>
+        <v>4293</v>
       </c>
       <c r="K132" s="5">
-        <v>1.5248551387618177</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L132" s="3" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="M132" s="4">
-        <v>2199911.58</v>
+        <v>125003551.05559701</v>
       </c>
       <c r="N132" s="4">
-        <v>1442702.0141640001</v>
+        <v>797496.40498899005</v>
       </c>
       <c r="O132" s="3" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="P132" s="3" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="R132" s="3" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="S132" s="3" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
       <c r="T132" s="4">
         <v>1</v>
       </c>
       <c r="W132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>1.4139999999999999E-3</v>
+        <v>7.8100000000000001E-4</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C133" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D133" s="4">
+        <v>244136</v>
+      </c>
+      <c r="E133" s="5">
+        <v>17.687408000000001</v>
+      </c>
+      <c r="F133" s="4">
+        <v>4318132.9174199998</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H133" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J133" s="5">
+        <v>13.15</v>
+      </c>
+      <c r="K133" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L133" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M133" s="4">
+        <v>3210388.4</v>
+      </c>
+      <c r="N133" s="4">
+        <v>4318132.9174199998</v>
+      </c>
+      <c r="O133" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="P133" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="Q133" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="R133" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="S133" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D133" s="4">
-[...46 lines deleted...]
-      </c>
       <c r="T133" s="4">
         <v>1</v>
       </c>
       <c r="W133" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>2.7999999999999998E-4</v>
+        <v>4.2329999999999998E-3</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D134" s="4">
-        <v>29118</v>
+        <v>66604</v>
       </c>
       <c r="E134" s="5">
-        <v>26.799092000000002</v>
+        <v>7.2581009999999999</v>
       </c>
       <c r="F134" s="4">
-        <v>780336.27683434996</v>
+        <v>483418.55900399998</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H134" s="3" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="I134" s="3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="J134" s="5">
-        <v>4182</v>
+        <v>6.18</v>
       </c>
       <c r="K134" s="5">
-        <v>156.05006085952374</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L134" s="3" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="M134" s="4">
-        <v>121771523.490894</v>
+        <v>411612.72</v>
       </c>
       <c r="N134" s="4">
-        <v>780336.27683434996</v>
+        <v>483418.55900399998</v>
       </c>
       <c r="O134" s="3" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="P134" s="3" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>95</v>
+        <v>136</v>
       </c>
       <c r="R134" s="3" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>228</v>
+        <v>117</v>
       </c>
       <c r="T134" s="4">
         <v>1</v>
       </c>
       <c r="W134" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>7.6400000000000003E-4</v>
+        <v>4.73E-4</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D135" s="4">
-        <v>323508</v>
+        <v>529300</v>
       </c>
       <c r="E135" s="5">
-        <v>15.03875</v>
+        <v>15.365474000000001</v>
       </c>
       <c r="F135" s="4">
-        <v>4865155.9349999996</v>
+        <v>8132945.5676516304</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H135" s="3" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="I135" s="3" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="J135" s="5">
-        <v>11.35</v>
+        <v>19.760000000000002</v>
       </c>
       <c r="K135" s="5">
-        <v>0.75471698113207553</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L135" s="3" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="M135" s="4">
-        <v>3671815.8</v>
+        <v>10458967.955235001</v>
       </c>
       <c r="N135" s="4">
-        <v>4865155.9349999996</v>
+        <v>8132945.5676516304</v>
       </c>
       <c r="O135" s="3" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="P135" s="3" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R135" s="3" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="S135" s="3" t="s">
-        <v>91</v>
+        <v>274</v>
       </c>
       <c r="T135" s="4">
         <v>1</v>
       </c>
       <c r="W135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>4.7679999999999997E-3</v>
+        <v>7.9740000000000002E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D136" s="4">
-        <v>66604</v>
+        <v>374100</v>
       </c>
       <c r="E136" s="5">
-        <v>6.7776120000000004</v>
+        <v>26.616484</v>
       </c>
       <c r="F136" s="4">
-        <v>451416.069648</v>
+        <v>9957224.7918593902</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H136" s="3" t="s">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="I136" s="3" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="J136" s="5">
-        <v>5.84</v>
+        <v>4172</v>
       </c>
       <c r="K136" s="5">
-        <v>0.86166041962862439</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L136" s="3" t="s">
-        <v>114</v>
+        <v>71</v>
       </c>
       <c r="M136" s="4">
-        <v>388967.36</v>
+        <v>1560744913.52527</v>
       </c>
       <c r="N136" s="4">
-        <v>451416.069648</v>
+        <v>9957224.7918593902</v>
       </c>
       <c r="O136" s="3" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="P136" s="3" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="R136" s="3" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="S136" s="3" t="s">
-        <v>117</v>
+        <v>236</v>
       </c>
       <c r="T136" s="4">
         <v>1</v>
       </c>
       <c r="W136" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>4.4200000000000001E-4</v>
+        <v>9.7630000000000008E-3</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D137" s="4">
-        <v>114525</v>
+        <v>8072</v>
       </c>
       <c r="E137" s="5">
-        <v>54.441400999999999</v>
+        <v>139.75954999999999</v>
       </c>
       <c r="F137" s="4">
-        <v>6234901.3922624998</v>
+        <v>1128139.0876</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H137" s="3" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="I137" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J137" s="5">
-        <v>46.91</v>
+        <v>119</v>
       </c>
       <c r="K137" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L137" s="3" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="M137" s="4">
-        <v>5372367.75</v>
+        <v>960568</v>
       </c>
       <c r="N137" s="4">
-        <v>6234901.3922624998</v>
+        <v>1128139.0876</v>
       </c>
       <c r="O137" s="3" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="P137" s="3" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>121</v>
+        <v>149</v>
       </c>
       <c r="R137" s="3" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="S137" s="3" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="T137" s="4">
         <v>1</v>
       </c>
       <c r="W137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>6.1110000000000001E-3</v>
+        <v>1.106E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D138" s="4">
-        <v>568200</v>
+        <v>68700</v>
       </c>
       <c r="E138" s="5">
-        <v>14.28406</v>
+        <v>19.949603</v>
       </c>
       <c r="F138" s="4">
-        <v>8116202.7564374804</v>
+        <v>1370537.49720884</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H138" s="3" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="I138" s="3" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="J138" s="5">
-        <v>18.5</v>
+        <v>3127</v>
       </c>
       <c r="K138" s="5">
-        <v>1.2951499974084049</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L138" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="M138" s="4">
-        <v>10511699.978966</v>
+        <v>214824860.568896</v>
       </c>
       <c r="N138" s="4">
-        <v>8116202.7564374804</v>
+        <v>1370537.49720884</v>
       </c>
       <c r="O138" s="3" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="P138" s="3" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>95</v>
+        <v>626</v>
       </c>
       <c r="R138" s="3" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="S138" s="3" t="s">
-        <v>270</v>
+        <v>236</v>
       </c>
       <c r="T138" s="4">
         <v>1</v>
       </c>
       <c r="W138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X138" s="4">
         <v>0</v>
       </c>
       <c r="Y138" s="4">
         <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>7.9550000000000003E-3</v>
+        <v>1.343E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D139" s="4">
-        <v>403600</v>
+        <v>33788</v>
       </c>
       <c r="E139" s="5">
-        <v>29.330331000000001</v>
+        <v>149.44876300000001</v>
       </c>
       <c r="F139" s="4">
-        <v>11837726.369753201</v>
+        <v>5049574.7873499999</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H139" s="3" t="s">
-        <v>69</v>
+        <v>126</v>
       </c>
       <c r="I139" s="3" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="J139" s="5">
-        <v>4577</v>
+        <v>127.25</v>
       </c>
       <c r="K139" s="5">
-        <v>156.05006085952374</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L139" s="3" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="M139" s="4">
-        <v>1847277920.43838</v>
+        <v>4299523</v>
       </c>
       <c r="N139" s="4">
-        <v>11837726.369753201</v>
+        <v>5049574.7873499999</v>
       </c>
       <c r="O139" s="3" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="P139" s="3" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="S139" s="3" t="s">
-        <v>228</v>
+        <v>130</v>
       </c>
       <c r="T139" s="4">
         <v>1</v>
       </c>
       <c r="W139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X139" s="4">
         <v>0</v>
       </c>
       <c r="Y139" s="4">
         <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>1.1601999999999999E-2</v>
+        <v>4.9509999999999997E-3</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D140" s="4">
-        <v>15185</v>
+        <v>42854</v>
       </c>
       <c r="E140" s="5">
-        <v>151.50980300000001</v>
+        <v>143.75268</v>
       </c>
       <c r="F140" s="4">
-        <v>2300676.3509625001</v>
+        <v>6160377.3487200001</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H140" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I140" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J140" s="5">
-        <v>130.55000000000001</v>
+        <v>122.4</v>
       </c>
       <c r="K140" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L140" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M140" s="4">
-        <v>1982401.75</v>
+        <v>5245329.5999999996</v>
       </c>
       <c r="N140" s="4">
-        <v>2300676.3509625001</v>
+        <v>6160377.3487200001</v>
       </c>
       <c r="O140" s="3" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="P140" s="3" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="Q140" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="S140" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>2.2550000000000001E-3</v>
+        <v>6.0400000000000002E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D141" s="4">
-        <v>42854</v>
+        <v>16565</v>
       </c>
       <c r="E141" s="5">
-        <v>138.10544999999999</v>
+        <v>65.287676000000005</v>
       </c>
       <c r="F141" s="4">
-        <v>5918370.9543000003</v>
+        <v>1081490.3446575</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H141" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I141" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J141" s="5">
-        <v>119</v>
+        <v>55.59</v>
       </c>
       <c r="K141" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L141" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M141" s="4">
-        <v>5099626</v>
+        <v>920848.35</v>
       </c>
       <c r="N141" s="4">
-        <v>5918370.9543000003</v>
+        <v>1081490.3446575</v>
       </c>
       <c r="O141" s="3" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="P141" s="3" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>121</v>
+        <v>626</v>
       </c>
       <c r="R141" s="3" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="S141" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>5.8009999999999997E-3</v>
+        <v>1.06E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D142" s="4">
         <v>40876</v>
       </c>
       <c r="E142" s="5">
-        <v>7.0213279999999996</v>
+        <v>9.5365339999999996</v>
       </c>
       <c r="F142" s="4">
-        <v>287003.78288999997</v>
+        <v>389815.36378399999</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H142" s="3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="I142" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J142" s="5">
-        <v>6.05</v>
+        <v>8.1199999999999992</v>
       </c>
       <c r="K142" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L142" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="M142" s="4">
-        <v>247299.8</v>
+        <v>331913.12</v>
       </c>
       <c r="N142" s="4">
-        <v>287003.78288999997</v>
+        <v>389815.36378399999</v>
       </c>
       <c r="O142" s="3" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="P142" s="3" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="Q142" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R142" s="3" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="S142" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>2.81E-4</v>
+        <v>3.8200000000000002E-4</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D143" s="4">
         <v>25959</v>
       </c>
       <c r="E143" s="5">
-        <v>37.230443999999999</v>
+        <v>40.236657000000001</v>
       </c>
       <c r="F143" s="4">
-        <v>966465.09579599998</v>
+        <v>1044503.379063</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H143" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I143" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J143" s="5">
-        <v>32.08</v>
+        <v>34.26</v>
       </c>
       <c r="K143" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L143" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M143" s="4">
-        <v>832764.72</v>
+        <v>889355.34</v>
       </c>
       <c r="N143" s="4">
-        <v>966465.09579599998</v>
+        <v>1044503.379063</v>
       </c>
       <c r="O143" s="3" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="P143" s="3" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="Q143" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R143" s="3" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="S143" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>9.4700000000000003E-4</v>
+        <v>1.024E-3</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D144" s="4">
         <v>50204</v>
       </c>
       <c r="E144" s="5">
-        <v>112.460303</v>
+        <v>102.922057</v>
       </c>
       <c r="F144" s="4">
-        <v>5645957.0334391901</v>
+        <v>5167098.9712843196</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H144" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I144" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J144" s="5">
-        <v>90.3</v>
+        <v>81.540000000000006</v>
       </c>
       <c r="K144" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L144" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M144" s="4">
-        <v>4533421.1986300005</v>
+        <v>4093634.1668870002</v>
       </c>
       <c r="N144" s="4">
-        <v>5645957.0334391901</v>
+        <v>5167098.9712843196</v>
       </c>
       <c r="O144" s="3" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="P144" s="3" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="Q144" s="3" t="s">
         <v>136</v>
       </c>
       <c r="R144" s="3" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="S144" s="3" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
       <c r="T144" s="4">
         <v>1</v>
       </c>
       <c r="W144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>5.5339999999999999E-3</v>
+        <v>5.0660000000000002E-3</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D145" s="4">
         <v>24046</v>
       </c>
       <c r="E145" s="5">
-        <v>39.516728000000001</v>
+        <v>40.459803000000001</v>
       </c>
       <c r="F145" s="4">
-        <v>950219.22946499998</v>
+        <v>972896.41091500001</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H145" s="3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="I145" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J145" s="5">
-        <v>34.049999999999997</v>
+        <v>34.450000000000003</v>
       </c>
       <c r="K145" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L145" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="M145" s="4">
-        <v>818766.3</v>
+        <v>828384.7</v>
       </c>
       <c r="N145" s="4">
-        <v>950219.22946499998</v>
+        <v>972896.41091500001</v>
       </c>
       <c r="O145" s="3" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="P145" s="3" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="Q145" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R145" s="3" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="S145" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="T145" s="4">
         <v>1</v>
       </c>
       <c r="W145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>9.3099999999999997E-4</v>
+        <v>9.5299999999999996E-4</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D146" s="4">
-        <v>591555</v>
+        <v>439636</v>
       </c>
       <c r="E146" s="5">
-        <v>15.778548000000001</v>
+        <v>15.310876</v>
       </c>
       <c r="F146" s="4">
-        <v>9333878.9621399809</v>
+        <v>6731212.2811360201</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H146" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I146" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J146" s="5">
-        <v>24.06</v>
+        <v>22.96</v>
       </c>
       <c r="K146" s="5">
-        <v>1.5248551387618177</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L146" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M146" s="4">
-        <v>14232813.299999001</v>
+        <v>10094042.560000001</v>
       </c>
       <c r="N146" s="4">
-        <v>9333878.9621399809</v>
+        <v>6731212.2811360201</v>
       </c>
       <c r="O146" s="3" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="Q146" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="S146" s="3" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>9.1479999999999999E-3</v>
+        <v>6.5989999999999998E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D147" s="4">
-        <v>1543322</v>
+        <v>1851134</v>
       </c>
       <c r="E147" s="5">
-        <v>4.6282730000000001</v>
+        <v>5.0289950000000001</v>
       </c>
       <c r="F147" s="4">
-        <v>7142916.1602347996</v>
+        <v>9309343.4452165999</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H147" s="3" t="s">
         <v>133</v>
       </c>
       <c r="I147" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J147" s="5">
-        <v>3.988</v>
+        <v>4.282</v>
       </c>
       <c r="K147" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L147" s="3" t="s">
         <v>134</v>
       </c>
       <c r="M147" s="4">
-        <v>6154768.1359999999</v>
+        <v>7926555.7879999997</v>
       </c>
       <c r="N147" s="4">
-        <v>7142916.1602347996</v>
+        <v>9309343.4452165999</v>
       </c>
       <c r="O147" s="3" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="P147" s="3" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R147" s="3" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="S147" s="3" t="s">
         <v>138</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>7.0010000000000003E-3</v>
+        <v>9.1269999999999997E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D148" s="4">
         <v>1180000</v>
       </c>
       <c r="E148" s="5">
-        <v>1.6402080000000001</v>
+        <v>1.489047</v>
       </c>
       <c r="F148" s="4">
-        <v>1935444.92396219</v>
+        <v>1757075.86561316</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H148" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I148" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J148" s="5">
-        <v>12.77</v>
+        <v>11.59</v>
       </c>
       <c r="K148" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L148" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M148" s="4">
-        <v>15068600.277262</v>
+        <v>13676199.603595</v>
       </c>
       <c r="N148" s="4">
-        <v>1935444.92396219</v>
+        <v>1757075.86561316</v>
       </c>
       <c r="O148" s="3" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="P148" s="3" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>173</v>
+        <v>149</v>
       </c>
       <c r="R148" s="3" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>1.897E-3</v>
+        <v>1.722E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D149" s="4">
         <v>551848</v>
       </c>
       <c r="E149" s="5">
-        <v>10.709623000000001</v>
+        <v>11.153135000000001</v>
       </c>
       <c r="F149" s="4">
-        <v>5910084.4903287096</v>
+        <v>6154835.2558033504</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H149" s="3" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="I149" s="3" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="J149" s="5">
-        <v>108.3</v>
+        <v>112.5</v>
       </c>
       <c r="K149" s="5">
-        <v>10.11240034103059</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L149" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="M149" s="4">
+        <v>62082898.732701004</v>
+      </c>
+      <c r="N149" s="4">
+        <v>6154835.2558033504</v>
+      </c>
+      <c r="O149" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="M149" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P149" s="3" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>5.7920000000000003E-3</v>
+        <v>6.0340000000000003E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D150" s="4">
-        <v>3799622</v>
+        <v>2776222</v>
       </c>
       <c r="E150" s="5">
-        <v>2.586573</v>
+        <v>2.7060650000000002</v>
       </c>
       <c r="F150" s="4">
-        <v>9827999.6139443293</v>
+        <v>7512638.07153966</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H150" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="I150" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="J150" s="5">
-        <v>3.35</v>
+        <v>3.48</v>
       </c>
       <c r="K150" s="5">
-        <v>1.2951499974084049</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L150" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="M150" s="4">
-        <v>12728733.674528999</v>
+        <v>9661252.5186490007</v>
       </c>
       <c r="N150" s="4">
-        <v>9827999.6139443293</v>
+        <v>7512638.07153966</v>
       </c>
       <c r="O150" s="3" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="P150" s="3" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="Q150" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R150" s="3" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="S150" s="3" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="T150" s="4">
         <v>1</v>
       </c>
       <c r="W150" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>9.6329999999999992E-3</v>
+        <v>7.3660000000000002E-3</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D151" s="4">
         <v>730331</v>
       </c>
       <c r="E151" s="5">
-        <v>0.16183700000000001</v>
+        <v>0.16059599999999999</v>
       </c>
       <c r="F151" s="4">
-        <v>118194.75184957001</v>
+        <v>117288.33429691</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H151" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I151" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J151" s="5">
-        <v>1.26</v>
+        <v>1.25</v>
       </c>
       <c r="K151" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L151" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M151" s="4">
-        <v>920217.076932</v>
+        <v>912913.72353900003</v>
       </c>
       <c r="N151" s="4">
-        <v>118194.75184957001</v>
+        <v>117288.33429691</v>
       </c>
       <c r="O151" s="3" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="P151" s="3" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="Q151" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R151" s="3" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="S151" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T151" s="4">
         <v>1</v>
       </c>
       <c r="W151" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
         <v>1.15E-4</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D152" s="4">
         <v>488845</v>
       </c>
       <c r="E152" s="5">
-        <v>0.98712500000000003</v>
+        <v>0.99668199999999996</v>
       </c>
       <c r="F152" s="4">
-        <v>482551.12062499998</v>
+        <v>487223.03673225001</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H152" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I152" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J152" s="5">
-        <v>0.745</v>
+        <v>0.74099999999999999</v>
       </c>
       <c r="K152" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L152" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M152" s="4">
-        <v>364189.52500000002</v>
+        <v>362234.14500000002</v>
       </c>
       <c r="N152" s="4">
-        <v>482551.12062499998</v>
+        <v>487223.03673225001</v>
       </c>
       <c r="O152" s="3" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="P152" s="3" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R152" s="3" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="S152" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T152" s="4">
         <v>1</v>
       </c>
       <c r="W152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X152" s="4">
         <v>0</v>
       </c>
       <c r="Y152" s="4">
         <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>4.7199999999999998E-4</v>
+        <v>4.7699999999999999E-4</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D153" s="4">
-        <v>441517</v>
+        <v>364576</v>
       </c>
       <c r="E153" s="5">
-        <v>41.843499999999999</v>
+        <v>43.888981999999999</v>
       </c>
       <c r="F153" s="4">
-        <v>18474616.589499898</v>
+        <v>16000869.319344001</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H153" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I153" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J153" s="5">
-        <v>31.58</v>
+        <v>32.630000000000003</v>
       </c>
       <c r="K153" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L153" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M153" s="4">
-        <v>13943106.859998999</v>
+        <v>11896114.880000001</v>
       </c>
       <c r="N153" s="4">
-        <v>18474616.589499898</v>
+        <v>16000869.319344001</v>
       </c>
       <c r="O153" s="3" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="P153" s="3" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="Q153" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R153" s="3" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="S153" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T153" s="4">
         <v>1</v>
       </c>
       <c r="W153" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X153" s="4">
         <v>0</v>
       </c>
       <c r="Y153" s="4">
         <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>1.8107999999999999E-2</v>
+        <v>1.5688000000000001E-2</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D154" s="4">
         <v>156820</v>
       </c>
       <c r="E154" s="5">
-        <v>3.8472230000000001</v>
+        <v>3.7758569999999998</v>
       </c>
       <c r="F154" s="4">
-        <v>603321.55006499996</v>
+        <v>592129.85553499998</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H154" s="3" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="I154" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J154" s="5">
-        <v>3.3149999999999999</v>
+        <v>3.2149999999999999</v>
       </c>
       <c r="K154" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L154" s="3" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="M154" s="4">
-        <v>519858.3</v>
+        <v>504176.3</v>
       </c>
       <c r="N154" s="4">
-        <v>603321.55006499996</v>
+        <v>592129.85553499998</v>
       </c>
       <c r="O154" s="3" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="P154" s="3" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="Q154" s="3" t="s">
-        <v>509</v>
+        <v>439</v>
       </c>
       <c r="R154" s="3" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="S154" s="3" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="T154" s="4">
         <v>1</v>
       </c>
       <c r="W154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X154" s="4">
         <v>0</v>
       </c>
       <c r="Y154" s="4">
         <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>5.9100000000000005E-4</v>
+        <v>5.8E-4</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D155" s="4">
         <v>432441</v>
       </c>
       <c r="E155" s="5">
-        <v>11.159848999999999</v>
+        <v>12.26713</v>
       </c>
       <c r="F155" s="4">
-        <v>4825976.1749208001</v>
+        <v>5304810.0724402498</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H155" s="3" t="s">
         <v>133</v>
       </c>
       <c r="I155" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J155" s="5">
-        <v>9.6159999999999997</v>
+        <v>10.445</v>
       </c>
       <c r="K155" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L155" s="3" t="s">
         <v>134</v>
       </c>
       <c r="M155" s="4">
-        <v>4158352.656</v>
+        <v>4516846.2450000001</v>
       </c>
       <c r="N155" s="4">
-        <v>4825976.1749208001</v>
+        <v>5304810.0724402498</v>
       </c>
       <c r="O155" s="3" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="P155" s="3" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R155" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="S155" s="3" t="s">
         <v>138</v>
       </c>
       <c r="T155" s="4">
         <v>1</v>
       </c>
       <c r="W155" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X155" s="4">
         <v>0</v>
       </c>
       <c r="Y155" s="4">
         <v>0</v>
       </c>
       <c r="Z155" s="6">
-        <v>4.7299999999999998E-3</v>
+        <v>5.2009999999999999E-3</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D156" s="4">
         <v>381100</v>
       </c>
       <c r="E156" s="5">
-        <v>1.5982700000000001</v>
+        <v>1.625194</v>
       </c>
       <c r="F156" s="4">
-        <v>609100.87634636997</v>
+        <v>619361.58631415002</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H156" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="I156" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="J156" s="5">
-        <v>2.0699999999999998</v>
+        <v>2.09</v>
       </c>
       <c r="K156" s="5">
-        <v>1.2951499974084049</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L156" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="M156" s="4">
-        <v>788876.99842099997</v>
+        <v>796498.99659</v>
       </c>
       <c r="N156" s="4">
-        <v>609100.87634636997</v>
+        <v>619361.58631415002</v>
       </c>
       <c r="O156" s="3" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="P156" s="3" t="s">
         <v>127</v>
       </c>
       <c r="Q156" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="R156" s="3" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="S156" s="3" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="T156" s="4">
         <v>1</v>
       </c>
       <c r="W156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X156" s="4">
         <v>0</v>
       </c>
       <c r="Y156" s="4">
         <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>5.9699999999999998E-4</v>
+        <v>6.0700000000000001E-4</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D157" s="4">
         <v>38577</v>
       </c>
       <c r="E157" s="5">
-        <v>9.0136859999999999</v>
+        <v>10.013037000000001</v>
       </c>
       <c r="F157" s="4">
-        <v>347720.97128278</v>
+        <v>386272.91969246999</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H157" s="3" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="I157" s="3" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="J157" s="5">
-        <v>91.15</v>
+        <v>101</v>
       </c>
       <c r="K157" s="5">
-        <v>10.11240034103059</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L157" s="3" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="M157" s="4">
-        <v>3516293.6685830001</v>
+        <v>3896276.920465</v>
       </c>
       <c r="N157" s="4">
-        <v>347720.97128278</v>
+        <v>386272.91969246999</v>
       </c>
       <c r="O157" s="3" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="P157" s="3" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="Q157" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R157" s="3" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="S157" s="3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>3.4000000000000002E-4</v>
+        <v>3.7800000000000003E-4</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D158" s="4">
-        <v>369000</v>
+        <v>572000</v>
       </c>
       <c r="E158" s="5">
-        <v>3.4345460000000001</v>
+        <v>3.579367</v>
       </c>
       <c r="F158" s="4">
-        <v>1267347.4106041901</v>
+        <v>2047397.7002633801</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H158" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I158" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J158" s="5">
-        <v>26.74</v>
+        <v>27.86</v>
       </c>
       <c r="K158" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L158" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M158" s="4">
-        <v>9867060.1815530006</v>
+        <v>15935919.538097</v>
       </c>
       <c r="N158" s="4">
-        <v>1267347.4106041901</v>
+        <v>2047397.7002633801</v>
       </c>
       <c r="O158" s="3" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="P158" s="3" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="Q158" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="S158" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T158" s="4">
         <v>1</v>
       </c>
       <c r="W158" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>1.242E-3</v>
+        <v>2.0070000000000001E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D159" s="4">
         <v>377000</v>
       </c>
       <c r="E159" s="5">
-        <v>2.1001430000000001</v>
+        <v>2.0451009999999998</v>
       </c>
       <c r="F159" s="4">
-        <v>791753.8509053</v>
+        <v>771003.11041991005</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H159" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="I159" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="J159" s="5">
-        <v>2.72</v>
+        <v>2.63</v>
       </c>
       <c r="K159" s="5">
-        <v>1.2951499974084049</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L159" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="M159" s="4">
-        <v>1025439.997948</v>
+        <v>991509.99575600005</v>
       </c>
       <c r="N159" s="4">
-        <v>791753.8509053</v>
+        <v>771003.11041991005</v>
       </c>
       <c r="O159" s="3" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="P159" s="3" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="Q159" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="R159" s="3" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="S159" s="3" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="T159" s="4">
         <v>1</v>
       </c>
       <c r="W159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>7.76E-4</v>
+        <v>7.5500000000000003E-4</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D160" s="4">
         <v>797446</v>
       </c>
       <c r="E160" s="5">
-        <v>22.926665</v>
+        <v>24.158436999999999</v>
       </c>
       <c r="F160" s="4">
-        <v>18282777.496951502</v>
+        <v>19265048.553178899</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H160" s="3" t="s">
         <v>113</v>
       </c>
       <c r="I160" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J160" s="5">
-        <v>19.754999999999999</v>
+        <v>20.57</v>
       </c>
       <c r="K160" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L160" s="3" t="s">
         <v>114</v>
       </c>
       <c r="M160" s="4">
-        <v>15753545.73</v>
+        <v>16403464.219999</v>
       </c>
       <c r="N160" s="4">
-        <v>18282777.496951502</v>
+        <v>19265048.553178899</v>
       </c>
       <c r="O160" s="3" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="P160" s="3" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R160" s="3" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="S160" s="3" t="s">
         <v>117</v>
       </c>
       <c r="T160" s="4">
         <v>1</v>
       </c>
       <c r="W160" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.7919999999999998E-2</v>
+        <v>1.8889E-2</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D161" s="4">
         <v>109244</v>
       </c>
       <c r="E161" s="5">
-        <v>5.0667999999999997</v>
+        <v>5.3371579999999996</v>
       </c>
       <c r="F161" s="4">
-        <v>553517.49919999996</v>
+        <v>583052.53224960004</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H161" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I161" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J161" s="5">
-        <v>3.8239999999999998</v>
+        <v>3.968</v>
       </c>
       <c r="K161" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L161" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M161" s="4">
-        <v>417749.05599999998</v>
+        <v>433480.19199999998</v>
       </c>
       <c r="N161" s="4">
-        <v>553517.49919999996</v>
+        <v>583052.53224960004</v>
       </c>
       <c r="O161" s="3" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="P161" s="3" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="Q161" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>5.4199999999999995E-4</v>
+        <v>5.71E-4</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D162" s="4">
-        <v>117855</v>
+        <v>88545</v>
       </c>
       <c r="E162" s="5">
-        <v>68.356395000000006</v>
+        <v>70.232110000000006</v>
       </c>
       <c r="F162" s="4">
-        <v>8056142.9327250002</v>
+        <v>6218702.1799499998</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H162" s="3" t="s">
         <v>141</v>
       </c>
       <c r="I162" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J162" s="5">
-        <v>58.9</v>
+        <v>59.8</v>
       </c>
       <c r="K162" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L162" s="3" t="s">
         <v>142</v>
       </c>
       <c r="M162" s="4">
-        <v>6941659.5</v>
+        <v>5294991</v>
       </c>
       <c r="N162" s="4">
-        <v>8056142.9327250002</v>
+        <v>6218702.1799499998</v>
       </c>
       <c r="O162" s="3" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="P162" s="3" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="S162" s="3" t="s">
         <v>145</v>
       </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>7.8960000000000002E-3</v>
+        <v>6.097E-3</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D163" s="4">
         <v>83864</v>
       </c>
       <c r="E163" s="5">
-        <v>1.9040250000000001</v>
+        <v>1.9301470000000001</v>
       </c>
       <c r="F163" s="4">
-        <v>159679.1526</v>
+        <v>161869.82704199999</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H163" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I163" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J163" s="5">
-        <v>1.4370000000000001</v>
+        <v>1.4350000000000001</v>
       </c>
       <c r="K163" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L163" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M163" s="4">
-        <v>120512.568</v>
+        <v>120344.84</v>
       </c>
       <c r="N163" s="4">
-        <v>159679.1526</v>
+        <v>161869.82704199999</v>
       </c>
       <c r="O163" s="3" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="P163" s="3" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="Q163" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>1.56E-4</v>
+        <v>1.5799999999999999E-4</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D164" s="4">
         <v>35326</v>
       </c>
       <c r="E164" s="5">
-        <v>12.638389999999999</v>
+        <v>13.664726</v>
       </c>
       <c r="F164" s="4">
-        <v>446463.747477</v>
+        <v>482720.10184449999</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H164" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I164" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J164" s="5">
-        <v>10.89</v>
+        <v>11.635</v>
       </c>
       <c r="K164" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L164" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M164" s="4">
-        <v>384700.14</v>
+        <v>411018.01</v>
       </c>
       <c r="N164" s="4">
-        <v>446463.747477</v>
+        <v>482720.10184449999</v>
       </c>
       <c r="O164" s="3" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="P164" s="3" t="s">
         <v>127</v>
       </c>
       <c r="Q164" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="S164" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T164" s="4">
         <v>1</v>
       </c>
       <c r="W164" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>4.37E-4</v>
+        <v>4.73E-4</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D165" s="4">
         <v>9951</v>
       </c>
       <c r="E165" s="5">
-        <v>38.158884</v>
+        <v>37.652867000000001</v>
       </c>
       <c r="F165" s="4">
-        <v>379719.05468399997</v>
+        <v>374683.67951699998</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H165" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I165" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J165" s="5">
-        <v>32.880000000000003</v>
+        <v>32.06</v>
       </c>
       <c r="K165" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L165" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M165" s="4">
-        <v>327188.88</v>
+        <v>319029.06</v>
       </c>
       <c r="N165" s="4">
-        <v>379719.05468399997</v>
+        <v>374683.67951699998</v>
       </c>
       <c r="O165" s="3" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="P165" s="3" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>509</v>
+        <v>439</v>
       </c>
       <c r="R165" s="3" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="S165" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>3.7199999999999999E-4</v>
+        <v>3.6699999999999998E-4</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D166" s="4">
         <v>9301</v>
       </c>
       <c r="E166" s="5">
-        <v>62.089424999999999</v>
+        <v>66.356425000000002</v>
       </c>
       <c r="F166" s="4">
-        <v>577493.74192499998</v>
+        <v>617181.10892499995</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H166" s="3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="I166" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J166" s="5">
-        <v>53.5</v>
+        <v>56.5</v>
       </c>
       <c r="K166" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L166" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="M166" s="4">
-        <v>497603.5</v>
+        <v>525506.5</v>
       </c>
       <c r="N166" s="4">
-        <v>577493.74192499998</v>
+        <v>617181.10892499995</v>
       </c>
       <c r="O166" s="3" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="P166" s="3" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R166" s="3" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="S166" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="T166" s="4">
         <v>1</v>
       </c>
       <c r="W166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>5.6599999999999999E-4</v>
+        <v>6.0499999999999996E-4</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D167" s="4">
         <v>1045585</v>
       </c>
       <c r="E167" s="5">
-        <v>0.490649</v>
+        <v>0.48949700000000002</v>
       </c>
       <c r="F167" s="4">
-        <v>513015.65711055999</v>
+        <v>511810.73424552003</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H167" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I167" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J167" s="5">
-        <v>3.82</v>
+        <v>3.81</v>
       </c>
       <c r="K167" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L167" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M167" s="4">
-        <v>3994134.7734920001</v>
+        <v>3983678.7345329998</v>
       </c>
       <c r="N167" s="4">
-        <v>513015.65711055999</v>
+        <v>511810.73424552003</v>
       </c>
       <c r="O167" s="3" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="P167" s="3" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="Q167" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R167" s="3" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="S167" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T167" s="4">
         <v>1</v>
       </c>
       <c r="W167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>5.0199999999999995E-4</v>
+        <v>5.0100000000000003E-4</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D168" s="4">
         <v>411726</v>
       </c>
       <c r="E168" s="5">
-        <v>2.7293219999999998</v>
+        <v>3.0217559999999999</v>
       </c>
       <c r="F168" s="4">
-        <v>1123733.001068</v>
+        <v>1244135.53091401</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H168" s="3" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="I168" s="3" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="J168" s="5">
-        <v>27.6</v>
+        <v>30.48</v>
       </c>
       <c r="K168" s="5">
-        <v>10.11240034103059</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L168" s="3" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="M168" s="4">
-        <v>11363637.983227</v>
+        <v>12549408.223827999</v>
       </c>
       <c r="N168" s="4">
-        <v>1123733.001068</v>
+        <v>1244135.53091401</v>
       </c>
       <c r="O168" s="3" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="P168" s="3" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R168" s="3" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>1.101E-3</v>
+        <v>1.219E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D169" s="4">
         <v>197640</v>
       </c>
       <c r="E169" s="5">
-        <v>0.902949</v>
+        <v>0.91090099999999996</v>
       </c>
       <c r="F169" s="4">
-        <v>178458.84710233999</v>
+        <v>180030.52611293001</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H169" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I169" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J169" s="5">
-        <v>7.03</v>
+        <v>7.09</v>
       </c>
       <c r="K169" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M169" s="4">
-        <v>1389409.225565</v>
+        <v>1401267.559384</v>
       </c>
       <c r="N169" s="4">
-        <v>178458.84710233999</v>
+        <v>180030.52611293001</v>
       </c>
       <c r="O169" s="3" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="P169" s="3" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="Q169" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R169" s="3" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>1.74E-4</v>
+        <v>1.76E-4</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D170" s="4">
         <v>436418</v>
       </c>
       <c r="E170" s="5">
-        <v>1.245765</v>
+        <v>1.329985</v>
       </c>
       <c r="F170" s="4">
-        <v>543674.26977000001</v>
+        <v>580429.58575392002</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H170" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I170" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J170" s="5">
-        <v>0.94020000000000004</v>
+        <v>0.98880000000000001</v>
       </c>
       <c r="K170" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L170" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M170" s="4">
-        <v>410320.20360000001</v>
+        <v>431530.11839999998</v>
       </c>
       <c r="N170" s="4">
-        <v>543674.26977000001</v>
+        <v>580429.58575392002</v>
       </c>
       <c r="O170" s="3" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="P170" s="3" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="Q170" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R170" s="3" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>5.3200000000000003E-4</v>
+        <v>5.6899999999999995E-4</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D171" s="4">
-        <v>367486</v>
+        <v>176029</v>
       </c>
       <c r="E171" s="5">
-        <v>62.971443000000001</v>
+        <v>62.069682999999998</v>
       </c>
       <c r="F171" s="4">
-        <v>23141123.702298</v>
+        <v>10926064.1407925</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H171" s="3" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="I171" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J171" s="5">
-        <v>54.26</v>
+        <v>52.85</v>
       </c>
       <c r="K171" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="M171" s="4">
-        <v>19939790.359999999</v>
+        <v>9303132.6500000004</v>
       </c>
       <c r="N171" s="4">
-        <v>23141123.702298</v>
+        <v>10926064.1407925</v>
       </c>
       <c r="O171" s="3" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="P171" s="3" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="Q171" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>2.2682000000000001E-2</v>
+        <v>1.0711999999999999E-2</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D172" s="4">
         <v>49060</v>
       </c>
       <c r="E172" s="5">
-        <v>6.6912500000000001</v>
+        <v>6.9942599999999997</v>
       </c>
       <c r="F172" s="4">
-        <v>328272.72499999998</v>
+        <v>343138.39559999999</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H172" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I172" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J172" s="5">
-        <v>5.05</v>
+        <v>5.2</v>
       </c>
       <c r="K172" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L172" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M172" s="4">
-        <v>247753</v>
+        <v>255112</v>
       </c>
       <c r="N172" s="4">
-        <v>328272.72499999998</v>
+        <v>343138.39559999999</v>
       </c>
       <c r="O172" s="3" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="Q172" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>3.21E-4</v>
+        <v>3.3599999999999998E-4</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D173" s="4">
         <v>253051</v>
       </c>
       <c r="E173" s="5">
-        <v>3.606989</v>
+        <v>3.6243530000000002</v>
       </c>
       <c r="F173" s="4">
-        <v>912752.27465939999</v>
+        <v>917146.07508770004</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H173" s="3" t="s">
         <v>113</v>
       </c>
       <c r="I173" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J173" s="5">
-        <v>3.1080000000000001</v>
+        <v>3.0859999999999999</v>
       </c>
       <c r="K173" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L173" s="3" t="s">
         <v>114</v>
       </c>
       <c r="M173" s="4">
-        <v>786482.50800000003</v>
+        <v>780915.38600000006</v>
       </c>
       <c r="N173" s="4">
-        <v>912752.27465939999</v>
+        <v>917146.07508770004</v>
       </c>
       <c r="O173" s="3" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="Q173" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="S173" s="3" t="s">
         <v>117</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>8.9400000000000005E-4</v>
+        <v>8.9899999999999995E-4</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D174" s="4">
         <v>8594515</v>
       </c>
       <c r="E174" s="5">
-        <v>1.04552</v>
+        <v>1.1138950000000001</v>
       </c>
       <c r="F174" s="4">
-        <v>8985736.7576037794</v>
+        <v>9573385.3729042206</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H174" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I174" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J174" s="5">
-        <v>8.14</v>
+        <v>8.67</v>
       </c>
       <c r="K174" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L174" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M174" s="4">
-        <v>69959353.387252003</v>
+        <v>74514442.890198007</v>
       </c>
       <c r="N174" s="4">
-        <v>8985736.7576037794</v>
+        <v>9573385.3729042206</v>
       </c>
       <c r="O174" s="3" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>8.8070000000000006E-3</v>
+        <v>9.3860000000000002E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D175" s="4">
         <v>89405</v>
       </c>
       <c r="E175" s="5">
-        <v>7.0561439999999997</v>
+        <v>7.1289119999999997</v>
       </c>
       <c r="F175" s="4">
-        <v>630854.55432</v>
+        <v>637360.33265750005</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H175" s="3" t="s">
         <v>113</v>
       </c>
       <c r="I175" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J175" s="5">
-        <v>6.08</v>
+        <v>6.07</v>
       </c>
       <c r="K175" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L175" s="3" t="s">
         <v>114</v>
       </c>
       <c r="M175" s="4">
-        <v>543582.4</v>
+        <v>542688.35</v>
       </c>
       <c r="N175" s="4">
-        <v>630854.55432</v>
+        <v>637360.33265750005</v>
       </c>
       <c r="O175" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="S175" s="3" t="s">
         <v>117</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>6.1799999999999995E-4</v>
+        <v>6.2399999999999999E-4</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D176" s="4">
         <v>330122</v>
       </c>
       <c r="E176" s="5">
-        <v>8.8109640000000002</v>
+        <v>9.7205770000000005</v>
       </c>
       <c r="F176" s="4">
-        <v>2908693.3072267701</v>
+        <v>3208976.2512578298</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H176" s="3" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="I176" s="3" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="J176" s="5">
-        <v>89.1</v>
+        <v>98.05</v>
       </c>
       <c r="K176" s="5">
-        <v>10.11240034103059</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L176" s="3" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="M176" s="4">
-        <v>29413871.191953</v>
+        <v>32368461.439261999</v>
       </c>
       <c r="N176" s="4">
-        <v>2908693.3072267701</v>
+        <v>3208976.2512578298</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="Q176" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="T176" s="4">
         <v>1</v>
       </c>
       <c r="W176" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>2.8509999999999998E-3</v>
+        <v>3.1459999999999999E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D177" s="4">
-        <v>103715</v>
+        <v>89944</v>
       </c>
       <c r="E177" s="5">
-        <v>84.255930000000006</v>
+        <v>85.088903000000002</v>
       </c>
       <c r="F177" s="4">
-        <v>8738603.7799500003</v>
+        <v>7653236.2464600001</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H177" s="3" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="I177" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J177" s="5">
-        <v>72.599999999999994</v>
+        <v>72.45</v>
       </c>
       <c r="K177" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="M177" s="4">
-        <v>7529709</v>
+        <v>6516442.7999999998</v>
       </c>
       <c r="N177" s="4">
-        <v>8738603.7799500003</v>
+        <v>7653236.2464600001</v>
       </c>
       <c r="O177" s="3" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>8.5649999999999997E-3</v>
+        <v>7.5030000000000001E-3</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C178" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D178" s="4">
+        <v>243568</v>
+      </c>
+      <c r="E178" s="5">
+        <v>24.540437000000001</v>
+      </c>
+      <c r="F178" s="4">
+        <v>5977265.2201079996</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H178" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I178" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J178" s="5">
+        <v>18.245000000000001</v>
+      </c>
+      <c r="K178" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L178" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="M178" s="4">
+        <v>4443898.16</v>
+      </c>
+      <c r="N178" s="4">
+        <v>5977265.2201079996</v>
+      </c>
+      <c r="O178" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="P178" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="Q178" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="R178" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="S178" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D178" s="4">
-[...46 lines deleted...]
-      </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>5.5699999999999999E-4</v>
+        <v>5.8599999999999998E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D179" s="4">
-        <v>243568</v>
+        <v>101591</v>
       </c>
       <c r="E179" s="5">
-        <v>23.73075</v>
+        <v>18.438865</v>
       </c>
       <c r="F179" s="4">
-        <v>5780051.3159999996</v>
+        <v>1873222.7342149999</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H179" s="3" t="s">
-        <v>59</v>
+        <v>126</v>
       </c>
       <c r="I179" s="3" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="J179" s="5">
-        <v>17.91</v>
+        <v>15.7</v>
       </c>
       <c r="K179" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L179" s="3" t="s">
-        <v>61</v>
+        <v>127</v>
       </c>
       <c r="M179" s="4">
-        <v>4362302.88</v>
+        <v>1594978.7</v>
       </c>
       <c r="N179" s="4">
-        <v>5780051.3159999996</v>
+        <v>1873222.7342149999</v>
       </c>
       <c r="O179" s="3" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="P179" s="3" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>173</v>
+        <v>93</v>
       </c>
       <c r="R179" s="3" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="S179" s="3" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
       <c r="T179" s="4">
         <v>1</v>
       </c>
       <c r="W179" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X179" s="4">
         <v>0</v>
       </c>
       <c r="Y179" s="4">
         <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>5.6649999999999999E-3</v>
+        <v>1.836E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D180" s="4">
-        <v>101591</v>
+        <v>238891</v>
       </c>
       <c r="E180" s="5">
-        <v>17.617149000000001</v>
+        <v>77.208342999999999</v>
       </c>
       <c r="F180" s="4">
-        <v>1789743.784059</v>
+        <v>18444378.267612901</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H180" s="3" t="s">
-        <v>126</v>
+        <v>760</v>
       </c>
       <c r="I180" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J180" s="5">
-        <v>15.18</v>
+        <v>65.739999999999995</v>
       </c>
       <c r="K180" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L180" s="3" t="s">
-        <v>127</v>
+        <v>761</v>
       </c>
       <c r="M180" s="4">
-        <v>1542151.38</v>
+        <v>15704694.339999</v>
       </c>
       <c r="N180" s="4">
-        <v>1789743.784059</v>
+        <v>18444378.267612901</v>
       </c>
       <c r="O180" s="3" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="P180" s="3" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R180" s="3" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="S180" s="3" t="s">
-        <v>130</v>
+        <v>764</v>
       </c>
       <c r="T180" s="4">
         <v>1</v>
       </c>
       <c r="W180" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X180" s="4">
         <v>0</v>
       </c>
       <c r="Y180" s="4">
         <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>1.7539999999999999E-3</v>
+        <v>1.8083999999999999E-2</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D181" s="4">
-        <v>252239</v>
+        <v>22000</v>
       </c>
       <c r="E181" s="5">
-        <v>72.511163999999994</v>
+        <v>43.618456999999999</v>
       </c>
       <c r="F181" s="4">
-        <v>18290143.496196002</v>
+        <v>959606.05507934</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>756</v>
+        <v>89</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="J181" s="5">
-        <v>62.48</v>
+        <v>59.79</v>
       </c>
       <c r="K181" s="5">
-        <v>0.86166041962862439</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L181" s="3" t="s">
-        <v>757</v>
+        <v>91</v>
       </c>
       <c r="M181" s="4">
-        <v>15759892.720000001</v>
+        <v>1315380.0015479999</v>
       </c>
       <c r="N181" s="4">
-        <v>18290143.496196002</v>
+        <v>959606.05507934</v>
       </c>
       <c r="O181" s="3" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="P181" s="3" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="Q181" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R181" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="S181" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="R181" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T181" s="4">
         <v>1</v>
       </c>
       <c r="W181" s="3" t="s">
-        <v>34</v>
+        <v>805</v>
       </c>
       <c r="X181" s="4">
         <v>0</v>
       </c>
       <c r="Y181" s="4">
         <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>1.7926999999999998E-2</v>
+        <v>9.3999999999999997E-4</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D182" s="4">
         <v>882722</v>
       </c>
       <c r="E182" s="5">
-        <v>0.36289199999999999</v>
+        <v>0.31104199999999999</v>
       </c>
       <c r="F182" s="4">
-        <v>320333.04250472999</v>
+        <v>274563.60808709002</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H182" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="I182" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="J182" s="5">
-        <v>0.47</v>
+        <v>0.4</v>
       </c>
       <c r="K182" s="5">
-        <v>1.2951499974084049</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L182" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="M182" s="4">
-        <v>414879.33916899998</v>
+        <v>353088.798488</v>
       </c>
       <c r="N182" s="4">
-        <v>320333.04250472999</v>
+        <v>274563.60808709002</v>
       </c>
       <c r="O182" s="3" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="P182" s="3" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="R182" s="3" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="S182" s="3" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="T182" s="4">
         <v>1</v>
       </c>
       <c r="W182" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>3.1300000000000002E-4</v>
+        <v>2.6899999999999998E-4</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D183" s="4">
         <v>122901</v>
       </c>
       <c r="E183" s="5">
-        <v>3.845561</v>
+        <v>3.8183340000000001</v>
       </c>
       <c r="F183" s="4">
-        <v>472623.29685573</v>
+        <v>469277.02447484998</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H183" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I183" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J183" s="5">
-        <v>29.94</v>
+        <v>29.72</v>
       </c>
       <c r="K183" s="5">
-        <v>7.7856001432550421</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L183" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M183" s="4">
-        <v>3679656.0077050002</v>
+        <v>3652617.6141280001</v>
       </c>
       <c r="N183" s="4">
-        <v>472623.29685573</v>
+        <v>469277.02447484998</v>
       </c>
       <c r="O183" s="3" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="Q183" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="T183" s="4">
         <v>1</v>
       </c>
       <c r="W183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X183" s="4">
         <v>0</v>
       </c>
       <c r="Y183" s="4">
         <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>4.6299999999999998E-4</v>
+        <v>4.6000000000000001E-4</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D184" s="4">
         <v>59886</v>
       </c>
       <c r="E184" s="5">
-        <v>32.669483</v>
+        <v>33.24868</v>
       </c>
       <c r="F184" s="4">
-        <v>1956444.6289949999</v>
+        <v>1991130.4205370001</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H184" s="3" t="s">
         <v>126</v>
       </c>
       <c r="I184" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J184" s="5">
-        <v>28.15</v>
+        <v>28.31</v>
       </c>
       <c r="K184" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L184" s="3" t="s">
         <v>127</v>
       </c>
       <c r="M184" s="4">
-        <v>1685790.9</v>
+        <v>1695372.66</v>
       </c>
       <c r="N184" s="4">
-        <v>1956444.6289949999</v>
+        <v>1991130.4205370001</v>
       </c>
       <c r="O184" s="3" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="Q184" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="S184" s="3" t="s">
         <v>130</v>
       </c>
       <c r="T184" s="4">
         <v>1</v>
       </c>
       <c r="W184" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X184" s="4">
         <v>0</v>
       </c>
       <c r="Y184" s="4">
         <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>1.9170000000000001E-3</v>
+        <v>1.952E-3</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D185" s="4">
-        <v>86500</v>
+        <v>882722</v>
       </c>
       <c r="E185" s="5">
-        <v>51.304048999999999</v>
+        <v>0.48211500000000002</v>
       </c>
       <c r="F185" s="4">
-        <v>4437801.9865427697</v>
+        <v>425573.59253498999</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H185" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I185" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J185" s="5">
-        <v>8006</v>
+        <v>0.62</v>
       </c>
       <c r="K185" s="5">
-        <v>156.05006085952374</v>
+        <v>1.2859999944959202</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M185" s="4">
-        <v>692519270.08251405</v>
+        <v>547287.63765699998</v>
       </c>
       <c r="N185" s="4">
-        <v>4437801.9865427697</v>
+        <v>425573.59253498999</v>
       </c>
       <c r="O185" s="3" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="Q185" s="3" t="s">
         <v>121</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>228</v>
+        <v>274</v>
       </c>
       <c r="T185" s="4">
         <v>1</v>
       </c>
       <c r="W185" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X185" s="4">
         <v>0</v>
       </c>
       <c r="Y185" s="4">
         <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>4.3489999999999996E-3</v>
+        <v>4.17E-4</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D186" s="4">
-        <v>882722</v>
+        <v>2335500</v>
       </c>
       <c r="E186" s="5">
-        <v>0.52503599999999995</v>
+        <v>6.8028519999999997</v>
       </c>
       <c r="F186" s="4">
-        <v>463460.57213450002</v>
+        <v>15888061.2834842</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H186" s="3" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="I186" s="3" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="J186" s="5">
-        <v>0.68</v>
+        <v>52.95</v>
       </c>
       <c r="K186" s="5">
-        <v>1.2951499974084049</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="M186" s="4">
-        <v>600250.95879800001</v>
+        <v>123664721.41557799</v>
       </c>
       <c r="N186" s="4">
-        <v>463460.57213450002</v>
+        <v>15888061.2834842</v>
       </c>
       <c r="O186" s="3" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>121</v>
+        <v>84</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>4.5399999999999998E-4</v>
+        <v>1.5578E-2</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D187" s="4">
-        <v>2335500</v>
+        <v>3995</v>
       </c>
       <c r="E187" s="5">
-        <v>7.0579020000000003</v>
+        <v>103.250236</v>
       </c>
       <c r="F187" s="4">
-        <v>16483729.5776818</v>
+        <v>412484.69548753998</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H187" s="3" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="I187" s="3" t="s">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="J187" s="5">
-        <v>54.95</v>
+        <v>81.8</v>
       </c>
       <c r="K187" s="5">
-        <v>7.7856001432550421</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L187" s="3" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="M187" s="4">
-        <v>128335727.361377</v>
+        <v>326791.00054899999</v>
       </c>
       <c r="N187" s="4">
-        <v>16483729.5776818</v>
+        <v>412484.69548753998</v>
       </c>
       <c r="O187" s="3" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>89</v>
+        <v>121</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>283</v>
+        <v>550</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>1.6156E-2</v>
+        <v>4.0400000000000001E-4</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D188" s="4">
-        <v>3995</v>
+        <v>482225</v>
       </c>
       <c r="E188" s="5">
-        <v>86.431285000000003</v>
+        <v>15.291339000000001</v>
       </c>
       <c r="F188" s="4">
-        <v>345292.98212840001</v>
+        <v>7373865.949275</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H188" s="3" t="s">
-        <v>44</v>
+        <v>113</v>
       </c>
       <c r="I188" s="3" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="J188" s="5">
-        <v>69.400000000000006</v>
+        <v>13.02</v>
       </c>
       <c r="K188" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>46</v>
+        <v>114</v>
       </c>
       <c r="M188" s="4">
-        <v>277252.999916</v>
+        <v>6278569.5</v>
       </c>
       <c r="N188" s="4">
-        <v>345292.98212840001</v>
+        <v>7373865.949275</v>
       </c>
       <c r="O188" s="3" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>121</v>
+        <v>93</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>555</v>
+        <v>117</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>3.3799999999999998E-4</v>
+        <v>7.2300000000000003E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D189" s="4">
-        <v>363816</v>
+        <v>103218</v>
       </c>
       <c r="E189" s="5">
-        <v>14.408227999999999</v>
+        <v>45.909250999999998</v>
       </c>
       <c r="F189" s="4">
-        <v>5241943.9690020001</v>
+        <v>4738661.0181090003</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H189" s="3" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="I189" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J189" s="5">
-        <v>12.414999999999999</v>
+        <v>39.090000000000003</v>
       </c>
       <c r="K189" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L189" s="3" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="M189" s="4">
-        <v>4516775.6399999997</v>
+        <v>4034791.62</v>
       </c>
       <c r="N189" s="4">
-        <v>5241943.9690020001</v>
+        <v>4738661.0181090003</v>
       </c>
       <c r="O189" s="3" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>95</v>
+        <v>200</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="S189" s="3" t="s">
-        <v>117</v>
+        <v>764</v>
       </c>
       <c r="T189" s="4">
         <v>1</v>
       </c>
       <c r="W189" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X189" s="4">
         <v>0</v>
       </c>
       <c r="Y189" s="4">
         <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>5.1380000000000002E-3</v>
+        <v>4.646E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D190" s="4">
-        <v>25905</v>
+        <v>104169</v>
       </c>
       <c r="E190" s="5">
-        <v>74.379649999999998</v>
+        <v>24.616472000000002</v>
       </c>
       <c r="F190" s="4">
-        <v>1926804.8202974999</v>
+        <v>2564273.271768</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H190" s="3" t="s">
-        <v>113</v>
+        <v>760</v>
       </c>
       <c r="I190" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J190" s="5">
-        <v>64.09</v>
+        <v>20.96</v>
       </c>
       <c r="K190" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L190" s="3" t="s">
-        <v>114</v>
+        <v>761</v>
       </c>
       <c r="M190" s="4">
-        <v>1660251.45</v>
+        <v>2183382.2400000002</v>
       </c>
       <c r="N190" s="4">
-        <v>1926804.8202974999</v>
+        <v>2564273.271768</v>
       </c>
       <c r="O190" s="3" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>117</v>
+        <v>764</v>
       </c>
       <c r="T190" s="4">
         <v>1</v>
       </c>
       <c r="W190" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X190" s="4">
         <v>0</v>
       </c>
       <c r="Y190" s="4">
         <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>1.8879999999999999E-3</v>
+        <v>2.5140000000000002E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D191" s="4">
-        <v>103218</v>
+        <v>607000</v>
       </c>
       <c r="E191" s="5">
-        <v>43.149248999999998</v>
+        <v>5.0517120000000002</v>
       </c>
       <c r="F191" s="4">
-        <v>4453779.183282</v>
+        <v>3066389.1565491101</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H191" s="3" t="s">
-        <v>126</v>
+        <v>64</v>
       </c>
       <c r="I191" s="3" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="J191" s="5">
-        <v>37.18</v>
+        <v>39.32</v>
       </c>
       <c r="K191" s="5">
-        <v>0.86166041962862439</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="M191" s="4">
-        <v>3837645.24</v>
+        <v>23867239.308208</v>
       </c>
       <c r="N191" s="4">
-        <v>4453779.183282</v>
+        <v>3066389.1565491101</v>
       </c>
       <c r="O191" s="3" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>164</v>
+        <v>484</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>760</v>
+        <v>287</v>
       </c>
       <c r="T191" s="4">
         <v>1</v>
       </c>
       <c r="W191" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>4.365E-3</v>
+        <v>3.006E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D192" s="4">
-        <v>104169</v>
+        <v>35331</v>
       </c>
       <c r="E192" s="5">
-        <v>23.605587</v>
+        <v>9.4975140000000007</v>
       </c>
       <c r="F192" s="4">
-        <v>2458970.3922029999</v>
+        <v>335556.67031829001</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H192" s="3" t="s">
-        <v>756</v>
+        <v>670</v>
       </c>
       <c r="I192" s="3" t="s">
-        <v>55</v>
+        <v>671</v>
       </c>
       <c r="J192" s="5">
-        <v>20.34</v>
+        <v>95.8</v>
       </c>
       <c r="K192" s="5">
-        <v>0.86166041962862439</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L192" s="3" t="s">
-        <v>757</v>
+        <v>672</v>
       </c>
       <c r="M192" s="4">
-        <v>2118797.46</v>
+        <v>3384709.7309070001</v>
       </c>
       <c r="N192" s="4">
-        <v>2458970.3922029999</v>
+        <v>335556.67031829001</v>
       </c>
       <c r="O192" s="3" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>760</v>
+        <v>675</v>
       </c>
       <c r="T192" s="4">
         <v>1</v>
       </c>
       <c r="W192" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>2.4099999999999998E-3</v>
+        <v>3.2899999999999997E-4</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D193" s="4">
-        <v>447000</v>
+        <v>119854</v>
       </c>
       <c r="E193" s="5">
-        <v>5.1274150000000001</v>
+        <v>28.198544999999999</v>
       </c>
       <c r="F193" s="4">
-        <v>2291954.3773119599</v>
+        <v>3379708.3525029998</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H193" s="3" t="s">
-        <v>64</v>
+        <v>760</v>
       </c>
       <c r="I193" s="3" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="J193" s="5">
-        <v>39.92</v>
+        <v>24.01</v>
       </c>
       <c r="K193" s="5">
-        <v>7.7856001432550421</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L193" s="3" t="s">
-        <v>66</v>
+        <v>761</v>
       </c>
       <c r="M193" s="4">
-        <v>17844240.328334</v>
+        <v>2877694.54</v>
       </c>
       <c r="N193" s="4">
-        <v>2291954.3773119599</v>
+        <v>3379708.3525029998</v>
       </c>
       <c r="O193" s="3" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>488</v>
+        <v>93</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>283</v>
+        <v>764</v>
       </c>
       <c r="T193" s="4">
         <v>1</v>
       </c>
       <c r="W193" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X193" s="4">
         <v>0</v>
       </c>
       <c r="Y193" s="4">
         <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>2.2460000000000002E-3</v>
+        <v>3.313E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D194" s="4">
-        <v>35331</v>
+        <v>2953</v>
       </c>
       <c r="E194" s="5">
-        <v>8.9790749999999999</v>
+        <v>98.418909999999997</v>
       </c>
       <c r="F194" s="4">
-        <v>317239.70570783998</v>
+        <v>290631.04122999997</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H194" s="3" t="s">
-        <v>666</v>
+        <v>157</v>
       </c>
       <c r="I194" s="3" t="s">
-        <v>667</v>
+        <v>55</v>
       </c>
       <c r="J194" s="5">
-        <v>90.8</v>
+        <v>83.8</v>
       </c>
       <c r="K194" s="5">
-        <v>10.11240034103059</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>668</v>
+        <v>158</v>
       </c>
       <c r="M194" s="4">
-        <v>3208054.9081879999</v>
+        <v>247461.4</v>
       </c>
       <c r="N194" s="4">
-        <v>317239.70570783998</v>
+        <v>290631.04122999997</v>
       </c>
       <c r="O194" s="3" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="Q194" s="3" t="s">
         <v>105</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>671</v>
+        <v>161</v>
       </c>
       <c r="T194" s="4">
         <v>1</v>
       </c>
       <c r="W194" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X194" s="4">
         <v>0</v>
       </c>
       <c r="Y194" s="4">
         <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>3.1E-4</v>
+        <v>2.8400000000000002E-4</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D195" s="4">
-        <v>2953</v>
+        <v>267031</v>
       </c>
       <c r="E195" s="5">
-        <v>102.82473</v>
+        <v>56.62</v>
       </c>
       <c r="F195" s="4">
-        <v>303641.42768999998</v>
+        <v>15119295.220000001</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>87</v>
+        <v>860</v>
       </c>
       <c r="H195" s="3" t="s">
-        <v>152</v>
+        <v>59</v>
       </c>
       <c r="I195" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J195" s="5">
-        <v>88.6</v>
+        <v>56.62</v>
       </c>
       <c r="K195" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
-        <v>153</v>
+        <v>61</v>
       </c>
       <c r="M195" s="4">
-        <v>261635.8</v>
+        <v>15119295.220000001</v>
       </c>
       <c r="N195" s="4">
-        <v>303641.42768999998</v>
+        <v>15119295.220000001</v>
       </c>
       <c r="O195" s="3" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="P195" s="3" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="R195" s="3" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>156</v>
+        <v>864</v>
       </c>
       <c r="T195" s="4">
         <v>1</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>34</v>
+        <v>858</v>
       </c>
       <c r="X195" s="4">
         <v>0</v>
       </c>
       <c r="Y195" s="4">
         <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>2.9700000000000001E-4</v>
+        <v>1.4824E-2</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D196" s="4">
-        <v>267031</v>
+        <v>409221</v>
       </c>
       <c r="E196" s="5">
-        <v>58.66</v>
+        <v>49.04</v>
       </c>
       <c r="F196" s="4">
-        <v>15664038.460000001</v>
+        <v>20068197.84</v>
       </c>
       <c r="G196" s="3" t="s">
         <v>860</v>
       </c>
       <c r="H196" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I196" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J196" s="5">
-        <v>58.66</v>
+        <v>49.04</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M196" s="4">
-        <v>15664038.460000001</v>
+        <v>20068197.84</v>
       </c>
       <c r="N196" s="4">
-        <v>15664038.460000001</v>
+        <v>20068197.84</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>862</v>
+        <v>791</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>89</v>
+        <v>149</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="S196" s="3" t="s">
         <v>864</v>
       </c>
       <c r="T196" s="4">
         <v>1</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="X196" s="4">
         <v>0</v>
       </c>
       <c r="Y196" s="4">
         <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>1.5353E-2</v>
+        <v>1.9675999999999999E-2</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D197" s="4">
-        <v>207339</v>
+        <v>187835</v>
       </c>
       <c r="E197" s="5">
-        <v>47.86</v>
+        <v>80.03</v>
       </c>
       <c r="F197" s="4">
-        <v>9923244.5399999991</v>
+        <v>15032435.050000001</v>
       </c>
       <c r="G197" s="3" t="s">
         <v>860</v>
       </c>
       <c r="H197" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I197" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J197" s="5">
-        <v>47.86</v>
+        <v>80.03</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M197" s="4">
-        <v>9923244.5399999991</v>
+        <v>15032435.050000001</v>
       </c>
       <c r="N197" s="4">
-        <v>9923244.5399999991</v>
+        <v>15032435.050000001</v>
       </c>
       <c r="O197" s="3" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>792</v>
+        <v>277</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>173</v>
+        <v>200</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="S197" s="3" t="s">
         <v>864</v>
       </c>
       <c r="T197" s="4">
         <v>1</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>9.7260000000000003E-3</v>
+        <v>1.4739E-2</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D198" s="4">
-        <v>149726</v>
+        <v>57953</v>
       </c>
       <c r="E198" s="5">
-        <v>71.95</v>
+        <v>72.775000000000006</v>
       </c>
       <c r="F198" s="4">
-        <v>10772785.699999999</v>
+        <v>4217529.5750000002</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>860</v>
       </c>
       <c r="H198" s="3" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="I198" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J198" s="5">
-        <v>71.95</v>
+        <v>72.775000000000006</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="M198" s="4">
-        <v>10772785.699999999</v>
+        <v>4217529.5750000002</v>
       </c>
       <c r="N198" s="4">
-        <v>10772785.699999999</v>
+        <v>4217529.5750000002</v>
       </c>
       <c r="O198" s="3" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>273</v>
+        <v>876</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>864</v>
+        <v>878</v>
       </c>
       <c r="T198" s="4">
         <v>1</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="X198" s="4">
         <v>0</v>
       </c>
       <c r="Y198" s="4">
         <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>1.0559000000000001E-2</v>
+        <v>4.1349999999999998E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D199" s="4">
-        <v>57953</v>
+        <v>1728343</v>
       </c>
       <c r="E199" s="5">
-        <v>70.94</v>
+        <v>13.21</v>
       </c>
       <c r="F199" s="4">
-        <v>4111185.82</v>
+        <v>22831411.030000001</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>860</v>
       </c>
       <c r="H199" s="3" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="I199" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J199" s="5">
-        <v>70.94</v>
+        <v>13.21</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="M199" s="4">
-        <v>4111185.82</v>
+        <v>22831411.030000001</v>
       </c>
       <c r="N199" s="4">
-        <v>4111185.82</v>
+        <v>22831411.030000001</v>
       </c>
       <c r="O199" s="3" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="P199" s="3" t="s">
-        <v>876</v>
+        <v>756</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>173</v>
+        <v>100</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="S199" s="3" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="T199" s="4">
         <v>1</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="X199" s="4">
         <v>0</v>
       </c>
       <c r="Y199" s="4">
         <v>0</v>
       </c>
       <c r="Z199" s="6">
-        <v>4.0289999999999996E-3</v>
+        <v>2.2386E-2</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D200" s="4">
-        <v>1728343</v>
+        <v>271467</v>
       </c>
       <c r="E200" s="5">
-        <v>12.47</v>
+        <v>34.986865999999999</v>
       </c>
       <c r="F200" s="4">
-        <v>21552437.210000001</v>
+        <v>9497779.4166885</v>
       </c>
       <c r="G200" s="3" t="s">
         <v>860</v>
       </c>
       <c r="H200" s="3" t="s">
-        <v>59</v>
+        <v>760</v>
       </c>
       <c r="I200" s="3" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="J200" s="5">
-        <v>12.47</v>
+        <v>29.79</v>
       </c>
       <c r="K200" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L200" s="3" t="s">
-        <v>61</v>
+        <v>761</v>
       </c>
       <c r="M200" s="4">
-        <v>21552437.210000001</v>
+        <v>8087001.9299999997</v>
       </c>
       <c r="N200" s="4">
-        <v>21552437.210000001</v>
+        <v>9497779.4166885</v>
       </c>
       <c r="O200" s="3" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="P200" s="3" t="s">
-        <v>752</v>
+        <v>886</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="R200" s="3" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="S200" s="3" t="s">
-        <v>883</v>
+        <v>764</v>
       </c>
       <c r="T200" s="4">
         <v>1</v>
       </c>
       <c r="W200" s="3" t="s">
-        <v>879</v>
+        <v>34</v>
       </c>
       <c r="X200" s="4">
         <v>0</v>
       </c>
       <c r="Y200" s="4">
         <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>2.1125000000000001E-2</v>
+        <v>9.3120000000000008E-3</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D201" s="4">
-        <v>196676</v>
+        <v>3755</v>
       </c>
       <c r="E201" s="5">
-        <v>33.830033</v>
+        <v>81.506829999999994</v>
       </c>
       <c r="F201" s="4">
-        <v>6653555.4719700003</v>
+        <v>306058.14665000001</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>860</v>
+        <v>890</v>
       </c>
       <c r="H201" s="3" t="s">
-        <v>756</v>
+        <v>157</v>
       </c>
       <c r="I201" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J201" s="5">
-        <v>29.15</v>
+        <v>69.400000000000006</v>
       </c>
       <c r="K201" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>757</v>
+        <v>158</v>
       </c>
       <c r="M201" s="4">
-        <v>5733105.4000000004</v>
+        <v>260597</v>
       </c>
       <c r="N201" s="4">
-        <v>6653555.4719700003</v>
+        <v>306058.14665000001</v>
       </c>
       <c r="O201" s="3" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>760</v>
+        <v>161</v>
       </c>
       <c r="T201" s="4">
         <v>1</v>
       </c>
       <c r="W201" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X201" s="4">
         <v>0</v>
       </c>
       <c r="Y201" s="4">
         <v>0</v>
       </c>
       <c r="Z201" s="6">
-        <v>6.5209999999999999E-3</v>
+        <v>2.9999999999999997E-4</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D202" s="4">
-        <v>3755</v>
+        <v>93264</v>
       </c>
       <c r="E202" s="5">
-        <v>81.702719999999999</v>
+        <v>121.61429800000001</v>
       </c>
       <c r="F202" s="4">
-        <v>306793.71360000002</v>
+        <v>11342235.8420399</v>
       </c>
       <c r="G202" s="3" t="s">
         <v>890</v>
       </c>
       <c r="H202" s="3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="I202" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J202" s="5">
-        <v>70.400000000000006</v>
+        <v>103.55</v>
       </c>
       <c r="K202" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L202" s="3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="M202" s="4">
-        <v>264352</v>
+        <v>9657487.1999990009</v>
       </c>
       <c r="N202" s="4">
-        <v>306793.71360000002</v>
+        <v>11342235.8420399</v>
       </c>
       <c r="O202" s="3" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="P202" s="3" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>173</v>
+        <v>105</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="T202" s="4">
         <v>1</v>
       </c>
       <c r="W202" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X202" s="4">
         <v>0</v>
       </c>
       <c r="Y202" s="4">
         <v>0</v>
       </c>
       <c r="Z202" s="6">
-        <v>2.9999999999999997E-4</v>
+        <v>1.1121000000000001E-2</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D203" s="4">
-        <v>54322</v>
+        <v>102096</v>
       </c>
       <c r="E203" s="5">
-        <v>114.174909</v>
+        <v>25.94</v>
       </c>
       <c r="F203" s="4">
-        <v>6202209.4066979997</v>
+        <v>2648370.2400000002</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="H203" s="3" t="s">
-        <v>152</v>
+        <v>126</v>
       </c>
       <c r="I203" s="3" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="J203" s="5">
-        <v>98.38</v>
+        <v>25.94</v>
       </c>
       <c r="K203" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L203" s="3" t="s">
-        <v>153</v>
+        <v>127</v>
       </c>
       <c r="M203" s="4">
-        <v>5344198.3600000003</v>
+        <v>2648370.2400000002</v>
       </c>
       <c r="N203" s="4">
-        <v>6202209.4066979997</v>
+        <v>2648370.2400000002</v>
       </c>
       <c r="O203" s="3" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>105</v>
+        <v>136</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="S203" s="3" t="s">
-        <v>156</v>
+        <v>864</v>
       </c>
       <c r="T203" s="4">
         <v>1</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>34</v>
+        <v>897</v>
       </c>
       <c r="X203" s="4">
         <v>0</v>
       </c>
       <c r="Y203" s="4">
         <v>0</v>
       </c>
       <c r="Z203" s="6">
-        <v>6.0790000000000002E-3</v>
+        <v>2.5959999999999998E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D204" s="4">
-        <v>102096</v>
+        <v>27827</v>
       </c>
       <c r="E204" s="5">
-        <v>22.99</v>
+        <v>1069.8599999999999</v>
       </c>
       <c r="F204" s="4">
-        <v>2347187.04</v>
+        <v>29770994.219999999</v>
       </c>
       <c r="G204" s="3" t="s">
         <v>899</v>
       </c>
       <c r="H204" s="3" t="s">
-        <v>126</v>
+        <v>760</v>
       </c>
       <c r="I204" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J204" s="5">
-        <v>22.99</v>
+        <v>1069.8599999999999</v>
       </c>
       <c r="K204" s="5">
         <v>1</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>127</v>
+        <v>761</v>
       </c>
       <c r="M204" s="4">
-        <v>2347187.04</v>
+        <v>29770994.219999999</v>
       </c>
       <c r="N204" s="4">
-        <v>2347187.04</v>
+        <v>29770994.219999999</v>
       </c>
       <c r="O204" s="3" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="Q204" s="3" t="s">
         <v>136</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="S204" s="3" t="s">
-        <v>864</v>
+        <v>883</v>
       </c>
       <c r="T204" s="4">
         <v>1</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>897</v>
+        <v>34</v>
       </c>
       <c r="X204" s="4">
         <v>0</v>
       </c>
       <c r="Y204" s="4">
         <v>0</v>
       </c>
       <c r="Z204" s="6">
-        <v>2.3E-3</v>
+        <v>2.9190000000000001E-2</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>86</v>
+        <v>909</v>
       </c>
       <c r="D205" s="4">
-        <v>18898</v>
+        <v>-2435560.15</v>
       </c>
       <c r="E205" s="5">
-        <v>1060</v>
+        <v>1</v>
       </c>
       <c r="F205" s="4">
-        <v>20031880</v>
+        <v>-2435560.15</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>899</v>
+        <v>910</v>
       </c>
       <c r="H205" s="3" t="s">
-        <v>756</v>
+        <v>31</v>
       </c>
       <c r="I205" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J205" s="5">
-        <v>1060</v>
+        <v>1</v>
       </c>
       <c r="K205" s="5">
         <v>1</v>
       </c>
       <c r="L205" s="3" t="s">
-        <v>757</v>
+        <v>33</v>
       </c>
       <c r="M205" s="4">
-        <v>20031880</v>
+        <v>-2435560.15</v>
       </c>
       <c r="N205" s="4">
-        <v>20031880</v>
+        <v>-2435560.15</v>
       </c>
       <c r="O205" s="3" t="s">
-        <v>903</v>
+        <v>34</v>
       </c>
       <c r="P205" s="3" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>136</v>
+        <v>34</v>
       </c>
       <c r="R205" s="3" t="s">
-        <v>906</v>
+        <v>34</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>883</v>
+        <v>35</v>
       </c>
       <c r="T205" s="4">
         <v>1</v>
       </c>
       <c r="W205" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X205" s="4">
         <v>0</v>
       </c>
       <c r="Y205" s="4">
         <v>0</v>
       </c>
       <c r="Z205" s="6">
-        <v>1.9633999999999999E-2</v>
+        <v>-2.3879999999999999E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="C206" s="3" t="s">
         <v>909</v>
       </c>
       <c r="D206" s="4">
-        <v>-2402720.69</v>
+        <v>-873271.01</v>
       </c>
       <c r="E206" s="5">
         <v>1</v>
       </c>
       <c r="F206" s="4">
-        <v>-2402720.69</v>
+        <v>-873271.01000004006</v>
       </c>
       <c r="G206" s="3" t="s">
         <v>910</v>
       </c>
       <c r="H206" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I206" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J206" s="5">
         <v>1</v>
       </c>
       <c r="K206" s="5">
         <v>1</v>
       </c>
       <c r="L206" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M206" s="4">
-        <v>-2402720.69</v>
+        <v>-873271.01</v>
       </c>
       <c r="N206" s="4">
-        <v>-2402720.69</v>
+        <v>-873271.01000004006</v>
       </c>
       <c r="O206" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>907</v>
+        <v>34</v>
       </c>
       <c r="Q206" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R206" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S206" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T206" s="4">
         <v>1</v>
       </c>
       <c r="W206" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X206" s="4">
         <v>0</v>
       </c>
       <c r="Y206" s="4">
         <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>-2.3549999999999999E-3</v>
+        <v>-8.5599999999999999E-4</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="D207" s="4">
-        <v>-788430.11</v>
+        <v>3356996.9539999999</v>
       </c>
       <c r="E207" s="5">
-        <v>1</v>
+        <v>5.01</v>
       </c>
       <c r="F207" s="4">
-        <v>-788430.11000004003</v>
+        <v>16818554.73954</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="H207" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I207" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J207" s="5">
-        <v>1</v>
+        <v>5.01</v>
       </c>
       <c r="K207" s="5">
         <v>1</v>
       </c>
       <c r="L207" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M207" s="4">
-        <v>-788430.11</v>
+        <v>16818554.73954</v>
       </c>
       <c r="N207" s="4">
-        <v>-788430.11000004003</v>
+        <v>16818554.73954</v>
       </c>
       <c r="O207" s="3" t="s">
-        <v>34</v>
+        <v>917</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>34</v>
+        <v>918</v>
       </c>
       <c r="Q207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>34</v>
+        <v>919</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>35</v>
+        <v>920</v>
       </c>
       <c r="T207" s="4">
         <v>1</v>
       </c>
       <c r="W207" s="3" t="s">
-        <v>34</v>
+        <v>913</v>
       </c>
       <c r="X207" s="4">
         <v>0</v>
       </c>
       <c r="Y207" s="4">
         <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>-7.7200000000000001E-4</v>
+        <v>1.6490000000000001E-2</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="C208" s="3" t="s">
         <v>915</v>
       </c>
       <c r="D208" s="4">
-        <v>12378953.040999999</v>
+        <v>541851.1</v>
       </c>
       <c r="E208" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="F208" s="4">
-        <v>62018554.735409997</v>
+        <v>541851.09999998996</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>916</v>
       </c>
       <c r="H208" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I208" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J208" s="5">
-        <v>5.01</v>
+        <v>1</v>
       </c>
       <c r="K208" s="5">
         <v>1</v>
       </c>
       <c r="L208" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M208" s="4">
-        <v>62018554.735409997</v>
+        <v>541851.09999899997</v>
       </c>
       <c r="N208" s="4">
-        <v>62018554.735409997</v>
+        <v>541851.09999998996</v>
       </c>
       <c r="O208" s="3" t="s">
-        <v>917</v>
+        <v>34</v>
       </c>
       <c r="P208" s="3" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="Q208" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R208" s="3" t="s">
-        <v>919</v>
+        <v>34</v>
       </c>
       <c r="S208" s="3" t="s">
         <v>920</v>
       </c>
       <c r="T208" s="4">
         <v>1</v>
       </c>
       <c r="W208" s="3" t="s">
-        <v>913</v>
+        <v>34</v>
       </c>
       <c r="X208" s="4">
         <v>0</v>
       </c>
       <c r="Y208" s="4">
         <v>0</v>
       </c>
       <c r="Z208" s="6">
-        <v>6.0788000000000002E-2</v>
-[...76 lines deleted...]
-    <row r="211" spans="1:26" x14ac:dyDescent="0.2">
+        <v>5.31E-4</v>
+      </c>
+    </row>
+    <row r="210" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A210" s="3" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="211" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:26" x14ac:dyDescent="0.2">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="212" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:26" x14ac:dyDescent="0.2">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="213" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:26" x14ac:dyDescent="0.2">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="214" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:26" x14ac:dyDescent="0.2">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="215" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>928</v>
-[...3 lines deleted...]
-      <c r="A216" s="3" t="s">
         <v>929</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>