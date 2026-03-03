--- v4 (2026-02-10)
+++ v5 (2026-03-03)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5FFEFB51-51A1-427E-8721-1DB8D89F0611}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BC0DDC6A-F693-4CB1-B234-3635DC5A2322}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{618CC26B-80DF-4991-A293-B90EB6995D97}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{12E1DFB4-7BC4-450B-B243-63A3A6EF4DF2}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2698" uniqueCount="930">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2802" uniqueCount="961">
   <si>
     <t>GMO International Equity Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -163,50 +163,65 @@
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>AUDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
+    <t>CADTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CAD)</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
     <t>CHFTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CHF)</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>DKKTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (DKK)</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
@@ -253,122 +268,143 @@
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>JPYTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (JPY)</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
+    <t>SEKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SEK)</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
     <t>SGDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (SGD)</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>SGD</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>0454492</t>
   </si>
   <si>
     <t>Imperial Brands Plc</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Common Stock</t>
   </si>
   <si>
     <t>IMB</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>GB0004544929</t>
   </si>
   <si>
     <t>XLON</t>
   </si>
   <si>
+    <t>2076281</t>
+  </si>
+  <si>
+    <t>Bank Of Nova Scotia</t>
+  </si>
+  <si>
+    <t>BNS</t>
+  </si>
+  <si>
+    <t>Financials</t>
+  </si>
+  <si>
+    <t>CA0641491075</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>064149107</t>
+  </si>
+  <si>
     <t>2897222</t>
   </si>
   <si>
     <t>Toronto-Dominion Bank</t>
   </si>
   <si>
-    <t>Canada</t>
-[...7 lines deleted...]
-  <si>
     <t>TD</t>
   </si>
   <si>
-    <t>Financials</t>
-[...1 lines deleted...]
-  <si>
     <t>CA8911605092</t>
   </si>
   <si>
-    <t>XTSE</t>
-[...1 lines deleted...]
-  <si>
     <t>891160509</t>
   </si>
   <si>
     <t>3091357</t>
   </si>
   <si>
     <t>Bt Group Plc</t>
   </si>
   <si>
     <t>BT/A</t>
   </si>
   <si>
     <t>Communication Services</t>
   </si>
   <si>
     <t>GB0030913577</t>
   </si>
   <si>
     <t>3208986</t>
   </si>
   <si>
     <t>Next Plc</t>
   </si>
   <si>
     <t>NXT</t>
@@ -391,50 +427,62 @@
   <si>
     <t>GB0033195214</t>
   </si>
   <si>
     <t>4076836</t>
   </si>
   <si>
     <t>Intesa Sanpaolo</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>ISP</t>
   </si>
   <si>
     <t>IT0000072618</t>
   </si>
   <si>
     <t>MTAA</t>
   </si>
   <si>
+    <t>4116099</t>
+  </si>
+  <si>
+    <t>Bper Banca Spa</t>
+  </si>
+  <si>
+    <t>BPE</t>
+  </si>
+  <si>
+    <t>IT0000066123</t>
+  </si>
+  <si>
     <t>4253048</t>
   </si>
   <si>
     <t>Ap Moller-Maersk A/S-B</t>
   </si>
   <si>
     <t>MAERSKB</t>
   </si>
   <si>
     <t>Industrials</t>
   </si>
   <si>
     <t>DK0010244508</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
     <t>4457088</t>
   </si>
   <si>
     <t>Derichebourg</t>
   </si>
   <si>
     <t>France</t>
@@ -490,83 +538,95 @@
   <si>
     <t>KBC</t>
   </si>
   <si>
     <t>BE0003565737</t>
   </si>
   <si>
     <t>XBRU</t>
   </si>
   <si>
     <t>4595739</t>
   </si>
   <si>
     <t>Genmab A/S</t>
   </si>
   <si>
     <t>GMAB</t>
   </si>
   <si>
     <t>Health Care</t>
   </si>
   <si>
     <t>DK0010272202</t>
   </si>
   <si>
+    <t>4617859</t>
+  </si>
+  <si>
+    <t>Dhl Group</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>DHL</t>
+  </si>
+  <si>
+    <t>DE0005552004</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
     <t>4834108</t>
   </si>
   <si>
     <t>Schneider Electric Se</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>FR0000121972</t>
   </si>
   <si>
     <t>4943510</t>
   </si>
   <si>
     <t>Indus Holding Ag</t>
   </si>
   <si>
-    <t>Germany</t>
-[...4 lines deleted...]
-  <si>
     <t>INH</t>
   </si>
   <si>
     <t>DE0006200108</t>
   </si>
   <si>
-    <t>XETR</t>
-[...1 lines deleted...]
-  <si>
     <t>5129074</t>
   </si>
   <si>
     <t>Fresenius Medical Care Ag</t>
   </si>
   <si>
     <t>FME</t>
   </si>
   <si>
     <t>DE0005785802</t>
   </si>
   <si>
     <t>5298781</t>
   </si>
   <si>
     <t>Societe Bic Sa</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>FR0000120966</t>
   </si>
   <si>
     <t>5501906</t>
@@ -823,62 +883,50 @@
   <si>
     <t>6144690</t>
   </si>
   <si>
     <t>Bhp Group Ltd</t>
   </si>
   <si>
     <t>BHP</t>
   </si>
   <si>
     <t>AU000000BHP4</t>
   </si>
   <si>
     <t>6146500</t>
   </si>
   <si>
     <t>Brother Industries Ltd</t>
   </si>
   <si>
     <t>6448</t>
   </si>
   <si>
     <t>JP3830000000</t>
   </si>
   <si>
-    <t>6172323</t>
-[...10 lines deleted...]
-  <si>
     <t>6172453</t>
   </si>
   <si>
     <t>Canon Marketing Japan Inc</t>
   </si>
   <si>
     <t>8060</t>
   </si>
   <si>
     <t>JP3243600008</t>
   </si>
   <si>
     <t>6175203</t>
   </si>
   <si>
     <t>Dbs Group Holdings Ltd</t>
   </si>
   <si>
     <t>DBS</t>
   </si>
   <si>
     <t>SG1L01001701</t>
   </si>
   <si>
     <t>XSES</t>
@@ -1189,62 +1237,86 @@
   <si>
     <t>6572707</t>
   </si>
   <si>
     <t>Panasonic Holdings Corp</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
     <t>JP3866800000</t>
   </si>
   <si>
     <t>6591809</t>
   </si>
   <si>
     <t>Credit Saison Co Ltd</t>
   </si>
   <si>
     <t>8253</t>
   </si>
   <si>
     <t>JP3271400008</t>
   </si>
   <si>
+    <t>6594143</t>
+  </si>
+  <si>
+    <t>Sojitz Corp</t>
+  </si>
+  <si>
+    <t>2768</t>
+  </si>
+  <si>
+    <t>JP3663900003</t>
+  </si>
+  <si>
     <t>6597045</t>
   </si>
   <si>
     <t>Mitsubishi Electric Corp</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
     <t>JP3902400005</t>
   </si>
   <si>
+    <t>6597302</t>
+  </si>
+  <si>
+    <t>Mitsui &amp; Co Ltd</t>
+  </si>
+  <si>
+    <t>8031</t>
+  </si>
+  <si>
+    <t>JP3893600001</t>
+  </si>
+  <si>
     <t>6603737</t>
   </si>
   <si>
     <t>Comfortdelgro Corp Ltd</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>SG1N31909426</t>
   </si>
   <si>
     <t>6610403</t>
   </si>
   <si>
     <t>Murata Manufacturing Co Ltd</t>
   </si>
   <si>
     <t>6981</t>
   </si>
   <si>
     <t>JP3914400001</t>
   </si>
   <si>
     <t>6616508</t>
@@ -1834,50 +1906,62 @@
   <si>
     <t>B01C7R0</t>
   </si>
   <si>
     <t>Super Retail Group Ltd</t>
   </si>
   <si>
     <t>SUL</t>
   </si>
   <si>
     <t>AU000000SUL0</t>
   </si>
   <si>
     <t>B01G0P1</t>
   </si>
   <si>
     <t>Dah Sing Banking Group Ltd</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>HK2356013600</t>
   </si>
   <si>
+    <t>B02FBC1</t>
+  </si>
+  <si>
+    <t>Perseus Mining Ltd</t>
+  </si>
+  <si>
+    <t>PRU</t>
+  </si>
+  <si>
+    <t>AU000000PRU3</t>
+  </si>
+  <si>
     <t>B03P2F0</t>
   </si>
   <si>
     <t>Fuyo General Lease Co Ltd</t>
   </si>
   <si>
     <t>8424</t>
   </si>
   <si>
     <t>JP3826270005</t>
   </si>
   <si>
     <t>B06QFB7</t>
   </si>
   <si>
     <t>Ig Group Holdings Plc</t>
   </si>
   <si>
     <t>IGG</t>
   </si>
   <si>
     <t>GB00B06QFB75</t>
   </si>
   <si>
     <t>B08QZ48</t>
@@ -1921,50 +2005,74 @@
   <si>
     <t>Ipsen</t>
   </si>
   <si>
     <t>IPN</t>
   </si>
   <si>
     <t>FR0010259150</t>
   </si>
   <si>
     <t>B10RB15</t>
   </si>
   <si>
     <t>Inpex Corp</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>JP3294460005</t>
   </si>
   <si>
+    <t>B11HK39</t>
+  </si>
+  <si>
+    <t>Norsk Hydro Asa</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>NHY</t>
+  </si>
+  <si>
+    <t>NO0005052605</t>
+  </si>
+  <si>
+    <t>XOSL</t>
+  </si>
+  <si>
     <t>B11ZRK9</t>
   </si>
   <si>
     <t>Legrand Sa</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>FR0010307819</t>
   </si>
   <si>
     <t>B13X013</t>
   </si>
   <si>
     <t>Eiffage</t>
   </si>
   <si>
     <t>FGR</t>
   </si>
   <si>
     <t>FR0000130452</t>
   </si>
   <si>
     <t>B15C557</t>
@@ -2047,68 +2155,56 @@
   <si>
     <t>MAP</t>
   </si>
   <si>
     <t>ES0124244E34</t>
   </si>
   <si>
     <t>B1P70H9</t>
   </si>
   <si>
     <t>The United Laboratories Inte</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
     <t>KYG8813K1085</t>
   </si>
   <si>
     <t>B1VQF42</t>
   </si>
   <si>
     <t>Orkla Asa</t>
   </si>
   <si>
-    <t>Norway</t>
-[...7 lines deleted...]
-  <si>
     <t>ORK</t>
   </si>
   <si>
     <t>NO0003733800</t>
   </si>
   <si>
-    <t>XOSL</t>
-[...1 lines deleted...]
-  <si>
     <t>B1VT035</t>
   </si>
   <si>
     <t>Yangzijiang Shipbuilding</t>
   </si>
   <si>
     <t>YZJSGD</t>
   </si>
   <si>
     <t>SG1U76934819</t>
   </si>
   <si>
     <t>B1WMLF2</t>
   </si>
   <si>
     <t>Pacific Textiles Holdings</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>KYG686121032</t>
   </si>
   <si>
     <t>B1XH2C0</t>
@@ -2311,50 +2407,62 @@
   <si>
     <t>BH0W286</t>
   </si>
   <si>
     <t>Kln Logistics Group Ltd</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>BMG524181036</t>
   </si>
   <si>
     <t>BH4HKS3</t>
   </si>
   <si>
     <t>Vodafone Group Plc</t>
   </si>
   <si>
     <t>VOD</t>
   </si>
   <si>
     <t>GB00BH4HKS39</t>
   </si>
   <si>
+    <t>BH6XZT5</t>
+  </si>
+  <si>
+    <t>Valmet Oyj</t>
+  </si>
+  <si>
+    <t>VALMT</t>
+  </si>
+  <si>
+    <t>FI4000074984</t>
+  </si>
+  <si>
     <t>BJDS7L3</t>
   </si>
   <si>
     <t>Prosus Nv</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PRX</t>
   </si>
   <si>
     <t>NL0013654783</t>
   </si>
   <si>
     <t>XAMS</t>
   </si>
   <si>
     <t>BKY40Q3</t>
   </si>
   <si>
     <t>Galliford Try Holdings Plc</t>
@@ -2438,65 +2546,50 @@
     <t>GB00BN7SWP63</t>
   </si>
   <si>
     <t>BNFWV75</t>
   </si>
   <si>
     <t>Coface Sa</t>
   </si>
   <si>
     <t>COFA</t>
   </si>
   <si>
     <t>FR0010667147</t>
   </si>
   <si>
     <t>BNG8PQ9</t>
   </si>
   <si>
     <t>Nn Group Nv</t>
   </si>
   <si>
     <t>NN</t>
   </si>
   <si>
     <t>NL0010773842</t>
-  </si>
-[...13 lines deleted...]
-    <t>06849F108</t>
   </si>
   <si>
     <t>BNZKT97</t>
   </si>
   <si>
     <t>Yangzijiang Financial Holdin</t>
   </si>
   <si>
     <t>YZJFH</t>
   </si>
   <si>
     <t>SGXE77102635</t>
   </si>
   <si>
     <t>BP4JH17</t>
   </si>
   <si>
     <t>Johnson Electric Holdings</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>BMG5150J1577</t>
   </si>
@@ -3220,92 +3313,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74600B8E-9823-4FD2-AF11-2FB8FAB1CF99}">
-  <dimension ref="A1:Z215"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6C76ADC4-BEAA-4AEE-9721-9F483FA71E76}">
+  <dimension ref="A1:Z223"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="20.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="5"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -3355,15255 +3448,15847 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>3318823.46</v>
+        <v>3398282.36</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>3318823.46</v>
+        <v>3398282.36</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>3318823.46</v>
+        <v>3398282.36</v>
       </c>
       <c r="N4" s="4">
-        <v>3318823.46</v>
+        <v>3398282.36</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>3.2539999999999999E-3</v>
+        <v>3.081E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
         <v>0.01</v>
       </c>
       <c r="E5" s="5">
-        <v>0.66685000000000005</v>
+        <v>0.70055000000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>6.6684999999999999E-3</v>
+        <v>7.0054999999999996E-3</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.4995876134063133</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4">
         <v>0.01</v>
       </c>
       <c r="N5" s="4">
-        <v>6.6684999999999999E-3</v>
+        <v>7.0054999999999996E-3</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>0.02</v>
+        <v>88587</v>
       </c>
       <c r="E6" s="5">
-        <v>1.2622279999999999</v>
+        <v>0.73847099999999999</v>
       </c>
       <c r="F6" s="4">
-        <v>2.5244559999999999E-2</v>
+        <v>65418.897463349997</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.79225000133296064</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>0.02</v>
+        <v>88586.999679</v>
       </c>
       <c r="N6" s="4">
-        <v>2.5244559999999999E-2</v>
+        <v>65418.897463349997</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>0</v>
+        <v>5.8999999999999998E-5</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>20968.349999999999</v>
+        <v>0.02</v>
       </c>
       <c r="E7" s="5">
-        <v>0.15724299999999999</v>
+        <v>1.2986169999999999</v>
       </c>
       <c r="F7" s="4">
-        <v>3297.1177432499999</v>
+        <v>2.597234E-2</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>6.3596001566751097</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>20968.350515999999</v>
+        <v>0.02</v>
       </c>
       <c r="N7" s="4">
-        <v>3297.1177432499999</v>
+        <v>2.597234E-2</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>3.0000000000000001E-6</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>2123930.85</v>
+        <v>33166.080000000002</v>
       </c>
       <c r="E8" s="5">
-        <v>1.17445</v>
+        <v>0.159307</v>
       </c>
       <c r="F8" s="4">
-        <v>2494450.5867825001</v>
+        <v>5283.5786656500004</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.85146238664906981</v>
+        <v>6.2771998917810743</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>2123930.85</v>
+        <v>33166.079427999997</v>
       </c>
       <c r="N8" s="4">
-        <v>2494450.5867825001</v>
+        <v>5283.5786656500004</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>2.4450000000000001E-3</v>
+        <v>3.9999999999999998E-6</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>540881.82999999996</v>
+        <v>472243.42</v>
       </c>
       <c r="E9" s="5">
-        <v>1.3450500000000001</v>
+        <v>1.1896500000000001</v>
       </c>
       <c r="F9" s="4">
-        <v>727513.10544149997</v>
+        <v>561804.38460300001</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>540881.82999999996</v>
+        <v>472243.42</v>
       </c>
       <c r="N9" s="4">
-        <v>727513.10544149997</v>
+        <v>561804.38460300001</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>7.1299999999999998E-4</v>
+        <v>5.0900000000000001E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>57409.89</v>
+        <v>184176.89</v>
       </c>
       <c r="E10" s="5">
-        <v>0.12847700000000001</v>
+        <v>1.37225</v>
       </c>
       <c r="F10" s="4">
-        <v>7375.8450568500002</v>
+        <v>252736.7373025</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>7.783499774395259</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>57409.888335000003</v>
+        <v>184176.89</v>
       </c>
       <c r="N10" s="4">
-        <v>7375.8450568500002</v>
+        <v>252736.7373025</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>6.9999999999999999E-6</v>
+        <v>2.2900000000000001E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>55718820</v>
+        <v>0.17</v>
       </c>
       <c r="E11" s="5">
-        <v>6.3800000000000003E-3</v>
+        <v>0.12804599999999999</v>
       </c>
       <c r="F11" s="4">
-        <v>355474.30540049</v>
+        <v>2.17678E-2</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>156.74497122946053</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>55718809.772812001</v>
+        <v>0.16999900000000001</v>
       </c>
       <c r="N11" s="4">
-        <v>355474.30540049</v>
+        <v>2.17678E-2</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>3.48E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>4781967.2300000004</v>
+        <v>73792620</v>
       </c>
       <c r="E12" s="5">
-        <v>0.77760499999999999</v>
+        <v>6.483E-3</v>
       </c>
       <c r="F12" s="4">
-        <v>3718481.5163297099</v>
+        <v>478365.22753792</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>1.2859999944959202</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>4781967.2095330004</v>
+        <v>73792641.724553004</v>
       </c>
       <c r="N12" s="4">
-        <v>3718481.5163297099</v>
+        <v>478365.22753792</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.6449999999999998E-3</v>
+        <v>4.3300000000000001E-4</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>-18189813.350000001</v>
+        <v>1554192</v>
       </c>
       <c r="E13" s="5">
-        <v>1</v>
+        <v>0.112966</v>
       </c>
       <c r="F13" s="4">
-        <v>-18189813.350000001</v>
+        <v>175570.27874268999</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>31</v>
+        <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>32</v>
+        <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>1</v>
+        <v>8.8522500162217472</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>33</v>
+        <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>-18189813.350000001</v>
+        <v>1554192.002848</v>
       </c>
       <c r="N13" s="4">
-        <v>-18189813.350000001</v>
+        <v>175570.27874268999</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>-1.7835E-2</v>
+        <v>1.5899999999999999E-4</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>441582</v>
+        <v>0.08</v>
       </c>
       <c r="E14" s="5">
-        <v>41.952109999999998</v>
+        <v>0.788022</v>
       </c>
       <c r="F14" s="4">
-        <v>18525296.417229</v>
+        <v>6.3041769999999997E-2</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="J14" s="5">
-        <v>31.19</v>
+        <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>0.74346678562135238</v>
+        <v>1.2690000074363401</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="M14" s="4">
-        <v>13772942.58</v>
+        <v>0.08</v>
       </c>
       <c r="N14" s="4">
-        <v>18525296.417229</v>
+        <v>6.3041769999999997E-2</v>
       </c>
       <c r="O14" s="3" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>1.8162999999999999E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>41000</v>
+        <v>-1727910.21</v>
       </c>
       <c r="E15" s="5">
-        <v>94.371694000000005</v>
+        <v>1</v>
       </c>
       <c r="F15" s="4">
-        <v>3869239.4674448301</v>
+        <v>-1727910.21</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>90</v>
+        <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>129.36000000000001</v>
+        <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>1.3707500016140581</v>
+        <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>91</v>
+        <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>5303760.0062450003</v>
+        <v>-1727910.21</v>
       </c>
       <c r="N15" s="4">
-        <v>3869239.4674448301</v>
+        <v>-1727910.21</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>3.7929999999999999E-3</v>
+        <v>-1.5659999999999999E-3</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D16" s="4">
-        <v>7020066</v>
+        <v>379726</v>
       </c>
       <c r="E16" s="5">
-        <v>2.475565</v>
+        <v>42.073185000000002</v>
       </c>
       <c r="F16" s="4">
-        <v>17378626.352758601</v>
+        <v>15976282.24731</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="J16" s="5">
-        <v>1.8405</v>
+        <v>30.66</v>
       </c>
       <c r="K16" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M16" s="4">
-        <v>12920431.472999999</v>
+        <v>11642399.16</v>
       </c>
       <c r="N16" s="4">
-        <v>17378626.352758601</v>
+        <v>15976282.24731</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.7038999999999999E-2</v>
+        <v>1.4485E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" s="4">
+        <v>17700</v>
+      </c>
+      <c r="E17" s="5">
+        <v>75.176310000000001</v>
+      </c>
+      <c r="F17" s="4">
+        <v>1330620.6845622701</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J17" s="5">
+        <v>101.8</v>
+      </c>
+      <c r="K17" s="5">
+        <v>1.3541499951054248</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M17" s="4">
+        <v>1801859.993487</v>
+      </c>
+      <c r="N17" s="4">
+        <v>1330620.6845622701</v>
+      </c>
+      <c r="O17" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="P17" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q17" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R17" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="S17" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="T17" s="4">
+        <v>1</v>
+      </c>
+      <c r="W17" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="C17" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>9.7199999999999999E-4</v>
+        <v>1.206E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" s="4">
+        <v>96500</v>
+      </c>
+      <c r="E18" s="5">
+        <v>93.977772000000002</v>
+      </c>
+      <c r="F18" s="4">
+        <v>9068855.00129232</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="J18" s="5">
+        <v>127.26</v>
+      </c>
+      <c r="K18" s="5">
+        <v>1.3541499951054248</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="M18" s="4">
+        <v>12280589.955611</v>
+      </c>
+      <c r="N18" s="4">
+        <v>9068855.00129232</v>
+      </c>
+      <c r="O18" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="P18" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q18" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R18" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="S18" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T18" s="4">
+        <v>1</v>
+      </c>
+      <c r="W18" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="C18" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.4899999999999999E-4</v>
+        <v>8.2220000000000001E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D19" s="4">
+        <v>5894130</v>
+      </c>
+      <c r="E19" s="5">
+        <v>2.6257999999999999</v>
+      </c>
+      <c r="F19" s="4">
+        <v>15476808.7642987</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J19" s="5">
+        <v>1.9135</v>
+      </c>
+      <c r="K19" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M19" s="4">
+        <v>11278417.755000001</v>
+      </c>
+      <c r="N19" s="4">
+        <v>15476808.7642987</v>
+      </c>
+      <c r="O19" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="P19" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="Q19" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="C19" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H19" s="3" t="s">
+      <c r="R19" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="I19" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="S19" s="3" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>9.0609999999999996E-3</v>
+        <v>1.4031999999999999E-2</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" s="4">
+        <v>160</v>
+      </c>
+      <c r="E20" s="5">
+        <v>182.028963</v>
+      </c>
+      <c r="F20" s="4">
+        <v>29124.633999999998</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J20" s="5">
+        <v>132.65</v>
+      </c>
+      <c r="K20" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M20" s="4">
+        <v>21224</v>
+      </c>
+      <c r="N20" s="4">
+        <v>29124.633999999998</v>
+      </c>
+      <c r="O20" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="P20" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q20" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R20" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S20" s="3" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>6.29E-4</v>
+        <v>2.5999999999999998E-5</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D21" s="4">
-        <v>94864</v>
+        <v>36276</v>
       </c>
       <c r="E21" s="5">
-        <v>7.9803879999999996</v>
+        <v>4.6313440000000003</v>
       </c>
       <c r="F21" s="4">
-        <v>757051.503516</v>
+        <v>168006.625875</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>126</v>
+        <v>64</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="J21" s="5">
-        <v>6.7949999999999999</v>
+        <v>3.375</v>
       </c>
       <c r="K21" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="M21" s="4">
-        <v>644600.88</v>
+        <v>122431.5</v>
       </c>
       <c r="N21" s="4">
-        <v>757051.503516</v>
+        <v>168006.625875</v>
       </c>
       <c r="O21" s="3" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>130</v>
+        <v>96</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>7.4200000000000004E-4</v>
+        <v>1.5200000000000001E-4</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D22" s="4">
-        <v>293337</v>
+        <v>1054503</v>
       </c>
       <c r="E22" s="5">
-        <v>57.007803000000003</v>
+        <v>7.0974519999999997</v>
       </c>
       <c r="F22" s="4">
-        <v>16722497.908610901</v>
+        <v>7484284.3209057003</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J22" s="5">
-        <v>48.54</v>
+        <v>5.9660000000000002</v>
       </c>
       <c r="K22" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L22" s="3" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="M22" s="4">
-        <v>14238577.979999</v>
+        <v>6291164.898</v>
       </c>
       <c r="N22" s="4">
-        <v>16722497.908610901</v>
+        <v>7484284.3209057003</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.6396000000000001E-2</v>
+        <v>6.7850000000000002E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D23" s="4">
-        <v>41231</v>
+        <v>40905</v>
       </c>
       <c r="E23" s="5">
-        <v>130.65756300000001</v>
+        <v>14.103301</v>
       </c>
       <c r="F23" s="4">
-        <v>5387141.9594374998</v>
+        <v>576895.51717875001</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J23" s="5">
-        <v>111.25</v>
+        <v>11.855</v>
       </c>
       <c r="K23" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="M23" s="4">
-        <v>4586948.75</v>
+        <v>484928.77500000002</v>
       </c>
       <c r="N23" s="4">
-        <v>5387141.9594374998</v>
+        <v>576895.51717875001</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>143</v>
+        <v>132</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>5.2820000000000002E-3</v>
+        <v>5.2300000000000003E-4</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D24" s="4">
-        <v>4121</v>
+        <v>279</v>
       </c>
       <c r="E24" s="5">
-        <v>318.73072999999999</v>
+        <v>2489.9637210000001</v>
       </c>
       <c r="F24" s="4">
-        <v>1313489.37040065</v>
+        <v>694699.86618236999</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="J24" s="5">
-        <v>2027</v>
+        <v>15630</v>
       </c>
       <c r="K24" s="5">
-        <v>6.3596001566751097</v>
+        <v>6.2771998917810743</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="M24" s="4">
-        <v>8353267.2057910003</v>
+        <v>4360769.9248200003</v>
       </c>
       <c r="N24" s="4">
-        <v>1313489.37040065</v>
+        <v>694699.86618236999</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.2869999999999999E-3</v>
+        <v>6.29E-4</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D25" s="4">
-        <v>12341</v>
+        <v>94864</v>
       </c>
       <c r="E25" s="5">
-        <v>275.87830500000001</v>
+        <v>9.469614</v>
       </c>
       <c r="F25" s="4">
-        <v>3404614.1620049998</v>
+        <v>898325.46249599999</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>126</v>
+        <v>142</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J25" s="5">
-        <v>234.9</v>
+        <v>7.96</v>
       </c>
       <c r="K25" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="M25" s="4">
-        <v>2898900.9</v>
+        <v>755117.44</v>
       </c>
       <c r="N25" s="4">
-        <v>3404614.1620049998</v>
+        <v>898325.46249599999</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>130</v>
+        <v>146</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.3379999999999998E-3</v>
+        <v>8.1400000000000005E-4</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D26" s="4">
-        <v>5326</v>
+        <v>249210</v>
       </c>
       <c r="E26" s="5">
-        <v>33.119489999999999</v>
+        <v>64.954890000000006</v>
       </c>
       <c r="F26" s="4">
-        <v>176394.40374000001</v>
+        <v>16187408.1369</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J26" s="5">
-        <v>28.2</v>
+        <v>54.6</v>
       </c>
       <c r="K26" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="M26" s="4">
-        <v>150193.20000000001</v>
+        <v>13606866</v>
       </c>
       <c r="N26" s="4">
-        <v>176394.40374000001</v>
+        <v>16187408.1369</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.7200000000000001E-4</v>
+        <v>1.4676E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D27" s="4">
-        <v>20371</v>
+        <v>45857</v>
       </c>
       <c r="E27" s="5">
-        <v>47.870581999999999</v>
+        <v>141.44938500000001</v>
       </c>
       <c r="F27" s="4">
-        <v>975171.62592200004</v>
+        <v>6486444.4479449997</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J27" s="5">
-        <v>40.76</v>
+        <v>118.9</v>
       </c>
       <c r="K27" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>158</v>
       </c>
       <c r="M27" s="4">
-        <v>830321.96</v>
+        <v>5452397.2999999998</v>
       </c>
       <c r="N27" s="4">
-        <v>975171.62592200004</v>
+        <v>6486444.4479449997</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>149</v>
+        <v>100</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>161</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>9.5600000000000004E-4</v>
+        <v>5.8809999999999999E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D28" s="4">
-        <v>14681</v>
+        <v>4121</v>
       </c>
       <c r="E28" s="5">
-        <v>60.484175</v>
+        <v>322.11814700000002</v>
       </c>
       <c r="F28" s="4">
-        <v>887968.173175</v>
+        <v>1327448.8625501799</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>126</v>
+        <v>54</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="J28" s="5">
-        <v>51.5</v>
+        <v>2022</v>
       </c>
       <c r="K28" s="5">
-        <v>0.85146238664906981</v>
+        <v>6.2771998917810743</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>127</v>
+        <v>56</v>
       </c>
       <c r="M28" s="4">
-        <v>756071.5</v>
+        <v>8332661.8563440004</v>
       </c>
       <c r="N28" s="4">
-        <v>887968.173175</v>
+        <v>1327448.8625501799</v>
       </c>
       <c r="O28" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="P28" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="Q28" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="R28" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="P28" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S28" s="3" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>8.7000000000000001E-4</v>
+        <v>1.2030000000000001E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D29" s="4">
+        <v>57923</v>
+      </c>
+      <c r="E29" s="5">
+        <v>56.294238</v>
+      </c>
+      <c r="F29" s="4">
+        <v>3260731.1476739999</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J29" s="5">
+        <v>47.32</v>
+      </c>
+      <c r="K29" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L29" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="M29" s="4">
+        <v>2740916.36</v>
+      </c>
+      <c r="N29" s="4">
+        <v>3260731.1476739999</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="P29" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="Q29" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R29" s="3" t="s">
+      <c r="S29" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="S29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.2070000000000001E-2</v>
+        <v>2.9559999999999999E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D30" s="4">
-        <v>22355</v>
+        <v>12341</v>
       </c>
       <c r="E30" s="5">
-        <v>70.549211999999997</v>
+        <v>288.25219499999997</v>
       </c>
       <c r="F30" s="4">
-        <v>1577127.6230825</v>
+        <v>3557320.3384949998</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>157</v>
+        <v>142</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J30" s="5">
-        <v>60.07</v>
+        <v>242.3</v>
       </c>
       <c r="K30" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="M30" s="4">
-        <v>1342864.85</v>
+        <v>2990224.3</v>
       </c>
       <c r="N30" s="4">
-        <v>1577127.6230825</v>
+        <v>3557320.3384949998</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>174</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>176</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>177</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>161</v>
+        <v>146</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.5460000000000001E-3</v>
+        <v>3.225E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D31" s="4">
-        <v>259861</v>
+        <v>5326</v>
       </c>
       <c r="E31" s="5">
-        <v>97.150503999999998</v>
+        <v>38.247247999999999</v>
       </c>
       <c r="F31" s="4">
-        <v>25245627.119943898</v>
+        <v>203704.84018500001</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>126</v>
+        <v>169</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J31" s="5">
-        <v>82.72</v>
+        <v>32.15</v>
       </c>
       <c r="K31" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>127</v>
+        <v>170</v>
       </c>
       <c r="M31" s="4">
-        <v>21495701.919999</v>
+        <v>171230.9</v>
       </c>
       <c r="N31" s="4">
-        <v>25245627.119943898</v>
+        <v>203704.84018500001</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>181</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>130</v>
+        <v>173</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.4753000000000001E-2</v>
+        <v>1.84E-4</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D32" s="4">
-        <v>1469361</v>
+        <v>20371</v>
       </c>
       <c r="E32" s="5">
-        <v>11.826712000000001</v>
+        <v>45.099632</v>
       </c>
       <c r="F32" s="4">
-        <v>17377708.636351399</v>
+        <v>918724.59328649996</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>133</v>
+        <v>169</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J32" s="5">
-        <v>10.07</v>
+        <v>37.909999999999997</v>
       </c>
       <c r="K32" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="M32" s="4">
-        <v>14796465.269998999</v>
+        <v>772264.61</v>
       </c>
       <c r="N32" s="4">
-        <v>17377708.636351399</v>
+        <v>918724.59328649996</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>93</v>
+        <v>165</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>138</v>
+        <v>173</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>1.7038000000000001E-2</v>
+        <v>8.3199999999999995E-4</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B33" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="4">
+        <v>14681</v>
+      </c>
+      <c r="E33" s="5">
+        <v>64.71696</v>
+      </c>
+      <c r="F33" s="4">
+        <v>950109.68975999998</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J33" s="5">
+        <v>54.4</v>
+      </c>
+      <c r="K33" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M33" s="4">
+        <v>798646.4</v>
+      </c>
+      <c r="N33" s="4">
+        <v>950109.68975999998</v>
+      </c>
+      <c r="O33" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="C33" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P33" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>161</v>
+        <v>146</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.8550000000000001E-2</v>
+        <v>8.61E-4</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B34" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D34" s="4">
+        <v>1389043</v>
+      </c>
+      <c r="E34" s="5">
+        <v>25.517993000000001</v>
+      </c>
+      <c r="F34" s="4">
+        <v>35445588.856177501</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J34" s="5">
+        <v>21.45</v>
+      </c>
+      <c r="K34" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L34" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="M34" s="4">
+        <v>29794972.350000001</v>
+      </c>
+      <c r="N34" s="4">
+        <v>35445588.856177501</v>
+      </c>
+      <c r="O34" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="C34" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P34" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.5717E-2</v>
+        <v>3.2136999999999999E-2</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B35" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D35" s="4">
+        <v>12584</v>
+      </c>
+      <c r="E35" s="5">
+        <v>68.749874000000005</v>
+      </c>
+      <c r="F35" s="4">
+        <v>865148.40812399995</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J35" s="5">
+        <v>57.79</v>
+      </c>
+      <c r="K35" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="M35" s="4">
+        <v>727229.36</v>
+      </c>
+      <c r="N35" s="4">
+        <v>865148.40812399995</v>
+      </c>
+      <c r="O35" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C35" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P35" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>1.108E-3</v>
+        <v>7.8399999999999997E-4</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B36" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D36" s="4">
+        <v>271873</v>
+      </c>
+      <c r="E36" s="5">
+        <v>94.220280000000002</v>
+      </c>
+      <c r="F36" s="4">
+        <v>25615950.184440002</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J36" s="5">
+        <v>79.2</v>
+      </c>
+      <c r="K36" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M36" s="4">
+        <v>21532341.600000001</v>
+      </c>
+      <c r="N36" s="4">
+        <v>25615950.184440002</v>
+      </c>
+      <c r="O36" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="C36" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P36" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>200</v>
+        <v>165</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>201</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>1.1069999999999999E-3</v>
+        <v>2.3224999999999999E-2</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D37" s="4">
-        <v>3149498</v>
+        <v>1469361</v>
       </c>
       <c r="E37" s="5">
-        <v>6.544035</v>
+        <v>12.824427</v>
       </c>
       <c r="F37" s="4">
-        <v>20610426.404229101</v>
+        <v>18843712.881147001</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>204</v>
+        <v>149</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J37" s="5">
-        <v>5.5720000000000001</v>
+        <v>10.78</v>
       </c>
       <c r="K37" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>205</v>
+        <v>150</v>
       </c>
       <c r="M37" s="4">
-        <v>17549002.855999</v>
+        <v>15839711.58</v>
       </c>
       <c r="N37" s="4">
-        <v>20610426.404229101</v>
+        <v>18843712.881147001</v>
       </c>
       <c r="O37" s="3" t="s">
         <v>202</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>208</v>
+        <v>154</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.0208E-2</v>
+        <v>1.7084999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D38" s="4">
-        <v>157339</v>
+        <v>58474</v>
       </c>
       <c r="E38" s="5">
-        <v>26.395764</v>
+        <v>304.90729499999998</v>
       </c>
       <c r="F38" s="4">
-        <v>4153083.0726612499</v>
+        <v>17829149.167830002</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>126</v>
+        <v>169</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J38" s="5">
-        <v>22.475000000000001</v>
+        <v>256.3</v>
       </c>
       <c r="K38" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>127</v>
+        <v>170</v>
       </c>
       <c r="M38" s="4">
-        <v>3536194.0249999999</v>
+        <v>14986886.199999999</v>
       </c>
       <c r="N38" s="4">
-        <v>4153083.0726612499</v>
+        <v>17829149.167830002</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>117</v>
+        <v>173</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>4.0720000000000001E-3</v>
+        <v>1.6164999999999999E-2</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D39" s="4">
-        <v>63687</v>
+        <v>674501</v>
       </c>
       <c r="E39" s="5">
-        <v>80.708203999999995</v>
+        <v>39.615344999999998</v>
       </c>
       <c r="F39" s="4">
-        <v>5140063.3881480005</v>
+        <v>26720589.817845002</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>126</v>
+        <v>169</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J39" s="5">
-        <v>68.72</v>
+        <v>33.299999999999997</v>
       </c>
       <c r="K39" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>127</v>
+        <v>170</v>
       </c>
       <c r="M39" s="4">
-        <v>4376570.6399999997</v>
+        <v>22460883.300000001</v>
       </c>
       <c r="N39" s="4">
-        <v>5140063.3881480005</v>
+        <v>26720589.817845002</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>130</v>
+        <v>173</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>5.0390000000000001E-3</v>
+        <v>2.4226000000000001E-2</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D40" s="4">
-        <v>757857</v>
+        <v>10333</v>
       </c>
       <c r="E40" s="5">
-        <v>1.893213</v>
+        <v>103.99920299999999</v>
       </c>
       <c r="F40" s="4">
-        <v>1434785.0276838001</v>
+        <v>1074623.7645990001</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>219</v>
+        <v>169</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J40" s="5">
-        <v>1.6120000000000001</v>
+        <v>87.42</v>
       </c>
       <c r="K40" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>220</v>
+        <v>170</v>
       </c>
       <c r="M40" s="4">
-        <v>1221665.4839999999</v>
+        <v>903310.86</v>
       </c>
       <c r="N40" s="4">
-        <v>1434785.0276838001</v>
+        <v>1074623.7645990001</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>223</v>
+        <v>173</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.4059999999999999E-3</v>
+        <v>9.7400000000000004E-4</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D41" s="4">
-        <v>34139</v>
+        <v>25386</v>
       </c>
       <c r="E41" s="5">
-        <v>14.304800999999999</v>
+        <v>49.370474999999999</v>
       </c>
       <c r="F41" s="4">
-        <v>488351.60133899999</v>
+        <v>1253318.8783499999</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>126</v>
+        <v>157</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J41" s="5">
-        <v>12.18</v>
+        <v>41.5</v>
       </c>
       <c r="K41" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>127</v>
+        <v>158</v>
       </c>
       <c r="M41" s="4">
-        <v>415813.02</v>
+        <v>1053519</v>
       </c>
       <c r="N41" s="4">
-        <v>488351.60133899999</v>
+        <v>1253318.8783499999</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>100</v>
+        <v>220</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>4.7800000000000002E-4</v>
+        <v>1.1360000000000001E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D42" s="4">
+        <v>2944353</v>
+      </c>
+      <c r="E42" s="5">
+        <v>6.4526620000000001</v>
+      </c>
+      <c r="F42" s="4">
+        <v>18998913.539944801</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J42" s="5">
+        <v>5.4240000000000004</v>
+      </c>
+      <c r="K42" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="M42" s="4">
+        <v>15970170.672</v>
+      </c>
+      <c r="N42" s="4">
+        <v>18998913.539944801</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="P42" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="Q42" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R42" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="S42" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...52 lines deleted...]
-      </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.003E-3</v>
+        <v>1.7225000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D43" s="4">
+        <v>157339</v>
+      </c>
+      <c r="E43" s="5">
+        <v>28.349360000000001</v>
+      </c>
+      <c r="F43" s="4">
+        <v>4460459.8743705004</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J43" s="5">
+        <v>23.83</v>
+      </c>
+      <c r="K43" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M43" s="4">
+        <v>3749388.37</v>
+      </c>
+      <c r="N43" s="4">
+        <v>4460459.8743705004</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="P43" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q43" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>236</v>
+        <v>129</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>4.35E-4</v>
+        <v>4.0439999999999999E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D44" s="4">
-        <v>613302</v>
+        <v>63687</v>
       </c>
       <c r="E44" s="5">
-        <v>22.606757999999999</v>
+        <v>87.796170000000004</v>
       </c>
       <c r="F44" s="4">
-        <v>13864770.1986131</v>
+        <v>5591474.6787900003</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>239</v>
+        <v>142</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="J44" s="5">
-        <v>72.05</v>
+        <v>73.8</v>
       </c>
       <c r="K44" s="5">
-        <v>3.1871000468312483</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>241</v>
+        <v>143</v>
       </c>
       <c r="M44" s="4">
-        <v>44188409.749303997</v>
+        <v>4700100.5999999996</v>
       </c>
       <c r="N44" s="4">
-        <v>13864770.1986131</v>
+        <v>5591474.6787900003</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>244</v>
+        <v>146</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.3594E-2</v>
+        <v>5.0689999999999997E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D45" s="4">
-        <v>1324633</v>
+        <v>757857</v>
       </c>
       <c r="E45" s="5">
-        <v>14.677369000000001</v>
+        <v>2.1056810000000001</v>
       </c>
       <c r="F45" s="4">
-        <v>19442126.6682605</v>
+        <v>1595804.7066885</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>39</v>
+        <v>239</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="J45" s="5">
-        <v>22.01</v>
+        <v>1.77</v>
       </c>
       <c r="K45" s="5">
-        <v>1.4995876134063133</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>41</v>
+        <v>240</v>
       </c>
       <c r="M45" s="4">
-        <v>29155172.329999998</v>
+        <v>1341406.8899999999</v>
       </c>
       <c r="N45" s="4">
-        <v>19442126.6682605</v>
+        <v>1595804.7066885</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>200</v>
+        <v>94</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.9061999999999999E-2</v>
+        <v>1.446E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D46" s="4">
-        <v>173489</v>
+        <v>34139</v>
       </c>
       <c r="E46" s="5">
-        <v>4.7879829999999997</v>
+        <v>14.370972</v>
       </c>
       <c r="F46" s="4">
-        <v>830662.38268699998</v>
+        <v>490610.61310800002</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="J46" s="5">
-        <v>7.18</v>
+        <v>12.08</v>
       </c>
       <c r="K46" s="5">
-        <v>1.4995876134063133</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="M46" s="4">
-        <v>1245651.02</v>
+        <v>412399.12</v>
       </c>
       <c r="N46" s="4">
-        <v>830662.38268699998</v>
+        <v>490610.61310800002</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>84</v>
+        <v>112</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>249</v>
+        <v>146</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>8.1400000000000005E-4</v>
+        <v>4.44E-4</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D47" s="4">
-        <v>292501</v>
+        <v>104657</v>
       </c>
       <c r="E47" s="5">
-        <v>30.335007000000001</v>
+        <v>9.7015960000000003</v>
       </c>
       <c r="F47" s="4">
-        <v>8873019.7362565193</v>
+        <v>1015339.90640775</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="J47" s="5">
-        <v>45.49</v>
+        <v>8.1549999999999994</v>
       </c>
       <c r="K47" s="5">
-        <v>1.4995876134063133</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>41</v>
+        <v>143</v>
       </c>
       <c r="M47" s="4">
-        <v>13305870.49</v>
+        <v>853477.83499999996</v>
       </c>
       <c r="N47" s="4">
-        <v>8873019.7362565193</v>
+        <v>1015339.90640775</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>200</v>
+        <v>112</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>249</v>
+        <v>146</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>8.6990000000000001E-3</v>
+        <v>9.2000000000000003E-4</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D48" s="4">
-        <v>168796</v>
+        <v>38420</v>
       </c>
       <c r="E48" s="5">
-        <v>19.917704000000001</v>
+        <v>11.960323000000001</v>
       </c>
       <c r="F48" s="4">
-        <v>3362028.2114261999</v>
+        <v>459515.75262544001</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J48" s="5">
-        <v>3122</v>
+        <v>1845</v>
       </c>
       <c r="K48" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M48" s="4">
-        <v>526981015.27263403</v>
+        <v>70884920.868521005</v>
       </c>
       <c r="N48" s="4">
-        <v>3362028.2114261999</v>
+        <v>459515.75262544001</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>3.2959999999999999E-3</v>
+        <v>4.1599999999999997E-4</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D49" s="4">
+        <v>700133</v>
+      </c>
+      <c r="E49" s="5">
+        <v>24.873802999999999</v>
+      </c>
+      <c r="F49" s="4">
+        <v>17414970.136551902</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="J49" s="5">
+        <v>76.87</v>
+      </c>
+      <c r="K49" s="5">
+        <v>3.0903999784166465</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="M49" s="4">
+        <v>53819223.334126003</v>
+      </c>
+      <c r="N49" s="4">
+        <v>17414970.136551902</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="P49" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B49" s="3" t="s">
+      <c r="Q49" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P49" s="3" t="s">
+      <c r="S49" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="Q49" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>4.95E-4</v>
+        <v>1.5789000000000001E-2</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B50" s="3" t="s">
+      <c r="C50" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D50" s="4">
+        <v>1439075</v>
+      </c>
+      <c r="E50" s="5">
+        <v>14.711550000000001</v>
+      </c>
+      <c r="F50" s="4">
+        <v>21171023.8162499</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J50" s="5">
+        <v>21</v>
+      </c>
+      <c r="K50" s="5">
+        <v>1.4274498608236386</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M50" s="4">
+        <v>30220574.999999002</v>
+      </c>
+      <c r="N50" s="4">
+        <v>21171023.8162499</v>
+      </c>
+      <c r="O50" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="P50" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P50" s="3" t="s">
+      <c r="Q50" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="R50" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="Q50" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R50" s="3" t="s">
+      <c r="S50" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="S50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>5.9299999999999999E-4</v>
+        <v>1.9195E-2</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D51" s="4">
-        <v>3400</v>
+        <v>173489</v>
       </c>
       <c r="E51" s="5">
-        <v>43.825817000000001</v>
+        <v>5.0439600000000002</v>
       </c>
       <c r="F51" s="4">
-        <v>149007.77604977001</v>
+        <v>875071.57643999998</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="J51" s="5">
-        <v>56.36</v>
+        <v>7.2</v>
       </c>
       <c r="K51" s="5">
-        <v>1.2859999944959202</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="M51" s="4">
-        <v>191623.99917900001</v>
+        <v>1249120.8</v>
       </c>
       <c r="N51" s="4">
-        <v>149007.77604977001</v>
+        <v>875071.57643999998</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>270</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>272</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>273</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.46E-4</v>
+        <v>7.9299999999999998E-4</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D52" s="4">
-        <v>29210</v>
+        <v>292501</v>
       </c>
       <c r="E52" s="5">
-        <v>97.906917000000007</v>
+        <v>35.426814</v>
       </c>
       <c r="F52" s="4">
-        <v>2859861.0455700099</v>
+        <v>10362378.3755634</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>39</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J52" s="5">
-        <v>146.82</v>
+        <v>50.57</v>
       </c>
       <c r="K52" s="5">
-        <v>1.4995876134063133</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>41</v>
       </c>
       <c r="M52" s="4">
-        <v>4288612.2</v>
+        <v>14791775.569999</v>
       </c>
       <c r="N52" s="4">
-        <v>2859861.0455700099</v>
+        <v>10362378.3755634</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="P52" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="Q52" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S52" s="3" t="s">
-        <v>249</v>
+        <v>269</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.8040000000000001E-3</v>
+        <v>9.3950000000000006E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="C53" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D53" s="4">
+        <v>168796</v>
+      </c>
+      <c r="E53" s="5">
+        <v>20.368203999999999</v>
+      </c>
+      <c r="F53" s="4">
+        <v>3438072.2935303999</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J53" s="5">
+        <v>3142</v>
+      </c>
+      <c r="K53" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M53" s="4">
+        <v>530357188.137155</v>
+      </c>
+      <c r="N53" s="4">
+        <v>3438072.2935303999</v>
+      </c>
+      <c r="O53" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="P53" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P53" s="3" t="s">
+      <c r="Q53" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S53" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.9944E-2</v>
+        <v>3.117E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D54" s="4">
+        <v>13800</v>
+      </c>
+      <c r="E54" s="5">
+        <v>43.692453999999998</v>
+      </c>
+      <c r="F54" s="4">
+        <v>602956.04823026003</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J54" s="5">
+        <v>6740</v>
+      </c>
+      <c r="K54" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M54" s="4">
+        <v>93012027.382740006</v>
+      </c>
+      <c r="N54" s="4">
+        <v>602956.04823026003</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="Q54" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.1900000000000001E-4</v>
+        <v>5.4600000000000004E-4</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D55" s="4">
+        <v>50900</v>
+      </c>
+      <c r="E55" s="5">
+        <v>46.650905999999999</v>
+      </c>
+      <c r="F55" s="4">
+        <v>2374531.12687155</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J55" s="5">
+        <v>59.2</v>
+      </c>
+      <c r="K55" s="5">
+        <v>1.2690000074363401</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M55" s="4">
+        <v>3013280.0176570001</v>
+      </c>
+      <c r="N55" s="4">
+        <v>2374531.12687155</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="Q55" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P55" s="3" t="s">
+      <c r="S55" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="Q55" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>1.0200000000000001E-3</v>
+        <v>2.1519999999999998E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="C56" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D56" s="4">
+        <v>29210</v>
+      </c>
+      <c r="E56" s="5">
+        <v>106.168353</v>
+      </c>
+      <c r="F56" s="4">
+        <v>3101177.5765249999</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J56" s="5">
+        <v>151.55000000000001</v>
+      </c>
+      <c r="K56" s="5">
+        <v>1.4274498608236386</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M56" s="4">
+        <v>4426775.5</v>
+      </c>
+      <c r="N56" s="4">
+        <v>3101177.5765249999</v>
+      </c>
+      <c r="O56" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="P56" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="C56" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P56" s="3" t="s">
+      <c r="Q56" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="R56" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="Q56" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S56" s="3" t="s">
-        <v>236</v>
+        <v>269</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>1.572E-3</v>
+        <v>2.8110000000000001E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="C57" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D57" s="4">
+        <v>1080892</v>
+      </c>
+      <c r="E57" s="5">
+        <v>16.896792999999999</v>
+      </c>
+      <c r="F57" s="4">
+        <v>18263613.367042601</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J57" s="5">
+        <v>2606.5</v>
+      </c>
+      <c r="K57" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M57" s="4">
+        <v>2817345827.42661</v>
+      </c>
+      <c r="N57" s="4">
+        <v>18263613.367042601</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="P57" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="C57" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P57" s="3" t="s">
+      <c r="Q57" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="Q57" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S57" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>1.2769999999999999E-3</v>
+        <v>1.6559000000000001E-2</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D58" s="4">
-        <v>11966</v>
+        <v>26869</v>
       </c>
       <c r="E58" s="5">
-        <v>18.903317999999999</v>
+        <v>4.8401350000000001</v>
       </c>
       <c r="F58" s="4">
-        <v>226197.05891734999</v>
+        <v>130049.57936925</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J58" s="5">
-        <v>2963</v>
+        <v>37.799999999999997</v>
       </c>
       <c r="K58" s="5">
-        <v>156.74497122946053</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M58" s="4">
-        <v>35455251.492187999</v>
+        <v>1015648.213068</v>
       </c>
       <c r="N58" s="4">
-        <v>226197.05891734999</v>
+        <v>130049.57936925</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="P58" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="Q58" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R58" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="Q58" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R58" s="3" t="s">
+      <c r="S58" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="S58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>2.2100000000000001E-4</v>
+        <v>1.17E-4</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D59" s="4">
-        <v>55000</v>
+        <v>102000</v>
       </c>
       <c r="E59" s="5">
-        <v>23.503146000000001</v>
+        <v>12.867882</v>
       </c>
       <c r="F59" s="4">
-        <v>1292672.8125299099</v>
+        <v>1312524.30960716</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J59" s="5">
-        <v>3684</v>
+        <v>1985</v>
       </c>
       <c r="K59" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M59" s="4">
-        <v>202619962.80910599</v>
+        <v>202470059.60718599</v>
       </c>
       <c r="N59" s="4">
-        <v>1292672.8125299099</v>
+        <v>1312524.30960716</v>
       </c>
       <c r="O59" s="3" t="s">
         <v>304</v>
       </c>
       <c r="P59" s="3" t="s">
         <v>306</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>121</v>
+        <v>220</v>
       </c>
       <c r="R59" s="3" t="s">
         <v>307</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>1.2669999999999999E-3</v>
+        <v>1.1900000000000001E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D60" s="4">
-        <v>8000</v>
+        <v>16500</v>
       </c>
       <c r="E60" s="5">
-        <v>75.600511999999995</v>
+        <v>127.44713</v>
       </c>
       <c r="F60" s="4">
-        <v>604803.98098822997</v>
+        <v>2102878.2574873599</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J60" s="5">
-        <v>11850</v>
+        <v>19660</v>
       </c>
       <c r="K60" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M60" s="4">
-        <v>94799982.599463001</v>
+        <v>324390095.50044399</v>
       </c>
       <c r="N60" s="4">
-        <v>604803.98098822997</v>
+        <v>2102878.2574873599</v>
       </c>
       <c r="O60" s="3" t="s">
         <v>308</v>
       </c>
       <c r="P60" s="3" t="s">
         <v>310</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>311</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>5.9299999999999999E-4</v>
+        <v>1.9059999999999999E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D61" s="4">
-        <v>34800</v>
+        <v>66290</v>
       </c>
       <c r="E61" s="5">
-        <v>21.659386999999999</v>
+        <v>19.681052000000001</v>
       </c>
       <c r="F61" s="4">
-        <v>753746.53098982002</v>
+        <v>1304657.33177752</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J61" s="5">
-        <v>3395</v>
+        <v>3036</v>
       </c>
       <c r="K61" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M61" s="4">
-        <v>118145978.31430501</v>
+        <v>201256499.24991301</v>
       </c>
       <c r="N61" s="4">
-        <v>753746.53098982002</v>
+        <v>1304657.33177752</v>
       </c>
       <c r="O61" s="3" t="s">
         <v>312</v>
       </c>
       <c r="P61" s="3" t="s">
         <v>314</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>105</v>
+        <v>152</v>
       </c>
       <c r="R61" s="3" t="s">
         <v>315</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>7.3899999999999997E-4</v>
+        <v>1.1820000000000001E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D62" s="4">
-        <v>30906</v>
+        <v>11966</v>
       </c>
       <c r="E62" s="5">
-        <v>27.337399999999999</v>
+        <v>19.097622000000001</v>
       </c>
       <c r="F62" s="4">
-        <v>844889.53395643004</v>
+        <v>228522.20925710001</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J62" s="5">
-        <v>4285</v>
+        <v>2946</v>
       </c>
       <c r="K62" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M62" s="4">
-        <v>132432185.692072</v>
+        <v>35251846.378142998</v>
       </c>
       <c r="N62" s="4">
-        <v>844889.53395643004</v>
+        <v>228522.20925710001</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>316</v>
       </c>
       <c r="P62" s="3" t="s">
         <v>318</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="R62" s="3" t="s">
         <v>319</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>8.2799999999999996E-4</v>
+        <v>2.0699999999999999E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D63" s="4">
-        <v>37695</v>
+        <v>55000</v>
       </c>
       <c r="E63" s="5">
-        <v>46.444870999999999</v>
+        <v>30.182798999999999</v>
       </c>
       <c r="F63" s="4">
-        <v>1750739.0985358399</v>
+        <v>1660054.45352003</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J63" s="5">
-        <v>7280</v>
+        <v>4656</v>
       </c>
       <c r="K63" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M63" s="4">
-        <v>274419549.63029099</v>
+        <v>256080075.389974</v>
       </c>
       <c r="N63" s="4">
-        <v>1750739.0985358399</v>
+        <v>1660054.45352003</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>320</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>323</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>1.7160000000000001E-3</v>
+        <v>1.505E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D64" s="4">
-        <v>27800</v>
+        <v>17100</v>
       </c>
       <c r="E64" s="5">
-        <v>101.821448</v>
+        <v>71.243334000000004</v>
       </c>
       <c r="F64" s="4">
-        <v>2830635.7459568102</v>
+        <v>1218261.3768961499</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J64" s="5">
-        <v>15960</v>
+        <v>10990</v>
       </c>
       <c r="K64" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M64" s="4">
-        <v>443687918.56108201</v>
+        <v>187929055.32631299</v>
       </c>
       <c r="N64" s="4">
-        <v>2830635.7459568102</v>
+        <v>1218261.3768961499</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>324</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>326</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>327</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>2.7750000000000001E-3</v>
+        <v>1.1039999999999999E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D65" s="4">
-        <v>560770</v>
+        <v>34800</v>
       </c>
       <c r="E65" s="5">
-        <v>12.600085</v>
+        <v>21.567477</v>
       </c>
       <c r="F65" s="4">
-        <v>7065748.5087243598</v>
+        <v>750548.42473745998</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J65" s="5">
-        <v>1975</v>
+        <v>3327</v>
       </c>
       <c r="K65" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M65" s="4">
-        <v>1107520546.7146001</v>
+        <v>115779634.08552399</v>
       </c>
       <c r="N65" s="4">
-        <v>7065748.5087243598</v>
+        <v>750548.42473745998</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>328</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>330</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>331</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>6.927E-3</v>
+        <v>6.8000000000000005E-4</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D66" s="4">
-        <v>41000</v>
+        <v>30906</v>
       </c>
       <c r="E66" s="5">
-        <v>24.721685999999998</v>
+        <v>29.106694000000001</v>
       </c>
       <c r="F66" s="4">
-        <v>1013588.9502057499</v>
+        <v>899571.76196032995</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J66" s="5">
-        <v>3875</v>
+        <v>4490</v>
       </c>
       <c r="K66" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M66" s="4">
-        <v>158874970.83849901</v>
+        <v>138767980.85329399</v>
       </c>
       <c r="N66" s="4">
-        <v>1013588.9502057499</v>
+        <v>899571.76196032995</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>332</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>334</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>335</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>9.9299999999999996E-4</v>
+        <v>8.1499999999999997E-4</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D67" s="4">
-        <v>134500</v>
+        <v>37695</v>
       </c>
       <c r="E67" s="5">
-        <v>37.226075000000002</v>
+        <v>49.915711999999999</v>
       </c>
       <c r="F67" s="4">
-        <v>5006906.1214073803</v>
+        <v>1881573.3177751801</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J67" s="5">
-        <v>5835</v>
+        <v>7700</v>
       </c>
       <c r="K67" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M67" s="4">
-        <v>784807355.94860899</v>
+        <v>290251585.45006597</v>
       </c>
       <c r="N67" s="4">
-        <v>5006906.1214073803</v>
+        <v>1881573.3177751801</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>336</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>338</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>339</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>4.9090000000000002E-3</v>
+        <v>1.7049999999999999E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D68" s="4">
-        <v>124088</v>
+        <v>27800</v>
       </c>
       <c r="E68" s="5">
-        <v>11.477242</v>
+        <v>118.728086</v>
       </c>
       <c r="F68" s="4">
-        <v>1424187.7699448101</v>
+        <v>3300641.7736289399</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J68" s="5">
-        <v>1799</v>
+        <v>18315</v>
       </c>
       <c r="K68" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M68" s="4">
-        <v>223234271.02534801</v>
+        <v>509157149.89586502</v>
       </c>
       <c r="N68" s="4">
-        <v>1424187.7699448101</v>
+        <v>3300641.7736289399</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>340</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>342</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>343</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>1.3960000000000001E-3</v>
+        <v>2.9919999999999999E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D69" s="4">
-        <v>26293</v>
+        <v>637370</v>
       </c>
       <c r="E69" s="5">
-        <v>21.818881999999999</v>
+        <v>12.777126000000001</v>
       </c>
       <c r="F69" s="4">
-        <v>573683.75386775006</v>
+        <v>8143759.0431738598</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J69" s="5">
-        <v>3420</v>
+        <v>1971</v>
       </c>
       <c r="K69" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M69" s="4">
-        <v>89922043.494809002</v>
+        <v>1256256639.8419499</v>
       </c>
       <c r="N69" s="4">
-        <v>573683.75386775006</v>
+        <v>8143759.0431738598</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>344</v>
       </c>
       <c r="P69" s="3" t="s">
         <v>346</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="R69" s="3" t="s">
         <v>347</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>5.62E-4</v>
+        <v>7.3829999999999998E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D70" s="4">
-        <v>428100</v>
+        <v>41000</v>
       </c>
       <c r="E70" s="5">
-        <v>31.898949999999999</v>
+        <v>25.055094</v>
       </c>
       <c r="F70" s="4">
-        <v>13655937.9884525</v>
+        <v>1027259.1728251</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J70" s="5">
-        <v>5000</v>
+        <v>3865</v>
       </c>
       <c r="K70" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M70" s="4">
-        <v>2140499607.11129</v>
+        <v>158465046.652109</v>
       </c>
       <c r="N70" s="4">
-        <v>13655937.9884525</v>
+        <v>1027259.1728251</v>
       </c>
       <c r="O70" s="3" t="s">
         <v>348</v>
       </c>
       <c r="P70" s="3" t="s">
         <v>350</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="R70" s="3" t="s">
         <v>351</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>1.3389E-2</v>
+        <v>9.3099999999999997E-4</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D71" s="4">
-        <v>61400</v>
+        <v>134500</v>
       </c>
       <c r="E71" s="5">
-        <v>136.08092099999999</v>
+        <v>40.840128</v>
       </c>
       <c r="F71" s="4">
-        <v>8355366.9973523896</v>
+        <v>5492998.8331388598</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J71" s="5">
-        <v>21330</v>
+        <v>6300</v>
       </c>
       <c r="K71" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M71" s="4">
-        <v>1309661759.6115799</v>
+        <v>847350249.45991302</v>
       </c>
       <c r="N71" s="4">
-        <v>8355366.9973523896</v>
+        <v>5492998.8331388598</v>
       </c>
       <c r="O71" s="3" t="s">
         <v>352</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>354</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>355</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>8.1919999999999996E-3</v>
+        <v>4.9800000000000001E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D72" s="4">
-        <v>39000</v>
+        <v>124088</v>
       </c>
       <c r="E72" s="5">
-        <v>14.013209</v>
+        <v>13.153114</v>
       </c>
       <c r="F72" s="4">
-        <v>546515.04035215999</v>
+        <v>1632144.1203163499</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J72" s="5">
-        <v>2196.5</v>
+        <v>2029</v>
       </c>
       <c r="K72" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M72" s="4">
-        <v>85663484.276465997</v>
+        <v>251774626.12244999</v>
       </c>
       <c r="N72" s="4">
-        <v>546515.04035215999</v>
+        <v>1632144.1203163499</v>
       </c>
       <c r="O72" s="3" t="s">
         <v>356</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>358</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>359</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>5.3499999999999999E-4</v>
+        <v>1.4790000000000001E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D73" s="4">
-        <v>730000</v>
+        <v>23193</v>
       </c>
       <c r="E73" s="5">
-        <v>1.0021199999999999</v>
+        <v>21.392448000000002</v>
       </c>
       <c r="F73" s="4">
-        <v>731547.50433609996</v>
+        <v>496155.19253209</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="J73" s="5">
-        <v>7.8</v>
+        <v>3300</v>
       </c>
       <c r="K73" s="5">
-        <v>7.783499774395259</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="M73" s="4">
-        <v>5693999.8349590003</v>
+        <v>76536922.532470003</v>
       </c>
       <c r="N73" s="4">
-        <v>731547.50433609996</v>
+        <v>496155.19253209</v>
       </c>
       <c r="O73" s="3" t="s">
         <v>360</v>
       </c>
       <c r="P73" s="3" t="s">
         <v>362</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="R73" s="3" t="s">
         <v>363</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>7.1699999999999997E-4</v>
+        <v>4.4900000000000002E-4</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D74" s="4">
-        <v>1989500</v>
+        <v>450400</v>
       </c>
       <c r="E74" s="5">
-        <v>5.0645600000000002</v>
+        <v>38.435098000000004</v>
       </c>
       <c r="F74" s="4">
-        <v>10075941.4145307</v>
+        <v>17311173.343705401</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="J74" s="5">
-        <v>39.42</v>
+        <v>5929</v>
       </c>
       <c r="K74" s="5">
-        <v>7.783499774395259</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="M74" s="4">
-        <v>78426087.726818994</v>
+        <v>2670422386.1723499</v>
       </c>
       <c r="N74" s="4">
-        <v>10075941.4145307</v>
+        <v>17311173.343705401</v>
       </c>
       <c r="O74" s="3" t="s">
         <v>364</v>
       </c>
       <c r="P74" s="3" t="s">
         <v>366</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="R74" s="3" t="s">
         <v>367</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>9.8790000000000006E-3</v>
+        <v>1.5695000000000001E-2</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D75" s="4">
-        <v>144326</v>
+        <v>40700</v>
       </c>
       <c r="E75" s="5">
-        <v>3.0192070000000002</v>
+        <v>145.66312300000001</v>
       </c>
       <c r="F75" s="4">
-        <v>435750.11241728999</v>
+        <v>5928490.8595877104</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="J75" s="5">
-        <v>23.5</v>
+        <v>22470</v>
       </c>
       <c r="K75" s="5">
-        <v>7.783499774395259</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="M75" s="4">
-        <v>3391660.9016920002</v>
+        <v>914529269.23741698</v>
       </c>
       <c r="N75" s="4">
-        <v>435750.11241728999</v>
+        <v>5928490.8595877104</v>
       </c>
       <c r="O75" s="3" t="s">
         <v>368</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>370</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>371</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>4.2700000000000002E-4</v>
+        <v>5.3749999999999996E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
         <v>372</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D76" s="4">
-        <v>483600</v>
+        <v>39000</v>
       </c>
       <c r="E76" s="5">
-        <v>27.771225999999999</v>
+        <v>14.961748</v>
       </c>
       <c r="F76" s="4">
-        <v>13430162.3656257</v>
+        <v>583508.36250486004</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J76" s="5">
-        <v>4353</v>
+        <v>2308</v>
       </c>
       <c r="K76" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M76" s="4">
-        <v>2105110413.6069801</v>
+        <v>90012026.499540001</v>
       </c>
       <c r="N76" s="4">
-        <v>13430162.3656257</v>
+        <v>583508.36250486004</v>
       </c>
       <c r="O76" s="3" t="s">
         <v>372</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>374</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>375</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>1.3167999999999999E-2</v>
+        <v>5.2899999999999996E-4</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D77" s="4">
-        <v>1731300</v>
+        <v>730000</v>
       </c>
       <c r="E77" s="5">
-        <v>12.909504999999999</v>
+        <v>0.99363599999999996</v>
       </c>
       <c r="F77" s="4">
-        <v>22350222.016651198</v>
+        <v>725354.36700513004</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J77" s="5">
-        <v>2023.5</v>
+        <v>7.76</v>
       </c>
       <c r="K77" s="5">
-        <v>156.74497122946053</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M77" s="4">
-        <v>3503284906.9720502</v>
+        <v>5664800.0728879999</v>
       </c>
       <c r="N77" s="4">
-        <v>22350222.016651198</v>
+        <v>725354.36700513004</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>376</v>
       </c>
       <c r="P77" s="3" t="s">
         <v>378</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>105</v>
+        <v>152</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>379</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>236</v>
+        <v>303</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>2.1913999999999999E-2</v>
+        <v>6.5700000000000003E-4</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
         <v>380</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D78" s="4">
-        <v>72200</v>
+        <v>2156500</v>
       </c>
       <c r="E78" s="5">
-        <v>26.846156000000001</v>
+        <v>5.2806129999999998</v>
       </c>
       <c r="F78" s="4">
-        <v>1938292.1305304801</v>
+        <v>11387641.010538099</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J78" s="5">
-        <v>4208</v>
+        <v>41.24</v>
       </c>
       <c r="K78" s="5">
-        <v>156.74497122946053</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L78" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M78" s="4">
-        <v>303817544.23428899</v>
+        <v>88934061.144314006</v>
       </c>
       <c r="N78" s="4">
-        <v>1938292.1305304801</v>
+        <v>11387641.010538099</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>380</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>382</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>383</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>236</v>
+        <v>303</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>1.9E-3</v>
+        <v>1.0324E-2</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>384</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D79" s="4">
-        <v>203400</v>
+        <v>144326</v>
       </c>
       <c r="E79" s="5">
-        <v>29.251336999999999</v>
+        <v>4.1153950000000004</v>
       </c>
       <c r="F79" s="4">
-        <v>5949720.8842387302</v>
+        <v>593958.49264376005</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J79" s="5">
-        <v>4585</v>
+        <v>32.14</v>
       </c>
       <c r="K79" s="5">
-        <v>156.74497122946053</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M79" s="4">
-        <v>932588828.82332003</v>
+        <v>4638637.6996849999</v>
       </c>
       <c r="N79" s="4">
-        <v>5949720.8842387302</v>
+        <v>593958.49264376005</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>384</v>
       </c>
       <c r="P79" s="3" t="s">
         <v>386</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="R79" s="3" t="s">
         <v>387</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>236</v>
+        <v>303</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>5.8329999999999996E-3</v>
+        <v>5.3799999999999996E-4</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D80" s="4">
-        <v>730000</v>
+        <v>579300</v>
       </c>
       <c r="E80" s="5">
-        <v>1.150855</v>
+        <v>33.158293999999998</v>
       </c>
       <c r="F80" s="4">
-        <v>840124.41679626994</v>
+        <v>19208605.600933399</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J80" s="5">
-        <v>1.48</v>
+        <v>5115</v>
       </c>
       <c r="K80" s="5">
-        <v>1.2859999944959202</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L80" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M80" s="4">
-        <v>1080399.9953749999</v>
+        <v>2963120372.3426299</v>
       </c>
       <c r="N80" s="4">
-        <v>840124.41679626994</v>
+        <v>19208605.600933399</v>
       </c>
       <c r="O80" s="3" t="s">
         <v>388</v>
       </c>
       <c r="P80" s="3" t="s">
         <v>390</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="R80" s="3" t="s">
         <v>391</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>274</v>
+        <v>256</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>8.2299999999999995E-4</v>
+        <v>1.7415E-2</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
         <v>392</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D81" s="4">
-        <v>69200</v>
+        <v>1731300</v>
       </c>
       <c r="E81" s="5">
-        <v>20.708798000000002</v>
+        <v>13.72358</v>
       </c>
       <c r="F81" s="4">
-        <v>1433048.5820919301</v>
+        <v>23759640.217813998</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J81" s="5">
-        <v>3246</v>
+        <v>2117</v>
       </c>
       <c r="K81" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M81" s="4">
-        <v>224623158.77041799</v>
+        <v>3665163179.0240302</v>
       </c>
       <c r="N81" s="4">
-        <v>1433048.5820919301</v>
+        <v>23759640.217813998</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>392</v>
       </c>
       <c r="P81" s="3" t="s">
         <v>394</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="R81" s="3" t="s">
         <v>395</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>1.405E-3</v>
+        <v>2.1541999999999999E-2</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D82" s="4">
-        <v>72100</v>
+        <v>72200</v>
       </c>
       <c r="E82" s="5">
-        <v>12.651123999999999</v>
+        <v>26.909106999999999</v>
       </c>
       <c r="F82" s="4">
-        <v>912145.84197263001</v>
+        <v>1942838.06560353</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J82" s="5">
-        <v>1983</v>
+        <v>4151</v>
       </c>
       <c r="K82" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M82" s="4">
-        <v>142974273.75707099</v>
+        <v>299702288.23235399</v>
       </c>
       <c r="N82" s="4">
-        <v>912145.84197263001</v>
+        <v>1942838.06560353</v>
       </c>
       <c r="O82" s="3" t="s">
         <v>396</v>
       </c>
       <c r="P82" s="3" t="s">
         <v>398</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="R82" s="3" t="s">
         <v>399</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>8.9400000000000005E-4</v>
+        <v>1.761E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D83" s="4">
-        <v>27800</v>
+        <v>16100</v>
       </c>
       <c r="E83" s="5">
-        <v>21.378675999999999</v>
+        <v>36.483848000000002</v>
       </c>
       <c r="F83" s="4">
-        <v>594327.09177326004</v>
+        <v>587390.12057565001</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J83" s="5">
-        <v>3351</v>
+        <v>5628</v>
       </c>
       <c r="K83" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M83" s="4">
-        <v>93157782.900887996</v>
+        <v>90610826.675826997</v>
       </c>
       <c r="N83" s="4">
-        <v>594327.09177326004</v>
+        <v>587390.12057565001</v>
       </c>
       <c r="O83" s="3" t="s">
         <v>400</v>
       </c>
       <c r="P83" s="3" t="s">
         <v>402</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="R83" s="3" t="s">
         <v>403</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>5.8200000000000005E-4</v>
+        <v>5.3200000000000003E-4</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D84" s="4">
-        <v>55000</v>
+        <v>203400</v>
       </c>
       <c r="E84" s="5">
-        <v>43.963132999999999</v>
+        <v>31.310765</v>
       </c>
       <c r="F84" s="4">
-        <v>2417971.8651312599</v>
+        <v>6368611.4352392098</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J84" s="5">
-        <v>6891</v>
+        <v>4830</v>
       </c>
       <c r="K84" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M84" s="4">
-        <v>379004930.433644</v>
+        <v>982422289.22512197</v>
       </c>
       <c r="N84" s="4">
-        <v>2417971.8651312599</v>
+        <v>6368611.4352392098</v>
       </c>
       <c r="O84" s="3" t="s">
         <v>404</v>
       </c>
       <c r="P84" s="3" t="s">
         <v>406</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="R84" s="3" t="s">
         <v>407</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>2.3700000000000001E-3</v>
+        <v>5.7739999999999996E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D85" s="4">
-        <v>159600</v>
+        <v>39300</v>
       </c>
       <c r="E85" s="5">
-        <v>13.652751</v>
+        <v>32.639690000000002</v>
       </c>
       <c r="F85" s="4">
-        <v>2178978.5958084799</v>
+        <v>1282740.17891871</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J85" s="5">
-        <v>2140</v>
+        <v>5035</v>
       </c>
       <c r="K85" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M85" s="4">
-        <v>341543937.30961001</v>
+        <v>197875558.25456399</v>
       </c>
       <c r="N85" s="4">
-        <v>2178978.5958084799</v>
+        <v>1282740.17891871</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>408</v>
       </c>
       <c r="P85" s="3" t="s">
         <v>410</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="R85" s="3" t="s">
         <v>411</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>2.1359999999999999E-3</v>
+        <v>1.163E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D86" s="4">
-        <v>155700</v>
+        <v>730000</v>
       </c>
       <c r="E86" s="5">
-        <v>13.767587000000001</v>
+        <v>1.1583920000000001</v>
       </c>
       <c r="F86" s="4">
-        <v>2143612.87441386</v>
+        <v>845626.47754136997</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="J86" s="5">
-        <v>2158</v>
+        <v>1.47</v>
       </c>
       <c r="K86" s="5">
-        <v>156.74497122946053</v>
+        <v>1.2690000074363401</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="M86" s="4">
-        <v>336000538.32710099</v>
+        <v>1073100.0062879999</v>
       </c>
       <c r="N86" s="4">
-        <v>2143612.87441386</v>
+        <v>845626.47754136997</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>412</v>
       </c>
       <c r="P86" s="3" t="s">
         <v>414</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="R86" s="3" t="s">
         <v>415</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>236</v>
+        <v>290</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>2.101E-3</v>
+        <v>7.6599999999999997E-4</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D87" s="4">
-        <v>653500</v>
+        <v>69200</v>
       </c>
       <c r="E87" s="5">
-        <v>33.876685000000002</v>
+        <v>20.329308000000001</v>
       </c>
       <c r="F87" s="4">
-        <v>22138409.518644899</v>
+        <v>1406788.5388305499</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J87" s="5">
-        <v>5310</v>
+        <v>3136</v>
       </c>
       <c r="K87" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M87" s="4">
-        <v>3470084363.06601</v>
+        <v>217011263.888116</v>
       </c>
       <c r="N87" s="4">
-        <v>22138409.518644899</v>
+        <v>1406788.5388305499</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>416</v>
       </c>
       <c r="P87" s="3" t="s">
         <v>418</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>136</v>
+        <v>152</v>
       </c>
       <c r="R87" s="3" t="s">
         <v>419</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>2.1706E-2</v>
+        <v>1.2750000000000001E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D88" s="4">
-        <v>49426</v>
+        <v>72100</v>
       </c>
       <c r="E88" s="5">
-        <v>43.229456999999996</v>
+        <v>12.819262</v>
       </c>
       <c r="F88" s="4">
-        <v>2136658.75147533</v>
+        <v>924269.09114481998</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J88" s="5">
-        <v>6776</v>
+        <v>1977.5</v>
       </c>
       <c r="K88" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M88" s="4">
-        <v>334910514.52717501</v>
+        <v>142577791.97490099</v>
       </c>
       <c r="N88" s="4">
-        <v>2136658.75147533</v>
+        <v>924269.09114481998</v>
       </c>
       <c r="O88" s="3" t="s">
         <v>420</v>
       </c>
       <c r="P88" s="3" t="s">
         <v>422</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="R88" s="3" t="s">
         <v>423</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>2.0939999999999999E-3</v>
+        <v>8.3799999999999999E-4</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D89" s="4">
-        <v>4454100</v>
+        <v>61500</v>
       </c>
       <c r="E89" s="5">
-        <v>1.0060929999999999</v>
+        <v>23.914164</v>
       </c>
       <c r="F89" s="4">
-        <v>4481237.4876391599</v>
+        <v>1470721.50914041</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J89" s="5">
-        <v>157.69999999999999</v>
+        <v>3689</v>
       </c>
       <c r="K89" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M89" s="4">
-        <v>702411441.07237995</v>
+        <v>226873566.79157701</v>
       </c>
       <c r="N89" s="4">
-        <v>4481237.4876391599</v>
+        <v>1470721.50914041</v>
       </c>
       <c r="O89" s="3" t="s">
         <v>424</v>
       </c>
       <c r="P89" s="3" t="s">
         <v>426</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="R89" s="3" t="s">
         <v>427</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>4.3930000000000002E-3</v>
+        <v>1.333E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
         <v>428</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D90" s="4">
-        <v>8800</v>
+        <v>55000</v>
       </c>
       <c r="E90" s="5">
-        <v>23.70092</v>
+        <v>43.763762999999997</v>
       </c>
       <c r="F90" s="4">
-        <v>208568.05639732999</v>
+        <v>2407007.6494230502</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J90" s="5">
-        <v>3715</v>
+        <v>6751</v>
       </c>
       <c r="K90" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M90" s="4">
-        <v>32691993.999382999</v>
+        <v>371305109.31222302</v>
       </c>
       <c r="N90" s="4">
-        <v>208568.05639732999</v>
+        <v>2407007.6494230502</v>
       </c>
       <c r="O90" s="3" t="s">
         <v>428</v>
       </c>
       <c r="P90" s="3" t="s">
         <v>430</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>200</v>
+        <v>117</v>
       </c>
       <c r="R90" s="3" t="s">
         <v>431</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>2.04E-4</v>
+        <v>2.1819999999999999E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D91" s="4">
-        <v>152400</v>
+        <v>119800</v>
       </c>
       <c r="E91" s="5">
-        <v>32.396574000000001</v>
+        <v>16.699075000000001</v>
       </c>
       <c r="F91" s="4">
-        <v>4937236.9134581601</v>
+        <v>2000549.72124984</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J91" s="5">
-        <v>5078</v>
+        <v>2576</v>
       </c>
       <c r="K91" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M91" s="4">
-        <v>773887057.95302904</v>
+        <v>308604890.85328001</v>
       </c>
       <c r="N91" s="4">
-        <v>4937236.9134581601</v>
+        <v>2000549.72124984</v>
       </c>
       <c r="O91" s="3" t="s">
         <v>432</v>
       </c>
       <c r="P91" s="3" t="s">
         <v>434</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="R91" s="3" t="s">
         <v>435</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>4.8399999999999997E-3</v>
+        <v>1.8129999999999999E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D92" s="4">
-        <v>18400</v>
+        <v>155700</v>
       </c>
       <c r="E92" s="5">
-        <v>34.64226</v>
+        <v>13.892125999999999</v>
       </c>
       <c r="F92" s="4">
-        <v>637417.46148201998</v>
+        <v>2163004.66744457</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J92" s="5">
-        <v>5430</v>
+        <v>2143</v>
       </c>
       <c r="K92" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M92" s="4">
-        <v>99911981.661154002</v>
+        <v>333665198.23103303</v>
       </c>
       <c r="N92" s="4">
-        <v>637417.46148201998</v>
+        <v>2163004.66744457</v>
       </c>
       <c r="O92" s="3" t="s">
         <v>436</v>
       </c>
       <c r="P92" s="3" t="s">
         <v>438</v>
       </c>
       <c r="Q92" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R92" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="R92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S92" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>6.2399999999999999E-4</v>
+        <v>1.9610000000000001E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="B93" s="3" t="s">
+      <c r="C93" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D93" s="4">
+        <v>601500</v>
+      </c>
+      <c r="E93" s="5">
+        <v>33.774138000000001</v>
+      </c>
+      <c r="F93" s="4">
+        <v>20315149.74718</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J93" s="5">
+        <v>5210</v>
+      </c>
+      <c r="K93" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M93" s="4">
+        <v>3133815922.5953999</v>
+      </c>
+      <c r="N93" s="4">
+        <v>20315149.74718</v>
+      </c>
+      <c r="O93" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="P93" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="C93" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P93" s="3" t="s">
+      <c r="Q93" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R93" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="Q93" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S93" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>8.34E-4</v>
+        <v>1.8419000000000001E-2</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="B94" s="3" t="s">
+      <c r="C94" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D94" s="4">
+        <v>49426</v>
+      </c>
+      <c r="E94" s="5">
+        <v>50.226875</v>
+      </c>
+      <c r="F94" s="4">
+        <v>2482514.2486710702</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J94" s="5">
+        <v>7748</v>
+      </c>
+      <c r="K94" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M94" s="4">
+        <v>382952760.741292</v>
+      </c>
+      <c r="N94" s="4">
+        <v>2482514.2486710702</v>
+      </c>
+      <c r="O94" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="P94" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="C94" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P94" s="3" t="s">
+      <c r="Q94" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R94" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="Q94" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S94" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>4.1800000000000002E-4</v>
+        <v>2.2499999999999998E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="B95" s="3" t="s">
+      <c r="C95" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D95" s="4">
+        <v>227100</v>
+      </c>
+      <c r="E95" s="5">
+        <v>1.004149</v>
+      </c>
+      <c r="F95" s="4">
+        <v>228042.20147802</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I95" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J95" s="5">
+        <v>154.9</v>
+      </c>
+      <c r="K95" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L95" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M95" s="4">
+        <v>35177800.356343001</v>
+      </c>
+      <c r="N95" s="4">
+        <v>228042.20147802</v>
+      </c>
+      <c r="O95" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="P95" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="C95" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P95" s="3" t="s">
+      <c r="Q95" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R95" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="Q95" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S95" s="3" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>3.4099999999999998E-3</v>
+        <v>2.0599999999999999E-4</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="B96" s="3" t="s">
+      <c r="C96" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D96" s="4">
+        <v>8800</v>
+      </c>
+      <c r="E96" s="5">
+        <v>22.209250999999998</v>
+      </c>
+      <c r="F96" s="4">
+        <v>195441.46246596999</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J96" s="5">
+        <v>3426</v>
+      </c>
+      <c r="K96" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L96" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M96" s="4">
+        <v>30148808.875808999</v>
+      </c>
+      <c r="N96" s="4">
+        <v>195441.46246596999</v>
+      </c>
+      <c r="O96" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="P96" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="C96" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P96" s="3" t="s">
+      <c r="Q96" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="R96" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="Q96" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S96" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>2.1789999999999999E-3</v>
+        <v>1.7699999999999999E-4</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="B97" s="3" t="s">
+      <c r="C97" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D97" s="4">
+        <v>129500</v>
+      </c>
+      <c r="E97" s="5">
+        <v>32.879544000000003</v>
+      </c>
+      <c r="F97" s="4">
+        <v>4257902.24296642</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I97" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J97" s="5">
+        <v>5072</v>
+      </c>
+      <c r="K97" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L97" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M97" s="4">
+        <v>656824193.36904204</v>
+      </c>
+      <c r="N97" s="4">
+        <v>4257902.24296642</v>
+      </c>
+      <c r="O97" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="P97" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="C97" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P97" s="3" t="s">
+      <c r="Q97" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R97" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="Q97" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S97" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>9.3089999999999996E-3</v>
+        <v>3.8600000000000001E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="B98" s="3" t="s">
+      <c r="C98" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D98" s="4">
+        <v>18400</v>
+      </c>
+      <c r="E98" s="5">
+        <v>37.559953</v>
+      </c>
+      <c r="F98" s="4">
+        <v>691103.33203682001</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J98" s="5">
+        <v>5794</v>
+      </c>
+      <c r="K98" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M98" s="4">
+        <v>106609631.385875</v>
+      </c>
+      <c r="N98" s="4">
+        <v>691103.33203682001</v>
+      </c>
+      <c r="O98" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="P98" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="C98" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P98" s="3" t="s">
+      <c r="Q98" s="3" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="R98" s="3" t="s">
         <v>464</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>6.0610000000000004E-3</v>
+        <v>6.2600000000000004E-4</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D99" s="4">
-        <v>157100</v>
+        <v>101975</v>
       </c>
       <c r="E99" s="5">
-        <v>18.124983</v>
+        <v>8.2782289999999996</v>
       </c>
       <c r="F99" s="4">
-        <v>2847434.3679224201</v>
+        <v>844172.66303643002</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J99" s="5">
-        <v>2841</v>
+        <v>1277</v>
       </c>
       <c r="K99" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M99" s="4">
-        <v>446321018.07777601</v>
+        <v>130222113.33738901</v>
       </c>
       <c r="N99" s="4">
-        <v>2847434.3679224201</v>
+        <v>844172.66303643002</v>
       </c>
       <c r="O99" s="3" t="s">
         <v>465</v>
       </c>
       <c r="P99" s="3" t="s">
         <v>467</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="R99" s="3" t="s">
         <v>468</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.7910000000000001E-3</v>
+        <v>7.6499999999999995E-4</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D100" s="4">
-        <v>516200</v>
+        <v>82324</v>
       </c>
       <c r="E100" s="5">
-        <v>40.352172000000003</v>
+        <v>5.6592750000000001</v>
       </c>
       <c r="F100" s="4">
-        <v>20829787.234042499</v>
+        <v>465894.28238039999</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J100" s="5">
-        <v>6325</v>
+        <v>873</v>
       </c>
       <c r="K100" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M100" s="4">
-        <v>3264964400.7157798</v>
+        <v>71868873.158196002</v>
       </c>
       <c r="N100" s="4">
-        <v>20829787.234042499</v>
+        <v>465894.28238039999</v>
       </c>
       <c r="O100" s="3" t="s">
         <v>469</v>
       </c>
       <c r="P100" s="3" t="s">
         <v>471</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="R100" s="3" t="s">
         <v>472</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>2.0423E-2</v>
+        <v>4.2200000000000001E-4</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D101" s="4">
-        <v>796600</v>
+        <v>32543</v>
       </c>
       <c r="E101" s="5">
-        <v>10.236373</v>
+        <v>56.849632999999997</v>
       </c>
       <c r="F101" s="4">
-        <v>8154293.2788924696</v>
+        <v>1850057.5904475001</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="J101" s="5">
-        <v>1604.5</v>
+        <v>81.150000000000006</v>
       </c>
       <c r="K101" s="5">
-        <v>156.74497122946053</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="M101" s="4">
-        <v>1278144465.39658</v>
+        <v>2640864.4500000002</v>
       </c>
       <c r="N101" s="4">
-        <v>8154293.2788924696</v>
+        <v>1850057.5904475001</v>
       </c>
       <c r="O101" s="3" t="s">
         <v>473</v>
       </c>
       <c r="P101" s="3" t="s">
         <v>475</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="R101" s="3" t="s">
         <v>476</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>236</v>
+        <v>269</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>7.9950000000000004E-3</v>
+        <v>1.6770000000000001E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D102" s="4">
-        <v>59300</v>
+        <v>85400</v>
       </c>
       <c r="E102" s="5">
-        <v>34.527422999999999</v>
+        <v>22.688960000000002</v>
       </c>
       <c r="F102" s="4">
-        <v>2047475.8365498099</v>
+        <v>1937637.75444056</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J102" s="5">
-        <v>5412</v>
+        <v>3500</v>
       </c>
       <c r="K102" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M102" s="4">
-        <v>320931541.09301502</v>
+        <v>298900087.99618602</v>
       </c>
       <c r="N102" s="4">
-        <v>2047475.8365498099</v>
+        <v>1937637.75444056</v>
       </c>
       <c r="O102" s="3" t="s">
         <v>477</v>
       </c>
       <c r="P102" s="3" t="s">
         <v>479</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="R102" s="3" t="s">
         <v>480</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>2.0070000000000001E-3</v>
+        <v>1.756E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D103" s="4">
-        <v>205500</v>
+        <v>564812</v>
       </c>
       <c r="E103" s="5">
-        <v>12.166763</v>
+        <v>17.716836000000001</v>
       </c>
       <c r="F103" s="4">
-        <v>2500269.8015031801</v>
+        <v>10006684.7919097</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="J103" s="5">
-        <v>94.7</v>
+        <v>2733</v>
       </c>
       <c r="K103" s="5">
-        <v>7.783499774395259</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="M103" s="4">
-        <v>19460849.435927</v>
+        <v>1543631650.4451499</v>
       </c>
       <c r="N103" s="4">
-        <v>2500269.8015031801</v>
+        <v>10006684.7919097</v>
       </c>
       <c r="O103" s="3" t="s">
         <v>481</v>
       </c>
       <c r="P103" s="3" t="s">
         <v>483</v>
       </c>
       <c r="Q103" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R103" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="R103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S103" s="3" t="s">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>2.4510000000000001E-3</v>
+        <v>9.0720000000000002E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="B104" s="3" t="s">
+      <c r="C104" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D104" s="4">
+        <v>277000</v>
+      </c>
+      <c r="E104" s="5">
+        <v>22.287040999999999</v>
+      </c>
+      <c r="F104" s="4">
+        <v>6173512.2520420104</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J104" s="5">
+        <v>3438</v>
+      </c>
+      <c r="K104" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L104" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M104" s="4">
+        <v>952326280.36485696</v>
+      </c>
+      <c r="N104" s="4">
+        <v>6173512.2520420104</v>
+      </c>
+      <c r="O104" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="P104" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="C104" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P104" s="3" t="s">
+      <c r="Q104" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R104" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="Q104" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S104" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>5.7210000000000004E-3</v>
+        <v>5.5970000000000004E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="B105" s="3" t="s">
+      <c r="C105" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D105" s="4">
+        <v>200100</v>
+      </c>
+      <c r="E105" s="5">
+        <v>20.575645000000002</v>
+      </c>
+      <c r="F105" s="4">
+        <v>4117187.8646441102</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J105" s="5">
+        <v>3174</v>
+      </c>
+      <c r="K105" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L105" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M105" s="4">
+        <v>635117586.97861803</v>
+      </c>
+      <c r="N105" s="4">
+        <v>4117187.8646441102</v>
+      </c>
+      <c r="O105" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="P105" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="C105" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P105" s="3" t="s">
+      <c r="Q105" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="R105" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="Q105" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S105" s="3" t="s">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.2699999999999999E-3</v>
+        <v>3.7320000000000001E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B106" s="3" t="s">
+      <c r="C106" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D106" s="4">
+        <v>516200</v>
+      </c>
+      <c r="E106" s="5">
+        <v>43.588732999999998</v>
+      </c>
+      <c r="F106" s="4">
+        <v>22500510.8258783</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J106" s="5">
+        <v>6724</v>
+      </c>
+      <c r="K106" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M106" s="4">
+        <v>3470929821.8417301</v>
+      </c>
+      <c r="N106" s="4">
+        <v>22500510.8258783</v>
+      </c>
+      <c r="O106" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="P106" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="C106" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P106" s="3" t="s">
+      <c r="Q106" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R106" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="Q106" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S106" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>8.8599999999999996E-4</v>
+        <v>2.0400000000000001E-2</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="B107" s="3" t="s">
+      <c r="C107" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D107" s="4">
+        <v>727000</v>
+      </c>
+      <c r="E107" s="5">
+        <v>10.855047000000001</v>
+      </c>
+      <c r="F107" s="4">
+        <v>7891621.2887333101</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J107" s="5">
+        <v>1674.5</v>
+      </c>
+      <c r="K107" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M107" s="4">
+        <v>1217361858.39133</v>
+      </c>
+      <c r="N107" s="4">
+        <v>7891621.2887333101</v>
+      </c>
+      <c r="O107" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="P107" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="C107" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P107" s="3" t="s">
+      <c r="Q107" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R107" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="Q107" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S107" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>2.7399999999999999E-4</v>
+        <v>7.1549999999999999E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="C108" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D108" s="4">
+        <v>103800</v>
+      </c>
+      <c r="E108" s="5">
+        <v>40.509517000000002</v>
+      </c>
+      <c r="F108" s="4">
+        <v>4204889.1481913701</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J108" s="5">
+        <v>6249</v>
+      </c>
+      <c r="K108" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M108" s="4">
+        <v>648646390.96149802</v>
+      </c>
+      <c r="N108" s="4">
+        <v>4204889.1481913701</v>
+      </c>
+      <c r="O108" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="P108" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="C108" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P108" s="3" t="s">
+      <c r="Q108" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R108" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="Q108" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S108" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.828E-3</v>
+        <v>3.8119999999999999E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D109" s="4">
-        <v>12428</v>
+        <v>148500</v>
       </c>
       <c r="E109" s="5">
-        <v>23.222435999999998</v>
+        <v>16.095368000000001</v>
       </c>
       <c r="F109" s="4">
-        <v>288608.37666273001</v>
+        <v>2390162.2341447198</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J109" s="5">
-        <v>3640</v>
+        <v>125.7</v>
       </c>
       <c r="K109" s="5">
-        <v>156.74497122946053</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L109" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M109" s="4">
-        <v>45237911.69658</v>
+        <v>18666450.240180999</v>
       </c>
       <c r="N109" s="4">
-        <v>288608.37666273001</v>
+        <v>2390162.2341447198</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="P109" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="Q109" s="3" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="R109" s="3" t="s">
         <v>509</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>236</v>
+        <v>303</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>2.8200000000000002E-4</v>
+        <v>2.1670000000000001E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
         <v>510</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>511</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D110" s="4">
-        <v>100900</v>
+        <v>391800</v>
       </c>
       <c r="E110" s="5">
-        <v>27.656389999999998</v>
+        <v>13.655512999999999</v>
       </c>
       <c r="F110" s="4">
-        <v>2790529.2034833599</v>
+        <v>5350231.4274601303</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J110" s="5">
-        <v>4335</v>
+        <v>2106.5</v>
       </c>
       <c r="K110" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M110" s="4">
-        <v>437401419.71496803</v>
+        <v>825326942.97625101</v>
       </c>
       <c r="N110" s="4">
-        <v>2790529.2034833599</v>
+        <v>5350231.4274601303</v>
       </c>
       <c r="O110" s="3" t="s">
         <v>510</v>
       </c>
       <c r="P110" s="3" t="s">
         <v>512</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="R110" s="3" t="s">
         <v>513</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>2.7360000000000002E-3</v>
+        <v>4.8500000000000001E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
         <v>514</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>515</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D111" s="4">
-        <v>519965</v>
+        <v>287500</v>
       </c>
       <c r="E111" s="5">
-        <v>33.647011999999997</v>
+        <v>9.6546599999999998</v>
       </c>
       <c r="F111" s="4">
-        <v>17495265.6225079</v>
+        <v>2775714.8161901198</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>69</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>70</v>
       </c>
       <c r="J111" s="5">
-        <v>5274</v>
+        <v>75.400000000000006</v>
       </c>
       <c r="K111" s="5">
-        <v>156.74497122946053</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>71</v>
       </c>
       <c r="M111" s="4">
-        <v>2742294906.6517701</v>
+        <v>21677500.278924</v>
       </c>
       <c r="N111" s="4">
-        <v>17495265.6225079</v>
+        <v>2775714.8161901198</v>
       </c>
       <c r="O111" s="3" t="s">
         <v>514</v>
       </c>
       <c r="P111" s="3" t="s">
         <v>516</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="R111" s="3" t="s">
         <v>517</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>236</v>
+        <v>303</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>1.7153999999999999E-2</v>
+        <v>2.516E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
         <v>518</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D112" s="4">
-        <v>24369</v>
+        <v>64100</v>
       </c>
       <c r="E112" s="5">
-        <v>21.499891999999999</v>
+        <v>12.841951</v>
       </c>
       <c r="F112" s="4">
-        <v>523930.77929121</v>
+        <v>823169.32451704994</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H112" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I112" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J112" s="5">
-        <v>3370</v>
+        <v>1981</v>
       </c>
       <c r="K112" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L112" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M112" s="4">
-        <v>82123514.926229</v>
+        <v>126982137.383541</v>
       </c>
       <c r="N112" s="4">
-        <v>523930.77929121</v>
+        <v>823169.32451704994</v>
       </c>
       <c r="O112" s="3" t="s">
         <v>518</v>
       </c>
       <c r="P112" s="3" t="s">
         <v>520</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>84</v>
+        <v>152</v>
       </c>
       <c r="R112" s="3" t="s">
         <v>521</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>5.13E-4</v>
+        <v>7.4600000000000003E-4</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D113" s="4">
-        <v>87700</v>
+        <v>33938</v>
       </c>
       <c r="E113" s="5">
-        <v>11.772938999999999</v>
+        <v>8.6931130000000003</v>
       </c>
       <c r="F113" s="4">
-        <v>1032486.7807154</v>
+        <v>295026.95449242002</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>74</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J113" s="5">
-        <v>15.14</v>
+        <v>1341</v>
       </c>
       <c r="K113" s="5">
-        <v>1.2859999944959202</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>76</v>
       </c>
       <c r="M113" s="4">
-        <v>1327777.994317</v>
+        <v>45510871.398401</v>
       </c>
       <c r="N113" s="4">
-        <v>1032486.7807154</v>
+        <v>295026.95449242002</v>
       </c>
       <c r="O113" s="3" t="s">
         <v>522</v>
       </c>
       <c r="P113" s="3" t="s">
         <v>524</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="R113" s="3" t="s">
         <v>525</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>274</v>
+        <v>256</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>1.0120000000000001E-3</v>
+        <v>2.6699999999999998E-4</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D114" s="4">
-        <v>72700</v>
+        <v>60700</v>
       </c>
       <c r="E114" s="5">
-        <v>7.8820579999999998</v>
+        <v>44.379606000000003</v>
       </c>
       <c r="F114" s="4">
-        <v>573025.63114279998</v>
+        <v>2693842.8626993401</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H114" s="3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="I114" s="3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="J114" s="5">
-        <v>61.35</v>
+        <v>6846</v>
       </c>
       <c r="K114" s="5">
-        <v>7.783499774395259</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="M114" s="4">
-        <v>4460144.8707219996</v>
+        <v>415552322.33860302</v>
       </c>
       <c r="N114" s="4">
-        <v>573025.63114279998</v>
+        <v>2693842.8626993401</v>
       </c>
       <c r="O114" s="3" t="s">
         <v>526</v>
       </c>
       <c r="P114" s="3" t="s">
         <v>528</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>136</v>
+        <v>463</v>
       </c>
       <c r="R114" s="3" t="s">
         <v>529</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>287</v>
+        <v>256</v>
       </c>
       <c r="T114" s="4">
         <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>5.6099999999999998E-4</v>
+        <v>2.4420000000000002E-3</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D115" s="4">
-        <v>20256</v>
+        <v>12428</v>
       </c>
       <c r="E115" s="5">
-        <v>20.957609999999999</v>
+        <v>23.304803</v>
       </c>
       <c r="F115" s="4">
-        <v>424517.27327825001</v>
+        <v>289632.17943731003</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H115" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J115" s="5">
-        <v>3285</v>
+        <v>3595</v>
       </c>
       <c r="K115" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L115" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M115" s="4">
-        <v>66540947.786408</v>
+        <v>44678673.153399996</v>
       </c>
       <c r="N115" s="4">
-        <v>424517.27327825001</v>
+        <v>289632.17943731003</v>
       </c>
       <c r="O115" s="3" t="s">
         <v>530</v>
       </c>
       <c r="P115" s="3" t="s">
         <v>532</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>84</v>
+        <v>165</v>
       </c>
       <c r="R115" s="3" t="s">
         <v>533</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>4.1599999999999997E-4</v>
+        <v>2.6200000000000003E-4</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D116" s="4">
-        <v>681600</v>
+        <v>133700</v>
       </c>
       <c r="E116" s="5">
-        <v>7.397367</v>
+        <v>26.948001999999999</v>
       </c>
       <c r="F116" s="4">
-        <v>5042044.0843408098</v>
+        <v>3602948.91741216</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H116" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I116" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="J116" s="5">
-        <v>1159.5</v>
+        <v>4157</v>
       </c>
       <c r="K116" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L116" s="3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="M116" s="4">
-        <v>790315054.93767095</v>
+        <v>555791063.62488794</v>
       </c>
       <c r="N116" s="4">
-        <v>5042044.0843408098</v>
+        <v>3602948.91741216</v>
       </c>
       <c r="O116" s="3" t="s">
         <v>534</v>
       </c>
       <c r="P116" s="3" t="s">
         <v>536</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="R116" s="3" t="s">
         <v>537</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>236</v>
+        <v>256</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>4.9430000000000003E-3</v>
+        <v>3.2659999999999998E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D117" s="4">
-        <v>253973</v>
+        <v>548765</v>
       </c>
       <c r="E117" s="5">
-        <v>3.687773</v>
+        <v>36.341231000000001</v>
       </c>
       <c r="F117" s="4">
-        <v>936594.77212900005</v>
+        <v>19942801.698431201</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H117" s="3" t="s">
-        <v>219</v>
+        <v>74</v>
       </c>
       <c r="I117" s="3" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="J117" s="5">
-        <v>3.14</v>
+        <v>5606</v>
       </c>
       <c r="K117" s="5">
-        <v>0.85146238664906981</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L117" s="3" t="s">
-        <v>220</v>
+        <v>76</v>
       </c>
       <c r="M117" s="4">
-        <v>797475.22</v>
+        <v>3076377495.6855302</v>
       </c>
       <c r="N117" s="4">
-        <v>936594.77212900005</v>
+        <v>19942801.698431201</v>
       </c>
       <c r="O117" s="3" t="s">
         <v>538</v>
       </c>
       <c r="P117" s="3" t="s">
         <v>540</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>200</v>
+        <v>137</v>
       </c>
       <c r="R117" s="3" t="s">
         <v>541</v>
       </c>
       <c r="S117" s="3" t="s">
-        <v>223</v>
+        <v>256</v>
       </c>
       <c r="T117" s="4">
         <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>9.1799999999999998E-4</v>
+        <v>1.8081E-2</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D118" s="4">
-        <v>71660</v>
+        <v>24369</v>
       </c>
       <c r="E118" s="5">
-        <v>48.105471999999999</v>
+        <v>22.688960000000002</v>
       </c>
       <c r="F118" s="4">
-        <v>3447238.1235199999</v>
+        <v>552907.42901594995</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H118" s="3" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="J118" s="5">
-        <v>40.96</v>
+        <v>3500</v>
       </c>
       <c r="K118" s="5">
-        <v>0.85146238664906981</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L118" s="3" t="s">
-        <v>127</v>
+        <v>76</v>
       </c>
       <c r="M118" s="4">
-        <v>2935193.6000000001</v>
+        <v>85291525.109825</v>
       </c>
       <c r="N118" s="4">
-        <v>3447238.1235199999</v>
+        <v>552907.42901594995</v>
       </c>
       <c r="O118" s="3" t="s">
         <v>542</v>
       </c>
       <c r="P118" s="3" t="s">
         <v>544</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R118" s="3" t="s">
         <v>545</v>
       </c>
       <c r="S118" s="3" t="s">
-        <v>130</v>
+        <v>256</v>
       </c>
       <c r="T118" s="4">
         <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>3.3800000000000002E-3</v>
+        <v>5.0100000000000003E-4</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D119" s="4">
-        <v>96212</v>
+        <v>87700</v>
       </c>
       <c r="E119" s="5">
-        <v>138.34017</v>
+        <v>12.884161000000001</v>
       </c>
       <c r="F119" s="4">
-        <v>13309984.474597599</v>
+        <v>1129940.8983451501</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H119" s="3" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="I119" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="J119" s="5">
-        <v>109.6</v>
+        <v>16.350000000000001</v>
       </c>
       <c r="K119" s="5">
-        <v>0.79225000133296064</v>
+        <v>1.2690000074363401</v>
       </c>
       <c r="L119" s="3" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="M119" s="4">
-        <v>10544835.217741</v>
+        <v>1433895.0084019999</v>
       </c>
       <c r="N119" s="4">
-        <v>13309984.474597599</v>
+        <v>1129940.8983451501</v>
       </c>
       <c r="O119" s="3" t="s">
         <v>546</v>
       </c>
       <c r="P119" s="3" t="s">
         <v>548</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="R119" s="3" t="s">
         <v>549</v>
       </c>
       <c r="S119" s="3" t="s">
-        <v>550</v>
+        <v>290</v>
       </c>
       <c r="T119" s="4">
         <v>1</v>
       </c>
       <c r="W119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X119" s="4">
         <v>0</v>
       </c>
       <c r="Y119" s="4">
         <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>1.3050000000000001E-2</v>
+        <v>1.024E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="B120" s="3" t="s">
+      <c r="C120" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D120" s="4">
+        <v>72700</v>
+      </c>
+      <c r="E120" s="5">
+        <v>7.8043969999999998</v>
+      </c>
+      <c r="F120" s="4">
+        <v>567379.66887331998</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J120" s="5">
+        <v>60.95</v>
+      </c>
+      <c r="K120" s="5">
+        <v>7.8097001004874107</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M120" s="4">
+        <v>4431065.0570139997</v>
+      </c>
+      <c r="N120" s="4">
+        <v>567379.66887331998</v>
+      </c>
+      <c r="O120" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="P120" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="C120" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P120" s="3" t="s">
+      <c r="Q120" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R120" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="Q120" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S120" s="3" t="s">
-        <v>550</v>
+        <v>303</v>
       </c>
       <c r="T120" s="4">
         <v>1</v>
       </c>
       <c r="W120" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X120" s="4">
         <v>0</v>
       </c>
       <c r="Y120" s="4">
         <v>0</v>
       </c>
       <c r="Z120" s="6">
-        <v>2.6754E-2</v>
+        <v>5.1400000000000003E-4</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="B121" s="3" t="s">
+      <c r="C121" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D121" s="4">
+        <v>20256</v>
+      </c>
+      <c r="E121" s="5">
+        <v>22.300006</v>
+      </c>
+      <c r="F121" s="4">
+        <v>451709.06262154999</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J121" s="5">
+        <v>3440</v>
+      </c>
+      <c r="K121" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M121" s="4">
+        <v>69680660.513986006</v>
+      </c>
+      <c r="N121" s="4">
+        <v>451709.06262154999</v>
+      </c>
+      <c r="O121" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="P121" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="C121" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P121" s="3" t="s">
+      <c r="Q121" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R121" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="Q121" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S121" s="3" t="s">
-        <v>550</v>
+        <v>256</v>
       </c>
       <c r="T121" s="4">
         <v>1</v>
       </c>
       <c r="W121" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X121" s="4">
         <v>0</v>
       </c>
       <c r="Y121" s="4">
         <v>0</v>
       </c>
       <c r="Z121" s="6">
-        <v>2.0294E-2</v>
+        <v>4.0900000000000002E-4</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="B122" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="B122" s="3" t="s">
+      <c r="C122" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D122" s="4">
+        <v>572000</v>
+      </c>
+      <c r="E122" s="5">
+        <v>7.542459</v>
+      </c>
+      <c r="F122" s="4">
+        <v>4314287.5664462596</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J122" s="5">
+        <v>1163.5</v>
+      </c>
+      <c r="K122" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L122" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M122" s="4">
+        <v>665522195.92973399</v>
+      </c>
+      <c r="N122" s="4">
+        <v>4314287.5664462596</v>
+      </c>
+      <c r="O122" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="P122" s="3" t="s">
         <v>560</v>
       </c>
-      <c r="C122" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P122" s="3" t="s">
+      <c r="Q122" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R122" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="Q122" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S122" s="3" t="s">
-        <v>117</v>
+        <v>256</v>
       </c>
       <c r="T122" s="4">
         <v>1</v>
       </c>
       <c r="W122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>1.624E-3</v>
+        <v>3.9110000000000004E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="B123" s="3" t="s">
+      <c r="C123" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D123" s="4">
+        <v>253973</v>
+      </c>
+      <c r="E123" s="5">
+        <v>3.7997420000000002</v>
+      </c>
+      <c r="F123" s="4">
+        <v>965031.9003633</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J123" s="5">
+        <v>3.194</v>
+      </c>
+      <c r="K123" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="M123" s="4">
+        <v>811189.76199999999</v>
+      </c>
+      <c r="N123" s="4">
+        <v>965031.9003633</v>
+      </c>
+      <c r="O123" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="P123" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="C123" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P123" s="3" t="s">
+      <c r="Q123" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="R123" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="Q123" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S123" s="3" t="s">
-        <v>130</v>
+        <v>243</v>
       </c>
       <c r="T123" s="4">
         <v>1</v>
       </c>
       <c r="W123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X123" s="4">
         <v>0</v>
       </c>
       <c r="Y123" s="4">
         <v>0</v>
       </c>
       <c r="Z123" s="6">
-        <v>5.9160000000000003E-3</v>
+        <v>8.7399999999999999E-4</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="B124" s="3" t="s">
+      <c r="C124" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D124" s="4">
+        <v>52584</v>
+      </c>
+      <c r="E124" s="5">
+        <v>45.718249999999998</v>
+      </c>
+      <c r="F124" s="4">
+        <v>2404048.4317080001</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I124" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J124" s="5">
+        <v>38.43</v>
+      </c>
+      <c r="K124" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L124" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M124" s="4">
+        <v>2020803.12</v>
+      </c>
+      <c r="N124" s="4">
+        <v>2404048.4317080001</v>
+      </c>
+      <c r="O124" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="P124" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="C124" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P124" s="3" t="s">
+      <c r="Q124" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R124" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="Q124" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S124" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="T124" s="4">
         <v>1</v>
       </c>
       <c r="W124" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X124" s="4">
         <v>0</v>
       </c>
       <c r="Y124" s="4">
         <v>0</v>
       </c>
       <c r="Z124" s="6">
-        <v>1.194E-3</v>
+        <v>2.1789999999999999E-3</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>571</v>
       </c>
-      <c r="B125" s="3" t="s">
+      <c r="C125" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D125" s="4">
+        <v>119512</v>
+      </c>
+      <c r="E125" s="5">
+        <v>148.847477</v>
+      </c>
+      <c r="F125" s="4">
+        <v>17789059.723394498</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I125" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J125" s="5">
+        <v>114.62</v>
+      </c>
+      <c r="K125" s="5">
+        <v>0.77005000173376759</v>
+      </c>
+      <c r="L125" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M125" s="4">
+        <v>13698465.470842</v>
+      </c>
+      <c r="N125" s="4">
+        <v>17789059.723394498</v>
+      </c>
+      <c r="O125" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="P125" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="C125" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P125" s="3" t="s">
+      <c r="Q125" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="R125" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="Q125" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R125" s="3" t="s">
+      <c r="S125" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="S125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T125" s="4">
         <v>1</v>
       </c>
       <c r="W125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X125" s="4">
         <v>0</v>
       </c>
       <c r="Y125" s="4">
         <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>9.5250000000000005E-3</v>
+        <v>1.6128E-2</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
         <v>575</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>576</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D126" s="4">
-        <v>29381</v>
+        <v>365040</v>
       </c>
       <c r="E126" s="5">
-        <v>8.309234</v>
+        <v>86.565807000000007</v>
       </c>
       <c r="F126" s="4">
-        <v>244133.59680875001</v>
+        <v>31599982.338809099</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H126" s="3" t="s">
-        <v>141</v>
+        <v>49</v>
       </c>
       <c r="I126" s="3" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="J126" s="5">
-        <v>7.0750000000000002</v>
+        <v>66.66</v>
       </c>
       <c r="K126" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L126" s="3" t="s">
-        <v>142</v>
+        <v>51</v>
       </c>
       <c r="M126" s="4">
-        <v>207870.57500000001</v>
+        <v>24333566.454787001</v>
       </c>
       <c r="N126" s="4">
-        <v>244133.59680875001</v>
+        <v>31599982.338809099</v>
       </c>
       <c r="O126" s="3" t="s">
         <v>575</v>
       </c>
       <c r="P126" s="3" t="s">
         <v>577</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="R126" s="3" t="s">
         <v>578</v>
       </c>
       <c r="S126" s="3" t="s">
-        <v>145</v>
+        <v>574</v>
       </c>
       <c r="T126" s="4">
         <v>1</v>
       </c>
       <c r="W126" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X126" s="4">
         <v>0</v>
       </c>
       <c r="Y126" s="4">
         <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>2.3900000000000001E-4</v>
+        <v>2.8649999999999998E-2</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
         <v>579</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>580</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D127" s="4">
-        <v>49157</v>
+        <v>49963</v>
       </c>
       <c r="E127" s="5">
-        <v>10.284221000000001</v>
+        <v>455.42497100000003</v>
       </c>
       <c r="F127" s="4">
-        <v>505541.38250024</v>
+        <v>22754397.896240499</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H127" s="3" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="I127" s="3" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="J127" s="5">
-        <v>1612</v>
+        <v>350.7</v>
       </c>
       <c r="K127" s="5">
-        <v>156.74497122946053</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L127" s="3" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="M127" s="4">
-        <v>79241069.455301002</v>
+        <v>17522024.139449999</v>
       </c>
       <c r="N127" s="4">
-        <v>505541.38250024</v>
+        <v>22754397.896240499</v>
       </c>
       <c r="O127" s="3" t="s">
         <v>579</v>
       </c>
       <c r="P127" s="3" t="s">
         <v>581</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>136</v>
+        <v>165</v>
       </c>
       <c r="R127" s="3" t="s">
         <v>582</v>
       </c>
       <c r="S127" s="3" t="s">
-        <v>236</v>
+        <v>574</v>
       </c>
       <c r="T127" s="4">
         <v>1</v>
       </c>
       <c r="W127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X127" s="4">
         <v>0</v>
       </c>
       <c r="Y127" s="4">
         <v>0</v>
       </c>
       <c r="Z127" s="6">
-        <v>4.95E-4</v>
+        <v>2.0629999999999999E-2</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
         <v>583</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>584</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D128" s="4">
-        <v>103137</v>
+        <v>55598</v>
       </c>
       <c r="E128" s="5">
-        <v>1.8938299999999999</v>
+        <v>32.643996000000001</v>
       </c>
       <c r="F128" s="4">
-        <v>195323.9859648</v>
+        <v>1814940.8896079999</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H128" s="3" t="s">
-        <v>59</v>
+        <v>125</v>
       </c>
       <c r="I128" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J128" s="5">
-        <v>1.4079999999999999</v>
+        <v>27.44</v>
       </c>
       <c r="K128" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L128" s="3" t="s">
-        <v>61</v>
+        <v>126</v>
       </c>
       <c r="M128" s="4">
-        <v>145216.89600000001</v>
+        <v>1525609.12</v>
       </c>
       <c r="N128" s="4">
-        <v>195323.9859648</v>
+        <v>1814940.8896079999</v>
       </c>
       <c r="O128" s="3" t="s">
         <v>583</v>
       </c>
       <c r="P128" s="3" t="s">
         <v>585</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="R128" s="3" t="s">
         <v>586</v>
       </c>
       <c r="S128" s="3" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="T128" s="4">
         <v>1</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X128" s="4">
         <v>0</v>
       </c>
       <c r="Y128" s="4">
         <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>1.9100000000000001E-4</v>
+        <v>1.645E-3</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
         <v>587</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>588</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D129" s="4">
-        <v>220000</v>
+        <v>63600</v>
       </c>
       <c r="E129" s="5">
-        <v>11.550074</v>
+        <v>108.49608000000001</v>
       </c>
       <c r="F129" s="4">
-        <v>2541016.2523286399</v>
+        <v>6900350.6880000001</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H129" s="3" t="s">
-        <v>64</v>
+        <v>142</v>
       </c>
       <c r="I129" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J129" s="5">
-        <v>89.9</v>
+        <v>91.2</v>
       </c>
       <c r="K129" s="5">
-        <v>7.783499774395259</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L129" s="3" t="s">
-        <v>66</v>
+        <v>143</v>
       </c>
       <c r="M129" s="4">
-        <v>19777999.426734</v>
+        <v>5800320</v>
       </c>
       <c r="N129" s="4">
-        <v>2541016.2523286399</v>
+        <v>6900350.6880000001</v>
       </c>
       <c r="O129" s="3" t="s">
         <v>587</v>
       </c>
       <c r="P129" s="3" t="s">
         <v>589</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="R129" s="3" t="s">
         <v>590</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>287</v>
+        <v>146</v>
       </c>
       <c r="T129" s="4">
         <v>1</v>
       </c>
       <c r="W129" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>2.4910000000000002E-3</v>
+        <v>6.2560000000000003E-3</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
         <v>591</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>592</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D130" s="4">
-        <v>135546</v>
+        <v>18036</v>
       </c>
       <c r="E130" s="5">
-        <v>10.689605999999999</v>
+        <v>75.840187999999998</v>
       </c>
       <c r="F130" s="4">
-        <v>1448933.2671030001</v>
+        <v>1367853.6217499999</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H130" s="3" t="s">
-        <v>39</v>
+        <v>157</v>
       </c>
       <c r="I130" s="3" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="J130" s="5">
-        <v>16.03</v>
+        <v>63.75</v>
       </c>
       <c r="K130" s="5">
-        <v>1.4995876134063133</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L130" s="3" t="s">
-        <v>41</v>
+        <v>158</v>
       </c>
       <c r="M130" s="4">
-        <v>2172802.38</v>
+        <v>1149795</v>
       </c>
       <c r="N130" s="4">
-        <v>1448933.2671030001</v>
+        <v>1367853.6217499999</v>
       </c>
       <c r="O130" s="3" t="s">
         <v>591</v>
       </c>
       <c r="P130" s="3" t="s">
         <v>593</v>
       </c>
       <c r="Q130" s="3" t="s">
-        <v>105</v>
+        <v>152</v>
       </c>
       <c r="R130" s="3" t="s">
         <v>594</v>
       </c>
       <c r="S130" s="3" t="s">
-        <v>249</v>
+        <v>161</v>
       </c>
       <c r="T130" s="4">
         <v>1</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X130" s="4">
         <v>0</v>
       </c>
       <c r="Y130" s="4">
         <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>1.42E-3</v>
+        <v>1.24E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D131" s="4">
-        <v>202800</v>
+        <v>76695</v>
       </c>
       <c r="E131" s="5">
-        <v>1.370849</v>
+        <v>99.002673000000001</v>
       </c>
       <c r="F131" s="4">
-        <v>278008.09404509998</v>
+        <v>7593010.0057350099</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H131" s="3" t="s">
-        <v>64</v>
+        <v>142</v>
       </c>
       <c r="I131" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J131" s="5">
-        <v>10.67</v>
+        <v>83.22</v>
       </c>
       <c r="K131" s="5">
-        <v>7.783499774395259</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L131" s="3" t="s">
-        <v>66</v>
+        <v>143</v>
       </c>
       <c r="M131" s="4">
-        <v>2163875.9372800002</v>
+        <v>6382557.9000000004</v>
       </c>
       <c r="N131" s="4">
-        <v>278008.09404509998</v>
+        <v>7593010.0057350099</v>
       </c>
       <c r="O131" s="3" t="s">
         <v>595</v>
       </c>
       <c r="P131" s="3" t="s">
         <v>597</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="R131" s="3" t="s">
         <v>598</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>287</v>
+        <v>146</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>2.72E-4</v>
+        <v>6.8840000000000004E-3</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
         <v>599</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>600</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D132" s="4">
-        <v>29118</v>
+        <v>29381</v>
       </c>
       <c r="E132" s="5">
-        <v>27.388438000000001</v>
+        <v>9.1424599999999998</v>
       </c>
       <c r="F132" s="4">
-        <v>797496.40498899005</v>
+        <v>268614.62460525002</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H132" s="3" t="s">
-        <v>69</v>
+        <v>157</v>
       </c>
       <c r="I132" s="3" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="J132" s="5">
-        <v>4293</v>
+        <v>7.6849999999999996</v>
       </c>
       <c r="K132" s="5">
-        <v>156.74497122946053</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L132" s="3" t="s">
-        <v>71</v>
+        <v>158</v>
       </c>
       <c r="M132" s="4">
-        <v>125003551.05559701</v>
+        <v>225792.98499999999</v>
       </c>
       <c r="N132" s="4">
-        <v>797496.40498899005</v>
+        <v>268614.62460525002</v>
       </c>
       <c r="O132" s="3" t="s">
         <v>599</v>
       </c>
       <c r="P132" s="3" t="s">
         <v>601</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="R132" s="3" t="s">
         <v>602</v>
       </c>
       <c r="S132" s="3" t="s">
-        <v>236</v>
+        <v>161</v>
       </c>
       <c r="T132" s="4">
         <v>1</v>
       </c>
       <c r="W132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>7.8100000000000001E-4</v>
+        <v>2.43E-4</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
         <v>603</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>604</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D133" s="4">
-        <v>244136</v>
+        <v>49157</v>
       </c>
       <c r="E133" s="5">
-        <v>17.687408000000001</v>
+        <v>10.197067000000001</v>
       </c>
       <c r="F133" s="4">
-        <v>4318132.9174199998</v>
+        <v>501257.36419032997</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H133" s="3" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="I133" s="3" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="J133" s="5">
-        <v>13.15</v>
+        <v>1573</v>
       </c>
       <c r="K133" s="5">
-        <v>0.74346678562135238</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L133" s="3" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="M133" s="4">
-        <v>3210388.4</v>
+        <v>77323983.764181003</v>
       </c>
       <c r="N133" s="4">
-        <v>4318132.9174199998</v>
+        <v>501257.36419032997</v>
       </c>
       <c r="O133" s="3" t="s">
         <v>603</v>
       </c>
       <c r="P133" s="3" t="s">
         <v>605</v>
       </c>
       <c r="Q133" s="3" t="s">
-        <v>93</v>
+        <v>152</v>
       </c>
       <c r="R133" s="3" t="s">
         <v>606</v>
       </c>
       <c r="S133" s="3" t="s">
-        <v>86</v>
+        <v>256</v>
       </c>
       <c r="T133" s="4">
         <v>1</v>
       </c>
       <c r="W133" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>4.2329999999999998E-3</v>
+        <v>4.5399999999999998E-4</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
         <v>607</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>608</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D134" s="4">
-        <v>66604</v>
+        <v>103137</v>
       </c>
       <c r="E134" s="5">
-        <v>7.2581009999999999</v>
+        <v>2.0611199999999998</v>
       </c>
       <c r="F134" s="4">
-        <v>483418.55900399998</v>
+        <v>212577.68187150001</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H134" s="3" t="s">
-        <v>113</v>
+        <v>64</v>
       </c>
       <c r="I134" s="3" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="J134" s="5">
-        <v>6.18</v>
+        <v>1.502</v>
       </c>
       <c r="K134" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L134" s="3" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
       <c r="M134" s="4">
-        <v>411612.72</v>
+        <v>154911.774</v>
       </c>
       <c r="N134" s="4">
-        <v>483418.55900399998</v>
+        <v>212577.68187150001</v>
       </c>
       <c r="O134" s="3" t="s">
         <v>607</v>
       </c>
       <c r="P134" s="3" t="s">
         <v>609</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="R134" s="3" t="s">
         <v>610</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="T134" s="4">
         <v>1</v>
       </c>
       <c r="W134" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>4.73E-4</v>
+        <v>1.92E-4</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
         <v>611</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>612</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D135" s="4">
-        <v>529300</v>
+        <v>278000</v>
       </c>
       <c r="E135" s="5">
-        <v>15.365474000000001</v>
+        <v>13.636887</v>
       </c>
       <c r="F135" s="4">
-        <v>8132945.5676516304</v>
+        <v>3791054.7140095001</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H135" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I135" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J135" s="5">
-        <v>19.760000000000002</v>
+        <v>106.5</v>
       </c>
       <c r="K135" s="5">
-        <v>1.2859999944959202</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L135" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M135" s="4">
-        <v>10458967.955235001</v>
+        <v>29607000.380952999</v>
       </c>
       <c r="N135" s="4">
-        <v>8132945.5676516304</v>
+        <v>3791054.7140095001</v>
       </c>
       <c r="O135" s="3" t="s">
         <v>611</v>
       </c>
       <c r="P135" s="3" t="s">
         <v>613</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="R135" s="3" t="s">
         <v>614</v>
       </c>
       <c r="S135" s="3" t="s">
-        <v>274</v>
+        <v>303</v>
       </c>
       <c r="T135" s="4">
         <v>1</v>
       </c>
       <c r="W135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>7.9740000000000002E-3</v>
+        <v>3.437E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
         <v>615</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>616</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D136" s="4">
-        <v>374100</v>
+        <v>135546</v>
       </c>
       <c r="E136" s="5">
-        <v>26.616484</v>
+        <v>10.298085</v>
       </c>
       <c r="F136" s="4">
-        <v>9957224.7918593902</v>
+        <v>1395864.2294099999</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H136" s="3" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="I136" s="3" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="J136" s="5">
-        <v>4172</v>
+        <v>14.7</v>
       </c>
       <c r="K136" s="5">
-        <v>156.74497122946053</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L136" s="3" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="M136" s="4">
-        <v>1560744913.52527</v>
+        <v>1992526.2</v>
       </c>
       <c r="N136" s="4">
-        <v>9957224.7918593902</v>
+        <v>1395864.2294099999</v>
       </c>
       <c r="O136" s="3" t="s">
         <v>615</v>
       </c>
       <c r="P136" s="3" t="s">
         <v>617</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="R136" s="3" t="s">
         <v>618</v>
       </c>
       <c r="S136" s="3" t="s">
-        <v>236</v>
+        <v>269</v>
       </c>
       <c r="T136" s="4">
         <v>1</v>
       </c>
       <c r="W136" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>9.7630000000000008E-3</v>
+        <v>1.2650000000000001E-3</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
         <v>619</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>620</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D137" s="4">
-        <v>8072</v>
+        <v>202800</v>
       </c>
       <c r="E137" s="5">
-        <v>139.75954999999999</v>
+        <v>1.426431</v>
       </c>
       <c r="F137" s="4">
-        <v>1128139.0876</v>
+        <v>289280.25404304999</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H137" s="3" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="I137" s="3" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="J137" s="5">
-        <v>119</v>
+        <v>11.14</v>
       </c>
       <c r="K137" s="5">
-        <v>0.85146238664906981</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L137" s="3" t="s">
-        <v>127</v>
+        <v>71</v>
       </c>
       <c r="M137" s="4">
-        <v>960568</v>
+        <v>2259192.0290689999</v>
       </c>
       <c r="N137" s="4">
-        <v>1128139.0876</v>
+        <v>289280.25404304999</v>
       </c>
       <c r="O137" s="3" t="s">
         <v>619</v>
       </c>
       <c r="P137" s="3" t="s">
         <v>621</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>149</v>
+        <v>100</v>
       </c>
       <c r="R137" s="3" t="s">
         <v>622</v>
       </c>
       <c r="S137" s="3" t="s">
-        <v>130</v>
+        <v>303</v>
       </c>
       <c r="T137" s="4">
         <v>1</v>
       </c>
       <c r="W137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>1.106E-3</v>
+        <v>2.6200000000000003E-4</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
         <v>623</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>624</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D138" s="4">
-        <v>68700</v>
+        <v>144588</v>
       </c>
       <c r="E138" s="5">
-        <v>19.949603</v>
+        <v>4.1332449999999996</v>
       </c>
       <c r="F138" s="4">
-        <v>1370537.49720884</v>
+        <v>597617.62806000002</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H138" s="3" t="s">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="I138" s="3" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="J138" s="5">
-        <v>3127</v>
+        <v>5.9</v>
       </c>
       <c r="K138" s="5">
-        <v>156.74497122946053</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L138" s="3" t="s">
-        <v>71</v>
+        <v>41</v>
       </c>
       <c r="M138" s="4">
-        <v>214824860.568896</v>
+        <v>853069.2</v>
       </c>
       <c r="N138" s="4">
-        <v>1370537.49720884</v>
+        <v>597617.62806000002</v>
       </c>
       <c r="O138" s="3" t="s">
         <v>623</v>
       </c>
       <c r="P138" s="3" t="s">
         <v>625</v>
       </c>
       <c r="Q138" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="R138" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="R138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S138" s="3" t="s">
-        <v>236</v>
+        <v>269</v>
       </c>
       <c r="T138" s="4">
         <v>1</v>
       </c>
       <c r="W138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X138" s="4">
         <v>0</v>
       </c>
       <c r="Y138" s="4">
         <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>1.343E-3</v>
+        <v>5.4100000000000003E-4</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="B139" s="3" t="s">
+      <c r="C139" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D139" s="4">
+        <v>29118</v>
+      </c>
+      <c r="E139" s="5">
+        <v>28.153758</v>
+      </c>
+      <c r="F139" s="4">
+        <v>819781.36911708</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J139" s="5">
+        <v>4343</v>
+      </c>
+      <c r="K139" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L139" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M139" s="4">
+        <v>126459511.22968</v>
+      </c>
+      <c r="N139" s="4">
+        <v>819781.36911708</v>
+      </c>
+      <c r="O139" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="P139" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="C139" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P139" s="3" t="s">
+      <c r="Q139" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R139" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="Q139" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S139" s="3" t="s">
-        <v>130</v>
+        <v>256</v>
       </c>
       <c r="T139" s="4">
         <v>1</v>
       </c>
       <c r="W139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X139" s="4">
         <v>0</v>
       </c>
       <c r="Y139" s="4">
         <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>4.9509999999999997E-3</v>
+        <v>7.4299999999999995E-4</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="B140" s="3" t="s">
+      <c r="C140" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D140" s="4">
+        <v>183153</v>
+      </c>
+      <c r="E140" s="5">
+        <v>18.552820000000001</v>
+      </c>
+      <c r="F140" s="4">
+        <v>3398004.6414600001</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I140" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J140" s="5">
+        <v>13.52</v>
+      </c>
+      <c r="K140" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L140" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M140" s="4">
+        <v>2476228.56</v>
+      </c>
+      <c r="N140" s="4">
+        <v>3398004.6414600001</v>
+      </c>
+      <c r="O140" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="P140" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="C140" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P140" s="3" t="s">
+      <c r="Q140" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R140" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="Q140" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S140" s="3" t="s">
-        <v>130</v>
+        <v>96</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>6.0400000000000002E-3</v>
+        <v>3.0799999999999998E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="B141" s="3" t="s">
+      <c r="C141" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D141" s="4">
+        <v>66604</v>
+      </c>
+      <c r="E141" s="5">
+        <v>7.3758299999999997</v>
+      </c>
+      <c r="F141" s="4">
+        <v>491259.78132000001</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H141" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="I141" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J141" s="5">
+        <v>6.2</v>
+      </c>
+      <c r="K141" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L141" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="M141" s="4">
+        <v>412944.8</v>
+      </c>
+      <c r="N141" s="4">
+        <v>491259.78132000001</v>
+      </c>
+      <c r="O141" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="P141" s="3" t="s">
         <v>637</v>
       </c>
-      <c r="C141" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P141" s="3" t="s">
+      <c r="Q141" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R141" s="3" t="s">
         <v>638</v>
       </c>
-      <c r="Q141" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S141" s="3" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>1.06E-3</v>
+        <v>4.4499999999999997E-4</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="B142" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="B142" s="3" t="s">
+      <c r="C142" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D142" s="4">
+        <v>680400</v>
+      </c>
+      <c r="E142" s="5">
+        <v>16.729707999999999</v>
+      </c>
+      <c r="F142" s="4">
+        <v>11382893.617021199</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H142" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I142" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J142" s="5">
+        <v>21.23</v>
+      </c>
+      <c r="K142" s="5">
+        <v>1.2690000074363401</v>
+      </c>
+      <c r="L142" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M142" s="4">
+        <v>14444892.084647</v>
+      </c>
+      <c r="N142" s="4">
+        <v>11382893.617021199</v>
+      </c>
+      <c r="O142" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="P142" s="3" t="s">
         <v>641</v>
       </c>
-      <c r="C142" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P142" s="3" t="s">
+      <c r="Q142" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R142" s="3" t="s">
         <v>642</v>
       </c>
-      <c r="Q142" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S142" s="3" t="s">
-        <v>161</v>
+        <v>290</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>3.8200000000000002E-4</v>
+        <v>1.0319999999999999E-2</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="B143" s="3" t="s">
+      <c r="C143" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D143" s="4">
+        <v>301500</v>
+      </c>
+      <c r="E143" s="5">
+        <v>25.995066000000001</v>
+      </c>
+      <c r="F143" s="4">
+        <v>7837514.5857642898</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I143" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J143" s="5">
+        <v>4010</v>
+      </c>
+      <c r="K143" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L143" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M143" s="4">
+        <v>1209015355.9341199</v>
+      </c>
+      <c r="N143" s="4">
+        <v>7837514.5857642898</v>
+      </c>
+      <c r="O143" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="P143" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="C143" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P143" s="3" t="s">
+      <c r="Q143" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R143" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="Q143" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S143" s="3" t="s">
-        <v>130</v>
+        <v>256</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>1.024E-3</v>
+        <v>7.1060000000000003E-3</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="B144" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="B144" s="3" t="s">
+      <c r="C144" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D144" s="4">
+        <v>17041</v>
+      </c>
+      <c r="E144" s="5">
+        <v>163.69584</v>
+      </c>
+      <c r="F144" s="4">
+        <v>2789540.80944</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H144" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I144" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J144" s="5">
+        <v>137.6</v>
+      </c>
+      <c r="K144" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L144" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M144" s="4">
+        <v>2344841.6</v>
+      </c>
+      <c r="N144" s="4">
+        <v>2789540.80944</v>
+      </c>
+      <c r="O144" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="P144" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="C144" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P144" s="3" t="s">
+      <c r="Q144" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="R144" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="Q144" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S144" s="3" t="s">
-        <v>550</v>
+        <v>146</v>
       </c>
       <c r="T144" s="4">
         <v>1</v>
       </c>
       <c r="W144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>5.0660000000000002E-3</v>
+        <v>2.529E-3</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="B145" s="3" t="s">
+      <c r="C145" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D145" s="4">
+        <v>130200</v>
+      </c>
+      <c r="E145" s="5">
+        <v>22.319454</v>
+      </c>
+      <c r="F145" s="4">
+        <v>2905993.7767405701</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H145" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I145" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J145" s="5">
+        <v>3443</v>
+      </c>
+      <c r="K145" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L145" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M145" s="4">
+        <v>448278731.97325897</v>
+      </c>
+      <c r="N145" s="4">
+        <v>2905993.7767405701</v>
+      </c>
+      <c r="O145" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="P145" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="C145" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P145" s="3" t="s">
+      <c r="Q145" s="3" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="R145" s="3" t="s">
         <v>655</v>
       </c>
       <c r="S145" s="3" t="s">
-        <v>161</v>
+        <v>256</v>
       </c>
       <c r="T145" s="4">
         <v>1</v>
       </c>
       <c r="W145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>9.5299999999999996E-4</v>
+        <v>2.6340000000000001E-3</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
         <v>656</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>657</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D146" s="4">
-        <v>439636</v>
+        <v>85167</v>
       </c>
       <c r="E146" s="5">
-        <v>15.310876</v>
+        <v>8.9925569999999997</v>
       </c>
       <c r="F146" s="4">
-        <v>6731212.2811360201</v>
+        <v>765869.06412613997</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H146" s="3" t="s">
-        <v>39</v>
+        <v>658</v>
       </c>
       <c r="I146" s="3" t="s">
-        <v>40</v>
+        <v>659</v>
       </c>
       <c r="J146" s="5">
-        <v>22.96</v>
+        <v>86.32</v>
       </c>
       <c r="K146" s="5">
-        <v>1.4995876134063133</v>
+        <v>9.5990496172954902</v>
       </c>
       <c r="L146" s="3" t="s">
-        <v>41</v>
+        <v>660</v>
       </c>
       <c r="M146" s="4">
-        <v>10094042.560000001</v>
+        <v>7351615.1468979996</v>
       </c>
       <c r="N146" s="4">
-        <v>6731212.2811360201</v>
+        <v>765869.06412613997</v>
       </c>
       <c r="O146" s="3" t="s">
         <v>656</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>121</v>
+        <v>220</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="S146" s="3" t="s">
-        <v>249</v>
+        <v>663</v>
       </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>6.5989999999999998E-3</v>
+        <v>6.9399999999999996E-4</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D147" s="4">
-        <v>1851134</v>
+        <v>33788</v>
       </c>
       <c r="E147" s="5">
-        <v>5.0289950000000001</v>
+        <v>160.60274999999999</v>
       </c>
       <c r="F147" s="4">
-        <v>9309343.4452165999</v>
+        <v>5426445.7170000002</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H147" s="3" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="I147" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J147" s="5">
-        <v>4.282</v>
+        <v>135</v>
       </c>
       <c r="K147" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L147" s="3" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="M147" s="4">
-        <v>7926555.7879999997</v>
+        <v>4561380</v>
       </c>
       <c r="N147" s="4">
-        <v>9309343.4452165999</v>
+        <v>5426445.7170000002</v>
       </c>
       <c r="O147" s="3" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="P147" s="3" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="R147" s="3" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="S147" s="3" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>9.1269999999999997E-3</v>
+        <v>4.9199999999999999E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D148" s="4">
-        <v>1180000</v>
+        <v>42854</v>
       </c>
       <c r="E148" s="5">
-        <v>1.489047</v>
+        <v>148.64676800000001</v>
       </c>
       <c r="F148" s="4">
-        <v>1757075.86561316</v>
+        <v>6370108.5744449999</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H148" s="3" t="s">
-        <v>64</v>
+        <v>142</v>
       </c>
       <c r="I148" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J148" s="5">
-        <v>11.59</v>
+        <v>124.95</v>
       </c>
       <c r="K148" s="5">
-        <v>7.783499774395259</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L148" s="3" t="s">
-        <v>66</v>
+        <v>143</v>
       </c>
       <c r="M148" s="4">
-        <v>13676199.603595</v>
+        <v>5354607.3</v>
       </c>
       <c r="N148" s="4">
-        <v>1757075.86561316</v>
+        <v>6370108.5744449999</v>
       </c>
       <c r="O148" s="3" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="P148" s="3" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="R148" s="3" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>287</v>
+        <v>146</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>1.722E-3</v>
+        <v>5.7749999999999998E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D149" s="4">
-        <v>551848</v>
+        <v>16565</v>
       </c>
       <c r="E149" s="5">
-        <v>11.153135000000001</v>
+        <v>72.747097999999994</v>
       </c>
       <c r="F149" s="4">
-        <v>6154835.2558033504</v>
+        <v>1205055.6700875</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H149" s="3" t="s">
-        <v>670</v>
+        <v>142</v>
       </c>
       <c r="I149" s="3" t="s">
-        <v>671</v>
+        <v>60</v>
       </c>
       <c r="J149" s="5">
-        <v>112.5</v>
+        <v>61.15</v>
       </c>
       <c r="K149" s="5">
-        <v>10.086849794097136</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L149" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M149" s="4">
+        <v>1012949.75</v>
+      </c>
+      <c r="N149" s="4">
+        <v>1205055.6700875</v>
+      </c>
+      <c r="O149" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="M149" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P149" s="3" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>84</v>
+        <v>654</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>675</v>
+        <v>146</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>6.0340000000000003E-3</v>
+        <v>1.0920000000000001E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
         <v>676</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>677</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D150" s="4">
-        <v>2776222</v>
+        <v>40876</v>
       </c>
       <c r="E150" s="5">
-        <v>2.7060650000000002</v>
+        <v>13.109942999999999</v>
       </c>
       <c r="F150" s="4">
-        <v>7512638.07153966</v>
+        <v>535882.03006799996</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H150" s="3" t="s">
-        <v>74</v>
+        <v>169</v>
       </c>
       <c r="I150" s="3" t="s">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="J150" s="5">
-        <v>3.48</v>
+        <v>11.02</v>
       </c>
       <c r="K150" s="5">
-        <v>1.2859999944959202</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L150" s="3" t="s">
-        <v>76</v>
+        <v>170</v>
       </c>
       <c r="M150" s="4">
-        <v>9661252.5186490007</v>
+        <v>450453.52</v>
       </c>
       <c r="N150" s="4">
-        <v>7512638.07153966</v>
+        <v>535882.03006799996</v>
       </c>
       <c r="O150" s="3" t="s">
         <v>676</v>
       </c>
       <c r="P150" s="3" t="s">
         <v>678</v>
       </c>
       <c r="Q150" s="3" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="R150" s="3" t="s">
         <v>679</v>
       </c>
       <c r="S150" s="3" t="s">
-        <v>274</v>
+        <v>173</v>
       </c>
       <c r="T150" s="4">
         <v>1</v>
       </c>
       <c r="W150" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>7.3660000000000002E-3</v>
+        <v>4.8500000000000003E-4</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
         <v>680</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>681</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D151" s="4">
-        <v>730331</v>
+        <v>25959</v>
       </c>
       <c r="E151" s="5">
-        <v>0.16059599999999999</v>
+        <v>42.637056000000001</v>
       </c>
       <c r="F151" s="4">
-        <v>117288.33429691</v>
+        <v>1106815.3367039999</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H151" s="3" t="s">
-        <v>64</v>
+        <v>142</v>
       </c>
       <c r="I151" s="3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J151" s="5">
-        <v>1.25</v>
+        <v>35.840000000000003</v>
       </c>
       <c r="K151" s="5">
-        <v>7.783499774395259</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L151" s="3" t="s">
-        <v>66</v>
+        <v>143</v>
       </c>
       <c r="M151" s="4">
-        <v>912913.72353900003</v>
+        <v>930370.56000000006</v>
       </c>
       <c r="N151" s="4">
-        <v>117288.33429691</v>
+        <v>1106815.3367039999</v>
       </c>
       <c r="O151" s="3" t="s">
         <v>680</v>
       </c>
       <c r="P151" s="3" t="s">
         <v>682</v>
       </c>
       <c r="Q151" s="3" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="R151" s="3" t="s">
         <v>683</v>
       </c>
       <c r="S151" s="3" t="s">
-        <v>287</v>
+        <v>146</v>
       </c>
       <c r="T151" s="4">
         <v>1</v>
       </c>
       <c r="W151" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>1.15E-4</v>
+        <v>1.003E-3</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
         <v>684</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>685</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D152" s="4">
-        <v>488845</v>
+        <v>31269</v>
       </c>
       <c r="E152" s="5">
-        <v>0.99668199999999996</v>
+        <v>86.539834999999997</v>
       </c>
       <c r="F152" s="4">
-        <v>487223.03673225001</v>
+        <v>2706014.1029803301</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H152" s="3" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="I152" s="3" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="J152" s="5">
-        <v>0.74099999999999999</v>
+        <v>66.64</v>
       </c>
       <c r="K152" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L152" s="3" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="M152" s="4">
-        <v>362234.14500000002</v>
+        <v>2083766.164691</v>
       </c>
       <c r="N152" s="4">
-        <v>487223.03673225001</v>
+        <v>2706014.1029803301</v>
       </c>
       <c r="O152" s="3" t="s">
         <v>684</v>
       </c>
       <c r="P152" s="3" t="s">
         <v>686</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>200</v>
+        <v>152</v>
       </c>
       <c r="R152" s="3" t="s">
         <v>687</v>
       </c>
       <c r="S152" s="3" t="s">
-        <v>86</v>
+        <v>574</v>
       </c>
       <c r="T152" s="4">
         <v>1</v>
       </c>
       <c r="W152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X152" s="4">
         <v>0</v>
       </c>
       <c r="Y152" s="4">
         <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>4.7699999999999999E-4</v>
+        <v>2.4529999999999999E-3</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
         <v>688</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>689</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D153" s="4">
-        <v>364576</v>
+        <v>24046</v>
       </c>
       <c r="E153" s="5">
-        <v>43.888981999999999</v>
+        <v>43.838602999999999</v>
       </c>
       <c r="F153" s="4">
-        <v>16000869.319344001</v>
+        <v>1054143.035715</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H153" s="3" t="s">
-        <v>59</v>
+        <v>169</v>
       </c>
       <c r="I153" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J153" s="5">
-        <v>32.630000000000003</v>
+        <v>36.85</v>
       </c>
       <c r="K153" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L153" s="3" t="s">
-        <v>61</v>
+        <v>170</v>
       </c>
       <c r="M153" s="4">
-        <v>11896114.880000001</v>
+        <v>886095.1</v>
       </c>
       <c r="N153" s="4">
-        <v>16000869.319344001</v>
+        <v>1054143.035715</v>
       </c>
       <c r="O153" s="3" t="s">
         <v>688</v>
       </c>
       <c r="P153" s="3" t="s">
         <v>690</v>
       </c>
       <c r="Q153" s="3" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="R153" s="3" t="s">
         <v>691</v>
       </c>
       <c r="S153" s="3" t="s">
-        <v>86</v>
+        <v>173</v>
       </c>
       <c r="T153" s="4">
         <v>1</v>
       </c>
       <c r="W153" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X153" s="4">
         <v>0</v>
       </c>
       <c r="Y153" s="4">
         <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>1.5688000000000001E-2</v>
+        <v>9.5500000000000001E-4</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
         <v>692</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>693</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D154" s="4">
-        <v>156820</v>
+        <v>271643</v>
       </c>
       <c r="E154" s="5">
-        <v>3.7758569999999998</v>
+        <v>15.69232</v>
       </c>
       <c r="F154" s="4">
-        <v>592129.85553499998</v>
+        <v>4262708.8817600003</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H154" s="3" t="s">
-        <v>219</v>
+        <v>39</v>
       </c>
       <c r="I154" s="3" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="J154" s="5">
-        <v>3.2149999999999999</v>
+        <v>22.4</v>
       </c>
       <c r="K154" s="5">
-        <v>0.85146238664906981</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L154" s="3" t="s">
-        <v>220</v>
+        <v>41</v>
       </c>
       <c r="M154" s="4">
-        <v>504176.3</v>
+        <v>6084803.2000000002</v>
       </c>
       <c r="N154" s="4">
-        <v>592129.85553499998</v>
+        <v>4262708.8817600003</v>
       </c>
       <c r="O154" s="3" t="s">
         <v>692</v>
       </c>
       <c r="P154" s="3" t="s">
         <v>694</v>
       </c>
       <c r="Q154" s="3" t="s">
-        <v>439</v>
+        <v>137</v>
       </c>
       <c r="R154" s="3" t="s">
         <v>695</v>
       </c>
       <c r="S154" s="3" t="s">
-        <v>223</v>
+        <v>269</v>
       </c>
       <c r="T154" s="4">
         <v>1</v>
       </c>
       <c r="W154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X154" s="4">
         <v>0</v>
       </c>
       <c r="Y154" s="4">
         <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>5.8E-4</v>
+        <v>3.8639999999999998E-3</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
         <v>696</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>697</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D155" s="4">
-        <v>432441</v>
+        <v>2112101</v>
       </c>
       <c r="E155" s="5">
-        <v>12.26713</v>
+        <v>4.5896699999999999</v>
       </c>
       <c r="F155" s="4">
-        <v>5304810.0724402498</v>
+        <v>9693845.9630397093</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H155" s="3" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="I155" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J155" s="5">
-        <v>10.445</v>
+        <v>3.8580000000000001</v>
       </c>
       <c r="K155" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L155" s="3" t="s">
-        <v>134</v>
+        <v>150</v>
       </c>
       <c r="M155" s="4">
-        <v>4516846.2450000001</v>
+        <v>8148485.6579999998</v>
       </c>
       <c r="N155" s="4">
-        <v>5304810.0724402498</v>
+        <v>9693845.9630397093</v>
       </c>
       <c r="O155" s="3" t="s">
         <v>696</v>
       </c>
       <c r="P155" s="3" t="s">
         <v>698</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="R155" s="3" t="s">
         <v>699</v>
       </c>
       <c r="S155" s="3" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="T155" s="4">
         <v>1</v>
       </c>
       <c r="W155" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X155" s="4">
         <v>0</v>
       </c>
       <c r="Y155" s="4">
         <v>0</v>
       </c>
       <c r="Z155" s="6">
-        <v>5.2009999999999999E-3</v>
+        <v>8.7889999999999999E-3</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
         <v>700</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>701</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D156" s="4">
-        <v>381100</v>
+        <v>1180000</v>
       </c>
       <c r="E156" s="5">
-        <v>1.625194</v>
+        <v>1.523746</v>
       </c>
       <c r="F156" s="4">
-        <v>619361.58631415002</v>
+        <v>1798020.41051513</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H156" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="I156" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="J156" s="5">
-        <v>2.09</v>
+        <v>11.9</v>
       </c>
       <c r="K156" s="5">
-        <v>1.2859999944959202</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L156" s="3" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="M156" s="4">
-        <v>796498.99659</v>
+        <v>14042000.180678001</v>
       </c>
       <c r="N156" s="4">
-        <v>619361.58631415002</v>
+        <v>1798020.41051513</v>
       </c>
       <c r="O156" s="3" t="s">
         <v>700</v>
       </c>
       <c r="P156" s="3" t="s">
-        <v>127</v>
+        <v>702</v>
       </c>
       <c r="Q156" s="3" t="s">
-        <v>84</v>
+        <v>165</v>
       </c>
       <c r="R156" s="3" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="S156" s="3" t="s">
-        <v>274</v>
+        <v>303</v>
       </c>
       <c r="T156" s="4">
         <v>1</v>
       </c>
       <c r="W156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X156" s="4">
         <v>0</v>
       </c>
       <c r="Y156" s="4">
         <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>6.0700000000000001E-4</v>
+        <v>1.6299999999999999E-3</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B157" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D157" s="4">
+        <v>631217</v>
+      </c>
+      <c r="E157" s="5">
+        <v>11.897010999999999</v>
+      </c>
+      <c r="F157" s="4">
+        <v>7509595.3662081202</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H157" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="I157" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="J157" s="5">
+        <v>114.2</v>
+      </c>
+      <c r="K157" s="5">
+        <v>9.5990496172954902</v>
+      </c>
+      <c r="L157" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="M157" s="4">
+        <v>72084978.526043996</v>
+      </c>
+      <c r="N157" s="4">
+        <v>7509595.3662081202</v>
+      </c>
+      <c r="O157" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="C157" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P157" s="3" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="Q157" s="3" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
       <c r="R157" s="3" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="S157" s="3" t="s">
-        <v>675</v>
+        <v>663</v>
       </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>3.7800000000000003E-4</v>
+        <v>6.8079999999999998E-3</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B158" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D158" s="4">
+        <v>3036522</v>
+      </c>
+      <c r="E158" s="5">
+        <v>2.6319940000000002</v>
+      </c>
+      <c r="F158" s="4">
+        <v>7992106.7612293102</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H158" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I158" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J158" s="5">
+        <v>3.34</v>
+      </c>
+      <c r="K158" s="5">
+        <v>1.2690000074363401</v>
+      </c>
+      <c r="L158" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M158" s="4">
+        <v>10141983.539432</v>
+      </c>
+      <c r="N158" s="4">
+        <v>7992106.7612293102</v>
+      </c>
+      <c r="O158" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="C158" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P158" s="3" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="S158" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="T158" s="4">
         <v>1</v>
       </c>
       <c r="W158" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>2.0070000000000001E-3</v>
+        <v>7.2459999999999998E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B159" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D159" s="4">
+        <v>730331</v>
+      </c>
+      <c r="E159" s="5">
+        <v>0.157496</v>
+      </c>
+      <c r="F159" s="4">
+        <v>115024.53743421999</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H159" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I159" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J159" s="5">
+        <v>1.23</v>
+      </c>
+      <c r="K159" s="5">
+        <v>7.8097001004874107</v>
+      </c>
+      <c r="L159" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M159" s="4">
+        <v>898307.141558</v>
+      </c>
+      <c r="N159" s="4">
+        <v>115024.53743421999</v>
+      </c>
+      <c r="O159" s="3" t="s">
         <v>712</v>
       </c>
-      <c r="C159" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P159" s="3" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="Q159" s="3" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="R159" s="3" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="S159" s="3" t="s">
-        <v>274</v>
+        <v>303</v>
       </c>
       <c r="T159" s="4">
         <v>1</v>
       </c>
       <c r="W159" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>7.5500000000000003E-4</v>
+        <v>1.0399999999999999E-4</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B160" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D160" s="4">
+        <v>488845</v>
+      </c>
+      <c r="E160" s="5">
+        <v>1.04291</v>
+      </c>
+      <c r="F160" s="4">
+        <v>509821.33895</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H160" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I160" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J160" s="5">
+        <v>0.76</v>
+      </c>
+      <c r="K160" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L160" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M160" s="4">
+        <v>371522.2</v>
+      </c>
+      <c r="N160" s="4">
+        <v>509821.33895</v>
+      </c>
+      <c r="O160" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="C160" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P160" s="3" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>93</v>
+        <v>220</v>
       </c>
       <c r="R160" s="3" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="S160" s="3" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="T160" s="4">
         <v>1</v>
       </c>
       <c r="W160" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.8889E-2</v>
+        <v>4.6200000000000001E-4</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B161" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D161" s="4">
+        <v>364576</v>
+      </c>
+      <c r="E161" s="5">
+        <v>45.984098000000003</v>
+      </c>
+      <c r="F161" s="4">
+        <v>16764698.330159999</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I161" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J161" s="5">
+        <v>33.51</v>
+      </c>
+      <c r="K161" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L161" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M161" s="4">
+        <v>12216941.76</v>
+      </c>
+      <c r="N161" s="4">
+        <v>16764698.330159999</v>
+      </c>
+      <c r="O161" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="C161" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P161" s="3" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>5.71E-4</v>
+        <v>1.52E-2</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B162" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D162" s="4">
+        <v>156820</v>
+      </c>
+      <c r="E162" s="5">
+        <v>4.0923959999999999</v>
+      </c>
+      <c r="F162" s="4">
+        <v>641769.54072000005</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H162" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="I162" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J162" s="5">
+        <v>3.44</v>
+      </c>
+      <c r="K162" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L162" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="M162" s="4">
+        <v>539460.80000000005</v>
+      </c>
+      <c r="N162" s="4">
+        <v>641769.54072000005</v>
+      </c>
+      <c r="O162" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="C162" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P162" s="3" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>93</v>
+        <v>463</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="S162" s="3" t="s">
-        <v>145</v>
+        <v>243</v>
       </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>6.097E-3</v>
+        <v>5.8100000000000003E-4</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D163" s="4">
-        <v>83864</v>
+        <v>432441</v>
       </c>
       <c r="E163" s="5">
-        <v>1.9301470000000001</v>
+        <v>13.270546</v>
       </c>
       <c r="F163" s="4">
-        <v>161869.82704199999</v>
+        <v>5738728.07467575</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H163" s="3" t="s">
-        <v>59</v>
+        <v>149</v>
       </c>
       <c r="I163" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J163" s="5">
-        <v>1.4350000000000001</v>
+        <v>11.154999999999999</v>
       </c>
       <c r="K163" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>61</v>
+        <v>150</v>
       </c>
       <c r="M163" s="4">
-        <v>120344.84</v>
+        <v>4823879.3550000004</v>
       </c>
       <c r="N163" s="4">
-        <v>161869.82704199999</v>
+        <v>5738728.07467575</v>
       </c>
       <c r="O163" s="3" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P163" s="3" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>86</v>
+        <v>154</v>
       </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>1.5799999999999999E-4</v>
+        <v>5.2030000000000002E-3</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B164" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D164" s="4">
+        <v>381100</v>
+      </c>
+      <c r="E164" s="5">
+        <v>1.6863669999999999</v>
+      </c>
+      <c r="F164" s="4">
+        <v>642674.54688730999</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H164" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I164" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J164" s="5">
+        <v>2.14</v>
+      </c>
+      <c r="K164" s="5">
+        <v>1.2690000074363401</v>
+      </c>
+      <c r="L164" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M164" s="4">
+        <v>815554.00477899995</v>
+      </c>
+      <c r="N164" s="4">
+        <v>642674.54688730999</v>
+      </c>
+      <c r="O164" s="3" t="s">
         <v>732</v>
       </c>
-      <c r="C164" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P164" s="3" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="Q164" s="3" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="S164" s="3" t="s">
-        <v>130</v>
+        <v>290</v>
       </c>
       <c r="T164" s="4">
         <v>1</v>
       </c>
       <c r="W164" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>4.73E-4</v>
+        <v>5.8200000000000005E-4</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B165" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D165" s="4">
+        <v>38577</v>
+      </c>
+      <c r="E165" s="5">
+        <v>11.636569</v>
+      </c>
+      <c r="F165" s="4">
+        <v>448903.89153093001</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H165" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="J165" s="5">
+        <v>111.7</v>
+      </c>
+      <c r="K165" s="5">
+        <v>9.5990496172954902</v>
+      </c>
+      <c r="L165" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="M165" s="4">
+        <v>4309050.7282020003</v>
+      </c>
+      <c r="N165" s="4">
+        <v>448903.89153093001</v>
+      </c>
+      <c r="O165" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="C165" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P165" s="3" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>439</v>
+        <v>137</v>
       </c>
       <c r="R165" s="3" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="S165" s="3" t="s">
-        <v>130</v>
+        <v>663</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>3.6699999999999998E-4</v>
+        <v>4.0700000000000003E-4</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B166" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D166" s="4">
+        <v>789000</v>
+      </c>
+      <c r="E166" s="5">
+        <v>3.7312569999999998</v>
+      </c>
+      <c r="F166" s="4">
+        <v>2943961.9959793598</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H166" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I166" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J166" s="5">
+        <v>29.14</v>
+      </c>
+      <c r="K166" s="5">
+        <v>7.8097001004874107</v>
+      </c>
+      <c r="L166" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M166" s="4">
+        <v>22991460.295830999</v>
+      </c>
+      <c r="N166" s="4">
+        <v>2943961.9959793598</v>
+      </c>
+      <c r="O166" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="C166" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P166" s="3" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="R166" s="3" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="S166" s="3" t="s">
-        <v>161</v>
+        <v>303</v>
       </c>
       <c r="T166" s="4">
         <v>1</v>
       </c>
       <c r="W166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>6.0499999999999996E-4</v>
+        <v>2.6689999999999999E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B167" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D167" s="4">
+        <v>377000</v>
+      </c>
+      <c r="E167" s="5">
+        <v>2.1434199999999999</v>
+      </c>
+      <c r="F167" s="4">
+        <v>808069.34594169003</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H167" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J167" s="5">
+        <v>2.72</v>
+      </c>
+      <c r="K167" s="5">
+        <v>1.2690000074363401</v>
+      </c>
+      <c r="L167" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M167" s="4">
+        <v>1025440.006009</v>
+      </c>
+      <c r="N167" s="4">
+        <v>808069.34594169003</v>
+      </c>
+      <c r="O167" s="3" t="s">
         <v>743</v>
       </c>
-      <c r="C167" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P167" s="3" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="R167" s="3" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="S167" s="3" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="T167" s="4">
         <v>1</v>
       </c>
       <c r="W167" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>5.0100000000000003E-4</v>
+        <v>7.3200000000000001E-4</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="B168" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D168" s="4">
+        <v>797446</v>
+      </c>
+      <c r="E168" s="5">
+        <v>22.335678999999999</v>
+      </c>
+      <c r="F168" s="4">
+        <v>17811497.6764725</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H168" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="I168" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J168" s="5">
+        <v>18.774999999999999</v>
+      </c>
+      <c r="K168" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L168" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="M168" s="4">
+        <v>14972048.65</v>
+      </c>
+      <c r="N168" s="4">
+        <v>17811497.6764725</v>
+      </c>
+      <c r="O168" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="C168" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P168" s="3" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="R168" s="3" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>675</v>
+        <v>129</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>1.219E-3</v>
+        <v>1.6149E-2</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D169" s="4">
-        <v>197640</v>
+        <v>109244</v>
       </c>
       <c r="E169" s="5">
-        <v>0.91090099999999996</v>
+        <v>6.3068609999999996</v>
       </c>
       <c r="F169" s="4">
-        <v>180030.52611293001</v>
+        <v>688986.72308400006</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H169" s="3" t="s">
         <v>64</v>
       </c>
       <c r="I169" s="3" t="s">
         <v>65</v>
       </c>
       <c r="J169" s="5">
-        <v>7.09</v>
+        <v>4.5960000000000001</v>
       </c>
       <c r="K169" s="5">
-        <v>7.783499774395259</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L169" s="3" t="s">
         <v>66</v>
       </c>
       <c r="M169" s="4">
-        <v>1401267.559384</v>
+        <v>502085.424</v>
       </c>
       <c r="N169" s="4">
-        <v>180030.52611293001</v>
+        <v>688986.72308400006</v>
       </c>
       <c r="O169" s="3" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="P169" s="3" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="Q169" s="3" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="R169" s="3" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>287</v>
+        <v>96</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>1.76E-4</v>
+        <v>6.2399999999999999E-4</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D170" s="4">
-        <v>436418</v>
+        <v>61977</v>
       </c>
       <c r="E170" s="5">
-        <v>1.329985</v>
+        <v>71.319518000000002</v>
       </c>
       <c r="F170" s="4">
-        <v>580429.58575392002</v>
+        <v>4420169.7360974997</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H170" s="3" t="s">
-        <v>59</v>
+        <v>157</v>
       </c>
       <c r="I170" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J170" s="5">
-        <v>0.98880000000000001</v>
+        <v>59.95</v>
       </c>
       <c r="K170" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>61</v>
+        <v>158</v>
       </c>
       <c r="M170" s="4">
-        <v>431530.11839999998</v>
+        <v>3715521.15</v>
       </c>
       <c r="N170" s="4">
-        <v>580429.58575392002</v>
+        <v>4420169.7360974997</v>
       </c>
       <c r="O170" s="3" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="P170" s="3" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="Q170" s="3" t="s">
         <v>100</v>
       </c>
       <c r="R170" s="3" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>86</v>
+        <v>161</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>5.6899999999999995E-4</v>
+        <v>4.0070000000000001E-3</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B171" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D171" s="4">
+        <v>83864</v>
+      </c>
+      <c r="E171" s="5">
+        <v>2.0899369999999999</v>
+      </c>
+      <c r="F171" s="4">
+        <v>175270.455602</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H171" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I171" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J171" s="5">
+        <v>1.5229999999999999</v>
+      </c>
+      <c r="K171" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L171" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M171" s="4">
+        <v>127724.872</v>
+      </c>
+      <c r="N171" s="4">
+        <v>175270.455602</v>
+      </c>
+      <c r="O171" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="C171" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L171" s="3" t="s">
+      <c r="P171" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="M171" s="4">
-[...8 lines deleted...]
-      <c r="P171" s="3" t="s">
+      <c r="Q171" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R171" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="Q171" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S171" s="3" t="s">
-        <v>764</v>
+        <v>96</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>1.0711999999999999E-2</v>
+        <v>1.5799999999999999E-4</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D172" s="4">
-        <v>49060</v>
+        <v>35326</v>
       </c>
       <c r="E172" s="5">
-        <v>6.9942599999999997</v>
+        <v>14.061662999999999</v>
       </c>
       <c r="F172" s="4">
-        <v>343138.39559999999</v>
+        <v>496742.30713799997</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H172" s="3" t="s">
-        <v>59</v>
+        <v>142</v>
       </c>
       <c r="I172" s="3" t="s">
         <v>60</v>
       </c>
       <c r="J172" s="5">
-        <v>5.2</v>
+        <v>11.82</v>
       </c>
       <c r="K172" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L172" s="3" t="s">
-        <v>61</v>
+        <v>143</v>
       </c>
       <c r="M172" s="4">
-        <v>255112</v>
+        <v>417553.32</v>
       </c>
       <c r="N172" s="4">
-        <v>343138.39559999999</v>
+        <v>496742.30713799997</v>
       </c>
       <c r="O172" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="P172" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q172" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R172" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="P172" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S172" s="3" t="s">
-        <v>86</v>
+        <v>146</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>3.3599999999999998E-4</v>
+        <v>4.4999999999999999E-4</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D173" s="4">
+        <v>9951</v>
+      </c>
+      <c r="E173" s="5">
+        <v>40.686030000000002</v>
+      </c>
+      <c r="F173" s="4">
+        <v>404866.68453000003</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H173" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I173" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J173" s="5">
+        <v>34.200000000000003</v>
+      </c>
+      <c r="K173" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L173" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M173" s="4">
+        <v>340324.2</v>
+      </c>
+      <c r="N173" s="4">
+        <v>404866.68453000003</v>
+      </c>
+      <c r="O173" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="P173" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="Q173" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="R173" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="B173" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S173" s="3" t="s">
-        <v>117</v>
+        <v>146</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>8.9899999999999995E-4</v>
+        <v>3.6699999999999998E-4</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D174" s="4">
+        <v>9301</v>
+      </c>
+      <c r="E174" s="5">
+        <v>73.52037</v>
+      </c>
+      <c r="F174" s="4">
+        <v>683812.96137000003</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H174" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="I174" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J174" s="5">
+        <v>61.8</v>
+      </c>
+      <c r="K174" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L174" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="M174" s="4">
+        <v>574801.80000000005</v>
+      </c>
+      <c r="N174" s="4">
+        <v>683812.96137000003</v>
+      </c>
+      <c r="O174" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="P174" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="Q174" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R174" s="3" t="s">
         <v>773</v>
       </c>
-      <c r="B174" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S174" s="3" t="s">
-        <v>287</v>
+        <v>173</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>9.3860000000000002E-3</v>
+        <v>6.1899999999999998E-4</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D175" s="4">
+        <v>1045585</v>
+      </c>
+      <c r="E175" s="5">
+        <v>0.47248899999999999</v>
+      </c>
+      <c r="F175" s="4">
+        <v>494027.76675160002</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H175" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I175" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J175" s="5">
+        <v>3.69</v>
+      </c>
+      <c r="K175" s="5">
+        <v>7.8097001004874107</v>
+      </c>
+      <c r="L175" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M175" s="4">
+        <v>3858208.699643</v>
+      </c>
+      <c r="N175" s="4">
+        <v>494027.76675160002</v>
+      </c>
+      <c r="O175" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="P175" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="Q175" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R175" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S175" s="3" t="s">
-        <v>117</v>
+        <v>303</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>6.2399999999999999E-4</v>
+        <v>4.4700000000000002E-4</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="C176" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D176" s="4">
+        <v>411726</v>
+      </c>
+      <c r="E176" s="5">
+        <v>2.9836290000000001</v>
+      </c>
+      <c r="F176" s="4">
+        <v>1228437.46412405</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H176" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="I176" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="J176" s="5">
+        <v>28.64</v>
+      </c>
+      <c r="K176" s="5">
+        <v>9.5990496172954902</v>
+      </c>
+      <c r="L176" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="M176" s="4">
+        <v>11791832.169871001</v>
+      </c>
+      <c r="N176" s="4">
+        <v>1228437.46412405</v>
+      </c>
+      <c r="O176" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="P176" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="Q176" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="R176" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S176" s="3" t="s">
-        <v>675</v>
+        <v>663</v>
       </c>
       <c r="T176" s="4">
         <v>1</v>
       </c>
       <c r="W176" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>3.1459999999999999E-3</v>
+        <v>1.1130000000000001E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D177" s="4">
+        <v>197640</v>
+      </c>
+      <c r="E177" s="5">
+        <v>0.90400400000000003</v>
+      </c>
+      <c r="F177" s="4">
+        <v>178667.34957809001</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H177" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I177" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J177" s="5">
+        <v>7.06</v>
+      </c>
+      <c r="K177" s="5">
+        <v>7.8097001004874107</v>
+      </c>
+      <c r="L177" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M177" s="4">
+        <v>1395338.4179529999</v>
+      </c>
+      <c r="N177" s="4">
+        <v>178667.34957809001</v>
+      </c>
+      <c r="O177" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="P177" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="Q177" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R177" s="3" t="s">
         <v>785</v>
       </c>
-      <c r="B177" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S177" s="3" t="s">
-        <v>764</v>
+        <v>303</v>
       </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>7.5030000000000001E-3</v>
+        <v>1.6100000000000001E-4</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D178" s="4">
+        <v>436418</v>
+      </c>
+      <c r="E178" s="5">
+        <v>1.473797</v>
+      </c>
+      <c r="F178" s="4">
+        <v>643191.32093699998</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H178" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I178" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J178" s="5">
+        <v>1.0740000000000001</v>
+      </c>
+      <c r="K178" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L178" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M178" s="4">
+        <v>468712.93199999997</v>
+      </c>
+      <c r="N178" s="4">
+        <v>643191.32093699998</v>
+      </c>
+      <c r="O178" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="P178" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q178" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R178" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="B178" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S178" s="3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>5.8599999999999998E-3</v>
+        <v>5.8299999999999997E-4</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="B179" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D179" s="4">
+        <v>21115</v>
+      </c>
+      <c r="E179" s="5">
+        <v>34.416575000000002</v>
+      </c>
+      <c r="F179" s="4">
+        <v>726705.97056749999</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H179" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="I179" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J179" s="5">
+        <v>28.93</v>
+      </c>
+      <c r="K179" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L179" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="M179" s="4">
+        <v>610856.94999999995</v>
+      </c>
+      <c r="N179" s="4">
+        <v>726705.97056749999</v>
+      </c>
+      <c r="O179" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="P179" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="Q179" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R179" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="B179" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S179" s="3" t="s">
-        <v>130</v>
+        <v>228</v>
       </c>
       <c r="T179" s="4">
         <v>1</v>
       </c>
       <c r="W179" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X179" s="4">
         <v>0</v>
       </c>
       <c r="Y179" s="4">
         <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>1.836E-3</v>
+        <v>6.5799999999999995E-4</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D180" s="4">
+        <v>845</v>
+      </c>
+      <c r="E180" s="5">
+        <v>57.644491000000002</v>
+      </c>
+      <c r="F180" s="4">
+        <v>48709.594683750001</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H180" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="I180" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J180" s="5">
+        <v>48.454999999999998</v>
+      </c>
+      <c r="K180" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L180" s="3" t="s">
         <v>797</v>
       </c>
-      <c r="B180" s="3" t="s">
+      <c r="M180" s="4">
+        <v>40944.474999999999</v>
+      </c>
+      <c r="N180" s="4">
+        <v>48709.594683750001</v>
+      </c>
+      <c r="O180" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="P180" s="3" t="s">
         <v>798</v>
       </c>
-      <c r="C180" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P180" s="3" t="s">
+      <c r="Q180" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R180" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="Q180" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R180" s="3" t="s">
+      <c r="S180" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="S180" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T180" s="4">
         <v>1</v>
       </c>
       <c r="W180" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X180" s="4">
         <v>0</v>
       </c>
       <c r="Y180" s="4">
         <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>1.8083999999999999E-2</v>
+        <v>4.3999999999999999E-5</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
         <v>801</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>802</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D181" s="4">
-        <v>22000</v>
+        <v>49060</v>
       </c>
       <c r="E181" s="5">
-        <v>43.618456999999999</v>
+        <v>7.1905900000000003</v>
       </c>
       <c r="F181" s="4">
-        <v>959606.05507934</v>
+        <v>352770.34539999999</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="J181" s="5">
-        <v>59.79</v>
+        <v>5.24</v>
       </c>
       <c r="K181" s="5">
-        <v>1.3707500016140581</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L181" s="3" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="M181" s="4">
-        <v>1315380.0015479999</v>
+        <v>257074.4</v>
       </c>
       <c r="N181" s="4">
-        <v>959606.05507934</v>
+        <v>352770.34539999999</v>
       </c>
       <c r="O181" s="3" t="s">
         <v>801</v>
       </c>
       <c r="P181" s="3" t="s">
         <v>803</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>200</v>
+        <v>137</v>
       </c>
       <c r="R181" s="3" t="s">
         <v>804</v>
       </c>
       <c r="S181" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="T181" s="4">
         <v>1</v>
       </c>
       <c r="W181" s="3" t="s">
-        <v>805</v>
+        <v>34</v>
       </c>
       <c r="X181" s="4">
         <v>0</v>
       </c>
       <c r="Y181" s="4">
         <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>9.3999999999999997E-4</v>
+        <v>3.19E-4</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="B182" s="3" t="s">
+      <c r="C182" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D182" s="4">
+        <v>81758</v>
+      </c>
+      <c r="E182" s="5">
+        <v>3.742639</v>
+      </c>
+      <c r="F182" s="4">
+        <v>305990.67118619999</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H182" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="I182" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J182" s="5">
+        <v>3.1459999999999999</v>
+      </c>
+      <c r="K182" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L182" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="M182" s="4">
+        <v>257210.66800000001</v>
+      </c>
+      <c r="N182" s="4">
+        <v>305990.67118619999</v>
+      </c>
+      <c r="O182" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="P182" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="C182" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P182" s="3" t="s">
+      <c r="Q182" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R182" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="Q182" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S182" s="3" t="s">
-        <v>274</v>
+        <v>129</v>
       </c>
       <c r="T182" s="4">
         <v>1</v>
       </c>
       <c r="W182" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>2.6899999999999998E-4</v>
+        <v>2.7700000000000001E-4</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="B183" s="3" t="s">
         <v>810</v>
       </c>
-      <c r="B183" s="3" t="s">
+      <c r="C183" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D183" s="4">
+        <v>8594515</v>
+      </c>
+      <c r="E183" s="5">
+        <v>1.1754610000000001</v>
+      </c>
+      <c r="F183" s="4">
+        <v>10102519.648642</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H183" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I183" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J183" s="5">
+        <v>9.18</v>
+      </c>
+      <c r="K183" s="5">
+        <v>7.8097001004874107</v>
+      </c>
+      <c r="L183" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M183" s="4">
+        <v>78897648.715176001</v>
+      </c>
+      <c r="N183" s="4">
+        <v>10102519.648642</v>
+      </c>
+      <c r="O183" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="P183" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="C183" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P183" s="3" t="s">
+      <c r="Q183" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R183" s="3" t="s">
         <v>812</v>
       </c>
-      <c r="Q183" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S183" s="3" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="T183" s="4">
         <v>1</v>
       </c>
       <c r="W183" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X183" s="4">
         <v>0</v>
       </c>
       <c r="Y183" s="4">
         <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>4.6000000000000001E-4</v>
+        <v>9.1590000000000005E-3</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="B184" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="B184" s="3" t="s">
+      <c r="C184" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D184" s="4">
+        <v>89405</v>
+      </c>
+      <c r="E184" s="5">
+        <v>7.8041039999999997</v>
+      </c>
+      <c r="F184" s="4">
+        <v>697725.91812000005</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H184" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="I184" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J184" s="5">
+        <v>6.56</v>
+      </c>
+      <c r="K184" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L184" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="M184" s="4">
+        <v>586496.80000000005</v>
+      </c>
+      <c r="N184" s="4">
+        <v>697725.91812000005</v>
+      </c>
+      <c r="O184" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="P184" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="C184" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P184" s="3" t="s">
+      <c r="Q184" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R184" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="Q184" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S184" s="3" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="T184" s="4">
         <v>1</v>
       </c>
       <c r="W184" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X184" s="4">
         <v>0</v>
       </c>
       <c r="Y184" s="4">
         <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>1.952E-3</v>
+        <v>6.3199999999999997E-4</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="B185" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="B185" s="3" t="s">
+      <c r="C185" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D185" s="4">
+        <v>330122</v>
+      </c>
+      <c r="E185" s="5">
+        <v>11.219861</v>
+      </c>
+      <c r="F185" s="4">
+        <v>3703922.7215193198</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H185" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="I185" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="J185" s="5">
+        <v>107.7</v>
+      </c>
+      <c r="K185" s="5">
+        <v>9.5990496172954902</v>
+      </c>
+      <c r="L185" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="M185" s="4">
+        <v>35554137.982492</v>
+      </c>
+      <c r="N185" s="4">
+        <v>3703922.7215193198</v>
+      </c>
+      <c r="O185" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="P185" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="C185" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P185" s="3" t="s">
+      <c r="Q185" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R185" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="Q185" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S185" s="3" t="s">
-        <v>274</v>
+        <v>663</v>
       </c>
       <c r="T185" s="4">
         <v>1</v>
       </c>
       <c r="W185" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X185" s="4">
         <v>0</v>
       </c>
       <c r="Y185" s="4">
         <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>4.17E-4</v>
+        <v>3.3579999999999999E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="B186" s="3" t="s">
         <v>822</v>
       </c>
-      <c r="B186" s="3" t="s">
+      <c r="C186" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D186" s="4">
+        <v>78597</v>
+      </c>
+      <c r="E186" s="5">
+        <v>82.204814999999996</v>
+      </c>
+      <c r="F186" s="4">
+        <v>6461051.8445549998</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H186" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="I186" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J186" s="5">
+        <v>69.099999999999994</v>
+      </c>
+      <c r="K186" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L186" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="M186" s="4">
+        <v>5431052.7000000002</v>
+      </c>
+      <c r="N186" s="4">
+        <v>6461051.8445549998</v>
+      </c>
+      <c r="O186" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="P186" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="C186" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P186" s="3" t="s">
+      <c r="Q186" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R186" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="Q186" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S186" s="3" t="s">
-        <v>287</v>
+        <v>800</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>1.5578E-2</v>
+        <v>5.8580000000000004E-3</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>826</v>
       </c>
-      <c r="B187" s="3" t="s">
+      <c r="C187" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D187" s="4">
+        <v>243568</v>
+      </c>
+      <c r="E187" s="5">
+        <v>25.750271000000001</v>
+      </c>
+      <c r="F187" s="4">
+        <v>6271942.0678200005</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H187" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I187" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J187" s="5">
+        <v>18.765000000000001</v>
+      </c>
+      <c r="K187" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L187" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="M187" s="4">
+        <v>4570553.5199999996</v>
+      </c>
+      <c r="N187" s="4">
+        <v>6271942.0678200005</v>
+      </c>
+      <c r="O187" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="P187" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="C187" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P187" s="3" t="s">
+      <c r="Q187" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="R187" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="Q187" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S187" s="3" t="s">
-        <v>550</v>
+        <v>96</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>4.0400000000000001E-4</v>
+        <v>5.6860000000000001E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="B188" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="B188" s="3" t="s">
+      <c r="C188" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D188" s="4">
+        <v>101591</v>
+      </c>
+      <c r="E188" s="5">
+        <v>18.344403</v>
+      </c>
+      <c r="F188" s="4">
+        <v>1863626.245173</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H188" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I188" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J188" s="5">
+        <v>15.42</v>
+      </c>
+      <c r="K188" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L188" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M188" s="4">
+        <v>1566533.22</v>
+      </c>
+      <c r="N188" s="4">
+        <v>1863626.245173</v>
+      </c>
+      <c r="O188" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="P188" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="C188" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P188" s="3" t="s">
+      <c r="Q188" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R188" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="Q188" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S188" s="3" t="s">
-        <v>117</v>
+        <v>146</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>7.2300000000000003E-3</v>
+        <v>1.689E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="B189" s="3" t="s">
         <v>834</v>
       </c>
-      <c r="B189" s="3" t="s">
+      <c r="C189" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D189" s="4">
+        <v>238891</v>
+      </c>
+      <c r="E189" s="5">
+        <v>79.444827000000004</v>
+      </c>
+      <c r="F189" s="4">
+        <v>18978654.166857</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H189" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J189" s="5">
+        <v>66.78</v>
+      </c>
+      <c r="K189" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L189" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="M189" s="4">
+        <v>15953140.98</v>
+      </c>
+      <c r="N189" s="4">
+        <v>18978654.166857</v>
+      </c>
+      <c r="O189" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="P189" s="3" t="s">
         <v>835</v>
       </c>
-      <c r="C189" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P189" s="3" t="s">
+      <c r="Q189" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R189" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="Q189" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S189" s="3" t="s">
-        <v>764</v>
+        <v>800</v>
       </c>
       <c r="T189" s="4">
         <v>1</v>
       </c>
       <c r="W189" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X189" s="4">
         <v>0</v>
       </c>
       <c r="Y189" s="4">
         <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>4.646E-3</v>
+        <v>1.7207E-2</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="B190" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="B190" s="3" t="s">
+      <c r="C190" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D190" s="4">
+        <v>882722</v>
+      </c>
+      <c r="E190" s="5">
+        <v>0.279748</v>
+      </c>
+      <c r="F190" s="4">
+        <v>246939.56658786</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H190" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I190" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J190" s="5">
+        <v>0.35499999999999998</v>
+      </c>
+      <c r="K190" s="5">
+        <v>1.2690000074363401</v>
+      </c>
+      <c r="L190" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M190" s="4">
+        <v>313366.31183600001</v>
+      </c>
+      <c r="N190" s="4">
+        <v>246939.56658786</v>
+      </c>
+      <c r="O190" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="P190" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="C190" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P190" s="3" t="s">
+      <c r="Q190" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R190" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="Q190" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S190" s="3" t="s">
-        <v>764</v>
+        <v>290</v>
       </c>
       <c r="T190" s="4">
         <v>1</v>
       </c>
       <c r="W190" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X190" s="4">
         <v>0</v>
       </c>
       <c r="Y190" s="4">
         <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>2.5140000000000002E-3</v>
+        <v>2.23E-4</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="B191" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="B191" s="3" t="s">
+      <c r="C191" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D191" s="4">
+        <v>122901</v>
+      </c>
+      <c r="E191" s="5">
+        <v>3.4546779999999999</v>
+      </c>
+      <c r="F191" s="4">
+        <v>424583.40013060998</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H191" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J191" s="5">
+        <v>26.98</v>
+      </c>
+      <c r="K191" s="5">
+        <v>7.8097001004874107</v>
+      </c>
+      <c r="L191" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M191" s="4">
+        <v>3315869.0226650001</v>
+      </c>
+      <c r="N191" s="4">
+        <v>424583.40013060998</v>
+      </c>
+      <c r="O191" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="P191" s="3" t="s">
         <v>843</v>
       </c>
-      <c r="C191" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P191" s="3" t="s">
+      <c r="Q191" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R191" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="Q191" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S191" s="3" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="T191" s="4">
         <v>1</v>
       </c>
       <c r="W191" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>3.006E-3</v>
+        <v>3.8400000000000001E-4</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="B192" s="3" t="s">
         <v>846</v>
       </c>
-      <c r="B192" s="3" t="s">
+      <c r="C192" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D192" s="4">
+        <v>59886</v>
+      </c>
+      <c r="E192" s="5">
+        <v>37.295527999999997</v>
+      </c>
+      <c r="F192" s="4">
+        <v>2233479.9598650001</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H192" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I192" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J192" s="5">
+        <v>31.35</v>
+      </c>
+      <c r="K192" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L192" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M192" s="4">
+        <v>1877426.1</v>
+      </c>
+      <c r="N192" s="4">
+        <v>2233479.9598650001</v>
+      </c>
+      <c r="O192" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="P192" s="3" t="s">
         <v>847</v>
       </c>
-      <c r="C192" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P192" s="3" t="s">
+      <c r="Q192" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R192" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="Q192" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S192" s="3" t="s">
-        <v>675</v>
+        <v>146</v>
       </c>
       <c r="T192" s="4">
         <v>1</v>
       </c>
       <c r="W192" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>3.2899999999999997E-4</v>
+        <v>2.0249999999999999E-3</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>850</v>
       </c>
-      <c r="B193" s="3" t="s">
+      <c r="C193" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D193" s="4">
+        <v>882722</v>
+      </c>
+      <c r="E193" s="5">
+        <v>0.47281299999999998</v>
+      </c>
+      <c r="F193" s="4">
+        <v>417362.64775414002</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H193" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I193" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J193" s="5">
+        <v>0.6</v>
+      </c>
+      <c r="K193" s="5">
+        <v>1.2690000074363401</v>
+      </c>
+      <c r="L193" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="M193" s="4">
+        <v>529633.20310299995</v>
+      </c>
+      <c r="N193" s="4">
+        <v>417362.64775414002</v>
+      </c>
+      <c r="O193" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="P193" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="C193" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P193" s="3" t="s">
+      <c r="Q193" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R193" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="Q193" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S193" s="3" t="s">
-        <v>764</v>
+        <v>290</v>
       </c>
       <c r="T193" s="4">
         <v>1</v>
       </c>
       <c r="W193" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X193" s="4">
         <v>0</v>
       </c>
       <c r="Y193" s="4">
         <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>3.313E-3</v>
+        <v>3.7800000000000003E-4</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>854</v>
       </c>
-      <c r="B194" s="3" t="s">
+      <c r="C194" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D194" s="4">
+        <v>2335500</v>
+      </c>
+      <c r="E194" s="5">
+        <v>8.098903</v>
+      </c>
+      <c r="F194" s="4">
+        <v>18914987.1313878</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H194" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I194" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J194" s="5">
+        <v>63.25</v>
+      </c>
+      <c r="K194" s="5">
+        <v>7.8097001004874107</v>
+      </c>
+      <c r="L194" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M194" s="4">
+        <v>147720376.900718</v>
+      </c>
+      <c r="N194" s="4">
+        <v>18914987.1313878</v>
+      </c>
+      <c r="O194" s="3" t="s">
+        <v>853</v>
+      </c>
+      <c r="P194" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="C194" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P194" s="3" t="s">
+      <c r="Q194" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="R194" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="Q194" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S194" s="3" t="s">
-        <v>161</v>
+        <v>303</v>
       </c>
       <c r="T194" s="4">
         <v>1</v>
       </c>
       <c r="W194" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X194" s="4">
         <v>0</v>
       </c>
       <c r="Y194" s="4">
         <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>2.8400000000000002E-4</v>
+        <v>1.7149000000000001E-2</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>858</v>
       </c>
-      <c r="B195" s="3" t="s">
+      <c r="C195" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D195" s="4">
+        <v>3995</v>
+      </c>
+      <c r="E195" s="5">
+        <v>106.746315</v>
+      </c>
+      <c r="F195" s="4">
+        <v>426451.52912149002</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H195" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J195" s="5">
+        <v>82.2</v>
+      </c>
+      <c r="K195" s="5">
+        <v>0.77005000173376759</v>
+      </c>
+      <c r="L195" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M195" s="4">
+        <v>328389.00073899998</v>
+      </c>
+      <c r="N195" s="4">
+        <v>426451.52912149002</v>
+      </c>
+      <c r="O195" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="P195" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="C195" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G195" s="3" t="s">
+      <c r="Q195" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="R195" s="3" t="s">
         <v>860</v>
       </c>
-      <c r="H195" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="S195" s="3" t="s">
-        <v>864</v>
+        <v>574</v>
       </c>
       <c r="T195" s="4">
         <v>1</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>858</v>
+        <v>34</v>
       </c>
       <c r="X195" s="4">
         <v>0</v>
       </c>
       <c r="Y195" s="4">
         <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>1.4824E-2</v>
+        <v>3.86E-4</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D196" s="4">
-        <v>409221</v>
+        <v>482225</v>
       </c>
       <c r="E196" s="5">
-        <v>49.04</v>
+        <v>15.013382999999999</v>
       </c>
       <c r="F196" s="4">
-        <v>20068197.84</v>
+        <v>7239828.6171749998</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>860</v>
+        <v>92</v>
       </c>
       <c r="H196" s="3" t="s">
-        <v>59</v>
+        <v>125</v>
       </c>
       <c r="I196" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J196" s="5">
-        <v>49.04</v>
+        <v>12.62</v>
       </c>
       <c r="K196" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L196" s="3" t="s">
-        <v>61</v>
+        <v>126</v>
       </c>
       <c r="M196" s="4">
-        <v>20068197.84</v>
+        <v>6085679.5</v>
       </c>
       <c r="N196" s="4">
-        <v>20068197.84</v>
+        <v>7239828.6171749998</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>867</v>
+        <v>861</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>791</v>
+        <v>863</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>149</v>
+        <v>100</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>864</v>
+        <v>129</v>
       </c>
       <c r="T196" s="4">
         <v>1</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>865</v>
+        <v>34</v>
       </c>
       <c r="X196" s="4">
         <v>0</v>
       </c>
       <c r="Y196" s="4">
         <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>1.9675999999999999E-2</v>
+        <v>6.5640000000000004E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D197" s="4">
-        <v>187835</v>
+        <v>90677</v>
       </c>
       <c r="E197" s="5">
-        <v>80.03</v>
+        <v>54.700107000000003</v>
       </c>
       <c r="F197" s="4">
-        <v>15032435.050000001</v>
+        <v>4960041.6024390003</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>860</v>
+        <v>92</v>
       </c>
       <c r="H197" s="3" t="s">
-        <v>59</v>
+        <v>142</v>
       </c>
       <c r="I197" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J197" s="5">
-        <v>80.03</v>
+        <v>45.98</v>
       </c>
       <c r="K197" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L197" s="3" t="s">
-        <v>61</v>
+        <v>143</v>
       </c>
       <c r="M197" s="4">
-        <v>15032435.050000001</v>
+        <v>4169328.46</v>
       </c>
       <c r="N197" s="4">
-        <v>15032435.050000001</v>
+        <v>4960041.6024390003</v>
       </c>
       <c r="O197" s="3" t="s">
-        <v>871</v>
+        <v>865</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>277</v>
+        <v>867</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="S197" s="3" t="s">
-        <v>864</v>
+        <v>800</v>
       </c>
       <c r="T197" s="4">
         <v>1</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>869</v>
+        <v>34</v>
       </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>1.4739E-2</v>
+        <v>4.4970000000000001E-3</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D198" s="4">
-        <v>57953</v>
+        <v>130811</v>
       </c>
       <c r="E198" s="5">
-        <v>72.775000000000006</v>
+        <v>21.306632</v>
       </c>
       <c r="F198" s="4">
-        <v>4217529.5750000002</v>
+        <v>2787141.7731464999</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>860</v>
+        <v>92</v>
       </c>
       <c r="H198" s="3" t="s">
-        <v>44</v>
+        <v>796</v>
       </c>
       <c r="I198" s="3" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J198" s="5">
-        <v>72.775000000000006</v>
+        <v>17.91</v>
       </c>
       <c r="K198" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L198" s="3" t="s">
-        <v>46</v>
+        <v>797</v>
       </c>
       <c r="M198" s="4">
-        <v>4217529.5750000002</v>
+        <v>2342825.0099999998</v>
       </c>
       <c r="N198" s="4">
-        <v>4217529.5750000002</v>
+        <v>2787141.7731464999</v>
       </c>
       <c r="O198" s="3" t="s">
-        <v>875</v>
+        <v>869</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>878</v>
+        <v>800</v>
       </c>
       <c r="T198" s="4">
         <v>1</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>873</v>
+        <v>34</v>
       </c>
       <c r="X198" s="4">
         <v>0</v>
       </c>
       <c r="Y198" s="4">
         <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>4.1349999999999998E-3</v>
+        <v>2.5270000000000002E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>880</v>
+        <v>874</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D199" s="4">
-        <v>1728343</v>
+        <v>607000</v>
       </c>
       <c r="E199" s="5">
-        <v>13.21</v>
+        <v>5.869624</v>
       </c>
       <c r="F199" s="4">
-        <v>22831411.030000001</v>
+        <v>3562861.5695865401</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>860</v>
+        <v>92</v>
       </c>
       <c r="H199" s="3" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="I199" s="3" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="J199" s="5">
-        <v>13.21</v>
+        <v>45.84</v>
       </c>
       <c r="K199" s="5">
-        <v>1</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="M199" s="4">
-        <v>22831411.030000001</v>
+        <v>27824880.358022001</v>
       </c>
       <c r="N199" s="4">
-        <v>22831411.030000001</v>
+        <v>3562861.5695865401</v>
       </c>
       <c r="O199" s="3" t="s">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="P199" s="3" t="s">
-        <v>756</v>
+        <v>875</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>100</v>
+        <v>508</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="S199" s="3" t="s">
-        <v>883</v>
+        <v>303</v>
       </c>
       <c r="T199" s="4">
         <v>1</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>879</v>
+        <v>34</v>
       </c>
       <c r="X199" s="4">
         <v>0</v>
       </c>
       <c r="Y199" s="4">
         <v>0</v>
       </c>
       <c r="Z199" s="6">
-        <v>2.2386E-2</v>
+        <v>3.2299999999999998E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D200" s="4">
-        <v>271467</v>
+        <v>35331</v>
       </c>
       <c r="E200" s="5">
-        <v>34.986865999999999</v>
+        <v>9.2196630000000006</v>
       </c>
       <c r="F200" s="4">
-        <v>9497779.4166885</v>
+        <v>325739.89092670998</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>860</v>
+        <v>92</v>
       </c>
       <c r="H200" s="3" t="s">
-        <v>760</v>
+        <v>658</v>
       </c>
       <c r="I200" s="3" t="s">
-        <v>55</v>
+        <v>659</v>
       </c>
       <c r="J200" s="5">
-        <v>29.79</v>
+        <v>88.5</v>
       </c>
       <c r="K200" s="5">
-        <v>0.85146238664906981</v>
+        <v>9.5990496172954902</v>
       </c>
       <c r="L200" s="3" t="s">
-        <v>761</v>
+        <v>660</v>
       </c>
       <c r="M200" s="4">
-        <v>8087001.9299999997</v>
+        <v>3126793.375337</v>
       </c>
       <c r="N200" s="4">
-        <v>9497779.4166885</v>
+        <v>325739.89092670998</v>
       </c>
       <c r="O200" s="3" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="P200" s="3" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="R200" s="3" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
       <c r="S200" s="3" t="s">
-        <v>764</v>
+        <v>663</v>
       </c>
       <c r="T200" s="4">
         <v>1</v>
       </c>
       <c r="W200" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X200" s="4">
         <v>0</v>
       </c>
       <c r="Y200" s="4">
         <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>9.3120000000000008E-3</v>
+        <v>2.9500000000000001E-4</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>888</v>
+        <v>881</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>889</v>
+        <v>882</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D201" s="4">
-        <v>3755</v>
+        <v>212376</v>
       </c>
       <c r="E201" s="5">
-        <v>81.506829999999994</v>
+        <v>29.527113</v>
       </c>
       <c r="F201" s="4">
-        <v>306058.14665000001</v>
+        <v>6270850.1504880004</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>890</v>
+        <v>92</v>
       </c>
       <c r="H201" s="3" t="s">
-        <v>157</v>
+        <v>796</v>
       </c>
       <c r="I201" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J201" s="5">
-        <v>69.400000000000006</v>
+        <v>24.82</v>
       </c>
       <c r="K201" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>158</v>
+        <v>797</v>
       </c>
       <c r="M201" s="4">
-        <v>260597</v>
+        <v>5271172.32</v>
       </c>
       <c r="N201" s="4">
-        <v>306058.14665000001</v>
+        <v>6270850.1504880004</v>
       </c>
       <c r="O201" s="3" t="s">
-        <v>888</v>
+        <v>881</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>891</v>
+        <v>883</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>149</v>
+        <v>100</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>892</v>
+        <v>884</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>161</v>
+        <v>800</v>
       </c>
       <c r="T201" s="4">
         <v>1</v>
       </c>
       <c r="W201" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X201" s="4">
         <v>0</v>
       </c>
       <c r="Y201" s="4">
         <v>0</v>
       </c>
       <c r="Z201" s="6">
-        <v>2.9999999999999997E-4</v>
+        <v>5.6849999999999999E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>894</v>
+        <v>886</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D202" s="4">
-        <v>93264</v>
+        <v>2953</v>
       </c>
       <c r="E202" s="5">
-        <v>121.61429800000001</v>
+        <v>96.004755000000003</v>
       </c>
       <c r="F202" s="4">
-        <v>11342235.8420399</v>
+        <v>283502.04151499999</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>890</v>
+        <v>92</v>
       </c>
       <c r="H202" s="3" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="I202" s="3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J202" s="5">
-        <v>103.55</v>
+        <v>80.7</v>
       </c>
       <c r="K202" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L202" s="3" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="M202" s="4">
-        <v>9657487.1999990009</v>
+        <v>238307.1</v>
       </c>
       <c r="N202" s="4">
-        <v>11342235.8420399</v>
+        <v>283502.04151499999</v>
       </c>
       <c r="O202" s="3" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="P202" s="3" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>896</v>
+        <v>888</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="T202" s="4">
         <v>1</v>
       </c>
       <c r="W202" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X202" s="4">
         <v>0</v>
       </c>
       <c r="Y202" s="4">
         <v>0</v>
       </c>
       <c r="Z202" s="6">
-        <v>1.1121000000000001E-2</v>
+        <v>2.5700000000000001E-4</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>898</v>
+        <v>890</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D203" s="4">
-        <v>102096</v>
+        <v>154537</v>
       </c>
       <c r="E203" s="5">
-        <v>25.94</v>
+        <v>60.68</v>
       </c>
       <c r="F203" s="4">
-        <v>2648370.2400000002</v>
+        <v>9377305.1600000001</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>899</v>
+        <v>891</v>
       </c>
       <c r="H203" s="3" t="s">
-        <v>126</v>
+        <v>64</v>
       </c>
       <c r="I203" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J203" s="5">
-        <v>25.94</v>
+        <v>60.68</v>
       </c>
       <c r="K203" s="5">
         <v>1</v>
       </c>
       <c r="L203" s="3" t="s">
-        <v>127</v>
+        <v>66</v>
       </c>
       <c r="M203" s="4">
-        <v>2648370.2400000002</v>
+        <v>9377305.1600000001</v>
       </c>
       <c r="N203" s="4">
-        <v>2648370.2400000002</v>
+        <v>9377305.1600000001</v>
       </c>
       <c r="O203" s="3" t="s">
-        <v>900</v>
+        <v>892</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>901</v>
+        <v>893</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>136</v>
+        <v>94</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>902</v>
+        <v>894</v>
       </c>
       <c r="S203" s="3" t="s">
-        <v>864</v>
+        <v>895</v>
       </c>
       <c r="T203" s="4">
         <v>1</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="X203" s="4">
         <v>0</v>
       </c>
       <c r="Y203" s="4">
         <v>0</v>
       </c>
       <c r="Z203" s="6">
-        <v>2.5959999999999998E-3</v>
+        <v>8.5019999999999991E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>903</v>
+        <v>896</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>904</v>
+        <v>897</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="D204" s="4">
-        <v>27827</v>
+        <v>409221</v>
       </c>
       <c r="E204" s="5">
-        <v>1069.8599999999999</v>
+        <v>51.6</v>
       </c>
       <c r="F204" s="4">
-        <v>29770994.219999999</v>
+        <v>21115803.600000001</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>899</v>
+        <v>891</v>
       </c>
       <c r="H204" s="3" t="s">
-        <v>760</v>
+        <v>64</v>
       </c>
       <c r="I204" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J204" s="5">
-        <v>1069.8599999999999</v>
+        <v>51.6</v>
       </c>
       <c r="K204" s="5">
         <v>1</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>761</v>
+        <v>66</v>
       </c>
       <c r="M204" s="4">
-        <v>29770994.219999999</v>
+        <v>21115803.600000001</v>
       </c>
       <c r="N204" s="4">
-        <v>29770994.219999999</v>
+        <v>21115803.600000001</v>
       </c>
       <c r="O204" s="3" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>905</v>
+        <v>827</v>
       </c>
       <c r="Q204" s="3" t="s">
-        <v>136</v>
+        <v>165</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>906</v>
+        <v>899</v>
       </c>
       <c r="S204" s="3" t="s">
-        <v>883</v>
+        <v>895</v>
       </c>
       <c r="T204" s="4">
         <v>1</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>34</v>
+        <v>896</v>
       </c>
       <c r="X204" s="4">
         <v>0</v>
       </c>
       <c r="Y204" s="4">
         <v>0</v>
       </c>
       <c r="Z204" s="6">
-        <v>2.9190000000000001E-2</v>
+        <v>1.9144999999999999E-2</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>907</v>
+        <v>900</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>908</v>
+        <v>901</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>909</v>
+        <v>91</v>
       </c>
       <c r="D205" s="4">
-        <v>-2435560.15</v>
+        <v>247116</v>
       </c>
       <c r="E205" s="5">
-        <v>1</v>
+        <v>91.03</v>
       </c>
       <c r="F205" s="4">
-        <v>-2435560.15</v>
+        <v>22494969.48</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>910</v>
+        <v>891</v>
       </c>
       <c r="H205" s="3" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="I205" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J205" s="5">
-        <v>1</v>
+        <v>91.03</v>
       </c>
       <c r="K205" s="5">
         <v>1</v>
       </c>
       <c r="L205" s="3" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="M205" s="4">
-        <v>-2435560.15</v>
+        <v>22494969.48</v>
       </c>
       <c r="N205" s="4">
-        <v>-2435560.15</v>
+        <v>22494969.48</v>
       </c>
       <c r="O205" s="3" t="s">
-        <v>34</v>
+        <v>902</v>
       </c>
       <c r="P205" s="3" t="s">
-        <v>907</v>
+        <v>293</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>34</v>
+        <v>220</v>
       </c>
       <c r="R205" s="3" t="s">
-        <v>34</v>
+        <v>903</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>35</v>
+        <v>895</v>
       </c>
       <c r="T205" s="4">
         <v>1</v>
       </c>
       <c r="W205" s="3" t="s">
-        <v>34</v>
+        <v>900</v>
       </c>
       <c r="X205" s="4">
         <v>0</v>
       </c>
       <c r="Y205" s="4">
         <v>0</v>
       </c>
       <c r="Z205" s="6">
-        <v>-2.3879999999999999E-3</v>
+        <v>2.0395E-2</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>911</v>
+        <v>904</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>912</v>
+        <v>905</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>909</v>
+        <v>91</v>
       </c>
       <c r="D206" s="4">
-        <v>-873271.01</v>
+        <v>57953</v>
       </c>
       <c r="E206" s="5">
-        <v>1</v>
+        <v>79.28</v>
       </c>
       <c r="F206" s="4">
-        <v>-873271.01000004006</v>
+        <v>4594513.84</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>910</v>
+        <v>891</v>
       </c>
       <c r="H206" s="3" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I206" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J206" s="5">
-        <v>1</v>
+        <v>79.28</v>
       </c>
       <c r="K206" s="5">
         <v>1</v>
       </c>
       <c r="L206" s="3" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="M206" s="4">
-        <v>-873271.01</v>
+        <v>4594513.84</v>
       </c>
       <c r="N206" s="4">
-        <v>-873271.01000004006</v>
+        <v>4594513.84</v>
       </c>
       <c r="O206" s="3" t="s">
-        <v>34</v>
+        <v>906</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>34</v>
+        <v>907</v>
       </c>
       <c r="Q206" s="3" t="s">
-        <v>34</v>
+        <v>165</v>
       </c>
       <c r="R206" s="3" t="s">
-        <v>34</v>
+        <v>908</v>
       </c>
       <c r="S206" s="3" t="s">
-        <v>35</v>
+        <v>909</v>
       </c>
       <c r="T206" s="4">
         <v>1</v>
       </c>
       <c r="W206" s="3" t="s">
-        <v>34</v>
+        <v>904</v>
       </c>
       <c r="X206" s="4">
         <v>0</v>
       </c>
       <c r="Y206" s="4">
         <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>-8.5599999999999999E-4</v>
+        <v>4.1650000000000003E-3</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>915</v>
+        <v>91</v>
       </c>
       <c r="D207" s="4">
-        <v>3356996.9539999999</v>
+        <v>1728343</v>
       </c>
       <c r="E207" s="5">
-        <v>5.01</v>
+        <v>14.65</v>
       </c>
       <c r="F207" s="4">
-        <v>16818554.73954</v>
+        <v>25320224.949999999</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>916</v>
+        <v>891</v>
       </c>
       <c r="H207" s="3" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="I207" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J207" s="5">
-        <v>5.01</v>
+        <v>14.65</v>
       </c>
       <c r="K207" s="5">
         <v>1</v>
       </c>
       <c r="L207" s="3" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="M207" s="4">
-        <v>16818554.73954</v>
+        <v>25320224.949999999</v>
       </c>
       <c r="N207" s="4">
-        <v>16818554.73954</v>
+        <v>25320224.949999999</v>
       </c>
       <c r="O207" s="3" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>918</v>
+        <v>788</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>34</v>
+        <v>112</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>920</v>
+        <v>914</v>
       </c>
       <c r="T207" s="4">
         <v>1</v>
       </c>
       <c r="W207" s="3" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="X207" s="4">
         <v>0</v>
       </c>
       <c r="Y207" s="4">
         <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>1.6490000000000001E-2</v>
+        <v>2.2957000000000002E-2</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="C208" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D208" s="4">
+        <v>348638</v>
+      </c>
+      <c r="E208" s="5">
+        <v>36.950529000000003</v>
+      </c>
+      <c r="F208" s="4">
+        <v>12882358.529502001</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="H208" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="I208" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J208" s="5">
+        <v>31.06</v>
+      </c>
+      <c r="K208" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L208" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="M208" s="4">
+        <v>10828696.279999999</v>
+      </c>
+      <c r="N208" s="4">
+        <v>12882358.529502001</v>
+      </c>
+      <c r="O208" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="P208" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="Q208" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R208" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="S208" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="T208" s="4">
+        <v>1</v>
+      </c>
+      <c r="W208" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X208" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y208" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z208" s="6">
+        <v>1.1679999999999999E-2</v>
+      </c>
+    </row>
+    <row r="209" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A209" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="C209" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D209" s="4">
+        <v>3755</v>
+      </c>
+      <c r="E209" s="5">
+        <v>105.759885</v>
+      </c>
+      <c r="F209" s="4">
+        <v>397128.36817500001</v>
+      </c>
+      <c r="G209" s="3" t="s">
         <v>921</v>
       </c>
-      <c r="B208" s="3" t="s">
+      <c r="H209" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="I209" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J209" s="5">
+        <v>88.9</v>
+      </c>
+      <c r="K209" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L209" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="M209" s="4">
+        <v>333819.5</v>
+      </c>
+      <c r="N209" s="4">
+        <v>397128.36817500001</v>
+      </c>
+      <c r="O209" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="P209" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="C208" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P208" s="3" t="s">
+      <c r="Q209" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="R209" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="Q208" s="3" t="s">
-[...24 lines deleted...]
-    <row r="210" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="S209" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="T209" s="4">
+        <v>1</v>
+      </c>
+      <c r="W209" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X209" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y209" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z209" s="6">
+        <v>3.6000000000000002E-4</v>
+      </c>
+    </row>
+    <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
         <v>924</v>
       </c>
-    </row>
-    <row r="211" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="B210" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D210" s="4">
+        <v>93264</v>
+      </c>
+      <c r="E210" s="5">
+        <v>122.11757299999999</v>
+      </c>
+      <c r="F210" s="4">
+        <v>11389173.281640001</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="H210" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="I210" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J210" s="5">
+        <v>102.65</v>
+      </c>
+      <c r="K210" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L210" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="M210" s="4">
+        <v>9573549.5999999996</v>
+      </c>
+      <c r="N210" s="4">
+        <v>11389173.281640001</v>
+      </c>
+      <c r="O210" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="P210" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="Q210" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R210" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="S210" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="T210" s="4">
+        <v>1</v>
+      </c>
+      <c r="W210" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X210" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y210" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z210" s="6">
+        <v>1.0326E-2</v>
+      </c>
+    </row>
+    <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:1" x14ac:dyDescent="0.2">
+        <v>928</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>929</v>
+      </c>
+      <c r="C211" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D211" s="4">
+        <v>77022</v>
+      </c>
+      <c r="E211" s="5">
+        <v>27.89</v>
+      </c>
+      <c r="F211" s="4">
+        <v>2148143.58</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="H211" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I211" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J211" s="5">
+        <v>27.89</v>
+      </c>
+      <c r="K211" s="5">
+        <v>1</v>
+      </c>
+      <c r="L211" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="M211" s="4">
+        <v>2148143.58</v>
+      </c>
+      <c r="N211" s="4">
+        <v>2148143.58</v>
+      </c>
+      <c r="O211" s="3" t="s">
+        <v>931</v>
+      </c>
+      <c r="P211" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="Q211" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R211" s="3" t="s">
+        <v>933</v>
+      </c>
+      <c r="S211" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="T211" s="4">
+        <v>1</v>
+      </c>
+      <c r="W211" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="X211" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y211" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z211" s="6">
+        <v>1.9469999999999999E-3</v>
+      </c>
+    </row>
+    <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:1" x14ac:dyDescent="0.2">
+        <v>934</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="C212" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D212" s="4">
+        <v>34877</v>
+      </c>
+      <c r="E212" s="5">
+        <v>1423</v>
+      </c>
+      <c r="F212" s="4">
+        <v>49629971</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="H212" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="I212" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J212" s="5">
+        <v>1423</v>
+      </c>
+      <c r="K212" s="5">
+        <v>1</v>
+      </c>
+      <c r="L212" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="M212" s="4">
+        <v>49629971</v>
+      </c>
+      <c r="N212" s="4">
+        <v>49629971</v>
+      </c>
+      <c r="O212" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="P212" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q212" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R212" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="S212" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="T212" s="4">
+        <v>1</v>
+      </c>
+      <c r="W212" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X212" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y212" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z212" s="6">
+        <v>4.4998000000000003E-2</v>
+      </c>
+    </row>
+    <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:1" x14ac:dyDescent="0.2">
+        <v>938</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="D213" s="4">
+        <v>-2504120.79</v>
+      </c>
+      <c r="E213" s="5">
+        <v>1</v>
+      </c>
+      <c r="F213" s="4">
+        <v>-2504120.79</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="H213" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I213" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J213" s="5">
+        <v>1</v>
+      </c>
+      <c r="K213" s="5">
+        <v>1</v>
+      </c>
+      <c r="L213" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M213" s="4">
+        <v>-2504120.79</v>
+      </c>
+      <c r="N213" s="4">
+        <v>-2504120.79</v>
+      </c>
+      <c r="O213" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P213" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="Q213" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R213" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S213" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T213" s="4">
+        <v>1</v>
+      </c>
+      <c r="W213" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X213" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y213" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z213" s="6">
+        <v>-2.2699999999999999E-3</v>
+      </c>
+    </row>
+    <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:1" x14ac:dyDescent="0.2">
+        <v>942</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="D214" s="4">
+        <v>-934419.79</v>
+      </c>
+      <c r="E214" s="5">
+        <v>1</v>
+      </c>
+      <c r="F214" s="4">
+        <v>-934419.79000003997</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="H214" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I214" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J214" s="5">
+        <v>1</v>
+      </c>
+      <c r="K214" s="5">
+        <v>1</v>
+      </c>
+      <c r="L214" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M214" s="4">
+        <v>-934419.79</v>
+      </c>
+      <c r="N214" s="4">
+        <v>-934419.79000003997</v>
+      </c>
+      <c r="O214" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P214" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q214" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R214" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S214" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T214" s="4">
+        <v>1</v>
+      </c>
+      <c r="W214" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X214" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y214" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z214" s="6">
+        <v>-8.4699999999999999E-4</v>
+      </c>
+    </row>
+    <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>929</v>
+        <v>944</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="C215" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="D215" s="4">
+        <v>3935839.2689999999</v>
+      </c>
+      <c r="E215" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="F215" s="4">
+        <v>19718554.737690002</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="H215" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I215" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J215" s="5">
+        <v>5.01</v>
+      </c>
+      <c r="K215" s="5">
+        <v>1</v>
+      </c>
+      <c r="L215" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M215" s="4">
+        <v>19718554.737690002</v>
+      </c>
+      <c r="N215" s="4">
+        <v>19718554.737690002</v>
+      </c>
+      <c r="O215" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="P215" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="Q215" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R215" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="S215" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="T215" s="4">
+        <v>1</v>
+      </c>
+      <c r="W215" s="3" t="s">
+        <v>944</v>
+      </c>
+      <c r="X215" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y215" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z215" s="6">
+        <v>1.7878000000000002E-2</v>
+      </c>
+    </row>
+    <row r="216" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A216" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="D216" s="4">
+        <v>2070867.64</v>
+      </c>
+      <c r="E216" s="5">
+        <v>1</v>
+      </c>
+      <c r="F216" s="4">
+        <v>2070867.64</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="H216" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I216" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J216" s="5">
+        <v>1</v>
+      </c>
+      <c r="K216" s="5">
+        <v>1</v>
+      </c>
+      <c r="L216" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M216" s="4">
+        <v>2070867.64</v>
+      </c>
+      <c r="N216" s="4">
+        <v>2070867.64</v>
+      </c>
+      <c r="O216" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P216" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="Q216" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R216" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S216" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="T216" s="4">
+        <v>1</v>
+      </c>
+      <c r="W216" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X216" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y216" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z216" s="6">
+        <v>1.877E-3</v>
+      </c>
+    </row>
+    <row r="218" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A218" s="3" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="219" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A219" s="3" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="220" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A220" s="3" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="221" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A221" s="3" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="222" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A222" s="3" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="223" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A223" s="3" t="s">
+        <v>960</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>